--- v0 (2025-11-03)
+++ v1 (2026-01-01)
@@ -1,124 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\ecv\4_Bilan_demo\a_sortir_EPLP\series\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\isee.local\public\DOCUMENTS\SCD\4_Publications\1_Site\POPULATION\Recensement\Ménages-Familles-Couples\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C5796A4B-F1BF-4A77-8FC8-A418DA0E9E18}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DA270A57-ED53-4106-BE35-2B2F2E04D927}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="781" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Nuptialité" sheetId="1" r:id="rId1"/>
-[...4 lines deleted...]
-    <sheet name="Taux nuptialité" sheetId="5" r:id="rId6"/>
+    <sheet name="Sommaire" sheetId="7" r:id="rId1"/>
+    <sheet name="Nuptialité" sheetId="1" r:id="rId2"/>
+    <sheet name="Statut état civil" sheetId="6" r:id="rId3"/>
+    <sheet name="Commune enregistrement" sheetId="2" r:id="rId4"/>
+    <sheet name="Commune de domicile" sheetId="3" r:id="rId5"/>
+    <sheet name="Mariages_âge des mariés" sheetId="4" r:id="rId6"/>
+    <sheet name="Taux nuptialité" sheetId="5" r:id="rId7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="3">'Commune de domicile'!$A$2:$P$53</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'Commune de domicile'!$A$2:$P$53</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="293" uniqueCount="102">
   <si>
     <t>Année du mariage</t>
   </si>
   <si>
     <t>Nombre de mariages</t>
   </si>
   <si>
     <t>Taux de nuptialité (pour 1000)</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t xml:space="preserve"> LIFOU</t>
   </si>
   <si>
     <t xml:space="preserve"> MARE</t>
   </si>
   <si>
     <t xml:space="preserve"> OUVEA</t>
   </si>
   <si>
     <t xml:space="preserve"> BELEP</t>
   </si>
   <si>
@@ -193,53 +170,50 @@
   <si>
     <t xml:space="preserve"> MONT-DORE</t>
   </si>
   <si>
     <t xml:space="preserve"> NOUMEA</t>
   </si>
   <si>
     <t xml:space="preserve"> PAITA</t>
   </si>
   <si>
     <t xml:space="preserve"> SARRAMEA</t>
   </si>
   <si>
     <t xml:space="preserve"> THIO</t>
   </si>
   <si>
     <t xml:space="preserve"> YATE</t>
   </si>
   <si>
     <t>ENSEMBLE</t>
   </si>
   <si>
     <t>HORS N-C</t>
   </si>
   <si>
-    <t>Unité : nombre</t>
-[...1 lines deleted...]
-  <si>
     <t>Mariages par commune de domicile du couple après le mariage</t>
   </si>
   <si>
     <t>PROVINCE ILES LOYAUTÉ</t>
   </si>
   <si>
     <t>PROVINCE NORD</t>
   </si>
   <si>
     <t>PROVINCE SUD</t>
   </si>
   <si>
     <t>Mariages par province et commune d'enregistrement du mariage</t>
   </si>
   <si>
     <t>TOTAL NC</t>
   </si>
   <si>
     <t>DOM-COM</t>
   </si>
   <si>
     <t>Nuptialité en Nouvelle-Calédonie</t>
   </si>
   <si>
     <t>Etat matrimonial déclaré avant le mariage : 
@@ -283,167 +257,182 @@
   <si>
     <t>55 à 59 ans</t>
   </si>
   <si>
     <t>60 à 64 ans</t>
   </si>
   <si>
     <t>65 à 69 ans</t>
   </si>
   <si>
     <t>70 à 74 ans</t>
   </si>
   <si>
     <t>75 à 79 ans</t>
   </si>
   <si>
     <t>Mariages</t>
   </si>
   <si>
     <t>80 ans et plus</t>
   </si>
   <si>
     <t>Unité : Nombre</t>
   </si>
   <si>
-    <t>Mariages selon l'âge des mariés en la Nouvelle-Calédonie</t>
-[...1 lines deleted...]
-  <si>
     <t>Taux 
 nuptialité</t>
   </si>
   <si>
     <t>Ensemble</t>
   </si>
   <si>
     <t xml:space="preserve">Âge moyen </t>
   </si>
   <si>
     <t xml:space="preserve">Unité : Nombre </t>
   </si>
   <si>
     <t xml:space="preserve">Source : Isee - Etat Civil </t>
   </si>
   <si>
     <t>MÉTROPOLE</t>
   </si>
   <si>
     <t>ÉTRANGER</t>
   </si>
   <si>
     <t>INDÉTERMINÉ</t>
   </si>
   <si>
     <t>Taux de nuptialité selon l'âge des mariés en Nouvelle-Calédonie</t>
   </si>
   <si>
     <t>Taux primo-nuptialité</t>
   </si>
   <si>
-    <r>
-[...11 lines deleted...]
-  <si>
     <t>Âge moyen des femmes au mariage</t>
   </si>
   <si>
     <t>Âge moyen des hommes au mariage</t>
   </si>
   <si>
     <t>Âge moyen des femmes au premier mariage</t>
   </si>
   <si>
     <t>Âge moyen des hommes au premier mariage</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Unité : Nombre ; ‰ ; Années ; % </t>
   </si>
   <si>
     <t>Premiers mariages</t>
   </si>
   <si>
     <t>Mariages par statut d'état civil en Nouvelle-Calédonie</t>
   </si>
   <si>
     <t>Statut de droit coutumier</t>
   </si>
   <si>
     <t>Statut de droit commun</t>
   </si>
   <si>
-    <t>Données mises à jour le : 31/07/2023</t>
+    <t>Nombre total de mariages</t>
   </si>
   <si>
-    <t>2024: données provisoire</t>
+    <t>Mariages selon l'âge des mariés en Nouvelle-Calédonie</t>
   </si>
   <si>
-    <t>2024 (P)</t>
+    <t>Unité : ‰ ; Années</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Source :  ISEE - Etat Civil </t>
+  </si>
+  <si>
+    <t>Nuptialité</t>
+  </si>
+  <si>
+    <t>Statut état civil</t>
+  </si>
+  <si>
+    <t>Commune enregistrement</t>
+  </si>
+  <si>
+    <t>Commune de domicile</t>
+  </si>
+  <si>
+    <t>Mariages_âge des mariés</t>
+  </si>
+  <si>
+    <t>Taux nuptialité</t>
+  </si>
+  <si>
+    <t>(nd) : non disponible dans l'attente des résultats du recensement 2025</t>
+  </si>
+  <si>
+    <t>nd</t>
+  </si>
+  <si>
+    <t>Indéterminé : l'information n'est pas renseignée dans les données sources dématérialisées</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unités : Nombre ; ‰ ; Années ; % </t>
+  </si>
+  <si>
+    <t>Données mises à jour le : 06/11/2025</t>
+  </si>
+  <si>
+    <t>Données mises à jour le : 06/112025</t>
+  </si>
+  <si>
+    <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="23" x14ac:knownFonts="1">
+  <fonts count="40">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
-      <name val="Calibri"/>
-[...6 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -453,618 +442,620 @@
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-[...27 lines deleted...]
-      <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...19 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
+      <name val="Geneva"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="24"/>
+      <color rgb="FF2F4C88"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <name val="Geneva"/>
+    </font>
+    <font>
       <i/>
-      <sz val="10"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="9"/>
+      <color indexed="12"/>
+      <name val="Geneva"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF2F4C88"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF2F4C88"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF00B050"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.79998168889431442"/>
+        <fgColor rgb="FF0A1728"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF00"/>
+        <fgColor rgb="FF2F4C88"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFCCF7FF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="22">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...50 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color theme="4" tint="0.39988402966399123"/>
       </top>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4" tint="0.39994506668294322"/>
       </left>
       <right/>
       <top style="medium">
         <color theme="4" tint="0.39988402966399123"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4" tint="0.39994506668294322"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...82 lines deleted...]
-    <border>
       <left/>
       <right style="thin">
         <color theme="4" tint="0.59996337778862885"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...33 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs count="89">
+  <cellXfs count="87">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3" applyFont="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3"/>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="9" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1"/>
-[...87 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...8 lines deleted...]
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment vertical="center"/>
-[...28 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="21" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="21" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="22" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="23" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="22" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="5"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="7" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="166" fontId="37" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="166" fontId="16" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="166" fontId="38" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="165" fontId="39" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="4">
+  <cellStyles count="9">
+    <cellStyle name="Lien hypertexte" xfId="6" builtinId="8"/>
+    <cellStyle name="Lien hypertexte 2" xfId="8" xr:uid="{6461D2DA-F069-4562-8849-EBD1896793A4}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Normal 3" xfId="5" xr:uid="{F0E6472B-80F1-45AF-873F-6E89B6A4F6B0}"/>
+    <cellStyle name="Normal 3 2" xfId="7" xr:uid="{49D6CFA1-CA88-48AE-A9BF-CB29DDA8FB5F}"/>
+    <cellStyle name="Normal 4" xfId="4" xr:uid="{2B501E8C-5D1C-46AC-9382-BF4420198432}"/>
     <cellStyle name="Normal_Classeur3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Pourcentage" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF2F4C88"/>
+      <color rgb="FFCCF7FF"/>
+      <color rgb="FF0A1728"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>8369</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Image 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{078E7030-3737-458E-96E0-7EBFFA5B515D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:srcRect r="19590"/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="7791450" cy="1456169"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1285,1415 +1276,1673 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9784F041-C43A-49BB-9945-CEC9372AA752}">
+  <dimension ref="A1:E16"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:C2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="3.85546875" customWidth="1"/>
+    <col min="2" max="2" width="29.42578125" customWidth="1"/>
+    <col min="3" max="3" width="83.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="114" customHeight="1"/>
+    <row r="2" spans="1:5" ht="26.25">
+      <c r="A2" s="85" t="s">
+        <v>89</v>
+      </c>
+      <c r="B2" s="85"/>
+      <c r="C2" s="85"/>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" s="67"/>
+      <c r="B3" s="68" t="s">
+        <v>88</v>
+      </c>
+      <c r="C3" s="69"/>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" s="70"/>
+      <c r="B4" s="71" t="s">
+        <v>99</v>
+      </c>
+      <c r="C4" s="72"/>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="B6" s="74" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" s="39" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" s="77"/>
+      <c r="E6" s="79"/>
+    </row>
+    <row r="7" spans="1:5">
+      <c r="B7" s="75"/>
+      <c r="C7" s="39"/>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="B8" s="74" t="s">
+        <v>90</v>
+      </c>
+      <c r="C8" s="39" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="B9" s="75"/>
+      <c r="C9" s="39"/>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="B10" s="74" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" s="39" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5">
+      <c r="B11" s="75"/>
+      <c r="C11" s="39"/>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="B12" s="74" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" s="73" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="B13" s="75"/>
+      <c r="C13" s="39"/>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="B14" s="74" t="s">
+        <v>93</v>
+      </c>
+      <c r="C14" s="73" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="B15" s="75"/>
+      <c r="C15" s="39"/>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="B16" s="74" t="s">
+        <v>94</v>
+      </c>
+      <c r="C16" s="73" t="s">
+        <v>75</v>
+      </c>
+      <c r="D16" s="77"/>
+      <c r="E16" s="79"/>
+    </row>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="pZKGEaNVTUnvuYWZzZYUaDa+MgpHMho/IDNNk6sF1suSJFu4nJ4XuoVVk8Zv1y4tNt1bCp31UNePT238GZsTWQ==" saltValue="sHrv8M6Ae4PYsKxMuuUIig==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="A2:C2"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="B6" location="Nuptialité!A1" display="Nuptialité" xr:uid="{CD706490-EF89-420F-AB44-AE6714D63DC1}"/>
+    <hyperlink ref="B8" location="'Statut état civil'!A1" display="Statut état civil" xr:uid="{D730DB29-0815-4DA7-B244-F0DA314A5FC9}"/>
+    <hyperlink ref="B10" location="'Commune enregistrement'!A1" display="Commune enregistrement" xr:uid="{278117B4-B131-410E-A4B1-5B188E5F6B66}"/>
+    <hyperlink ref="B12" location="'Commune de domicile'!A1" display="Commune de domicile" xr:uid="{17310A23-1843-4229-A0F0-1C68D253162C}"/>
+    <hyperlink ref="B14" location="'Mariages_âge des mariés'!A1" display="Mariages_âge des mariés" xr:uid="{8AB80273-F865-4911-A564-72132D8DBC6D}"/>
+    <hyperlink ref="B16" location="'Taux nuptialité'!A1" display="Taux nuptialité" xr:uid="{082CDF37-9C7B-46F8-B532-4763B0E1B9AB}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:P61"/>
+  <dimension ref="A1:P63"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="4" max="7" width="21" customWidth="1"/>
     <col min="8" max="10" width="25.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:16" ht="19.5" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="E2" s="81"/>
+    <row r="1" spans="1:16" s="34" customFormat="1" ht="30" customHeight="1">
+      <c r="A1" s="33"/>
+    </row>
+    <row r="2" spans="1:16" ht="31.5">
+      <c r="A2" s="30" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
     </row>
-    <row r="3" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
-[...14 lines deleted...]
-      <c r="A7" s="30" t="s">
+    <row r="3" spans="1:16" s="1" customFormat="1"/>
+    <row r="4" spans="1:16" s="1" customFormat="1">
+      <c r="A4" s="31" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" s="1" customFormat="1">
+      <c r="A5" s="32" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" s="28"/>
+    </row>
+    <row r="7" spans="1:16" s="1" customFormat="1" ht="61.5" customHeight="1">
+      <c r="A7" s="35" t="s">
         <v>0</v>
       </c>
-      <c r="B7" s="30" t="s">
+      <c r="B7" s="35" t="s">
         <v>1</v>
       </c>
-      <c r="C7" s="30" t="s">
+      <c r="C7" s="35" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="30" t="s">
+      <c r="D7" s="35" t="s">
+        <v>77</v>
+      </c>
+      <c r="E7" s="35" t="s">
+        <v>78</v>
+      </c>
+      <c r="F7" s="35" t="s">
+        <v>79</v>
+      </c>
+      <c r="G7" s="35" t="s">
         <v>80</v>
       </c>
-      <c r="E7" s="30" t="s">
-[...8 lines deleted...]
-      <c r="H7" s="30" t="s">
+      <c r="H7" s="35" t="s">
+        <v>47</v>
+      </c>
+      <c r="I7" s="35" t="s">
         <v>48</v>
       </c>
-      <c r="I7" s="30" t="s">
+      <c r="J7" s="35" t="s">
         <v>49</v>
       </c>
-      <c r="J7" s="30" t="s">
-[...4 lines deleted...]
-      <c r="A8" s="51">
+    </row>
+    <row r="8" spans="1:16" ht="15" customHeight="1">
+      <c r="A8" s="20">
+        <v>2024</v>
+      </c>
+      <c r="B8">
+        <v>648</v>
+      </c>
+      <c r="C8" s="84" t="s">
+        <v>96</v>
+      </c>
+      <c r="D8" s="5">
+        <v>39.04</v>
+      </c>
+      <c r="E8" s="5">
+        <v>40.700000000000003</v>
+      </c>
+      <c r="F8" s="5">
+        <v>37.9</v>
+      </c>
+      <c r="G8" s="5">
+        <v>38.94</v>
+      </c>
+      <c r="H8" s="29">
+        <v>0.89759999999999995</v>
+      </c>
+      <c r="I8" s="29">
+        <v>9.2899999999999996E-2</v>
+      </c>
+      <c r="J8" s="29">
+        <v>9.4999999999999998E-3</v>
+      </c>
+      <c r="K8" s="76" t="s">
+        <v>101</v>
+      </c>
+      <c r="L8" s="78"/>
+    </row>
+    <row r="9" spans="1:16" ht="15.75">
+      <c r="A9" s="20">
+        <v>2023</v>
+      </c>
+      <c r="B9">
+        <v>822</v>
+      </c>
+      <c r="C9" s="84" t="s">
+        <v>96</v>
+      </c>
+      <c r="D9" s="5">
+        <v>39.4</v>
+      </c>
+      <c r="E9" s="5">
+        <v>42.4</v>
+      </c>
+      <c r="F9" s="5">
+        <v>37.549999999999997</v>
+      </c>
+      <c r="G9" s="5">
+        <v>39.96</v>
+      </c>
+      <c r="H9" s="29">
+        <v>0.87060000000000004</v>
+      </c>
+      <c r="I9" s="29">
+        <v>0.1154</v>
+      </c>
+      <c r="J9" s="29">
+        <v>1.4E-2</v>
+      </c>
+      <c r="K9" s="76" t="s">
+        <v>101</v>
+      </c>
+      <c r="L9" s="78"/>
+    </row>
+    <row r="10" spans="1:16" ht="15.75">
+      <c r="A10" s="20">
         <v>2022</v>
       </c>
-      <c r="B8">
+      <c r="B10">
         <v>886</v>
       </c>
-      <c r="C8" s="7">
+      <c r="C10" s="7">
         <v>3.3</v>
       </c>
-      <c r="D8">
+      <c r="D10" s="5">
         <v>38.5</v>
       </c>
-      <c r="E8">
+      <c r="E10" s="5">
         <v>41.1</v>
       </c>
-      <c r="F8">
+      <c r="F10" s="5">
         <v>36.9</v>
       </c>
-      <c r="G8" s="5">
+      <c r="G10" s="5">
         <v>39.1</v>
       </c>
-      <c r="H8" s="78">
+      <c r="H10" s="29">
         <v>0.872</v>
       </c>
-      <c r="I8" s="78">
+      <c r="I10" s="29">
         <v>0.11700000000000001</v>
       </c>
-      <c r="J8" s="78">
+      <c r="J10" s="29">
         <v>1.0999999999999999E-2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="51">
+      <c r="K10" s="76" t="s">
+        <v>101</v>
+      </c>
+      <c r="L10" s="78"/>
+    </row>
+    <row r="11" spans="1:16" ht="15.75">
+      <c r="A11" s="20">
         <v>2021</v>
       </c>
-      <c r="B9" s="1">
+      <c r="B11" s="1">
         <v>567</v>
       </c>
-      <c r="C9" s="7">
+      <c r="C11" s="7">
         <v>2.1</v>
       </c>
-      <c r="D9" s="5">
+      <c r="D11" s="5">
         <v>37.5</v>
       </c>
-      <c r="E9" s="5">
+      <c r="E11" s="5">
         <v>40.700000000000003</v>
       </c>
-      <c r="F9" s="5">
+      <c r="F11" s="5">
         <v>36.200000000000003</v>
       </c>
-      <c r="G9" s="5">
+      <c r="G11" s="5">
         <v>39.200000000000003</v>
       </c>
-      <c r="H9" s="4">
+      <c r="H11" s="4">
         <v>0.875</v>
       </c>
-      <c r="I9" s="4">
+      <c r="I11" s="4">
         <v>0.112</v>
       </c>
-      <c r="J9" s="4">
+      <c r="J11" s="4">
         <v>1.2999999999999999E-2</v>
       </c>
-      <c r="L9" s="49"/>
-[...6 lines deleted...]
-      <c r="A10" s="51">
+      <c r="K11" s="76" t="s">
+        <v>101</v>
+      </c>
+      <c r="L11" s="78"/>
+      <c r="M11" s="19"/>
+      <c r="N11" s="19"/>
+      <c r="O11" s="19"/>
+      <c r="P11" s="19"/>
+    </row>
+    <row r="12" spans="1:16" ht="15.75">
+      <c r="A12" s="20">
         <v>2020</v>
       </c>
-      <c r="B10" s="1">
+      <c r="B12" s="1">
         <v>498</v>
       </c>
-      <c r="C10" s="7">
+      <c r="C12" s="7">
         <v>1.8</v>
       </c>
-      <c r="D10" s="5">
+      <c r="D12" s="5">
         <v>38.4</v>
       </c>
-      <c r="E10" s="5">
+      <c r="E12" s="5">
         <v>40.6</v>
       </c>
-      <c r="F10" s="5">
+      <c r="F12" s="5">
         <v>36.6</v>
       </c>
-      <c r="G10" s="5">
+      <c r="G12" s="5">
         <v>38.4</v>
       </c>
-      <c r="H10" s="4">
+      <c r="H12" s="4">
         <v>0.85499999999999998</v>
       </c>
-      <c r="I10" s="4">
+      <c r="I12" s="4">
         <v>0.13300000000000001</v>
       </c>
-      <c r="J10" s="4">
+      <c r="J12" s="4">
         <v>1.2E-2</v>
       </c>
-      <c r="L10" s="49"/>
-[...6 lines deleted...]
-      <c r="A11" s="51">
+      <c r="K12" s="76" t="s">
+        <v>101</v>
+      </c>
+      <c r="L12" s="78"/>
+      <c r="M12" s="19"/>
+      <c r="N12" s="19"/>
+      <c r="O12" s="19"/>
+      <c r="P12" s="19"/>
+    </row>
+    <row r="13" spans="1:16" ht="15.75">
+      <c r="A13" s="20">
         <v>2019</v>
       </c>
-      <c r="B11" s="1">
+      <c r="B13" s="1">
         <v>911</v>
       </c>
-      <c r="C11" s="7">
+      <c r="C13" s="7">
         <v>3.4</v>
       </c>
-      <c r="D11" s="5">
+      <c r="D13" s="5">
         <v>36.9</v>
       </c>
-      <c r="E11" s="5">
+      <c r="E13" s="5">
         <v>39.700000000000003</v>
       </c>
-      <c r="F11" s="5">
+      <c r="F13" s="5">
         <v>35.44</v>
       </c>
-      <c r="G11" s="5">
+      <c r="G13" s="5">
         <v>37.799999999999997</v>
       </c>
-      <c r="H11" s="4">
+      <c r="H13" s="4">
         <v>0.89300000000000002</v>
       </c>
-      <c r="I11" s="4">
+      <c r="I13" s="4">
         <v>9.5000000000000001E-2</v>
       </c>
-      <c r="J11" s="4">
+      <c r="J13" s="4">
         <v>1.2E-2</v>
       </c>
-      <c r="L11" s="49"/>
-[...6 lines deleted...]
-      <c r="A12" s="51">
+      <c r="K13" s="76" t="s">
+        <v>101</v>
+      </c>
+      <c r="L13" s="78"/>
+      <c r="M13" s="19"/>
+      <c r="N13" s="19"/>
+      <c r="O13" s="19"/>
+      <c r="P13" s="19"/>
+    </row>
+    <row r="14" spans="1:16" ht="15.75">
+      <c r="A14" s="20">
         <v>2018</v>
       </c>
-      <c r="B12" s="1">
+      <c r="B14" s="1">
         <v>919</v>
       </c>
-      <c r="C12" s="7">
+      <c r="C14" s="7">
         <v>3.4</v>
       </c>
-      <c r="D12" s="5">
+      <c r="D14" s="5">
         <v>36.4</v>
       </c>
-      <c r="E12" s="5">
+      <c r="E14" s="5">
         <v>39.5</v>
       </c>
-      <c r="F12" s="5">
+      <c r="F14" s="5">
         <v>35.6</v>
       </c>
-      <c r="G12" s="5">
+      <c r="G14" s="5">
         <v>38.700000000000003</v>
       </c>
-      <c r="H12" s="4">
-[...2 lines deleted...]
-      <c r="I12" s="4">
+      <c r="H14" s="4">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="I14" s="4">
         <v>5.5E-2</v>
       </c>
-      <c r="J12" s="4">
+      <c r="J14" s="4">
         <v>4.0000000000000001E-3</v>
       </c>
-      <c r="L12" s="49"/>
-[...6 lines deleted...]
-      <c r="A13" s="51">
+      <c r="K14" s="76"/>
+      <c r="L14" s="78"/>
+      <c r="M14" s="19"/>
+      <c r="N14" s="19"/>
+      <c r="O14" s="19"/>
+      <c r="P14" s="19"/>
+    </row>
+    <row r="15" spans="1:16" ht="15.75">
+      <c r="A15" s="20">
         <v>2017</v>
       </c>
-      <c r="B13" s="1">
+      <c r="B15" s="1">
         <v>904</v>
       </c>
-      <c r="C13" s="7">
+      <c r="C15" s="7">
         <v>3.3</v>
       </c>
-      <c r="D13" s="6">
+      <c r="D15" s="6">
         <v>35.61</v>
-      </c>
-[...72 lines deleted...]
-        <v>35.369999999999997</v>
       </c>
       <c r="E15" s="6">
         <v>38.9</v>
       </c>
       <c r="F15" s="6">
+        <v>34.340000000000003</v>
+      </c>
+      <c r="G15" s="6">
+        <v>36.9</v>
+      </c>
+      <c r="H15" s="4">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="I15" s="4">
+        <v>9.1999999999999998E-2</v>
+      </c>
+      <c r="J15" s="4">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="K15" s="76"/>
+      <c r="L15" s="78"/>
+      <c r="M15" s="19"/>
+      <c r="N15" s="19"/>
+      <c r="O15" s="19"/>
+      <c r="P15" s="19"/>
+    </row>
+    <row r="16" spans="1:16" ht="15.75">
+      <c r="A16" s="20">
+        <v>2016</v>
+      </c>
+      <c r="B16" s="1">
+        <v>894</v>
+      </c>
+      <c r="C16" s="7">
+        <v>3.3</v>
+      </c>
+      <c r="D16" s="6">
+        <v>35.5</v>
+      </c>
+      <c r="E16" s="6">
+        <v>39.1</v>
+      </c>
+      <c r="F16" s="6">
+        <v>34.25</v>
+      </c>
+      <c r="G16" s="6">
+        <v>36.9</v>
+      </c>
+      <c r="H16" s="4">
+        <v>0.89300000000000002</v>
+      </c>
+      <c r="I16" s="4">
+        <v>9.6000000000000002E-2</v>
+      </c>
+      <c r="J16" s="4">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="K16" s="76"/>
+      <c r="L16" s="78"/>
+      <c r="M16" s="19"/>
+      <c r="N16" s="19"/>
+      <c r="O16" s="19"/>
+      <c r="P16" s="19"/>
+    </row>
+    <row r="17" spans="1:16" ht="15.75">
+      <c r="A17" s="20">
+        <v>2015</v>
+      </c>
+      <c r="B17" s="1">
+        <v>983</v>
+      </c>
+      <c r="C17" s="7">
+        <v>3.6086637298091047</v>
+      </c>
+      <c r="D17" s="6">
+        <v>35.369999999999997</v>
+      </c>
+      <c r="E17" s="6">
+        <v>38.9</v>
+      </c>
+      <c r="F17" s="6">
         <v>33.549999999999997</v>
       </c>
-      <c r="G15" s="6">
+      <c r="G17" s="6">
         <v>36.200000000000003</v>
       </c>
-      <c r="H15" s="4">
-[...2 lines deleted...]
-      <c r="I15" s="4">
+      <c r="H17" s="4">
+        <v>0.85799999999999998</v>
+      </c>
+      <c r="I17" s="4">
         <v>0.127</v>
       </c>
-      <c r="J15" s="4">
+      <c r="J17" s="4">
         <v>1.4999999999999999E-2</v>
       </c>
-      <c r="L15" s="49"/>
-[...6 lines deleted...]
-      <c r="A16" s="51">
+      <c r="K17" s="76"/>
+      <c r="L17" s="78"/>
+      <c r="M17" s="19"/>
+      <c r="N17" s="19"/>
+      <c r="O17" s="19"/>
+      <c r="P17" s="19"/>
+    </row>
+    <row r="18" spans="1:16" ht="15.75">
+      <c r="A18" s="20">
         <v>2014</v>
       </c>
-      <c r="B16" s="1">
+      <c r="B18" s="1">
         <v>971</v>
       </c>
-      <c r="C16" s="7">
+      <c r="C18" s="7">
         <v>3.6224584965491515</v>
       </c>
-      <c r="D16" s="6">
+      <c r="D18" s="6">
         <v>34.950000000000003</v>
       </c>
-      <c r="E16" s="6">
+      <c r="E18" s="6">
         <v>38.299999999999997</v>
       </c>
-      <c r="F16" s="6">
+      <c r="F18" s="6">
         <v>33.64</v>
       </c>
-      <c r="G16" s="6">
+      <c r="G18" s="6">
         <v>36.299999999999997</v>
       </c>
-      <c r="H16" s="4">
+      <c r="H18" s="4">
         <v>0.88671472708547894</v>
       </c>
-      <c r="I16" s="4">
+      <c r="I18" s="4">
         <v>0.10092687950566426</v>
       </c>
-      <c r="J16" s="4">
+      <c r="J18" s="4">
         <v>1.2358393408856848E-2</v>
       </c>
-      <c r="L16" s="49"/>
-[...6 lines deleted...]
-      <c r="A17" s="51">
+      <c r="K18" s="76" t="s">
+        <v>101</v>
+      </c>
+      <c r="L18" s="19"/>
+      <c r="M18" s="19"/>
+      <c r="N18" s="19"/>
+      <c r="O18" s="19"/>
+      <c r="P18" s="19"/>
+    </row>
+    <row r="19" spans="1:16" ht="15.75">
+      <c r="A19" s="20">
         <v>2013</v>
       </c>
-      <c r="B17" s="1">
+      <c r="B19" s="1">
         <v>926</v>
       </c>
-      <c r="C17" s="7">
+      <c r="C19" s="7">
         <v>3.5122321259245215</v>
       </c>
-      <c r="D17" s="6">
+      <c r="D19" s="6">
         <v>34.06</v>
       </c>
-      <c r="E17" s="6">
+      <c r="E19" s="6">
         <v>37.57</v>
       </c>
-      <c r="F17" s="6">
+      <c r="F19" s="6">
         <v>32.26</v>
       </c>
-      <c r="G17" s="6">
+      <c r="G19" s="6">
         <v>35.08</v>
       </c>
-      <c r="H17" s="4">
+      <c r="H19" s="4">
         <v>0.85799136069114468</v>
       </c>
-      <c r="I17" s="4">
+      <c r="I19" s="4">
         <v>0.12796976241900648</v>
       </c>
-      <c r="J17" s="4">
+      <c r="J19" s="4">
         <v>1.4038876889848811E-2</v>
       </c>
-      <c r="L17" s="49"/>
-[...6 lines deleted...]
-      <c r="A18" s="51">
+      <c r="K19" s="76" t="s">
+        <v>101</v>
+      </c>
+      <c r="L19" s="19"/>
+      <c r="M19" s="19"/>
+      <c r="N19" s="19"/>
+      <c r="O19" s="19"/>
+      <c r="P19" s="19"/>
+    </row>
+    <row r="20" spans="1:16" ht="15.75">
+      <c r="A20" s="20">
         <v>2012</v>
       </c>
-      <c r="B18" s="1">
+      <c r="B20" s="1">
         <v>994</v>
       </c>
-      <c r="C18" s="7">
+      <c r="C20" s="7">
         <v>3.8378378378378377</v>
       </c>
-      <c r="D18" s="6">
+      <c r="D20" s="6">
         <v>33.67</v>
       </c>
-      <c r="E18" s="6">
+      <c r="E20" s="6">
         <v>37.29</v>
       </c>
-      <c r="F18" s="6">
+      <c r="F20" s="6">
         <v>32.47</v>
       </c>
-      <c r="G18" s="6">
+      <c r="G20" s="6">
         <v>35.04</v>
       </c>
-      <c r="H18" s="4">
+      <c r="H20" s="4">
         <v>0.88128772635814889</v>
       </c>
-      <c r="I18" s="4">
+      <c r="I20" s="4">
         <v>0.10462776659959759</v>
       </c>
-      <c r="J18" s="4">
+      <c r="J20" s="4">
         <v>1.4084507042253521E-2</v>
       </c>
-      <c r="L18" s="49"/>
-[...6 lines deleted...]
-      <c r="A19" s="51">
+      <c r="K20" s="76" t="s">
+        <v>101</v>
+      </c>
+      <c r="L20" s="19"/>
+      <c r="M20" s="19"/>
+      <c r="N20" s="19"/>
+      <c r="O20" s="19"/>
+      <c r="P20" s="19"/>
+    </row>
+    <row r="21" spans="1:16" ht="15.75">
+      <c r="A21" s="20">
         <v>2011</v>
       </c>
-      <c r="B19" s="1">
+      <c r="B21" s="1">
         <v>880</v>
       </c>
-      <c r="C19" s="7">
+      <c r="C21" s="7">
         <v>3.4597994888932573</v>
       </c>
-      <c r="D19" s="6">
+      <c r="D21" s="6">
         <v>34.35</v>
       </c>
-      <c r="E19" s="6">
+      <c r="E21" s="6">
         <v>37.93</v>
       </c>
-      <c r="F19" s="6">
+      <c r="F21" s="6">
         <v>32.479999999999997</v>
       </c>
-      <c r="G19" s="6">
+      <c r="G21" s="6">
         <v>35.68</v>
       </c>
-      <c r="H19" s="4">
+      <c r="H21" s="4">
         <v>0.85909090909090913</v>
       </c>
-      <c r="I19" s="4">
+      <c r="I21" s="4">
         <v>0.12897727272727272</v>
       </c>
-      <c r="J19" s="4">
+      <c r="J21" s="4">
         <v>1.1931818181818182E-2</v>
       </c>
-      <c r="L19" s="49"/>
-[...6 lines deleted...]
-      <c r="A20" s="51">
+      <c r="K21" s="76" t="s">
+        <v>101</v>
+      </c>
+      <c r="L21" s="19"/>
+      <c r="M21" s="19"/>
+      <c r="N21" s="19"/>
+      <c r="O21" s="19"/>
+      <c r="P21" s="19"/>
+    </row>
+    <row r="22" spans="1:16" ht="15.75">
+      <c r="A22" s="20">
         <v>2010</v>
       </c>
-      <c r="B20" s="1">
+      <c r="B22" s="1">
         <v>908</v>
       </c>
-      <c r="C20" s="7">
+      <c r="C22" s="7">
         <v>3.6356356356356354</v>
       </c>
-      <c r="D20" s="6">
+      <c r="D22" s="6">
         <v>34.6</v>
       </c>
-      <c r="E20" s="6">
+      <c r="E22" s="6">
         <v>38.1</v>
       </c>
-      <c r="F20" s="6">
+      <c r="F22" s="6">
         <v>32.6</v>
       </c>
-      <c r="G20" s="6">
+      <c r="G22" s="6">
         <v>35.299999999999997</v>
       </c>
-      <c r="H20" s="4">
+      <c r="H22" s="4">
         <v>0.85187224669603523</v>
       </c>
-      <c r="I20" s="4">
+      <c r="I22" s="4">
         <v>0.13270925110132159</v>
       </c>
-      <c r="J20" s="4">
+      <c r="J22" s="4">
         <v>1.5418502202643172E-2</v>
       </c>
-      <c r="L20" s="49"/>
-[...6 lines deleted...]
-      <c r="A21" s="51">
+      <c r="K22" s="76" t="s">
+        <v>101</v>
+      </c>
+      <c r="L22" s="19"/>
+      <c r="M22" s="19"/>
+      <c r="N22" s="19"/>
+      <c r="O22" s="19"/>
+      <c r="P22" s="19"/>
+    </row>
+    <row r="23" spans="1:16" ht="15.75">
+      <c r="A23" s="20">
         <v>2009</v>
       </c>
-      <c r="B21" s="1">
+      <c r="B23" s="1">
         <v>961</v>
       </c>
-      <c r="C21" s="7">
+      <c r="C23" s="7">
         <v>3.907298231347835</v>
       </c>
-      <c r="D21" s="6">
+      <c r="D23" s="6">
         <v>33.700000000000003</v>
       </c>
-      <c r="E21" s="6">
+      <c r="E23" s="6">
         <v>37.299999999999997</v>
       </c>
-      <c r="F21" s="6">
+      <c r="F23" s="6">
         <v>32</v>
       </c>
-      <c r="G21" s="6">
+      <c r="G23" s="6">
         <v>34.9</v>
       </c>
-      <c r="H21" s="4">
+      <c r="H23" s="4">
         <v>0.87200832466181066</v>
       </c>
-      <c r="I21" s="4">
+      <c r="I23" s="4">
         <v>0.11550468262226847</v>
       </c>
-      <c r="J21" s="4">
+      <c r="J23" s="4">
         <v>1.2486992715920915E-2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A22" s="51">
+      <c r="K23" s="76" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="15.75">
+      <c r="A24" s="20">
         <v>2008</v>
       </c>
-      <c r="B22" s="1">
+      <c r="B24" s="1">
         <v>975</v>
       </c>
-      <c r="C22" s="7">
+      <c r="C24" s="7">
         <v>4.0164778578784759</v>
       </c>
-      <c r="D22" s="6">
+      <c r="D24" s="6">
         <v>33</v>
       </c>
-      <c r="E22" s="6">
+      <c r="E24" s="6">
         <v>36.700000000000003</v>
       </c>
-      <c r="F22" s="6">
+      <c r="F24" s="6">
         <v>31.3</v>
       </c>
-      <c r="G22" s="6">
+      <c r="G24" s="6">
         <v>34.299999999999997</v>
       </c>
-      <c r="H22" s="4">
+      <c r="H24" s="4">
         <v>0.86615384615384616</v>
       </c>
-      <c r="I22" s="4">
+      <c r="I24" s="4">
         <v>0.12358974358974359</v>
       </c>
-      <c r="J22" s="4">
+      <c r="J24" s="4">
         <v>1.0256410256410256E-2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="51">
+      <c r="K24" s="76" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="15.75">
+      <c r="A25" s="20">
         <v>2007</v>
       </c>
-      <c r="B23" s="1">
+      <c r="B25" s="1">
         <v>884</v>
       </c>
-      <c r="C23" s="7">
+      <c r="C25" s="7">
         <v>3.6948798328108676</v>
       </c>
-      <c r="D23" s="6">
+      <c r="D25" s="6">
         <v>33.44</v>
       </c>
-      <c r="E23" s="6">
+      <c r="E25" s="6">
         <v>37.07</v>
       </c>
-      <c r="F23" s="6">
+      <c r="F25" s="6">
         <v>31.9</v>
       </c>
-      <c r="G23" s="6">
+      <c r="G25" s="6">
         <v>34.979999999999997</v>
       </c>
-      <c r="H23" s="4">
+      <c r="H25" s="4">
         <v>0.86990950226244346</v>
       </c>
-      <c r="I23" s="4">
+      <c r="I25" s="4">
         <v>0.11764705882352941</v>
       </c>
-      <c r="J23" s="4">
+      <c r="J25" s="4">
         <v>1.2443438914027148E-2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" s="51">
+      <c r="K25" s="76" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" ht="15.75">
+      <c r="A26" s="20">
         <v>2006</v>
       </c>
-      <c r="B24" s="1">
+      <c r="B26" s="1">
         <v>927</v>
       </c>
-      <c r="C24" s="7">
+      <c r="C26" s="7">
         <v>3.932131495227996</v>
       </c>
-      <c r="D24" s="6">
+      <c r="D26" s="6">
         <v>32.67</v>
       </c>
-      <c r="E24" s="6">
+      <c r="E26" s="6">
         <v>36.5</v>
       </c>
-      <c r="F24" s="6">
+      <c r="F26" s="6">
         <v>31.14</v>
       </c>
-      <c r="G24" s="6">
+      <c r="G26" s="6">
         <v>34.36</v>
       </c>
-      <c r="H24" s="4">
+      <c r="H26" s="4">
         <v>0.87594390507011866</v>
       </c>
-      <c r="I24" s="4">
+      <c r="I26" s="4">
         <v>0.11272923408845739</v>
       </c>
-      <c r="J24" s="4">
+      <c r="J26" s="4">
         <v>1.1326860841423949E-2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="52">
+      <c r="K26" s="76" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="15.75">
+      <c r="A27" s="21">
         <v>2005</v>
       </c>
-      <c r="B25" s="53">
+      <c r="B27" s="22">
         <v>940</v>
       </c>
-      <c r="C25" s="54">
+      <c r="C27" s="23">
         <v>4.0473627556512382</v>
       </c>
-      <c r="D25" s="55">
+      <c r="D27" s="24">
         <v>32.6</v>
       </c>
-      <c r="E25" s="55">
+      <c r="E27" s="24">
         <v>36.299999999999997</v>
       </c>
-      <c r="F25" s="55">
+      <c r="F27" s="24">
         <v>30.9</v>
       </c>
-      <c r="G25" s="55">
+      <c r="G27" s="24">
         <v>34</v>
       </c>
-      <c r="H25" s="56">
+      <c r="H27" s="25">
         <v>0.86648936170212765</v>
       </c>
-      <c r="I25" s="56">
+      <c r="I27" s="25">
         <v>0.11968085106382979</v>
       </c>
-      <c r="J25" s="56">
+      <c r="J27" s="25">
         <v>1.3829787234042552E-2</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="J28" s="4"/>
+      <c r="K27" s="76" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="K28" s="3"/>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:16">
+      <c r="A29" s="31" t="s">
+        <v>98</v>
+      </c>
       <c r="K29" s="3"/>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:16">
+      <c r="A30" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="I30" s="4"/>
+      <c r="J30" s="4"/>
       <c r="K30" s="3"/>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:16">
       <c r="K31" s="3"/>
     </row>
-    <row r="32" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:16">
       <c r="K32" s="3"/>
     </row>
-    <row r="33" spans="8:11" x14ac:dyDescent="0.25">
+    <row r="33" spans="8:11">
       <c r="K33" s="3"/>
     </row>
-    <row r="34" spans="8:11" x14ac:dyDescent="0.25">
+    <row r="34" spans="8:11">
       <c r="K34" s="3"/>
     </row>
-    <row r="35" spans="8:11" x14ac:dyDescent="0.25">
+    <row r="35" spans="8:11">
       <c r="K35" s="3"/>
     </row>
-    <row r="36" spans="8:11" x14ac:dyDescent="0.25">
+    <row r="36" spans="8:11">
       <c r="K36" s="3"/>
     </row>
-    <row r="37" spans="8:11" x14ac:dyDescent="0.25">
+    <row r="37" spans="8:11">
       <c r="K37" s="3"/>
     </row>
-    <row r="38" spans="8:11" x14ac:dyDescent="0.25">
+    <row r="38" spans="8:11">
       <c r="K38" s="3"/>
     </row>
-    <row r="39" spans="8:11" x14ac:dyDescent="0.25">
+    <row r="39" spans="8:11">
       <c r="K39" s="3"/>
     </row>
-    <row r="40" spans="8:11" x14ac:dyDescent="0.25">
+    <row r="40" spans="8:11">
       <c r="K40" s="3"/>
     </row>
-    <row r="41" spans="8:11" x14ac:dyDescent="0.25">
+    <row r="41" spans="8:11">
       <c r="K41" s="3"/>
     </row>
-    <row r="42" spans="8:11" x14ac:dyDescent="0.25">
+    <row r="42" spans="8:11">
       <c r="K42" s="3"/>
     </row>
-    <row r="43" spans="8:11" x14ac:dyDescent="0.25">
+    <row r="43" spans="8:11">
       <c r="K43" s="3"/>
     </row>
-    <row r="44" spans="8:11" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-    <row r="47" spans="8:11" x14ac:dyDescent="0.25">
+    <row r="44" spans="8:11">
+      <c r="K44" s="3"/>
+    </row>
+    <row r="45" spans="8:11">
+      <c r="K45" s="3"/>
+    </row>
+    <row r="46" spans="8:11">
+      <c r="H46" s="2"/>
+      <c r="I46" s="2"/>
+      <c r="J46" s="2"/>
+    </row>
+    <row r="47" spans="8:11">
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
     </row>
-    <row r="48" spans="8:11" x14ac:dyDescent="0.25">
+    <row r="48" spans="8:11">
       <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
     </row>
-    <row r="49" spans="8:10" x14ac:dyDescent="0.25">
+    <row r="49" spans="8:10">
       <c r="H49" s="1"/>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
     </row>
-    <row r="50" spans="8:10" x14ac:dyDescent="0.25">
+    <row r="50" spans="8:10">
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
     </row>
-    <row r="51" spans="8:10" x14ac:dyDescent="0.25">
+    <row r="51" spans="8:10">
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
     </row>
-    <row r="52" spans="8:10" x14ac:dyDescent="0.25">
+    <row r="52" spans="8:10">
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
     </row>
-    <row r="53" spans="8:10" x14ac:dyDescent="0.25">
+    <row r="53" spans="8:10">
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
     </row>
-    <row r="54" spans="8:10" x14ac:dyDescent="0.25">
+    <row r="54" spans="8:10">
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
     </row>
-    <row r="55" spans="8:10" x14ac:dyDescent="0.25">
+    <row r="55" spans="8:10">
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
     </row>
-    <row r="56" spans="8:10" x14ac:dyDescent="0.25">
+    <row r="56" spans="8:10">
       <c r="H56" s="1"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
     </row>
-    <row r="57" spans="8:10" x14ac:dyDescent="0.25">
+    <row r="57" spans="8:10">
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
     </row>
-    <row r="58" spans="8:10" x14ac:dyDescent="0.25">
+    <row r="58" spans="8:10">
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
     </row>
-    <row r="59" spans="8:10" x14ac:dyDescent="0.25">
+    <row r="59" spans="8:10">
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
     </row>
-    <row r="60" spans="8:10" x14ac:dyDescent="0.25">
+    <row r="60" spans="8:10">
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
     </row>
-    <row r="61" spans="8:10" x14ac:dyDescent="0.25">
+    <row r="61" spans="8:10">
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
     </row>
+    <row r="62" spans="8:10">
+      <c r="H62" s="1"/>
+      <c r="I62" s="1"/>
+      <c r="J62" s="1"/>
+    </row>
+    <row r="63" spans="8:10">
+      <c r="H63" s="1"/>
+      <c r="I63" s="1"/>
+      <c r="J63" s="1"/>
+    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:J17">
-    <sortCondition descending="1" ref="A3:A17"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:J19">
+    <sortCondition descending="1" ref="A3:A19"/>
   </sortState>
-  <mergeCells count="1">
-[...1 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="67" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D29B56BB-5854-41B5-B4ED-7503299E904D}">
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:H45"/>
+  <dimension ref="A1:H45"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <cols>
+    <col min="2" max="2" width="25.5703125" customWidth="1"/>
+    <col min="3" max="3" width="15.85546875" customWidth="1"/>
+    <col min="4" max="4" width="22" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row r="2" spans="1:8" ht="19.5" x14ac:dyDescent="0.3">
-[...23 lines deleted...]
-      <c r="A7" s="30" t="s">
+    <row r="1" spans="1:8" s="34" customFormat="1" ht="30" customHeight="1">
+      <c r="A1" s="33"/>
+    </row>
+    <row r="2" spans="1:8" ht="31.5">
+      <c r="A2" s="30" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" s="36"/>
+    </row>
+    <row r="3" spans="1:8" s="1" customFormat="1"/>
+    <row r="4" spans="1:8" s="1" customFormat="1">
+      <c r="A4" s="31" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" s="1" customFormat="1">
+      <c r="A5" s="32" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" s="27"/>
+    </row>
+    <row r="7" spans="1:8" s="1" customFormat="1" ht="61.5" customHeight="1">
+      <c r="A7" s="35" t="s">
         <v>0</v>
       </c>
-      <c r="B7" s="30" t="s">
-[...14 lines deleted...]
-        <f>C8+D8</f>
+      <c r="B7" s="35" t="s">
+        <v>85</v>
+      </c>
+      <c r="C7" s="35" t="s">
+        <v>83</v>
+      </c>
+      <c r="D7" s="35" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="15.75">
+      <c r="A8" s="38">
+        <v>2024</v>
+      </c>
+      <c r="B8" s="39">
         <v>648</v>
       </c>
-      <c r="C8">
+      <c r="C8" s="39">
         <v>141</v>
       </c>
-      <c r="D8">
+      <c r="D8" s="39">
         <v>507</v>
       </c>
-      <c r="E8" s="49"/>
-[...5 lines deleted...]
-      <c r="A9" s="51">
+      <c r="E8" s="19"/>
+      <c r="F8" s="19"/>
+      <c r="G8" s="19"/>
+      <c r="H8" s="19"/>
+    </row>
+    <row r="9" spans="1:8" ht="15.75">
+      <c r="A9" s="38">
         <v>2023</v>
       </c>
-      <c r="B9">
-        <f>C9+D9</f>
+      <c r="B9" s="39">
         <v>822</v>
       </c>
-      <c r="C9">
+      <c r="C9" s="39">
         <v>201</v>
       </c>
-      <c r="D9">
+      <c r="D9" s="39">
         <v>621</v>
       </c>
-      <c r="E9" s="49"/>
-[...5 lines deleted...]
-      <c r="A10" s="51">
+      <c r="E9" s="19"/>
+      <c r="F9" s="19"/>
+      <c r="G9" s="19"/>
+      <c r="H9" s="19"/>
+    </row>
+    <row r="10" spans="1:8" ht="15.75">
+      <c r="A10" s="38">
         <v>2022</v>
       </c>
-      <c r="B10">
+      <c r="B10" s="40">
         <v>886</v>
       </c>
-      <c r="C10">
+      <c r="C10" s="39">
         <v>252</v>
       </c>
-      <c r="D10">
+      <c r="D10" s="39">
         <v>634</v>
       </c>
-      <c r="E10" s="49"/>
-[...5 lines deleted...]
-      <c r="A11" s="51">
+      <c r="E10" s="19"/>
+      <c r="F10" s="19"/>
+      <c r="G10" s="19"/>
+      <c r="H10" s="19"/>
+    </row>
+    <row r="11" spans="1:8" ht="15.75">
+      <c r="A11" s="38">
         <v>2021</v>
       </c>
-      <c r="B11" s="1">
+      <c r="B11" s="40">
         <v>567</v>
       </c>
-      <c r="C11">
+      <c r="C11" s="39">
         <v>177</v>
       </c>
-      <c r="D11">
+      <c r="D11" s="39">
         <v>390</v>
       </c>
-      <c r="E11" s="49"/>
-[...5 lines deleted...]
-      <c r="A12" s="51">
+      <c r="E11" s="19"/>
+      <c r="F11" s="19"/>
+      <c r="G11" s="19"/>
+      <c r="H11" s="19"/>
+    </row>
+    <row r="12" spans="1:8" ht="15.75">
+      <c r="A12" s="38">
         <v>2020</v>
       </c>
-      <c r="B12" s="1">
+      <c r="B12" s="40">
         <v>498</v>
       </c>
-      <c r="C12">
+      <c r="C12" s="39">
         <v>49</v>
       </c>
-      <c r="D12">
+      <c r="D12" s="39">
         <v>449</v>
       </c>
-      <c r="E12" s="49"/>
-[...5 lines deleted...]
-      <c r="A13" s="51">
+      <c r="E12" s="19"/>
+      <c r="F12" s="19"/>
+      <c r="G12" s="19"/>
+      <c r="H12" s="19"/>
+    </row>
+    <row r="13" spans="1:8" ht="15.75">
+      <c r="A13" s="38">
         <v>2019</v>
       </c>
-      <c r="B13" s="1">
+      <c r="B13" s="40">
         <v>911</v>
       </c>
-      <c r="C13">
+      <c r="C13" s="39">
         <v>262</v>
       </c>
-      <c r="D13">
+      <c r="D13" s="39">
         <v>649</v>
       </c>
-      <c r="E13" s="49"/>
-[...5 lines deleted...]
-      <c r="A14" s="51">
+      <c r="E13" s="19"/>
+      <c r="F13" s="19"/>
+      <c r="G13" s="19"/>
+      <c r="H13" s="19"/>
+    </row>
+    <row r="14" spans="1:8" ht="15.75">
+      <c r="A14" s="38">
         <v>2018</v>
       </c>
-      <c r="B14" s="1">
+      <c r="B14" s="40">
         <v>919</v>
       </c>
-      <c r="C14">
+      <c r="C14" s="39">
         <v>264</v>
       </c>
-      <c r="D14">
+      <c r="D14" s="39">
         <v>655</v>
       </c>
-      <c r="E14" s="49"/>
-[...5 lines deleted...]
-      <c r="A15" s="51">
+      <c r="E14" s="19"/>
+      <c r="F14" s="19"/>
+      <c r="G14" s="19"/>
+      <c r="H14" s="19"/>
+    </row>
+    <row r="15" spans="1:8" ht="15.75">
+      <c r="A15" s="38">
         <v>2017</v>
       </c>
-      <c r="B15" s="1">
+      <c r="B15" s="40">
         <v>904</v>
       </c>
-      <c r="C15">
+      <c r="C15" s="39">
         <v>229</v>
       </c>
-      <c r="D15">
+      <c r="D15" s="39">
         <v>675</v>
       </c>
-      <c r="E15" s="49"/>
-[...5 lines deleted...]
-      <c r="A16" s="51">
+      <c r="E15" s="19"/>
+      <c r="F15" s="19"/>
+      <c r="G15" s="19"/>
+      <c r="H15" s="19"/>
+    </row>
+    <row r="16" spans="1:8" ht="15.75">
+      <c r="A16" s="38">
         <v>2016</v>
       </c>
-      <c r="B16" s="1">
+      <c r="B16" s="40">
         <v>894</v>
       </c>
-      <c r="C16">
+      <c r="C16" s="39">
         <v>257</v>
       </c>
-      <c r="D16">
+      <c r="D16" s="39">
         <v>637</v>
       </c>
-      <c r="E16" s="49"/>
-[...5 lines deleted...]
-      <c r="A17" s="51">
+      <c r="E16" s="19"/>
+      <c r="F16" s="19"/>
+      <c r="G16" s="19"/>
+      <c r="H16" s="19"/>
+    </row>
+    <row r="17" spans="1:8" ht="15.75">
+      <c r="A17" s="38">
         <v>2015</v>
       </c>
-      <c r="B17" s="1">
+      <c r="B17" s="40">
         <v>983</v>
       </c>
-      <c r="C17">
+      <c r="C17" s="39">
         <v>275</v>
       </c>
-      <c r="D17">
+      <c r="D17" s="39">
         <v>708</v>
       </c>
-      <c r="E17" s="49"/>
-[...5 lines deleted...]
-      <c r="A18" s="51">
+      <c r="E17" s="19"/>
+      <c r="F17" s="19"/>
+      <c r="G17" s="19"/>
+      <c r="H17" s="19"/>
+    </row>
+    <row r="18" spans="1:8" ht="15.75">
+      <c r="A18" s="38">
         <v>2014</v>
       </c>
-      <c r="B18" s="1">
+      <c r="B18" s="40">
         <v>971</v>
       </c>
-      <c r="C18" s="1">
+      <c r="C18" s="40">
         <v>297</v>
       </c>
-      <c r="D18" s="1">
+      <c r="D18" s="40">
         <v>674</v>
       </c>
-      <c r="E18" s="49"/>
-[...5 lines deleted...]
-      <c r="A19" s="51">
+      <c r="E18" s="19"/>
+      <c r="F18" s="19"/>
+      <c r="G18" s="19"/>
+      <c r="H18" s="19"/>
+    </row>
+    <row r="19" spans="1:8" ht="15.75">
+      <c r="A19" s="38">
         <v>2013</v>
       </c>
-      <c r="B19" s="1">
+      <c r="B19" s="40">
         <v>926</v>
       </c>
-      <c r="C19" s="1">
+      <c r="C19" s="40">
         <v>259</v>
       </c>
-      <c r="D19" s="1">
+      <c r="D19" s="40">
         <v>667</v>
       </c>
-      <c r="E19" s="49"/>
-[...5 lines deleted...]
-      <c r="A20" s="51">
+      <c r="E19" s="19"/>
+      <c r="F19" s="19"/>
+      <c r="G19" s="19"/>
+      <c r="H19" s="19"/>
+    </row>
+    <row r="20" spans="1:8" ht="15.75">
+      <c r="A20" s="38">
         <v>2012</v>
       </c>
-      <c r="B20" s="1">
+      <c r="B20" s="40">
         <v>994</v>
       </c>
-      <c r="C20" s="1">
+      <c r="C20" s="40">
         <v>261</v>
       </c>
-      <c r="D20" s="1">
+      <c r="D20" s="40">
         <v>733</v>
       </c>
-      <c r="E20" s="49"/>
-[...5 lines deleted...]
-      <c r="A21" s="51">
+      <c r="E20" s="19"/>
+      <c r="F20" s="19"/>
+      <c r="G20" s="19"/>
+      <c r="H20" s="19"/>
+    </row>
+    <row r="21" spans="1:8" ht="15.75">
+      <c r="A21" s="38">
         <v>2011</v>
       </c>
-      <c r="B21" s="1">
+      <c r="B21" s="40">
         <v>880</v>
       </c>
-      <c r="C21" s="1">
+      <c r="C21" s="40">
         <v>238</v>
       </c>
-      <c r="D21" s="1">
+      <c r="D21" s="40">
         <v>642</v>
       </c>
-      <c r="E21" s="49"/>
-[...5 lines deleted...]
-      <c r="A22" s="51">
+      <c r="E21" s="19"/>
+      <c r="F21" s="19"/>
+      <c r="G21" s="19"/>
+      <c r="H21" s="19"/>
+    </row>
+    <row r="22" spans="1:8" ht="15.75">
+      <c r="A22" s="38">
         <v>2010</v>
       </c>
-      <c r="B22" s="1">
+      <c r="B22" s="40">
         <v>908</v>
       </c>
-      <c r="C22" s="1">
+      <c r="C22" s="40">
         <v>231</v>
       </c>
-      <c r="D22" s="1">
+      <c r="D22" s="40">
         <v>677</v>
       </c>
-      <c r="E22" s="49"/>
-[...5 lines deleted...]
-      <c r="A23" s="51">
+      <c r="E22" s="19"/>
+      <c r="F22" s="19"/>
+      <c r="G22" s="19"/>
+      <c r="H22" s="19"/>
+    </row>
+    <row r="23" spans="1:8" ht="15.75">
+      <c r="A23" s="38">
         <v>2009</v>
       </c>
-      <c r="B23" s="1">
+      <c r="B23" s="40">
         <v>961</v>
       </c>
-      <c r="C23" s="1">
+      <c r="C23" s="40">
         <v>268</v>
       </c>
-      <c r="D23" s="1">
+      <c r="D23" s="40">
         <v>693</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A24" s="51">
+    <row r="24" spans="1:8" ht="15.75">
+      <c r="A24" s="38">
         <v>2008</v>
       </c>
-      <c r="B24" s="1">
+      <c r="B24" s="40">
         <v>975</v>
       </c>
-      <c r="C24" s="1">
+      <c r="C24" s="40">
         <v>278</v>
       </c>
-      <c r="D24" s="1">
+      <c r="D24" s="40">
         <v>697</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A25" s="51">
+    <row r="25" spans="1:8" ht="15.75">
+      <c r="A25" s="38">
         <v>2007</v>
       </c>
-      <c r="B25" s="1">
+      <c r="B25" s="40">
         <v>884</v>
       </c>
-      <c r="C25" s="1">
+      <c r="C25" s="40">
         <v>247</v>
       </c>
-      <c r="D25" s="1">
+      <c r="D25" s="40">
         <v>637</v>
       </c>
     </row>
-    <row r="26" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A26" s="51">
+    <row r="26" spans="1:8" ht="15.75">
+      <c r="A26" s="38">
         <v>2006</v>
       </c>
-      <c r="B26" s="1">
+      <c r="B26" s="40">
         <v>927</v>
       </c>
-      <c r="C26" s="1">
+      <c r="C26" s="40">
         <v>319</v>
       </c>
-      <c r="D26" s="1">
+      <c r="D26" s="40">
         <v>608</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A27" s="52">
+    <row r="27" spans="1:8" ht="15.75">
+      <c r="A27" s="41">
         <v>2005</v>
       </c>
-      <c r="B27" s="53">
+      <c r="B27" s="42">
         <v>940</v>
       </c>
-      <c r="C27" s="53">
+      <c r="C27" s="42">
         <v>275</v>
       </c>
-      <c r="D27" s="53">
+      <c r="D27" s="42">
         <v>665</v>
       </c>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8">
       <c r="C28" s="3"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>67</v>
+    <row r="29" spans="1:8">
+      <c r="A29" s="31" t="s">
+        <v>66</v>
       </c>
       <c r="C29" s="3"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8">
       <c r="C30" s="3"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8">
       <c r="C31" s="3"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8">
       <c r="C32" s="3"/>
     </row>
-    <row r="33" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="33" spans="3:3">
       <c r="C33" s="3"/>
     </row>
-    <row r="34" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="34" spans="3:3">
       <c r="C34" s="3"/>
     </row>
-    <row r="35" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="35" spans="3:3">
       <c r="C35" s="3"/>
     </row>
-    <row r="36" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="36" spans="3:3">
       <c r="C36" s="3"/>
     </row>
-    <row r="37" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="37" spans="3:3">
       <c r="C37" s="3"/>
     </row>
-    <row r="38" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="38" spans="3:3">
       <c r="C38" s="3"/>
     </row>
-    <row r="39" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="39" spans="3:3">
       <c r="C39" s="3"/>
     </row>
-    <row r="40" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="40" spans="3:3">
       <c r="C40" s="3"/>
     </row>
-    <row r="41" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="41" spans="3:3">
       <c r="C41" s="3"/>
     </row>
-    <row r="42" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="42" spans="3:3">
       <c r="C42" s="3"/>
     </row>
-    <row r="43" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="43" spans="3:3">
       <c r="C43" s="3"/>
     </row>
-    <row r="44" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="44" spans="3:3">
       <c r="C44" s="3"/>
     </row>
-    <row r="45" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="45" spans="3:3">
       <c r="C45" s="3"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:S46"/>
+  <dimension ref="A1:U46"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <pane xSplit="1" ySplit="7" topLeftCell="B8" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
+      <selection pane="bottomRight"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="24.7109375" style="18" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="20" max="251" width="11.42578125" style="1"/>
+    <col min="1" max="1" width="24.7109375" style="15" customWidth="1"/>
+    <col min="2" max="21" width="9.140625" style="1" customWidth="1"/>
+    <col min="22" max="251" width="11.42578125" style="1"/>
     <col min="252" max="252" width="16.5703125" style="1" customWidth="1"/>
     <col min="253" max="253" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="254" max="272" width="7.28515625" style="1" customWidth="1"/>
     <col min="273" max="507" width="11.42578125" style="1"/>
     <col min="508" max="508" width="16.5703125" style="1" customWidth="1"/>
     <col min="509" max="509" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="510" max="528" width="7.28515625" style="1" customWidth="1"/>
     <col min="529" max="763" width="11.42578125" style="1"/>
     <col min="764" max="764" width="16.5703125" style="1" customWidth="1"/>
     <col min="765" max="765" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="766" max="784" width="7.28515625" style="1" customWidth="1"/>
     <col min="785" max="1019" width="11.42578125" style="1"/>
     <col min="1020" max="1020" width="16.5703125" style="1" customWidth="1"/>
     <col min="1021" max="1021" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="1022" max="1040" width="7.28515625" style="1" customWidth="1"/>
     <col min="1041" max="1275" width="11.42578125" style="1"/>
     <col min="1276" max="1276" width="16.5703125" style="1" customWidth="1"/>
     <col min="1277" max="1277" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="1278" max="1296" width="7.28515625" style="1" customWidth="1"/>
     <col min="1297" max="1531" width="11.42578125" style="1"/>
     <col min="1532" max="1532" width="16.5703125" style="1" customWidth="1"/>
     <col min="1533" max="1533" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="1534" max="1552" width="7.28515625" style="1" customWidth="1"/>
     <col min="1553" max="1787" width="11.42578125" style="1"/>
     <col min="1788" max="1788" width="16.5703125" style="1" customWidth="1"/>
@@ -2904,2426 +3153,2648 @@
     <col min="14845" max="14845" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="14846" max="14864" width="7.28515625" style="1" customWidth="1"/>
     <col min="14865" max="15099" width="11.42578125" style="1"/>
     <col min="15100" max="15100" width="16.5703125" style="1" customWidth="1"/>
     <col min="15101" max="15101" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="15102" max="15120" width="7.28515625" style="1" customWidth="1"/>
     <col min="15121" max="15355" width="11.42578125" style="1"/>
     <col min="15356" max="15356" width="16.5703125" style="1" customWidth="1"/>
     <col min="15357" max="15357" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="15358" max="15376" width="7.28515625" style="1" customWidth="1"/>
     <col min="15377" max="15611" width="11.42578125" style="1"/>
     <col min="15612" max="15612" width="16.5703125" style="1" customWidth="1"/>
     <col min="15613" max="15613" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="15614" max="15632" width="7.28515625" style="1" customWidth="1"/>
     <col min="15633" max="15867" width="11.42578125" style="1"/>
     <col min="15868" max="15868" width="16.5703125" style="1" customWidth="1"/>
     <col min="15869" max="15869" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="15870" max="15888" width="7.28515625" style="1" customWidth="1"/>
     <col min="15889" max="16123" width="11.42578125" style="1"/>
     <col min="16124" max="16124" width="16.5703125" style="1" customWidth="1"/>
     <col min="16125" max="16125" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="16126" max="16144" width="7.28515625" style="1" customWidth="1"/>
     <col min="16145" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:19" ht="19.5" x14ac:dyDescent="0.3">
-[...20 lines deleted...]
-      <c r="A3" s="32"/>
+    <row r="1" spans="1:21" s="34" customFormat="1" ht="30" customHeight="1">
+      <c r="A1" s="33"/>
+    </row>
+    <row r="2" spans="1:21" ht="31.5">
+      <c r="A2" s="30" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="30"/>
+      <c r="J2" s="30"/>
+      <c r="K2" s="30"/>
+      <c r="L2" s="30"/>
+      <c r="M2" s="30"/>
+      <c r="N2" s="30"/>
+      <c r="O2" s="30"/>
+      <c r="P2" s="30"/>
+    </row>
+    <row r="3" spans="1:21">
+      <c r="A3" s="18"/>
       <c r="B3" s="8"/>
       <c r="C3" s="9"/>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
       <c r="G3" s="9"/>
       <c r="H3" s="9"/>
       <c r="I3" s="9"/>
       <c r="J3" s="9"/>
     </row>
-    <row r="4" spans="1:19" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>73</v>
+    <row r="4" spans="1:21">
+      <c r="A4" s="31" t="s">
+        <v>71</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="9"/>
       <c r="D4" s="9"/>
       <c r="E4" s="9"/>
       <c r="F4" s="9"/>
       <c r="G4" s="9"/>
       <c r="H4" s="9"/>
       <c r="I4" s="9"/>
       <c r="J4" s="9"/>
     </row>
-    <row r="5" spans="1:19" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C5" s="9"/>
+    <row r="5" spans="1:21">
+      <c r="A5" s="32" t="s">
+        <v>99</v>
+      </c>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
     </row>
-    <row r="6" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A6" s="75"/>
+    <row r="6" spans="1:21">
+      <c r="A6" s="28"/>
       <c r="B6" s="8"/>
       <c r="C6" s="9"/>
       <c r="D6" s="9"/>
       <c r="E6" s="9"/>
       <c r="F6" s="9"/>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
       <c r="J6" s="9"/>
       <c r="N6" s="2"/>
     </row>
-    <row r="7" spans="1:19" s="31" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="30" t="s">
+    <row r="7" spans="1:21" s="17" customFormat="1" ht="19.5" customHeight="1">
+      <c r="A7" s="35" t="s">
         <v>3</v>
       </c>
-      <c r="B7" s="30">
+      <c r="B7" s="35">
         <v>2005</v>
       </c>
-      <c r="C7" s="30">
+      <c r="C7" s="35">
         <v>2006</v>
       </c>
-      <c r="D7" s="30">
+      <c r="D7" s="35">
         <v>2007</v>
       </c>
-      <c r="E7" s="30">
+      <c r="E7" s="35">
         <v>2008</v>
       </c>
-      <c r="F7" s="30">
+      <c r="F7" s="35">
         <v>2009</v>
       </c>
-      <c r="G7" s="30">
+      <c r="G7" s="35">
         <v>2010</v>
       </c>
-      <c r="H7" s="30">
+      <c r="H7" s="35">
         <v>2011</v>
       </c>
-      <c r="I7" s="30">
+      <c r="I7" s="35">
         <v>2012</v>
       </c>
-      <c r="J7" s="30">
+      <c r="J7" s="35">
         <v>2013</v>
       </c>
-      <c r="K7" s="30">
+      <c r="K7" s="35">
         <v>2014</v>
       </c>
-      <c r="L7" s="30">
+      <c r="L7" s="35">
         <v>2015</v>
       </c>
-      <c r="M7" s="30">
+      <c r="M7" s="35">
         <v>2016</v>
       </c>
-      <c r="N7" s="30">
+      <c r="N7" s="35">
         <v>2017</v>
       </c>
-      <c r="O7" s="30">
+      <c r="O7" s="35">
         <v>2018</v>
       </c>
-      <c r="P7" s="30">
+      <c r="P7" s="35">
         <v>2019</v>
       </c>
-      <c r="Q7" s="30">
+      <c r="Q7" s="35">
         <v>2020</v>
       </c>
-      <c r="R7" s="30">
+      <c r="R7" s="35">
         <v>2021</v>
       </c>
-      <c r="S7" s="30">
+      <c r="S7" s="35">
         <v>2022</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="33" t="s">
+      <c r="T7" s="35">
+        <v>2023</v>
+      </c>
+      <c r="U7" s="35">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21">
+      <c r="A8" s="43" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="10">
+      <c r="B8" s="44">
         <v>0</v>
       </c>
-      <c r="C8" s="10">
+      <c r="C8" s="44">
         <v>4</v>
       </c>
-      <c r="D8" s="10">
+      <c r="D8" s="44">
         <v>0</v>
       </c>
-      <c r="E8" s="10">
+      <c r="E8" s="44">
         <v>6</v>
       </c>
-      <c r="F8" s="10">
+      <c r="F8" s="44">
         <v>1</v>
       </c>
-      <c r="G8" s="10">
+      <c r="G8" s="44">
         <v>17</v>
       </c>
-      <c r="H8" s="10">
+      <c r="H8" s="44">
         <v>0</v>
       </c>
-      <c r="I8" s="10">
+      <c r="I8" s="44">
         <v>1</v>
       </c>
-      <c r="J8" s="10">
+      <c r="J8" s="44">
         <v>0</v>
       </c>
-      <c r="K8" s="10">
+      <c r="K8" s="44">
         <v>2</v>
       </c>
-      <c r="L8" s="10">
+      <c r="L8" s="44">
         <v>2</v>
       </c>
-      <c r="M8" s="10">
+      <c r="M8" s="44">
         <v>0</v>
       </c>
-      <c r="N8" s="10">
+      <c r="N8" s="44">
         <v>1</v>
       </c>
-      <c r="O8">
+      <c r="O8" s="39">
         <v>1</v>
       </c>
-      <c r="P8">
+      <c r="P8" s="39">
         <v>19</v>
       </c>
-      <c r="Q8" s="1">
+      <c r="Q8" s="40">
         <v>0</v>
       </c>
-      <c r="R8" s="1">
+      <c r="R8" s="40">
         <v>2</v>
       </c>
-      <c r="S8">
+      <c r="S8" s="39">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="33" t="s">
+      <c r="T8" s="39">
+        <v>0</v>
+      </c>
+      <c r="U8" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21">
+      <c r="A9" s="43" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="10">
+      <c r="B9" s="44">
         <v>8</v>
       </c>
-      <c r="C9" s="10">
+      <c r="C9" s="44">
         <v>9</v>
       </c>
-      <c r="D9" s="10">
+      <c r="D9" s="44">
         <v>13</v>
       </c>
-      <c r="E9" s="10">
+      <c r="E9" s="44">
         <v>9</v>
       </c>
-      <c r="F9" s="10">
+      <c r="F9" s="44">
         <v>7</v>
       </c>
-      <c r="G9" s="10">
+      <c r="G9" s="44">
         <v>8</v>
       </c>
-      <c r="H9" s="10">
+      <c r="H9" s="44">
         <v>18</v>
       </c>
-      <c r="I9" s="10">
+      <c r="I9" s="44">
         <v>22</v>
       </c>
-      <c r="J9" s="10">
+      <c r="J9" s="44">
         <v>18</v>
       </c>
-      <c r="K9" s="10">
+      <c r="K9" s="44">
         <v>12</v>
       </c>
-      <c r="L9" s="10">
+      <c r="L9" s="44">
         <v>11</v>
       </c>
-      <c r="M9" s="10">
+      <c r="M9" s="44">
         <v>11</v>
       </c>
-      <c r="N9" s="10">
+      <c r="N9" s="44">
         <v>14</v>
       </c>
-      <c r="O9">
+      <c r="O9" s="39">
         <v>13</v>
       </c>
-      <c r="P9">
+      <c r="P9" s="39">
         <v>8</v>
       </c>
-      <c r="Q9" s="1">
+      <c r="Q9" s="40">
         <v>9</v>
       </c>
-      <c r="R9" s="1">
+      <c r="R9" s="40">
         <v>14</v>
       </c>
-      <c r="S9">
+      <c r="S9" s="39">
         <v>19</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="33" t="s">
+      <c r="T9" s="39">
+        <v>13</v>
+      </c>
+      <c r="U9" s="39">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21">
+      <c r="A10" s="43" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="10">
+      <c r="B10" s="44">
         <v>15</v>
       </c>
-      <c r="C10" s="10">
+      <c r="C10" s="44">
         <v>10</v>
       </c>
-      <c r="D10" s="10">
+      <c r="D10" s="44">
         <v>14</v>
       </c>
-      <c r="E10" s="10">
+      <c r="E10" s="44">
         <v>16</v>
       </c>
-      <c r="F10" s="10">
+      <c r="F10" s="44">
         <v>18</v>
       </c>
-      <c r="G10" s="10">
+      <c r="G10" s="44">
         <v>22</v>
       </c>
-      <c r="H10" s="10">
+      <c r="H10" s="44">
         <v>20</v>
       </c>
-      <c r="I10" s="10">
+      <c r="I10" s="44">
         <v>31</v>
       </c>
-      <c r="J10" s="10">
+      <c r="J10" s="44">
         <v>21</v>
       </c>
-      <c r="K10" s="10">
+      <c r="K10" s="44">
         <v>20</v>
       </c>
-      <c r="L10" s="10">
+      <c r="L10" s="44">
         <v>12</v>
       </c>
-      <c r="M10" s="10">
+      <c r="M10" s="44">
         <v>16</v>
       </c>
-      <c r="N10" s="10">
+      <c r="N10" s="44">
         <v>13</v>
       </c>
-      <c r="O10">
+      <c r="O10" s="39">
         <v>16</v>
       </c>
-      <c r="P10">
+      <c r="P10" s="39">
         <v>9</v>
       </c>
-      <c r="Q10" s="1">
+      <c r="Q10" s="40">
         <v>14</v>
       </c>
-      <c r="R10" s="1">
+      <c r="R10" s="40">
         <v>12</v>
       </c>
-      <c r="S10">
+      <c r="S10" s="39">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="33" t="s">
+      <c r="T10" s="39">
+        <v>14</v>
+      </c>
+      <c r="U10" s="39">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21">
+      <c r="A11" s="43" t="s">
         <v>8</v>
       </c>
-      <c r="B11" s="10">
+      <c r="B11" s="44">
         <v>12</v>
       </c>
-      <c r="C11" s="10">
+      <c r="C11" s="44">
         <v>19</v>
       </c>
-      <c r="D11" s="10">
+      <c r="D11" s="44">
         <v>7</v>
       </c>
-      <c r="E11" s="10">
+      <c r="E11" s="44">
         <v>5</v>
       </c>
-      <c r="F11" s="10">
+      <c r="F11" s="44">
         <v>9</v>
       </c>
-      <c r="G11" s="10">
+      <c r="G11" s="44">
         <v>7</v>
       </c>
-      <c r="H11" s="10">
+      <c r="H11" s="44">
         <v>7</v>
       </c>
-      <c r="I11" s="10">
+      <c r="I11" s="44">
         <v>5</v>
       </c>
-      <c r="J11" s="10">
+      <c r="J11" s="44">
         <v>7</v>
       </c>
-      <c r="K11" s="10">
+      <c r="K11" s="44">
         <v>10</v>
       </c>
-      <c r="L11" s="10">
+      <c r="L11" s="44">
         <v>6</v>
       </c>
-      <c r="M11" s="10">
+      <c r="M11" s="44">
         <v>8</v>
       </c>
-      <c r="N11" s="10">
+      <c r="N11" s="44">
         <v>7</v>
       </c>
-      <c r="O11">
+      <c r="O11" s="39">
         <v>11</v>
       </c>
-      <c r="P11">
+      <c r="P11" s="39">
         <v>7</v>
       </c>
-      <c r="Q11" s="1">
+      <c r="Q11" s="40">
         <v>2</v>
       </c>
-      <c r="R11" s="1">
+      <c r="R11" s="40">
         <v>6</v>
       </c>
-      <c r="S11">
+      <c r="S11" s="39">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="33" t="s">
+      <c r="T11" s="39">
+        <v>5</v>
+      </c>
+      <c r="U11" s="39">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21">
+      <c r="A12" s="43" t="s">
         <v>26</v>
       </c>
-      <c r="B12" s="10">
+      <c r="B12" s="44">
         <v>67</v>
       </c>
-      <c r="C12" s="10">
+      <c r="C12" s="44">
         <v>67</v>
       </c>
-      <c r="D12" s="10">
+      <c r="D12" s="44">
         <v>68</v>
       </c>
-      <c r="E12" s="10">
+      <c r="E12" s="44">
         <v>68</v>
       </c>
-      <c r="F12" s="10">
+      <c r="F12" s="44">
         <v>83</v>
       </c>
-      <c r="G12" s="10">
+      <c r="G12" s="44">
         <v>76</v>
       </c>
-      <c r="H12" s="10">
+      <c r="H12" s="44">
         <v>85</v>
       </c>
-      <c r="I12" s="10">
+      <c r="I12" s="44">
         <v>104</v>
       </c>
-      <c r="J12" s="10">
+      <c r="J12" s="44">
         <v>87</v>
       </c>
-      <c r="K12" s="10">
+      <c r="K12" s="44">
         <v>92</v>
       </c>
-      <c r="L12" s="10">
+      <c r="L12" s="44">
         <v>103</v>
       </c>
-      <c r="M12" s="10">
+      <c r="M12" s="44">
         <v>88</v>
       </c>
-      <c r="N12" s="10">
+      <c r="N12" s="44">
         <v>110</v>
       </c>
-      <c r="O12">
+      <c r="O12" s="39">
         <v>126</v>
       </c>
-      <c r="P12">
+      <c r="P12" s="39">
         <v>128</v>
       </c>
-      <c r="Q12" s="1">
+      <c r="Q12" s="40">
         <v>87</v>
       </c>
-      <c r="R12" s="1">
+      <c r="R12" s="40">
         <v>72</v>
       </c>
-      <c r="S12">
+      <c r="S12" s="39">
         <v>122</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="33" t="s">
+      <c r="T12" s="39">
+        <v>108</v>
+      </c>
+      <c r="U12" s="39">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21">
+      <c r="A13" s="43" t="s">
         <v>27</v>
       </c>
-      <c r="B13" s="10">
+      <c r="B13" s="44">
         <v>0</v>
       </c>
-      <c r="C13" s="10">
+      <c r="C13" s="44">
         <v>3</v>
       </c>
-      <c r="D13" s="10">
+      <c r="D13" s="44">
         <v>0</v>
       </c>
-      <c r="E13" s="10">
+      <c r="E13" s="44">
         <v>4</v>
       </c>
-      <c r="F13" s="10">
+      <c r="F13" s="44">
         <v>2</v>
       </c>
-      <c r="G13" s="10">
+      <c r="G13" s="44">
         <v>3</v>
       </c>
-      <c r="H13" s="10">
+      <c r="H13" s="44">
         <v>5</v>
       </c>
-      <c r="I13" s="10">
+      <c r="I13" s="44">
         <v>3</v>
       </c>
-      <c r="J13" s="10">
+      <c r="J13" s="44">
         <v>4</v>
       </c>
-      <c r="K13" s="10">
+      <c r="K13" s="44">
         <v>1</v>
       </c>
-      <c r="L13" s="10">
+      <c r="L13" s="44">
         <v>4</v>
       </c>
-      <c r="M13" s="10">
+      <c r="M13" s="44">
         <v>2</v>
       </c>
-      <c r="N13" s="10">
+      <c r="N13" s="44">
         <v>4</v>
       </c>
-      <c r="O13">
+      <c r="O13" s="39">
         <v>5</v>
       </c>
-      <c r="P13">
+      <c r="P13" s="39">
         <v>2</v>
       </c>
-      <c r="Q13" s="1">
+      <c r="Q13" s="40">
         <v>0</v>
       </c>
-      <c r="R13" s="1">
+      <c r="R13" s="40">
         <v>1</v>
       </c>
-      <c r="S13">
+      <c r="S13" s="39">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="33" t="s">
+      <c r="T13" s="39">
+        <v>7</v>
+      </c>
+      <c r="U13" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21">
+      <c r="A14" s="43" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="10">
+      <c r="B14" s="44">
         <v>8</v>
       </c>
-      <c r="C14" s="10">
+      <c r="C14" s="44">
         <v>12</v>
       </c>
-      <c r="D14" s="10">
+      <c r="D14" s="44">
         <v>8</v>
       </c>
-      <c r="E14" s="10">
+      <c r="E14" s="44">
         <v>7</v>
       </c>
-      <c r="F14" s="10">
+      <c r="F14" s="44">
         <v>8</v>
       </c>
-      <c r="G14" s="10">
+      <c r="G14" s="44">
         <v>5</v>
       </c>
-      <c r="H14" s="10">
+      <c r="H14" s="44">
         <v>10</v>
       </c>
-      <c r="I14" s="10">
+      <c r="I14" s="44">
         <v>5</v>
       </c>
-      <c r="J14" s="10">
+      <c r="J14" s="44">
         <v>8</v>
       </c>
-      <c r="K14" s="10">
+      <c r="K14" s="44">
         <v>11</v>
       </c>
-      <c r="L14" s="10">
+      <c r="L14" s="44">
         <v>7</v>
       </c>
-      <c r="M14" s="10">
+      <c r="M14" s="44">
         <v>8</v>
       </c>
-      <c r="N14" s="10">
+      <c r="N14" s="44">
         <v>9</v>
       </c>
-      <c r="O14">
+      <c r="O14" s="39">
         <v>12</v>
       </c>
-      <c r="P14">
+      <c r="P14" s="39">
         <v>11</v>
       </c>
-      <c r="Q14" s="1">
+      <c r="Q14" s="40">
         <v>3</v>
       </c>
-      <c r="R14" s="1">
+      <c r="R14" s="40">
         <v>4</v>
       </c>
-      <c r="S14">
+      <c r="S14" s="39">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="33" t="s">
+      <c r="T14" s="39">
+        <v>5</v>
+      </c>
+      <c r="U14" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21">
+      <c r="A15" s="43" t="s">
         <v>10</v>
       </c>
-      <c r="B15" s="10">
+      <c r="B15" s="44">
         <v>14</v>
       </c>
-      <c r="C15" s="10">
+      <c r="C15" s="44">
         <v>10</v>
       </c>
-      <c r="D15" s="10">
+      <c r="D15" s="44">
         <v>10</v>
       </c>
-      <c r="E15" s="10">
+      <c r="E15" s="44">
         <v>6</v>
       </c>
-      <c r="F15" s="10">
+      <c r="F15" s="44">
         <v>4</v>
       </c>
-      <c r="G15" s="10">
+      <c r="G15" s="44">
         <v>13</v>
       </c>
-      <c r="H15" s="10">
+      <c r="H15" s="44">
         <v>6</v>
       </c>
-      <c r="I15" s="10">
+      <c r="I15" s="44">
         <v>5</v>
       </c>
-      <c r="J15" s="10">
+      <c r="J15" s="44">
         <v>10</v>
       </c>
-      <c r="K15" s="10">
+      <c r="K15" s="44">
         <v>6</v>
       </c>
-      <c r="L15" s="10">
+      <c r="L15" s="44">
         <v>4</v>
       </c>
-      <c r="M15" s="10">
+      <c r="M15" s="44">
         <v>4</v>
       </c>
-      <c r="N15" s="10">
+      <c r="N15" s="44">
         <v>5</v>
       </c>
-      <c r="O15">
+      <c r="O15" s="39">
         <v>1</v>
       </c>
-      <c r="P15">
+      <c r="P15" s="39">
         <v>6</v>
       </c>
-      <c r="Q15" s="1">
+      <c r="Q15" s="40">
         <v>5</v>
       </c>
-      <c r="R15" s="1">
+      <c r="R15" s="40">
         <v>1</v>
       </c>
-      <c r="S15">
+      <c r="S15" s="39">
         <v>6</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="33" t="s">
+      <c r="T15" s="39">
+        <v>6</v>
+      </c>
+      <c r="U15" s="39">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21">
+      <c r="A16" s="43" t="s">
         <v>28</v>
       </c>
-      <c r="B16" s="10">
+      <c r="B16" s="44">
         <v>8</v>
       </c>
-      <c r="C16" s="10">
+      <c r="C16" s="44">
         <v>6</v>
       </c>
-      <c r="D16" s="10">
+      <c r="D16" s="44">
         <v>4</v>
       </c>
-      <c r="E16" s="10">
+      <c r="E16" s="44">
         <v>13</v>
       </c>
-      <c r="F16" s="10">
+      <c r="F16" s="44">
         <v>10</v>
       </c>
-      <c r="G16" s="10">
+      <c r="G16" s="44">
         <v>6</v>
       </c>
-      <c r="H16" s="10">
+      <c r="H16" s="44">
         <v>6</v>
       </c>
-      <c r="I16" s="10">
+      <c r="I16" s="44">
         <v>3</v>
       </c>
-      <c r="J16" s="10">
+      <c r="J16" s="44">
         <v>1</v>
       </c>
-      <c r="K16" s="10">
+      <c r="K16" s="44">
         <v>2</v>
       </c>
-      <c r="L16" s="10">
+      <c r="L16" s="44">
         <v>2</v>
       </c>
-      <c r="M16" s="10">
+      <c r="M16" s="44">
         <v>8</v>
       </c>
-      <c r="N16" s="10">
+      <c r="N16" s="44">
         <v>8</v>
       </c>
-      <c r="O16">
+      <c r="O16" s="39">
         <v>6</v>
       </c>
-      <c r="P16">
+      <c r="P16" s="39">
         <v>5</v>
       </c>
-      <c r="Q16" s="1">
+      <c r="Q16" s="40">
         <v>4</v>
       </c>
-      <c r="R16" s="1">
+      <c r="R16" s="40">
         <v>3</v>
       </c>
-      <c r="S16">
+      <c r="S16" s="39">
         <v>2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" s="33" t="s">
+      <c r="T16" s="39">
+        <v>6</v>
+      </c>
+      <c r="U16" s="39">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="17" spans="1:21">
+      <c r="A17" s="43" t="s">
         <v>11</v>
       </c>
-      <c r="B17" s="10">
+      <c r="B17" s="44">
         <v>7</v>
       </c>
-      <c r="C17" s="10">
+      <c r="C17" s="44">
         <v>4</v>
       </c>
-      <c r="D17" s="10">
+      <c r="D17" s="44">
         <v>10</v>
       </c>
-      <c r="E17" s="10">
+      <c r="E17" s="44">
         <v>8</v>
       </c>
-      <c r="F17" s="10">
+      <c r="F17" s="44">
         <v>6</v>
       </c>
-      <c r="G17" s="10">
+      <c r="G17" s="44">
         <v>13</v>
       </c>
-      <c r="H17" s="10">
+      <c r="H17" s="44">
         <v>8</v>
       </c>
-      <c r="I17" s="10">
+      <c r="I17" s="44">
         <v>2</v>
       </c>
-      <c r="J17" s="10">
+      <c r="J17" s="44">
         <v>6</v>
       </c>
-      <c r="K17" s="10">
+      <c r="K17" s="44">
         <v>6</v>
       </c>
-      <c r="L17" s="10">
+      <c r="L17" s="44">
         <v>5</v>
       </c>
-      <c r="M17" s="10">
+      <c r="M17" s="44">
         <v>4</v>
       </c>
-      <c r="N17" s="10">
+      <c r="N17" s="44">
         <v>5</v>
       </c>
-      <c r="O17">
+      <c r="O17" s="39">
         <v>3</v>
       </c>
-      <c r="P17">
+      <c r="P17" s="39">
         <v>8</v>
       </c>
-      <c r="Q17" s="1">
+      <c r="Q17" s="40">
         <v>4</v>
       </c>
-      <c r="R17" s="1">
+      <c r="R17" s="40">
         <v>1</v>
       </c>
-      <c r="S17">
+      <c r="S17" s="39">
         <v>2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="33" t="s">
+      <c r="T17" s="39">
+        <v>9</v>
+      </c>
+      <c r="U17" s="39">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="18" spans="1:21">
+      <c r="A18" s="43" t="s">
         <v>12</v>
       </c>
-      <c r="B18" s="10">
+      <c r="B18" s="44">
         <v>18</v>
       </c>
-      <c r="C18" s="10">
+      <c r="C18" s="44">
         <v>16</v>
       </c>
-      <c r="D18" s="10">
+      <c r="D18" s="44">
         <v>14</v>
       </c>
-      <c r="E18" s="10">
+      <c r="E18" s="44">
         <v>12</v>
       </c>
-      <c r="F18" s="10">
+      <c r="F18" s="44">
         <v>12</v>
       </c>
-      <c r="G18" s="10">
+      <c r="G18" s="44">
         <v>16</v>
       </c>
-      <c r="H18" s="10">
+      <c r="H18" s="44">
         <v>20</v>
       </c>
-      <c r="I18" s="10">
+      <c r="I18" s="44">
         <v>24</v>
       </c>
-      <c r="J18" s="10">
+      <c r="J18" s="44">
         <v>16</v>
       </c>
-      <c r="K18" s="10">
+      <c r="K18" s="44">
         <v>12</v>
       </c>
-      <c r="L18" s="10">
+      <c r="L18" s="44">
         <v>18</v>
       </c>
-      <c r="M18" s="10">
+      <c r="M18" s="44">
         <v>12</v>
       </c>
-      <c r="N18" s="10">
+      <c r="N18" s="44">
         <v>17</v>
       </c>
-      <c r="O18">
+      <c r="O18" s="39">
         <v>25</v>
       </c>
-      <c r="P18">
+      <c r="P18" s="39">
         <v>20</v>
       </c>
-      <c r="Q18" s="1">
+      <c r="Q18" s="40">
         <v>10</v>
       </c>
-      <c r="R18" s="1">
+      <c r="R18" s="40">
         <v>8</v>
       </c>
-      <c r="S18">
+      <c r="S18" s="39">
         <v>20</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" s="33" t="s">
+      <c r="T18" s="39">
+        <v>14</v>
+      </c>
+      <c r="U18" s="39">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21">
+      <c r="A19" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="44">
+        <v>4</v>
+      </c>
+      <c r="C19" s="44">
+        <v>3</v>
+      </c>
+      <c r="D19" s="44">
+        <v>4</v>
+      </c>
+      <c r="E19" s="44">
+        <v>3</v>
+      </c>
+      <c r="F19" s="44">
+        <v>6</v>
+      </c>
+      <c r="G19" s="44">
+        <v>2</v>
+      </c>
+      <c r="H19" s="44">
+        <v>1</v>
+      </c>
+      <c r="I19" s="44">
+        <v>3</v>
+      </c>
+      <c r="J19" s="44">
+        <v>2</v>
+      </c>
+      <c r="K19" s="44">
+        <v>3</v>
+      </c>
+      <c r="L19" s="44">
+        <v>2</v>
+      </c>
+      <c r="M19" s="44">
+        <v>1</v>
+      </c>
+      <c r="N19" s="44">
+        <v>0</v>
+      </c>
+      <c r="O19" s="39">
+        <v>1</v>
+      </c>
+      <c r="P19" s="39">
+        <v>1</v>
+      </c>
+      <c r="Q19" s="40">
+        <v>0</v>
+      </c>
+      <c r="R19" s="40">
+        <v>0</v>
+      </c>
+      <c r="S19" s="40">
+        <v>0</v>
+      </c>
+      <c r="T19" s="40">
+        <v>1</v>
+      </c>
+      <c r="U19" s="40">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21">
+      <c r="A20" s="43" t="s">
         <v>13</v>
       </c>
-      <c r="B19" s="10">
+      <c r="B20" s="44">
         <v>15</v>
       </c>
-      <c r="C19" s="10">
+      <c r="C20" s="44">
         <v>6</v>
       </c>
-      <c r="D19" s="10">
+      <c r="D20" s="44">
         <v>14</v>
       </c>
-      <c r="E19" s="10">
+      <c r="E20" s="44">
         <v>7</v>
       </c>
-      <c r="F19" s="10">
+      <c r="F20" s="44">
         <v>10</v>
       </c>
-      <c r="G19" s="10">
+      <c r="G20" s="44">
         <v>12</v>
       </c>
-      <c r="H19" s="10">
+      <c r="H20" s="44">
         <v>8</v>
       </c>
-      <c r="I19" s="10">
+      <c r="I20" s="44">
         <v>10</v>
       </c>
-      <c r="J19" s="10">
+      <c r="J20" s="44">
         <v>8</v>
       </c>
-      <c r="K19" s="10">
+      <c r="K20" s="44">
         <v>16</v>
       </c>
-      <c r="L19" s="10">
+      <c r="L20" s="44">
         <v>11</v>
       </c>
-      <c r="M19" s="10">
+      <c r="M20" s="44">
         <v>14</v>
       </c>
-      <c r="N19" s="10">
+      <c r="N20" s="44">
         <v>16</v>
       </c>
-      <c r="O19">
+      <c r="O20" s="39">
         <v>13</v>
       </c>
-      <c r="P19">
+      <c r="P20" s="39">
         <v>14</v>
       </c>
-      <c r="Q19" s="1">
+      <c r="Q20" s="40">
         <v>8</v>
       </c>
-      <c r="R19" s="1">
+      <c r="R20" s="40">
         <v>2</v>
       </c>
-      <c r="S19">
+      <c r="S20" s="39">
         <v>16</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="33" t="s">
+      <c r="T20" s="39">
+        <v>16</v>
+      </c>
+      <c r="U20" s="39">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="21" spans="1:21">
+      <c r="A21" s="43" t="s">
         <v>29</v>
       </c>
-      <c r="B20" s="10">
+      <c r="B21" s="44">
         <v>12</v>
       </c>
-      <c r="C20" s="10">
+      <c r="C21" s="44">
         <v>12</v>
       </c>
-      <c r="D20" s="10">
+      <c r="D21" s="44">
         <v>9</v>
       </c>
-      <c r="E20" s="10">
+      <c r="E21" s="44">
         <v>20</v>
       </c>
-      <c r="F20" s="10">
+      <c r="F21" s="44">
         <v>10</v>
       </c>
-      <c r="G20" s="10">
+      <c r="G21" s="44">
         <v>23</v>
       </c>
-      <c r="H20" s="10">
+      <c r="H21" s="44">
         <v>16</v>
       </c>
-      <c r="I20" s="10">
+      <c r="I21" s="44">
         <v>20</v>
       </c>
-      <c r="J20" s="10">
+      <c r="J21" s="44">
         <v>17</v>
       </c>
-      <c r="K20" s="10">
+      <c r="K21" s="44">
         <v>12</v>
       </c>
-      <c r="L20" s="10">
+      <c r="L21" s="44">
         <v>9</v>
       </c>
-      <c r="M20" s="10">
+      <c r="M21" s="44">
         <v>14</v>
       </c>
-      <c r="N20" s="10">
+      <c r="N21" s="44">
         <v>17</v>
       </c>
-      <c r="O20">
+      <c r="O21" s="39">
         <v>13</v>
       </c>
-      <c r="P20">
+      <c r="P21" s="39">
         <v>14</v>
       </c>
-      <c r="Q20" s="1">
+      <c r="Q21" s="40">
         <v>10</v>
       </c>
-      <c r="R20" s="1">
+      <c r="R21" s="40">
         <v>2</v>
       </c>
-      <c r="S20">
+      <c r="S21" s="39">
         <v>14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" s="33" t="s">
+      <c r="T21" s="39">
+        <v>6</v>
+      </c>
+      <c r="U21" s="39">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="22" spans="1:21">
+      <c r="A22" s="43" t="s">
         <v>4</v>
       </c>
-      <c r="B21" s="10">
+      <c r="B22" s="44">
         <v>71</v>
       </c>
-      <c r="C21" s="10">
+      <c r="C22" s="44">
         <v>93</v>
       </c>
-      <c r="D21" s="10">
+      <c r="D22" s="44">
         <v>45</v>
       </c>
-      <c r="E21" s="10">
+      <c r="E22" s="44">
         <v>80</v>
       </c>
-      <c r="F21" s="10">
+      <c r="F22" s="44">
         <v>100</v>
       </c>
-      <c r="G21" s="10">
+      <c r="G22" s="44">
         <v>57</v>
       </c>
-      <c r="H21" s="10">
+      <c r="H22" s="44">
         <v>78</v>
       </c>
-      <c r="I21" s="10">
+      <c r="I22" s="44">
         <v>84</v>
       </c>
-      <c r="J21" s="10">
+      <c r="J22" s="44">
         <v>97</v>
       </c>
-      <c r="K21" s="10">
+      <c r="K22" s="44">
         <v>114</v>
       </c>
-      <c r="L21" s="10">
+      <c r="L22" s="44">
         <v>95</v>
       </c>
-      <c r="M21" s="10">
+      <c r="M22" s="44">
         <v>97</v>
       </c>
-      <c r="N21" s="10">
+      <c r="N22" s="44">
         <v>81</v>
       </c>
-      <c r="O21">
+      <c r="O22" s="39">
         <v>72</v>
       </c>
-      <c r="P21">
+      <c r="P22" s="39">
         <v>65</v>
       </c>
-      <c r="Q21" s="1">
+      <c r="Q22" s="40">
         <v>0</v>
       </c>
-      <c r="R21" s="1">
+      <c r="R22" s="40">
         <v>69</v>
       </c>
-      <c r="S21">
+      <c r="S22" s="39">
         <v>81</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A22" s="33" t="s">
+      <c r="T22" s="39">
+        <v>31</v>
+      </c>
+      <c r="U22" s="39">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="23" spans="1:21">
+      <c r="A23" s="43" t="s">
         <v>5</v>
       </c>
-      <c r="B22" s="10">
+      <c r="B23" s="44">
         <v>61</v>
       </c>
-      <c r="C22" s="10">
+      <c r="C23" s="44">
         <v>64</v>
       </c>
-      <c r="D22" s="10">
+      <c r="D23" s="44">
         <v>65</v>
       </c>
-      <c r="E22" s="10">
+      <c r="E23" s="44">
         <v>77</v>
       </c>
-      <c r="F22" s="10">
+      <c r="F23" s="44">
         <v>64</v>
       </c>
-      <c r="G22" s="10">
+      <c r="G23" s="44">
         <v>33</v>
       </c>
-      <c r="H22" s="10">
+      <c r="H23" s="44">
         <v>38</v>
       </c>
-      <c r="I22" s="10">
+      <c r="I23" s="44">
         <v>33</v>
       </c>
-      <c r="J22" s="10">
+      <c r="J23" s="44">
         <v>68</v>
       </c>
-      <c r="K22" s="10">
+      <c r="K23" s="44">
         <v>67</v>
       </c>
-      <c r="L22" s="10">
+      <c r="L23" s="44">
         <v>64</v>
       </c>
-      <c r="M22" s="10">
+      <c r="M23" s="44">
         <v>61</v>
       </c>
-      <c r="N22" s="10">
+      <c r="N23" s="44">
         <v>45</v>
       </c>
-      <c r="O22">
+      <c r="O23" s="39">
         <v>54</v>
       </c>
-      <c r="P22">
+      <c r="P23" s="39">
         <v>62</v>
       </c>
-      <c r="Q22" s="1">
+      <c r="Q23" s="40">
         <v>10</v>
       </c>
-      <c r="R22" s="1">
+      <c r="R23" s="40">
         <v>10</v>
       </c>
-      <c r="S22">
+      <c r="S23" s="39">
         <v>70</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="33" t="s">
+      <c r="T23" s="39">
+        <v>64</v>
+      </c>
+      <c r="U23" s="39">
         <v>30</v>
       </c>
-      <c r="B23" s="10">
+    </row>
+    <row r="24" spans="1:21">
+      <c r="A24" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="B24" s="44">
         <v>1</v>
       </c>
-      <c r="C23" s="10">
+      <c r="C24" s="44">
         <v>2</v>
       </c>
-      <c r="D23" s="10">
+      <c r="D24" s="44">
         <v>2</v>
       </c>
-      <c r="E23" s="10">
+      <c r="E24" s="44">
         <v>3</v>
       </c>
-      <c r="F23" s="10">
+      <c r="F24" s="44">
         <v>2</v>
       </c>
-      <c r="G23" s="10">
+      <c r="G24" s="44">
         <v>0</v>
       </c>
-      <c r="H23" s="10">
+      <c r="H24" s="44">
         <v>3</v>
       </c>
-      <c r="I23" s="10">
+      <c r="I24" s="44">
         <v>0</v>
       </c>
-      <c r="J23" s="10">
+      <c r="J24" s="44">
         <v>1</v>
       </c>
-      <c r="K23" s="10">
+      <c r="K24" s="44">
         <v>2</v>
       </c>
-      <c r="L23" s="10">
+      <c r="L24" s="44">
         <v>0</v>
       </c>
-      <c r="M23" s="10">
+      <c r="M24" s="44">
         <v>2</v>
       </c>
-      <c r="N23" s="10">
+      <c r="N24" s="44">
         <v>2</v>
       </c>
-      <c r="O23">
+      <c r="O24" s="39">
         <v>5</v>
       </c>
-      <c r="P23">
+      <c r="P24" s="39">
         <v>2</v>
       </c>
-      <c r="Q23" s="1">
+      <c r="Q24" s="40">
         <v>2</v>
       </c>
-      <c r="R23" s="1">
+      <c r="R24" s="40">
         <v>6</v>
       </c>
-      <c r="S23">
+      <c r="S24" s="39">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" s="33" t="s">
+      <c r="T24" s="39">
+        <v>3</v>
+      </c>
+      <c r="U24" s="39">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:21">
+      <c r="A25" s="43" t="s">
         <v>31</v>
       </c>
-      <c r="B24" s="10">
+      <c r="B25" s="44">
         <v>98</v>
       </c>
-      <c r="C24" s="10">
+      <c r="C25" s="44">
         <v>91</v>
       </c>
-      <c r="D24" s="10">
+      <c r="D25" s="44">
         <v>92</v>
       </c>
-      <c r="E24" s="10">
+      <c r="E25" s="44">
         <v>116</v>
       </c>
-      <c r="F24" s="10">
+      <c r="F25" s="44">
         <v>107</v>
       </c>
-      <c r="G24" s="10">
+      <c r="G25" s="44">
         <v>115</v>
       </c>
-      <c r="H24" s="10">
+      <c r="H25" s="44">
         <v>97</v>
       </c>
-      <c r="I24" s="10">
+      <c r="I25" s="44">
         <v>106</v>
       </c>
-      <c r="J24" s="10">
+      <c r="J25" s="44">
         <v>110</v>
       </c>
-      <c r="K24" s="10">
+      <c r="K25" s="44">
         <v>111</v>
       </c>
-      <c r="L24" s="10">
+      <c r="L25" s="44">
         <v>138</v>
       </c>
-      <c r="M24" s="10">
+      <c r="M25" s="44">
         <v>107</v>
       </c>
-      <c r="N24" s="10">
+      <c r="N25" s="44">
         <v>100</v>
       </c>
-      <c r="O24">
+      <c r="O25" s="39">
         <v>96</v>
       </c>
-      <c r="P24">
+      <c r="P25" s="39">
         <v>88</v>
       </c>
-      <c r="Q24" s="1">
+      <c r="Q25" s="40">
         <v>82</v>
       </c>
-      <c r="R24" s="1">
+      <c r="R25" s="40">
         <v>56</v>
       </c>
-      <c r="S24">
+      <c r="S25" s="39">
         <v>96</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="33" t="s">
+      <c r="T25" s="39">
+        <v>90</v>
+      </c>
+      <c r="U25" s="39">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="26" spans="1:21">
+      <c r="A26" s="43" t="s">
         <v>32</v>
       </c>
-      <c r="B25" s="10">
+      <c r="B26" s="44">
         <v>395</v>
       </c>
-      <c r="C25" s="10">
+      <c r="C26" s="44">
         <v>341</v>
       </c>
-      <c r="D25" s="10">
+      <c r="D26" s="44">
         <v>349</v>
       </c>
-      <c r="E25" s="10">
+      <c r="E26" s="44">
         <v>365</v>
       </c>
-      <c r="F25" s="10">
+      <c r="F26" s="44">
         <v>351</v>
       </c>
-      <c r="G25" s="10">
+      <c r="G26" s="44">
         <v>322</v>
       </c>
-      <c r="H25" s="10">
+      <c r="H26" s="44">
         <v>302</v>
       </c>
-      <c r="I25" s="10">
+      <c r="I26" s="44">
         <v>370</v>
       </c>
-      <c r="J25" s="10">
+      <c r="J26" s="44">
         <v>275</v>
       </c>
-      <c r="K25" s="10">
+      <c r="K26" s="44">
         <v>322</v>
       </c>
-      <c r="L25" s="10">
+      <c r="L26" s="44">
         <v>324</v>
       </c>
-      <c r="M25" s="10">
+      <c r="M26" s="44">
         <v>297</v>
       </c>
-      <c r="N25" s="10">
+      <c r="N26" s="44">
         <v>295</v>
       </c>
-      <c r="O25">
+      <c r="O26" s="39">
         <v>281</v>
       </c>
-      <c r="P25">
+      <c r="P26" s="39">
         <v>294</v>
       </c>
-      <c r="Q25" s="1">
+      <c r="Q26" s="40">
         <v>165</v>
       </c>
-      <c r="R25" s="1">
+      <c r="R26" s="40">
         <v>189</v>
       </c>
-      <c r="S25">
+      <c r="S26" s="39">
         <v>247</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A26" s="33" t="s">
+      <c r="T26" s="39">
+        <v>263</v>
+      </c>
+      <c r="U26" s="39">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="27" spans="1:21">
+      <c r="A27" s="43" t="s">
         <v>14</v>
       </c>
-      <c r="B26" s="10">
+      <c r="B27" s="44">
         <v>3</v>
       </c>
-      <c r="C26" s="10">
+      <c r="C27" s="44">
         <v>6</v>
       </c>
-      <c r="D26" s="10">
+      <c r="D27" s="44">
         <v>4</v>
       </c>
-      <c r="E26" s="10">
+      <c r="E27" s="44">
         <v>4</v>
       </c>
-      <c r="F26" s="10">
+      <c r="F27" s="44">
         <v>3</v>
       </c>
-      <c r="G26" s="10">
+      <c r="G27" s="44">
         <v>5</v>
       </c>
-      <c r="H26" s="10">
+      <c r="H27" s="44">
         <v>0</v>
       </c>
-      <c r="I26" s="10">
+      <c r="I27" s="44">
         <v>3</v>
       </c>
-      <c r="J26" s="10">
+      <c r="J27" s="44">
         <v>6</v>
       </c>
-      <c r="K26" s="10">
+      <c r="K27" s="44">
         <v>3</v>
       </c>
-      <c r="L26" s="10">
+      <c r="L27" s="44">
         <v>6</v>
       </c>
-      <c r="M26" s="10">
+      <c r="M27" s="44">
         <v>3</v>
       </c>
-      <c r="N26" s="10">
+      <c r="N27" s="44">
         <v>3</v>
       </c>
-      <c r="O26">
+      <c r="O27" s="39">
         <v>5</v>
       </c>
-      <c r="P26">
+      <c r="P27" s="39">
         <v>4</v>
       </c>
-      <c r="Q26" s="1">
+      <c r="Q27" s="40">
         <v>0</v>
       </c>
-      <c r="R26" s="1">
+      <c r="R27" s="40">
         <v>2</v>
       </c>
-      <c r="S26">
+      <c r="S27" s="39">
         <v>10</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A27" s="33" t="s">
+      <c r="T27" s="39">
+        <v>9</v>
+      </c>
+      <c r="U27" s="39">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:21">
+      <c r="A28" s="43" t="s">
         <v>6</v>
       </c>
-      <c r="B27" s="10">
+      <c r="B28" s="44">
         <v>17</v>
       </c>
-      <c r="C27" s="10">
+      <c r="C28" s="44">
         <v>12</v>
       </c>
-      <c r="D27" s="10">
+      <c r="D28" s="44">
         <v>19</v>
       </c>
-      <c r="E27" s="10">
+      <c r="E28" s="44">
         <v>19</v>
       </c>
-      <c r="F27" s="10">
+      <c r="F28" s="44">
         <v>17</v>
       </c>
-      <c r="G27" s="10">
+      <c r="G28" s="44">
         <v>13</v>
       </c>
-      <c r="H27" s="10">
+      <c r="H28" s="44">
         <v>11</v>
       </c>
-      <c r="I27" s="10">
+      <c r="I28" s="44">
         <v>11</v>
       </c>
-      <c r="J27" s="10">
+      <c r="J28" s="44">
         <v>11</v>
       </c>
-      <c r="K27" s="10">
+      <c r="K28" s="44">
         <v>12</v>
       </c>
-      <c r="L27" s="10">
+      <c r="L28" s="44">
         <v>20</v>
       </c>
-      <c r="M27" s="10">
+      <c r="M28" s="44">
         <v>14</v>
       </c>
-      <c r="N27" s="10">
+      <c r="N28" s="44">
         <v>17</v>
       </c>
-      <c r="O27">
+      <c r="O28" s="39">
         <v>20</v>
       </c>
-      <c r="P27">
+      <c r="P28" s="39">
         <v>14</v>
       </c>
-      <c r="Q27" s="1">
+      <c r="Q28" s="40">
         <v>0</v>
       </c>
-      <c r="R27" s="1">
+      <c r="R28" s="40">
         <v>14</v>
       </c>
-      <c r="S27">
+      <c r="S28" s="39">
         <v>10</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A28" s="33" t="s">
+      <c r="T28" s="39">
+        <v>27</v>
+      </c>
+      <c r="U28" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:21">
+      <c r="A29" s="43" t="s">
         <v>33</v>
       </c>
-      <c r="B28" s="10">
+      <c r="B29" s="44">
         <v>45</v>
       </c>
-      <c r="C28" s="10">
+      <c r="C29" s="44">
         <v>57</v>
       </c>
-      <c r="D28" s="10">
+      <c r="D29" s="44">
         <v>64</v>
       </c>
-      <c r="E28" s="10">
+      <c r="E29" s="44">
         <v>61</v>
       </c>
-      <c r="F28" s="10">
+      <c r="F29" s="44">
         <v>61</v>
       </c>
-      <c r="G28" s="10">
+      <c r="G29" s="44">
         <v>72</v>
       </c>
-      <c r="H28" s="10">
+      <c r="H29" s="44">
         <v>63</v>
       </c>
-      <c r="I28" s="10">
+      <c r="I29" s="44">
         <v>83</v>
       </c>
-      <c r="J28" s="10">
+      <c r="J29" s="44">
         <v>78</v>
       </c>
-      <c r="K28" s="10">
+      <c r="K29" s="44">
         <v>66</v>
       </c>
-      <c r="L28" s="10">
+      <c r="L29" s="44">
         <v>77</v>
       </c>
-      <c r="M28" s="10">
+      <c r="M29" s="44">
         <v>74</v>
       </c>
-      <c r="N28" s="10">
+      <c r="N29" s="44">
         <v>71</v>
       </c>
-      <c r="O28">
+      <c r="O29" s="39">
         <v>67</v>
       </c>
-      <c r="P28">
+      <c r="P29" s="39">
         <v>67</v>
       </c>
-      <c r="Q28" s="1">
+      <c r="Q29" s="40">
         <v>51</v>
       </c>
-      <c r="R28" s="1">
+      <c r="R29" s="40">
         <v>49</v>
       </c>
-      <c r="S28">
+      <c r="S29" s="39">
         <v>81</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A29" s="33" t="s">
+      <c r="T29" s="39">
+        <v>67</v>
+      </c>
+      <c r="U29" s="39">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="30" spans="1:21">
+      <c r="A30" s="43" t="s">
         <v>15</v>
       </c>
-      <c r="B29" s="10">
+      <c r="B30" s="44">
         <v>19</v>
       </c>
-      <c r="C29" s="10">
+      <c r="C30" s="44">
         <v>11</v>
       </c>
-      <c r="D29" s="10">
+      <c r="D30" s="44">
         <v>3</v>
       </c>
-      <c r="E29" s="10">
+      <c r="E30" s="44">
         <v>11</v>
       </c>
-      <c r="F29" s="10">
+      <c r="F30" s="44">
         <v>17</v>
       </c>
-      <c r="G29" s="10">
+      <c r="G30" s="44">
         <v>6</v>
       </c>
-      <c r="H29" s="10">
+      <c r="H30" s="44">
         <v>7</v>
       </c>
-      <c r="I29" s="10">
+      <c r="I30" s="44">
         <v>5</v>
       </c>
-      <c r="J29" s="10">
+      <c r="J30" s="44">
         <v>11</v>
       </c>
-      <c r="K29" s="10">
+      <c r="K30" s="44">
         <v>13</v>
       </c>
-      <c r="L29" s="10">
+      <c r="L30" s="44">
         <v>8</v>
       </c>
-      <c r="M29" s="10">
+      <c r="M30" s="44">
         <v>8</v>
       </c>
-      <c r="N29" s="10">
+      <c r="N30" s="44">
         <v>7</v>
       </c>
-      <c r="O29">
+      <c r="O30" s="39">
         <v>9</v>
       </c>
-      <c r="P29">
+      <c r="P30" s="39">
         <v>6</v>
       </c>
-      <c r="Q29" s="1">
+      <c r="Q30" s="40">
         <v>5</v>
       </c>
-      <c r="R29" s="1">
+      <c r="R30" s="40">
         <v>6</v>
       </c>
-      <c r="S29">
+      <c r="S30" s="39">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A30" s="33" t="s">
+      <c r="T30" s="39">
+        <v>11</v>
+      </c>
+      <c r="U30" s="39">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="31" spans="1:21">
+      <c r="A31" s="43" t="s">
         <v>16</v>
       </c>
-      <c r="B30" s="10">
+      <c r="B31" s="44">
         <v>3</v>
       </c>
-      <c r="C30" s="10">
+      <c r="C31" s="44">
         <v>6</v>
       </c>
-      <c r="D30" s="10">
+      <c r="D31" s="44">
         <v>5</v>
       </c>
-      <c r="E30" s="10">
+      <c r="E31" s="44">
         <v>3</v>
       </c>
-      <c r="F30" s="10">
+      <c r="F31" s="44">
         <v>5</v>
       </c>
-      <c r="G30" s="10">
+      <c r="G31" s="44">
         <v>10</v>
       </c>
-      <c r="H30" s="10">
+      <c r="H31" s="44">
         <v>8</v>
       </c>
-      <c r="I30" s="10">
+      <c r="I31" s="44">
         <v>8</v>
       </c>
-      <c r="J30" s="10">
+      <c r="J31" s="44">
         <v>8</v>
       </c>
-      <c r="K30" s="10">
+      <c r="K31" s="44">
         <v>5</v>
       </c>
-      <c r="L30" s="10">
+      <c r="L31" s="44">
         <v>3</v>
       </c>
-      <c r="M30" s="10">
+      <c r="M31" s="44">
         <v>4</v>
       </c>
-      <c r="N30" s="10">
+      <c r="N31" s="44">
         <v>7</v>
       </c>
-      <c r="O30">
+      <c r="O31" s="39">
         <v>2</v>
       </c>
-      <c r="P30">
+      <c r="P31" s="39">
         <v>7</v>
       </c>
-      <c r="Q30" s="1">
+      <c r="Q31" s="40">
         <v>1</v>
       </c>
-      <c r="R30" s="1">
+      <c r="R31" s="40">
         <v>5</v>
       </c>
-      <c r="S30">
+      <c r="S31" s="39">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="33" t="s">
+      <c r="T31" s="39">
+        <v>3</v>
+      </c>
+      <c r="U31" s="39">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:21">
+      <c r="A32" s="43" t="s">
         <v>17</v>
       </c>
-      <c r="B31" s="10">
+      <c r="B32" s="44">
         <v>3</v>
       </c>
-      <c r="C31" s="10">
+      <c r="C32" s="44">
         <v>7</v>
       </c>
-      <c r="D31" s="10">
+      <c r="D32" s="44">
         <v>16</v>
       </c>
-      <c r="E31" s="10">
+      <c r="E32" s="44">
         <v>5</v>
       </c>
-      <c r="F31" s="10">
+      <c r="F32" s="44">
         <v>10</v>
       </c>
-      <c r="G31" s="10">
+      <c r="G32" s="44">
         <v>8</v>
       </c>
-      <c r="H31" s="10">
+      <c r="H32" s="44">
         <v>4</v>
       </c>
-      <c r="I31" s="10">
+      <c r="I32" s="44">
         <v>5</v>
       </c>
-      <c r="J31" s="10">
+      <c r="J32" s="44">
         <v>6</v>
       </c>
-      <c r="K31" s="10">
+      <c r="K32" s="44">
         <v>7</v>
       </c>
-      <c r="L31" s="10">
+      <c r="L32" s="44">
         <v>7</v>
       </c>
-      <c r="M31" s="10">
+      <c r="M32" s="44">
         <v>7</v>
       </c>
-      <c r="N31" s="10">
+      <c r="N32" s="44">
         <v>5</v>
       </c>
-      <c r="O31">
+      <c r="O32" s="39">
         <v>16</v>
       </c>
-      <c r="P31">
+      <c r="P32" s="39">
         <v>5</v>
       </c>
-      <c r="Q31" s="1">
+      <c r="Q32" s="40">
         <v>4</v>
       </c>
-      <c r="R31" s="1">
+      <c r="R32" s="40">
         <v>1</v>
       </c>
-      <c r="S31">
+      <c r="S32" s="39">
         <v>9</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A32" s="33" t="s">
+      <c r="T32" s="39">
+        <v>8</v>
+      </c>
+      <c r="U32" s="39">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:21">
+      <c r="A33" s="43" t="s">
         <v>18</v>
       </c>
-      <c r="B32" s="10">
+      <c r="B33" s="44">
         <v>5</v>
       </c>
-      <c r="C32" s="10">
+      <c r="C33" s="44">
         <v>6</v>
       </c>
-      <c r="D32" s="10">
+      <c r="D33" s="44">
         <v>4</v>
       </c>
-      <c r="E32" s="10">
+      <c r="E33" s="44">
         <v>10</v>
       </c>
-      <c r="F32" s="10">
+      <c r="F33" s="44">
         <v>6</v>
       </c>
-      <c r="G32" s="10">
+      <c r="G33" s="44">
         <v>4</v>
       </c>
-      <c r="H32" s="10">
+      <c r="H33" s="44">
         <v>2</v>
       </c>
-      <c r="I32" s="10">
+      <c r="I33" s="44">
         <v>6</v>
       </c>
-      <c r="J32" s="10">
+      <c r="J33" s="44">
         <v>7</v>
       </c>
-      <c r="K32" s="10">
+      <c r="K33" s="44">
         <v>5</v>
       </c>
-      <c r="L32" s="10">
+      <c r="L33" s="44">
         <v>9</v>
       </c>
-      <c r="M32" s="10">
+      <c r="M33" s="44">
         <v>4</v>
       </c>
-      <c r="N32" s="10">
+      <c r="N33" s="44">
         <v>11</v>
       </c>
-      <c r="O32">
+      <c r="O33" s="39">
         <v>5</v>
       </c>
-      <c r="P32">
+      <c r="P33" s="39">
         <v>7</v>
       </c>
-      <c r="Q32" s="1">
+      <c r="Q33" s="40">
         <v>2</v>
       </c>
-      <c r="R32" s="1">
+      <c r="R33" s="40">
         <v>4</v>
       </c>
-      <c r="S32">
+      <c r="S33" s="39">
         <v>9</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" s="33" t="s">
+      <c r="T33" s="39">
+        <v>6</v>
+      </c>
+      <c r="U33" s="39">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="34" spans="1:21">
+      <c r="A34" s="43" t="s">
         <v>19</v>
       </c>
-      <c r="B33" s="10">
+      <c r="B34" s="44">
         <v>8</v>
       </c>
-      <c r="C33" s="10">
+      <c r="C34" s="44">
         <v>6</v>
       </c>
-      <c r="D33" s="10">
+      <c r="D34" s="44">
         <v>3</v>
       </c>
-      <c r="E33" s="10">
+      <c r="E34" s="44">
         <v>3</v>
       </c>
-      <c r="F33" s="10">
+      <c r="F34" s="44">
         <v>6</v>
       </c>
-      <c r="G33" s="10">
+      <c r="G34" s="44">
         <v>5</v>
       </c>
-      <c r="H33" s="10">
+      <c r="H34" s="44">
         <v>13</v>
       </c>
-      <c r="I33" s="10">
+      <c r="I34" s="44">
         <v>4</v>
       </c>
-      <c r="J33" s="10">
+      <c r="J34" s="44">
         <v>10</v>
       </c>
-      <c r="K33" s="10">
+      <c r="K34" s="44">
         <v>12</v>
       </c>
-      <c r="L33" s="10">
+      <c r="L34" s="44">
         <v>10</v>
       </c>
-      <c r="M33" s="10">
+      <c r="M34" s="44">
         <v>2</v>
       </c>
-      <c r="N33" s="10">
+      <c r="N34" s="44">
         <v>5</v>
       </c>
-      <c r="O33">
+      <c r="O34" s="39">
         <v>3</v>
       </c>
-      <c r="P33">
+      <c r="P34" s="39">
         <v>5</v>
       </c>
-      <c r="Q33" s="1">
+      <c r="Q34" s="40">
         <v>2</v>
       </c>
-      <c r="R33" s="1">
+      <c r="R34" s="40">
         <v>5</v>
       </c>
-      <c r="S33">
+      <c r="S34" s="39">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A34" s="33" t="s">
+      <c r="T34" s="39">
+        <v>5</v>
+      </c>
+      <c r="U34" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:21">
+      <c r="A35" s="43" t="s">
         <v>20</v>
       </c>
-      <c r="B34" s="10">
+      <c r="B35" s="44">
         <v>8</v>
       </c>
-      <c r="C34" s="10">
+      <c r="C35" s="44">
         <v>9</v>
       </c>
-      <c r="D34" s="10">
+      <c r="D35" s="44">
         <v>9</v>
       </c>
-      <c r="E34" s="10">
+      <c r="E35" s="44">
         <v>8</v>
       </c>
-      <c r="F34" s="10">
+      <c r="F35" s="44">
         <v>9</v>
       </c>
-      <c r="G34" s="10">
+      <c r="G35" s="44">
         <v>9</v>
       </c>
-      <c r="H34" s="10">
+      <c r="H35" s="44">
         <v>12</v>
       </c>
-      <c r="I34" s="10">
+      <c r="I35" s="44">
         <v>6</v>
       </c>
-      <c r="J34" s="10">
+      <c r="J35" s="44">
         <v>5</v>
       </c>
-      <c r="K34" s="10">
+      <c r="K35" s="44">
         <v>5</v>
       </c>
-      <c r="L34" s="10">
+      <c r="L35" s="44">
         <v>11</v>
       </c>
-      <c r="M34" s="10">
+      <c r="M35" s="44">
         <v>3</v>
       </c>
-      <c r="N34" s="10">
+      <c r="N35" s="44">
         <v>8</v>
       </c>
-      <c r="O34">
+      <c r="O35" s="39">
         <v>7</v>
       </c>
-      <c r="P34">
+      <c r="P35" s="39">
         <v>4</v>
       </c>
-      <c r="Q34" s="1">
+      <c r="Q35" s="40">
         <v>2</v>
       </c>
-      <c r="R34" s="1">
+      <c r="R35" s="40">
         <v>5</v>
       </c>
-      <c r="S34">
+      <c r="S35" s="39">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="33" t="s">
+      <c r="T35" s="39">
+        <v>6</v>
+      </c>
+      <c r="U35" s="39">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="36" spans="1:21">
+      <c r="A36" s="43" t="s">
         <v>34</v>
       </c>
-      <c r="B35" s="10">
+      <c r="B36" s="44">
         <v>1</v>
       </c>
-      <c r="C35" s="10">
+      <c r="C36" s="44">
         <v>3</v>
       </c>
-      <c r="D35" s="10">
+      <c r="D36" s="44">
         <v>2</v>
       </c>
-      <c r="E35" s="10">
+      <c r="E36" s="44">
         <v>2</v>
       </c>
-      <c r="F35" s="10">
+      <c r="F36" s="44">
         <v>1</v>
       </c>
-      <c r="G35" s="10">
+      <c r="G36" s="44">
         <v>3</v>
       </c>
-      <c r="H35" s="10">
+      <c r="H36" s="44">
         <v>2</v>
       </c>
-      <c r="I35" s="10">
+      <c r="I36" s="44">
         <v>1</v>
       </c>
-      <c r="J35" s="10">
+      <c r="J36" s="44">
         <v>0</v>
       </c>
-      <c r="K35" s="10">
+      <c r="K36" s="44">
         <v>2</v>
       </c>
-      <c r="L35" s="10">
+      <c r="L36" s="44">
         <v>0</v>
       </c>
-      <c r="M35" s="10">
+      <c r="M36" s="44">
         <v>1</v>
       </c>
-      <c r="N35" s="10">
+      <c r="N36" s="44">
         <v>0</v>
       </c>
-      <c r="O35" s="1">
+      <c r="O36" s="40">
         <v>0</v>
       </c>
-      <c r="P35" s="10">
+      <c r="P36" s="44">
         <v>0</v>
       </c>
-      <c r="Q35" s="1">
+      <c r="Q36" s="40">
         <v>2</v>
       </c>
-      <c r="R35" s="1">
+      <c r="R36" s="40">
         <v>0</v>
       </c>
-      <c r="S35" s="1">
+      <c r="S36" s="40">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A36" s="33" t="s">
+      <c r="T36" s="40">
+        <v>1</v>
+      </c>
+      <c r="U36" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:21">
+      <c r="A37" s="43" t="s">
         <v>35</v>
       </c>
-      <c r="B36" s="10">
+      <c r="B37" s="44">
         <v>6</v>
       </c>
-      <c r="C36" s="10">
+      <c r="C37" s="44">
         <v>7</v>
       </c>
-      <c r="D36" s="10">
+      <c r="D37" s="44">
         <v>6</v>
       </c>
-      <c r="E36" s="10">
+      <c r="E37" s="44">
         <v>9</v>
       </c>
-      <c r="F36" s="10">
+      <c r="F37" s="44">
         <v>3</v>
       </c>
-      <c r="G36" s="10">
+      <c r="G37" s="44">
         <v>10</v>
       </c>
-      <c r="H36" s="10">
+      <c r="H37" s="44">
         <v>8</v>
       </c>
-      <c r="I36" s="10">
+      <c r="I37" s="44">
         <v>12</v>
       </c>
-      <c r="J36" s="10">
+      <c r="J37" s="44">
         <v>6</v>
       </c>
-      <c r="K36" s="10">
+      <c r="K37" s="44">
         <v>3</v>
       </c>
-      <c r="L36" s="10">
+      <c r="L37" s="44">
         <v>0</v>
       </c>
-      <c r="M36" s="10">
+      <c r="M37" s="44">
         <v>1</v>
       </c>
-      <c r="N36" s="10">
+      <c r="N37" s="44">
         <v>4</v>
       </c>
-      <c r="O36">
+      <c r="O37" s="39">
         <v>4</v>
       </c>
-      <c r="P36">
+      <c r="P37" s="39">
         <v>4</v>
       </c>
-      <c r="Q36" s="1">
+      <c r="Q37" s="40">
         <v>10</v>
       </c>
-      <c r="R36" s="1">
+      <c r="R37" s="40">
         <v>2</v>
       </c>
-      <c r="S36">
+      <c r="S37" s="39">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A37" s="33" t="s">
+      <c r="T37" s="39">
+        <v>5</v>
+      </c>
+      <c r="U37" s="39">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:21">
+      <c r="A38" s="43" t="s">
         <v>21</v>
       </c>
-      <c r="B37" s="10">
+      <c r="B38" s="44">
         <v>3</v>
       </c>
-      <c r="C37" s="10">
+      <c r="C38" s="44">
         <v>5</v>
       </c>
-      <c r="D37" s="10">
+      <c r="D38" s="44">
         <v>3</v>
       </c>
-      <c r="E37" s="10">
+      <c r="E38" s="44">
         <v>6</v>
       </c>
-      <c r="F37" s="10">
+      <c r="F38" s="44">
         <v>4</v>
       </c>
-      <c r="G37" s="10">
+      <c r="G38" s="44">
         <v>4</v>
       </c>
-      <c r="H37" s="10">
+      <c r="H38" s="44">
         <v>4</v>
       </c>
-      <c r="I37" s="10">
+      <c r="I38" s="44">
         <v>3</v>
       </c>
-      <c r="J37" s="10">
+      <c r="J38" s="44">
         <v>5</v>
       </c>
-      <c r="K37" s="10">
+      <c r="K38" s="44">
         <v>3</v>
       </c>
-      <c r="L37" s="10">
+      <c r="L38" s="44">
         <v>2</v>
       </c>
-      <c r="M37" s="10">
+      <c r="M38" s="44">
         <v>3</v>
       </c>
-      <c r="N37" s="10">
+      <c r="N38" s="44">
         <v>4</v>
       </c>
-      <c r="O37">
+      <c r="O38" s="39">
         <v>4</v>
       </c>
-      <c r="P37">
+      <c r="P38" s="39">
         <v>4</v>
       </c>
-      <c r="Q37" s="1">
+      <c r="Q38" s="40">
         <v>3</v>
       </c>
-      <c r="R37" s="1">
+      <c r="R38" s="40">
         <v>9</v>
       </c>
-      <c r="S37">
+      <c r="S38" s="39">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A38" s="33" t="s">
+      <c r="T38" s="39">
+        <v>4</v>
+      </c>
+      <c r="U38" s="39">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="39" spans="1:21">
+      <c r="A39" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="B38" s="10">
+      <c r="B39" s="44">
         <v>4</v>
       </c>
-      <c r="C38" s="10">
+      <c r="C39" s="44">
         <v>5</v>
       </c>
-      <c r="D38" s="10">
+      <c r="D39" s="44">
         <v>10</v>
       </c>
-      <c r="E38" s="10">
+      <c r="E39" s="44">
         <v>6</v>
       </c>
-      <c r="F38" s="10">
+      <c r="F39" s="44">
         <v>7</v>
       </c>
-      <c r="G38" s="10">
+      <c r="G39" s="44">
         <v>7</v>
       </c>
-      <c r="H38" s="10">
+      <c r="H39" s="44">
         <v>11</v>
       </c>
-      <c r="I38" s="10">
+      <c r="I39" s="44">
         <v>8</v>
       </c>
-      <c r="J38" s="10">
+      <c r="J39" s="44">
         <v>12</v>
       </c>
-      <c r="K38" s="10">
+      <c r="K39" s="44">
         <v>7</v>
       </c>
-      <c r="L38" s="10">
+      <c r="L39" s="44">
         <v>7</v>
       </c>
-      <c r="M38" s="10">
+      <c r="M39" s="44">
         <v>7</v>
       </c>
-      <c r="N38" s="10">
+      <c r="N39" s="44">
         <v>8</v>
       </c>
-      <c r="O38">
+      <c r="O39" s="39">
         <v>16</v>
       </c>
-      <c r="P38">
+      <c r="P39" s="39">
         <v>9</v>
       </c>
-      <c r="Q38" s="1">
+      <c r="Q39" s="40">
         <v>1</v>
       </c>
-      <c r="R38" s="1">
+      <c r="R39" s="40">
         <v>5</v>
       </c>
-      <c r="S38">
+      <c r="S39" s="39">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A39" s="33" t="s">
+      <c r="T39" s="39">
+        <v>5</v>
+      </c>
+      <c r="U39" s="39">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="40" spans="1:21" ht="15.75" thickBot="1">
+      <c r="A40" s="43" t="s">
         <v>36</v>
       </c>
-      <c r="B39" s="10">
+      <c r="B40" s="44">
         <v>1</v>
       </c>
-      <c r="C39" s="10">
+      <c r="C40" s="44">
         <v>15</v>
       </c>
-      <c r="D39" s="10">
+      <c r="D40" s="44">
         <v>8</v>
       </c>
-      <c r="E39" s="10">
+      <c r="E40" s="44">
         <v>3</v>
       </c>
-      <c r="F39" s="10">
+      <c r="F40" s="44">
         <v>2</v>
       </c>
-      <c r="G39" s="10">
+      <c r="G40" s="44">
         <v>2</v>
       </c>
-      <c r="H39" s="10">
+      <c r="H40" s="44">
         <v>7</v>
       </c>
-      <c r="I39" s="10">
+      <c r="I40" s="44">
         <v>8</v>
       </c>
-      <c r="J39" s="10">
+      <c r="J40" s="44">
         <v>5</v>
       </c>
-      <c r="K39" s="10">
+      <c r="K40" s="44">
         <v>7</v>
       </c>
-      <c r="L39" s="10">
+      <c r="L40" s="44">
         <v>6</v>
       </c>
-      <c r="M39" s="10">
+      <c r="M40" s="44">
         <v>9</v>
       </c>
-      <c r="N39" s="10">
+      <c r="N40" s="44">
         <v>5</v>
       </c>
-      <c r="O39">
+      <c r="O40" s="39">
         <v>7</v>
       </c>
-      <c r="P39">
+      <c r="P40" s="39">
         <v>12</v>
       </c>
-      <c r="Q39" s="1">
+      <c r="Q40" s="40">
         <v>0</v>
       </c>
-      <c r="R39" s="1">
+      <c r="R40" s="40">
         <v>2</v>
       </c>
-      <c r="S39">
+      <c r="S40" s="39">
         <v>5</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B40" s="10">
+      <c r="T40" s="39">
         <v>4</v>
       </c>
-      <c r="C40" s="10">
-[...14 lines deleted...]
-      <c r="H40" s="10">
+      <c r="U40" s="39">
         <v>1</v>
       </c>
-      <c r="I40" s="10">
-[...34 lines deleted...]
-      <c r="A41" s="17" t="s">
+    </row>
+    <row r="41" spans="1:21">
+      <c r="A41" s="45" t="s">
+        <v>40</v>
+      </c>
+      <c r="B41" s="46">
+        <v>149</v>
+      </c>
+      <c r="C41" s="46">
+        <v>169</v>
+      </c>
+      <c r="D41" s="46">
+        <v>129</v>
+      </c>
+      <c r="E41" s="46">
+        <v>176</v>
+      </c>
+      <c r="F41" s="46">
+        <v>181</v>
+      </c>
+      <c r="G41" s="46">
+        <v>103</v>
+      </c>
+      <c r="H41" s="46">
+        <v>127</v>
+      </c>
+      <c r="I41" s="46">
+        <v>128</v>
+      </c>
+      <c r="J41" s="46">
+        <v>176</v>
+      </c>
+      <c r="K41" s="46">
+        <v>193</v>
+      </c>
+      <c r="L41" s="46">
+        <v>179</v>
+      </c>
+      <c r="M41" s="46">
+        <v>172</v>
+      </c>
+      <c r="N41" s="46">
+        <v>143</v>
+      </c>
+      <c r="O41" s="46">
+        <v>146</v>
+      </c>
+      <c r="P41" s="46">
+        <v>141</v>
+      </c>
+      <c r="Q41" s="46">
+        <v>10</v>
+      </c>
+      <c r="R41" s="46">
+        <v>93</v>
+      </c>
+      <c r="S41" s="46">
+        <v>161</v>
+      </c>
+      <c r="T41" s="46">
+        <v>122</v>
+      </c>
+      <c r="U41" s="46">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="42" spans="1:21">
+      <c r="A42" s="47" t="s">
         <v>41</v>
       </c>
-      <c r="B41" s="20">
-[...14 lines deleted...]
-      <c r="G41" s="21">
+      <c r="B42" s="48">
+        <v>134</v>
+      </c>
+      <c r="C42" s="48">
+        <v>135</v>
+      </c>
+      <c r="D42" s="48">
+        <v>124</v>
+      </c>
+      <c r="E42" s="48">
+        <v>110</v>
+      </c>
+      <c r="F42" s="48">
+        <v>123</v>
+      </c>
+      <c r="G42" s="48">
+        <v>143</v>
+      </c>
+      <c r="H42" s="48">
+        <v>121</v>
+      </c>
+      <c r="I42" s="48">
         <v>103</v>
       </c>
-      <c r="H41" s="21">
+      <c r="J42" s="48">
         <v>127</v>
       </c>
-      <c r="I41" s="21">
-[...37 lines deleted...]
-      <c r="A42" s="18" t="s">
+      <c r="K42" s="48">
+        <v>126</v>
+      </c>
+      <c r="L42" s="48">
+        <v>118</v>
+      </c>
+      <c r="M42" s="48">
+        <v>92</v>
+      </c>
+      <c r="N42" s="48">
+        <v>118</v>
+      </c>
+      <c r="O42" s="48">
+        <v>134</v>
+      </c>
+      <c r="P42" s="48">
+        <v>137</v>
+      </c>
+      <c r="Q42" s="48">
+        <v>52</v>
+      </c>
+      <c r="R42" s="48">
+        <v>66</v>
+      </c>
+      <c r="S42" s="48">
+        <v>120</v>
+      </c>
+      <c r="T42" s="48">
+        <v>113</v>
+      </c>
+      <c r="U42" s="48">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="43" spans="1:21">
+      <c r="A43" s="47" t="s">
         <v>42</v>
       </c>
-      <c r="B42" s="22">
-[...61 lines deleted...]
-      <c r="B43" s="24">
+      <c r="B43" s="48">
         <v>657</v>
       </c>
-      <c r="C43" s="25">
+      <c r="C43" s="48">
         <v>623</v>
       </c>
-      <c r="D43" s="25">
+      <c r="D43" s="48">
         <v>631</v>
       </c>
-      <c r="E43" s="25">
+      <c r="E43" s="48">
         <v>689</v>
       </c>
-      <c r="F43" s="25">
+      <c r="F43" s="48">
         <v>657</v>
       </c>
-      <c r="G43" s="25">
+      <c r="G43" s="48">
         <v>662</v>
       </c>
-      <c r="H43" s="25">
+      <c r="H43" s="48">
         <v>632</v>
       </c>
-      <c r="I43" s="25">
+      <c r="I43" s="48">
         <v>763</v>
       </c>
-      <c r="J43" s="25">
+      <c r="J43" s="48">
         <v>623</v>
       </c>
-      <c r="K43" s="25">
+      <c r="K43" s="48">
         <v>652</v>
       </c>
-      <c r="L43" s="25">
+      <c r="L43" s="48">
         <v>686</v>
       </c>
-      <c r="M43" s="25">
+      <c r="M43" s="48">
         <v>630</v>
       </c>
-      <c r="N43" s="25">
+      <c r="N43" s="48">
         <v>643</v>
       </c>
-      <c r="O43" s="25">
+      <c r="O43" s="48">
         <v>639</v>
       </c>
-      <c r="P43" s="25">
+      <c r="P43" s="48">
         <v>633</v>
       </c>
-      <c r="Q43" s="25">
-        <f>Q9+Q10+Q12+Q13+Q16+Q20+Q23+Q24+Q25+Q28+Q35+Q36+Q39</f>
+      <c r="Q43" s="48">
         <v>436</v>
       </c>
-      <c r="R43" s="25">
-        <f>R9+R10+R12+R13+R16+R20+R23+R24+R25+R28+R35+R36+R39</f>
+      <c r="R43" s="48">
         <v>408</v>
       </c>
-      <c r="S43" s="25">
-        <f>S9+S10+S12+S13+S16+S20+S23+S24+S25+S28+S35+S36+S39</f>
+      <c r="S43" s="48">
         <v>605</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" s="26" t="s">
+      <c r="T43" s="48">
+        <v>587</v>
+      </c>
+      <c r="U43" s="48">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="44" spans="1:21" s="16" customFormat="1" ht="17.100000000000001" customHeight="1">
+      <c r="A44" s="49" t="s">
         <v>37</v>
       </c>
-      <c r="B44" s="27">
+      <c r="B44" s="50">
         <v>940</v>
       </c>
-      <c r="C44" s="28">
+      <c r="C44" s="50">
         <v>927</v>
       </c>
-      <c r="D44" s="28">
+      <c r="D44" s="50">
         <v>884</v>
       </c>
-      <c r="E44" s="28">
+      <c r="E44" s="50">
         <v>975</v>
       </c>
-      <c r="F44" s="28">
+      <c r="F44" s="50">
         <v>961</v>
       </c>
-      <c r="G44" s="28">
+      <c r="G44" s="50">
         <v>908</v>
       </c>
-      <c r="H44" s="28">
+      <c r="H44" s="50">
         <v>880</v>
       </c>
-      <c r="I44" s="28">
+      <c r="I44" s="50">
         <v>994</v>
       </c>
-      <c r="J44" s="28">
+      <c r="J44" s="50">
         <v>926</v>
       </c>
-      <c r="K44" s="28">
+      <c r="K44" s="50">
         <v>971</v>
       </c>
-      <c r="L44" s="28">
+      <c r="L44" s="50">
         <v>983</v>
       </c>
-      <c r="M44" s="28">
+      <c r="M44" s="50">
         <v>894</v>
       </c>
-      <c r="N44" s="28">
+      <c r="N44" s="50">
         <v>904</v>
       </c>
-      <c r="O44" s="28">
+      <c r="O44" s="50">
         <v>919</v>
       </c>
-      <c r="P44" s="28">
+      <c r="P44" s="50">
         <v>911</v>
       </c>
-      <c r="Q44" s="28">
+      <c r="Q44" s="50">
         <v>498</v>
       </c>
-      <c r="R44" s="28">
+      <c r="R44" s="50">
         <v>567</v>
       </c>
-      <c r="S44" s="28">
+      <c r="S44" s="50">
         <v>886</v>
       </c>
-    </row>
-    <row r="45" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="T44" s="50">
+        <v>822</v>
+      </c>
+      <c r="U44" s="50">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="45" spans="1:21">
       <c r="A45" s="1"/>
-      <c r="B45" s="11"/>
-[...16 lines deleted...]
-      <c r="B46" s="11"/>
+      <c r="B45" s="10"/>
+      <c r="C45" s="10"/>
+      <c r="D45" s="10"/>
+      <c r="E45" s="10"/>
+      <c r="F45" s="10"/>
+      <c r="G45" s="10"/>
+      <c r="H45" s="10"/>
+      <c r="I45" s="10"/>
+      <c r="J45" s="10"/>
+      <c r="K45" s="10"/>
+      <c r="L45" s="10"/>
+      <c r="M45" s="10"/>
+    </row>
+    <row r="46" spans="1:21">
+      <c r="A46" s="31" t="s">
+        <v>70</v>
+      </c>
+      <c r="B46" s="10"/>
       <c r="C46" s="9"/>
       <c r="D46" s="9"/>
       <c r="E46" s="9"/>
       <c r="F46" s="9"/>
       <c r="G46" s="9"/>
       <c r="H46" s="9"/>
       <c r="I46" s="9"/>
       <c r="J46" s="9"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
-[...1 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="71" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:T113"/>
+  <dimension ref="A1:U113"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <pane xSplit="1" ySplit="7" topLeftCell="B8" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
+      <selection pane="bottomRight"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.7109375" style="1" customWidth="1"/>
-    <col min="2" max="17" width="10.7109375" style="1" customWidth="1"/>
-    <col min="18" max="251" width="11.42578125" style="1"/>
+    <col min="2" max="21" width="9" style="1" customWidth="1"/>
+    <col min="22" max="251" width="11.42578125" style="1"/>
     <col min="252" max="252" width="16.5703125" style="1" customWidth="1"/>
     <col min="253" max="253" width="15.85546875" style="1" customWidth="1"/>
     <col min="254" max="268" width="7.28515625" style="1" customWidth="1"/>
     <col min="269" max="271" width="6.140625" style="1" customWidth="1"/>
     <col min="272" max="507" width="11.42578125" style="1"/>
     <col min="508" max="508" width="16.5703125" style="1" customWidth="1"/>
     <col min="509" max="509" width="15.85546875" style="1" customWidth="1"/>
     <col min="510" max="524" width="7.28515625" style="1" customWidth="1"/>
     <col min="525" max="527" width="6.140625" style="1" customWidth="1"/>
     <col min="528" max="763" width="11.42578125" style="1"/>
     <col min="764" max="764" width="16.5703125" style="1" customWidth="1"/>
     <col min="765" max="765" width="15.85546875" style="1" customWidth="1"/>
     <col min="766" max="780" width="7.28515625" style="1" customWidth="1"/>
     <col min="781" max="783" width="6.140625" style="1" customWidth="1"/>
     <col min="784" max="1019" width="11.42578125" style="1"/>
     <col min="1020" max="1020" width="16.5703125" style="1" customWidth="1"/>
     <col min="1021" max="1021" width="15.85546875" style="1" customWidth="1"/>
     <col min="1022" max="1036" width="7.28515625" style="1" customWidth="1"/>
     <col min="1037" max="1039" width="6.140625" style="1" customWidth="1"/>
     <col min="1040" max="1275" width="11.42578125" style="1"/>
     <col min="1276" max="1276" width="16.5703125" style="1" customWidth="1"/>
     <col min="1277" max="1277" width="15.85546875" style="1" customWidth="1"/>
     <col min="1278" max="1292" width="7.28515625" style="1" customWidth="1"/>
     <col min="1293" max="1295" width="6.140625" style="1" customWidth="1"/>
     <col min="1296" max="1531" width="11.42578125" style="1"/>
@@ -5597,5038 +6068,5737 @@
     <col min="15102" max="15116" width="7.28515625" style="1" customWidth="1"/>
     <col min="15117" max="15119" width="6.140625" style="1" customWidth="1"/>
     <col min="15120" max="15355" width="11.42578125" style="1"/>
     <col min="15356" max="15356" width="16.5703125" style="1" customWidth="1"/>
     <col min="15357" max="15357" width="15.85546875" style="1" customWidth="1"/>
     <col min="15358" max="15372" width="7.28515625" style="1" customWidth="1"/>
     <col min="15373" max="15375" width="6.140625" style="1" customWidth="1"/>
     <col min="15376" max="15611" width="11.42578125" style="1"/>
     <col min="15612" max="15612" width="16.5703125" style="1" customWidth="1"/>
     <col min="15613" max="15613" width="15.85546875" style="1" customWidth="1"/>
     <col min="15614" max="15628" width="7.28515625" style="1" customWidth="1"/>
     <col min="15629" max="15631" width="6.140625" style="1" customWidth="1"/>
     <col min="15632" max="15867" width="11.42578125" style="1"/>
     <col min="15868" max="15868" width="16.5703125" style="1" customWidth="1"/>
     <col min="15869" max="15869" width="15.85546875" style="1" customWidth="1"/>
     <col min="15870" max="15884" width="7.28515625" style="1" customWidth="1"/>
     <col min="15885" max="15887" width="6.140625" style="1" customWidth="1"/>
     <col min="15888" max="16123" width="11.42578125" style="1"/>
     <col min="16124" max="16124" width="16.5703125" style="1" customWidth="1"/>
     <col min="16125" max="16125" width="15.85546875" style="1" customWidth="1"/>
     <col min="16126" max="16140" width="7.28515625" style="1" customWidth="1"/>
     <col min="16141" max="16143" width="6.140625" style="1" customWidth="1"/>
     <col min="16144" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:19" ht="19.5" x14ac:dyDescent="0.3">
-      <c r="A2" s="82" t="s">
+    <row r="1" spans="1:21" s="34" customFormat="1" ht="30" customHeight="1">
+      <c r="A1" s="33"/>
+    </row>
+    <row r="2" spans="1:21" ht="31.5">
+      <c r="A2" s="30" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="30"/>
+      <c r="J2" s="30"/>
+      <c r="K2" s="30"/>
+      <c r="L2" s="30"/>
+      <c r="M2" s="30"/>
+      <c r="N2" s="30"/>
+      <c r="O2" s="30"/>
+      <c r="P2" s="30"/>
+    </row>
+    <row r="3" spans="1:21">
+      <c r="A3" s="14"/>
+      <c r="B3" s="14"/>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11"/>
+      <c r="G3" s="11"/>
+      <c r="H3" s="11"/>
+      <c r="I3" s="11"/>
+      <c r="J3" s="11"/>
+    </row>
+    <row r="4" spans="1:21">
+      <c r="A4" s="31" t="s">
+        <v>71</v>
+      </c>
+      <c r="B4" s="11"/>
+      <c r="C4" s="11"/>
+      <c r="D4" s="11"/>
+      <c r="E4" s="11"/>
+      <c r="F4" s="11"/>
+      <c r="G4" s="11"/>
+      <c r="H4" s="11"/>
+      <c r="I4" s="11"/>
+      <c r="J4" s="11"/>
+    </row>
+    <row r="5" spans="1:21">
+      <c r="A5" s="32" t="s">
+        <v>99</v>
+      </c>
+      <c r="B5" s="11"/>
+      <c r="C5" s="11"/>
+      <c r="D5" s="11"/>
+      <c r="E5" s="11"/>
+      <c r="F5" s="11"/>
+      <c r="G5" s="11"/>
+      <c r="H5" s="11"/>
+      <c r="I5" s="11"/>
+      <c r="J5" s="11"/>
+    </row>
+    <row r="6" spans="1:21">
+      <c r="A6" s="28"/>
+      <c r="B6" s="11"/>
+      <c r="C6" s="11"/>
+      <c r="D6" s="11"/>
+      <c r="E6" s="11"/>
+      <c r="F6" s="11"/>
+      <c r="G6" s="11"/>
+      <c r="H6" s="11"/>
+      <c r="I6" s="11"/>
+      <c r="J6" s="11"/>
+    </row>
+    <row r="7" spans="1:21" s="17" customFormat="1" ht="19.5" customHeight="1">
+      <c r="A7" s="35" t="s">
+        <v>3</v>
+      </c>
+      <c r="B7" s="35">
+        <v>2005</v>
+      </c>
+      <c r="C7" s="35">
+        <v>2006</v>
+      </c>
+      <c r="D7" s="35">
+        <v>2007</v>
+      </c>
+      <c r="E7" s="35">
+        <v>2008</v>
+      </c>
+      <c r="F7" s="35">
+        <v>2009</v>
+      </c>
+      <c r="G7" s="35">
+        <v>2010</v>
+      </c>
+      <c r="H7" s="35">
+        <v>2011</v>
+      </c>
+      <c r="I7" s="35">
+        <v>2012</v>
+      </c>
+      <c r="J7" s="35">
+        <v>2013</v>
+      </c>
+      <c r="K7" s="35">
+        <v>2014</v>
+      </c>
+      <c r="L7" s="35">
+        <v>2015</v>
+      </c>
+      <c r="M7" s="35">
+        <v>2016</v>
+      </c>
+      <c r="N7" s="35">
+        <v>2017</v>
+      </c>
+      <c r="O7" s="35">
+        <v>2018</v>
+      </c>
+      <c r="P7" s="35">
+        <v>2019</v>
+      </c>
+      <c r="Q7" s="35">
+        <v>2020</v>
+      </c>
+      <c r="R7" s="35">
+        <v>2021</v>
+      </c>
+      <c r="S7" s="35">
+        <v>2022</v>
+      </c>
+      <c r="T7" s="35">
+        <v>2023</v>
+      </c>
+      <c r="U7" s="35">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21">
+      <c r="A8" s="47" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="40">
+        <v>0</v>
+      </c>
+      <c r="C8" s="40">
+        <v>4</v>
+      </c>
+      <c r="D8" s="40">
+        <v>0</v>
+      </c>
+      <c r="E8" s="40">
+        <v>6</v>
+      </c>
+      <c r="F8" s="40">
+        <v>4</v>
+      </c>
+      <c r="G8" s="40">
+        <v>16</v>
+      </c>
+      <c r="H8" s="40">
+        <v>0</v>
+      </c>
+      <c r="I8" s="40">
+        <v>0</v>
+      </c>
+      <c r="J8" s="40">
+        <v>0</v>
+      </c>
+      <c r="K8" s="40">
+        <v>3</v>
+      </c>
+      <c r="L8" s="40">
+        <v>2</v>
+      </c>
+      <c r="M8" s="40">
+        <v>0</v>
+      </c>
+      <c r="N8" s="40">
+        <v>1</v>
+      </c>
+      <c r="O8" s="40">
+        <v>1</v>
+      </c>
+      <c r="P8" s="39">
+        <v>19</v>
+      </c>
+      <c r="Q8" s="40">
+        <v>1</v>
+      </c>
+      <c r="R8" s="40">
+        <v>2</v>
+      </c>
+      <c r="S8" s="40">
+        <v>1</v>
+      </c>
+      <c r="T8" s="40">
+        <v>0</v>
+      </c>
+      <c r="U8" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21">
+      <c r="A9" s="47" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="40">
+        <v>8</v>
+      </c>
+      <c r="C9" s="40">
+        <v>10</v>
+      </c>
+      <c r="D9" s="40">
+        <v>12</v>
+      </c>
+      <c r="E9" s="40">
+        <v>8</v>
+      </c>
+      <c r="F9" s="40">
+        <v>7</v>
+      </c>
+      <c r="G9" s="40">
+        <v>9</v>
+      </c>
+      <c r="H9" s="40">
+        <v>16</v>
+      </c>
+      <c r="I9" s="40">
+        <v>22</v>
+      </c>
+      <c r="J9" s="40">
+        <v>17</v>
+      </c>
+      <c r="K9" s="40">
+        <v>12</v>
+      </c>
+      <c r="L9" s="40">
+        <v>10</v>
+      </c>
+      <c r="M9" s="40">
+        <v>11</v>
+      </c>
+      <c r="N9" s="40">
+        <v>11</v>
+      </c>
+      <c r="O9" s="40">
+        <v>14</v>
+      </c>
+      <c r="P9" s="39">
+        <v>8</v>
+      </c>
+      <c r="Q9" s="40">
+        <v>9</v>
+      </c>
+      <c r="R9" s="40">
+        <v>15</v>
+      </c>
+      <c r="S9" s="40">
+        <v>18</v>
+      </c>
+      <c r="T9" s="39">
+        <v>13</v>
+      </c>
+      <c r="U9" s="40">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21">
+      <c r="A10" s="47" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="40">
+        <v>18</v>
+      </c>
+      <c r="C10" s="40">
+        <v>13</v>
+      </c>
+      <c r="D10" s="40">
+        <v>14</v>
+      </c>
+      <c r="E10" s="40">
+        <v>14</v>
+      </c>
+      <c r="F10" s="40">
+        <v>17</v>
+      </c>
+      <c r="G10" s="40">
+        <v>20</v>
+      </c>
+      <c r="H10" s="40">
+        <v>20</v>
+      </c>
+      <c r="I10" s="40">
+        <v>30</v>
+      </c>
+      <c r="J10" s="40">
+        <v>16</v>
+      </c>
+      <c r="K10" s="40">
+        <v>18</v>
+      </c>
+      <c r="L10" s="40">
+        <v>7</v>
+      </c>
+      <c r="M10" s="40">
+        <v>12</v>
+      </c>
+      <c r="N10" s="40">
+        <v>14</v>
+      </c>
+      <c r="O10" s="40">
+        <v>13</v>
+      </c>
+      <c r="P10" s="39">
+        <v>8</v>
+      </c>
+      <c r="Q10" s="40">
+        <v>12</v>
+      </c>
+      <c r="R10" s="40">
+        <v>12</v>
+      </c>
+      <c r="S10" s="40">
+        <v>12</v>
+      </c>
+      <c r="T10" s="39">
+        <v>16</v>
+      </c>
+      <c r="U10" s="40">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21">
+      <c r="A11" s="47" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="40">
+        <v>12</v>
+      </c>
+      <c r="C11" s="40">
+        <v>20</v>
+      </c>
+      <c r="D11" s="40">
+        <v>7</v>
+      </c>
+      <c r="E11" s="40">
+        <v>6</v>
+      </c>
+      <c r="F11" s="40">
+        <v>9</v>
+      </c>
+      <c r="G11" s="40">
+        <v>7</v>
+      </c>
+      <c r="H11" s="40">
+        <v>6</v>
+      </c>
+      <c r="I11" s="40">
+        <v>5</v>
+      </c>
+      <c r="J11" s="40">
+        <v>6</v>
+      </c>
+      <c r="K11" s="40">
+        <v>6</v>
+      </c>
+      <c r="L11" s="40">
+        <v>6</v>
+      </c>
+      <c r="M11" s="40">
+        <v>8</v>
+      </c>
+      <c r="N11" s="40">
+        <v>8</v>
+      </c>
+      <c r="O11" s="40">
+        <v>9</v>
+      </c>
+      <c r="P11" s="39">
+        <v>4</v>
+      </c>
+      <c r="Q11" s="40">
+        <v>2</v>
+      </c>
+      <c r="R11" s="40">
+        <v>6</v>
+      </c>
+      <c r="S11" s="40">
+        <v>9</v>
+      </c>
+      <c r="T11" s="39">
+        <v>5</v>
+      </c>
+      <c r="U11" s="40">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21">
+      <c r="A12" s="47" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" s="40">
+        <v>73</v>
+      </c>
+      <c r="C12" s="40">
+        <v>71</v>
+      </c>
+      <c r="D12" s="40">
+        <v>77</v>
+      </c>
+      <c r="E12" s="40">
+        <v>72</v>
+      </c>
+      <c r="F12" s="40">
+        <v>89</v>
+      </c>
+      <c r="G12" s="40">
+        <v>83</v>
+      </c>
+      <c r="H12" s="40">
+        <v>85</v>
+      </c>
+      <c r="I12" s="40">
+        <v>108</v>
+      </c>
+      <c r="J12" s="40">
+        <v>99</v>
+      </c>
+      <c r="K12" s="40">
+        <v>104</v>
+      </c>
+      <c r="L12" s="40">
+        <v>116</v>
+      </c>
+      <c r="M12" s="40">
+        <v>94</v>
+      </c>
+      <c r="N12" s="40">
+        <v>117</v>
+      </c>
+      <c r="O12" s="40">
+        <v>125</v>
+      </c>
+      <c r="P12" s="39">
+        <v>124</v>
+      </c>
+      <c r="Q12" s="40">
+        <v>91</v>
+      </c>
+      <c r="R12" s="40">
+        <v>67</v>
+      </c>
+      <c r="S12" s="40">
+        <v>109</v>
+      </c>
+      <c r="T12" s="39">
+        <v>92</v>
+      </c>
+      <c r="U12" s="40">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21">
+      <c r="A13" s="47" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" s="40">
+        <v>0</v>
+      </c>
+      <c r="C13" s="40">
+        <v>3</v>
+      </c>
+      <c r="D13" s="40">
+        <v>0</v>
+      </c>
+      <c r="E13" s="40">
+        <v>2</v>
+      </c>
+      <c r="F13" s="40">
+        <v>2</v>
+      </c>
+      <c r="G13" s="40">
+        <v>2</v>
+      </c>
+      <c r="H13" s="40">
+        <v>5</v>
+      </c>
+      <c r="I13" s="40">
+        <v>1</v>
+      </c>
+      <c r="J13" s="40">
+        <v>2</v>
+      </c>
+      <c r="K13" s="40">
+        <v>0</v>
+      </c>
+      <c r="L13" s="40">
+        <v>4</v>
+      </c>
+      <c r="M13" s="40">
+        <v>2</v>
+      </c>
+      <c r="N13" s="40">
+        <v>2</v>
+      </c>
+      <c r="O13" s="40">
+        <v>3</v>
+      </c>
+      <c r="P13" s="39">
+        <v>1</v>
+      </c>
+      <c r="Q13" s="40">
+        <v>0</v>
+      </c>
+      <c r="R13" s="40">
+        <v>1</v>
+      </c>
+      <c r="S13" s="40">
+        <v>5</v>
+      </c>
+      <c r="T13" s="39">
+        <v>3</v>
+      </c>
+      <c r="U13" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21">
+      <c r="A14" s="47" t="s">
+        <v>9</v>
+      </c>
+      <c r="B14" s="40">
+        <v>6</v>
+      </c>
+      <c r="C14" s="40">
+        <v>11</v>
+      </c>
+      <c r="D14" s="40">
+        <v>8</v>
+      </c>
+      <c r="E14" s="40">
+        <v>7</v>
+      </c>
+      <c r="F14" s="40">
+        <v>7</v>
+      </c>
+      <c r="G14" s="40">
+        <v>6</v>
+      </c>
+      <c r="H14" s="40">
+        <v>6</v>
+      </c>
+      <c r="I14" s="40">
+        <v>4</v>
+      </c>
+      <c r="J14" s="40">
+        <v>5</v>
+      </c>
+      <c r="K14" s="40">
+        <v>8</v>
+      </c>
+      <c r="L14" s="40">
+        <v>6</v>
+      </c>
+      <c r="M14" s="40">
+        <v>6</v>
+      </c>
+      <c r="N14" s="40">
+        <v>9</v>
+      </c>
+      <c r="O14" s="40">
+        <v>12</v>
+      </c>
+      <c r="P14" s="39">
+        <v>8</v>
+      </c>
+      <c r="Q14" s="40">
+        <v>3</v>
+      </c>
+      <c r="R14" s="40">
+        <v>4</v>
+      </c>
+      <c r="S14" s="40">
+        <v>2</v>
+      </c>
+      <c r="T14" s="39">
+        <v>4</v>
+      </c>
+      <c r="U14" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21">
+      <c r="A15" s="47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" s="40">
+        <v>14</v>
+      </c>
+      <c r="C15" s="40">
+        <v>13</v>
+      </c>
+      <c r="D15" s="40">
+        <v>11</v>
+      </c>
+      <c r="E15" s="40">
+        <v>6</v>
+      </c>
+      <c r="F15" s="40">
+        <v>3</v>
+      </c>
+      <c r="G15" s="40">
+        <v>11</v>
+      </c>
+      <c r="H15" s="40">
+        <v>5</v>
+      </c>
+      <c r="I15" s="40">
+        <v>4</v>
+      </c>
+      <c r="J15" s="40">
+        <v>10</v>
+      </c>
+      <c r="K15" s="40">
+        <v>6</v>
+      </c>
+      <c r="L15" s="40">
+        <v>5</v>
+      </c>
+      <c r="M15" s="40">
+        <v>5</v>
+      </c>
+      <c r="N15" s="40">
+        <v>6</v>
+      </c>
+      <c r="O15" s="40">
+        <v>1</v>
+      </c>
+      <c r="P15" s="39">
+        <v>5</v>
+      </c>
+      <c r="Q15" s="40">
+        <v>5</v>
+      </c>
+      <c r="R15" s="40">
+        <v>2</v>
+      </c>
+      <c r="S15" s="40">
+        <v>5</v>
+      </c>
+      <c r="T15" s="39">
+        <v>6</v>
+      </c>
+      <c r="U15" s="40">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21">
+      <c r="A16" s="47" t="s">
+        <v>28</v>
+      </c>
+      <c r="B16" s="40">
+        <v>7</v>
+      </c>
+      <c r="C16" s="40">
+        <v>3</v>
+      </c>
+      <c r="D16" s="40">
+        <v>2</v>
+      </c>
+      <c r="E16" s="40">
+        <v>12</v>
+      </c>
+      <c r="F16" s="40">
+        <v>8</v>
+      </c>
+      <c r="G16" s="40">
+        <v>3</v>
+      </c>
+      <c r="H16" s="40">
+        <v>6</v>
+      </c>
+      <c r="I16" s="40">
+        <v>2</v>
+      </c>
+      <c r="J16" s="40">
+        <v>0</v>
+      </c>
+      <c r="K16" s="40">
+        <v>3</v>
+      </c>
+      <c r="L16" s="40">
+        <v>2</v>
+      </c>
+      <c r="M16" s="40">
+        <v>6</v>
+      </c>
+      <c r="N16" s="40">
+        <v>8</v>
+      </c>
+      <c r="O16" s="40">
+        <v>4</v>
+      </c>
+      <c r="P16" s="39">
+        <v>3</v>
+      </c>
+      <c r="Q16" s="40">
+        <v>4</v>
+      </c>
+      <c r="R16" s="40">
+        <v>2</v>
+      </c>
+      <c r="S16" s="40">
+        <v>2</v>
+      </c>
+      <c r="T16" s="39">
+        <v>5</v>
+      </c>
+      <c r="U16" s="40">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="17" spans="1:21">
+      <c r="A17" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="B17" s="40">
+        <v>7</v>
+      </c>
+      <c r="C17" s="40">
+        <v>4</v>
+      </c>
+      <c r="D17" s="40">
+        <v>9</v>
+      </c>
+      <c r="E17" s="40">
+        <v>8</v>
+      </c>
+      <c r="F17" s="40">
+        <v>6</v>
+      </c>
+      <c r="G17" s="40">
+        <v>13</v>
+      </c>
+      <c r="H17" s="40">
+        <v>8</v>
+      </c>
+      <c r="I17" s="40">
+        <v>2</v>
+      </c>
+      <c r="J17" s="40">
+        <v>6</v>
+      </c>
+      <c r="K17" s="40">
+        <v>7</v>
+      </c>
+      <c r="L17" s="40">
+        <v>5</v>
+      </c>
+      <c r="M17" s="40">
+        <v>4</v>
+      </c>
+      <c r="N17" s="40">
+        <v>5</v>
+      </c>
+      <c r="O17" s="40">
+        <v>3</v>
+      </c>
+      <c r="P17" s="39">
+        <v>9</v>
+      </c>
+      <c r="Q17" s="40">
+        <v>4</v>
+      </c>
+      <c r="R17" s="40">
+        <v>1</v>
+      </c>
+      <c r="S17" s="40">
+        <v>2</v>
+      </c>
+      <c r="T17" s="39">
+        <v>10</v>
+      </c>
+      <c r="U17" s="40">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="18" spans="1:21">
+      <c r="A18" s="47" t="s">
+        <v>12</v>
+      </c>
+      <c r="B18" s="40">
+        <v>17</v>
+      </c>
+      <c r="C18" s="40">
+        <v>16</v>
+      </c>
+      <c r="D18" s="40">
+        <v>15</v>
+      </c>
+      <c r="E18" s="40">
+        <v>11</v>
+      </c>
+      <c r="F18" s="40">
+        <v>13</v>
+      </c>
+      <c r="G18" s="40">
+        <v>15</v>
+      </c>
+      <c r="H18" s="40">
+        <v>20</v>
+      </c>
+      <c r="I18" s="40">
+        <v>26</v>
+      </c>
+      <c r="J18" s="40">
+        <v>14</v>
+      </c>
+      <c r="K18" s="40">
+        <v>13</v>
+      </c>
+      <c r="L18" s="40">
+        <v>18</v>
+      </c>
+      <c r="M18" s="40">
+        <v>11</v>
+      </c>
+      <c r="N18" s="40">
+        <v>17</v>
+      </c>
+      <c r="O18" s="40">
+        <v>26</v>
+      </c>
+      <c r="P18" s="39">
+        <v>7</v>
+      </c>
+      <c r="Q18" s="40">
+        <v>11</v>
+      </c>
+      <c r="R18" s="40">
+        <v>12</v>
+      </c>
+      <c r="S18" s="40">
+        <v>28</v>
+      </c>
+      <c r="T18" s="39">
+        <v>16</v>
+      </c>
+      <c r="U18" s="40">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21">
+      <c r="A19" s="47" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="40">
+        <v>4</v>
+      </c>
+      <c r="C19" s="40">
+        <v>3</v>
+      </c>
+      <c r="D19" s="40">
+        <v>4</v>
+      </c>
+      <c r="E19" s="40">
+        <v>2</v>
+      </c>
+      <c r="F19" s="40">
+        <v>6</v>
+      </c>
+      <c r="G19" s="40">
+        <v>2</v>
+      </c>
+      <c r="H19" s="40">
+        <v>1</v>
+      </c>
+      <c r="I19" s="40">
+        <v>3</v>
+      </c>
+      <c r="J19" s="40">
+        <v>4</v>
+      </c>
+      <c r="K19" s="40">
+        <v>2</v>
+      </c>
+      <c r="L19" s="40">
+        <v>2</v>
+      </c>
+      <c r="M19" s="40">
+        <v>1</v>
+      </c>
+      <c r="N19" s="40">
+        <v>0</v>
+      </c>
+      <c r="O19" s="40">
+        <v>1</v>
+      </c>
+      <c r="P19" s="39">
+        <v>1</v>
+      </c>
+      <c r="Q19" s="40">
+        <v>0</v>
+      </c>
+      <c r="R19" s="40">
+        <v>1</v>
+      </c>
+      <c r="S19" s="40">
+        <v>0</v>
+      </c>
+      <c r="T19" s="39">
+        <v>1</v>
+      </c>
+      <c r="U19" s="40">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21">
+      <c r="A20" s="47" t="s">
+        <v>13</v>
+      </c>
+      <c r="B20" s="40">
+        <v>14</v>
+      </c>
+      <c r="C20" s="40">
+        <v>6</v>
+      </c>
+      <c r="D20" s="40">
+        <v>15</v>
+      </c>
+      <c r="E20" s="40">
+        <v>10</v>
+      </c>
+      <c r="F20" s="40">
+        <v>9</v>
+      </c>
+      <c r="G20" s="40">
+        <v>12</v>
+      </c>
+      <c r="H20" s="40">
+        <v>7</v>
+      </c>
+      <c r="I20" s="40">
+        <v>11</v>
+      </c>
+      <c r="J20" s="40">
+        <v>6</v>
+      </c>
+      <c r="K20" s="40">
+        <v>12</v>
+      </c>
+      <c r="L20" s="40">
+        <v>13</v>
+      </c>
+      <c r="M20" s="40">
+        <v>13</v>
+      </c>
+      <c r="N20" s="40">
+        <v>14</v>
+      </c>
+      <c r="O20" s="40">
+        <v>13</v>
+      </c>
+      <c r="P20" s="39">
+        <v>12</v>
+      </c>
+      <c r="Q20" s="40">
+        <v>8</v>
+      </c>
+      <c r="R20" s="40">
+        <v>3</v>
+      </c>
+      <c r="S20" s="40">
+        <v>18</v>
+      </c>
+      <c r="T20" s="39">
+        <v>16</v>
+      </c>
+      <c r="U20" s="40">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="21" spans="1:21">
+      <c r="A21" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="B21" s="40">
+        <v>11</v>
+      </c>
+      <c r="C21" s="40">
+        <v>6</v>
+      </c>
+      <c r="D21" s="40">
+        <v>9</v>
+      </c>
+      <c r="E21" s="40">
+        <v>17</v>
+      </c>
+      <c r="F21" s="40">
+        <v>7</v>
+      </c>
+      <c r="G21" s="40">
+        <v>18</v>
+      </c>
+      <c r="H21" s="40">
+        <v>9</v>
+      </c>
+      <c r="I21" s="40">
+        <v>15</v>
+      </c>
+      <c r="J21" s="40">
+        <v>18</v>
+      </c>
+      <c r="K21" s="40">
+        <v>10</v>
+      </c>
+      <c r="L21" s="40">
+        <v>8</v>
+      </c>
+      <c r="M21" s="40">
+        <v>14</v>
+      </c>
+      <c r="N21" s="40">
+        <v>17</v>
+      </c>
+      <c r="O21" s="40">
+        <v>12</v>
+      </c>
+      <c r="P21" s="39">
+        <v>10</v>
+      </c>
+      <c r="Q21" s="40">
+        <v>10</v>
+      </c>
+      <c r="R21" s="40">
+        <v>2</v>
+      </c>
+      <c r="S21" s="40">
+        <v>13</v>
+      </c>
+      <c r="T21" s="39">
+        <v>5</v>
+      </c>
+      <c r="U21" s="40">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="22" spans="1:21">
+      <c r="A22" s="47" t="s">
+        <v>4</v>
+      </c>
+      <c r="B22" s="40">
+        <v>57</v>
+      </c>
+      <c r="C22" s="40">
+        <v>75</v>
+      </c>
+      <c r="D22" s="40">
+        <v>41</v>
+      </c>
+      <c r="E22" s="40">
+        <v>61</v>
+      </c>
+      <c r="F22" s="40">
+        <v>90</v>
+      </c>
+      <c r="G22" s="40">
+        <v>43</v>
+      </c>
+      <c r="H22" s="40">
+        <v>45</v>
+      </c>
+      <c r="I22" s="40">
+        <v>68</v>
+      </c>
+      <c r="J22" s="40">
+        <v>67</v>
+      </c>
+      <c r="K22" s="40">
+        <v>73</v>
+      </c>
+      <c r="L22" s="40">
+        <v>75</v>
+      </c>
+      <c r="M22" s="40">
+        <v>68</v>
+      </c>
+      <c r="N22" s="40">
+        <v>63</v>
+      </c>
+      <c r="O22" s="40">
+        <v>56</v>
+      </c>
+      <c r="P22" s="39">
+        <v>63</v>
+      </c>
+      <c r="Q22" s="40">
+        <v>1</v>
+      </c>
+      <c r="R22" s="40">
+        <v>67</v>
+      </c>
+      <c r="S22" s="40">
+        <v>76</v>
+      </c>
+      <c r="T22" s="39">
+        <v>30</v>
+      </c>
+      <c r="U22" s="40">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="23" spans="1:21">
+      <c r="A23" s="47" t="s">
+        <v>5</v>
+      </c>
+      <c r="B23" s="40">
+        <v>48</v>
+      </c>
+      <c r="C23" s="40">
+        <v>55</v>
+      </c>
+      <c r="D23" s="40">
+        <v>54</v>
+      </c>
+      <c r="E23" s="40">
+        <v>70</v>
+      </c>
+      <c r="F23" s="40">
+        <v>53</v>
+      </c>
+      <c r="G23" s="40">
+        <v>26</v>
+      </c>
+      <c r="H23" s="40">
+        <v>36</v>
+      </c>
+      <c r="I23" s="40">
+        <v>27</v>
+      </c>
+      <c r="J23" s="40">
+        <v>52</v>
+      </c>
+      <c r="K23" s="40">
+        <v>64</v>
+      </c>
+      <c r="L23" s="40">
+        <v>62</v>
+      </c>
+      <c r="M23" s="40">
+        <v>50</v>
+      </c>
+      <c r="N23" s="40">
+        <v>45</v>
+      </c>
+      <c r="O23" s="40">
+        <v>51</v>
+      </c>
+      <c r="P23" s="39">
+        <v>60</v>
+      </c>
+      <c r="Q23" s="40">
+        <v>11</v>
+      </c>
+      <c r="R23" s="40">
+        <v>9</v>
+      </c>
+      <c r="S23" s="40">
+        <v>64</v>
+      </c>
+      <c r="T23" s="39">
+        <v>62</v>
+      </c>
+      <c r="U23" s="40">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="24" spans="1:21">
+      <c r="A24" s="47" t="s">
+        <v>30</v>
+      </c>
+      <c r="B24" s="40">
+        <v>0</v>
+      </c>
+      <c r="C24" s="40">
+        <v>1</v>
+      </c>
+      <c r="D24" s="40">
+        <v>1</v>
+      </c>
+      <c r="E24" s="40">
+        <v>2</v>
+      </c>
+      <c r="F24" s="40">
+        <v>2</v>
+      </c>
+      <c r="G24" s="40">
+        <v>1</v>
+      </c>
+      <c r="H24" s="40">
+        <v>4</v>
+      </c>
+      <c r="I24" s="40">
+        <v>1</v>
+      </c>
+      <c r="J24" s="40">
+        <v>0</v>
+      </c>
+      <c r="K24" s="40">
+        <v>0</v>
+      </c>
+      <c r="L24" s="40">
+        <v>1</v>
+      </c>
+      <c r="M24" s="40">
+        <v>2</v>
+      </c>
+      <c r="N24" s="40">
+        <v>2</v>
+      </c>
+      <c r="O24" s="40">
+        <v>5</v>
+      </c>
+      <c r="P24" s="39">
+        <v>5</v>
+      </c>
+      <c r="Q24" s="40">
+        <v>3</v>
+      </c>
+      <c r="R24" s="40">
+        <v>7</v>
+      </c>
+      <c r="S24" s="40">
+        <v>1</v>
+      </c>
+      <c r="T24" s="39">
+        <v>4</v>
+      </c>
+      <c r="U24" s="40">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:21">
+      <c r="A25" s="47" t="s">
+        <v>31</v>
+      </c>
+      <c r="B25" s="40">
+        <v>97</v>
+      </c>
+      <c r="C25" s="40">
+        <v>86</v>
+      </c>
+      <c r="D25" s="40">
+        <v>91</v>
+      </c>
+      <c r="E25" s="40">
+        <v>112</v>
+      </c>
+      <c r="F25" s="40">
+        <v>98</v>
+      </c>
+      <c r="G25" s="40">
+        <v>110</v>
+      </c>
+      <c r="H25" s="40">
+        <v>93</v>
+      </c>
+      <c r="I25" s="40">
+        <v>101</v>
+      </c>
+      <c r="J25" s="40">
+        <v>102</v>
+      </c>
+      <c r="K25" s="40">
+        <v>112</v>
+      </c>
+      <c r="L25" s="40">
+        <v>129</v>
+      </c>
+      <c r="M25" s="40">
+        <v>102</v>
+      </c>
+      <c r="N25" s="40">
+        <v>102</v>
+      </c>
+      <c r="O25" s="40">
+        <v>93</v>
+      </c>
+      <c r="P25" s="39">
+        <v>93</v>
+      </c>
+      <c r="Q25" s="40">
+        <v>79</v>
+      </c>
+      <c r="R25" s="40">
+        <v>62</v>
+      </c>
+      <c r="S25" s="40">
+        <v>100</v>
+      </c>
+      <c r="T25" s="39">
+        <v>83</v>
+      </c>
+      <c r="U25" s="40">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="26" spans="1:21">
+      <c r="A26" s="47" t="s">
+        <v>32</v>
+      </c>
+      <c r="B26" s="40">
+        <v>425</v>
+      </c>
+      <c r="C26" s="40">
+        <v>370</v>
+      </c>
+      <c r="D26" s="40">
+        <v>361</v>
+      </c>
+      <c r="E26" s="40">
+        <v>393</v>
+      </c>
+      <c r="F26" s="40">
+        <v>368</v>
+      </c>
+      <c r="G26" s="40">
+        <v>337</v>
+      </c>
+      <c r="H26" s="40">
+        <v>352</v>
+      </c>
+      <c r="I26" s="40">
+        <v>397</v>
+      </c>
+      <c r="J26" s="40">
+        <v>320</v>
+      </c>
+      <c r="K26" s="40">
+        <v>351</v>
+      </c>
+      <c r="L26" s="40">
+        <v>309</v>
+      </c>
+      <c r="M26" s="40">
+        <v>333</v>
+      </c>
+      <c r="N26" s="40">
+        <v>287</v>
+      </c>
+      <c r="O26" s="40">
+        <v>304</v>
+      </c>
+      <c r="P26" s="39">
+        <v>272</v>
+      </c>
+      <c r="Q26" s="40">
+        <v>147</v>
+      </c>
+      <c r="R26" s="40">
+        <v>174</v>
+      </c>
+      <c r="S26" s="40">
+        <v>230</v>
+      </c>
+      <c r="T26" s="39">
+        <v>219</v>
+      </c>
+      <c r="U26" s="40">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="27" spans="1:21">
+      <c r="A27" s="47" t="s">
+        <v>14</v>
+      </c>
+      <c r="B27" s="40">
+        <v>3</v>
+      </c>
+      <c r="C27" s="40">
+        <v>6</v>
+      </c>
+      <c r="D27" s="40">
+        <v>2</v>
+      </c>
+      <c r="E27" s="40">
+        <v>3</v>
+      </c>
+      <c r="F27" s="40">
+        <v>3</v>
+      </c>
+      <c r="G27" s="40">
+        <v>4</v>
+      </c>
+      <c r="H27" s="40">
+        <v>1</v>
+      </c>
+      <c r="I27" s="40">
+        <v>4</v>
+      </c>
+      <c r="J27" s="40">
+        <v>6</v>
+      </c>
+      <c r="K27" s="40">
+        <v>3</v>
+      </c>
+      <c r="L27" s="40">
+        <v>5</v>
+      </c>
+      <c r="M27" s="40">
+        <v>3</v>
+      </c>
+      <c r="N27" s="40">
+        <v>3</v>
+      </c>
+      <c r="O27" s="40">
+        <v>5</v>
+      </c>
+      <c r="P27" s="39">
+        <v>5</v>
+      </c>
+      <c r="Q27" s="40">
+        <v>0</v>
+      </c>
+      <c r="R27" s="40">
+        <v>1</v>
+      </c>
+      <c r="S27" s="40">
+        <v>9</v>
+      </c>
+      <c r="T27" s="39">
+        <v>8</v>
+      </c>
+      <c r="U27" s="40">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:21">
+      <c r="A28" s="47" t="s">
+        <v>6</v>
+      </c>
+      <c r="B28" s="40">
+        <v>17</v>
+      </c>
+      <c r="C28" s="40">
+        <v>12</v>
+      </c>
+      <c r="D28" s="40">
+        <v>17</v>
+      </c>
+      <c r="E28" s="40">
+        <v>15</v>
+      </c>
+      <c r="F28" s="40">
+        <v>16</v>
+      </c>
+      <c r="G28" s="40">
+        <v>10</v>
+      </c>
+      <c r="H28" s="40">
+        <v>8</v>
+      </c>
+      <c r="I28" s="40">
+        <v>6</v>
+      </c>
+      <c r="J28" s="40">
+        <v>9</v>
+      </c>
+      <c r="K28" s="40">
+        <v>10</v>
+      </c>
+      <c r="L28" s="40">
+        <v>12</v>
+      </c>
+      <c r="M28" s="40">
+        <v>12</v>
+      </c>
+      <c r="N28" s="40">
+        <v>10</v>
+      </c>
+      <c r="O28" s="40">
+        <v>18</v>
+      </c>
+      <c r="P28" s="39">
+        <v>12</v>
+      </c>
+      <c r="Q28" s="40">
+        <v>0</v>
+      </c>
+      <c r="R28" s="40">
+        <v>14</v>
+      </c>
+      <c r="S28" s="40">
+        <v>11</v>
+      </c>
+      <c r="T28" s="39">
+        <v>26</v>
+      </c>
+      <c r="U28" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:21">
+      <c r="A29" s="47" t="s">
+        <v>33</v>
+      </c>
+      <c r="B29" s="40">
+        <v>43</v>
+      </c>
+      <c r="C29" s="40">
+        <v>57</v>
+      </c>
+      <c r="D29" s="40">
+        <v>67</v>
+      </c>
+      <c r="E29" s="40">
+        <v>64</v>
+      </c>
+      <c r="F29" s="40">
+        <v>60</v>
+      </c>
+      <c r="G29" s="40">
+        <v>79</v>
+      </c>
+      <c r="H29" s="40">
+        <v>62</v>
+      </c>
+      <c r="I29" s="40">
+        <v>84</v>
+      </c>
+      <c r="J29" s="40">
+        <v>80</v>
+      </c>
+      <c r="K29" s="40">
+        <v>74</v>
+      </c>
+      <c r="L29" s="40">
+        <v>80</v>
+      </c>
+      <c r="M29" s="40">
+        <v>83</v>
+      </c>
+      <c r="N29" s="40">
+        <v>84</v>
+      </c>
+      <c r="O29" s="40">
+        <v>72</v>
+      </c>
+      <c r="P29" s="39">
+        <v>82</v>
+      </c>
+      <c r="Q29" s="40">
+        <v>58</v>
+      </c>
+      <c r="R29" s="40">
+        <v>60</v>
+      </c>
+      <c r="S29" s="40">
+        <v>95</v>
+      </c>
+      <c r="T29" s="39">
+        <v>75</v>
+      </c>
+      <c r="U29" s="40">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="30" spans="1:21">
+      <c r="A30" s="47" t="s">
+        <v>15</v>
+      </c>
+      <c r="B30" s="40">
+        <v>18</v>
+      </c>
+      <c r="C30" s="40">
+        <v>13</v>
+      </c>
+      <c r="D30" s="40">
+        <v>2</v>
+      </c>
+      <c r="E30" s="40">
+        <v>12</v>
+      </c>
+      <c r="F30" s="40">
+        <v>16</v>
+      </c>
+      <c r="G30" s="40">
+        <v>5</v>
+      </c>
+      <c r="H30" s="40">
+        <v>8</v>
+      </c>
+      <c r="I30" s="40">
+        <v>5</v>
+      </c>
+      <c r="J30" s="40">
+        <v>11</v>
+      </c>
+      <c r="K30" s="40">
+        <v>14</v>
+      </c>
+      <c r="L30" s="40">
+        <v>8</v>
+      </c>
+      <c r="M30" s="40">
+        <v>7</v>
+      </c>
+      <c r="N30" s="40">
+        <v>9</v>
+      </c>
+      <c r="O30" s="40">
+        <v>9</v>
+      </c>
+      <c r="P30" s="39">
+        <v>5</v>
+      </c>
+      <c r="Q30" s="40">
+        <v>5</v>
+      </c>
+      <c r="R30" s="40">
+        <v>6</v>
+      </c>
+      <c r="S30" s="40">
+        <v>8</v>
+      </c>
+      <c r="T30" s="39">
+        <v>10</v>
+      </c>
+      <c r="U30" s="40">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="31" spans="1:21">
+      <c r="A31" s="47" t="s">
+        <v>16</v>
+      </c>
+      <c r="B31" s="40">
+        <v>2</v>
+      </c>
+      <c r="C31" s="40">
+        <v>7</v>
+      </c>
+      <c r="D31" s="40">
+        <v>4</v>
+      </c>
+      <c r="E31" s="40">
+        <v>3</v>
+      </c>
+      <c r="F31" s="40">
+        <v>5</v>
+      </c>
+      <c r="G31" s="40">
+        <v>10</v>
+      </c>
+      <c r="H31" s="40">
+        <v>8</v>
+      </c>
+      <c r="I31" s="40">
+        <v>8</v>
+      </c>
+      <c r="J31" s="40">
+        <v>5</v>
+      </c>
+      <c r="K31" s="40">
+        <v>6</v>
+      </c>
+      <c r="L31" s="40">
+        <v>3</v>
+      </c>
+      <c r="M31" s="40">
+        <v>3</v>
+      </c>
+      <c r="N31" s="40">
+        <v>7</v>
+      </c>
+      <c r="O31" s="40">
+        <v>2</v>
+      </c>
+      <c r="P31" s="39">
+        <v>6</v>
+      </c>
+      <c r="Q31" s="40">
+        <v>1</v>
+      </c>
+      <c r="R31" s="40">
+        <v>4</v>
+      </c>
+      <c r="S31" s="40">
+        <v>4</v>
+      </c>
+      <c r="T31" s="39">
+        <v>1</v>
+      </c>
+      <c r="U31" s="40">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:21">
+      <c r="A32" s="47" t="s">
+        <v>17</v>
+      </c>
+      <c r="B32" s="40">
+        <v>3</v>
+      </c>
+      <c r="C32" s="40">
+        <v>5</v>
+      </c>
+      <c r="D32" s="40">
+        <v>16</v>
+      </c>
+      <c r="E32" s="40">
+        <v>5</v>
+      </c>
+      <c r="F32" s="40">
+        <v>9</v>
+      </c>
+      <c r="G32" s="40">
+        <v>9</v>
+      </c>
+      <c r="H32" s="40">
+        <v>4</v>
+      </c>
+      <c r="I32" s="40">
+        <v>4</v>
+      </c>
+      <c r="J32" s="40">
+        <v>6</v>
+      </c>
+      <c r="K32" s="40">
+        <v>6</v>
+      </c>
+      <c r="L32" s="40">
+        <v>7</v>
+      </c>
+      <c r="M32" s="40">
+        <v>6</v>
+      </c>
+      <c r="N32" s="40">
+        <v>5</v>
+      </c>
+      <c r="O32" s="40">
+        <v>15</v>
+      </c>
+      <c r="P32" s="39">
+        <v>5</v>
+      </c>
+      <c r="Q32" s="40">
+        <v>4</v>
+      </c>
+      <c r="R32" s="40">
+        <v>1</v>
+      </c>
+      <c r="S32" s="40">
+        <v>8</v>
+      </c>
+      <c r="T32" s="39">
+        <v>7</v>
+      </c>
+      <c r="U32" s="40">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:21">
+      <c r="A33" s="47" t="s">
+        <v>18</v>
+      </c>
+      <c r="B33" s="40">
+        <v>5</v>
+      </c>
+      <c r="C33" s="40">
+        <v>5</v>
+      </c>
+      <c r="D33" s="40">
+        <v>4</v>
+      </c>
+      <c r="E33" s="40">
+        <v>9</v>
+      </c>
+      <c r="F33" s="40">
+        <v>7</v>
+      </c>
+      <c r="G33" s="40">
+        <v>3</v>
+      </c>
+      <c r="H33" s="40">
+        <v>5</v>
+      </c>
+      <c r="I33" s="40">
+        <v>7</v>
+      </c>
+      <c r="J33" s="40">
+        <v>8</v>
+      </c>
+      <c r="K33" s="40">
+        <v>5</v>
+      </c>
+      <c r="L33" s="40">
+        <v>9</v>
+      </c>
+      <c r="M33" s="40">
+        <v>5</v>
+      </c>
+      <c r="N33" s="40">
+        <v>11</v>
+      </c>
+      <c r="O33" s="40">
+        <v>8</v>
+      </c>
+      <c r="P33" s="39">
+        <v>10</v>
+      </c>
+      <c r="Q33" s="40">
+        <v>5</v>
+      </c>
+      <c r="R33" s="40">
+        <v>4</v>
+      </c>
+      <c r="S33" s="40">
+        <v>11</v>
+      </c>
+      <c r="T33" s="39">
+        <v>7</v>
+      </c>
+      <c r="U33" s="40">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="34" spans="1:21">
+      <c r="A34" s="47" t="s">
+        <v>19</v>
+      </c>
+      <c r="B34" s="40">
+        <v>7</v>
+      </c>
+      <c r="C34" s="40">
+        <v>6</v>
+      </c>
+      <c r="D34" s="40">
+        <v>1</v>
+      </c>
+      <c r="E34" s="40">
+        <v>2</v>
+      </c>
+      <c r="F34" s="40">
+        <v>6</v>
+      </c>
+      <c r="G34" s="40">
+        <v>6</v>
+      </c>
+      <c r="H34" s="40">
+        <v>11</v>
+      </c>
+      <c r="I34" s="40">
+        <v>4</v>
+      </c>
+      <c r="J34" s="40">
+        <v>9</v>
+      </c>
+      <c r="K34" s="40">
+        <v>10</v>
+      </c>
+      <c r="L34" s="40">
+        <v>8</v>
+      </c>
+      <c r="M34" s="40">
+        <v>2</v>
+      </c>
+      <c r="N34" s="40">
+        <v>5</v>
+      </c>
+      <c r="O34" s="40">
+        <v>2</v>
+      </c>
+      <c r="P34" s="39">
+        <v>5</v>
+      </c>
+      <c r="Q34" s="40">
+        <v>2</v>
+      </c>
+      <c r="R34" s="40">
+        <v>3</v>
+      </c>
+      <c r="S34" s="40">
+        <v>5</v>
+      </c>
+      <c r="T34" s="39">
+        <v>6</v>
+      </c>
+      <c r="U34" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:21">
+      <c r="A35" s="47" t="s">
+        <v>20</v>
+      </c>
+      <c r="B35" s="40">
+        <v>7</v>
+      </c>
+      <c r="C35" s="40">
+        <v>10</v>
+      </c>
+      <c r="D35" s="40">
+        <v>8</v>
+      </c>
+      <c r="E35" s="40">
+        <v>10</v>
+      </c>
+      <c r="F35" s="40">
+        <v>10</v>
+      </c>
+      <c r="G35" s="40">
+        <v>12</v>
+      </c>
+      <c r="H35" s="40">
+        <v>11</v>
+      </c>
+      <c r="I35" s="40">
+        <v>8</v>
+      </c>
+      <c r="J35" s="40">
+        <v>7</v>
+      </c>
+      <c r="K35" s="40">
+        <v>6</v>
+      </c>
+      <c r="L35" s="40">
+        <v>11</v>
+      </c>
+      <c r="M35" s="40">
+        <v>4</v>
+      </c>
+      <c r="N35" s="40">
+        <v>9</v>
+      </c>
+      <c r="O35" s="40">
+        <v>6</v>
+      </c>
+      <c r="P35" s="39">
+        <v>5</v>
+      </c>
+      <c r="Q35" s="40">
+        <v>2</v>
+      </c>
+      <c r="R35" s="40">
+        <v>5</v>
+      </c>
+      <c r="S35" s="40">
+        <v>4</v>
+      </c>
+      <c r="T35" s="39">
+        <v>6</v>
+      </c>
+      <c r="U35" s="40">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="36" spans="1:21">
+      <c r="A36" s="47" t="s">
+        <v>34</v>
+      </c>
+      <c r="B36" s="40">
+        <v>1</v>
+      </c>
+      <c r="C36" s="40">
+        <v>3</v>
+      </c>
+      <c r="D36" s="40">
+        <v>2</v>
+      </c>
+      <c r="E36" s="40">
+        <v>1</v>
+      </c>
+      <c r="F36" s="40">
+        <v>2</v>
+      </c>
+      <c r="G36" s="40">
+        <v>4</v>
+      </c>
+      <c r="H36" s="40">
+        <v>3</v>
+      </c>
+      <c r="I36" s="40">
+        <v>0</v>
+      </c>
+      <c r="J36" s="40">
+        <v>0</v>
+      </c>
+      <c r="K36" s="40">
+        <v>2</v>
+      </c>
+      <c r="L36" s="40">
+        <v>0</v>
+      </c>
+      <c r="M36" s="40">
+        <v>0</v>
+      </c>
+      <c r="N36" s="40">
+        <v>0</v>
+      </c>
+      <c r="O36" s="40">
+        <v>1</v>
+      </c>
+      <c r="P36" s="40">
+        <v>0</v>
+      </c>
+      <c r="Q36" s="40">
+        <v>2</v>
+      </c>
+      <c r="R36" s="40"/>
+      <c r="S36" s="40">
+        <v>0</v>
+      </c>
+      <c r="T36" s="39">
+        <v>1</v>
+      </c>
+      <c r="U36" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:21">
+      <c r="A37" s="47" t="s">
+        <v>35</v>
+      </c>
+      <c r="B37" s="40">
+        <v>6</v>
+      </c>
+      <c r="C37" s="40">
+        <v>7</v>
+      </c>
+      <c r="D37" s="40">
+        <v>3</v>
+      </c>
+      <c r="E37" s="40">
+        <v>8</v>
+      </c>
+      <c r="F37" s="40">
+        <v>2</v>
+      </c>
+      <c r="G37" s="40">
+        <v>10</v>
+      </c>
+      <c r="H37" s="40">
+        <v>8</v>
+      </c>
+      <c r="I37" s="40">
+        <v>12</v>
+      </c>
+      <c r="J37" s="40">
+        <v>8</v>
+      </c>
+      <c r="K37" s="40">
+        <v>4</v>
+      </c>
+      <c r="L37" s="40">
+        <v>0</v>
+      </c>
+      <c r="M37" s="40">
+        <v>1</v>
+      </c>
+      <c r="N37" s="40">
+        <v>3</v>
+      </c>
+      <c r="O37" s="40">
+        <v>4</v>
+      </c>
+      <c r="P37" s="39">
+        <v>4</v>
+      </c>
+      <c r="Q37" s="40">
+        <v>10</v>
+      </c>
+      <c r="R37" s="40">
+        <v>2</v>
+      </c>
+      <c r="S37" s="40">
+        <v>3</v>
+      </c>
+      <c r="T37" s="39">
+        <v>5</v>
+      </c>
+      <c r="U37" s="40">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:21">
+      <c r="A38" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="B38" s="40">
+        <v>3</v>
+      </c>
+      <c r="C38" s="40">
+        <v>4</v>
+      </c>
+      <c r="D38" s="40">
+        <v>3</v>
+      </c>
+      <c r="E38" s="40">
+        <v>7</v>
+      </c>
+      <c r="F38" s="40">
+        <v>4</v>
+      </c>
+      <c r="G38" s="40">
+        <v>4</v>
+      </c>
+      <c r="H38" s="40">
+        <v>4</v>
+      </c>
+      <c r="I38" s="40">
+        <v>4</v>
+      </c>
+      <c r="J38" s="40">
+        <v>5</v>
+      </c>
+      <c r="K38" s="40">
+        <v>4</v>
+      </c>
+      <c r="L38" s="40">
+        <v>2</v>
+      </c>
+      <c r="M38" s="40">
+        <v>3</v>
+      </c>
+      <c r="N38" s="40">
+        <v>4</v>
+      </c>
+      <c r="O38" s="40">
+        <v>5</v>
+      </c>
+      <c r="P38" s="39">
+        <v>4</v>
+      </c>
+      <c r="Q38" s="40">
+        <v>3</v>
+      </c>
+      <c r="R38" s="40">
+        <v>9</v>
+      </c>
+      <c r="S38" s="40">
+        <v>5</v>
+      </c>
+      <c r="T38" s="39">
+        <v>4</v>
+      </c>
+      <c r="U38" s="40">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="39" spans="1:21">
+      <c r="A39" s="47" t="s">
+        <v>22</v>
+      </c>
+      <c r="B39" s="40">
+        <v>4</v>
+      </c>
+      <c r="C39" s="40">
+        <v>6</v>
+      </c>
+      <c r="D39" s="40">
+        <v>10</v>
+      </c>
+      <c r="E39" s="40">
+        <v>3</v>
+      </c>
+      <c r="F39" s="40">
+        <v>9</v>
+      </c>
+      <c r="G39" s="40">
+        <v>7</v>
+      </c>
+      <c r="H39" s="40">
+        <v>10</v>
+      </c>
+      <c r="I39" s="40">
+        <v>8</v>
+      </c>
+      <c r="J39" s="40">
+        <v>13</v>
+      </c>
+      <c r="K39" s="40">
+        <v>7</v>
+      </c>
+      <c r="L39" s="40">
+        <v>7</v>
+      </c>
+      <c r="M39" s="40">
+        <v>9</v>
+      </c>
+      <c r="N39" s="40">
+        <v>8</v>
+      </c>
+      <c r="O39" s="40">
+        <v>16</v>
+      </c>
+      <c r="P39" s="39">
+        <v>9</v>
+      </c>
+      <c r="Q39" s="40">
+        <v>1</v>
+      </c>
+      <c r="R39" s="40">
+        <v>5</v>
+      </c>
+      <c r="S39" s="40">
+        <v>11</v>
+      </c>
+      <c r="T39" s="39">
+        <v>4</v>
+      </c>
+      <c r="U39" s="40">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="40" spans="1:21" ht="15.75" thickBot="1">
+      <c r="A40" s="47" t="s">
+        <v>36</v>
+      </c>
+      <c r="B40" s="40">
+        <v>1</v>
+      </c>
+      <c r="C40" s="40">
+        <v>11</v>
+      </c>
+      <c r="D40" s="40">
+        <v>9</v>
+      </c>
+      <c r="E40" s="40">
+        <v>4</v>
+      </c>
+      <c r="F40" s="40">
+        <v>2</v>
+      </c>
+      <c r="G40" s="40">
+        <v>2</v>
+      </c>
+      <c r="H40" s="40">
+        <v>6</v>
+      </c>
+      <c r="I40" s="40">
+        <v>6</v>
+      </c>
+      <c r="J40" s="40">
+        <v>6</v>
+      </c>
+      <c r="K40" s="40">
+        <v>6</v>
+      </c>
+      <c r="L40" s="40">
+        <v>5</v>
+      </c>
+      <c r="M40" s="40">
+        <v>8</v>
+      </c>
+      <c r="N40" s="40">
+        <v>5</v>
+      </c>
+      <c r="O40" s="40">
+        <v>7</v>
+      </c>
+      <c r="P40" s="39">
+        <v>12</v>
+      </c>
+      <c r="Q40" s="40">
+        <v>0</v>
+      </c>
+      <c r="R40" s="40">
+        <v>2</v>
+      </c>
+      <c r="S40" s="40">
+        <v>5</v>
+      </c>
+      <c r="T40" s="39">
+        <v>4</v>
+      </c>
+      <c r="U40" s="40">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="41" spans="1:21">
+      <c r="A41" s="45" t="s">
         <v>40</v>
       </c>
-      <c r="B2" s="82"/>
-[...42 lines deleted...]
-      <c r="A5" s="76" t="s">
+      <c r="B41" s="46">
+        <v>122</v>
+      </c>
+      <c r="C41" s="46">
+        <v>142</v>
+      </c>
+      <c r="D41" s="46">
+        <v>112</v>
+      </c>
+      <c r="E41" s="46">
+        <v>146</v>
+      </c>
+      <c r="F41" s="46">
+        <v>159</v>
+      </c>
+      <c r="G41" s="46">
+        <v>79</v>
+      </c>
+      <c r="H41" s="46">
         <v>89</v>
       </c>
-      <c r="B5" s="13"/>
-[...22 lines deleted...]
-      <c r="A7" s="30" t="s">
+      <c r="I41" s="46">
+        <v>101</v>
+      </c>
+      <c r="J41" s="46">
+        <v>128</v>
+      </c>
+      <c r="K41" s="46">
+        <v>147</v>
+      </c>
+      <c r="L41" s="46">
+        <v>149</v>
+      </c>
+      <c r="M41" s="46">
+        <v>130</v>
+      </c>
+      <c r="N41" s="46">
+        <v>118</v>
+      </c>
+      <c r="O41" s="46">
+        <v>125</v>
+      </c>
+      <c r="P41" s="46">
+        <v>135</v>
+      </c>
+      <c r="Q41" s="46">
+        <v>12</v>
+      </c>
+      <c r="R41" s="46">
+        <v>90</v>
+      </c>
+      <c r="S41" s="46">
+        <v>151</v>
+      </c>
+      <c r="T41" s="46">
+        <v>118</v>
+      </c>
+      <c r="U41" s="46">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="42" spans="1:21">
+      <c r="A42" s="47" t="s">
+        <v>41</v>
+      </c>
+      <c r="B42" s="48">
+        <v>126</v>
+      </c>
+      <c r="C42" s="48">
+        <v>139</v>
+      </c>
+      <c r="D42" s="48">
+        <v>119</v>
+      </c>
+      <c r="E42" s="48">
+        <v>110</v>
+      </c>
+      <c r="F42" s="48">
+        <v>126</v>
+      </c>
+      <c r="G42" s="48">
+        <v>142</v>
+      </c>
+      <c r="H42" s="48">
+        <v>115</v>
+      </c>
+      <c r="I42" s="48">
+        <v>107</v>
+      </c>
+      <c r="J42" s="48">
+        <v>121</v>
+      </c>
+      <c r="K42" s="48">
+        <v>118</v>
+      </c>
+      <c r="L42" s="48">
+        <v>117</v>
+      </c>
+      <c r="M42" s="48">
+        <v>90</v>
+      </c>
+      <c r="N42" s="48">
+        <v>121</v>
+      </c>
+      <c r="O42" s="48">
+        <v>134</v>
+      </c>
+      <c r="P42" s="48">
+        <v>119</v>
+      </c>
+      <c r="Q42" s="48">
+        <v>57</v>
+      </c>
+      <c r="R42" s="48">
+        <v>69</v>
+      </c>
+      <c r="S42" s="48">
+        <v>130</v>
+      </c>
+      <c r="T42" s="48">
+        <v>111</v>
+      </c>
+      <c r="U42" s="48">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="43" spans="1:21">
+      <c r="A43" s="47" t="s">
+        <v>42</v>
+      </c>
+      <c r="B43" s="48">
+        <v>690</v>
+      </c>
+      <c r="C43" s="48">
+        <v>641</v>
+      </c>
+      <c r="D43" s="48">
+        <v>648</v>
+      </c>
+      <c r="E43" s="48">
+        <v>709</v>
+      </c>
+      <c r="F43" s="48">
+        <v>664</v>
+      </c>
+      <c r="G43" s="48">
+        <v>678</v>
+      </c>
+      <c r="H43" s="48">
+        <v>669</v>
+      </c>
+      <c r="I43" s="48">
+        <v>779</v>
+      </c>
+      <c r="J43" s="48">
+        <v>668</v>
+      </c>
+      <c r="K43" s="48">
+        <v>696</v>
+      </c>
+      <c r="L43" s="48">
+        <v>671</v>
+      </c>
+      <c r="M43" s="48">
+        <v>668</v>
+      </c>
+      <c r="N43" s="48">
+        <v>652</v>
+      </c>
+      <c r="O43" s="48">
+        <v>657</v>
+      </c>
+      <c r="P43" s="48">
+        <v>622</v>
+      </c>
+      <c r="Q43" s="48">
+        <v>425</v>
+      </c>
+      <c r="R43" s="48">
+        <v>406</v>
+      </c>
+      <c r="S43" s="48">
+        <v>593</v>
+      </c>
+      <c r="T43" s="48">
+        <v>525</v>
+      </c>
+      <c r="U43" s="48">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="44" spans="1:21">
+      <c r="A44" s="51" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="52">
+        <v>938</v>
+      </c>
+      <c r="C44" s="52">
+        <v>922</v>
+      </c>
+      <c r="D44" s="52">
+        <v>879</v>
+      </c>
+      <c r="E44" s="52">
+        <v>965</v>
+      </c>
+      <c r="F44" s="52">
+        <v>949</v>
+      </c>
+      <c r="G44" s="52">
+        <v>899</v>
+      </c>
+      <c r="H44" s="52">
+        <v>873</v>
+      </c>
+      <c r="I44" s="52">
+        <v>987</v>
+      </c>
+      <c r="J44" s="52">
+        <v>917</v>
+      </c>
+      <c r="K44" s="52">
+        <v>961</v>
+      </c>
+      <c r="L44" s="52">
+        <v>937</v>
+      </c>
+      <c r="M44" s="52">
+        <v>888</v>
+      </c>
+      <c r="N44" s="52">
+        <v>891</v>
+      </c>
+      <c r="O44" s="52">
+        <v>916</v>
+      </c>
+      <c r="P44" s="52">
+        <v>876</v>
+      </c>
+      <c r="Q44" s="52">
+        <v>494</v>
+      </c>
+      <c r="R44" s="52">
+        <v>565</v>
+      </c>
+      <c r="S44" s="52">
+        <v>874</v>
+      </c>
+      <c r="T44" s="52">
+        <v>754</v>
+      </c>
+      <c r="U44" s="52">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="45" spans="1:21">
+      <c r="A45" s="47" t="s">
+        <v>72</v>
+      </c>
+      <c r="B45" s="48">
+        <v>2</v>
+      </c>
+      <c r="C45" s="53">
+        <v>5</v>
+      </c>
+      <c r="D45" s="53">
+        <v>5</v>
+      </c>
+      <c r="E45" s="53">
+        <v>9</v>
+      </c>
+      <c r="F45" s="53">
+        <v>9</v>
+      </c>
+      <c r="G45" s="53">
+        <v>6</v>
+      </c>
+      <c r="H45" s="53">
         <v>3</v>
       </c>
-      <c r="B7" s="30">
-[...61 lines deleted...]
-      <c r="C8" s="1">
+      <c r="I45" s="53">
+        <v>6</v>
+      </c>
+      <c r="J45" s="53">
         <v>4</v>
       </c>
-      <c r="D8" s="1">
-[...2209 lines deleted...]
-      <c r="K45" s="39">
+      <c r="K45" s="53">
         <v>8</v>
       </c>
       <c r="L45" s="40">
         <v>2</v>
       </c>
       <c r="M45" s="40">
         <v>5</v>
       </c>
       <c r="N45" s="40">
         <v>5</v>
       </c>
       <c r="O45" s="40">
         <v>3</v>
       </c>
       <c r="P45" s="40">
         <v>9</v>
       </c>
       <c r="Q45" s="40">
         <v>2</v>
       </c>
       <c r="R45" s="40">
         <v>1</v>
       </c>
       <c r="S45" s="40">
         <v>9</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B46" s="22">
+      <c r="T45" s="40">
+        <v>8</v>
+      </c>
+      <c r="U45" s="40">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="46" spans="1:21">
+      <c r="A46" s="47" t="s">
+        <v>73</v>
+      </c>
+      <c r="B46" s="48">
         <v>0</v>
       </c>
-      <c r="C46" s="23">
+      <c r="C46" s="53">
         <v>0</v>
       </c>
-      <c r="D46" s="23">
+      <c r="D46" s="53">
         <v>0</v>
       </c>
-      <c r="E46" s="23"/>
-      <c r="F46" s="23">
+      <c r="E46" s="53"/>
+      <c r="F46" s="53">
         <v>3</v>
       </c>
-      <c r="G46" s="23">
+      <c r="G46" s="53">
         <v>3</v>
       </c>
-      <c r="H46" s="23">
+      <c r="H46" s="53">
         <v>3</v>
       </c>
-      <c r="I46" s="23">
+      <c r="I46" s="53">
         <v>1</v>
       </c>
-      <c r="J46" s="23">
+      <c r="J46" s="53">
         <v>0</v>
       </c>
-      <c r="K46" s="23">
+      <c r="K46" s="53">
         <v>2</v>
       </c>
-      <c r="L46" s="1">
+      <c r="L46" s="40">
         <v>1</v>
       </c>
-      <c r="M46" s="1">
+      <c r="M46" s="40">
         <v>1</v>
       </c>
-      <c r="N46" s="1">
+      <c r="N46" s="40">
         <v>7</v>
       </c>
-      <c r="O46" s="1">
+      <c r="O46" s="40">
         <v>0</v>
       </c>
-      <c r="P46" s="1">
+      <c r="P46" s="40">
         <v>4</v>
       </c>
-      <c r="Q46" s="1">
+      <c r="Q46" s="40">
         <v>0</v>
       </c>
-      <c r="R46" s="1">
+      <c r="R46" s="40">
         <v>0</v>
       </c>
-      <c r="S46" s="1">
+      <c r="S46" s="40">
         <v>3</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B47" s="42">
+      <c r="T46" s="40">
         <v>0</v>
       </c>
-      <c r="C47" s="43">
+      <c r="U46" s="40">
         <v>0</v>
       </c>
-      <c r="D47" s="43">
+    </row>
+    <row r="47" spans="1:21">
+      <c r="A47" s="47" t="s">
+        <v>45</v>
+      </c>
+      <c r="B47" s="48">
         <v>0</v>
       </c>
-      <c r="E47" s="43">
+      <c r="C47" s="53">
+        <v>0</v>
+      </c>
+      <c r="D47" s="53">
+        <v>0</v>
+      </c>
+      <c r="E47" s="53">
         <v>1</v>
       </c>
-      <c r="F47" s="43">
+      <c r="F47" s="53">
         <v>0</v>
       </c>
-      <c r="G47" s="43">
+      <c r="G47" s="53">
         <v>0</v>
       </c>
-      <c r="H47" s="43">
+      <c r="H47" s="53">
         <v>1</v>
       </c>
-      <c r="I47" s="43">
+      <c r="I47" s="53">
         <v>0</v>
       </c>
-      <c r="J47" s="43">
+      <c r="J47" s="53">
         <v>0</v>
       </c>
-      <c r="K47" s="43">
+      <c r="K47" s="53">
         <v>0</v>
       </c>
-      <c r="L47" s="44">
+      <c r="L47" s="40">
         <v>1</v>
       </c>
-      <c r="M47" s="44">
+      <c r="M47" s="40">
         <v>0</v>
       </c>
-      <c r="N47" s="44">
+      <c r="N47" s="40">
         <v>1</v>
       </c>
-      <c r="O47" s="44">
+      <c r="O47" s="40">
         <v>0</v>
       </c>
-      <c r="P47" s="44">
+      <c r="P47" s="40">
         <v>2</v>
       </c>
-      <c r="Q47" s="44">
+      <c r="Q47" s="40">
         <v>2</v>
       </c>
-      <c r="R47" s="44">
+      <c r="R47" s="40">
         <v>1</v>
       </c>
-      <c r="S47" s="44">
+      <c r="S47" s="40">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A48" s="45" t="s">
+      <c r="T47" s="40">
+        <v>2</v>
+      </c>
+      <c r="U47" s="40">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48" spans="1:21">
+      <c r="A48" s="51" t="s">
         <v>38</v>
       </c>
-      <c r="B48" s="46">
+      <c r="B48" s="54">
         <v>2</v>
       </c>
-      <c r="C48" s="47">
+      <c r="C48" s="54">
         <v>5</v>
       </c>
-      <c r="D48" s="47">
+      <c r="D48" s="54">
         <v>5</v>
       </c>
-      <c r="E48" s="47">
+      <c r="E48" s="54">
         <v>10</v>
       </c>
-      <c r="F48" s="47">
+      <c r="F48" s="54">
         <v>12</v>
       </c>
-      <c r="G48" s="47">
+      <c r="G48" s="54">
         <v>9</v>
       </c>
-      <c r="H48" s="47">
+      <c r="H48" s="54">
         <v>7</v>
       </c>
-      <c r="I48" s="47">
+      <c r="I48" s="54">
         <v>7</v>
       </c>
-      <c r="J48" s="47">
-[...2 lines deleted...]
-      <c r="K48" s="47">
+      <c r="J48" s="54">
+        <v>4</v>
+      </c>
+      <c r="K48" s="54">
         <v>10</v>
       </c>
-      <c r="L48" s="47">
-[...2 lines deleted...]
-      <c r="M48" s="47">
+      <c r="L48" s="54">
+        <v>4</v>
+      </c>
+      <c r="M48" s="54">
         <v>6</v>
       </c>
-      <c r="N48" s="47">
+      <c r="N48" s="54">
         <v>13</v>
       </c>
-      <c r="O48" s="47">
+      <c r="O48" s="54">
         <v>3</v>
       </c>
-      <c r="P48" s="47">
+      <c r="P48" s="54">
         <v>15</v>
       </c>
-      <c r="Q48" s="47">
+      <c r="Q48" s="54">
         <v>4</v>
       </c>
-      <c r="R48" s="47">
+      <c r="R48" s="54">
         <v>2</v>
       </c>
-      <c r="S48" s="47">
-[...7 lines deleted...]
-      <c r="B49" s="42">
+      <c r="S48" s="54">
+        <v>12</v>
+      </c>
+      <c r="T48" s="54">
+        <v>10</v>
+      </c>
+      <c r="U48" s="54">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="49" spans="1:21">
+      <c r="A49" s="47" t="s">
+        <v>74</v>
+      </c>
+      <c r="B49" s="48">
         <v>0</v>
       </c>
-      <c r="C49" s="43">
+      <c r="C49" s="53">
         <v>0</v>
       </c>
-      <c r="D49" s="43">
+      <c r="D49" s="53">
         <v>0</v>
       </c>
-      <c r="E49" s="43">
+      <c r="E49" s="53">
         <v>0</v>
       </c>
-      <c r="F49" s="43">
+      <c r="F49" s="53">
         <v>0</v>
       </c>
-      <c r="G49" s="43">
+      <c r="G49" s="53">
         <v>0</v>
       </c>
-      <c r="H49" s="43">
+      <c r="H49" s="53">
         <v>0</v>
       </c>
-      <c r="I49" s="43">
+      <c r="I49" s="53">
         <v>0</v>
       </c>
-      <c r="J49" s="43">
+      <c r="J49" s="53">
         <v>5</v>
       </c>
-      <c r="K49" s="43">
+      <c r="K49" s="53">
         <v>0</v>
       </c>
-      <c r="L49" s="44">
+      <c r="L49" s="40">
         <v>42</v>
       </c>
-      <c r="M49" s="44">
+      <c r="M49" s="40">
         <v>0</v>
       </c>
-      <c r="N49" s="44">
+      <c r="N49" s="40">
         <v>0</v>
       </c>
-      <c r="O49" s="44">
+      <c r="O49" s="40">
         <v>0</v>
       </c>
-      <c r="P49" s="44">
+      <c r="P49" s="40">
         <v>20</v>
       </c>
-      <c r="Q49" s="44">
+      <c r="Q49" s="40">
         <v>0</v>
       </c>
-      <c r="R49" s="44">
+      <c r="R49" s="40">
         <v>0</v>
       </c>
-      <c r="S49" s="44">
+      <c r="S49" s="40">
         <v>0</v>
       </c>
-      <c r="T49" s="72"/>
-[...2 lines deleted...]
-      <c r="A50" s="26" t="s">
+      <c r="T49" s="40">
+        <v>58</v>
+      </c>
+      <c r="U49" s="40">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="50" spans="1:21" s="16" customFormat="1" ht="17.100000000000001" customHeight="1">
+      <c r="A50" s="49" t="s">
         <v>37</v>
       </c>
-      <c r="B50" s="27">
+      <c r="B50" s="50">
         <v>940</v>
       </c>
-      <c r="C50" s="28">
+      <c r="C50" s="50">
         <v>927</v>
       </c>
-      <c r="D50" s="28">
+      <c r="D50" s="50">
         <v>884</v>
       </c>
-      <c r="E50" s="28">
+      <c r="E50" s="50">
         <v>975</v>
       </c>
-      <c r="F50" s="28">
+      <c r="F50" s="50">
         <v>961</v>
       </c>
-      <c r="G50" s="28">
+      <c r="G50" s="50">
         <v>908</v>
       </c>
-      <c r="H50" s="28">
+      <c r="H50" s="50">
         <v>880</v>
       </c>
-      <c r="I50" s="28">
+      <c r="I50" s="50">
         <v>994</v>
       </c>
-      <c r="J50" s="28">
+      <c r="J50" s="50">
         <v>926</v>
       </c>
-      <c r="K50" s="28">
+      <c r="K50" s="50">
         <v>971</v>
       </c>
-      <c r="L50" s="28">
+      <c r="L50" s="50">
         <v>983</v>
       </c>
-      <c r="M50" s="28">
+      <c r="M50" s="50">
         <v>894</v>
       </c>
-      <c r="N50" s="28">
+      <c r="N50" s="50">
         <v>904</v>
       </c>
-      <c r="O50" s="28">
+      <c r="O50" s="50">
         <v>919</v>
       </c>
-      <c r="P50" s="28">
+      <c r="P50" s="50">
         <v>911</v>
       </c>
-      <c r="Q50" s="28">
+      <c r="Q50" s="50">
         <v>498</v>
       </c>
-      <c r="R50" s="28">
+      <c r="R50" s="50">
         <v>567</v>
       </c>
-      <c r="S50" s="28">
+      <c r="S50" s="50">
         <v>886</v>
       </c>
-    </row>
-[...160 lines deleted...]
-      <c r="N113" s="13"/>
+      <c r="T50" s="50">
+        <v>822</v>
+      </c>
+      <c r="U50" s="50">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="51" spans="1:21">
+      <c r="A51" s="11"/>
+      <c r="B51" s="12"/>
+      <c r="C51" s="12"/>
+      <c r="D51" s="12"/>
+      <c r="E51" s="12"/>
+      <c r="F51" s="12"/>
+      <c r="G51" s="12"/>
+      <c r="H51" s="12"/>
+      <c r="I51" s="12"/>
+      <c r="P51" s="26"/>
+    </row>
+    <row r="52" spans="1:21">
+      <c r="A52" s="31" t="s">
+        <v>66</v>
+      </c>
+      <c r="B52" s="11"/>
+      <c r="C52" s="12"/>
+      <c r="D52" s="12"/>
+      <c r="E52" s="12"/>
+      <c r="F52" s="12"/>
+      <c r="G52" s="12"/>
+      <c r="H52" s="12"/>
+      <c r="I52" s="12"/>
+      <c r="J52" s="12"/>
+    </row>
+    <row r="53" spans="1:21">
+      <c r="A53" s="1" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="80" spans="13:14">
+      <c r="M80" s="13"/>
+      <c r="N80" s="11"/>
+    </row>
+    <row r="81" spans="13:14">
+      <c r="M81" s="13"/>
+      <c r="N81" s="11"/>
+    </row>
+    <row r="82" spans="13:14">
+      <c r="M82" s="13"/>
+      <c r="N82" s="11"/>
+    </row>
+    <row r="83" spans="13:14">
+      <c r="M83" s="13"/>
+      <c r="N83" s="11"/>
+    </row>
+    <row r="84" spans="13:14">
+      <c r="M84" s="13"/>
+      <c r="N84" s="11"/>
+    </row>
+    <row r="85" spans="13:14">
+      <c r="M85" s="13"/>
+      <c r="N85" s="11"/>
+    </row>
+    <row r="86" spans="13:14">
+      <c r="M86" s="13"/>
+      <c r="N86" s="11"/>
+    </row>
+    <row r="87" spans="13:14">
+      <c r="M87" s="13"/>
+      <c r="N87" s="11"/>
+    </row>
+    <row r="88" spans="13:14">
+      <c r="M88" s="13"/>
+      <c r="N88" s="11"/>
+    </row>
+    <row r="89" spans="13:14">
+      <c r="M89" s="13"/>
+      <c r="N89" s="11"/>
+    </row>
+    <row r="90" spans="13:14">
+      <c r="M90" s="13"/>
+      <c r="N90" s="11"/>
+    </row>
+    <row r="91" spans="13:14">
+      <c r="M91" s="13"/>
+      <c r="N91" s="11"/>
+    </row>
+    <row r="92" spans="13:14">
+      <c r="M92" s="13"/>
+      <c r="N92" s="11"/>
+    </row>
+    <row r="93" spans="13:14">
+      <c r="M93" s="13"/>
+      <c r="N93" s="11"/>
+    </row>
+    <row r="94" spans="13:14">
+      <c r="M94" s="13"/>
+      <c r="N94" s="11"/>
+    </row>
+    <row r="95" spans="13:14">
+      <c r="M95" s="13"/>
+      <c r="N95" s="11"/>
+    </row>
+    <row r="96" spans="13:14">
+      <c r="M96" s="13"/>
+      <c r="N96" s="11"/>
+    </row>
+    <row r="97" spans="13:14">
+      <c r="M97" s="13"/>
+      <c r="N97" s="11"/>
+    </row>
+    <row r="98" spans="13:14">
+      <c r="M98" s="13"/>
+      <c r="N98" s="11"/>
+    </row>
+    <row r="99" spans="13:14">
+      <c r="M99" s="13"/>
+      <c r="N99" s="11"/>
+    </row>
+    <row r="100" spans="13:14">
+      <c r="M100" s="13"/>
+      <c r="N100" s="11"/>
+    </row>
+    <row r="101" spans="13:14">
+      <c r="M101" s="13"/>
+      <c r="N101" s="11"/>
+    </row>
+    <row r="102" spans="13:14">
+      <c r="M102" s="13"/>
+      <c r="N102" s="11"/>
+    </row>
+    <row r="103" spans="13:14">
+      <c r="M103" s="13"/>
+      <c r="N103" s="11"/>
+    </row>
+    <row r="104" spans="13:14">
+      <c r="M104" s="13"/>
+      <c r="N104" s="11"/>
+    </row>
+    <row r="105" spans="13:14">
+      <c r="M105" s="13"/>
+      <c r="N105" s="11"/>
+    </row>
+    <row r="106" spans="13:14">
+      <c r="M106" s="13"/>
+      <c r="N106" s="11"/>
+    </row>
+    <row r="107" spans="13:14">
+      <c r="M107" s="13"/>
+      <c r="N107" s="11"/>
+    </row>
+    <row r="108" spans="13:14">
+      <c r="M108" s="13"/>
+      <c r="N108" s="11"/>
+    </row>
+    <row r="109" spans="13:14">
+      <c r="M109" s="13"/>
+      <c r="N109" s="11"/>
+    </row>
+    <row r="110" spans="13:14">
+      <c r="M110" s="13"/>
+      <c r="N110" s="11"/>
+    </row>
+    <row r="111" spans="13:14">
+      <c r="M111" s="13"/>
+      <c r="N111" s="11"/>
+    </row>
+    <row r="112" spans="13:14">
+      <c r="M112" s="13"/>
+      <c r="N112" s="11"/>
+    </row>
+    <row r="113" spans="13:14">
+      <c r="M113" s="11"/>
+      <c r="N113" s="11"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
-[...1 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="63" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:Q25"/>
+  <dimension ref="A1:U25"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <pane xSplit="1" ySplit="8" topLeftCell="H9" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomLeft" activeCell="A9" sqref="A9"/>
+      <selection pane="bottomRight"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="12.42578125" customWidth="1"/>
-    <col min="2" max="11" width="15.7109375" customWidth="1"/>
+    <col min="1" max="1" width="36.28515625" style="39" customWidth="1"/>
+    <col min="2" max="11" width="15.7109375" style="39" customWidth="1"/>
+    <col min="12" max="16384" width="11.42578125" style="39"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:17" ht="19.5" x14ac:dyDescent="0.3">
-      <c r="A2" s="79" t="s">
+    <row r="1" spans="1:21" s="55" customFormat="1" ht="30" customHeight="1">
+      <c r="A1" s="33"/>
+    </row>
+    <row r="2" spans="1:21" ht="31.5">
+      <c r="A2" s="30" t="s">
+        <v>86</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="30"/>
+      <c r="J2" s="30"/>
+      <c r="K2" s="30"/>
+    </row>
+    <row r="3" spans="1:21" s="40" customFormat="1"/>
+    <row r="4" spans="1:21" s="40" customFormat="1">
+      <c r="A4" s="31" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="5" spans="1:21" s="40" customFormat="1">
+      <c r="A5" s="32" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21" s="40" customFormat="1">
+      <c r="A6" s="56"/>
+    </row>
+    <row r="7" spans="1:21" ht="15.75">
+      <c r="A7" s="86" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" s="86">
+        <v>2015</v>
+      </c>
+      <c r="C7" s="86"/>
+      <c r="D7" s="86">
+        <v>2016</v>
+      </c>
+      <c r="E7" s="86"/>
+      <c r="F7" s="86">
+        <v>2017</v>
+      </c>
+      <c r="G7" s="86"/>
+      <c r="H7" s="86">
+        <v>2018</v>
+      </c>
+      <c r="I7" s="86"/>
+      <c r="J7" s="86">
+        <v>2019</v>
+      </c>
+      <c r="K7" s="86"/>
+      <c r="L7" s="86">
+        <v>2020</v>
+      </c>
+      <c r="M7" s="86"/>
+      <c r="N7" s="86">
+        <v>2021</v>
+      </c>
+      <c r="O7" s="86"/>
+      <c r="P7" s="86">
+        <v>2022</v>
+      </c>
+      <c r="Q7" s="86"/>
+      <c r="R7" s="86">
+        <v>2023</v>
+      </c>
+      <c r="S7" s="86"/>
+      <c r="T7" s="86">
+        <v>2024</v>
+      </c>
+      <c r="U7" s="86"/>
+    </row>
+    <row r="8" spans="1:21" ht="31.5">
+      <c r="A8" s="86"/>
+      <c r="B8" s="37" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="D8" s="37" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="F8" s="37" t="s">
+        <v>64</v>
+      </c>
+      <c r="G8" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="H8" s="37" t="s">
+        <v>64</v>
+      </c>
+      <c r="I8" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="J8" s="37" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="L8" s="37" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" s="37" t="s">
+        <v>64</v>
+      </c>
+      <c r="O8" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" s="37" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q8" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="R8" s="37" t="s">
+        <v>64</v>
+      </c>
+      <c r="S8" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="T8" s="37" t="s">
+        <v>64</v>
+      </c>
+      <c r="U8" s="37" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21">
+      <c r="A9" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" s="39">
+        <v>8</v>
+      </c>
+      <c r="C9" s="39">
+        <v>8</v>
+      </c>
+      <c r="D9" s="39">
+        <v>12</v>
+      </c>
+      <c r="E9" s="39">
+        <v>12</v>
+      </c>
+      <c r="F9" s="39">
+        <v>9</v>
+      </c>
+      <c r="G9" s="39">
+        <v>9</v>
+      </c>
+      <c r="H9" s="39">
+        <v>4</v>
+      </c>
+      <c r="I9" s="39">
+        <v>4</v>
+      </c>
+      <c r="J9" s="39">
+        <v>7</v>
+      </c>
+      <c r="K9" s="39">
+        <v>7</v>
+      </c>
+      <c r="L9" s="39">
+        <v>6</v>
+      </c>
+      <c r="M9" s="39">
+        <v>5</v>
+      </c>
+      <c r="N9" s="39">
+        <v>1</v>
+      </c>
+      <c r="O9" s="39">
+        <v>1</v>
+      </c>
+      <c r="P9" s="39">
+        <v>1</v>
+      </c>
+      <c r="Q9" s="39">
+        <v>1</v>
+      </c>
+      <c r="R9" s="39">
+        <v>3</v>
+      </c>
+      <c r="S9" s="39">
+        <v>3</v>
+      </c>
+      <c r="T9" s="39">
+        <v>3</v>
+      </c>
+      <c r="U9" s="39">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21">
+      <c r="A10" s="57" t="s">
+        <v>52</v>
+      </c>
+      <c r="B10" s="39">
+        <v>130</v>
+      </c>
+      <c r="C10" s="39">
+        <v>130</v>
+      </c>
+      <c r="D10" s="39">
+        <v>117</v>
+      </c>
+      <c r="E10" s="39">
+        <v>117</v>
+      </c>
+      <c r="F10" s="39">
+        <v>128</v>
+      </c>
+      <c r="G10" s="39">
+        <v>128</v>
+      </c>
+      <c r="H10" s="39">
+        <v>123</v>
+      </c>
+      <c r="I10" s="39">
+        <v>123</v>
+      </c>
+      <c r="J10" s="39">
+        <v>110</v>
+      </c>
+      <c r="K10" s="39">
+        <v>110</v>
+      </c>
+      <c r="L10" s="39">
+        <v>73</v>
+      </c>
+      <c r="M10" s="39">
+        <v>72</v>
+      </c>
+      <c r="N10" s="39">
+        <v>50</v>
+      </c>
+      <c r="O10" s="39">
+        <v>46</v>
+      </c>
+      <c r="P10" s="39">
+        <v>54</v>
+      </c>
+      <c r="Q10" s="39">
+        <v>54</v>
+      </c>
+      <c r="R10" s="39">
+        <v>51</v>
+      </c>
+      <c r="S10" s="39">
+        <v>51</v>
+      </c>
+      <c r="T10" s="39">
+        <v>67</v>
+      </c>
+      <c r="U10" s="39">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21">
+      <c r="A11" s="57" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" s="39">
+        <v>384</v>
+      </c>
+      <c r="C11" s="39">
+        <v>384</v>
+      </c>
+      <c r="D11" s="39">
+        <v>348</v>
+      </c>
+      <c r="E11" s="39">
+        <v>346</v>
+      </c>
+      <c r="F11" s="39">
+        <v>340</v>
+      </c>
+      <c r="G11" s="39">
+        <v>336</v>
+      </c>
+      <c r="H11" s="39">
+        <v>297</v>
+      </c>
+      <c r="I11" s="39">
+        <v>297</v>
+      </c>
+      <c r="J11" s="39">
+        <v>282</v>
+      </c>
+      <c r="K11" s="39">
+        <v>281</v>
+      </c>
+      <c r="L11" s="39">
+        <v>166</v>
+      </c>
+      <c r="M11" s="39">
+        <v>158</v>
+      </c>
+      <c r="N11" s="39">
+        <v>156</v>
+      </c>
+      <c r="O11" s="39">
+        <v>150</v>
+      </c>
+      <c r="P11" s="39">
+        <v>211</v>
+      </c>
+      <c r="Q11" s="39">
+        <v>208</v>
+      </c>
+      <c r="R11" s="39">
+        <v>189</v>
+      </c>
+      <c r="S11" s="39">
+        <v>189</v>
+      </c>
+      <c r="T11" s="39">
+        <v>151</v>
+      </c>
+      <c r="U11" s="39">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21">
+      <c r="A12" s="57" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" s="39">
+        <v>441</v>
+      </c>
+      <c r="C12" s="39">
+        <v>430</v>
+      </c>
+      <c r="D12" s="39">
+        <v>415</v>
+      </c>
+      <c r="E12" s="39">
+        <v>407</v>
+      </c>
+      <c r="F12" s="39">
+        <v>430</v>
+      </c>
+      <c r="G12" s="39">
+        <v>427</v>
+      </c>
+      <c r="H12" s="39">
+        <v>433</v>
+      </c>
+      <c r="I12" s="39">
+        <v>426</v>
+      </c>
+      <c r="J12" s="39">
+        <v>407</v>
+      </c>
+      <c r="K12" s="39">
+        <v>401</v>
+      </c>
+      <c r="L12" s="39">
+        <v>190</v>
+      </c>
+      <c r="M12" s="39">
+        <v>179</v>
+      </c>
+      <c r="N12" s="39">
+        <v>245</v>
+      </c>
+      <c r="O12" s="39">
+        <v>234</v>
+      </c>
+      <c r="P12" s="39">
+        <v>433</v>
+      </c>
+      <c r="Q12" s="39">
+        <v>421</v>
+      </c>
+      <c r="R12" s="39">
+        <v>334</v>
+      </c>
+      <c r="S12" s="39">
+        <v>331</v>
+      </c>
+      <c r="T12" s="39">
+        <v>276</v>
+      </c>
+      <c r="U12" s="39">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21">
+      <c r="A13" s="57" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" s="39">
+        <v>352</v>
+      </c>
+      <c r="C13" s="39">
+        <v>319</v>
+      </c>
+      <c r="D13" s="39">
+        <v>270</v>
+      </c>
+      <c r="E13" s="39">
+        <v>257</v>
+      </c>
+      <c r="F13" s="39">
+        <v>268</v>
+      </c>
+      <c r="G13" s="39">
+        <v>253</v>
+      </c>
+      <c r="H13" s="39">
+        <v>282</v>
+      </c>
+      <c r="I13" s="39">
+        <v>273</v>
+      </c>
+      <c r="J13" s="39">
+        <v>346</v>
+      </c>
+      <c r="K13" s="39">
+        <v>327</v>
+      </c>
+      <c r="L13" s="39">
+        <v>158</v>
+      </c>
+      <c r="M13" s="39">
+        <v>142</v>
+      </c>
+      <c r="N13" s="39">
+        <v>231</v>
+      </c>
+      <c r="O13" s="39">
+        <v>222</v>
+      </c>
+      <c r="P13" s="39">
+        <v>339</v>
+      </c>
+      <c r="Q13" s="39">
+        <v>319</v>
+      </c>
+      <c r="R13" s="39">
+        <v>308</v>
+      </c>
+      <c r="S13" s="39">
+        <v>297</v>
+      </c>
+      <c r="T13" s="39">
+        <v>213</v>
+      </c>
+      <c r="U13" s="39">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21">
+      <c r="A14" s="57" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" s="39">
+        <v>218</v>
+      </c>
+      <c r="C14" s="39">
+        <v>179</v>
+      </c>
+      <c r="D14" s="39">
+        <v>226</v>
+      </c>
+      <c r="E14" s="39">
+        <v>193</v>
+      </c>
+      <c r="F14" s="39">
+        <v>210</v>
+      </c>
+      <c r="G14" s="39">
+        <v>177</v>
+      </c>
+      <c r="H14" s="39">
+        <v>213</v>
+      </c>
+      <c r="I14" s="39">
+        <v>201</v>
+      </c>
+      <c r="J14" s="39">
+        <v>199</v>
+      </c>
+      <c r="K14" s="39">
+        <v>177</v>
+      </c>
+      <c r="L14" s="39">
+        <v>105</v>
+      </c>
+      <c r="M14" s="39">
+        <v>95</v>
+      </c>
+      <c r="N14" s="39">
+        <v>155</v>
+      </c>
+      <c r="O14" s="39">
+        <v>133</v>
+      </c>
+      <c r="P14" s="39">
+        <v>229</v>
+      </c>
+      <c r="Q14" s="39">
+        <v>211</v>
+      </c>
+      <c r="R14" s="39">
+        <v>224</v>
+      </c>
+      <c r="S14" s="39">
+        <v>198</v>
+      </c>
+      <c r="T14" s="39">
+        <v>173</v>
+      </c>
+      <c r="U14" s="39">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21">
+      <c r="A15" s="57" t="s">
+        <v>57</v>
+      </c>
+      <c r="B15" s="39">
+        <v>142</v>
+      </c>
+      <c r="C15" s="39">
+        <v>110</v>
+      </c>
+      <c r="D15" s="39">
+        <v>134</v>
+      </c>
+      <c r="E15" s="39">
+        <v>102</v>
+      </c>
+      <c r="F15" s="39">
+        <v>156</v>
+      </c>
+      <c r="G15" s="39">
+        <v>126</v>
+      </c>
+      <c r="H15" s="39">
+        <v>200</v>
+      </c>
+      <c r="I15" s="39">
+        <v>178</v>
+      </c>
+      <c r="J15" s="39">
+        <v>158</v>
+      </c>
+      <c r="K15" s="39">
+        <v>138</v>
+      </c>
+      <c r="L15" s="39">
+        <v>100</v>
+      </c>
+      <c r="M15" s="39">
+        <v>83</v>
+      </c>
+      <c r="N15" s="39">
+        <v>107</v>
+      </c>
+      <c r="O15" s="39">
+        <v>86</v>
+      </c>
+      <c r="P15" s="39">
+        <v>145</v>
+      </c>
+      <c r="Q15" s="39">
+        <v>110</v>
+      </c>
+      <c r="R15" s="39">
+        <v>156</v>
+      </c>
+      <c r="S15" s="39">
+        <v>127</v>
+      </c>
+      <c r="T15" s="39">
+        <v>122</v>
+      </c>
+      <c r="U15" s="39">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21">
+      <c r="A16" s="57" t="s">
+        <v>58</v>
+      </c>
+      <c r="B16" s="39">
+        <v>121</v>
+      </c>
+      <c r="C16" s="39">
+        <v>69</v>
+      </c>
+      <c r="D16" s="39">
+        <v>119</v>
+      </c>
+      <c r="E16" s="39">
+        <v>93</v>
+      </c>
+      <c r="F16" s="39">
+        <v>120</v>
+      </c>
+      <c r="G16" s="39">
+        <v>80</v>
+      </c>
+      <c r="H16" s="39">
+        <v>128</v>
+      </c>
+      <c r="I16" s="39">
+        <v>94</v>
+      </c>
+      <c r="J16" s="39">
+        <v>129</v>
+      </c>
+      <c r="K16" s="39">
+        <v>92</v>
+      </c>
+      <c r="L16" s="39">
+        <v>75</v>
+      </c>
+      <c r="M16" s="39">
+        <v>55</v>
+      </c>
+      <c r="N16" s="39">
+        <v>67</v>
+      </c>
+      <c r="O16" s="39">
+        <v>53</v>
+      </c>
+      <c r="P16" s="39">
+        <v>151</v>
+      </c>
+      <c r="Q16" s="39">
+        <v>101</v>
+      </c>
+      <c r="R16" s="39">
+        <v>114</v>
+      </c>
+      <c r="S16" s="39">
+        <v>85</v>
+      </c>
+      <c r="T16" s="39">
+        <v>92</v>
+      </c>
+      <c r="U16" s="39">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="17" spans="1:21">
+      <c r="A17" s="57" t="s">
+        <v>59</v>
+      </c>
+      <c r="B17" s="39">
+        <v>75</v>
+      </c>
+      <c r="C17" s="39">
+        <v>30</v>
+      </c>
+      <c r="D17" s="39">
+        <v>64</v>
+      </c>
+      <c r="E17" s="39">
+        <v>34</v>
+      </c>
+      <c r="F17" s="39">
+        <v>63</v>
+      </c>
+      <c r="G17" s="39">
+        <v>37</v>
+      </c>
+      <c r="H17" s="39">
+        <v>83</v>
+      </c>
+      <c r="I17" s="39">
+        <v>73</v>
+      </c>
+      <c r="J17" s="39">
+        <v>84</v>
+      </c>
+      <c r="K17" s="39">
+        <v>45</v>
+      </c>
+      <c r="L17" s="39">
+        <v>49</v>
+      </c>
+      <c r="M17" s="39">
+        <v>26</v>
+      </c>
+      <c r="N17" s="39">
+        <v>56</v>
+      </c>
+      <c r="O17" s="39">
+        <v>31</v>
+      </c>
+      <c r="P17" s="39">
+        <v>107</v>
+      </c>
+      <c r="Q17" s="39">
+        <v>66</v>
+      </c>
+      <c r="R17" s="39">
+        <v>111</v>
+      </c>
+      <c r="S17" s="39">
+        <v>75</v>
+      </c>
+      <c r="T17" s="39">
+        <v>70</v>
+      </c>
+      <c r="U17" s="39">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="18" spans="1:21">
+      <c r="A18" s="57" t="s">
+        <v>60</v>
+      </c>
+      <c r="B18" s="39">
+        <v>54</v>
+      </c>
+      <c r="C18" s="39">
+        <v>19</v>
+      </c>
+      <c r="D18" s="39">
+        <v>40</v>
+      </c>
+      <c r="E18" s="39">
+        <v>19</v>
+      </c>
+      <c r="F18" s="39">
+        <v>38</v>
+      </c>
+      <c r="G18" s="39">
+        <v>20</v>
+      </c>
+      <c r="H18" s="39">
+        <v>37</v>
+      </c>
+      <c r="I18" s="39">
+        <v>31</v>
+      </c>
+      <c r="J18" s="39">
+        <v>55</v>
+      </c>
+      <c r="K18" s="39">
+        <v>33</v>
+      </c>
+      <c r="L18" s="39">
+        <v>38</v>
+      </c>
+      <c r="M18" s="39">
+        <v>22</v>
+      </c>
+      <c r="N18" s="39">
+        <v>26</v>
+      </c>
+      <c r="O18" s="39">
+        <v>13</v>
+      </c>
+      <c r="P18" s="39">
+        <v>52</v>
+      </c>
+      <c r="Q18" s="39">
+        <v>34</v>
+      </c>
+      <c r="R18" s="39">
+        <v>79</v>
+      </c>
+      <c r="S18" s="39">
+        <v>36</v>
+      </c>
+      <c r="T18" s="39">
+        <v>52</v>
+      </c>
+      <c r="U18" s="39">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21">
+      <c r="A19" s="57" t="s">
+        <v>61</v>
+      </c>
+      <c r="B19" s="39">
+        <v>23</v>
+      </c>
+      <c r="C19" s="39">
+        <v>6</v>
+      </c>
+      <c r="D19" s="39">
+        <v>19</v>
+      </c>
+      <c r="E19" s="39">
+        <v>12</v>
+      </c>
+      <c r="F19" s="39">
+        <v>25</v>
+      </c>
+      <c r="G19" s="39">
+        <v>15</v>
+      </c>
+      <c r="H19" s="39">
+        <v>19</v>
+      </c>
+      <c r="I19" s="39">
+        <v>14</v>
+      </c>
+      <c r="J19" s="39">
+        <v>24</v>
+      </c>
+      <c r="K19" s="39">
+        <v>12</v>
+      </c>
+      <c r="L19" s="39">
+        <v>18</v>
+      </c>
+      <c r="M19" s="39">
+        <v>9</v>
+      </c>
+      <c r="N19" s="39">
+        <v>24</v>
+      </c>
+      <c r="O19" s="39">
+        <v>13</v>
+      </c>
+      <c r="P19" s="39">
+        <v>26</v>
+      </c>
+      <c r="Q19" s="39">
+        <v>12</v>
+      </c>
+      <c r="R19" s="39">
+        <v>36</v>
+      </c>
+      <c r="S19" s="39">
+        <v>18</v>
+      </c>
+      <c r="T19" s="39">
+        <v>28</v>
+      </c>
+      <c r="U19" s="39">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21">
+      <c r="A20" s="57" t="s">
+        <v>62</v>
+      </c>
+      <c r="B20" s="39">
+        <v>14</v>
+      </c>
+      <c r="C20" s="39">
+        <v>3</v>
+      </c>
+      <c r="D20" s="39">
+        <v>10</v>
+      </c>
+      <c r="E20" s="39">
+        <v>2</v>
+      </c>
+      <c r="F20" s="39">
+        <v>13</v>
+      </c>
+      <c r="G20" s="39">
+        <v>5</v>
+      </c>
+      <c r="H20" s="39">
+        <v>12</v>
+      </c>
+      <c r="I20" s="39">
+        <v>8</v>
+      </c>
+      <c r="J20" s="39">
+        <v>11</v>
+      </c>
+      <c r="K20" s="39">
+        <v>3</v>
+      </c>
+      <c r="L20" s="39">
+        <v>10</v>
+      </c>
+      <c r="M20" s="39">
+        <v>4</v>
+      </c>
+      <c r="N20" s="39">
+        <v>9</v>
+      </c>
+      <c r="O20" s="39">
+        <v>5</v>
+      </c>
+      <c r="P20" s="39">
+        <v>12</v>
+      </c>
+      <c r="Q20" s="39">
+        <v>4</v>
+      </c>
+      <c r="R20" s="39">
+        <v>16</v>
+      </c>
+      <c r="S20" s="39">
+        <v>7</v>
+      </c>
+      <c r="T20" s="39">
+        <v>14</v>
+      </c>
+      <c r="U20" s="39">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="21" spans="1:21">
+      <c r="A21" s="57" t="s">
+        <v>63</v>
+      </c>
+      <c r="B21" s="39">
+        <v>2</v>
+      </c>
+      <c r="C21" s="39">
+        <v>0</v>
+      </c>
+      <c r="D21" s="39">
+        <v>9</v>
+      </c>
+      <c r="E21" s="39">
+        <v>2</v>
+      </c>
+      <c r="F21" s="39">
+        <v>5</v>
+      </c>
+      <c r="G21" s="39">
+        <v>1</v>
+      </c>
+      <c r="H21" s="39">
+        <v>6</v>
+      </c>
+      <c r="I21" s="39">
+        <v>5</v>
+      </c>
+      <c r="J21" s="39">
+        <v>4</v>
+      </c>
+      <c r="K21" s="39">
+        <v>0</v>
+      </c>
+      <c r="L21" s="39">
+        <v>6</v>
+      </c>
+      <c r="M21" s="39">
+        <v>1</v>
+      </c>
+      <c r="N21" s="39">
+        <v>4</v>
+      </c>
+      <c r="O21" s="39">
+        <v>4</v>
+      </c>
+      <c r="P21" s="39">
+        <v>6</v>
+      </c>
+      <c r="Q21" s="39">
+        <v>3</v>
+      </c>
+      <c r="R21" s="39">
+        <v>4</v>
+      </c>
+      <c r="S21" s="39">
+        <v>3</v>
+      </c>
+      <c r="T21" s="39">
+        <v>4</v>
+      </c>
+      <c r="U21" s="39">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:21">
+      <c r="A22" s="57" t="s">
+        <v>65</v>
+      </c>
+      <c r="B22" s="39">
+        <v>2</v>
+      </c>
+      <c r="C22" s="39">
+        <v>1</v>
+      </c>
+      <c r="D22" s="39">
+        <v>5</v>
+      </c>
+      <c r="E22" s="39">
+        <v>2</v>
+      </c>
+      <c r="F22" s="39">
+        <v>5</v>
+      </c>
+      <c r="G22" s="39">
+        <v>3</v>
+      </c>
+      <c r="H22" s="39">
+        <v>1</v>
+      </c>
+      <c r="I22" s="39">
+        <v>1</v>
+      </c>
+      <c r="J22" s="39">
+        <v>4</v>
+      </c>
+      <c r="K22" s="39">
+        <v>1</v>
+      </c>
+      <c r="L22" s="39">
+        <v>2</v>
+      </c>
+      <c r="M22" s="39">
+        <v>1</v>
+      </c>
+      <c r="N22" s="39">
+        <v>3</v>
+      </c>
+      <c r="O22" s="39">
+        <v>1</v>
+      </c>
+      <c r="P22" s="39">
+        <v>6</v>
+      </c>
+      <c r="Q22" s="39">
+        <v>1</v>
+      </c>
+      <c r="R22" s="39">
+        <v>9</v>
+      </c>
+      <c r="S22" s="39">
+        <v>0</v>
+      </c>
+      <c r="T22" s="39">
+        <v>2</v>
+      </c>
+      <c r="U22" s="39">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="23" spans="1:21" s="58" customFormat="1" ht="17.100000000000001" customHeight="1">
+      <c r="A23" s="49" t="s">
         <v>68</v>
       </c>
-      <c r="B2" s="80"/>
-[...585 lines deleted...]
-      <c r="Q17">
+      <c r="B23" s="50">
+        <v>1966</v>
+      </c>
+      <c r="C23" s="50">
+        <v>1688</v>
+      </c>
+      <c r="D23" s="50">
+        <v>1788</v>
+      </c>
+      <c r="E23" s="50">
+        <v>1598</v>
+      </c>
+      <c r="F23" s="50">
+        <v>1810</v>
+      </c>
+      <c r="G23" s="50">
+        <v>1617</v>
+      </c>
+      <c r="H23" s="50">
+        <v>1838</v>
+      </c>
+      <c r="I23" s="50">
+        <v>1728</v>
+      </c>
+      <c r="J23" s="50">
+        <v>1820</v>
+      </c>
+      <c r="K23" s="50">
+        <v>1627</v>
+      </c>
+      <c r="L23" s="50">
+        <v>996</v>
+      </c>
+      <c r="M23" s="50">
+        <v>852</v>
+      </c>
+      <c r="N23" s="50">
+        <v>1134</v>
+      </c>
+      <c r="O23" s="50">
+        <v>992</v>
+      </c>
+      <c r="P23" s="50">
+        <v>1772</v>
+      </c>
+      <c r="Q23" s="50">
+        <v>1545</v>
+      </c>
+      <c r="R23" s="50">
+        <v>1634</v>
+      </c>
+      <c r="S23" s="50">
+        <v>1420</v>
+      </c>
+      <c r="T23" s="50">
+        <v>1267</v>
+      </c>
+      <c r="U23" s="50">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="25" spans="1:21">
+      <c r="A25" s="31" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="18" spans="1:17" x14ac:dyDescent="0.25">
-[...323 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="10">
-[...3 lines deleted...]
-    <mergeCell ref="A2:K2"/>
+  <mergeCells count="11">
+    <mergeCell ref="A7:A8"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="F7:G7"/>
     <mergeCell ref="H7:I7"/>
     <mergeCell ref="J7:K7"/>
-    <mergeCell ref="A7:A8"/>
+    <mergeCell ref="R7:S7"/>
+    <mergeCell ref="T7:U7"/>
+    <mergeCell ref="P7:Q7"/>
+    <mergeCell ref="L7:M7"/>
+    <mergeCell ref="N7:O7"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="77" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:Q40"/>
+  <dimension ref="A1:X40"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="25.5703125" customWidth="1"/>
-    <col min="2" max="11" width="12.7109375" customWidth="1"/>
+    <col min="1" max="1" width="25.5703125" style="39" customWidth="1"/>
+    <col min="2" max="11" width="12.7109375" style="39" customWidth="1"/>
+    <col min="12" max="16384" width="11.42578125" style="39"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:17" ht="19.5" x14ac:dyDescent="0.3">
-[...29 lines deleted...]
-      <c r="A7" s="85" t="s">
+    <row r="1" spans="1:24" s="55" customFormat="1" ht="30" customHeight="1">
+      <c r="A1" s="33"/>
+    </row>
+    <row r="2" spans="1:24" ht="31.5">
+      <c r="A2" s="30" t="s">
+        <v>75</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="30"/>
+      <c r="J2" s="30"/>
+      <c r="K2" s="30"/>
+    </row>
+    <row r="3" spans="1:24" s="40" customFormat="1"/>
+    <row r="4" spans="1:24" s="40" customFormat="1">
+      <c r="A4" s="31" t="s">
+        <v>71</v>
+      </c>
+      <c r="R4" s="80"/>
+      <c r="S4" s="80"/>
+      <c r="T4" s="80"/>
+      <c r="U4" s="80"/>
+      <c r="V4" s="80"/>
+      <c r="W4" s="80"/>
+      <c r="X4" s="80"/>
+    </row>
+    <row r="5" spans="1:24" s="40" customFormat="1">
+      <c r="A5" s="32" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="6" spans="1:24" s="40" customFormat="1">
+      <c r="A6" s="56"/>
+    </row>
+    <row r="7" spans="1:24" ht="15.75">
+      <c r="A7" s="86" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" s="86">
+        <v>2015</v>
+      </c>
+      <c r="C7" s="86"/>
+      <c r="D7" s="86">
+        <v>2016</v>
+      </c>
+      <c r="E7" s="86"/>
+      <c r="F7" s="86">
+        <v>2017</v>
+      </c>
+      <c r="G7" s="86"/>
+      <c r="H7" s="86">
+        <v>2018</v>
+      </c>
+      <c r="I7" s="86"/>
+      <c r="J7" s="86">
+        <v>2019</v>
+      </c>
+      <c r="K7" s="86"/>
+      <c r="L7" s="86">
+        <v>2020</v>
+      </c>
+      <c r="M7" s="86"/>
+      <c r="N7" s="86">
+        <v>2021</v>
+      </c>
+      <c r="O7" s="86"/>
+      <c r="P7" s="86">
+        <v>2022</v>
+      </c>
+      <c r="Q7" s="86"/>
+      <c r="R7" s="86">
+        <v>2023</v>
+      </c>
+      <c r="S7" s="86"/>
+      <c r="T7" s="86">
+        <v>2024</v>
+      </c>
+      <c r="U7" s="86"/>
+    </row>
+    <row r="8" spans="1:24" ht="47.25">
+      <c r="A8" s="86"/>
+      <c r="B8" s="37" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" s="37" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="F8" s="37" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="H8" s="37" t="s">
+        <v>67</v>
+      </c>
+      <c r="I8" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="J8" s="37" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="L8" s="37" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" s="37" t="s">
+        <v>67</v>
+      </c>
+      <c r="O8" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" s="37" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q8" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="R8" s="37" t="s">
+        <v>67</v>
+      </c>
+      <c r="S8" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="T8" s="37" t="s">
+        <v>67</v>
+      </c>
+      <c r="U8" s="37" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:24">
+      <c r="A9" s="59" t="s">
         <v>51</v>
       </c>
-      <c r="B7" s="83">
-[...34 lines deleted...]
-      <c r="B8" s="58" t="s">
+      <c r="B9" s="60">
+        <v>0.35741144759082349</v>
+      </c>
+      <c r="C9" s="60">
+        <v>0.35741144759082349</v>
+      </c>
+      <c r="D9" s="60">
+        <v>0.5512164274744642</v>
+      </c>
+      <c r="E9" s="60">
+        <v>0.5512164274744642</v>
+      </c>
+      <c r="F9" s="60">
+        <v>0.41793401286308018</v>
+      </c>
+      <c r="G9" s="60">
+        <v>0.41793401286308018</v>
+      </c>
+      <c r="H9" s="60">
+        <v>0.18636029034933238</v>
+      </c>
+      <c r="I9" s="60">
+        <v>0.18636029034933238</v>
+      </c>
+      <c r="J9" s="60">
+        <v>0.32794155769116645</v>
+      </c>
+      <c r="K9" s="60">
+        <v>0.32794155769116645</v>
+      </c>
+      <c r="L9" s="60">
+        <v>0.28677946659019216</v>
+      </c>
+      <c r="M9" s="60">
+        <v>0.23898288882516011</v>
+      </c>
+      <c r="N9" s="60">
+        <v>4.817651876475406E-2</v>
+      </c>
+      <c r="O9" s="60">
+        <v>4.817651876475406E-2</v>
+      </c>
+      <c r="P9" s="60">
+        <v>4.8926072704144043E-2</v>
+      </c>
+      <c r="Q9" s="60">
+        <v>4.8926072704144043E-2</v>
+      </c>
+      <c r="R9" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="S9" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="T9" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="U9" s="81" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24">
+      <c r="A10" s="59" t="s">
+        <v>52</v>
+      </c>
+      <c r="B10" s="60">
+        <v>6.5853349655958464</v>
+      </c>
+      <c r="C10" s="60">
+        <v>6.5853349655958464</v>
+      </c>
+      <c r="D10" s="60">
+        <v>5.9157735421663196</v>
+      </c>
+      <c r="E10" s="60">
+        <v>5.9157735421663196</v>
+      </c>
+      <c r="F10" s="60">
+        <v>6.6425528160791307</v>
+      </c>
+      <c r="G10" s="60">
+        <v>6.6425528160791307</v>
+      </c>
+      <c r="H10" s="60">
+        <v>6.5581928535248073</v>
+      </c>
+      <c r="I10" s="60">
+        <v>6.5581928535248073</v>
+      </c>
+      <c r="J10" s="60">
+        <v>5.9873612247600976</v>
+      </c>
+      <c r="K10" s="60">
+        <v>5.9873612247600976</v>
+      </c>
+      <c r="L10" s="60">
+        <v>3.8496018562463745</v>
+      </c>
+      <c r="M10" s="60">
+        <v>3.7968675842429995</v>
+      </c>
+      <c r="N10" s="60">
+        <v>2.5095362377032724</v>
+      </c>
+      <c r="O10" s="60">
+        <v>2.3087733386870108</v>
+      </c>
+      <c r="P10" s="60">
+        <v>2.8869286287089011</v>
+      </c>
+      <c r="Q10" s="60">
+        <v>2.8869286287089011</v>
+      </c>
+      <c r="R10" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="S10" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="T10" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="U10" s="81" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24">
+      <c r="A11" s="59" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" s="60">
+        <v>18.748626809559848</v>
+      </c>
+      <c r="C11" s="60">
+        <v>18.748626809559848</v>
+      </c>
+      <c r="D11" s="60">
+        <v>17.102445944639843</v>
+      </c>
+      <c r="E11" s="60">
+        <v>17.004156025417775</v>
+      </c>
+      <c r="F11" s="60">
+        <v>16.913852113236583</v>
+      </c>
+      <c r="G11" s="60">
+        <v>16.714865617786742</v>
+      </c>
+      <c r="H11" s="60">
+        <v>14.992781253470552</v>
+      </c>
+      <c r="I11" s="60">
+        <v>14.992781253470552</v>
+      </c>
+      <c r="J11" s="60">
+        <v>14.571334086587484</v>
+      </c>
+      <c r="K11" s="60">
+        <v>14.519662689117316</v>
+      </c>
+      <c r="L11" s="60">
+        <v>8.9180186956054577</v>
+      </c>
+      <c r="M11" s="60">
+        <v>8.4882346620823022</v>
+      </c>
+      <c r="N11" s="60">
+        <v>8.666185211932671</v>
+      </c>
+      <c r="O11" s="60">
+        <v>8.3328703960891062</v>
+      </c>
+      <c r="P11" s="60">
+        <v>12.717738532939546</v>
+      </c>
+      <c r="Q11" s="60">
+        <v>12.536917605930928</v>
+      </c>
+      <c r="R11" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="S11" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="T11" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="U11" s="81" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24">
+      <c r="A12" s="59" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" s="60">
+        <v>21.531801315018555</v>
+      </c>
+      <c r="C12" s="60">
+        <v>20.994726905800405</v>
+      </c>
+      <c r="D12" s="60">
+        <v>20.342140091172002</v>
+      </c>
+      <c r="E12" s="60">
+        <v>19.950002450860254</v>
+      </c>
+      <c r="F12" s="60">
+        <v>20.895570853357583</v>
+      </c>
+      <c r="G12" s="60">
+        <v>20.749447980257177</v>
+      </c>
+      <c r="H12" s="60">
+        <v>21.072918136823102</v>
+      </c>
+      <c r="I12" s="60">
+        <v>20.732247404819034</v>
+      </c>
+      <c r="J12" s="60">
+        <v>19.772126645248218</v>
+      </c>
+      <c r="K12" s="60">
+        <v>19.480645662762985</v>
+      </c>
+      <c r="L12" s="60">
+        <v>9.2018597442851604</v>
+      </c>
+      <c r="M12" s="60">
+        <v>8.6691204959318107</v>
+      </c>
+      <c r="N12" s="60">
+        <v>11.980440097799512</v>
+      </c>
+      <c r="O12" s="60">
+        <v>11.442542787286063</v>
+      </c>
+      <c r="P12" s="60">
+        <v>21.240066712449718</v>
+      </c>
+      <c r="Q12" s="60">
+        <v>20.651427450210928</v>
+      </c>
+      <c r="R12" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="S12" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="T12" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="U12" s="81" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24">
+      <c r="A13" s="59" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" s="60">
+        <v>17.852010887021795</v>
+      </c>
+      <c r="C13" s="60">
+        <v>16.178384866363498</v>
+      </c>
+      <c r="D13" s="60">
+        <v>13.56474906888883</v>
+      </c>
+      <c r="E13" s="60">
+        <v>12.911631521127516</v>
+      </c>
+      <c r="F13" s="60">
+        <v>13.528442418623987</v>
+      </c>
+      <c r="G13" s="60">
+        <v>12.774068306061313</v>
+      </c>
+      <c r="H13" s="60">
+        <v>14.046622833233711</v>
+      </c>
+      <c r="I13" s="60">
+        <v>13.598326359832637</v>
+      </c>
+      <c r="J13" s="60">
+        <v>17.064088969989889</v>
+      </c>
+      <c r="K13" s="60">
+        <v>16.127043621926862</v>
+      </c>
+      <c r="L13" s="60">
+        <v>7.7775043071621948</v>
+      </c>
+      <c r="M13" s="60">
+        <v>6.9899089342850109</v>
+      </c>
+      <c r="N13" s="60">
+        <v>11.368110236220472</v>
+      </c>
+      <c r="O13" s="60">
+        <v>10.925196850393702</v>
+      </c>
+      <c r="P13" s="60">
+        <v>16.617647058823529</v>
+      </c>
+      <c r="Q13" s="60">
+        <v>15.637254901960784</v>
+      </c>
+      <c r="R13" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="S13" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="T13" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="U13" s="81" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24">
+      <c r="A14" s="59" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" s="60">
+        <v>10.375188387403822</v>
+      </c>
+      <c r="C14" s="60">
+        <v>8.5190767034187349</v>
+      </c>
+      <c r="D14" s="60">
+        <v>10.931640165232224</v>
+      </c>
+      <c r="E14" s="60">
+        <v>9.3354272207514128</v>
+      </c>
+      <c r="F14" s="60">
+        <v>10.380503108383987</v>
+      </c>
+      <c r="G14" s="60">
+        <v>8.7492811913522157</v>
+      </c>
+      <c r="H14" s="60">
+        <v>10.90743361230645</v>
+      </c>
+      <c r="I14" s="60">
+        <v>10.292930310204678</v>
+      </c>
+      <c r="J14" s="60">
+        <v>10.37167784908427</v>
+      </c>
+      <c r="K14" s="60">
+        <v>9.2250601974267106</v>
+      </c>
+      <c r="L14" s="60">
+        <v>5.4907702766302355</v>
+      </c>
+      <c r="M14" s="60">
+        <v>4.9678397740940232</v>
+      </c>
+      <c r="N14" s="60">
+        <v>7.9695614170394355</v>
+      </c>
+      <c r="O14" s="60">
+        <v>6.8383978610725489</v>
+      </c>
+      <c r="P14" s="60">
+        <v>11.819354838709677</v>
+      </c>
+      <c r="Q14" s="60">
+        <v>10.890322580645162</v>
+      </c>
+      <c r="R14" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="S14" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="T14" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="U14" s="81" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24">
+      <c r="A15" s="59" t="s">
+        <v>57</v>
+      </c>
+      <c r="B15" s="60">
+        <v>7.4284618201475228</v>
+      </c>
+      <c r="C15" s="60">
+        <v>5.7544422550438554</v>
+      </c>
+      <c r="D15" s="60">
+        <v>6.9053655721146914</v>
+      </c>
+      <c r="E15" s="60">
+        <v>5.2563230474305866</v>
+      </c>
+      <c r="F15" s="60">
+        <v>7.8992807941140244</v>
+      </c>
+      <c r="G15" s="60">
+        <v>6.3801883337074807</v>
+      </c>
+      <c r="H15" s="60">
+        <v>9.897592905405407</v>
+      </c>
+      <c r="I15" s="60">
+        <v>8.8088576858108123</v>
+      </c>
+      <c r="J15" s="60">
+        <v>7.8648832960829891</v>
+      </c>
+      <c r="K15" s="60">
+        <v>6.8693284484775479</v>
+      </c>
+      <c r="L15" s="60">
+        <v>5.0497399383931727</v>
+      </c>
+      <c r="M15" s="60">
+        <v>4.2</v>
+      </c>
+      <c r="N15" s="60">
+        <v>5.4427997354901061</v>
+      </c>
+      <c r="O15" s="60">
+        <v>4.3745867032911132</v>
+      </c>
+      <c r="P15" s="60">
+        <v>7.6764254327915715</v>
+      </c>
+      <c r="Q15" s="60">
+        <v>5.8234951559108472</v>
+      </c>
+      <c r="R15" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="S15" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="T15" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="U15" s="81" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24">
+      <c r="A16" s="59" t="s">
+        <v>58</v>
+      </c>
+      <c r="B16" s="60">
+        <v>7.183211469392198</v>
+      </c>
+      <c r="C16" s="60">
+        <v>4.0962114990748901</v>
+      </c>
+      <c r="D16" s="60">
+        <v>6.9244286861429964</v>
+      </c>
+      <c r="E16" s="60">
+        <v>5.4115283009352835</v>
+      </c>
+      <c r="F16" s="60">
+        <v>6.8248032850817832</v>
+      </c>
+      <c r="G16" s="60">
+        <v>4.5881030487944772</v>
+      </c>
+      <c r="H16" s="60">
+        <v>7.308285959526561</v>
+      </c>
+      <c r="I16" s="60">
+        <v>5.3670225015273179</v>
+      </c>
+      <c r="J16" s="60">
+        <v>7.2249209365887168</v>
+      </c>
+      <c r="K16" s="60">
+        <v>5.1526567919857511</v>
+      </c>
+      <c r="L16" s="60">
+        <v>4.0701145058880996</v>
+      </c>
+      <c r="M16" s="60">
+        <v>2.9847506376512727</v>
+      </c>
+      <c r="N16" s="60">
+        <v>3.5782952360606708</v>
+      </c>
+      <c r="O16" s="60">
+        <v>2.83059175389874</v>
+      </c>
+      <c r="P16" s="60">
+        <v>8.0067872103504953</v>
+      </c>
+      <c r="Q16" s="60">
+        <v>5.3555331671880806</v>
+      </c>
+      <c r="R16" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="S16" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="T16" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="U16" s="81" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="17" spans="1:21">
+      <c r="A17" s="59" t="s">
+        <v>59</v>
+      </c>
+      <c r="B17" s="60">
+        <v>5.6316171501514285</v>
+      </c>
+      <c r="C17" s="60">
+        <v>2.2526468600605716</v>
+      </c>
+      <c r="D17" s="60">
+        <v>4.6235536344262096</v>
+      </c>
+      <c r="E17" s="60">
+        <v>2.4562628682889236</v>
+      </c>
+      <c r="F17" s="60">
+        <v>4.4000763611135678</v>
+      </c>
+      <c r="G17" s="60">
+        <v>2.5841718311301909</v>
+      </c>
+      <c r="H17" s="60">
+        <v>5.6041322035042702</v>
+      </c>
+      <c r="I17" s="60">
+        <v>4.9289355524796594</v>
+      </c>
+      <c r="J17" s="60">
+        <v>5.5084977321165089</v>
+      </c>
+      <c r="K17" s="60">
+        <v>2.9509809279195585</v>
+      </c>
+      <c r="L17" s="60">
+        <v>3.1424357083306615</v>
+      </c>
+      <c r="M17" s="60">
+        <v>1.6674148656448406</v>
+      </c>
+      <c r="N17" s="60">
+        <v>3.4591389214899007</v>
+      </c>
+      <c r="O17" s="60">
+        <v>1.9148804743961949</v>
+      </c>
+      <c r="P17" s="60">
+        <v>6.6509199403281949</v>
+      </c>
+      <c r="Q17" s="60">
+        <v>4.1024365987071105</v>
+      </c>
+      <c r="R17" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="S17" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="T17" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="U17" s="81" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="18" spans="1:21">
+      <c r="A18" s="59" t="s">
+        <v>60</v>
+      </c>
+      <c r="B18" s="60">
+        <v>5.0004630058338746</v>
+      </c>
+      <c r="C18" s="60">
+        <v>1.7594221687193261</v>
+      </c>
+      <c r="D18" s="60">
+        <v>3.6297421068233104</v>
+      </c>
+      <c r="E18" s="60">
+        <v>1.7241275007410726</v>
+      </c>
+      <c r="F18" s="60">
+        <v>3.35407564323227</v>
+      </c>
+      <c r="G18" s="60">
+        <v>1.7653029701222476</v>
+      </c>
+      <c r="H18" s="60">
+        <v>3.1518600233408014</v>
+      </c>
+      <c r="I18" s="60">
+        <v>2.6407475871233741</v>
+      </c>
+      <c r="J18" s="60">
+        <v>4.5395518774486074</v>
+      </c>
+      <c r="K18" s="60">
+        <v>2.7237311264691644</v>
+      </c>
+      <c r="L18" s="60">
+        <v>3.0187480139815697</v>
+      </c>
+      <c r="M18" s="60">
+        <v>1.7476962186209088</v>
+      </c>
+      <c r="N18" s="60">
+        <v>1.9961612284069099</v>
+      </c>
+      <c r="O18" s="60">
+        <v>0.99808061420345495</v>
+      </c>
+      <c r="P18" s="60">
+        <v>3.8843654291476808</v>
+      </c>
+      <c r="Q18" s="60">
+        <v>2.5397773959811758</v>
+      </c>
+      <c r="R18" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="S18" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="T18" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="U18" s="81" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21">
+      <c r="A19" s="59" t="s">
+        <v>61</v>
+      </c>
+      <c r="B19" s="60">
+        <v>2.5725630557575077</v>
+      </c>
+      <c r="C19" s="60">
+        <v>0.67110340584978456</v>
+      </c>
+      <c r="D19" s="60">
+        <v>2.1222568898883769</v>
+      </c>
+      <c r="E19" s="60">
+        <v>1.3403727725610801</v>
+      </c>
+      <c r="F19" s="60">
+        <v>2.7694386901662775</v>
+      </c>
+      <c r="G19" s="60">
+        <v>1.6616632140997667</v>
+      </c>
+      <c r="H19" s="60">
+        <v>2.0828080637558508</v>
+      </c>
+      <c r="I19" s="60">
+        <v>1.5347006785569428</v>
+      </c>
+      <c r="J19" s="60">
+        <v>2.5748310267138721</v>
+      </c>
+      <c r="K19" s="60">
+        <v>1.287415513356936</v>
+      </c>
+      <c r="L19" s="60">
+        <v>1.8701298701298701</v>
+      </c>
+      <c r="M19" s="60">
+        <v>0.93506493506493504</v>
+      </c>
+      <c r="N19" s="60">
+        <v>2.4084295032614147</v>
+      </c>
+      <c r="O19" s="60">
+        <v>1.3045659809332664</v>
+      </c>
+      <c r="P19" s="60">
+        <v>2.5862926489605096</v>
+      </c>
+      <c r="Q19" s="60">
+        <v>1.1936735302894659</v>
+      </c>
+      <c r="R19" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="S19" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="T19" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="U19" s="81" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21">
+      <c r="A20" s="59" t="s">
+        <v>62</v>
+      </c>
+      <c r="B20" s="60">
+        <v>2.1972847838028722</v>
+      </c>
+      <c r="C20" s="60">
+        <v>0.47084673938632976</v>
+      </c>
+      <c r="D20" s="60">
+        <v>1.4901723135918619</v>
+      </c>
+      <c r="E20" s="60">
+        <v>0.29803446271837231</v>
+      </c>
+      <c r="F20" s="60">
+        <v>1.8299206095981679</v>
+      </c>
+      <c r="G20" s="60">
+        <v>0.70381561907621848</v>
+      </c>
+      <c r="H20" s="60">
+        <v>1.6153131688406088</v>
+      </c>
+      <c r="I20" s="60">
+        <v>1.0768754458937391</v>
+      </c>
+      <c r="J20" s="60">
+        <v>1.4252150779117576</v>
+      </c>
+      <c r="K20" s="60">
+        <v>0.38869502124866118</v>
+      </c>
+      <c r="L20" s="60">
+        <v>1.2648621300278269</v>
+      </c>
+      <c r="M20" s="60">
+        <v>0.50594485201113071</v>
+      </c>
+      <c r="N20" s="60">
+        <v>1.1306532663316582</v>
+      </c>
+      <c r="O20" s="60">
+        <v>0.62814070351758799</v>
+      </c>
+      <c r="P20" s="60">
+        <v>1.5238095238095239</v>
+      </c>
+      <c r="Q20" s="60">
+        <v>0.50793650793650791</v>
+      </c>
+      <c r="R20" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="S20" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="T20" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="U20" s="81" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="21" spans="1:21">
+      <c r="A21" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="B21" s="60">
+        <v>0.43511367344718815</v>
+      </c>
+      <c r="C21" s="60">
+        <v>0</v>
+      </c>
+      <c r="D21" s="60">
+        <v>1.8751692861161078</v>
+      </c>
+      <c r="E21" s="60">
+        <v>0.41670428580357949</v>
+      </c>
+      <c r="F21" s="60">
+        <v>1.0036398672519002</v>
+      </c>
+      <c r="G21" s="60">
+        <v>0.20072797345038002</v>
+      </c>
+      <c r="H21" s="60">
+        <v>1.1612079142770515</v>
+      </c>
+      <c r="I21" s="60">
+        <v>0.96767326189754288</v>
+      </c>
+      <c r="J21" s="60">
+        <v>0.76123294362435701</v>
+      </c>
+      <c r="K21" s="60">
+        <v>0</v>
+      </c>
+      <c r="L21" s="60">
+        <v>1.1131725417439704</v>
+      </c>
+      <c r="M21" s="60">
+        <v>0.18552875695732837</v>
+      </c>
+      <c r="N21" s="60">
+        <v>0.70360598065083557</v>
+      </c>
+      <c r="O21" s="60">
+        <v>0.70360598065083557</v>
+      </c>
+      <c r="P21" s="60">
+        <v>1.0085728693898135</v>
+      </c>
+      <c r="Q21" s="60">
+        <v>0.50428643469490675</v>
+      </c>
+      <c r="R21" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="S21" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="T21" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="U21" s="81" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="22" spans="1:21">
+      <c r="A22" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="B22" s="60">
+        <v>0.41972717733473242</v>
+      </c>
+      <c r="C22" s="60">
+        <v>0.20986358866736621</v>
+      </c>
+      <c r="D22" s="60">
+        <v>0.99900099900099903</v>
+      </c>
+      <c r="E22" s="60">
+        <v>0.39960039960039961</v>
+      </c>
+      <c r="F22" s="60">
+        <v>0.75800644305476594</v>
+      </c>
+      <c r="G22" s="60">
+        <v>0.5685048322910744</v>
+      </c>
+      <c r="H22" s="60">
+        <v>0.18073377914332189</v>
+      </c>
+      <c r="I22" s="60">
+        <v>0.18073377914332189</v>
+      </c>
+      <c r="J22" s="60">
+        <v>1.1696590443885608</v>
+      </c>
+      <c r="K22" s="60">
+        <v>0.29241476109714021</v>
+      </c>
+      <c r="L22" s="60">
+        <v>0.27285129604365621</v>
+      </c>
+      <c r="M22" s="60">
+        <v>0</v>
+      </c>
+      <c r="N22" s="60">
+        <v>0.52397170552790151</v>
+      </c>
+      <c r="O22" s="60">
+        <v>0.26198585276395076</v>
+      </c>
+      <c r="P22" s="60">
+        <v>1.0165184243964422</v>
+      </c>
+      <c r="Q22" s="60">
+        <v>0</v>
+      </c>
+      <c r="R22" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="S22" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="T22" s="81" t="s">
+        <v>96</v>
+      </c>
+      <c r="U22" s="81" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="23" spans="1:21">
+      <c r="A23" s="61" t="s">
+        <v>68</v>
+      </c>
+      <c r="B23" s="62">
+        <v>3.6485089439326961</v>
+      </c>
+      <c r="C23" s="62">
+        <v>3.1325956751568627</v>
+      </c>
+      <c r="D23" s="62">
+        <v>3.3085013744967586</v>
+      </c>
+      <c r="E23" s="62">
+        <v>2.9569268436497875</v>
+      </c>
+      <c r="F23" s="62">
+        <v>3.3382470536394186</v>
+      </c>
+      <c r="G23" s="62">
+        <v>2.9855893173312724</v>
+      </c>
+      <c r="H23" s="62">
+        <v>3.3891770598713951</v>
+      </c>
+      <c r="I23" s="62">
+        <v>3.1863427418159791</v>
+      </c>
+      <c r="J23" s="62">
+        <v>3.4</v>
+      </c>
+      <c r="K23" s="62">
+        <v>3</v>
+      </c>
+      <c r="L23" s="62">
+        <v>1.8</v>
+      </c>
+      <c r="M23" s="62">
+        <v>1.6</v>
+      </c>
+      <c r="N23" s="62">
+        <v>2.1</v>
+      </c>
+      <c r="O23" s="62">
+        <v>1.8</v>
+      </c>
+      <c r="P23" s="62">
+        <v>3</v>
+      </c>
+      <c r="Q23" s="62">
+        <v>2.9</v>
+      </c>
+      <c r="R23" s="82" t="s">
+        <v>96</v>
+      </c>
+      <c r="S23" s="82" t="s">
+        <v>96</v>
+      </c>
+      <c r="T23" s="82" t="s">
+        <v>96</v>
+      </c>
+      <c r="U23" s="82" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="25" spans="1:21" s="65" customFormat="1">
+      <c r="A25" s="63" t="s">
         <v>69</v>
       </c>
-      <c r="C8" s="59" t="s">
-[...844 lines deleted...]
-      <c r="B25" s="68">
+      <c r="B25" s="64">
         <v>37.215157680569682</v>
       </c>
-      <c r="C25" s="68">
+      <c r="C25" s="64">
         <v>34.882701421800945</v>
       </c>
-      <c r="D25" s="68">
+      <c r="D25" s="64">
         <v>37.368008948545864</v>
       </c>
-      <c r="E25" s="68">
+      <c r="E25" s="64">
         <v>35.611389236545683</v>
       </c>
-      <c r="F25" s="68">
+      <c r="F25" s="64">
         <v>37.273783185840706</v>
       </c>
-      <c r="G25" s="68">
+      <c r="G25" s="64">
         <v>35.628942486085343</v>
       </c>
-      <c r="H25" s="68">
+      <c r="H25" s="64">
         <v>37.935255712731227</v>
       </c>
-      <c r="I25" s="68">
+      <c r="I25" s="64">
         <v>37.157986111111114</v>
       </c>
-      <c r="J25" s="68">
+      <c r="J25" s="64">
         <v>38.288740245261984</v>
       </c>
-      <c r="K25" s="68">
+      <c r="K25" s="64">
         <v>36.6</v>
       </c>
-      <c r="L25" s="68">
+      <c r="L25" s="64">
         <v>38.968875502008032</v>
       </c>
-      <c r="M25" s="68">
+      <c r="M25" s="64">
         <v>37.014084507042256</v>
       </c>
-      <c r="N25" s="68">
+      <c r="N25" s="64">
         <v>39.139329805996475</v>
       </c>
-      <c r="O25" s="68">
+      <c r="O25" s="64">
         <v>37.66028225806452</v>
       </c>
-      <c r="P25" s="68">
+      <c r="P25" s="64">
         <v>39.799999999999997</v>
       </c>
-      <c r="Q25" s="68">
+      <c r="Q25" s="64">
         <v>38</v>
       </c>
-    </row>
-[...169 lines deleted...]
-      <c r="K40" s="60"/>
+      <c r="R25" s="83" t="s">
+        <v>96</v>
+      </c>
+      <c r="S25" s="83" t="s">
+        <v>96</v>
+      </c>
+      <c r="T25" s="83" t="s">
+        <v>96</v>
+      </c>
+      <c r="U25" s="83" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="27" spans="1:21">
+      <c r="A27" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="B27" s="66"/>
+      <c r="C27" s="66"/>
+      <c r="D27" s="66"/>
+      <c r="E27" s="66"/>
+      <c r="F27" s="66"/>
+      <c r="G27" s="66"/>
+      <c r="H27" s="66"/>
+      <c r="I27" s="66"/>
+      <c r="J27" s="66"/>
+      <c r="K27" s="66"/>
+    </row>
+    <row r="28" spans="1:21">
+      <c r="A28" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B28" s="66"/>
+      <c r="C28" s="66"/>
+      <c r="D28" s="66"/>
+      <c r="E28" s="66"/>
+      <c r="F28" s="66"/>
+      <c r="G28" s="66"/>
+      <c r="H28" s="66"/>
+      <c r="I28" s="66"/>
+      <c r="J28" s="66"/>
+      <c r="K28" s="66"/>
+    </row>
+    <row r="29" spans="1:21">
+      <c r="B29" s="66"/>
+      <c r="C29" s="66"/>
+      <c r="D29" s="66"/>
+      <c r="E29" s="66"/>
+      <c r="F29" s="66"/>
+      <c r="G29" s="66"/>
+      <c r="H29" s="66"/>
+      <c r="I29" s="66"/>
+      <c r="J29" s="66"/>
+      <c r="K29" s="66"/>
+    </row>
+    <row r="30" spans="1:21">
+      <c r="B30" s="66"/>
+      <c r="C30" s="66"/>
+      <c r="D30" s="66"/>
+      <c r="E30" s="66"/>
+      <c r="F30" s="66"/>
+      <c r="G30" s="66"/>
+      <c r="H30" s="66"/>
+      <c r="I30" s="66"/>
+      <c r="J30" s="66"/>
+      <c r="K30" s="66"/>
+    </row>
+    <row r="31" spans="1:21">
+      <c r="B31" s="66"/>
+      <c r="C31" s="66"/>
+      <c r="D31" s="66"/>
+      <c r="E31" s="66"/>
+      <c r="F31" s="66"/>
+      <c r="G31" s="66"/>
+      <c r="H31" s="66"/>
+      <c r="I31" s="66"/>
+      <c r="J31" s="66"/>
+      <c r="K31" s="66"/>
+    </row>
+    <row r="32" spans="1:21">
+      <c r="B32" s="66"/>
+      <c r="C32" s="66"/>
+      <c r="D32" s="66"/>
+      <c r="E32" s="66"/>
+      <c r="F32" s="66"/>
+      <c r="G32" s="66"/>
+      <c r="H32" s="66"/>
+      <c r="I32" s="66"/>
+      <c r="J32" s="66"/>
+      <c r="K32" s="66"/>
+    </row>
+    <row r="33" spans="2:11">
+      <c r="B33" s="66"/>
+      <c r="C33" s="66"/>
+      <c r="D33" s="66"/>
+      <c r="E33" s="66"/>
+      <c r="F33" s="66"/>
+      <c r="G33" s="66"/>
+      <c r="H33" s="66"/>
+      <c r="I33" s="66"/>
+      <c r="J33" s="66"/>
+      <c r="K33" s="66"/>
+    </row>
+    <row r="34" spans="2:11">
+      <c r="B34" s="66"/>
+      <c r="C34" s="66"/>
+      <c r="D34" s="66"/>
+      <c r="E34" s="66"/>
+      <c r="F34" s="66"/>
+      <c r="G34" s="66"/>
+      <c r="H34" s="66"/>
+      <c r="I34" s="66"/>
+      <c r="J34" s="66"/>
+      <c r="K34" s="66"/>
+    </row>
+    <row r="35" spans="2:11">
+      <c r="B35" s="66"/>
+      <c r="C35" s="66"/>
+      <c r="D35" s="66"/>
+      <c r="E35" s="66"/>
+      <c r="F35" s="66"/>
+      <c r="G35" s="66"/>
+      <c r="H35" s="66"/>
+      <c r="I35" s="66"/>
+      <c r="J35" s="66"/>
+      <c r="K35" s="66"/>
+    </row>
+    <row r="36" spans="2:11">
+      <c r="B36" s="66"/>
+      <c r="C36" s="66"/>
+      <c r="D36" s="66"/>
+      <c r="E36" s="66"/>
+      <c r="F36" s="66"/>
+      <c r="G36" s="66"/>
+      <c r="H36" s="66"/>
+      <c r="I36" s="66"/>
+      <c r="J36" s="66"/>
+      <c r="K36" s="66"/>
+    </row>
+    <row r="37" spans="2:11">
+      <c r="B37" s="66"/>
+      <c r="C37" s="66"/>
+      <c r="D37" s="66"/>
+      <c r="E37" s="66"/>
+      <c r="F37" s="66"/>
+      <c r="G37" s="66"/>
+      <c r="H37" s="66"/>
+      <c r="I37" s="66"/>
+      <c r="J37" s="66"/>
+      <c r="K37" s="66"/>
+    </row>
+    <row r="38" spans="2:11">
+      <c r="B38" s="66"/>
+      <c r="C38" s="66"/>
+      <c r="D38" s="66"/>
+      <c r="E38" s="66"/>
+      <c r="F38" s="66"/>
+      <c r="G38" s="66"/>
+      <c r="H38" s="66"/>
+      <c r="I38" s="66"/>
+      <c r="J38" s="66"/>
+      <c r="K38" s="66"/>
+    </row>
+    <row r="39" spans="2:11">
+      <c r="B39" s="66"/>
+      <c r="C39" s="66"/>
+      <c r="D39" s="66"/>
+      <c r="E39" s="66"/>
+      <c r="F39" s="66"/>
+      <c r="G39" s="66"/>
+      <c r="H39" s="66"/>
+      <c r="I39" s="66"/>
+      <c r="J39" s="66"/>
+      <c r="K39" s="66"/>
+    </row>
+    <row r="40" spans="2:11">
+      <c r="B40" s="66"/>
+      <c r="C40" s="66"/>
+      <c r="D40" s="66"/>
+      <c r="E40" s="66"/>
+      <c r="F40" s="66"/>
+      <c r="G40" s="66"/>
+      <c r="H40" s="66"/>
+      <c r="I40" s="66"/>
+      <c r="J40" s="66"/>
+      <c r="K40" s="66"/>
     </row>
   </sheetData>
-  <mergeCells count="10">
-[...3 lines deleted...]
-    <mergeCell ref="A2:K2"/>
+  <mergeCells count="11">
+    <mergeCell ref="J7:K7"/>
     <mergeCell ref="A7:A8"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="F7:G7"/>
     <mergeCell ref="H7:I7"/>
-    <mergeCell ref="J7:K7"/>
+    <mergeCell ref="R7:S7"/>
+    <mergeCell ref="T7:U7"/>
+    <mergeCell ref="P7:Q7"/>
+    <mergeCell ref="L7:M7"/>
+    <mergeCell ref="N7:O7"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="85" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="7" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
+      <vt:lpstr>Sommaire</vt:lpstr>
       <vt:lpstr>Nuptialité</vt:lpstr>
       <vt:lpstr>Statut état civil</vt:lpstr>
       <vt:lpstr>Commune enregistrement</vt:lpstr>
       <vt:lpstr>Commune de domicile</vt:lpstr>
       <vt:lpstr>Mariages_âge des mariés</vt:lpstr>
       <vt:lpstr>Taux nuptialité</vt:lpstr>
       <vt:lpstr>'Commune de domicile'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Laeticia Gooding</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>