--- v0 (2025-11-18)
+++ v1 (2026-01-16)
@@ -1,68 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
-  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\isee.local\public\DOCUMENTS\SCD\4_Publications\1_Site\ECONOMIE ET ENTREPRISES\entreprises-secteurs d'activité\immobilier-construction (dont BT21)\immobilier 2023\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\isee.local\public\DOCUMENTS\SCD\4_Publications\1_Site\ECONOMIE ET ENTREPRISES\entreprises-secteurs d'activité\immobilier-construction (dont BT21)\immobilier 2024\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{25CE410E-38A0-4FD1-B1F2-EC6743A218FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E170FD83-3B89-4223-9A82-7E316E3E32C2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Trimestriel" sheetId="9" r:id="rId1"/>
     <sheet name="Annuel" sheetId="8" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="426" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="468" uniqueCount="73">
   <si>
     <t>Données annuelles</t>
   </si>
   <si>
     <t xml:space="preserve">Total </t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
     <t>Unité : nombre</t>
   </si>
   <si>
     <t xml:space="preserve">Terrains à bâtir </t>
   </si>
   <si>
     <t>Villas</t>
   </si>
   <si>
     <t xml:space="preserve">Appartements </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
@@ -413,287 +427,372 @@
   <si>
     <t>T1 2021</t>
   </si>
   <si>
     <t>T2 2021</t>
   </si>
   <si>
     <t>T3 2021</t>
   </si>
   <si>
     <t>T4 2021</t>
   </si>
   <si>
     <t>T1 2022</t>
   </si>
   <si>
     <t>T2 2022</t>
   </si>
   <si>
     <t>T3 2022</t>
   </si>
   <si>
     <t>T4 2022</t>
   </si>
   <si>
+    <t xml:space="preserve">Sources : Notaires - DSF - ISEE </t>
+  </si>
+  <si>
+    <t>T1 2023</t>
+  </si>
+  <si>
+    <t>T2 2023</t>
+  </si>
+  <si>
+    <t>T3 2023</t>
+  </si>
+  <si>
+    <t>T4 2023</t>
+  </si>
+  <si>
+    <t>T1 2024</t>
+  </si>
+  <si>
+    <t>T2 2024</t>
+  </si>
+  <si>
+    <t>T3 2024</t>
+  </si>
+  <si>
+    <t>T4 2024</t>
+  </si>
+  <si>
     <t>Nouméa</t>
   </si>
   <si>
     <t>Sud</t>
   </si>
   <si>
     <t>Centre</t>
   </si>
   <si>
     <t>VdC-Magenta</t>
   </si>
   <si>
     <t>Nord</t>
   </si>
   <si>
     <t>Dumbéa</t>
   </si>
   <si>
     <t>Mont-Dore</t>
   </si>
   <si>
     <t>Païta</t>
   </si>
   <si>
     <t>Sud-Ouest</t>
   </si>
   <si>
     <t>Ouest</t>
   </si>
   <si>
     <t>Grand Est</t>
   </si>
   <si>
     <t>Sud-Est</t>
   </si>
   <si>
     <t>Iles Loyauté</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t xml:space="preserve">Sources : Notaires - DSF - ISEE </t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color indexed="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>AVERTISSEMENT</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 
+Les transactions aux valeurs extrêmes ont été exclues des dénombrements.</t>
+    </r>
   </si>
   <si>
-    <t>T1 2023</t>
-[...8 lines deleted...]
-    <t>T4 2023</t>
+    <t>Données mises à jour le : 14/10/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="21" x14ac:knownFonts="1">
+  <fonts count="29">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="0" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...12 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...54 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-    <font>
       <i/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-      <sz val="11"/>
+      <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <u/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <u/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Geneva"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="24"/>
+      <color rgb="FF2F4C88"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color indexed="10"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="0"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color indexed="8"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.79998168889431442"/>
+        <fgColor rgb="FF0A1728"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <fgColor rgb="FFCCF7FF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF2F4C88"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="15">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
@@ -729,75 +828,75 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...9 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
@@ -817,251 +916,288 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="53">
+  <cellXfs count="66">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="5" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="18" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="3" fontId="5" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="18" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="18" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="20" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="5" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="1" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="19" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="25" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="26" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="27" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="justify" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 3" xfId="1" xr:uid="{E529177E-739F-4FF5-B9D6-6695ECA470B3}"/>
+    <cellStyle name="Normal 4" xfId="2" xr:uid="{81ADED1E-A976-46CE-944C-BFB8F8AE06F7}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FFCCF7FF"/>
+      <color rgb="FF2F4C88"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Palette Isee">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="0A1728"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="001A4F"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="CFDBDE"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="2F4C88"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="1664B8"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="00D0FF"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0028A1"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="01C5C1"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="646A70"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="009ABF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="0A1728"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
@@ -1264,11759 +1400,12971 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:R203"/>
+  <dimension ref="A1:R223"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="23.5703125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16" max="16" width="14.5703125" customWidth="1"/>
+    <col min="1" max="1" width="23.5703125" style="7" customWidth="1"/>
+    <col min="2" max="3" width="11.42578125" style="7"/>
+    <col min="4" max="4" width="14.28515625" style="7" customWidth="1"/>
+    <col min="5" max="7" width="11.42578125" style="7"/>
+    <col min="8" max="8" width="14" style="7" customWidth="1"/>
+    <col min="9" max="11" width="11.42578125" style="7"/>
+    <col min="12" max="12" width="14.42578125" style="7" customWidth="1"/>
+    <col min="13" max="15" width="11.42578125" style="7"/>
+    <col min="16" max="16" width="14.5703125" style="7" customWidth="1"/>
+    <col min="17" max="16384" width="11.42578125" style="7"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="2" t="s">
+    <row r="1" spans="1:17" s="5" customFormat="1" ht="30" customHeight="1">
+      <c r="A1" s="4"/>
+    </row>
+    <row r="2" spans="1:17" ht="31.5">
+      <c r="A2" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="B2" s="3"/>
-[...7 lines deleted...]
-      <c r="A3" s="1" t="s">
+      <c r="B2" s="6"/>
+      <c r="C2" s="6"/>
+      <c r="D2" s="6"/>
+      <c r="E2" s="6"/>
+      <c r="F2" s="6"/>
+      <c r="G2" s="6"/>
+      <c r="H2" s="6"/>
+      <c r="I2" s="6"/>
+      <c r="J2" s="6"/>
+      <c r="K2" s="6"/>
+    </row>
+    <row r="3" spans="1:17" s="8" customFormat="1">
+      <c r="A3" s="8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" ht="50.25" customHeight="1">
+      <c r="A4" s="42" t="s">
+        <v>72</v>
+      </c>
+      <c r="I4" s="48" t="s">
+        <v>71</v>
+      </c>
+      <c r="J4" s="49"/>
+      <c r="K4" s="49"/>
+      <c r="L4" s="50"/>
+    </row>
+    <row r="6" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A6" s="43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" s="45" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="45"/>
+      <c r="D6" s="45"/>
+      <c r="E6" s="46"/>
+      <c r="F6" s="47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" s="45"/>
+      <c r="H6" s="45"/>
+      <c r="I6" s="46"/>
+      <c r="J6" s="47" t="s">
+        <v>13</v>
+      </c>
+      <c r="K6" s="45"/>
+      <c r="L6" s="45"/>
+      <c r="M6" s="46"/>
+      <c r="N6" s="47" t="s">
+        <v>14</v>
+      </c>
+      <c r="O6" s="45"/>
+      <c r="P6" s="45"/>
+      <c r="Q6" s="46"/>
+    </row>
+    <row r="7" spans="1:17" ht="30" customHeight="1">
+      <c r="A7" s="44"/>
+      <c r="B7" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D7" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F7" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="G7" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="H7" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="I7" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J7" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="K7" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="L7" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="M7" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="N7" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="O7" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P7" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q7" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" s="13">
+        <v>0</v>
+      </c>
+      <c r="C8" s="7">
+        <v>8</v>
+      </c>
+      <c r="D8" s="7">
+        <v>27</v>
+      </c>
+      <c r="E8" s="14">
+        <v>35</v>
+      </c>
+      <c r="F8" s="7">
+        <v>1</v>
+      </c>
+      <c r="G8" s="7">
+        <v>13</v>
+      </c>
+      <c r="H8" s="7">
+        <v>34</v>
+      </c>
+      <c r="I8" s="14">
+        <v>48</v>
+      </c>
+      <c r="J8" s="13">
+        <v>0</v>
+      </c>
+      <c r="K8" s="7">
+        <v>16</v>
+      </c>
+      <c r="L8" s="7">
+        <v>25</v>
+      </c>
+      <c r="M8" s="14">
+        <v>41</v>
+      </c>
+      <c r="N8" s="15">
+        <v>0</v>
+      </c>
+      <c r="O8" s="7">
+        <v>16</v>
+      </c>
+      <c r="P8" s="7">
+        <v>52</v>
+      </c>
+      <c r="Q8" s="14">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
+      <c r="A9" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" s="13">
+        <v>0</v>
+      </c>
+      <c r="C9" s="7">
+        <v>2</v>
+      </c>
+      <c r="D9" s="7">
+        <v>5</v>
+      </c>
+      <c r="E9" s="14">
+        <v>7</v>
+      </c>
+      <c r="F9" s="13">
+        <v>0</v>
+      </c>
+      <c r="G9" s="13">
+        <v>0</v>
+      </c>
+      <c r="H9" s="7">
+        <v>10</v>
+      </c>
+      <c r="I9" s="14">
+        <v>10</v>
+      </c>
+      <c r="J9" s="13">
+        <v>0</v>
+      </c>
+      <c r="K9" s="7">
+        <v>3</v>
+      </c>
+      <c r="L9" s="13">
+        <v>1</v>
+      </c>
+      <c r="M9" s="14">
+        <v>4</v>
+      </c>
+      <c r="N9" s="15">
+        <v>0</v>
+      </c>
+      <c r="O9" s="13">
+        <v>2</v>
+      </c>
+      <c r="P9" s="7">
+        <v>16</v>
+      </c>
+      <c r="Q9" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17">
+      <c r="A10" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" s="13">
+        <v>0</v>
+      </c>
+      <c r="C10" s="7">
+        <v>0</v>
+      </c>
+      <c r="D10" s="7">
+        <v>5</v>
+      </c>
+      <c r="E10" s="14">
+        <v>5</v>
+      </c>
+      <c r="F10" s="13">
+        <v>0</v>
+      </c>
+      <c r="G10" s="13">
+        <v>0</v>
+      </c>
+      <c r="H10" s="7">
+        <v>4</v>
+      </c>
+      <c r="I10" s="14">
+        <v>4</v>
+      </c>
+      <c r="J10" s="13">
+        <v>0</v>
+      </c>
+      <c r="K10" s="7">
+        <v>0</v>
+      </c>
+      <c r="L10" s="7">
+        <v>3</v>
+      </c>
+      <c r="M10" s="14">
+        <v>3</v>
+      </c>
+      <c r="N10" s="15">
+        <v>0</v>
+      </c>
+      <c r="O10" s="7">
+        <v>0</v>
+      </c>
+      <c r="P10" s="7">
+        <v>5</v>
+      </c>
+      <c r="Q10" s="14">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17">
+      <c r="A11" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B11" s="13">
+        <v>0</v>
+      </c>
+      <c r="C11" s="7">
+        <v>2</v>
+      </c>
+      <c r="D11" s="7">
+        <v>12</v>
+      </c>
+      <c r="E11" s="14">
+        <v>14</v>
+      </c>
+      <c r="F11" s="13">
+        <v>0</v>
+      </c>
+      <c r="G11" s="7">
+        <v>6</v>
+      </c>
+      <c r="H11" s="7">
+        <v>15</v>
+      </c>
+      <c r="I11" s="14">
+        <v>21</v>
+      </c>
+      <c r="J11" s="13">
+        <v>0</v>
+      </c>
+      <c r="K11" s="7">
+        <v>3</v>
+      </c>
+      <c r="L11" s="7">
+        <v>19</v>
+      </c>
+      <c r="M11" s="14">
+        <v>22</v>
+      </c>
+      <c r="N11" s="15">
+        <v>0</v>
+      </c>
+      <c r="O11" s="7">
+        <v>10</v>
+      </c>
+      <c r="P11" s="7">
+        <v>22</v>
+      </c>
+      <c r="Q11" s="14">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17">
+      <c r="A12" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" s="13">
+        <v>0</v>
+      </c>
+      <c r="C12" s="7">
+        <v>4</v>
+      </c>
+      <c r="D12" s="7">
+        <v>5</v>
+      </c>
+      <c r="E12" s="14">
+        <v>9</v>
+      </c>
+      <c r="F12" s="7">
+        <v>1</v>
+      </c>
+      <c r="G12" s="7">
+        <v>7</v>
+      </c>
+      <c r="H12" s="7">
+        <v>5</v>
+      </c>
+      <c r="I12" s="14">
+        <v>13</v>
+      </c>
+      <c r="J12" s="13">
+        <v>0</v>
+      </c>
+      <c r="K12" s="7">
+        <v>10</v>
+      </c>
+      <c r="L12" s="7">
+        <v>2</v>
+      </c>
+      <c r="M12" s="14">
+        <v>12</v>
+      </c>
+      <c r="N12" s="15">
+        <v>0</v>
+      </c>
+      <c r="O12" s="7">
+        <v>4</v>
+      </c>
+      <c r="P12" s="7">
+        <v>9</v>
+      </c>
+      <c r="Q12" s="14">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17">
+      <c r="A13" s="16"/>
+      <c r="B13" s="13">
+        <v>0</v>
+      </c>
+      <c r="C13" s="13">
+        <v>0</v>
+      </c>
+      <c r="D13" s="13">
+        <v>0</v>
+      </c>
+      <c r="E13" s="17">
+        <v>0</v>
+      </c>
+      <c r="F13" s="13">
+        <v>0</v>
+      </c>
+      <c r="G13" s="13">
+        <v>0</v>
+      </c>
+      <c r="H13" s="13">
+        <v>0</v>
+      </c>
+      <c r="I13" s="17">
+        <v>0</v>
+      </c>
+      <c r="J13" s="13">
+        <v>0</v>
+      </c>
+      <c r="K13" s="13">
+        <v>0</v>
+      </c>
+      <c r="L13" s="13">
+        <v>0</v>
+      </c>
+      <c r="M13" s="17">
+        <v>0</v>
+      </c>
+      <c r="N13" s="15">
+        <v>0</v>
+      </c>
+      <c r="O13" s="13">
+        <v>0</v>
+      </c>
+      <c r="P13" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
+      <c r="A14" s="12" t="s">
         <v>62</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="I4" s="42" t="s">
+      <c r="B14" s="7">
+        <v>8</v>
+      </c>
+      <c r="C14" s="7">
+        <v>6</v>
+      </c>
+      <c r="D14" s="7">
+        <v>1</v>
+      </c>
+      <c r="E14" s="14">
+        <v>15</v>
+      </c>
+      <c r="F14" s="7">
+        <v>4</v>
+      </c>
+      <c r="G14" s="7">
+        <v>6</v>
+      </c>
+      <c r="H14" s="13">
+        <v>0</v>
+      </c>
+      <c r="I14" s="14">
+        <v>10</v>
+      </c>
+      <c r="J14" s="7">
+        <v>3</v>
+      </c>
+      <c r="K14" s="7">
+        <v>9</v>
+      </c>
+      <c r="L14" s="7">
+        <v>1</v>
+      </c>
+      <c r="M14" s="14">
+        <v>13</v>
+      </c>
+      <c r="N14" s="18">
+        <v>7</v>
+      </c>
+      <c r="O14" s="7">
+        <v>12</v>
+      </c>
+      <c r="P14" s="7">
+        <v>2</v>
+      </c>
+      <c r="Q14" s="14">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17">
+      <c r="A15" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="7">
+        <v>4</v>
+      </c>
+      <c r="C15" s="7">
+        <v>11</v>
+      </c>
+      <c r="D15" s="7">
+        <v>2</v>
+      </c>
+      <c r="E15" s="14">
+        <v>17</v>
+      </c>
+      <c r="F15" s="7">
+        <v>3</v>
+      </c>
+      <c r="G15" s="7">
+        <v>10</v>
+      </c>
+      <c r="H15" s="7">
+        <v>3</v>
+      </c>
+      <c r="I15" s="14">
+        <v>16</v>
+      </c>
+      <c r="J15" s="7">
+        <v>2</v>
+      </c>
+      <c r="K15" s="7">
+        <v>10</v>
+      </c>
+      <c r="L15" s="7">
+        <v>5</v>
+      </c>
+      <c r="M15" s="14">
+        <v>17</v>
+      </c>
+      <c r="N15" s="18">
+        <v>2</v>
+      </c>
+      <c r="O15" s="7">
+        <v>14</v>
+      </c>
+      <c r="P15" s="7">
+        <v>4</v>
+      </c>
+      <c r="Q15" s="14">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17">
+      <c r="A16" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" s="7">
+        <v>33</v>
+      </c>
+      <c r="C16" s="7">
+        <v>13</v>
+      </c>
+      <c r="D16" s="7">
+        <v>1</v>
+      </c>
+      <c r="E16" s="14">
+        <v>47</v>
+      </c>
+      <c r="F16" s="7">
+        <v>37</v>
+      </c>
+      <c r="G16" s="7">
+        <v>23</v>
+      </c>
+      <c r="H16" s="7">
+        <v>1</v>
+      </c>
+      <c r="I16" s="14">
+        <v>61</v>
+      </c>
+      <c r="J16" s="7">
+        <v>44</v>
+      </c>
+      <c r="K16" s="7">
+        <v>24</v>
+      </c>
+      <c r="L16" s="7">
+        <v>1</v>
+      </c>
+      <c r="M16" s="14">
+        <v>69</v>
+      </c>
+      <c r="N16" s="18">
+        <v>54</v>
+      </c>
+      <c r="O16" s="7">
+        <v>30</v>
+      </c>
+      <c r="P16" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q16" s="14">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18">
+      <c r="A17" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B17" s="13">
+        <v>0</v>
+      </c>
+      <c r="C17" s="7">
+        <v>3</v>
+      </c>
+      <c r="D17" s="13">
+        <v>0</v>
+      </c>
+      <c r="E17" s="14">
+        <v>3</v>
+      </c>
+      <c r="F17" s="7">
+        <v>1</v>
+      </c>
+      <c r="G17" s="7">
+        <v>7</v>
+      </c>
+      <c r="H17" s="13">
+        <v>0</v>
+      </c>
+      <c r="I17" s="14">
+        <v>8</v>
+      </c>
+      <c r="J17" s="13">
+        <v>0</v>
+      </c>
+      <c r="K17" s="7">
+        <v>5</v>
+      </c>
+      <c r="L17" s="13">
+        <v>0</v>
+      </c>
+      <c r="M17" s="14">
+        <v>5</v>
+      </c>
+      <c r="N17" s="18">
+        <v>4</v>
+      </c>
+      <c r="O17" s="7">
+        <v>4</v>
+      </c>
+      <c r="P17" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="14">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18">
+      <c r="A18" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B18" s="7">
+        <v>7</v>
+      </c>
+      <c r="C18" s="7">
+        <v>4</v>
+      </c>
+      <c r="D18" s="7">
+        <v>1</v>
+      </c>
+      <c r="E18" s="14">
+        <v>12</v>
+      </c>
+      <c r="F18" s="7">
+        <v>2</v>
+      </c>
+      <c r="G18" s="7">
+        <v>4</v>
+      </c>
+      <c r="H18" s="13">
+        <v>0</v>
+      </c>
+      <c r="I18" s="14">
+        <v>6</v>
+      </c>
+      <c r="J18" s="7">
+        <v>3</v>
+      </c>
+      <c r="K18" s="7">
+        <v>5</v>
+      </c>
+      <c r="L18" s="13">
+        <v>0</v>
+      </c>
+      <c r="M18" s="14">
+        <v>8</v>
+      </c>
+      <c r="N18" s="18">
+        <v>3</v>
+      </c>
+      <c r="O18" s="7">
+        <v>6</v>
+      </c>
+      <c r="P18" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q18" s="14">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18">
+      <c r="A19" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B19" s="13">
+        <v>0</v>
+      </c>
+      <c r="C19" s="13">
+        <v>0</v>
+      </c>
+      <c r="D19" s="13">
+        <v>0</v>
+      </c>
+      <c r="E19" s="17">
+        <v>0</v>
+      </c>
+      <c r="F19" s="13">
+        <v>0</v>
+      </c>
+      <c r="G19" s="7">
+        <v>1</v>
+      </c>
+      <c r="H19" s="13">
+        <v>0</v>
+      </c>
+      <c r="I19" s="14">
+        <v>1</v>
+      </c>
+      <c r="J19" s="13">
+        <v>0</v>
+      </c>
+      <c r="K19" s="13">
+        <v>0</v>
+      </c>
+      <c r="L19" s="13">
+        <v>0</v>
+      </c>
+      <c r="M19" s="17">
+        <v>0</v>
+      </c>
+      <c r="N19" s="15">
+        <v>0</v>
+      </c>
+      <c r="O19" s="13">
+        <v>0</v>
+      </c>
+      <c r="P19" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18">
+      <c r="A20" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B20" s="13">
+        <v>0</v>
+      </c>
+      <c r="C20" s="13">
+        <v>0</v>
+      </c>
+      <c r="D20" s="13">
+        <v>0</v>
+      </c>
+      <c r="E20" s="17">
+        <v>0</v>
+      </c>
+      <c r="F20" s="13">
+        <v>0</v>
+      </c>
+      <c r="G20" s="7">
+        <v>2</v>
+      </c>
+      <c r="H20" s="13">
+        <v>0</v>
+      </c>
+      <c r="I20" s="14">
+        <v>2</v>
+      </c>
+      <c r="J20" s="13">
+        <v>0</v>
+      </c>
+      <c r="K20" s="7">
+        <v>1</v>
+      </c>
+      <c r="L20" s="13">
+        <v>0</v>
+      </c>
+      <c r="M20" s="14">
+        <v>1</v>
+      </c>
+      <c r="N20" s="15">
+        <v>0</v>
+      </c>
+      <c r="O20" s="7">
+        <v>2</v>
+      </c>
+      <c r="P20" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="14">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18">
+      <c r="A21" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B21" s="13">
+        <v>0</v>
+      </c>
+      <c r="C21" s="13">
+        <v>0</v>
+      </c>
+      <c r="D21" s="13">
+        <v>0</v>
+      </c>
+      <c r="E21" s="17">
+        <v>0</v>
+      </c>
+      <c r="F21" s="13">
+        <v>0</v>
+      </c>
+      <c r="G21" s="13">
+        <v>0</v>
+      </c>
+      <c r="H21" s="13">
+        <v>0</v>
+      </c>
+      <c r="I21" s="17">
+        <v>0</v>
+      </c>
+      <c r="J21" s="13">
+        <v>0</v>
+      </c>
+      <c r="K21" s="13">
+        <v>0</v>
+      </c>
+      <c r="L21" s="13">
+        <v>0</v>
+      </c>
+      <c r="M21" s="17">
+        <v>0</v>
+      </c>
+      <c r="N21" s="15">
+        <v>0</v>
+      </c>
+      <c r="O21" s="13">
+        <v>0</v>
+      </c>
+      <c r="P21" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:18">
+      <c r="A22" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B22" s="13">
+        <v>0</v>
+      </c>
+      <c r="C22" s="13">
+        <v>0</v>
+      </c>
+      <c r="D22" s="13">
+        <v>0</v>
+      </c>
+      <c r="E22" s="17">
+        <v>0</v>
+      </c>
+      <c r="F22" s="13">
+        <v>0</v>
+      </c>
+      <c r="G22" s="13">
+        <v>0</v>
+      </c>
+      <c r="H22" s="13">
+        <v>0</v>
+      </c>
+      <c r="I22" s="17">
+        <v>0</v>
+      </c>
+      <c r="J22" s="13">
+        <v>0</v>
+      </c>
+      <c r="K22" s="13">
+        <v>0</v>
+      </c>
+      <c r="L22" s="13">
+        <v>0</v>
+      </c>
+      <c r="M22" s="17">
+        <v>0</v>
+      </c>
+      <c r="N22" s="15">
+        <v>0</v>
+      </c>
+      <c r="O22" s="13">
+        <v>0</v>
+      </c>
+      <c r="P22" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:18" ht="15.75" customHeight="1">
+      <c r="A23" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B23" s="20">
+        <v>52</v>
+      </c>
+      <c r="C23" s="20">
+        <v>45</v>
+      </c>
+      <c r="D23" s="20">
+        <v>32</v>
+      </c>
+      <c r="E23" s="21">
+        <v>129</v>
+      </c>
+      <c r="F23" s="20">
+        <v>48</v>
+      </c>
+      <c r="G23" s="20">
+        <v>66</v>
+      </c>
+      <c r="H23" s="20">
+        <v>38</v>
+      </c>
+      <c r="I23" s="21">
+        <v>152</v>
+      </c>
+      <c r="J23" s="20">
+        <v>52</v>
+      </c>
+      <c r="K23" s="20">
+        <v>70</v>
+      </c>
+      <c r="L23" s="20">
+        <v>32</v>
+      </c>
+      <c r="M23" s="21">
+        <v>154</v>
+      </c>
+      <c r="N23" s="22">
+        <v>70</v>
+      </c>
+      <c r="O23" s="20">
+        <v>84</v>
+      </c>
+      <c r="P23" s="20">
+        <v>60</v>
+      </c>
+      <c r="Q23" s="21">
+        <v>214</v>
+      </c>
+      <c r="R23" s="23"/>
+    </row>
+    <row r="26" spans="1:18" ht="15.75" customHeight="1">
+      <c r="A26" s="43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" s="45" t="s">
+        <v>15</v>
+      </c>
+      <c r="C26" s="45"/>
+      <c r="D26" s="45"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="47" t="s">
+        <v>16</v>
+      </c>
+      <c r="G26" s="45"/>
+      <c r="H26" s="45"/>
+      <c r="I26" s="46"/>
+      <c r="J26" s="47" t="s">
+        <v>17</v>
+      </c>
+      <c r="K26" s="45"/>
+      <c r="L26" s="45"/>
+      <c r="M26" s="46"/>
+      <c r="N26" s="47" t="s">
+        <v>18</v>
+      </c>
+      <c r="O26" s="45"/>
+      <c r="P26" s="45"/>
+      <c r="Q26" s="46"/>
+    </row>
+    <row r="27" spans="1:18" ht="30" customHeight="1">
+      <c r="A27" s="44"/>
+      <c r="B27" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C27" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D27" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E27" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F27" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="G27" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="H27" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="I27" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J27" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="K27" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="L27" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="M27" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="N27" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="O27" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P27" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q27" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18">
+      <c r="A28" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="B28" s="18">
+        <v>1</v>
+      </c>
+      <c r="C28" s="7">
+        <v>15</v>
+      </c>
+      <c r="D28" s="7">
+        <v>33</v>
+      </c>
+      <c r="E28" s="14">
+        <v>49</v>
+      </c>
+      <c r="F28" s="13">
+        <v>0</v>
+      </c>
+      <c r="G28" s="7">
+        <v>9</v>
+      </c>
+      <c r="H28" s="7">
+        <v>35</v>
+      </c>
+      <c r="I28" s="14">
+        <v>44</v>
+      </c>
+      <c r="J28" s="13">
+        <v>0</v>
+      </c>
+      <c r="K28" s="7">
+        <v>18</v>
+      </c>
+      <c r="L28" s="7">
+        <v>58</v>
+      </c>
+      <c r="M28" s="14">
+        <v>76</v>
+      </c>
+      <c r="N28" s="15">
+        <v>0</v>
+      </c>
+      <c r="O28" s="7">
+        <v>17</v>
+      </c>
+      <c r="P28" s="7">
+        <v>47</v>
+      </c>
+      <c r="Q28" s="14">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="29" spans="1:18">
+      <c r="A29" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" s="15">
+        <v>0</v>
+      </c>
+      <c r="C29" s="7">
+        <v>2</v>
+      </c>
+      <c r="D29" s="7">
+        <v>10</v>
+      </c>
+      <c r="E29" s="14">
+        <v>12</v>
+      </c>
+      <c r="F29" s="13">
+        <v>0</v>
+      </c>
+      <c r="G29" s="13">
+        <v>1</v>
+      </c>
+      <c r="H29" s="7">
+        <v>6</v>
+      </c>
+      <c r="I29" s="14">
+        <v>7</v>
+      </c>
+      <c r="J29" s="13">
+        <v>0</v>
+      </c>
+      <c r="K29" s="7">
+        <v>2</v>
+      </c>
+      <c r="L29" s="7">
+        <v>14</v>
+      </c>
+      <c r="M29" s="14">
+        <v>16</v>
+      </c>
+      <c r="N29" s="15">
+        <v>0</v>
+      </c>
+      <c r="O29" s="13">
+        <v>0</v>
+      </c>
+      <c r="P29" s="7">
+        <v>13</v>
+      </c>
+      <c r="Q29" s="14">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="30" spans="1:18">
+      <c r="A30" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B30" s="15">
+        <v>0</v>
+      </c>
+      <c r="C30" s="7">
+        <v>0</v>
+      </c>
+      <c r="D30" s="7">
+        <v>7</v>
+      </c>
+      <c r="E30" s="14">
+        <v>7</v>
+      </c>
+      <c r="F30" s="13">
+        <v>0</v>
+      </c>
+      <c r="G30" s="7">
+        <v>0</v>
+      </c>
+      <c r="H30" s="7">
+        <v>2</v>
+      </c>
+      <c r="I30" s="14">
+        <v>2</v>
+      </c>
+      <c r="J30" s="13">
+        <v>0</v>
+      </c>
+      <c r="K30" s="7">
+        <v>0</v>
+      </c>
+      <c r="L30" s="7">
+        <v>9</v>
+      </c>
+      <c r="M30" s="14">
+        <v>9</v>
+      </c>
+      <c r="N30" s="15">
+        <v>0</v>
+      </c>
+      <c r="O30" s="7">
+        <v>0</v>
+      </c>
+      <c r="P30" s="7">
+        <v>5</v>
+      </c>
+      <c r="Q30" s="14">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="31" spans="1:18">
+      <c r="A31" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B31" s="15">
+        <v>0</v>
+      </c>
+      <c r="C31" s="7">
+        <v>3</v>
+      </c>
+      <c r="D31" s="7">
+        <v>12</v>
+      </c>
+      <c r="E31" s="14">
+        <v>15</v>
+      </c>
+      <c r="F31" s="13">
+        <v>0</v>
+      </c>
+      <c r="G31" s="7">
+        <v>2</v>
+      </c>
+      <c r="H31" s="7">
+        <v>18</v>
+      </c>
+      <c r="I31" s="14">
+        <v>20</v>
+      </c>
+      <c r="J31" s="13">
+        <v>0</v>
+      </c>
+      <c r="K31" s="7">
+        <v>6</v>
+      </c>
+      <c r="L31" s="7">
+        <v>28</v>
+      </c>
+      <c r="M31" s="14">
+        <v>34</v>
+      </c>
+      <c r="N31" s="15">
+        <v>0</v>
+      </c>
+      <c r="O31" s="7">
+        <v>6</v>
+      </c>
+      <c r="P31" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q31" s="14">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="32" spans="1:18">
+      <c r="A32" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B32" s="18">
+        <v>1</v>
+      </c>
+      <c r="C32" s="7">
+        <v>9</v>
+      </c>
+      <c r="D32" s="7">
+        <v>3</v>
+      </c>
+      <c r="E32" s="14">
+        <v>13</v>
+      </c>
+      <c r="F32" s="13">
+        <v>0</v>
+      </c>
+      <c r="G32" s="7">
+        <v>6</v>
+      </c>
+      <c r="H32" s="7">
+        <v>9</v>
+      </c>
+      <c r="I32" s="14">
+        <v>15</v>
+      </c>
+      <c r="J32" s="13">
+        <v>0</v>
+      </c>
+      <c r="K32" s="7">
+        <v>10</v>
+      </c>
+      <c r="L32" s="7">
+        <v>7</v>
+      </c>
+      <c r="M32" s="14">
+        <v>17</v>
+      </c>
+      <c r="N32" s="15">
+        <v>0</v>
+      </c>
+      <c r="O32" s="7">
+        <v>11</v>
+      </c>
+      <c r="P32" s="7">
+        <v>10</v>
+      </c>
+      <c r="Q32" s="14">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="33" spans="1:18">
+      <c r="A33" s="16"/>
+      <c r="B33" s="15">
+        <v>0</v>
+      </c>
+      <c r="C33" s="7">
+        <v>1</v>
+      </c>
+      <c r="D33" s="7">
+        <v>1</v>
+      </c>
+      <c r="E33" s="14">
+        <v>2</v>
+      </c>
+      <c r="F33" s="13">
+        <v>0</v>
+      </c>
+      <c r="G33" s="13">
+        <v>0</v>
+      </c>
+      <c r="H33" s="13">
+        <v>0</v>
+      </c>
+      <c r="I33" s="17">
+        <v>0</v>
+      </c>
+      <c r="J33" s="13">
+        <v>0</v>
+      </c>
+      <c r="K33" s="13">
+        <v>0</v>
+      </c>
+      <c r="L33" s="13">
+        <v>0</v>
+      </c>
+      <c r="M33" s="17">
+        <v>0</v>
+      </c>
+      <c r="N33" s="15">
+        <v>0</v>
+      </c>
+      <c r="O33" s="13">
+        <v>0</v>
+      </c>
+      <c r="P33" s="13">
+        <v>1</v>
+      </c>
+      <c r="Q33" s="17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:18">
+      <c r="A34" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B34" s="18">
+        <v>6</v>
+      </c>
+      <c r="C34" s="7">
+        <v>11</v>
+      </c>
+      <c r="D34" s="13">
+        <v>0</v>
+      </c>
+      <c r="E34" s="14">
+        <v>17</v>
+      </c>
+      <c r="F34" s="18">
+        <v>10</v>
+      </c>
+      <c r="G34" s="7">
+        <v>11</v>
+      </c>
+      <c r="H34" s="7">
+        <v>3</v>
+      </c>
+      <c r="I34" s="14">
+        <v>24</v>
+      </c>
+      <c r="J34" s="13">
+        <v>4</v>
+      </c>
+      <c r="K34" s="7">
+        <v>8</v>
+      </c>
+      <c r="L34" s="7">
+        <v>1</v>
+      </c>
+      <c r="M34" s="14">
+        <v>13</v>
+      </c>
+      <c r="N34" s="18">
+        <v>8</v>
+      </c>
+      <c r="O34" s="7">
+        <v>14</v>
+      </c>
+      <c r="P34" s="7">
+        <v>3</v>
+      </c>
+      <c r="Q34" s="14">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="35" spans="1:18">
+      <c r="A35" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B35" s="18">
+        <v>2</v>
+      </c>
+      <c r="C35" s="7">
+        <v>15</v>
+      </c>
+      <c r="D35" s="13">
+        <v>0</v>
+      </c>
+      <c r="E35" s="14">
+        <v>17</v>
+      </c>
+      <c r="F35" s="18">
+        <v>1</v>
+      </c>
+      <c r="G35" s="7">
+        <v>7</v>
+      </c>
+      <c r="H35" s="7">
+        <v>1</v>
+      </c>
+      <c r="I35" s="14">
+        <v>9</v>
+      </c>
+      <c r="J35" s="7">
+        <v>3</v>
+      </c>
+      <c r="K35" s="7">
+        <v>12</v>
+      </c>
+      <c r="L35" s="7">
+        <v>1</v>
+      </c>
+      <c r="M35" s="14">
+        <v>16</v>
+      </c>
+      <c r="N35" s="18">
+        <v>0</v>
+      </c>
+      <c r="O35" s="7">
+        <v>18</v>
+      </c>
+      <c r="P35" s="7">
+        <v>3</v>
+      </c>
+      <c r="Q35" s="14">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18">
+      <c r="A36" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B36" s="18">
+        <v>30</v>
+      </c>
+      <c r="C36" s="7">
+        <v>20</v>
+      </c>
+      <c r="D36" s="13">
+        <v>0</v>
+      </c>
+      <c r="E36" s="14">
+        <v>50</v>
+      </c>
+      <c r="F36" s="18">
+        <v>30</v>
+      </c>
+      <c r="G36" s="7">
+        <v>20</v>
+      </c>
+      <c r="H36" s="13">
+        <v>0</v>
+      </c>
+      <c r="I36" s="14">
+        <v>50</v>
+      </c>
+      <c r="J36" s="7">
+        <v>44</v>
+      </c>
+      <c r="K36" s="7">
+        <v>25</v>
+      </c>
+      <c r="L36" s="13">
+        <v>0</v>
+      </c>
+      <c r="M36" s="14">
+        <v>69</v>
+      </c>
+      <c r="N36" s="18">
+        <v>38</v>
+      </c>
+      <c r="O36" s="7">
+        <v>28</v>
+      </c>
+      <c r="P36" s="7">
+        <v>0</v>
+      </c>
+      <c r="Q36" s="14">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18">
+      <c r="A37" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B37" s="18">
+        <v>2</v>
+      </c>
+      <c r="C37" s="7">
+        <v>8</v>
+      </c>
+      <c r="D37" s="13">
+        <v>0</v>
+      </c>
+      <c r="E37" s="14">
+        <v>10</v>
+      </c>
+      <c r="F37" s="18">
+        <v>2</v>
+      </c>
+      <c r="G37" s="7">
+        <v>8</v>
+      </c>
+      <c r="H37" s="13">
+        <v>0</v>
+      </c>
+      <c r="I37" s="14">
+        <v>10</v>
+      </c>
+      <c r="J37" s="7">
+        <v>1</v>
+      </c>
+      <c r="K37" s="7">
+        <v>3</v>
+      </c>
+      <c r="L37" s="13">
+        <v>0</v>
+      </c>
+      <c r="M37" s="14">
+        <v>4</v>
+      </c>
+      <c r="N37" s="18">
+        <v>1</v>
+      </c>
+      <c r="O37" s="7">
+        <v>5</v>
+      </c>
+      <c r="P37" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="14">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="38" spans="1:18">
+      <c r="A38" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B38" s="18">
+        <v>2</v>
+      </c>
+      <c r="C38" s="7">
+        <v>4</v>
+      </c>
+      <c r="D38" s="13">
+        <v>0</v>
+      </c>
+      <c r="E38" s="14">
+        <v>6</v>
+      </c>
+      <c r="F38" s="13">
+        <v>0</v>
+      </c>
+      <c r="G38" s="7">
+        <v>2</v>
+      </c>
+      <c r="H38" s="7">
+        <v>1</v>
+      </c>
+      <c r="I38" s="14">
+        <v>3</v>
+      </c>
+      <c r="J38" s="7">
+        <v>5</v>
+      </c>
+      <c r="K38" s="7">
+        <v>4</v>
+      </c>
+      <c r="L38" s="13">
+        <v>0</v>
+      </c>
+      <c r="M38" s="14">
+        <v>9</v>
+      </c>
+      <c r="N38" s="18">
+        <v>2</v>
+      </c>
+      <c r="O38" s="7">
+        <v>1</v>
+      </c>
+      <c r="P38" s="7">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="14">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18">
+      <c r="A39" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B39" s="15">
+        <v>0</v>
+      </c>
+      <c r="C39" s="13">
+        <v>0</v>
+      </c>
+      <c r="D39" s="13">
+        <v>0</v>
+      </c>
+      <c r="E39" s="17">
+        <v>0</v>
+      </c>
+      <c r="F39" s="13">
+        <v>0</v>
+      </c>
+      <c r="G39" s="13">
+        <v>0</v>
+      </c>
+      <c r="H39" s="7">
+        <v>1</v>
+      </c>
+      <c r="I39" s="14">
+        <v>1</v>
+      </c>
+      <c r="J39" s="7">
+        <v>1</v>
+      </c>
+      <c r="K39" s="13">
+        <v>0</v>
+      </c>
+      <c r="L39" s="13">
+        <v>0</v>
+      </c>
+      <c r="M39" s="14">
+        <v>1</v>
+      </c>
+      <c r="N39" s="15">
+        <v>0</v>
+      </c>
+      <c r="O39" s="13">
+        <v>0</v>
+      </c>
+      <c r="P39" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q39" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:18">
+      <c r="A40" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B40" s="18">
+        <v>1</v>
+      </c>
+      <c r="C40" s="13">
+        <v>0</v>
+      </c>
+      <c r="D40" s="13">
+        <v>0</v>
+      </c>
+      <c r="E40" s="14">
+        <v>1</v>
+      </c>
+      <c r="F40" s="13">
+        <v>0</v>
+      </c>
+      <c r="G40" s="13">
+        <v>0</v>
+      </c>
+      <c r="H40" s="13">
+        <v>0</v>
+      </c>
+      <c r="I40" s="17">
+        <v>0</v>
+      </c>
+      <c r="J40" s="13">
+        <v>0</v>
+      </c>
+      <c r="K40" s="13">
+        <v>0</v>
+      </c>
+      <c r="L40" s="13">
+        <v>0</v>
+      </c>
+      <c r="M40" s="17">
+        <v>0</v>
+      </c>
+      <c r="N40" s="15">
+        <v>0</v>
+      </c>
+      <c r="O40" s="7">
+        <v>1</v>
+      </c>
+      <c r="P40" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="41" spans="1:18">
+      <c r="A41" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B41" s="15">
+        <v>0</v>
+      </c>
+      <c r="C41" s="13">
+        <v>0</v>
+      </c>
+      <c r="D41" s="13">
+        <v>0</v>
+      </c>
+      <c r="E41" s="17">
+        <v>0</v>
+      </c>
+      <c r="F41" s="13">
+        <v>0</v>
+      </c>
+      <c r="G41" s="13">
+        <v>0</v>
+      </c>
+      <c r="H41" s="13">
+        <v>0</v>
+      </c>
+      <c r="I41" s="17">
+        <v>0</v>
+      </c>
+      <c r="J41" s="13">
+        <v>0</v>
+      </c>
+      <c r="K41" s="7">
+        <v>1</v>
+      </c>
+      <c r="L41" s="13">
+        <v>0</v>
+      </c>
+      <c r="M41" s="14">
+        <v>1</v>
+      </c>
+      <c r="N41" s="15">
+        <v>0</v>
+      </c>
+      <c r="O41" s="13">
+        <v>0</v>
+      </c>
+      <c r="P41" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q41" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:18">
+      <c r="A42" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B42" s="15">
+        <v>0</v>
+      </c>
+      <c r="C42" s="13">
+        <v>0</v>
+      </c>
+      <c r="D42" s="13">
+        <v>0</v>
+      </c>
+      <c r="E42" s="17">
+        <v>0</v>
+      </c>
+      <c r="F42" s="13">
+        <v>0</v>
+      </c>
+      <c r="G42" s="13">
+        <v>0</v>
+      </c>
+      <c r="H42" s="13">
+        <v>0</v>
+      </c>
+      <c r="I42" s="17">
+        <v>0</v>
+      </c>
+      <c r="J42" s="13">
+        <v>0</v>
+      </c>
+      <c r="K42" s="13">
+        <v>0</v>
+      </c>
+      <c r="L42" s="13">
+        <v>0</v>
+      </c>
+      <c r="M42" s="17">
+        <v>0</v>
+      </c>
+      <c r="N42" s="15">
+        <v>0</v>
+      </c>
+      <c r="O42" s="13">
+        <v>0</v>
+      </c>
+      <c r="P42" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:18" ht="15.75" customHeight="1">
+      <c r="A43" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B43" s="22">
+        <v>44</v>
+      </c>
+      <c r="C43" s="20">
+        <v>73</v>
+      </c>
+      <c r="D43" s="20">
+        <v>33</v>
+      </c>
+      <c r="E43" s="21">
+        <v>150</v>
+      </c>
+      <c r="F43" s="20">
+        <v>43</v>
+      </c>
+      <c r="G43" s="20">
+        <v>57</v>
+      </c>
+      <c r="H43" s="20">
+        <v>41</v>
+      </c>
+      <c r="I43" s="21">
+        <v>141</v>
+      </c>
+      <c r="J43" s="20">
+        <v>58</v>
+      </c>
+      <c r="K43" s="20">
+        <v>71</v>
+      </c>
+      <c r="L43" s="20">
+        <v>60</v>
+      </c>
+      <c r="M43" s="21">
+        <v>189</v>
+      </c>
+      <c r="N43" s="22">
+        <v>49</v>
+      </c>
+      <c r="O43" s="20">
+        <v>84</v>
+      </c>
+      <c r="P43" s="20">
+        <v>53</v>
+      </c>
+      <c r="Q43" s="21">
+        <v>186</v>
+      </c>
+      <c r="R43" s="23"/>
+    </row>
+    <row r="46" spans="1:18" ht="15.75" customHeight="1">
+      <c r="A46" s="43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="C46" s="45"/>
+      <c r="D46" s="45"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" s="45"/>
+      <c r="H46" s="45"/>
+      <c r="I46" s="46"/>
+      <c r="J46" s="47" t="s">
+        <v>22</v>
+      </c>
+      <c r="K46" s="45"/>
+      <c r="L46" s="45"/>
+      <c r="M46" s="46"/>
+      <c r="N46" s="47" t="s">
+        <v>23</v>
+      </c>
+      <c r="O46" s="45"/>
+      <c r="P46" s="45"/>
+      <c r="Q46" s="46"/>
+    </row>
+    <row r="47" spans="1:18" ht="30" customHeight="1">
+      <c r="A47" s="44"/>
+      <c r="B47" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C47" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D47" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E47" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F47" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="G47" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="H47" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="I47" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J47" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="K47" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="L47" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="M47" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="N47" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="O47" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P47" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q47" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48" spans="1:18">
+      <c r="A48" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="B48" s="18">
+        <v>1</v>
+      </c>
+      <c r="C48" s="7">
+        <v>12</v>
+      </c>
+      <c r="D48" s="7">
+        <v>38</v>
+      </c>
+      <c r="E48" s="14">
+        <v>51</v>
+      </c>
+      <c r="F48" s="13">
+        <v>1</v>
+      </c>
+      <c r="G48" s="7">
+        <v>15</v>
+      </c>
+      <c r="H48" s="7">
+        <v>36</v>
+      </c>
+      <c r="I48" s="14">
+        <v>52</v>
+      </c>
+      <c r="J48" s="13">
+        <v>0</v>
+      </c>
+      <c r="K48" s="7">
         <v>19</v>
       </c>
-      <c r="J4" s="43"/>
-[...4 lines deleted...]
-      <c r="A6" s="45" t="s">
+      <c r="L48" s="7">
+        <v>56</v>
+      </c>
+      <c r="M48" s="14">
+        <v>75</v>
+      </c>
+      <c r="N48" s="15">
+        <v>0</v>
+      </c>
+      <c r="O48" s="7">
+        <v>9</v>
+      </c>
+      <c r="P48" s="7">
+        <v>38</v>
+      </c>
+      <c r="Q48" s="14">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="49" spans="1:18">
+      <c r="A49" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B49" s="15">
+        <v>0</v>
+      </c>
+      <c r="C49" s="7">
+        <v>0</v>
+      </c>
+      <c r="D49" s="7">
+        <v>15</v>
+      </c>
+      <c r="E49" s="14">
+        <v>15</v>
+      </c>
+      <c r="F49" s="13">
+        <v>0</v>
+      </c>
+      <c r="G49" s="13">
+        <v>0</v>
+      </c>
+      <c r="H49" s="7">
+        <v>8</v>
+      </c>
+      <c r="I49" s="14">
+        <v>8</v>
+      </c>
+      <c r="J49" s="13">
+        <v>0</v>
+      </c>
+      <c r="K49" s="7">
+        <v>1</v>
+      </c>
+      <c r="L49" s="7">
+        <v>13</v>
+      </c>
+      <c r="M49" s="14">
+        <v>14</v>
+      </c>
+      <c r="N49" s="15">
+        <v>0</v>
+      </c>
+      <c r="O49" s="13">
+        <v>2</v>
+      </c>
+      <c r="P49" s="7">
+        <v>8</v>
+      </c>
+      <c r="Q49" s="14">
         <v>10</v>
       </c>
-      <c r="B6" s="40" t="s">
+    </row>
+    <row r="50" spans="1:18">
+      <c r="A50" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B50" s="15">
+        <v>0</v>
+      </c>
+      <c r="C50" s="7">
+        <v>0</v>
+      </c>
+      <c r="D50" s="7">
+        <v>8</v>
+      </c>
+      <c r="E50" s="14">
+        <v>8</v>
+      </c>
+      <c r="F50" s="13">
+        <v>0</v>
+      </c>
+      <c r="G50" s="7">
+        <v>0</v>
+      </c>
+      <c r="H50" s="7">
+        <v>6</v>
+      </c>
+      <c r="I50" s="14">
+        <v>6</v>
+      </c>
+      <c r="J50" s="13">
+        <v>0</v>
+      </c>
+      <c r="K50" s="7">
+        <v>0</v>
+      </c>
+      <c r="L50" s="7">
+        <v>8</v>
+      </c>
+      <c r="M50" s="14">
+        <v>8</v>
+      </c>
+      <c r="N50" s="15">
+        <v>0</v>
+      </c>
+      <c r="O50" s="7">
+        <v>0</v>
+      </c>
+      <c r="P50" s="7">
+        <v>4</v>
+      </c>
+      <c r="Q50" s="14">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="51" spans="1:18">
+      <c r="A51" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B51" s="15">
+        <v>0</v>
+      </c>
+      <c r="C51" s="7">
+        <v>1</v>
+      </c>
+      <c r="D51" s="7">
+        <v>7</v>
+      </c>
+      <c r="E51" s="14">
+        <v>8</v>
+      </c>
+      <c r="F51" s="13">
+        <v>0</v>
+      </c>
+      <c r="G51" s="7">
+        <v>9</v>
+      </c>
+      <c r="H51" s="7">
         <v>11</v>
       </c>
-      <c r="C6" s="40"/>
-[...2 lines deleted...]
-      <c r="F6" s="39" t="s">
+      <c r="I51" s="14">
+        <v>20</v>
+      </c>
+      <c r="J51" s="13">
+        <v>0</v>
+      </c>
+      <c r="K51" s="7">
+        <v>7</v>
+      </c>
+      <c r="L51" s="7">
+        <v>25</v>
+      </c>
+      <c r="M51" s="14">
+        <v>32</v>
+      </c>
+      <c r="N51" s="15">
+        <v>0</v>
+      </c>
+      <c r="O51" s="7">
+        <v>1</v>
+      </c>
+      <c r="P51" s="7">
+        <v>20</v>
+      </c>
+      <c r="Q51" s="14">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="52" spans="1:18">
+      <c r="A52" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B52" s="18">
+        <v>1</v>
+      </c>
+      <c r="C52" s="7">
+        <v>11</v>
+      </c>
+      <c r="D52" s="7">
+        <v>8</v>
+      </c>
+      <c r="E52" s="14">
+        <v>20</v>
+      </c>
+      <c r="F52" s="13">
+        <v>1</v>
+      </c>
+      <c r="G52" s="7">
+        <v>6</v>
+      </c>
+      <c r="H52" s="7">
+        <v>11</v>
+      </c>
+      <c r="I52" s="14">
+        <v>18</v>
+      </c>
+      <c r="J52" s="13">
+        <v>0</v>
+      </c>
+      <c r="K52" s="7">
+        <v>11</v>
+      </c>
+      <c r="L52" s="7">
+        <v>10</v>
+      </c>
+      <c r="M52" s="14">
+        <v>21</v>
+      </c>
+      <c r="N52" s="15">
+        <v>0</v>
+      </c>
+      <c r="O52" s="7">
+        <v>6</v>
+      </c>
+      <c r="P52" s="7">
+        <v>6</v>
+      </c>
+      <c r="Q52" s="14">
         <v>12</v>
       </c>
-      <c r="G6" s="40"/>
-[...2 lines deleted...]
-      <c r="J6" s="39" t="s">
+    </row>
+    <row r="53" spans="1:18">
+      <c r="A53" s="16"/>
+      <c r="B53" s="15">
+        <v>0</v>
+      </c>
+      <c r="C53" s="7">
+        <v>0</v>
+      </c>
+      <c r="D53" s="7">
+        <v>0</v>
+      </c>
+      <c r="E53" s="14">
+        <v>0</v>
+      </c>
+      <c r="F53" s="13">
+        <v>0</v>
+      </c>
+      <c r="G53" s="13">
+        <v>0</v>
+      </c>
+      <c r="H53" s="13">
+        <v>0</v>
+      </c>
+      <c r="I53" s="17">
+        <v>0</v>
+      </c>
+      <c r="J53" s="13">
+        <v>0</v>
+      </c>
+      <c r="K53" s="13">
+        <v>0</v>
+      </c>
+      <c r="L53" s="13">
+        <v>0</v>
+      </c>
+      <c r="M53" s="17">
+        <v>0</v>
+      </c>
+      <c r="N53" s="15">
+        <v>0</v>
+      </c>
+      <c r="O53" s="13">
+        <v>0</v>
+      </c>
+      <c r="P53" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:18">
+      <c r="A54" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B54" s="18">
+        <v>7</v>
+      </c>
+      <c r="C54" s="7">
+        <v>8</v>
+      </c>
+      <c r="D54" s="13">
+        <v>5</v>
+      </c>
+      <c r="E54" s="14">
+        <v>20</v>
+      </c>
+      <c r="F54" s="18">
+        <v>8</v>
+      </c>
+      <c r="G54" s="7">
+        <v>10</v>
+      </c>
+      <c r="H54" s="7">
+        <v>2</v>
+      </c>
+      <c r="I54" s="14">
+        <v>20</v>
+      </c>
+      <c r="J54" s="13">
+        <v>10</v>
+      </c>
+      <c r="K54" s="7">
+        <v>11</v>
+      </c>
+      <c r="L54" s="7">
+        <v>6</v>
+      </c>
+      <c r="M54" s="14">
+        <v>27</v>
+      </c>
+      <c r="N54" s="18">
+        <v>5</v>
+      </c>
+      <c r="O54" s="7">
+        <v>9</v>
+      </c>
+      <c r="P54" s="7">
+        <v>0</v>
+      </c>
+      <c r="Q54" s="14">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="55" spans="1:18">
+      <c r="A55" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B55" s="18">
+        <v>3</v>
+      </c>
+      <c r="C55" s="7">
         <v>13</v>
       </c>
-      <c r="K6" s="40"/>
-[...2 lines deleted...]
-      <c r="N6" s="39" t="s">
+      <c r="D55" s="13">
+        <v>0</v>
+      </c>
+      <c r="E55" s="14">
+        <v>16</v>
+      </c>
+      <c r="F55" s="18">
+        <v>1</v>
+      </c>
+      <c r="G55" s="7">
+        <v>19</v>
+      </c>
+      <c r="H55" s="7">
+        <v>4</v>
+      </c>
+      <c r="I55" s="14">
+        <v>24</v>
+      </c>
+      <c r="J55" s="7">
+        <v>4</v>
+      </c>
+      <c r="K55" s="7">
+        <v>19</v>
+      </c>
+      <c r="L55" s="7">
+        <v>7</v>
+      </c>
+      <c r="M55" s="14">
+        <v>30</v>
+      </c>
+      <c r="N55" s="18">
+        <v>8</v>
+      </c>
+      <c r="O55" s="7">
+        <v>16</v>
+      </c>
+      <c r="P55" s="7">
+        <v>3</v>
+      </c>
+      <c r="Q55" s="14">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="56" spans="1:18">
+      <c r="A56" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B56" s="18">
+        <v>49</v>
+      </c>
+      <c r="C56" s="7">
+        <v>22</v>
+      </c>
+      <c r="D56" s="13">
+        <v>2</v>
+      </c>
+      <c r="E56" s="14">
+        <v>73</v>
+      </c>
+      <c r="F56" s="18">
+        <v>54</v>
+      </c>
+      <c r="G56" s="7">
+        <v>22</v>
+      </c>
+      <c r="H56" s="13">
+        <v>2</v>
+      </c>
+      <c r="I56" s="14">
+        <v>78</v>
+      </c>
+      <c r="J56" s="7">
+        <v>53</v>
+      </c>
+      <c r="K56" s="7">
+        <v>18</v>
+      </c>
+      <c r="L56" s="13">
+        <v>0</v>
+      </c>
+      <c r="M56" s="14">
+        <v>71</v>
+      </c>
+      <c r="N56" s="18">
+        <v>50</v>
+      </c>
+      <c r="O56" s="7">
+        <v>20</v>
+      </c>
+      <c r="P56" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q56" s="14">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="57" spans="1:18">
+      <c r="A57" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B57" s="18">
+        <v>1</v>
+      </c>
+      <c r="C57" s="7">
+        <v>7</v>
+      </c>
+      <c r="D57" s="13">
+        <v>0</v>
+      </c>
+      <c r="E57" s="14">
+        <v>8</v>
+      </c>
+      <c r="F57" s="18">
+        <v>0</v>
+      </c>
+      <c r="G57" s="7">
+        <v>4</v>
+      </c>
+      <c r="H57" s="13">
+        <v>0</v>
+      </c>
+      <c r="I57" s="14">
+        <v>4</v>
+      </c>
+      <c r="J57" s="7">
+        <v>4</v>
+      </c>
+      <c r="K57" s="7">
+        <v>6</v>
+      </c>
+      <c r="L57" s="13">
+        <v>0</v>
+      </c>
+      <c r="M57" s="14">
+        <v>10</v>
+      </c>
+      <c r="N57" s="18">
+        <v>1</v>
+      </c>
+      <c r="O57" s="7">
+        <v>6</v>
+      </c>
+      <c r="P57" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q57" s="14">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="58" spans="1:18">
+      <c r="A58" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B58" s="18">
+        <v>0</v>
+      </c>
+      <c r="C58" s="7">
+        <v>7</v>
+      </c>
+      <c r="D58" s="13">
+        <v>0</v>
+      </c>
+      <c r="E58" s="14">
+        <v>7</v>
+      </c>
+      <c r="F58" s="13">
+        <v>1</v>
+      </c>
+      <c r="G58" s="7">
+        <v>4</v>
+      </c>
+      <c r="H58" s="7">
+        <v>0</v>
+      </c>
+      <c r="I58" s="14">
+        <v>5</v>
+      </c>
+      <c r="J58" s="7">
+        <v>2</v>
+      </c>
+      <c r="K58" s="7">
+        <v>8</v>
+      </c>
+      <c r="L58" s="13">
+        <v>0</v>
+      </c>
+      <c r="M58" s="14">
+        <v>10</v>
+      </c>
+      <c r="N58" s="18">
+        <v>2</v>
+      </c>
+      <c r="O58" s="7">
+        <v>6</v>
+      </c>
+      <c r="P58" s="7">
+        <v>0</v>
+      </c>
+      <c r="Q58" s="14">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18">
+      <c r="A59" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B59" s="15">
+        <v>1</v>
+      </c>
+      <c r="C59" s="13">
+        <v>1</v>
+      </c>
+      <c r="D59" s="13">
+        <v>0</v>
+      </c>
+      <c r="E59" s="17">
+        <v>2</v>
+      </c>
+      <c r="F59" s="13">
+        <v>0</v>
+      </c>
+      <c r="G59" s="13">
+        <v>0</v>
+      </c>
+      <c r="H59" s="7">
+        <v>0</v>
+      </c>
+      <c r="I59" s="14">
+        <v>0</v>
+      </c>
+      <c r="J59" s="7">
+        <v>0</v>
+      </c>
+      <c r="K59" s="13">
+        <v>0</v>
+      </c>
+      <c r="L59" s="13">
+        <v>0</v>
+      </c>
+      <c r="M59" s="14">
+        <v>0</v>
+      </c>
+      <c r="N59" s="15">
+        <v>0</v>
+      </c>
+      <c r="O59" s="13">
+        <v>1</v>
+      </c>
+      <c r="P59" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q59" s="17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18">
+      <c r="A60" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B60" s="18">
+        <v>0</v>
+      </c>
+      <c r="C60" s="13">
+        <v>0</v>
+      </c>
+      <c r="D60" s="13">
+        <v>0</v>
+      </c>
+      <c r="E60" s="14">
+        <v>0</v>
+      </c>
+      <c r="F60" s="13">
+        <v>0</v>
+      </c>
+      <c r="G60" s="13">
+        <v>2</v>
+      </c>
+      <c r="H60" s="13">
+        <v>0</v>
+      </c>
+      <c r="I60" s="17">
+        <v>2</v>
+      </c>
+      <c r="J60" s="13">
+        <v>0</v>
+      </c>
+      <c r="K60" s="13">
+        <v>2</v>
+      </c>
+      <c r="L60" s="13">
+        <v>0</v>
+      </c>
+      <c r="M60" s="17">
+        <v>2</v>
+      </c>
+      <c r="N60" s="15">
+        <v>2</v>
+      </c>
+      <c r="O60" s="7">
+        <v>2</v>
+      </c>
+      <c r="P60" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q60" s="14">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="61" spans="1:18">
+      <c r="A61" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B61" s="15">
+        <v>0</v>
+      </c>
+      <c r="C61" s="13">
+        <v>0</v>
+      </c>
+      <c r="D61" s="13">
+        <v>0</v>
+      </c>
+      <c r="E61" s="17">
+        <v>0</v>
+      </c>
+      <c r="F61" s="13">
+        <v>0</v>
+      </c>
+      <c r="G61" s="13">
+        <v>0</v>
+      </c>
+      <c r="H61" s="13">
+        <v>0</v>
+      </c>
+      <c r="I61" s="17">
+        <v>0</v>
+      </c>
+      <c r="J61" s="13">
+        <v>0</v>
+      </c>
+      <c r="K61" s="7">
+        <v>0</v>
+      </c>
+      <c r="L61" s="13">
+        <v>0</v>
+      </c>
+      <c r="M61" s="14">
+        <v>0</v>
+      </c>
+      <c r="N61" s="15">
+        <v>0</v>
+      </c>
+      <c r="O61" s="13">
+        <v>0</v>
+      </c>
+      <c r="P61" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q61" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:18">
+      <c r="A62" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B62" s="15">
+        <v>0</v>
+      </c>
+      <c r="C62" s="13">
+        <v>0</v>
+      </c>
+      <c r="D62" s="13">
+        <v>0</v>
+      </c>
+      <c r="E62" s="17">
+        <v>0</v>
+      </c>
+      <c r="F62" s="13">
+        <v>0</v>
+      </c>
+      <c r="G62" s="13">
+        <v>0</v>
+      </c>
+      <c r="H62" s="13">
+        <v>0</v>
+      </c>
+      <c r="I62" s="17">
+        <v>0</v>
+      </c>
+      <c r="J62" s="13">
+        <v>0</v>
+      </c>
+      <c r="K62" s="13">
+        <v>0</v>
+      </c>
+      <c r="L62" s="13">
+        <v>0</v>
+      </c>
+      <c r="M62" s="17">
+        <v>0</v>
+      </c>
+      <c r="N62" s="15">
+        <v>0</v>
+      </c>
+      <c r="O62" s="13">
+        <v>0</v>
+      </c>
+      <c r="P62" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q62" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:18" ht="15.75" customHeight="1">
+      <c r="A63" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B63" s="22">
+        <v>62</v>
+      </c>
+      <c r="C63" s="20">
+        <v>70</v>
+      </c>
+      <c r="D63" s="20">
+        <v>45</v>
+      </c>
+      <c r="E63" s="21">
+        <v>177</v>
+      </c>
+      <c r="F63" s="20">
+        <v>65</v>
+      </c>
+      <c r="G63" s="20">
+        <v>76</v>
+      </c>
+      <c r="H63" s="20">
+        <v>44</v>
+      </c>
+      <c r="I63" s="21">
+        <v>185</v>
+      </c>
+      <c r="J63" s="20">
+        <v>73</v>
+      </c>
+      <c r="K63" s="20">
+        <v>83</v>
+      </c>
+      <c r="L63" s="20">
+        <v>69</v>
+      </c>
+      <c r="M63" s="21">
+        <v>225</v>
+      </c>
+      <c r="N63" s="22">
+        <v>68</v>
+      </c>
+      <c r="O63" s="20">
+        <v>69</v>
+      </c>
+      <c r="P63" s="20">
+        <v>42</v>
+      </c>
+      <c r="Q63" s="21">
+        <v>179</v>
+      </c>
+      <c r="R63" s="23"/>
+    </row>
+    <row r="64" spans="1:18">
+      <c r="I64" s="23"/>
+    </row>
+    <row r="65" spans="1:17">
+      <c r="I65" s="23"/>
+    </row>
+    <row r="66" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A66" s="43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B66" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="C66" s="45"/>
+      <c r="D66" s="45"/>
+      <c r="E66" s="46"/>
+      <c r="F66" s="47" t="s">
+        <v>26</v>
+      </c>
+      <c r="G66" s="45"/>
+      <c r="H66" s="45"/>
+      <c r="I66" s="46"/>
+      <c r="J66" s="47" t="s">
+        <v>25</v>
+      </c>
+      <c r="K66" s="45"/>
+      <c r="L66" s="45"/>
+      <c r="M66" s="46"/>
+      <c r="N66" s="47" t="s">
+        <v>24</v>
+      </c>
+      <c r="O66" s="45"/>
+      <c r="P66" s="45"/>
+      <c r="Q66" s="46"/>
+    </row>
+    <row r="67" spans="1:17" ht="30" customHeight="1">
+      <c r="A67" s="44"/>
+      <c r="B67" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C67" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D67" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E67" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F67" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="G67" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="H67" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="I67" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J67" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="K67" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="L67" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="M67" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="N67" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="O67" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P67" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q67" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="68" spans="1:17">
+      <c r="A68" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="B68" s="18">
+        <v>1</v>
+      </c>
+      <c r="C68" s="7">
         <v>14</v>
       </c>
-      <c r="O6" s="40"/>
-[...55 lines deleted...]
-      <c r="A8" s="14" t="s">
+      <c r="D68" s="7">
+        <v>29</v>
+      </c>
+      <c r="E68" s="14">
+        <v>44</v>
+      </c>
+      <c r="F68" s="13">
+        <v>0</v>
+      </c>
+      <c r="G68" s="7">
+        <v>9</v>
+      </c>
+      <c r="H68" s="7">
+        <v>30</v>
+      </c>
+      <c r="I68" s="14">
+        <v>39</v>
+      </c>
+      <c r="J68" s="13">
+        <v>0</v>
+      </c>
+      <c r="K68" s="7">
+        <v>17</v>
+      </c>
+      <c r="L68" s="7">
+        <v>37</v>
+      </c>
+      <c r="M68" s="14">
+        <v>54</v>
+      </c>
+      <c r="N68" s="15">
+        <v>1</v>
+      </c>
+      <c r="O68" s="7">
+        <v>12</v>
+      </c>
+      <c r="P68" s="7">
+        <v>43</v>
+      </c>
+      <c r="Q68" s="14">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="69" spans="1:17">
+      <c r="A69" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B69" s="15">
+        <v>0</v>
+      </c>
+      <c r="C69" s="7">
+        <v>2</v>
+      </c>
+      <c r="D69" s="7">
+        <v>7</v>
+      </c>
+      <c r="E69" s="14">
+        <v>9</v>
+      </c>
+      <c r="F69" s="13">
+        <v>0</v>
+      </c>
+      <c r="G69" s="13">
+        <v>1</v>
+      </c>
+      <c r="H69" s="7">
+        <v>5</v>
+      </c>
+      <c r="I69" s="14">
+        <v>6</v>
+      </c>
+      <c r="J69" s="13">
+        <v>0</v>
+      </c>
+      <c r="K69" s="7">
+        <v>1</v>
+      </c>
+      <c r="L69" s="7">
+        <v>7</v>
+      </c>
+      <c r="M69" s="14">
+        <v>8</v>
+      </c>
+      <c r="N69" s="15">
+        <v>1</v>
+      </c>
+      <c r="O69" s="13">
+        <v>0</v>
+      </c>
+      <c r="P69" s="7">
+        <v>13</v>
+      </c>
+      <c r="Q69" s="14">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="70" spans="1:17">
+      <c r="A70" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B70" s="15">
+        <v>0</v>
+      </c>
+      <c r="C70" s="7">
+        <v>0</v>
+      </c>
+      <c r="D70" s="7">
+        <v>4</v>
+      </c>
+      <c r="E70" s="14">
+        <v>4</v>
+      </c>
+      <c r="F70" s="13">
+        <v>0</v>
+      </c>
+      <c r="G70" s="7">
+        <v>0</v>
+      </c>
+      <c r="H70" s="7">
+        <v>4</v>
+      </c>
+      <c r="I70" s="14">
+        <v>4</v>
+      </c>
+      <c r="J70" s="13">
+        <v>0</v>
+      </c>
+      <c r="K70" s="7">
+        <v>0</v>
+      </c>
+      <c r="L70" s="7">
+        <v>7</v>
+      </c>
+      <c r="M70" s="14">
+        <v>7</v>
+      </c>
+      <c r="N70" s="15">
+        <v>0</v>
+      </c>
+      <c r="O70" s="7">
+        <v>0</v>
+      </c>
+      <c r="P70" s="7">
+        <v>5</v>
+      </c>
+      <c r="Q70" s="14">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="71" spans="1:17">
+      <c r="A71" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B71" s="15">
+        <v>0</v>
+      </c>
+      <c r="C71" s="7">
+        <v>4</v>
+      </c>
+      <c r="D71" s="7">
+        <v>6</v>
+      </c>
+      <c r="E71" s="14">
+        <v>10</v>
+      </c>
+      <c r="F71" s="13">
+        <v>0</v>
+      </c>
+      <c r="G71" s="7">
+        <v>4</v>
+      </c>
+      <c r="H71" s="7">
+        <v>14</v>
+      </c>
+      <c r="I71" s="14">
+        <v>18</v>
+      </c>
+      <c r="J71" s="13">
+        <v>0</v>
+      </c>
+      <c r="K71" s="7">
+        <v>9</v>
+      </c>
+      <c r="L71" s="7">
+        <v>16</v>
+      </c>
+      <c r="M71" s="14">
+        <v>25</v>
+      </c>
+      <c r="N71" s="15">
+        <v>0</v>
+      </c>
+      <c r="O71" s="7">
+        <v>0</v>
+      </c>
+      <c r="P71" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q71" s="14">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="72" spans="1:17">
+      <c r="A72" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B72" s="18">
+        <v>1</v>
+      </c>
+      <c r="C72" s="7">
+        <v>8</v>
+      </c>
+      <c r="D72" s="7">
+        <v>11</v>
+      </c>
+      <c r="E72" s="14">
+        <v>20</v>
+      </c>
+      <c r="F72" s="13">
+        <v>0</v>
+      </c>
+      <c r="G72" s="7">
+        <v>4</v>
+      </c>
+      <c r="H72" s="7">
+        <v>7</v>
+      </c>
+      <c r="I72" s="14">
+        <v>11</v>
+      </c>
+      <c r="J72" s="13">
+        <v>0</v>
+      </c>
+      <c r="K72" s="7">
+        <v>7</v>
+      </c>
+      <c r="L72" s="7">
+        <v>7</v>
+      </c>
+      <c r="M72" s="14">
+        <v>14</v>
+      </c>
+      <c r="N72" s="15">
+        <v>0</v>
+      </c>
+      <c r="O72" s="7">
+        <v>12</v>
+      </c>
+      <c r="P72" s="7">
+        <v>11</v>
+      </c>
+      <c r="Q72" s="14">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="73" spans="1:17">
+      <c r="A73" s="16"/>
+      <c r="B73" s="15">
+        <v>0</v>
+      </c>
+      <c r="C73" s="7">
+        <v>0</v>
+      </c>
+      <c r="D73" s="7">
+        <v>1</v>
+      </c>
+      <c r="E73" s="14">
+        <v>1</v>
+      </c>
+      <c r="F73" s="13">
+        <v>0</v>
+      </c>
+      <c r="G73" s="13">
+        <v>0</v>
+      </c>
+      <c r="H73" s="13">
+        <v>0</v>
+      </c>
+      <c r="I73" s="17">
+        <v>0</v>
+      </c>
+      <c r="J73" s="13">
+        <v>0</v>
+      </c>
+      <c r="K73" s="13">
+        <v>0</v>
+      </c>
+      <c r="L73" s="13">
+        <v>0</v>
+      </c>
+      <c r="M73" s="17">
+        <v>0</v>
+      </c>
+      <c r="N73" s="15">
+        <v>0</v>
+      </c>
+      <c r="O73" s="13">
+        <v>0</v>
+      </c>
+      <c r="P73" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q73" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:17">
+      <c r="A74" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B74" s="18">
+        <v>2</v>
+      </c>
+      <c r="C74" s="7">
+        <v>12</v>
+      </c>
+      <c r="D74" s="13">
+        <v>1</v>
+      </c>
+      <c r="E74" s="14">
+        <v>15</v>
+      </c>
+      <c r="F74" s="18">
+        <v>3</v>
+      </c>
+      <c r="G74" s="7">
+        <v>10</v>
+      </c>
+      <c r="H74" s="7">
+        <v>2</v>
+      </c>
+      <c r="I74" s="14">
+        <v>15</v>
+      </c>
+      <c r="J74" s="13">
+        <v>6</v>
+      </c>
+      <c r="K74" s="7">
+        <v>8</v>
+      </c>
+      <c r="L74" s="7">
+        <v>1</v>
+      </c>
+      <c r="M74" s="14">
+        <v>15</v>
+      </c>
+      <c r="N74" s="18">
+        <v>6</v>
+      </c>
+      <c r="O74" s="7">
+        <v>13</v>
+      </c>
+      <c r="P74" s="7">
+        <v>0</v>
+      </c>
+      <c r="Q74" s="14">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17">
+      <c r="A75" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B75" s="18">
+        <v>1</v>
+      </c>
+      <c r="C75" s="7">
+        <v>14</v>
+      </c>
+      <c r="D75" s="13">
+        <v>2</v>
+      </c>
+      <c r="E75" s="14">
+        <v>17</v>
+      </c>
+      <c r="F75" s="18">
+        <v>1</v>
+      </c>
+      <c r="G75" s="7">
+        <v>18</v>
+      </c>
+      <c r="H75" s="7">
+        <v>3</v>
+      </c>
+      <c r="I75" s="14">
+        <v>22</v>
+      </c>
+      <c r="J75" s="7">
+        <v>1</v>
+      </c>
+      <c r="K75" s="7">
+        <v>13</v>
+      </c>
+      <c r="L75" s="7">
+        <v>5</v>
+      </c>
+      <c r="M75" s="14">
+        <v>19</v>
+      </c>
+      <c r="N75" s="18">
+        <v>4</v>
+      </c>
+      <c r="O75" s="7">
+        <v>18</v>
+      </c>
+      <c r="P75" s="7">
+        <v>5</v>
+      </c>
+      <c r="Q75" s="14">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="76" spans="1:17">
+      <c r="A76" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B76" s="18">
+        <v>27</v>
+      </c>
+      <c r="C76" s="7">
+        <v>19</v>
+      </c>
+      <c r="D76" s="13">
+        <v>2</v>
+      </c>
+      <c r="E76" s="14">
         <v>48</v>
       </c>
-      <c r="B8" s="5">
-[...2 lines deleted...]
-      <c r="C8" s="6">
+      <c r="F76" s="18">
+        <v>25</v>
+      </c>
+      <c r="G76" s="7">
+        <v>11</v>
+      </c>
+      <c r="H76" s="13">
+        <v>4</v>
+      </c>
+      <c r="I76" s="14">
+        <v>40</v>
+      </c>
+      <c r="J76" s="7">
+        <v>21</v>
+      </c>
+      <c r="K76" s="7">
+        <v>21</v>
+      </c>
+      <c r="L76" s="13">
+        <v>3</v>
+      </c>
+      <c r="M76" s="14">
+        <v>45</v>
+      </c>
+      <c r="N76" s="18">
+        <v>25</v>
+      </c>
+      <c r="O76" s="7">
+        <v>37</v>
+      </c>
+      <c r="P76" s="7">
+        <v>4</v>
+      </c>
+      <c r="Q76" s="14">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="77" spans="1:17">
+      <c r="A77" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B77" s="18">
+        <v>0</v>
+      </c>
+      <c r="C77" s="7">
+        <v>6</v>
+      </c>
+      <c r="D77" s="13">
+        <v>0</v>
+      </c>
+      <c r="E77" s="14">
+        <v>6</v>
+      </c>
+      <c r="F77" s="18">
+        <v>0</v>
+      </c>
+      <c r="G77" s="7">
+        <v>2</v>
+      </c>
+      <c r="H77" s="13">
+        <v>0</v>
+      </c>
+      <c r="I77" s="14">
+        <v>2</v>
+      </c>
+      <c r="J77" s="7">
+        <v>3</v>
+      </c>
+      <c r="K77" s="7">
+        <v>7</v>
+      </c>
+      <c r="L77" s="13">
+        <v>0</v>
+      </c>
+      <c r="M77" s="14">
+        <v>10</v>
+      </c>
+      <c r="N77" s="18">
+        <v>0</v>
+      </c>
+      <c r="O77" s="7">
+        <v>5</v>
+      </c>
+      <c r="P77" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q77" s="14">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17">
+      <c r="A78" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B78" s="18">
+        <v>2</v>
+      </c>
+      <c r="C78" s="7">
+        <v>5</v>
+      </c>
+      <c r="D78" s="13">
+        <v>0</v>
+      </c>
+      <c r="E78" s="14">
+        <v>7</v>
+      </c>
+      <c r="F78" s="13">
+        <v>3</v>
+      </c>
+      <c r="G78" s="7">
+        <v>6</v>
+      </c>
+      <c r="H78" s="7">
+        <v>0</v>
+      </c>
+      <c r="I78" s="14">
+        <v>9</v>
+      </c>
+      <c r="J78" s="7">
+        <v>3</v>
+      </c>
+      <c r="K78" s="7">
+        <v>4</v>
+      </c>
+      <c r="L78" s="13">
+        <v>1</v>
+      </c>
+      <c r="M78" s="14">
         <v>8</v>
       </c>
-      <c r="D8" s="6">
+      <c r="N78" s="18">
+        <v>4</v>
+      </c>
+      <c r="O78" s="7">
+        <v>6</v>
+      </c>
+      <c r="P78" s="7">
+        <v>0</v>
+      </c>
+      <c r="Q78" s="14">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="79" spans="1:17">
+      <c r="A79" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B79" s="15">
+        <v>0</v>
+      </c>
+      <c r="C79" s="13">
+        <v>1</v>
+      </c>
+      <c r="D79" s="13">
+        <v>0</v>
+      </c>
+      <c r="E79" s="17">
+        <v>1</v>
+      </c>
+      <c r="F79" s="13">
+        <v>0</v>
+      </c>
+      <c r="G79" s="13">
+        <v>2</v>
+      </c>
+      <c r="H79" s="7">
+        <v>0</v>
+      </c>
+      <c r="I79" s="14">
+        <v>2</v>
+      </c>
+      <c r="J79" s="7">
+        <v>0</v>
+      </c>
+      <c r="K79" s="13">
+        <v>0</v>
+      </c>
+      <c r="L79" s="13">
+        <v>0</v>
+      </c>
+      <c r="M79" s="14">
+        <v>0</v>
+      </c>
+      <c r="N79" s="15">
+        <v>0</v>
+      </c>
+      <c r="O79" s="13">
+        <v>1</v>
+      </c>
+      <c r="P79" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q79" s="17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="80" spans="1:17">
+      <c r="A80" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B80" s="18">
+        <v>1</v>
+      </c>
+      <c r="C80" s="13">
+        <v>2</v>
+      </c>
+      <c r="D80" s="13">
+        <v>0</v>
+      </c>
+      <c r="E80" s="14">
+        <v>3</v>
+      </c>
+      <c r="F80" s="13">
+        <v>1</v>
+      </c>
+      <c r="G80" s="13">
+        <v>3</v>
+      </c>
+      <c r="H80" s="13">
+        <v>1</v>
+      </c>
+      <c r="I80" s="17">
+        <v>5</v>
+      </c>
+      <c r="J80" s="13">
+        <v>1</v>
+      </c>
+      <c r="K80" s="13">
+        <v>4</v>
+      </c>
+      <c r="L80" s="13">
+        <v>0</v>
+      </c>
+      <c r="M80" s="17">
+        <v>5</v>
+      </c>
+      <c r="N80" s="15">
+        <v>1</v>
+      </c>
+      <c r="O80" s="7">
+        <v>1</v>
+      </c>
+      <c r="P80" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q80" s="14">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="81" spans="1:17">
+      <c r="A81" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B81" s="15">
+        <v>0</v>
+      </c>
+      <c r="C81" s="13">
+        <v>0</v>
+      </c>
+      <c r="D81" s="13">
+        <v>0</v>
+      </c>
+      <c r="E81" s="17">
+        <v>0</v>
+      </c>
+      <c r="F81" s="13">
+        <v>0</v>
+      </c>
+      <c r="G81" s="13">
+        <v>0</v>
+      </c>
+      <c r="H81" s="13">
+        <v>0</v>
+      </c>
+      <c r="I81" s="17">
+        <v>0</v>
+      </c>
+      <c r="J81" s="13">
+        <v>0</v>
+      </c>
+      <c r="K81" s="7">
+        <v>0</v>
+      </c>
+      <c r="L81" s="13">
+        <v>0</v>
+      </c>
+      <c r="M81" s="14">
+        <v>0</v>
+      </c>
+      <c r="N81" s="15">
+        <v>0</v>
+      </c>
+      <c r="O81" s="13">
+        <v>1</v>
+      </c>
+      <c r="P81" s="13">
+        <v>1</v>
+      </c>
+      <c r="Q81" s="17">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="82" spans="1:17">
+      <c r="A82" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B82" s="15">
+        <v>0</v>
+      </c>
+      <c r="C82" s="13">
+        <v>0</v>
+      </c>
+      <c r="D82" s="13">
+        <v>0</v>
+      </c>
+      <c r="E82" s="17">
+        <v>0</v>
+      </c>
+      <c r="F82" s="13">
+        <v>0</v>
+      </c>
+      <c r="G82" s="13">
+        <v>0</v>
+      </c>
+      <c r="H82" s="13">
+        <v>0</v>
+      </c>
+      <c r="I82" s="17">
+        <v>0</v>
+      </c>
+      <c r="J82" s="13">
+        <v>0</v>
+      </c>
+      <c r="K82" s="13">
+        <v>0</v>
+      </c>
+      <c r="L82" s="13">
+        <v>0</v>
+      </c>
+      <c r="M82" s="17">
+        <v>0</v>
+      </c>
+      <c r="N82" s="15">
+        <v>0</v>
+      </c>
+      <c r="O82" s="13">
+        <v>0</v>
+      </c>
+      <c r="P82" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q82" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A83" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B83" s="22">
+        <v>34</v>
+      </c>
+      <c r="C83" s="20">
+        <v>73</v>
+      </c>
+      <c r="D83" s="20">
+        <v>34</v>
+      </c>
+      <c r="E83" s="21">
+        <v>141</v>
+      </c>
+      <c r="F83" s="20">
+        <v>33</v>
+      </c>
+      <c r="G83" s="20">
+        <v>61</v>
+      </c>
+      <c r="H83" s="20">
+        <v>40</v>
+      </c>
+      <c r="I83" s="21">
+        <v>134</v>
+      </c>
+      <c r="J83" s="20">
+        <v>35</v>
+      </c>
+      <c r="K83" s="20">
+        <v>74</v>
+      </c>
+      <c r="L83" s="20">
+        <v>47</v>
+      </c>
+      <c r="M83" s="21">
+        <v>156</v>
+      </c>
+      <c r="N83" s="22">
+        <v>41</v>
+      </c>
+      <c r="O83" s="20">
+        <v>94</v>
+      </c>
+      <c r="P83" s="20">
+        <v>53</v>
+      </c>
+      <c r="Q83" s="21">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="84" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A84" s="25"/>
+      <c r="B84" s="26"/>
+      <c r="C84" s="26"/>
+      <c r="D84" s="26"/>
+      <c r="E84" s="26"/>
+      <c r="F84" s="26"/>
+      <c r="G84" s="26"/>
+      <c r="H84" s="26"/>
+      <c r="I84" s="26"/>
+      <c r="J84" s="26"/>
+      <c r="K84" s="26"/>
+      <c r="L84" s="26"/>
+      <c r="M84" s="26"/>
+      <c r="N84" s="26"/>
+      <c r="O84" s="26"/>
+      <c r="P84" s="26"/>
+      <c r="Q84" s="26"/>
+    </row>
+    <row r="85" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A85" s="25"/>
+      <c r="B85" s="26"/>
+      <c r="C85" s="26"/>
+      <c r="D85" s="26"/>
+      <c r="E85" s="26"/>
+      <c r="F85" s="26"/>
+      <c r="G85" s="26"/>
+      <c r="H85" s="26"/>
+      <c r="I85" s="26"/>
+      <c r="J85" s="26"/>
+      <c r="K85" s="26"/>
+      <c r="L85" s="26"/>
+      <c r="M85" s="26"/>
+      <c r="N85" s="26"/>
+      <c r="O85" s="26"/>
+      <c r="P85" s="26"/>
+      <c r="Q85" s="26"/>
+    </row>
+    <row r="86" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A86" s="43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B86" s="45" t="s">
+        <v>28</v>
+      </c>
+      <c r="C86" s="45"/>
+      <c r="D86" s="45"/>
+      <c r="E86" s="46"/>
+      <c r="F86" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="G86" s="45"/>
+      <c r="H86" s="45"/>
+      <c r="I86" s="46"/>
+      <c r="J86" s="47" t="s">
+        <v>30</v>
+      </c>
+      <c r="K86" s="45"/>
+      <c r="L86" s="45"/>
+      <c r="M86" s="46"/>
+      <c r="N86" s="47" t="s">
+        <v>31</v>
+      </c>
+      <c r="O86" s="45"/>
+      <c r="P86" s="45"/>
+      <c r="Q86" s="46"/>
+    </row>
+    <row r="87" spans="1:17" ht="30" customHeight="1">
+      <c r="A87" s="44"/>
+      <c r="B87" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C87" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D87" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E87" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F87" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="G87" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="H87" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="I87" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J87" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="K87" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="L87" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="M87" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="N87" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="O87" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P87" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q87" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="88" spans="1:17">
+      <c r="A88" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="B88" s="18">
+        <v>1</v>
+      </c>
+      <c r="C88" s="7">
+        <v>16</v>
+      </c>
+      <c r="D88" s="7">
+        <v>34</v>
+      </c>
+      <c r="E88" s="14">
+        <v>51</v>
+      </c>
+      <c r="F88" s="13">
+        <v>0</v>
+      </c>
+      <c r="G88" s="7">
+        <v>17</v>
+      </c>
+      <c r="H88" s="7">
+        <v>26</v>
+      </c>
+      <c r="I88" s="14">
+        <v>43</v>
+      </c>
+      <c r="J88" s="13">
+        <v>0</v>
+      </c>
+      <c r="K88" s="7">
+        <v>10</v>
+      </c>
+      <c r="L88" s="7">
+        <v>32</v>
+      </c>
+      <c r="M88" s="14">
+        <v>42</v>
+      </c>
+      <c r="N88" s="15">
+        <v>1</v>
+      </c>
+      <c r="O88" s="7">
+        <v>19</v>
+      </c>
+      <c r="P88" s="7">
+        <v>70</v>
+      </c>
+      <c r="Q88" s="14">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="89" spans="1:17">
+      <c r="A89" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B89" s="15">
+        <v>0</v>
+      </c>
+      <c r="C89" s="7">
+        <v>1</v>
+      </c>
+      <c r="D89" s="7">
+        <v>10</v>
+      </c>
+      <c r="E89" s="14">
+        <v>11</v>
+      </c>
+      <c r="F89" s="13">
+        <v>0</v>
+      </c>
+      <c r="G89" s="13">
+        <v>1</v>
+      </c>
+      <c r="H89" s="7">
+        <v>4</v>
+      </c>
+      <c r="I89" s="14">
+        <v>5</v>
+      </c>
+      <c r="J89" s="13">
+        <v>0</v>
+      </c>
+      <c r="K89" s="7">
+        <v>2</v>
+      </c>
+      <c r="L89" s="7">
+        <v>6</v>
+      </c>
+      <c r="M89" s="14">
+        <v>8</v>
+      </c>
+      <c r="N89" s="15">
+        <v>1</v>
+      </c>
+      <c r="O89" s="13">
+        <v>0</v>
+      </c>
+      <c r="P89" s="7">
+        <v>13</v>
+      </c>
+      <c r="Q89" s="14">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="90" spans="1:17">
+      <c r="A90" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B90" s="15">
+        <v>0</v>
+      </c>
+      <c r="C90" s="7">
+        <v>0</v>
+      </c>
+      <c r="D90" s="7">
+        <v>5</v>
+      </c>
+      <c r="E90" s="14">
+        <v>5</v>
+      </c>
+      <c r="F90" s="13">
+        <v>0</v>
+      </c>
+      <c r="G90" s="7">
+        <v>2</v>
+      </c>
+      <c r="H90" s="7">
+        <v>4</v>
+      </c>
+      <c r="I90" s="14">
+        <v>6</v>
+      </c>
+      <c r="J90" s="13">
+        <v>0</v>
+      </c>
+      <c r="K90" s="7">
+        <v>0</v>
+      </c>
+      <c r="L90" s="7">
+        <v>8</v>
+      </c>
+      <c r="M90" s="14">
+        <v>8</v>
+      </c>
+      <c r="N90" s="15">
+        <v>0</v>
+      </c>
+      <c r="O90" s="7">
+        <v>0</v>
+      </c>
+      <c r="P90" s="7">
+        <v>12</v>
+      </c>
+      <c r="Q90" s="14">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="91" spans="1:17">
+      <c r="A91" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B91" s="15">
+        <v>0</v>
+      </c>
+      <c r="C91" s="7">
+        <v>6</v>
+      </c>
+      <c r="D91" s="7">
+        <v>12</v>
+      </c>
+      <c r="E91" s="14">
+        <v>18</v>
+      </c>
+      <c r="F91" s="13">
+        <v>0</v>
+      </c>
+      <c r="G91" s="7">
+        <v>4</v>
+      </c>
+      <c r="H91" s="7">
+        <v>14</v>
+      </c>
+      <c r="I91" s="14">
+        <v>18</v>
+      </c>
+      <c r="J91" s="13">
+        <v>0</v>
+      </c>
+      <c r="K91" s="7">
+        <v>2</v>
+      </c>
+      <c r="L91" s="7">
+        <v>8</v>
+      </c>
+      <c r="M91" s="14">
+        <v>10</v>
+      </c>
+      <c r="N91" s="15">
+        <v>0</v>
+      </c>
+      <c r="O91" s="7">
+        <v>5</v>
+      </c>
+      <c r="P91" s="7">
+        <v>33</v>
+      </c>
+      <c r="Q91" s="14">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="92" spans="1:17">
+      <c r="A92" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B92" s="18">
+        <v>1</v>
+      </c>
+      <c r="C92" s="7">
+        <v>9</v>
+      </c>
+      <c r="D92" s="7">
+        <v>7</v>
+      </c>
+      <c r="E92" s="14">
+        <v>17</v>
+      </c>
+      <c r="F92" s="13">
+        <v>0</v>
+      </c>
+      <c r="G92" s="7">
+        <v>10</v>
+      </c>
+      <c r="H92" s="7">
+        <v>4</v>
+      </c>
+      <c r="I92" s="14">
+        <v>14</v>
+      </c>
+      <c r="J92" s="13">
+        <v>0</v>
+      </c>
+      <c r="K92" s="7">
+        <v>6</v>
+      </c>
+      <c r="L92" s="7">
+        <v>9</v>
+      </c>
+      <c r="M92" s="14">
+        <v>15</v>
+      </c>
+      <c r="N92" s="15">
+        <v>0</v>
+      </c>
+      <c r="O92" s="7">
+        <v>13</v>
+      </c>
+      <c r="P92" s="7">
+        <v>11</v>
+      </c>
+      <c r="Q92" s="14">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="93" spans="1:17">
+      <c r="A93" s="16"/>
+      <c r="B93" s="15">
+        <v>0</v>
+      </c>
+      <c r="C93" s="7">
+        <v>0</v>
+      </c>
+      <c r="D93" s="7">
+        <v>0</v>
+      </c>
+      <c r="E93" s="14">
+        <v>0</v>
+      </c>
+      <c r="F93" s="13">
+        <v>0</v>
+      </c>
+      <c r="G93" s="13">
+        <v>0</v>
+      </c>
+      <c r="H93" s="13">
+        <v>0</v>
+      </c>
+      <c r="I93" s="17">
+        <v>0</v>
+      </c>
+      <c r="J93" s="13">
+        <v>0</v>
+      </c>
+      <c r="K93" s="13">
+        <v>0</v>
+      </c>
+      <c r="L93" s="13">
+        <v>1</v>
+      </c>
+      <c r="M93" s="17">
+        <v>1</v>
+      </c>
+      <c r="N93" s="15">
+        <v>0</v>
+      </c>
+      <c r="O93" s="13">
+        <v>1</v>
+      </c>
+      <c r="P93" s="13">
+        <v>1</v>
+      </c>
+      <c r="Q93" s="17">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="94" spans="1:17">
+      <c r="A94" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B94" s="18">
+        <v>6</v>
+      </c>
+      <c r="C94" s="7">
+        <v>7</v>
+      </c>
+      <c r="D94" s="13">
+        <v>3</v>
+      </c>
+      <c r="E94" s="14">
+        <v>16</v>
+      </c>
+      <c r="F94" s="18">
+        <v>4</v>
+      </c>
+      <c r="G94" s="7">
+        <v>14</v>
+      </c>
+      <c r="H94" s="7">
+        <v>2</v>
+      </c>
+      <c r="I94" s="14">
+        <v>20</v>
+      </c>
+      <c r="J94" s="13">
+        <v>4</v>
+      </c>
+      <c r="K94" s="7">
+        <v>13</v>
+      </c>
+      <c r="L94" s="7">
+        <v>0</v>
+      </c>
+      <c r="M94" s="14">
+        <v>17</v>
+      </c>
+      <c r="N94" s="18">
+        <v>3</v>
+      </c>
+      <c r="O94" s="7">
+        <v>17</v>
+      </c>
+      <c r="P94" s="7">
+        <v>4</v>
+      </c>
+      <c r="Q94" s="14">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="95" spans="1:17">
+      <c r="A95" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B95" s="18">
+        <v>2</v>
+      </c>
+      <c r="C95" s="7">
+        <v>10</v>
+      </c>
+      <c r="D95" s="13">
+        <v>3</v>
+      </c>
+      <c r="E95" s="14">
+        <v>15</v>
+      </c>
+      <c r="F95" s="18">
+        <v>2</v>
+      </c>
+      <c r="G95" s="7">
+        <v>15</v>
+      </c>
+      <c r="H95" s="7">
+        <v>2</v>
+      </c>
+      <c r="I95" s="14">
+        <v>19</v>
+      </c>
+      <c r="J95" s="7">
+        <v>1</v>
+      </c>
+      <c r="K95" s="7">
+        <v>16</v>
+      </c>
+      <c r="L95" s="7">
+        <v>5</v>
+      </c>
+      <c r="M95" s="14">
+        <v>22</v>
+      </c>
+      <c r="N95" s="18">
+        <v>2</v>
+      </c>
+      <c r="O95" s="7">
+        <v>13</v>
+      </c>
+      <c r="P95" s="7">
+        <v>3</v>
+      </c>
+      <c r="Q95" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:17">
+      <c r="A96" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B96" s="18">
+        <v>55</v>
+      </c>
+      <c r="C96" s="7">
+        <v>33</v>
+      </c>
+      <c r="D96" s="13">
+        <v>2</v>
+      </c>
+      <c r="E96" s="14">
+        <v>90</v>
+      </c>
+      <c r="F96" s="18">
+        <v>23</v>
+      </c>
+      <c r="G96" s="7">
+        <v>23</v>
+      </c>
+      <c r="H96" s="13">
+        <v>1</v>
+      </c>
+      <c r="I96" s="14">
+        <v>47</v>
+      </c>
+      <c r="J96" s="7">
+        <v>28</v>
+      </c>
+      <c r="K96" s="7">
+        <v>15</v>
+      </c>
+      <c r="L96" s="13">
+        <v>1</v>
+      </c>
+      <c r="M96" s="14">
+        <v>44</v>
+      </c>
+      <c r="N96" s="18">
         <v>27</v>
       </c>
-      <c r="E8" s="7">
+      <c r="O96" s="7">
+        <v>23</v>
+      </c>
+      <c r="P96" s="7">
+        <v>3</v>
+      </c>
+      <c r="Q96" s="14">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="97" spans="1:17">
+      <c r="A97" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B97" s="18">
+        <v>2</v>
+      </c>
+      <c r="C97" s="7">
+        <v>6</v>
+      </c>
+      <c r="D97" s="13">
+        <v>0</v>
+      </c>
+      <c r="E97" s="14">
+        <v>8</v>
+      </c>
+      <c r="F97" s="18">
+        <v>3</v>
+      </c>
+      <c r="G97" s="7">
+        <v>5</v>
+      </c>
+      <c r="H97" s="13">
+        <v>0</v>
+      </c>
+      <c r="I97" s="14">
+        <v>8</v>
+      </c>
+      <c r="J97" s="7">
+        <v>0</v>
+      </c>
+      <c r="K97" s="7">
+        <v>3</v>
+      </c>
+      <c r="L97" s="13">
+        <v>0</v>
+      </c>
+      <c r="M97" s="14">
+        <v>3</v>
+      </c>
+      <c r="N97" s="18">
+        <v>1</v>
+      </c>
+      <c r="O97" s="7">
+        <v>3</v>
+      </c>
+      <c r="P97" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q97" s="14">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="98" spans="1:17">
+      <c r="A98" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B98" s="18">
+        <v>4</v>
+      </c>
+      <c r="C98" s="7">
+        <v>6</v>
+      </c>
+      <c r="D98" s="13">
+        <v>0</v>
+      </c>
+      <c r="E98" s="14">
+        <v>10</v>
+      </c>
+      <c r="F98" s="13">
+        <v>9</v>
+      </c>
+      <c r="G98" s="7">
+        <v>10</v>
+      </c>
+      <c r="H98" s="7">
+        <v>1</v>
+      </c>
+      <c r="I98" s="14">
+        <v>20</v>
+      </c>
+      <c r="J98" s="7">
+        <v>2</v>
+      </c>
+      <c r="K98" s="7">
+        <v>3</v>
+      </c>
+      <c r="L98" s="13">
+        <v>0</v>
+      </c>
+      <c r="M98" s="14">
+        <v>5</v>
+      </c>
+      <c r="N98" s="18">
+        <v>2</v>
+      </c>
+      <c r="O98" s="7">
+        <v>6</v>
+      </c>
+      <c r="P98" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q98" s="14">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="99" spans="1:17">
+      <c r="A99" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B99" s="15">
+        <v>0</v>
+      </c>
+      <c r="C99" s="13">
+        <v>0</v>
+      </c>
+      <c r="D99" s="13">
+        <v>0</v>
+      </c>
+      <c r="E99" s="17">
+        <v>0</v>
+      </c>
+      <c r="F99" s="13">
+        <v>1</v>
+      </c>
+      <c r="G99" s="13">
+        <v>1</v>
+      </c>
+      <c r="H99" s="7">
+        <v>0</v>
+      </c>
+      <c r="I99" s="14">
+        <v>2</v>
+      </c>
+      <c r="J99" s="7">
+        <v>0</v>
+      </c>
+      <c r="K99" s="13">
+        <v>1</v>
+      </c>
+      <c r="L99" s="13">
+        <v>1</v>
+      </c>
+      <c r="M99" s="14">
+        <v>2</v>
+      </c>
+      <c r="N99" s="15">
+        <v>0</v>
+      </c>
+      <c r="O99" s="13">
+        <v>0</v>
+      </c>
+      <c r="P99" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q99" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:17">
+      <c r="A100" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B100" s="18">
+        <v>0</v>
+      </c>
+      <c r="C100" s="13">
+        <v>3</v>
+      </c>
+      <c r="D100" s="13">
+        <v>0</v>
+      </c>
+      <c r="E100" s="14">
+        <v>3</v>
+      </c>
+      <c r="F100" s="13">
+        <v>0</v>
+      </c>
+      <c r="G100" s="13">
+        <v>2</v>
+      </c>
+      <c r="H100" s="13">
+        <v>0</v>
+      </c>
+      <c r="I100" s="17">
+        <v>2</v>
+      </c>
+      <c r="J100" s="13">
+        <v>0</v>
+      </c>
+      <c r="K100" s="13">
+        <v>1</v>
+      </c>
+      <c r="L100" s="13">
+        <v>0</v>
+      </c>
+      <c r="M100" s="17">
+        <v>1</v>
+      </c>
+      <c r="N100" s="15">
+        <v>0</v>
+      </c>
+      <c r="O100" s="7">
+        <v>2</v>
+      </c>
+      <c r="P100" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q100" s="14">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="101" spans="1:17">
+      <c r="A101" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B101" s="15">
+        <v>0</v>
+      </c>
+      <c r="C101" s="13">
+        <v>0</v>
+      </c>
+      <c r="D101" s="13">
+        <v>0</v>
+      </c>
+      <c r="E101" s="17">
+        <v>0</v>
+      </c>
+      <c r="F101" s="13">
+        <v>0</v>
+      </c>
+      <c r="G101" s="13">
+        <v>0</v>
+      </c>
+      <c r="H101" s="13">
+        <v>0</v>
+      </c>
+      <c r="I101" s="17">
+        <v>0</v>
+      </c>
+      <c r="J101" s="13">
+        <v>0</v>
+      </c>
+      <c r="K101" s="7">
+        <v>0</v>
+      </c>
+      <c r="L101" s="13">
+        <v>0</v>
+      </c>
+      <c r="M101" s="14">
+        <v>0</v>
+      </c>
+      <c r="N101" s="15">
+        <v>0</v>
+      </c>
+      <c r="O101" s="13">
+        <v>0</v>
+      </c>
+      <c r="P101" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q101" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:17">
+      <c r="A102" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B102" s="15">
+        <v>0</v>
+      </c>
+      <c r="C102" s="13">
+        <v>0</v>
+      </c>
+      <c r="D102" s="13">
+        <v>0</v>
+      </c>
+      <c r="E102" s="17">
+        <v>0</v>
+      </c>
+      <c r="F102" s="13">
+        <v>0</v>
+      </c>
+      <c r="G102" s="13">
+        <v>0</v>
+      </c>
+      <c r="H102" s="13">
+        <v>0</v>
+      </c>
+      <c r="I102" s="17">
+        <v>0</v>
+      </c>
+      <c r="J102" s="13">
+        <v>1</v>
+      </c>
+      <c r="K102" s="13">
+        <v>0</v>
+      </c>
+      <c r="L102" s="13">
+        <v>0</v>
+      </c>
+      <c r="M102" s="17">
+        <v>1</v>
+      </c>
+      <c r="N102" s="15">
+        <v>0</v>
+      </c>
+      <c r="O102" s="13">
+        <v>0</v>
+      </c>
+      <c r="P102" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q102" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A103" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B103" s="22">
+        <v>70</v>
+      </c>
+      <c r="C103" s="20">
+        <v>81</v>
+      </c>
+      <c r="D103" s="20">
+        <v>42</v>
+      </c>
+      <c r="E103" s="21">
+        <v>193</v>
+      </c>
+      <c r="F103" s="20">
+        <v>42</v>
+      </c>
+      <c r="G103" s="20">
+        <v>87</v>
+      </c>
+      <c r="H103" s="20">
+        <v>32</v>
+      </c>
+      <c r="I103" s="21">
+        <v>161</v>
+      </c>
+      <c r="J103" s="20">
+        <v>36</v>
+      </c>
+      <c r="K103" s="20">
+        <v>62</v>
+      </c>
+      <c r="L103" s="20">
+        <v>39</v>
+      </c>
+      <c r="M103" s="21">
+        <v>137</v>
+      </c>
+      <c r="N103" s="22">
+        <v>36</v>
+      </c>
+      <c r="O103" s="20">
+        <v>83</v>
+      </c>
+      <c r="P103" s="20">
+        <v>81</v>
+      </c>
+      <c r="Q103" s="21">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="104" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A104" s="25"/>
+      <c r="B104" s="26"/>
+      <c r="C104" s="26"/>
+      <c r="D104" s="26"/>
+      <c r="E104" s="26"/>
+      <c r="F104" s="26"/>
+      <c r="G104" s="26"/>
+      <c r="H104" s="26"/>
+      <c r="I104" s="26"/>
+      <c r="J104" s="26"/>
+      <c r="K104" s="26"/>
+      <c r="L104" s="26"/>
+      <c r="M104" s="26"/>
+      <c r="N104" s="26"/>
+      <c r="O104" s="26"/>
+      <c r="P104" s="26"/>
+      <c r="Q104" s="26"/>
+    </row>
+    <row r="106" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A106" s="43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B106" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="C106" s="45"/>
+      <c r="D106" s="45"/>
+      <c r="E106" s="46"/>
+      <c r="F106" s="47" t="s">
+        <v>33</v>
+      </c>
+      <c r="G106" s="45"/>
+      <c r="H106" s="45"/>
+      <c r="I106" s="46"/>
+      <c r="J106" s="47" t="s">
+        <v>34</v>
+      </c>
+      <c r="K106" s="45"/>
+      <c r="L106" s="45"/>
+      <c r="M106" s="46"/>
+      <c r="N106" s="47" t="s">
         <v>35</v>
       </c>
-      <c r="F8" s="6">
-[...2 lines deleted...]
-      <c r="G8" s="6">
+      <c r="O106" s="45"/>
+      <c r="P106" s="45"/>
+      <c r="Q106" s="46"/>
+    </row>
+    <row r="107" spans="1:17" ht="30" customHeight="1">
+      <c r="A107" s="44"/>
+      <c r="B107" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C107" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D107" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E107" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F107" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="G107" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="H107" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="I107" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J107" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="K107" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="L107" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="M107" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="N107" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="O107" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P107" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q107" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="108" spans="1:17">
+      <c r="A108" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="B108" s="18">
+        <v>1</v>
+      </c>
+      <c r="C108" s="7">
         <v>13</v>
       </c>
-      <c r="H8" s="6">
+      <c r="D108" s="7">
+        <v>43</v>
+      </c>
+      <c r="E108" s="14">
+        <v>57</v>
+      </c>
+      <c r="F108" s="13">
+        <v>0</v>
+      </c>
+      <c r="G108" s="7">
+        <v>10</v>
+      </c>
+      <c r="H108" s="7">
+        <v>33</v>
+      </c>
+      <c r="I108" s="14">
+        <v>43</v>
+      </c>
+      <c r="J108" s="13">
+        <v>0</v>
+      </c>
+      <c r="K108" s="7">
+        <v>2</v>
+      </c>
+      <c r="L108" s="7">
+        <v>37</v>
+      </c>
+      <c r="M108" s="14">
+        <v>39</v>
+      </c>
+      <c r="N108" s="15">
+        <v>0</v>
+      </c>
+      <c r="O108" s="7">
+        <v>9</v>
+      </c>
+      <c r="P108" s="7">
+        <v>27</v>
+      </c>
+      <c r="Q108" s="14">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="109" spans="1:17">
+      <c r="A109" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B109" s="15">
+        <v>0</v>
+      </c>
+      <c r="C109" s="7">
+        <v>1</v>
+      </c>
+      <c r="D109" s="7">
+        <v>11</v>
+      </c>
+      <c r="E109" s="14">
+        <v>12</v>
+      </c>
+      <c r="F109" s="13">
+        <v>0</v>
+      </c>
+      <c r="G109" s="13">
+        <v>0</v>
+      </c>
+      <c r="H109" s="7">
+        <v>5</v>
+      </c>
+      <c r="I109" s="14">
+        <v>5</v>
+      </c>
+      <c r="J109" s="13">
+        <v>0</v>
+      </c>
+      <c r="K109" s="7">
+        <v>0</v>
+      </c>
+      <c r="L109" s="7">
+        <v>1</v>
+      </c>
+      <c r="M109" s="14">
+        <v>1</v>
+      </c>
+      <c r="N109" s="15">
+        <v>0</v>
+      </c>
+      <c r="O109" s="13">
+        <v>0</v>
+      </c>
+      <c r="P109" s="7">
+        <v>5</v>
+      </c>
+      <c r="Q109" s="14">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="110" spans="1:17">
+      <c r="A110" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B110" s="15">
+        <v>0</v>
+      </c>
+      <c r="C110" s="7">
+        <v>1</v>
+      </c>
+      <c r="D110" s="7">
+        <v>6</v>
+      </c>
+      <c r="E110" s="14">
+        <v>7</v>
+      </c>
+      <c r="F110" s="13">
+        <v>0</v>
+      </c>
+      <c r="G110" s="7">
+        <v>1</v>
+      </c>
+      <c r="H110" s="7">
+        <v>3</v>
+      </c>
+      <c r="I110" s="14">
+        <v>4</v>
+      </c>
+      <c r="J110" s="13">
+        <v>0</v>
+      </c>
+      <c r="K110" s="7">
+        <v>0</v>
+      </c>
+      <c r="L110" s="7">
+        <v>5</v>
+      </c>
+      <c r="M110" s="14">
+        <v>5</v>
+      </c>
+      <c r="N110" s="15">
+        <v>0</v>
+      </c>
+      <c r="O110" s="7">
+        <v>0</v>
+      </c>
+      <c r="P110" s="7">
+        <v>4</v>
+      </c>
+      <c r="Q110" s="14">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="111" spans="1:17">
+      <c r="A111" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B111" s="15">
+        <v>1</v>
+      </c>
+      <c r="C111" s="7">
+        <v>2</v>
+      </c>
+      <c r="D111" s="7">
+        <v>18</v>
+      </c>
+      <c r="E111" s="14">
+        <v>21</v>
+      </c>
+      <c r="F111" s="13">
+        <v>0</v>
+      </c>
+      <c r="G111" s="7">
+        <v>3</v>
+      </c>
+      <c r="H111" s="7">
+        <v>16</v>
+      </c>
+      <c r="I111" s="14">
+        <v>19</v>
+      </c>
+      <c r="J111" s="13">
+        <v>0</v>
+      </c>
+      <c r="K111" s="7">
+        <v>1</v>
+      </c>
+      <c r="L111" s="7">
+        <v>18</v>
+      </c>
+      <c r="M111" s="14">
+        <v>19</v>
+      </c>
+      <c r="N111" s="15">
+        <v>0</v>
+      </c>
+      <c r="O111" s="7">
+        <v>2</v>
+      </c>
+      <c r="P111" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q111" s="14">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="112" spans="1:17">
+      <c r="A112" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B112" s="18">
+        <v>0</v>
+      </c>
+      <c r="C112" s="7">
+        <v>9</v>
+      </c>
+      <c r="D112" s="7">
+        <v>8</v>
+      </c>
+      <c r="E112" s="14">
+        <v>17</v>
+      </c>
+      <c r="F112" s="13">
+        <v>0</v>
+      </c>
+      <c r="G112" s="7">
+        <v>6</v>
+      </c>
+      <c r="H112" s="7">
+        <v>9</v>
+      </c>
+      <c r="I112" s="14">
+        <v>15</v>
+      </c>
+      <c r="J112" s="13">
+        <v>0</v>
+      </c>
+      <c r="K112" s="7">
+        <v>1</v>
+      </c>
+      <c r="L112" s="7">
+        <v>13</v>
+      </c>
+      <c r="M112" s="14">
+        <v>14</v>
+      </c>
+      <c r="N112" s="15">
+        <v>0</v>
+      </c>
+      <c r="O112" s="7">
+        <v>7</v>
+      </c>
+      <c r="P112" s="7">
+        <v>4</v>
+      </c>
+      <c r="Q112" s="14">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="113" spans="1:17">
+      <c r="A113" s="16"/>
+      <c r="B113" s="15">
+        <v>0</v>
+      </c>
+      <c r="C113" s="7">
+        <v>0</v>
+      </c>
+      <c r="D113" s="7">
+        <v>0</v>
+      </c>
+      <c r="E113" s="14">
+        <v>0</v>
+      </c>
+      <c r="F113" s="13">
+        <v>0</v>
+      </c>
+      <c r="G113" s="13">
+        <v>0</v>
+      </c>
+      <c r="H113" s="13">
+        <v>0</v>
+      </c>
+      <c r="I113" s="17">
+        <v>0</v>
+      </c>
+      <c r="J113" s="13">
+        <v>0</v>
+      </c>
+      <c r="K113" s="13">
+        <v>0</v>
+      </c>
+      <c r="L113" s="13">
+        <v>0</v>
+      </c>
+      <c r="M113" s="17">
+        <v>0</v>
+      </c>
+      <c r="N113" s="15">
+        <v>0</v>
+      </c>
+      <c r="O113" s="13">
+        <v>0</v>
+      </c>
+      <c r="P113" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q113" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="1:17">
+      <c r="A114" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B114" s="18">
+        <v>1</v>
+      </c>
+      <c r="C114" s="7">
+        <v>9</v>
+      </c>
+      <c r="D114" s="13">
+        <v>3</v>
+      </c>
+      <c r="E114" s="14">
+        <v>13</v>
+      </c>
+      <c r="F114" s="18">
+        <v>1</v>
+      </c>
+      <c r="G114" s="7">
+        <v>8</v>
+      </c>
+      <c r="H114" s="7">
+        <v>1</v>
+      </c>
+      <c r="I114" s="14">
+        <v>10</v>
+      </c>
+      <c r="J114" s="13">
+        <v>0</v>
+      </c>
+      <c r="K114" s="7">
+        <v>15</v>
+      </c>
+      <c r="L114" s="7">
+        <v>2</v>
+      </c>
+      <c r="M114" s="14">
+        <v>17</v>
+      </c>
+      <c r="N114" s="18">
+        <v>4</v>
+      </c>
+      <c r="O114" s="7">
+        <v>9</v>
+      </c>
+      <c r="P114" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q114" s="14">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="115" spans="1:17">
+      <c r="A115" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B115" s="18">
+        <v>0</v>
+      </c>
+      <c r="C115" s="7">
+        <v>17</v>
+      </c>
+      <c r="D115" s="13">
+        <v>5</v>
+      </c>
+      <c r="E115" s="14">
+        <v>22</v>
+      </c>
+      <c r="F115" s="18">
+        <v>1</v>
+      </c>
+      <c r="G115" s="7">
+        <v>19</v>
+      </c>
+      <c r="H115" s="7">
+        <v>2</v>
+      </c>
+      <c r="I115" s="14">
+        <v>22</v>
+      </c>
+      <c r="J115" s="7">
+        <v>2</v>
+      </c>
+      <c r="K115" s="7">
+        <v>17</v>
+      </c>
+      <c r="L115" s="7">
+        <v>5</v>
+      </c>
+      <c r="M115" s="14">
+        <v>24</v>
+      </c>
+      <c r="N115" s="18">
+        <v>3</v>
+      </c>
+      <c r="O115" s="7">
+        <v>11</v>
+      </c>
+      <c r="P115" s="7">
+        <v>10</v>
+      </c>
+      <c r="Q115" s="14">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="116" spans="1:17">
+      <c r="A116" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B116" s="18">
+        <v>26</v>
+      </c>
+      <c r="C116" s="7">
+        <v>18</v>
+      </c>
+      <c r="D116" s="13">
+        <v>1</v>
+      </c>
+      <c r="E116" s="14">
+        <v>45</v>
+      </c>
+      <c r="F116" s="18">
+        <v>26</v>
+      </c>
+      <c r="G116" s="7">
+        <v>17</v>
+      </c>
+      <c r="H116" s="13">
+        <v>1</v>
+      </c>
+      <c r="I116" s="14">
+        <v>44</v>
+      </c>
+      <c r="J116" s="7">
+        <v>23</v>
+      </c>
+      <c r="K116" s="7">
+        <v>11</v>
+      </c>
+      <c r="L116" s="13">
+        <v>4</v>
+      </c>
+      <c r="M116" s="14">
+        <v>38</v>
+      </c>
+      <c r="N116" s="18">
+        <v>35</v>
+      </c>
+      <c r="O116" s="7">
+        <v>18</v>
+      </c>
+      <c r="P116" s="7">
+        <v>2</v>
+      </c>
+      <c r="Q116" s="14">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="117" spans="1:17">
+      <c r="A117" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B117" s="18">
+        <v>1</v>
+      </c>
+      <c r="C117" s="7">
+        <v>1</v>
+      </c>
+      <c r="D117" s="13">
+        <v>0</v>
+      </c>
+      <c r="E117" s="14">
+        <v>2</v>
+      </c>
+      <c r="F117" s="18">
+        <v>2</v>
+      </c>
+      <c r="G117" s="7">
+        <v>3</v>
+      </c>
+      <c r="H117" s="13">
+        <v>1</v>
+      </c>
+      <c r="I117" s="14">
+        <v>6</v>
+      </c>
+      <c r="J117" s="7">
+        <v>0</v>
+      </c>
+      <c r="K117" s="7">
+        <v>3</v>
+      </c>
+      <c r="L117" s="13">
+        <v>0</v>
+      </c>
+      <c r="M117" s="14">
+        <v>3</v>
+      </c>
+      <c r="N117" s="18">
+        <v>0</v>
+      </c>
+      <c r="O117" s="7">
+        <v>8</v>
+      </c>
+      <c r="P117" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q117" s="14">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="118" spans="1:17">
+      <c r="A118" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B118" s="18">
+        <v>5</v>
+      </c>
+      <c r="C118" s="7">
+        <v>6</v>
+      </c>
+      <c r="D118" s="13">
+        <v>2</v>
+      </c>
+      <c r="E118" s="14">
+        <v>13</v>
+      </c>
+      <c r="F118" s="13">
+        <v>0</v>
+      </c>
+      <c r="G118" s="7">
+        <v>7</v>
+      </c>
+      <c r="H118" s="7">
+        <v>2</v>
+      </c>
+      <c r="I118" s="14">
+        <v>9</v>
+      </c>
+      <c r="J118" s="7">
+        <v>0</v>
+      </c>
+      <c r="K118" s="7">
+        <v>3</v>
+      </c>
+      <c r="L118" s="13">
+        <v>1</v>
+      </c>
+      <c r="M118" s="14">
+        <v>4</v>
+      </c>
+      <c r="N118" s="18">
+        <v>0</v>
+      </c>
+      <c r="O118" s="7">
+        <v>3</v>
+      </c>
+      <c r="P118" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q118" s="14">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="119" spans="1:17">
+      <c r="A119" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B119" s="15">
+        <v>0</v>
+      </c>
+      <c r="C119" s="13">
+        <v>0</v>
+      </c>
+      <c r="D119" s="13">
+        <v>0</v>
+      </c>
+      <c r="E119" s="17">
+        <v>0</v>
+      </c>
+      <c r="F119" s="13">
+        <v>0</v>
+      </c>
+      <c r="G119" s="13">
+        <v>1</v>
+      </c>
+      <c r="H119" s="7">
+        <v>0</v>
+      </c>
+      <c r="I119" s="14">
+        <v>1</v>
+      </c>
+      <c r="J119" s="7">
+        <v>0</v>
+      </c>
+      <c r="K119" s="13">
+        <v>1</v>
+      </c>
+      <c r="L119" s="13">
+        <v>0</v>
+      </c>
+      <c r="M119" s="14">
+        <v>1</v>
+      </c>
+      <c r="N119" s="15">
+        <v>0</v>
+      </c>
+      <c r="O119" s="13">
+        <v>0</v>
+      </c>
+      <c r="P119" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q119" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:17">
+      <c r="A120" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B120" s="18">
+        <v>1</v>
+      </c>
+      <c r="C120" s="13">
+        <v>1</v>
+      </c>
+      <c r="D120" s="13">
+        <v>0</v>
+      </c>
+      <c r="E120" s="14">
+        <v>2</v>
+      </c>
+      <c r="F120" s="13">
+        <v>1</v>
+      </c>
+      <c r="G120" s="13">
+        <v>2</v>
+      </c>
+      <c r="H120" s="13">
+        <v>0</v>
+      </c>
+      <c r="I120" s="17">
+        <v>3</v>
+      </c>
+      <c r="J120" s="13">
+        <v>0</v>
+      </c>
+      <c r="K120" s="13">
+        <v>0</v>
+      </c>
+      <c r="L120" s="13">
+        <v>0</v>
+      </c>
+      <c r="M120" s="17">
+        <v>0</v>
+      </c>
+      <c r="N120" s="15">
+        <v>0</v>
+      </c>
+      <c r="O120" s="7">
+        <v>0</v>
+      </c>
+      <c r="P120" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q120" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:17">
+      <c r="A121" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B121" s="15">
+        <v>0</v>
+      </c>
+      <c r="C121" s="13">
+        <v>0</v>
+      </c>
+      <c r="D121" s="13">
+        <v>0</v>
+      </c>
+      <c r="E121" s="17">
+        <v>0</v>
+      </c>
+      <c r="F121" s="13">
+        <v>0</v>
+      </c>
+      <c r="G121" s="13">
+        <v>1</v>
+      </c>
+      <c r="H121" s="13">
+        <v>0</v>
+      </c>
+      <c r="I121" s="17">
+        <v>1</v>
+      </c>
+      <c r="J121" s="13">
+        <v>0</v>
+      </c>
+      <c r="K121" s="7">
+        <v>0</v>
+      </c>
+      <c r="L121" s="13">
+        <v>0</v>
+      </c>
+      <c r="M121" s="14">
+        <v>0</v>
+      </c>
+      <c r="N121" s="15">
+        <v>0</v>
+      </c>
+      <c r="O121" s="13">
+        <v>0</v>
+      </c>
+      <c r="P121" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q121" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:17">
+      <c r="A122" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B122" s="15">
+        <v>0</v>
+      </c>
+      <c r="C122" s="13">
+        <v>0</v>
+      </c>
+      <c r="D122" s="13">
+        <v>0</v>
+      </c>
+      <c r="E122" s="17">
+        <v>0</v>
+      </c>
+      <c r="F122" s="13">
+        <v>0</v>
+      </c>
+      <c r="G122" s="13">
+        <v>0</v>
+      </c>
+      <c r="H122" s="13">
+        <v>0</v>
+      </c>
+      <c r="I122" s="17">
+        <v>0</v>
+      </c>
+      <c r="J122" s="13">
+        <v>0</v>
+      </c>
+      <c r="K122" s="13">
+        <v>0</v>
+      </c>
+      <c r="L122" s="13">
+        <v>0</v>
+      </c>
+      <c r="M122" s="17">
+        <v>0</v>
+      </c>
+      <c r="N122" s="15">
+        <v>0</v>
+      </c>
+      <c r="O122" s="13">
+        <v>0</v>
+      </c>
+      <c r="P122" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q122" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A123" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B123" s="22">
+        <v>35</v>
+      </c>
+      <c r="C123" s="20">
+        <v>65</v>
+      </c>
+      <c r="D123" s="20">
+        <v>54</v>
+      </c>
+      <c r="E123" s="21">
+        <v>154</v>
+      </c>
+      <c r="F123" s="20">
+        <v>31</v>
+      </c>
+      <c r="G123" s="20">
+        <v>68</v>
+      </c>
+      <c r="H123" s="20">
+        <v>40</v>
+      </c>
+      <c r="I123" s="21">
+        <v>139</v>
+      </c>
+      <c r="J123" s="20">
+        <v>25</v>
+      </c>
+      <c r="K123" s="20">
+        <v>52</v>
+      </c>
+      <c r="L123" s="20">
+        <v>49</v>
+      </c>
+      <c r="M123" s="21">
+        <v>126</v>
+      </c>
+      <c r="N123" s="22">
+        <v>42</v>
+      </c>
+      <c r="O123" s="20">
+        <v>58</v>
+      </c>
+      <c r="P123" s="20">
+        <v>41</v>
+      </c>
+      <c r="Q123" s="21">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="126" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A126" s="43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B126" s="45" t="s">
+        <v>36</v>
+      </c>
+      <c r="C126" s="45"/>
+      <c r="D126" s="45"/>
+      <c r="E126" s="46"/>
+      <c r="F126" s="47" t="s">
+        <v>37</v>
+      </c>
+      <c r="G126" s="45"/>
+      <c r="H126" s="45"/>
+      <c r="I126" s="46"/>
+      <c r="J126" s="47" t="s">
+        <v>38</v>
+      </c>
+      <c r="K126" s="45"/>
+      <c r="L126" s="45"/>
+      <c r="M126" s="46"/>
+      <c r="N126" s="47" t="s">
+        <v>39</v>
+      </c>
+      <c r="O126" s="45"/>
+      <c r="P126" s="45"/>
+      <c r="Q126" s="46"/>
+    </row>
+    <row r="127" spans="1:17" ht="30" customHeight="1">
+      <c r="A127" s="44"/>
+      <c r="B127" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D127" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E127" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F127" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="G127" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="H127" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="I127" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J127" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="K127" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="L127" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="M127" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="N127" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="O127" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P127" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q127" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="128" spans="1:17">
+      <c r="A128" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="B128" s="18">
+        <v>0</v>
+      </c>
+      <c r="C128" s="7">
+        <v>6</v>
+      </c>
+      <c r="D128" s="7">
+        <v>32</v>
+      </c>
+      <c r="E128" s="14">
+        <v>38</v>
+      </c>
+      <c r="F128" s="13">
+        <v>2</v>
+      </c>
+      <c r="G128" s="7">
+        <v>6</v>
+      </c>
+      <c r="H128" s="7">
+        <v>25</v>
+      </c>
+      <c r="I128" s="14">
+        <v>33</v>
+      </c>
+      <c r="J128" s="13">
+        <v>1</v>
+      </c>
+      <c r="K128" s="7">
+        <v>3</v>
+      </c>
+      <c r="L128" s="7">
+        <v>37</v>
+      </c>
+      <c r="M128" s="14">
+        <v>41</v>
+      </c>
+      <c r="N128" s="15">
+        <v>2</v>
+      </c>
+      <c r="O128" s="7">
+        <v>7</v>
+      </c>
+      <c r="P128" s="7">
+        <v>46</v>
+      </c>
+      <c r="Q128" s="14">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17">
+      <c r="A129" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B129" s="15">
+        <v>0</v>
+      </c>
+      <c r="C129" s="7">
+        <v>0</v>
+      </c>
+      <c r="D129" s="7">
+        <v>5</v>
+      </c>
+      <c r="E129" s="14">
+        <v>5</v>
+      </c>
+      <c r="F129" s="13">
+        <v>1</v>
+      </c>
+      <c r="G129" s="13">
+        <v>0</v>
+      </c>
+      <c r="H129" s="7">
+        <v>10</v>
+      </c>
+      <c r="I129" s="14">
+        <v>11</v>
+      </c>
+      <c r="J129" s="13">
+        <v>0</v>
+      </c>
+      <c r="K129" s="7">
+        <v>0</v>
+      </c>
+      <c r="L129" s="7">
+        <v>4</v>
+      </c>
+      <c r="M129" s="14">
+        <v>4</v>
+      </c>
+      <c r="N129" s="15">
+        <v>0</v>
+      </c>
+      <c r="O129" s="13">
+        <v>0</v>
+      </c>
+      <c r="P129" s="7">
+        <v>8</v>
+      </c>
+      <c r="Q129" s="14">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="130" spans="1:17">
+      <c r="A130" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B130" s="15">
+        <v>0</v>
+      </c>
+      <c r="C130" s="7">
+        <v>0</v>
+      </c>
+      <c r="D130" s="7">
+        <v>6</v>
+      </c>
+      <c r="E130" s="14">
+        <v>6</v>
+      </c>
+      <c r="F130" s="13">
+        <v>0</v>
+      </c>
+      <c r="G130" s="7">
+        <v>0</v>
+      </c>
+      <c r="H130" s="7">
+        <v>6</v>
+      </c>
+      <c r="I130" s="14">
+        <v>6</v>
+      </c>
+      <c r="J130" s="13">
+        <v>1</v>
+      </c>
+      <c r="K130" s="7">
+        <v>0</v>
+      </c>
+      <c r="L130" s="7">
+        <v>11</v>
+      </c>
+      <c r="M130" s="14">
+        <v>12</v>
+      </c>
+      <c r="N130" s="15">
+        <v>0</v>
+      </c>
+      <c r="O130" s="7">
+        <v>0</v>
+      </c>
+      <c r="P130" s="7">
+        <v>6</v>
+      </c>
+      <c r="Q130" s="14">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="131" spans="1:17" ht="15" customHeight="1">
+      <c r="A131" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B131" s="15">
+        <v>0</v>
+      </c>
+      <c r="C131" s="7">
+        <v>2</v>
+      </c>
+      <c r="D131" s="7">
+        <v>16</v>
+      </c>
+      <c r="E131" s="14">
+        <v>18</v>
+      </c>
+      <c r="F131" s="13">
+        <v>0</v>
+      </c>
+      <c r="G131" s="7">
+        <v>1</v>
+      </c>
+      <c r="H131" s="7">
+        <v>4</v>
+      </c>
+      <c r="I131" s="14">
+        <v>5</v>
+      </c>
+      <c r="J131" s="13">
+        <v>0</v>
+      </c>
+      <c r="K131" s="7">
+        <v>0</v>
+      </c>
+      <c r="L131" s="7">
+        <v>11</v>
+      </c>
+      <c r="M131" s="14">
+        <v>11</v>
+      </c>
+      <c r="N131" s="15">
+        <v>1</v>
+      </c>
+      <c r="O131" s="7">
+        <v>1</v>
+      </c>
+      <c r="P131" s="7">
+        <v>16</v>
+      </c>
+      <c r="Q131" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="132" spans="1:17" ht="15" customHeight="1">
+      <c r="A132" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B132" s="18">
+        <v>0</v>
+      </c>
+      <c r="C132" s="7">
+        <v>4</v>
+      </c>
+      <c r="D132" s="7">
+        <v>5</v>
+      </c>
+      <c r="E132" s="14">
+        <v>9</v>
+      </c>
+      <c r="F132" s="13">
+        <v>1</v>
+      </c>
+      <c r="G132" s="7">
+        <v>5</v>
+      </c>
+      <c r="H132" s="7">
+        <v>5</v>
+      </c>
+      <c r="I132" s="14">
+        <v>11</v>
+      </c>
+      <c r="J132" s="13">
+        <v>0</v>
+      </c>
+      <c r="K132" s="7">
+        <v>3</v>
+      </c>
+      <c r="L132" s="7">
+        <v>11</v>
+      </c>
+      <c r="M132" s="14">
+        <v>14</v>
+      </c>
+      <c r="N132" s="15">
+        <v>1</v>
+      </c>
+      <c r="O132" s="7">
+        <v>6</v>
+      </c>
+      <c r="P132" s="7">
+        <v>16</v>
+      </c>
+      <c r="Q132" s="14">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="133" spans="1:17">
+      <c r="A133" s="16"/>
+      <c r="B133" s="15">
+        <v>0</v>
+      </c>
+      <c r="C133" s="7">
+        <v>0</v>
+      </c>
+      <c r="D133" s="7">
+        <v>0</v>
+      </c>
+      <c r="E133" s="14">
+        <v>0</v>
+      </c>
+      <c r="F133" s="13">
+        <v>0</v>
+      </c>
+      <c r="G133" s="13">
+        <v>0</v>
+      </c>
+      <c r="H133" s="13">
+        <v>0</v>
+      </c>
+      <c r="I133" s="17">
+        <v>0</v>
+      </c>
+      <c r="J133" s="13">
+        <v>0</v>
+      </c>
+      <c r="K133" s="13">
+        <v>0</v>
+      </c>
+      <c r="L133" s="13">
+        <v>0</v>
+      </c>
+      <c r="M133" s="17">
+        <v>0</v>
+      </c>
+      <c r="N133" s="15">
+        <v>0</v>
+      </c>
+      <c r="O133" s="13">
+        <v>0</v>
+      </c>
+      <c r="P133" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q133" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:17">
+      <c r="A134" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B134" s="18">
+        <v>2</v>
+      </c>
+      <c r="C134" s="7">
+        <v>8</v>
+      </c>
+      <c r="D134" s="13">
+        <v>0</v>
+      </c>
+      <c r="E134" s="14">
+        <v>10</v>
+      </c>
+      <c r="F134" s="18">
+        <v>0</v>
+      </c>
+      <c r="G134" s="7">
+        <v>9</v>
+      </c>
+      <c r="H134" s="7">
+        <v>4</v>
+      </c>
+      <c r="I134" s="14">
+        <v>13</v>
+      </c>
+      <c r="J134" s="13">
+        <v>2</v>
+      </c>
+      <c r="K134" s="7">
+        <v>5</v>
+      </c>
+      <c r="L134" s="7">
+        <v>6</v>
+      </c>
+      <c r="M134" s="14">
+        <v>13</v>
+      </c>
+      <c r="N134" s="18">
+        <v>4</v>
+      </c>
+      <c r="O134" s="7">
+        <v>18</v>
+      </c>
+      <c r="P134" s="7">
+        <v>2</v>
+      </c>
+      <c r="Q134" s="14">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="135" spans="1:17">
+      <c r="A135" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B135" s="18">
+        <v>2</v>
+      </c>
+      <c r="C135" s="7">
+        <v>18</v>
+      </c>
+      <c r="D135" s="13">
+        <v>4</v>
+      </c>
+      <c r="E135" s="14">
+        <v>24</v>
+      </c>
+      <c r="F135" s="18">
+        <v>1</v>
+      </c>
+      <c r="G135" s="7">
+        <v>14</v>
+      </c>
+      <c r="H135" s="7">
+        <v>1</v>
+      </c>
+      <c r="I135" s="14">
+        <v>16</v>
+      </c>
+      <c r="J135" s="7">
+        <v>3</v>
+      </c>
+      <c r="K135" s="7">
+        <v>18</v>
+      </c>
+      <c r="L135" s="7">
+        <v>5</v>
+      </c>
+      <c r="M135" s="14">
+        <v>26</v>
+      </c>
+      <c r="N135" s="18">
+        <v>0</v>
+      </c>
+      <c r="O135" s="7">
+        <v>11</v>
+      </c>
+      <c r="P135" s="7">
+        <v>4</v>
+      </c>
+      <c r="Q135" s="14">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="136" spans="1:17">
+      <c r="A136" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B136" s="18">
+        <v>16</v>
+      </c>
+      <c r="C136" s="7">
+        <v>12</v>
+      </c>
+      <c r="D136" s="13">
+        <v>2</v>
+      </c>
+      <c r="E136" s="14">
+        <v>30</v>
+      </c>
+      <c r="F136" s="18">
+        <v>28</v>
+      </c>
+      <c r="G136" s="7">
+        <v>12</v>
+      </c>
+      <c r="H136" s="13">
+        <v>2</v>
+      </c>
+      <c r="I136" s="14">
+        <v>42</v>
+      </c>
+      <c r="J136" s="7">
+        <v>39</v>
+      </c>
+      <c r="K136" s="7">
+        <v>14</v>
+      </c>
+      <c r="L136" s="13">
+        <v>1</v>
+      </c>
+      <c r="M136" s="14">
+        <v>54</v>
+      </c>
+      <c r="N136" s="18">
+        <v>25</v>
+      </c>
+      <c r="O136" s="7">
+        <v>17</v>
+      </c>
+      <c r="P136" s="7">
+        <v>3</v>
+      </c>
+      <c r="Q136" s="14">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="137" spans="1:17">
+      <c r="A137" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B137" s="18">
+        <v>1</v>
+      </c>
+      <c r="C137" s="7">
+        <v>3</v>
+      </c>
+      <c r="D137" s="13">
+        <v>0</v>
+      </c>
+      <c r="E137" s="14">
+        <v>4</v>
+      </c>
+      <c r="F137" s="18">
+        <v>0</v>
+      </c>
+      <c r="G137" s="7">
+        <v>3</v>
+      </c>
+      <c r="H137" s="13">
+        <v>0</v>
+      </c>
+      <c r="I137" s="14">
+        <v>3</v>
+      </c>
+      <c r="J137" s="7">
+        <v>2</v>
+      </c>
+      <c r="K137" s="7">
+        <v>4</v>
+      </c>
+      <c r="L137" s="13">
+        <v>0</v>
+      </c>
+      <c r="M137" s="14">
+        <v>6</v>
+      </c>
+      <c r="N137" s="18">
+        <v>0</v>
+      </c>
+      <c r="O137" s="7">
+        <v>4</v>
+      </c>
+      <c r="P137" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q137" s="14">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="138" spans="1:17">
+      <c r="A138" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B138" s="18">
+        <v>0</v>
+      </c>
+      <c r="C138" s="7">
+        <v>0</v>
+      </c>
+      <c r="D138" s="13">
+        <v>0</v>
+      </c>
+      <c r="E138" s="14">
+        <v>0</v>
+      </c>
+      <c r="F138" s="13">
+        <v>0</v>
+      </c>
+      <c r="G138" s="7">
+        <v>1</v>
+      </c>
+      <c r="H138" s="7">
+        <v>0</v>
+      </c>
+      <c r="I138" s="14">
+        <v>1</v>
+      </c>
+      <c r="J138" s="7">
+        <v>5</v>
+      </c>
+      <c r="K138" s="7">
+        <v>10</v>
+      </c>
+      <c r="L138" s="13">
+        <v>0</v>
+      </c>
+      <c r="M138" s="14">
+        <v>15</v>
+      </c>
+      <c r="N138" s="18">
+        <v>3</v>
+      </c>
+      <c r="O138" s="7">
+        <v>7</v>
+      </c>
+      <c r="P138" s="7">
+        <v>0</v>
+      </c>
+      <c r="Q138" s="14">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="139" spans="1:17">
+      <c r="A139" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B139" s="15">
+        <v>0</v>
+      </c>
+      <c r="C139" s="13">
+        <v>2</v>
+      </c>
+      <c r="D139" s="13">
+        <v>0</v>
+      </c>
+      <c r="E139" s="17">
+        <v>2</v>
+      </c>
+      <c r="F139" s="13">
+        <v>0</v>
+      </c>
+      <c r="G139" s="13">
+        <v>0</v>
+      </c>
+      <c r="H139" s="7">
+        <v>0</v>
+      </c>
+      <c r="I139" s="14">
+        <v>0</v>
+      </c>
+      <c r="J139" s="7">
+        <v>0</v>
+      </c>
+      <c r="K139" s="13">
+        <v>0</v>
+      </c>
+      <c r="L139" s="13">
+        <v>0</v>
+      </c>
+      <c r="M139" s="14">
+        <v>0</v>
+      </c>
+      <c r="N139" s="15">
+        <v>0</v>
+      </c>
+      <c r="O139" s="13">
+        <v>0</v>
+      </c>
+      <c r="P139" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q139" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140" spans="1:17">
+      <c r="A140" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B140" s="18">
+        <v>0</v>
+      </c>
+      <c r="C140" s="13">
+        <v>1</v>
+      </c>
+      <c r="D140" s="13">
+        <v>0</v>
+      </c>
+      <c r="E140" s="14">
+        <v>1</v>
+      </c>
+      <c r="F140" s="13">
+        <v>0</v>
+      </c>
+      <c r="G140" s="13">
+        <v>1</v>
+      </c>
+      <c r="H140" s="13">
+        <v>0</v>
+      </c>
+      <c r="I140" s="17">
+        <v>1</v>
+      </c>
+      <c r="J140" s="13">
+        <v>1</v>
+      </c>
+      <c r="K140" s="13">
+        <v>0</v>
+      </c>
+      <c r="L140" s="13">
+        <v>0</v>
+      </c>
+      <c r="M140" s="17">
+        <v>1</v>
+      </c>
+      <c r="N140" s="15">
+        <v>2</v>
+      </c>
+      <c r="O140" s="7">
+        <v>3</v>
+      </c>
+      <c r="P140" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q140" s="14">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="141" spans="1:17">
+      <c r="A141" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B141" s="15">
+        <v>0</v>
+      </c>
+      <c r="C141" s="13">
+        <v>0</v>
+      </c>
+      <c r="D141" s="13">
+        <v>0</v>
+      </c>
+      <c r="E141" s="17">
+        <v>0</v>
+      </c>
+      <c r="F141" s="13">
+        <v>0</v>
+      </c>
+      <c r="G141" s="13">
+        <v>0</v>
+      </c>
+      <c r="H141" s="13">
+        <v>0</v>
+      </c>
+      <c r="I141" s="17">
+        <v>0</v>
+      </c>
+      <c r="J141" s="13">
+        <v>0</v>
+      </c>
+      <c r="K141" s="7">
+        <v>0</v>
+      </c>
+      <c r="L141" s="13">
+        <v>0</v>
+      </c>
+      <c r="M141" s="14">
+        <v>0</v>
+      </c>
+      <c r="N141" s="15">
+        <v>0</v>
+      </c>
+      <c r="O141" s="13">
+        <v>0</v>
+      </c>
+      <c r="P141" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q141" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="142" spans="1:17">
+      <c r="A142" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B142" s="15">
+        <v>0</v>
+      </c>
+      <c r="C142" s="13">
+        <v>0</v>
+      </c>
+      <c r="D142" s="13">
+        <v>0</v>
+      </c>
+      <c r="E142" s="17">
+        <v>0</v>
+      </c>
+      <c r="F142" s="13">
+        <v>0</v>
+      </c>
+      <c r="G142" s="13">
+        <v>0</v>
+      </c>
+      <c r="H142" s="13">
+        <v>0</v>
+      </c>
+      <c r="I142" s="17">
+        <v>0</v>
+      </c>
+      <c r="J142" s="13">
+        <v>0</v>
+      </c>
+      <c r="K142" s="13">
+        <v>0</v>
+      </c>
+      <c r="L142" s="13">
+        <v>0</v>
+      </c>
+      <c r="M142" s="17">
+        <v>0</v>
+      </c>
+      <c r="N142" s="15">
+        <v>0</v>
+      </c>
+      <c r="O142" s="13">
+        <v>0</v>
+      </c>
+      <c r="P142" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q142" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="143" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A143" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B143" s="22">
+        <v>21</v>
+      </c>
+      <c r="C143" s="20">
+        <v>50</v>
+      </c>
+      <c r="D143" s="20">
+        <v>38</v>
+      </c>
+      <c r="E143" s="21">
+        <v>109</v>
+      </c>
+      <c r="F143" s="20">
+        <v>31</v>
+      </c>
+      <c r="G143" s="20">
+        <v>46</v>
+      </c>
+      <c r="H143" s="20">
+        <v>32</v>
+      </c>
+      <c r="I143" s="21">
+        <v>109</v>
+      </c>
+      <c r="J143" s="20">
+        <v>53</v>
+      </c>
+      <c r="K143" s="20">
+        <v>54</v>
+      </c>
+      <c r="L143" s="20">
+        <v>49</v>
+      </c>
+      <c r="M143" s="21">
+        <v>156</v>
+      </c>
+      <c r="N143" s="22">
+        <v>36</v>
+      </c>
+      <c r="O143" s="20">
+        <v>67</v>
+      </c>
+      <c r="P143" s="20">
+        <v>55</v>
+      </c>
+      <c r="Q143" s="21">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="146" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A146" s="43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B146" s="45" t="s">
+        <v>40</v>
+      </c>
+      <c r="C146" s="45"/>
+      <c r="D146" s="45"/>
+      <c r="E146" s="46"/>
+      <c r="F146" s="47" t="s">
+        <v>41</v>
+      </c>
+      <c r="G146" s="45"/>
+      <c r="H146" s="45"/>
+      <c r="I146" s="46"/>
+      <c r="J146" s="47" t="s">
+        <v>42</v>
+      </c>
+      <c r="K146" s="45"/>
+      <c r="L146" s="45"/>
+      <c r="M146" s="46"/>
+      <c r="N146" s="47" t="s">
+        <v>43</v>
+      </c>
+      <c r="O146" s="45"/>
+      <c r="P146" s="45"/>
+      <c r="Q146" s="46"/>
+    </row>
+    <row r="147" spans="1:17" ht="30" customHeight="1">
+      <c r="A147" s="44"/>
+      <c r="B147" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C147" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D147" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E147" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F147" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="G147" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="H147" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="I147" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J147" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="K147" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="L147" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="M147" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="N147" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="O147" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P147" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q147" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="148" spans="1:17">
+      <c r="A148" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="B148" s="18">
+        <v>0</v>
+      </c>
+      <c r="C148" s="7">
+        <v>12</v>
+      </c>
+      <c r="D148" s="7">
+        <v>22</v>
+      </c>
+      <c r="E148" s="14">
         <v>34</v>
       </c>
-      <c r="I8" s="7">
+      <c r="F148" s="13">
+        <v>1</v>
+      </c>
+      <c r="G148" s="7">
+        <v>10</v>
+      </c>
+      <c r="H148" s="7">
+        <v>16</v>
+      </c>
+      <c r="I148" s="14">
+        <v>27</v>
+      </c>
+      <c r="J148" s="13">
+        <v>0</v>
+      </c>
+      <c r="K148" s="7">
+        <v>6</v>
+      </c>
+      <c r="L148" s="7">
+        <v>20</v>
+      </c>
+      <c r="M148" s="14">
+        <v>26</v>
+      </c>
+      <c r="N148" s="15">
+        <v>0</v>
+      </c>
+      <c r="O148" s="7">
+        <v>5</v>
+      </c>
+      <c r="P148" s="7">
+        <v>25</v>
+      </c>
+      <c r="Q148" s="14">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="149" spans="1:17">
+      <c r="A149" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B149" s="15">
+        <v>0</v>
+      </c>
+      <c r="C149" s="7">
+        <v>0</v>
+      </c>
+      <c r="D149" s="7">
+        <v>11</v>
+      </c>
+      <c r="E149" s="14">
+        <v>11</v>
+      </c>
+      <c r="F149" s="13">
+        <v>0</v>
+      </c>
+      <c r="G149" s="13">
+        <v>1</v>
+      </c>
+      <c r="H149" s="7">
+        <v>3</v>
+      </c>
+      <c r="I149" s="14">
+        <v>4</v>
+      </c>
+      <c r="J149" s="13">
+        <v>0</v>
+      </c>
+      <c r="K149" s="7">
+        <v>0</v>
+      </c>
+      <c r="L149" s="7">
+        <v>1</v>
+      </c>
+      <c r="M149" s="14">
+        <v>1</v>
+      </c>
+      <c r="N149" s="15">
+        <v>0</v>
+      </c>
+      <c r="O149" s="13">
+        <v>0</v>
+      </c>
+      <c r="P149" s="7">
+        <v>4</v>
+      </c>
+      <c r="Q149" s="14">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="150" spans="1:17">
+      <c r="A150" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B150" s="15">
+        <v>0</v>
+      </c>
+      <c r="C150" s="7">
+        <v>1</v>
+      </c>
+      <c r="D150" s="7">
+        <v>1</v>
+      </c>
+      <c r="E150" s="14">
+        <v>2</v>
+      </c>
+      <c r="F150" s="13">
+        <v>0</v>
+      </c>
+      <c r="G150" s="7">
+        <v>0</v>
+      </c>
+      <c r="H150" s="7">
+        <v>3</v>
+      </c>
+      <c r="I150" s="14">
+        <v>3</v>
+      </c>
+      <c r="J150" s="13">
+        <v>0</v>
+      </c>
+      <c r="K150" s="7">
+        <v>0</v>
+      </c>
+      <c r="L150" s="7">
+        <v>5</v>
+      </c>
+      <c r="M150" s="14">
+        <v>5</v>
+      </c>
+      <c r="N150" s="15">
+        <v>0</v>
+      </c>
+      <c r="O150" s="7">
+        <v>0</v>
+      </c>
+      <c r="P150" s="7">
+        <v>4</v>
+      </c>
+      <c r="Q150" s="14">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="151" spans="1:17">
+      <c r="A151" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B151" s="15">
+        <v>0</v>
+      </c>
+      <c r="C151" s="7">
+        <v>2</v>
+      </c>
+      <c r="D151" s="7">
+        <v>7</v>
+      </c>
+      <c r="E151" s="14">
+        <v>9</v>
+      </c>
+      <c r="F151" s="13">
+        <v>0</v>
+      </c>
+      <c r="G151" s="7">
+        <v>1</v>
+      </c>
+      <c r="H151" s="7">
+        <v>6</v>
+      </c>
+      <c r="I151" s="14">
+        <v>7</v>
+      </c>
+      <c r="J151" s="13">
+        <v>0</v>
+      </c>
+      <c r="K151" s="7">
+        <v>0</v>
+      </c>
+      <c r="L151" s="7">
+        <v>9</v>
+      </c>
+      <c r="M151" s="14">
+        <v>9</v>
+      </c>
+      <c r="N151" s="15">
+        <v>0</v>
+      </c>
+      <c r="O151" s="7">
+        <v>1</v>
+      </c>
+      <c r="P151" s="7">
+        <v>12</v>
+      </c>
+      <c r="Q151" s="14">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="152" spans="1:17">
+      <c r="A152" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B152" s="18">
+        <v>0</v>
+      </c>
+      <c r="C152" s="7">
+        <v>9</v>
+      </c>
+      <c r="D152" s="7">
+        <v>3</v>
+      </c>
+      <c r="E152" s="14">
+        <v>12</v>
+      </c>
+      <c r="F152" s="13">
+        <v>1</v>
+      </c>
+      <c r="G152" s="7">
+        <v>8</v>
+      </c>
+      <c r="H152" s="7">
+        <v>4</v>
+      </c>
+      <c r="I152" s="14">
+        <v>13</v>
+      </c>
+      <c r="J152" s="13">
+        <v>0</v>
+      </c>
+      <c r="K152" s="7">
+        <v>6</v>
+      </c>
+      <c r="L152" s="7">
+        <v>5</v>
+      </c>
+      <c r="M152" s="14">
+        <v>11</v>
+      </c>
+      <c r="N152" s="15">
+        <v>0</v>
+      </c>
+      <c r="O152" s="7">
+        <v>4</v>
+      </c>
+      <c r="P152" s="7">
+        <v>5</v>
+      </c>
+      <c r="Q152" s="14">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="153" spans="1:17">
+      <c r="A153" s="16"/>
+      <c r="B153" s="15">
+        <v>0</v>
+      </c>
+      <c r="C153" s="7">
+        <v>0</v>
+      </c>
+      <c r="D153" s="7">
+        <v>0</v>
+      </c>
+      <c r="E153" s="14">
+        <v>0</v>
+      </c>
+      <c r="F153" s="13">
+        <v>0</v>
+      </c>
+      <c r="G153" s="13">
+        <v>0</v>
+      </c>
+      <c r="H153" s="13">
+        <v>0</v>
+      </c>
+      <c r="I153" s="17">
+        <v>0</v>
+      </c>
+      <c r="J153" s="13">
+        <v>0</v>
+      </c>
+      <c r="K153" s="13">
+        <v>0</v>
+      </c>
+      <c r="L153" s="13">
+        <v>0</v>
+      </c>
+      <c r="M153" s="17">
+        <v>0</v>
+      </c>
+      <c r="N153" s="15">
+        <v>0</v>
+      </c>
+      <c r="O153" s="13">
+        <v>0</v>
+      </c>
+      <c r="P153" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q153" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="154" spans="1:17">
+      <c r="A154" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B154" s="18">
+        <v>2</v>
+      </c>
+      <c r="C154" s="7">
+        <v>6</v>
+      </c>
+      <c r="D154" s="13">
+        <v>1</v>
+      </c>
+      <c r="E154" s="14">
+        <v>9</v>
+      </c>
+      <c r="F154" s="18">
+        <v>2</v>
+      </c>
+      <c r="G154" s="7">
+        <v>8</v>
+      </c>
+      <c r="H154" s="7">
+        <v>1</v>
+      </c>
+      <c r="I154" s="14">
+        <v>11</v>
+      </c>
+      <c r="J154" s="13">
+        <v>3</v>
+      </c>
+      <c r="K154" s="7">
+        <v>11</v>
+      </c>
+      <c r="L154" s="7">
+        <v>1</v>
+      </c>
+      <c r="M154" s="14">
+        <v>15</v>
+      </c>
+      <c r="N154" s="18">
+        <v>1</v>
+      </c>
+      <c r="O154" s="7">
+        <v>16</v>
+      </c>
+      <c r="P154" s="7">
+        <v>2</v>
+      </c>
+      <c r="Q154" s="14">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="155" spans="1:17">
+      <c r="A155" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B155" s="18">
+        <v>2</v>
+      </c>
+      <c r="C155" s="7">
+        <v>15</v>
+      </c>
+      <c r="D155" s="13">
+        <v>0</v>
+      </c>
+      <c r="E155" s="14">
+        <v>17</v>
+      </c>
+      <c r="F155" s="18">
+        <v>1</v>
+      </c>
+      <c r="G155" s="7">
+        <v>6</v>
+      </c>
+      <c r="H155" s="7">
+        <v>2</v>
+      </c>
+      <c r="I155" s="14">
+        <v>9</v>
+      </c>
+      <c r="J155" s="7">
+        <v>1</v>
+      </c>
+      <c r="K155" s="7">
+        <v>7</v>
+      </c>
+      <c r="L155" s="7">
+        <v>3</v>
+      </c>
+      <c r="M155" s="14">
+        <v>11</v>
+      </c>
+      <c r="N155" s="18">
+        <v>2</v>
+      </c>
+      <c r="O155" s="7">
+        <v>14</v>
+      </c>
+      <c r="P155" s="7">
+        <v>2</v>
+      </c>
+      <c r="Q155" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="156" spans="1:17">
+      <c r="A156" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B156" s="18">
+        <v>25</v>
+      </c>
+      <c r="C156" s="7">
+        <v>23</v>
+      </c>
+      <c r="D156" s="13">
+        <v>2</v>
+      </c>
+      <c r="E156" s="14">
+        <v>50</v>
+      </c>
+      <c r="F156" s="18">
+        <v>30</v>
+      </c>
+      <c r="G156" s="7">
+        <v>19</v>
+      </c>
+      <c r="H156" s="13">
+        <v>2</v>
+      </c>
+      <c r="I156" s="14">
+        <v>51</v>
+      </c>
+      <c r="J156" s="7">
+        <v>18</v>
+      </c>
+      <c r="K156" s="7">
+        <v>19</v>
+      </c>
+      <c r="L156" s="13">
+        <v>1</v>
+      </c>
+      <c r="M156" s="14">
+        <v>38</v>
+      </c>
+      <c r="N156" s="18">
+        <v>33</v>
+      </c>
+      <c r="O156" s="7">
+        <v>9</v>
+      </c>
+      <c r="P156" s="7">
+        <v>0</v>
+      </c>
+      <c r="Q156" s="14">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="157" spans="1:17">
+      <c r="A157" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B157" s="18">
+        <v>0</v>
+      </c>
+      <c r="C157" s="7">
+        <v>2</v>
+      </c>
+      <c r="D157" s="13">
+        <v>0</v>
+      </c>
+      <c r="E157" s="14">
+        <v>2</v>
+      </c>
+      <c r="F157" s="18">
+        <v>1</v>
+      </c>
+      <c r="G157" s="7">
+        <v>2</v>
+      </c>
+      <c r="H157" s="13">
+        <v>0</v>
+      </c>
+      <c r="I157" s="14">
+        <v>3</v>
+      </c>
+      <c r="J157" s="7">
+        <v>1</v>
+      </c>
+      <c r="K157" s="7">
+        <v>8</v>
+      </c>
+      <c r="L157" s="13">
+        <v>0</v>
+      </c>
+      <c r="M157" s="14">
+        <v>9</v>
+      </c>
+      <c r="N157" s="18">
+        <v>1</v>
+      </c>
+      <c r="O157" s="7">
+        <v>6</v>
+      </c>
+      <c r="P157" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q157" s="14">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="158" spans="1:17">
+      <c r="A158" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B158" s="18">
+        <v>3</v>
+      </c>
+      <c r="C158" s="7">
+        <v>8</v>
+      </c>
+      <c r="D158" s="13">
+        <v>0</v>
+      </c>
+      <c r="E158" s="14">
+        <v>11</v>
+      </c>
+      <c r="F158" s="13">
+        <v>3</v>
+      </c>
+      <c r="G158" s="7">
+        <v>6</v>
+      </c>
+      <c r="H158" s="7">
+        <v>0</v>
+      </c>
+      <c r="I158" s="14">
+        <v>9</v>
+      </c>
+      <c r="J158" s="7">
+        <v>5</v>
+      </c>
+      <c r="K158" s="7">
+        <v>4</v>
+      </c>
+      <c r="L158" s="13">
+        <v>0</v>
+      </c>
+      <c r="M158" s="14">
+        <v>9</v>
+      </c>
+      <c r="N158" s="18">
+        <v>6</v>
+      </c>
+      <c r="O158" s="7">
+        <v>6</v>
+      </c>
+      <c r="P158" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q158" s="14">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="159" spans="1:17">
+      <c r="A159" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B159" s="15">
+        <v>0</v>
+      </c>
+      <c r="C159" s="13">
+        <v>1</v>
+      </c>
+      <c r="D159" s="13">
+        <v>0</v>
+      </c>
+      <c r="E159" s="17">
+        <v>1</v>
+      </c>
+      <c r="F159" s="13">
+        <v>1</v>
+      </c>
+      <c r="G159" s="13">
+        <v>0</v>
+      </c>
+      <c r="H159" s="7">
+        <v>0</v>
+      </c>
+      <c r="I159" s="14">
+        <v>1</v>
+      </c>
+      <c r="J159" s="7">
+        <v>0</v>
+      </c>
+      <c r="K159" s="13">
+        <v>1</v>
+      </c>
+      <c r="L159" s="13">
+        <v>0</v>
+      </c>
+      <c r="M159" s="14">
+        <v>1</v>
+      </c>
+      <c r="N159" s="15">
+        <v>0</v>
+      </c>
+      <c r="O159" s="13">
+        <v>0</v>
+      </c>
+      <c r="P159" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q159" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="160" spans="1:17">
+      <c r="A160" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B160" s="18">
+        <v>3</v>
+      </c>
+      <c r="C160" s="13">
+        <v>1</v>
+      </c>
+      <c r="D160" s="13">
+        <v>1</v>
+      </c>
+      <c r="E160" s="14">
+        <v>5</v>
+      </c>
+      <c r="F160" s="13">
+        <v>0</v>
+      </c>
+      <c r="G160" s="13">
+        <v>3</v>
+      </c>
+      <c r="H160" s="13">
+        <v>0</v>
+      </c>
+      <c r="I160" s="17">
+        <v>3</v>
+      </c>
+      <c r="J160" s="13">
+        <v>1</v>
+      </c>
+      <c r="K160" s="13">
+        <v>3</v>
+      </c>
+      <c r="L160" s="13">
+        <v>0</v>
+      </c>
+      <c r="M160" s="17">
+        <v>4</v>
+      </c>
+      <c r="N160" s="15">
+        <v>0</v>
+      </c>
+      <c r="O160" s="7">
+        <v>0</v>
+      </c>
+      <c r="P160" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q160" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:17">
+      <c r="A161" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B161" s="15">
+        <v>0</v>
+      </c>
+      <c r="C161" s="13">
+        <v>1</v>
+      </c>
+      <c r="D161" s="13">
+        <v>0</v>
+      </c>
+      <c r="E161" s="17">
+        <v>1</v>
+      </c>
+      <c r="F161" s="13">
+        <v>0</v>
+      </c>
+      <c r="G161" s="13">
+        <v>0</v>
+      </c>
+      <c r="H161" s="13">
+        <v>0</v>
+      </c>
+      <c r="I161" s="17">
+        <v>0</v>
+      </c>
+      <c r="J161" s="13">
+        <v>0</v>
+      </c>
+      <c r="K161" s="7">
+        <v>0</v>
+      </c>
+      <c r="L161" s="13">
+        <v>0</v>
+      </c>
+      <c r="M161" s="14">
+        <v>0</v>
+      </c>
+      <c r="N161" s="15">
+        <v>0</v>
+      </c>
+      <c r="O161" s="13">
+        <v>0</v>
+      </c>
+      <c r="P161" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q161" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="162" spans="1:17">
+      <c r="A162" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B162" s="15">
+        <v>0</v>
+      </c>
+      <c r="C162" s="13">
+        <v>0</v>
+      </c>
+      <c r="D162" s="13">
+        <v>0</v>
+      </c>
+      <c r="E162" s="17">
+        <v>0</v>
+      </c>
+      <c r="F162" s="13">
+        <v>0</v>
+      </c>
+      <c r="G162" s="13">
+        <v>0</v>
+      </c>
+      <c r="H162" s="13">
+        <v>0</v>
+      </c>
+      <c r="I162" s="17">
+        <v>0</v>
+      </c>
+      <c r="J162" s="13">
+        <v>0</v>
+      </c>
+      <c r="K162" s="13">
+        <v>0</v>
+      </c>
+      <c r="L162" s="13">
+        <v>0</v>
+      </c>
+      <c r="M162" s="17">
+        <v>0</v>
+      </c>
+      <c r="N162" s="15">
+        <v>0</v>
+      </c>
+      <c r="O162" s="13">
+        <v>0</v>
+      </c>
+      <c r="P162" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q162" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A163" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B163" s="22">
+        <v>35</v>
+      </c>
+      <c r="C163" s="20">
+        <v>69</v>
+      </c>
+      <c r="D163" s="20">
+        <v>26</v>
+      </c>
+      <c r="E163" s="21">
+        <v>130</v>
+      </c>
+      <c r="F163" s="20">
+        <v>39</v>
+      </c>
+      <c r="G163" s="20">
+        <v>54</v>
+      </c>
+      <c r="H163" s="20">
+        <v>21</v>
+      </c>
+      <c r="I163" s="21">
+        <v>114</v>
+      </c>
+      <c r="J163" s="20">
+        <v>29</v>
+      </c>
+      <c r="K163" s="20">
+        <v>59</v>
+      </c>
+      <c r="L163" s="20">
+        <v>25</v>
+      </c>
+      <c r="M163" s="21">
+        <v>113</v>
+      </c>
+      <c r="N163" s="22">
+        <v>43</v>
+      </c>
+      <c r="O163" s="20">
+        <v>56</v>
+      </c>
+      <c r="P163" s="20">
+        <v>30</v>
+      </c>
+      <c r="Q163" s="21">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="166" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A166" s="43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B166" s="45" t="s">
+        <v>44</v>
+      </c>
+      <c r="C166" s="45"/>
+      <c r="D166" s="45"/>
+      <c r="E166" s="46"/>
+      <c r="F166" s="47" t="s">
+        <v>45</v>
+      </c>
+      <c r="G166" s="45"/>
+      <c r="H166" s="45"/>
+      <c r="I166" s="46"/>
+      <c r="J166" s="47" t="s">
+        <v>46</v>
+      </c>
+      <c r="K166" s="45"/>
+      <c r="L166" s="45"/>
+      <c r="M166" s="46"/>
+      <c r="N166" s="47" t="s">
+        <v>47</v>
+      </c>
+      <c r="O166" s="45"/>
+      <c r="P166" s="45"/>
+      <c r="Q166" s="46"/>
+    </row>
+    <row r="167" spans="1:17" ht="30" customHeight="1">
+      <c r="A167" s="44"/>
+      <c r="B167" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C167" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D167" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E167" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F167" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="G167" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="H167" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="I167" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J167" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="K167" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="L167" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="M167" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="N167" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="O167" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P167" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q167" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="168" spans="1:17">
+      <c r="A168" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="B168" s="18">
+        <v>1</v>
+      </c>
+      <c r="C168" s="7">
+        <v>9</v>
+      </c>
+      <c r="D168" s="7">
+        <v>10</v>
+      </c>
+      <c r="E168" s="14">
+        <v>20</v>
+      </c>
+      <c r="F168" s="13">
+        <v>1</v>
+      </c>
+      <c r="G168" s="7">
+        <v>8</v>
+      </c>
+      <c r="H168" s="7">
+        <v>25</v>
+      </c>
+      <c r="I168" s="14">
+        <v>34</v>
+      </c>
+      <c r="J168" s="13">
+        <v>0</v>
+      </c>
+      <c r="K168" s="7">
+        <v>8</v>
+      </c>
+      <c r="L168" s="7">
+        <v>38</v>
+      </c>
+      <c r="M168" s="14">
+        <v>46</v>
+      </c>
+      <c r="N168" s="15">
+        <v>0</v>
+      </c>
+      <c r="O168" s="7">
+        <v>5</v>
+      </c>
+      <c r="P168" s="7">
+        <v>37</v>
+      </c>
+      <c r="Q168" s="14">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="169" spans="1:17">
+      <c r="A169" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B169" s="15">
+        <v>0</v>
+      </c>
+      <c r="C169" s="7">
+        <v>0</v>
+      </c>
+      <c r="D169" s="7">
+        <v>4</v>
+      </c>
+      <c r="E169" s="14">
+        <v>4</v>
+      </c>
+      <c r="F169" s="13">
+        <v>0</v>
+      </c>
+      <c r="G169" s="13">
+        <v>0</v>
+      </c>
+      <c r="H169" s="7">
+        <v>6</v>
+      </c>
+      <c r="I169" s="14">
+        <v>6</v>
+      </c>
+      <c r="J169" s="13">
+        <v>0</v>
+      </c>
+      <c r="K169" s="7">
+        <v>1</v>
+      </c>
+      <c r="L169" s="7">
+        <v>8</v>
+      </c>
+      <c r="M169" s="14">
+        <v>9</v>
+      </c>
+      <c r="N169" s="15">
+        <v>0</v>
+      </c>
+      <c r="O169" s="13">
+        <v>1</v>
+      </c>
+      <c r="P169" s="7">
+        <v>7</v>
+      </c>
+      <c r="Q169" s="14">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="170" spans="1:17">
+      <c r="A170" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B170" s="15">
+        <v>0</v>
+      </c>
+      <c r="C170" s="7">
+        <v>0</v>
+      </c>
+      <c r="D170" s="7">
+        <v>0</v>
+      </c>
+      <c r="E170" s="14">
+        <v>0</v>
+      </c>
+      <c r="F170" s="13">
+        <v>0</v>
+      </c>
+      <c r="G170" s="7">
+        <v>0</v>
+      </c>
+      <c r="H170" s="7">
+        <v>2</v>
+      </c>
+      <c r="I170" s="14">
+        <v>2</v>
+      </c>
+      <c r="J170" s="13">
+        <v>0</v>
+      </c>
+      <c r="K170" s="7">
+        <v>0</v>
+      </c>
+      <c r="L170" s="7">
+        <v>7</v>
+      </c>
+      <c r="M170" s="14">
+        <v>7</v>
+      </c>
+      <c r="N170" s="15">
+        <v>0</v>
+      </c>
+      <c r="O170" s="7">
+        <v>0</v>
+      </c>
+      <c r="P170" s="7">
+        <v>3</v>
+      </c>
+      <c r="Q170" s="14">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="171" spans="1:17">
+      <c r="A171" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B171" s="15">
+        <v>0</v>
+      </c>
+      <c r="C171" s="7">
+        <v>0</v>
+      </c>
+      <c r="D171" s="7">
+        <v>2</v>
+      </c>
+      <c r="E171" s="14">
+        <v>2</v>
+      </c>
+      <c r="F171" s="13">
+        <v>0</v>
+      </c>
+      <c r="G171" s="7">
+        <v>2</v>
+      </c>
+      <c r="H171" s="7">
+        <v>9</v>
+      </c>
+      <c r="I171" s="14">
+        <v>11</v>
+      </c>
+      <c r="J171" s="13">
+        <v>0</v>
+      </c>
+      <c r="K171" s="7">
+        <v>3</v>
+      </c>
+      <c r="L171" s="7">
+        <v>17</v>
+      </c>
+      <c r="M171" s="14">
+        <v>20</v>
+      </c>
+      <c r="N171" s="15">
+        <v>0</v>
+      </c>
+      <c r="O171" s="7">
+        <v>1</v>
+      </c>
+      <c r="P171" s="7">
+        <v>17</v>
+      </c>
+      <c r="Q171" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="172" spans="1:17">
+      <c r="A172" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B172" s="18">
+        <v>1</v>
+      </c>
+      <c r="C172" s="7">
+        <v>9</v>
+      </c>
+      <c r="D172" s="7">
+        <v>4</v>
+      </c>
+      <c r="E172" s="14">
+        <v>14</v>
+      </c>
+      <c r="F172" s="13">
+        <v>1</v>
+      </c>
+      <c r="G172" s="7">
+        <v>6</v>
+      </c>
+      <c r="H172" s="7">
+        <v>8</v>
+      </c>
+      <c r="I172" s="14">
+        <v>15</v>
+      </c>
+      <c r="J172" s="13">
+        <v>0</v>
+      </c>
+      <c r="K172" s="7">
+        <v>4</v>
+      </c>
+      <c r="L172" s="7">
+        <v>5</v>
+      </c>
+      <c r="M172" s="14">
+        <v>9</v>
+      </c>
+      <c r="N172" s="15">
+        <v>0</v>
+      </c>
+      <c r="O172" s="7">
+        <v>3</v>
+      </c>
+      <c r="P172" s="7">
+        <v>10</v>
+      </c>
+      <c r="Q172" s="14">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="173" spans="1:17">
+      <c r="A173" s="16"/>
+      <c r="B173" s="15">
+        <v>0</v>
+      </c>
+      <c r="C173" s="7">
+        <v>0</v>
+      </c>
+      <c r="D173" s="7">
+        <v>0</v>
+      </c>
+      <c r="E173" s="14">
+        <v>0</v>
+      </c>
+      <c r="F173" s="13">
+        <v>0</v>
+      </c>
+      <c r="G173" s="13">
+        <v>0</v>
+      </c>
+      <c r="H173" s="13">
+        <v>0</v>
+      </c>
+      <c r="I173" s="17">
+        <v>0</v>
+      </c>
+      <c r="J173" s="13">
+        <v>0</v>
+      </c>
+      <c r="K173" s="13">
+        <v>0</v>
+      </c>
+      <c r="L173" s="13">
+        <v>1</v>
+      </c>
+      <c r="M173" s="17">
+        <v>1</v>
+      </c>
+      <c r="N173" s="15">
+        <v>0</v>
+      </c>
+      <c r="O173" s="13">
+        <v>0</v>
+      </c>
+      <c r="P173" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q173" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="174" spans="1:17">
+      <c r="A174" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B174" s="18">
+        <v>4</v>
+      </c>
+      <c r="C174" s="7">
+        <v>11</v>
+      </c>
+      <c r="D174" s="13">
+        <v>3</v>
+      </c>
+      <c r="E174" s="14">
+        <v>18</v>
+      </c>
+      <c r="F174" s="18">
+        <v>2</v>
+      </c>
+      <c r="G174" s="7">
+        <v>8</v>
+      </c>
+      <c r="H174" s="7">
+        <v>2</v>
+      </c>
+      <c r="I174" s="14">
+        <v>12</v>
+      </c>
+      <c r="J174" s="13">
+        <v>8</v>
+      </c>
+      <c r="K174" s="7">
+        <v>17</v>
+      </c>
+      <c r="L174" s="7">
+        <v>2</v>
+      </c>
+      <c r="M174" s="14">
+        <v>27</v>
+      </c>
+      <c r="N174" s="18">
+        <v>9</v>
+      </c>
+      <c r="O174" s="7">
+        <v>14</v>
+      </c>
+      <c r="P174" s="7">
+        <v>6</v>
+      </c>
+      <c r="Q174" s="14">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="175" spans="1:17">
+      <c r="A175" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B175" s="18">
+        <v>1</v>
+      </c>
+      <c r="C175" s="7">
+        <v>9</v>
+      </c>
+      <c r="D175" s="13">
+        <v>1</v>
+      </c>
+      <c r="E175" s="14">
+        <v>11</v>
+      </c>
+      <c r="F175" s="18">
+        <v>1</v>
+      </c>
+      <c r="G175" s="7">
+        <v>14</v>
+      </c>
+      <c r="H175" s="7">
+        <v>3</v>
+      </c>
+      <c r="I175" s="14">
+        <v>18</v>
+      </c>
+      <c r="J175" s="7">
+        <v>3</v>
+      </c>
+      <c r="K175" s="7">
+        <v>16</v>
+      </c>
+      <c r="L175" s="7">
+        <v>5</v>
+      </c>
+      <c r="M175" s="14">
+        <v>24</v>
+      </c>
+      <c r="N175" s="18">
+        <v>4</v>
+      </c>
+      <c r="O175" s="7">
+        <v>14</v>
+      </c>
+      <c r="P175" s="7">
+        <v>5</v>
+      </c>
+      <c r="Q175" s="14">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="176" spans="1:17">
+      <c r="A176" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B176" s="18">
+        <v>26</v>
+      </c>
+      <c r="C176" s="7">
+        <v>12</v>
+      </c>
+      <c r="D176" s="13">
+        <v>2</v>
+      </c>
+      <c r="E176" s="14">
+        <v>40</v>
+      </c>
+      <c r="F176" s="18">
+        <v>17</v>
+      </c>
+      <c r="G176" s="7">
+        <v>14</v>
+      </c>
+      <c r="H176" s="13">
+        <v>2</v>
+      </c>
+      <c r="I176" s="14">
+        <v>33</v>
+      </c>
+      <c r="J176" s="7">
+        <v>18</v>
+      </c>
+      <c r="K176" s="7">
+        <v>16</v>
+      </c>
+      <c r="L176" s="13">
+        <v>4</v>
+      </c>
+      <c r="M176" s="14">
+        <v>38</v>
+      </c>
+      <c r="N176" s="18">
+        <v>17</v>
+      </c>
+      <c r="O176" s="7">
+        <v>14</v>
+      </c>
+      <c r="P176" s="7">
+        <v>2</v>
+      </c>
+      <c r="Q176" s="14">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="177" spans="1:17">
+      <c r="A177" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B177" s="18">
+        <v>1</v>
+      </c>
+      <c r="C177" s="7">
+        <v>2</v>
+      </c>
+      <c r="D177" s="13">
+        <v>0</v>
+      </c>
+      <c r="E177" s="14">
+        <v>3</v>
+      </c>
+      <c r="F177" s="18">
+        <v>2</v>
+      </c>
+      <c r="G177" s="7">
+        <v>5</v>
+      </c>
+      <c r="H177" s="13">
+        <v>0</v>
+      </c>
+      <c r="I177" s="14">
+        <v>7</v>
+      </c>
+      <c r="J177" s="7">
+        <v>1</v>
+      </c>
+      <c r="K177" s="7">
+        <v>3</v>
+      </c>
+      <c r="L177" s="13">
+        <v>0</v>
+      </c>
+      <c r="M177" s="14">
+        <v>4</v>
+      </c>
+      <c r="N177" s="18">
+        <v>2</v>
+      </c>
+      <c r="O177" s="7">
+        <v>4</v>
+      </c>
+      <c r="P177" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q177" s="14">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="178" spans="1:17">
+      <c r="A178" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B178" s="18">
+        <v>3</v>
+      </c>
+      <c r="C178" s="7">
+        <v>2</v>
+      </c>
+      <c r="D178" s="13">
+        <v>0</v>
+      </c>
+      <c r="E178" s="14">
+        <v>5</v>
+      </c>
+      <c r="F178" s="13">
+        <v>3</v>
+      </c>
+      <c r="G178" s="7">
+        <v>4</v>
+      </c>
+      <c r="H178" s="7">
+        <v>0</v>
+      </c>
+      <c r="I178" s="14">
+        <v>7</v>
+      </c>
+      <c r="J178" s="7">
+        <v>5</v>
+      </c>
+      <c r="K178" s="7">
+        <v>5</v>
+      </c>
+      <c r="L178" s="13">
+        <v>0</v>
+      </c>
+      <c r="M178" s="14">
+        <v>10</v>
+      </c>
+      <c r="N178" s="18">
+        <v>3</v>
+      </c>
+      <c r="O178" s="7">
+        <v>9</v>
+      </c>
+      <c r="P178" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q178" s="14">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="179" spans="1:17">
+      <c r="A179" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B179" s="15">
+        <v>1</v>
+      </c>
+      <c r="C179" s="13">
+        <v>1</v>
+      </c>
+      <c r="D179" s="13">
+        <v>0</v>
+      </c>
+      <c r="E179" s="17">
+        <v>2</v>
+      </c>
+      <c r="F179" s="13">
+        <v>0</v>
+      </c>
+      <c r="G179" s="13">
+        <v>1</v>
+      </c>
+      <c r="H179" s="7">
+        <v>0</v>
+      </c>
+      <c r="I179" s="14">
+        <v>1</v>
+      </c>
+      <c r="J179" s="7">
+        <v>0</v>
+      </c>
+      <c r="K179" s="13">
+        <v>0</v>
+      </c>
+      <c r="L179" s="13">
+        <v>0</v>
+      </c>
+      <c r="M179" s="14">
+        <v>0</v>
+      </c>
+      <c r="N179" s="15">
+        <v>0</v>
+      </c>
+      <c r="O179" s="13">
+        <v>2</v>
+      </c>
+      <c r="P179" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q179" s="17">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="180" spans="1:17">
+      <c r="A180" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B180" s="18">
+        <v>4</v>
+      </c>
+      <c r="C180" s="13">
+        <v>3</v>
+      </c>
+      <c r="D180" s="13">
+        <v>0</v>
+      </c>
+      <c r="E180" s="14">
+        <v>7</v>
+      </c>
+      <c r="F180" s="13">
+        <v>1</v>
+      </c>
+      <c r="G180" s="13">
+        <v>4</v>
+      </c>
+      <c r="H180" s="13">
+        <v>0</v>
+      </c>
+      <c r="I180" s="17">
+        <v>5</v>
+      </c>
+      <c r="J180" s="13">
+        <v>1</v>
+      </c>
+      <c r="K180" s="13">
+        <v>4</v>
+      </c>
+      <c r="L180" s="13">
+        <v>0</v>
+      </c>
+      <c r="M180" s="17">
+        <v>5</v>
+      </c>
+      <c r="N180" s="15">
+        <v>0</v>
+      </c>
+      <c r="O180" s="7">
+        <v>2</v>
+      </c>
+      <c r="P180" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q180" s="14">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="181" spans="1:17">
+      <c r="A181" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B181" s="15">
+        <v>0</v>
+      </c>
+      <c r="C181" s="13">
+        <v>0</v>
+      </c>
+      <c r="D181" s="13">
+        <v>0</v>
+      </c>
+      <c r="E181" s="17">
+        <v>0</v>
+      </c>
+      <c r="F181" s="13">
+        <v>0</v>
+      </c>
+      <c r="G181" s="13">
+        <v>0</v>
+      </c>
+      <c r="H181" s="13">
+        <v>0</v>
+      </c>
+      <c r="I181" s="17">
+        <v>0</v>
+      </c>
+      <c r="J181" s="13">
+        <v>0</v>
+      </c>
+      <c r="K181" s="7">
+        <v>1</v>
+      </c>
+      <c r="L181" s="13">
+        <v>0</v>
+      </c>
+      <c r="M181" s="14">
+        <v>1</v>
+      </c>
+      <c r="N181" s="15">
+        <v>0</v>
+      </c>
+      <c r="O181" s="13">
+        <v>0</v>
+      </c>
+      <c r="P181" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q181" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="182" spans="1:17">
+      <c r="A182" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B182" s="15">
+        <v>0</v>
+      </c>
+      <c r="C182" s="13">
+        <v>0</v>
+      </c>
+      <c r="D182" s="13">
+        <v>0</v>
+      </c>
+      <c r="E182" s="17">
+        <v>0</v>
+      </c>
+      <c r="F182" s="13">
+        <v>0</v>
+      </c>
+      <c r="G182" s="13">
+        <v>0</v>
+      </c>
+      <c r="H182" s="13">
+        <v>0</v>
+      </c>
+      <c r="I182" s="17">
+        <v>0</v>
+      </c>
+      <c r="J182" s="13">
+        <v>0</v>
+      </c>
+      <c r="K182" s="13">
+        <v>0</v>
+      </c>
+      <c r="L182" s="13">
+        <v>0</v>
+      </c>
+      <c r="M182" s="17">
+        <v>0</v>
+      </c>
+      <c r="N182" s="15">
+        <v>0</v>
+      </c>
+      <c r="O182" s="13">
+        <v>0</v>
+      </c>
+      <c r="P182" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q182" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="183" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A183" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B183" s="22">
+        <v>41</v>
+      </c>
+      <c r="C183" s="20">
+        <v>49</v>
+      </c>
+      <c r="D183" s="20">
+        <v>16</v>
+      </c>
+      <c r="E183" s="21">
+        <v>106</v>
+      </c>
+      <c r="F183" s="20">
+        <v>27</v>
+      </c>
+      <c r="G183" s="20">
+        <v>58</v>
+      </c>
+      <c r="H183" s="20">
+        <v>32</v>
+      </c>
+      <c r="I183" s="21">
+        <v>117</v>
+      </c>
+      <c r="J183" s="20">
+        <v>36</v>
+      </c>
+      <c r="K183" s="20">
+        <v>70</v>
+      </c>
+      <c r="L183" s="20">
+        <v>49</v>
+      </c>
+      <c r="M183" s="21">
+        <v>155</v>
+      </c>
+      <c r="N183" s="22">
+        <v>35</v>
+      </c>
+      <c r="O183" s="20">
+        <v>64</v>
+      </c>
+      <c r="P183" s="20">
+        <v>51</v>
+      </c>
+      <c r="Q183" s="21">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="186" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A186" s="43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B186" s="45" t="s">
+        <v>49</v>
+      </c>
+      <c r="C186" s="45"/>
+      <c r="D186" s="45"/>
+      <c r="E186" s="46"/>
+      <c r="F186" s="47" t="s">
+        <v>50</v>
+      </c>
+      <c r="G186" s="45"/>
+      <c r="H186" s="45"/>
+      <c r="I186" s="46"/>
+      <c r="J186" s="47" t="s">
+        <v>51</v>
+      </c>
+      <c r="K186" s="45"/>
+      <c r="L186" s="45"/>
+      <c r="M186" s="46"/>
+      <c r="N186" s="47" t="s">
+        <v>52</v>
+      </c>
+      <c r="O186" s="45"/>
+      <c r="P186" s="45"/>
+      <c r="Q186" s="46"/>
+    </row>
+    <row r="187" spans="1:17" ht="30" customHeight="1">
+      <c r="A187" s="44"/>
+      <c r="B187" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C187" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D187" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E187" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F187" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="G187" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="H187" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="I187" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J187" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="K187" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="L187" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="M187" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="N187" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="O187" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P187" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q187" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="188" spans="1:17">
+      <c r="A188" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="B188" s="18">
+        <v>2</v>
+      </c>
+      <c r="C188" s="7">
+        <v>8</v>
+      </c>
+      <c r="D188" s="7">
+        <v>36</v>
+      </c>
+      <c r="E188" s="14">
+        <v>46</v>
+      </c>
+      <c r="F188" s="13">
+        <v>1</v>
+      </c>
+      <c r="G188" s="7">
+        <v>5</v>
+      </c>
+      <c r="H188" s="7">
+        <v>27</v>
+      </c>
+      <c r="I188" s="14">
+        <v>33</v>
+      </c>
+      <c r="J188" s="13">
+        <v>5</v>
+      </c>
+      <c r="K188" s="7">
+        <v>2</v>
+      </c>
+      <c r="L188" s="7">
+        <v>23</v>
+      </c>
+      <c r="M188" s="14">
+        <v>30</v>
+      </c>
+      <c r="N188" s="15">
+        <v>0</v>
+      </c>
+      <c r="O188" s="7">
+        <v>5</v>
+      </c>
+      <c r="P188" s="7">
+        <v>24</v>
+      </c>
+      <c r="Q188" s="14">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="189" spans="1:17">
+      <c r="A189" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B189" s="15">
+        <v>0</v>
+      </c>
+      <c r="C189" s="7">
+        <v>0</v>
+      </c>
+      <c r="D189" s="7">
+        <v>7</v>
+      </c>
+      <c r="E189" s="14">
+        <v>7</v>
+      </c>
+      <c r="F189" s="13">
+        <v>0</v>
+      </c>
+      <c r="G189" s="13">
+        <v>0</v>
+      </c>
+      <c r="H189" s="7">
+        <v>7</v>
+      </c>
+      <c r="I189" s="14">
+        <v>7</v>
+      </c>
+      <c r="J189" s="13">
+        <v>1</v>
+      </c>
+      <c r="K189" s="7">
+        <v>0</v>
+      </c>
+      <c r="L189" s="7">
+        <v>7</v>
+      </c>
+      <c r="M189" s="14">
+        <v>8</v>
+      </c>
+      <c r="N189" s="15">
+        <v>0</v>
+      </c>
+      <c r="O189" s="13">
+        <v>0</v>
+      </c>
+      <c r="P189" s="7">
+        <v>3</v>
+      </c>
+      <c r="Q189" s="14">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="190" spans="1:17">
+      <c r="A190" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B190" s="15">
+        <v>0</v>
+      </c>
+      <c r="C190" s="7">
+        <v>0</v>
+      </c>
+      <c r="D190" s="7">
+        <v>6</v>
+      </c>
+      <c r="E190" s="14">
+        <v>6</v>
+      </c>
+      <c r="F190" s="13">
+        <v>0</v>
+      </c>
+      <c r="G190" s="7">
+        <v>0</v>
+      </c>
+      <c r="H190" s="7">
+        <v>5</v>
+      </c>
+      <c r="I190" s="14">
+        <v>5</v>
+      </c>
+      <c r="J190" s="13">
+        <v>0</v>
+      </c>
+      <c r="K190" s="7">
+        <v>0</v>
+      </c>
+      <c r="L190" s="7">
+        <v>6</v>
+      </c>
+      <c r="M190" s="14">
+        <v>6</v>
+      </c>
+      <c r="N190" s="15">
+        <v>0</v>
+      </c>
+      <c r="O190" s="7">
+        <v>0</v>
+      </c>
+      <c r="P190" s="7">
+        <v>4</v>
+      </c>
+      <c r="Q190" s="14">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="191" spans="1:17">
+      <c r="A191" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B191" s="15">
+        <v>1</v>
+      </c>
+      <c r="C191" s="7">
+        <v>0</v>
+      </c>
+      <c r="D191" s="7">
+        <v>17</v>
+      </c>
+      <c r="E191" s="14">
+        <v>18</v>
+      </c>
+      <c r="F191" s="13">
+        <v>1</v>
+      </c>
+      <c r="G191" s="7">
+        <v>2</v>
+      </c>
+      <c r="H191" s="7">
+        <v>9</v>
+      </c>
+      <c r="I191" s="14">
+        <v>12</v>
+      </c>
+      <c r="J191" s="13">
+        <v>3</v>
+      </c>
+      <c r="K191" s="7">
+        <v>2</v>
+      </c>
+      <c r="L191" s="7">
+        <v>7</v>
+      </c>
+      <c r="M191" s="14">
+        <v>12</v>
+      </c>
+      <c r="N191" s="15">
+        <v>0</v>
+      </c>
+      <c r="O191" s="7">
+        <v>0</v>
+      </c>
+      <c r="P191" s="7">
+        <v>7</v>
+      </c>
+      <c r="Q191" s="14">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="192" spans="1:17">
+      <c r="A192" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B192" s="18">
+        <v>1</v>
+      </c>
+      <c r="C192" s="7">
+        <v>8</v>
+      </c>
+      <c r="D192" s="7">
+        <v>6</v>
+      </c>
+      <c r="E192" s="14">
+        <v>15</v>
+      </c>
+      <c r="F192" s="13">
+        <v>0</v>
+      </c>
+      <c r="G192" s="7">
+        <v>3</v>
+      </c>
+      <c r="H192" s="7">
+        <v>6</v>
+      </c>
+      <c r="I192" s="14">
+        <v>9</v>
+      </c>
+      <c r="J192" s="13">
+        <v>1</v>
+      </c>
+      <c r="K192" s="7">
+        <v>0</v>
+      </c>
+      <c r="L192" s="7">
+        <v>3</v>
+      </c>
+      <c r="M192" s="14">
+        <v>4</v>
+      </c>
+      <c r="N192" s="15">
+        <v>0</v>
+      </c>
+      <c r="O192" s="7">
+        <v>5</v>
+      </c>
+      <c r="P192" s="7">
+        <v>10</v>
+      </c>
+      <c r="Q192" s="14">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="193" spans="1:17">
+      <c r="A193" s="16"/>
+      <c r="B193" s="15">
+        <v>0</v>
+      </c>
+      <c r="C193" s="7">
+        <v>0</v>
+      </c>
+      <c r="D193" s="7">
+        <v>0</v>
+      </c>
+      <c r="E193" s="14">
+        <v>0</v>
+      </c>
+      <c r="F193" s="13">
+        <v>0</v>
+      </c>
+      <c r="G193" s="13">
+        <v>0</v>
+      </c>
+      <c r="H193" s="13">
+        <v>0</v>
+      </c>
+      <c r="I193" s="17">
+        <v>0</v>
+      </c>
+      <c r="J193" s="13">
+        <v>0</v>
+      </c>
+      <c r="K193" s="13">
+        <v>0</v>
+      </c>
+      <c r="L193" s="13">
+        <v>0</v>
+      </c>
+      <c r="M193" s="17">
+        <v>0</v>
+      </c>
+      <c r="N193" s="15">
+        <v>0</v>
+      </c>
+      <c r="O193" s="13">
+        <v>0</v>
+      </c>
+      <c r="P193" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q193" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="194" spans="1:17">
+      <c r="A194" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B194" s="18">
+        <v>4</v>
+      </c>
+      <c r="C194" s="7">
+        <v>15</v>
+      </c>
+      <c r="D194" s="13">
+        <v>6</v>
+      </c>
+      <c r="E194" s="14">
+        <v>25</v>
+      </c>
+      <c r="F194" s="18">
+        <v>3</v>
+      </c>
+      <c r="G194" s="7">
+        <v>12</v>
+      </c>
+      <c r="H194" s="7">
+        <v>4</v>
+      </c>
+      <c r="I194" s="14">
+        <v>19</v>
+      </c>
+      <c r="J194" s="13">
+        <v>4</v>
+      </c>
+      <c r="K194" s="7">
+        <v>9</v>
+      </c>
+      <c r="L194" s="7">
+        <v>4</v>
+      </c>
+      <c r="M194" s="14">
+        <v>17</v>
+      </c>
+      <c r="N194" s="18">
+        <v>5</v>
+      </c>
+      <c r="O194" s="7">
+        <v>8</v>
+      </c>
+      <c r="P194" s="7">
+        <v>2</v>
+      </c>
+      <c r="Q194" s="14">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="195" spans="1:17">
+      <c r="A195" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B195" s="18">
+        <v>1</v>
+      </c>
+      <c r="C195" s="7">
+        <v>12</v>
+      </c>
+      <c r="D195" s="13">
+        <v>2</v>
+      </c>
+      <c r="E195" s="14">
+        <v>15</v>
+      </c>
+      <c r="F195" s="18">
+        <v>2</v>
+      </c>
+      <c r="G195" s="7">
+        <v>9</v>
+      </c>
+      <c r="H195" s="7">
+        <v>2</v>
+      </c>
+      <c r="I195" s="14">
+        <v>13</v>
+      </c>
+      <c r="J195" s="7">
+        <v>2</v>
+      </c>
+      <c r="K195" s="7">
+        <v>10</v>
+      </c>
+      <c r="L195" s="7">
+        <v>2</v>
+      </c>
+      <c r="M195" s="14">
+        <v>14</v>
+      </c>
+      <c r="N195" s="18">
+        <v>5</v>
+      </c>
+      <c r="O195" s="7">
+        <v>3</v>
+      </c>
+      <c r="P195" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q195" s="14">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="196" spans="1:17">
+      <c r="A196" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B196" s="18">
+        <v>6</v>
+      </c>
+      <c r="C196" s="7">
+        <v>15</v>
+      </c>
+      <c r="D196" s="13">
+        <v>4</v>
+      </c>
+      <c r="E196" s="14">
+        <v>25</v>
+      </c>
+      <c r="F196" s="18">
+        <v>7</v>
+      </c>
+      <c r="G196" s="7">
+        <v>15</v>
+      </c>
+      <c r="H196" s="13">
+        <v>4</v>
+      </c>
+      <c r="I196" s="14">
+        <v>26</v>
+      </c>
+      <c r="J196" s="7">
+        <v>9</v>
+      </c>
+      <c r="K196" s="7">
+        <v>23</v>
+      </c>
+      <c r="L196" s="13">
+        <v>2</v>
+      </c>
+      <c r="M196" s="14">
+        <v>34</v>
+      </c>
+      <c r="N196" s="18">
+        <v>4</v>
+      </c>
+      <c r="O196" s="7">
+        <v>10</v>
+      </c>
+      <c r="P196" s="7">
+        <v>3</v>
+      </c>
+      <c r="Q196" s="14">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="197" spans="1:17">
+      <c r="A197" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B197" s="18">
+        <v>2</v>
+      </c>
+      <c r="C197" s="7">
+        <v>4</v>
+      </c>
+      <c r="D197" s="13">
+        <v>0</v>
+      </c>
+      <c r="E197" s="14">
+        <v>6</v>
+      </c>
+      <c r="F197" s="18">
+        <v>0</v>
+      </c>
+      <c r="G197" s="7">
+        <v>3</v>
+      </c>
+      <c r="H197" s="13">
+        <v>0</v>
+      </c>
+      <c r="I197" s="14">
+        <v>3</v>
+      </c>
+      <c r="J197" s="7">
+        <v>0</v>
+      </c>
+      <c r="K197" s="7">
+        <v>2</v>
+      </c>
+      <c r="L197" s="13">
+        <v>0</v>
+      </c>
+      <c r="M197" s="14">
+        <v>2</v>
+      </c>
+      <c r="N197" s="18">
+        <v>1</v>
+      </c>
+      <c r="O197" s="7">
+        <v>0</v>
+      </c>
+      <c r="P197" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q197" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="198" spans="1:17">
+      <c r="A198" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B198" s="18">
+        <v>2</v>
+      </c>
+      <c r="C198" s="7">
+        <v>6</v>
+      </c>
+      <c r="D198" s="13">
+        <v>0</v>
+      </c>
+      <c r="E198" s="14">
+        <v>8</v>
+      </c>
+      <c r="F198" s="13">
+        <v>1</v>
+      </c>
+      <c r="G198" s="7">
+        <v>2</v>
+      </c>
+      <c r="H198" s="7">
+        <v>0</v>
+      </c>
+      <c r="I198" s="14">
+        <v>3</v>
+      </c>
+      <c r="J198" s="7">
+        <v>1</v>
+      </c>
+      <c r="K198" s="7">
+        <v>3</v>
+      </c>
+      <c r="L198" s="13">
+        <v>0</v>
+      </c>
+      <c r="M198" s="14">
+        <v>4</v>
+      </c>
+      <c r="N198" s="18">
+        <v>2</v>
+      </c>
+      <c r="O198" s="7">
+        <v>2</v>
+      </c>
+      <c r="P198" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q198" s="14">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="199" spans="1:17">
+      <c r="A199" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B199" s="15">
+        <v>0</v>
+      </c>
+      <c r="C199" s="13">
+        <v>1</v>
+      </c>
+      <c r="D199" s="13">
+        <v>0</v>
+      </c>
+      <c r="E199" s="17">
+        <v>1</v>
+      </c>
+      <c r="F199" s="13">
+        <v>0</v>
+      </c>
+      <c r="G199" s="13">
+        <v>0</v>
+      </c>
+      <c r="H199" s="7">
+        <v>0</v>
+      </c>
+      <c r="I199" s="14">
+        <v>0</v>
+      </c>
+      <c r="J199" s="7">
+        <v>1</v>
+      </c>
+      <c r="K199" s="13">
+        <v>0</v>
+      </c>
+      <c r="L199" s="13">
+        <v>0</v>
+      </c>
+      <c r="M199" s="14">
+        <v>1</v>
+      </c>
+      <c r="N199" s="15">
+        <v>0</v>
+      </c>
+      <c r="O199" s="13">
+        <v>0</v>
+      </c>
+      <c r="P199" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q199" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="200" spans="1:17">
+      <c r="A200" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B200" s="18">
+        <v>1</v>
+      </c>
+      <c r="C200" s="13">
+        <v>3</v>
+      </c>
+      <c r="D200" s="13">
+        <v>0</v>
+      </c>
+      <c r="E200" s="14">
+        <v>4</v>
+      </c>
+      <c r="F200" s="13">
+        <v>1</v>
+      </c>
+      <c r="G200" s="13">
+        <v>0</v>
+      </c>
+      <c r="H200" s="13">
+        <v>0</v>
+      </c>
+      <c r="I200" s="17">
+        <v>1</v>
+      </c>
+      <c r="J200" s="13">
+        <v>1</v>
+      </c>
+      <c r="K200" s="13">
+        <v>1</v>
+      </c>
+      <c r="L200" s="13">
+        <v>0</v>
+      </c>
+      <c r="M200" s="17">
+        <v>2</v>
+      </c>
+      <c r="N200" s="15">
+        <v>1</v>
+      </c>
+      <c r="O200" s="7">
+        <v>0</v>
+      </c>
+      <c r="P200" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q200" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="201" spans="1:17">
+      <c r="A201" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B201" s="15">
+        <v>0</v>
+      </c>
+      <c r="C201" s="13">
+        <v>0</v>
+      </c>
+      <c r="D201" s="13">
+        <v>0</v>
+      </c>
+      <c r="E201" s="17">
+        <v>0</v>
+      </c>
+      <c r="F201" s="13">
+        <v>0</v>
+      </c>
+      <c r="G201" s="13">
+        <v>0</v>
+      </c>
+      <c r="H201" s="13">
+        <v>0</v>
+      </c>
+      <c r="I201" s="17">
+        <v>0</v>
+      </c>
+      <c r="J201" s="13">
+        <v>0</v>
+      </c>
+      <c r="K201" s="7">
+        <v>0</v>
+      </c>
+      <c r="L201" s="13">
+        <v>0</v>
+      </c>
+      <c r="M201" s="14">
+        <v>0</v>
+      </c>
+      <c r="N201" s="15">
+        <v>0</v>
+      </c>
+      <c r="O201" s="13">
+        <v>0</v>
+      </c>
+      <c r="P201" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q201" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="202" spans="1:17">
+      <c r="A202" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B202" s="15">
+        <v>0</v>
+      </c>
+      <c r="C202" s="13">
+        <v>0</v>
+      </c>
+      <c r="D202" s="13">
+        <v>0</v>
+      </c>
+      <c r="E202" s="17">
+        <v>0</v>
+      </c>
+      <c r="F202" s="13">
+        <v>0</v>
+      </c>
+      <c r="G202" s="13">
+        <v>0</v>
+      </c>
+      <c r="H202" s="13">
+        <v>0</v>
+      </c>
+      <c r="I202" s="17">
+        <v>0</v>
+      </c>
+      <c r="J202" s="13">
+        <v>0</v>
+      </c>
+      <c r="K202" s="13">
+        <v>0</v>
+      </c>
+      <c r="L202" s="13">
+        <v>0</v>
+      </c>
+      <c r="M202" s="17">
+        <v>0</v>
+      </c>
+      <c r="N202" s="15">
+        <v>0</v>
+      </c>
+      <c r="O202" s="13">
+        <v>0</v>
+      </c>
+      <c r="P202" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q202" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="203" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A203" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B203" s="22">
+        <v>18</v>
+      </c>
+      <c r="C203" s="20">
+        <v>64</v>
+      </c>
+      <c r="D203" s="20">
         <v>48</v>
       </c>
-      <c r="J8" s="5">
-[...2 lines deleted...]
-      <c r="K8" s="6">
+      <c r="E203" s="21">
+        <v>130</v>
+      </c>
+      <c r="F203" s="20">
+        <v>15</v>
+      </c>
+      <c r="G203" s="20">
+        <v>46</v>
+      </c>
+      <c r="H203" s="20">
+        <v>37</v>
+      </c>
+      <c r="I203" s="21">
+        <v>98</v>
+      </c>
+      <c r="J203" s="20">
+        <v>23</v>
+      </c>
+      <c r="K203" s="20">
+        <v>50</v>
+      </c>
+      <c r="L203" s="20">
+        <v>31</v>
+      </c>
+      <c r="M203" s="21">
+        <v>104</v>
+      </c>
+      <c r="N203" s="22">
+        <v>18</v>
+      </c>
+      <c r="O203" s="20">
+        <v>28</v>
+      </c>
+      <c r="P203" s="20">
+        <v>31</v>
+      </c>
+      <c r="Q203" s="21">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="206" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A206" s="43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B206" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="C206" s="45"/>
+      <c r="D206" s="45"/>
+      <c r="E206" s="46"/>
+      <c r="F206" s="47" t="s">
+        <v>54</v>
+      </c>
+      <c r="G206" s="45"/>
+      <c r="H206" s="45"/>
+      <c r="I206" s="46"/>
+      <c r="J206" s="47" t="s">
+        <v>55</v>
+      </c>
+      <c r="K206" s="45"/>
+      <c r="L206" s="45"/>
+      <c r="M206" s="46"/>
+      <c r="N206" s="47" t="s">
+        <v>56</v>
+      </c>
+      <c r="O206" s="45"/>
+      <c r="P206" s="45"/>
+      <c r="Q206" s="46"/>
+    </row>
+    <row r="207" spans="1:17" ht="30" customHeight="1">
+      <c r="A207" s="44"/>
+      <c r="B207" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C207" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D207" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E207" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F207" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="G207" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="H207" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="I207" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J207" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="K207" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="L207" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="M207" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="N207" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="O207" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="P207" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q207" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="208" spans="1:17">
+      <c r="A208" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="B208" s="18">
+        <v>0</v>
+      </c>
+      <c r="C208" s="7">
+        <v>4</v>
+      </c>
+      <c r="D208" s="7">
+        <v>14</v>
+      </c>
+      <c r="E208" s="14">
+        <v>18</v>
+      </c>
+      <c r="F208" s="13">
+        <v>0</v>
+      </c>
+      <c r="G208" s="7">
+        <v>2</v>
+      </c>
+      <c r="H208" s="7">
+        <v>8</v>
+      </c>
+      <c r="I208" s="14">
+        <v>10</v>
+      </c>
+      <c r="J208" s="13">
+        <v>0</v>
+      </c>
+      <c r="K208" s="7">
+        <v>2</v>
+      </c>
+      <c r="L208" s="7">
+        <v>0</v>
+      </c>
+      <c r="M208" s="14">
+        <v>2</v>
+      </c>
+      <c r="N208" s="15">
+        <v>0</v>
+      </c>
+      <c r="O208" s="7">
+        <v>1</v>
+      </c>
+      <c r="P208" s="7">
+        <v>5</v>
+      </c>
+      <c r="Q208" s="14">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="209" spans="1:17">
+      <c r="A209" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B209" s="15">
+        <v>0</v>
+      </c>
+      <c r="C209" s="7">
+        <v>0</v>
+      </c>
+      <c r="D209" s="7">
+        <v>2</v>
+      </c>
+      <c r="E209" s="14">
+        <v>2</v>
+      </c>
+      <c r="F209" s="13">
+        <v>0</v>
+      </c>
+      <c r="G209" s="13">
+        <v>0</v>
+      </c>
+      <c r="H209" s="7">
+        <v>1</v>
+      </c>
+      <c r="I209" s="14">
+        <v>1</v>
+      </c>
+      <c r="J209" s="13">
+        <v>0</v>
+      </c>
+      <c r="K209" s="7">
+        <v>0</v>
+      </c>
+      <c r="L209" s="7">
+        <v>0</v>
+      </c>
+      <c r="M209" s="14">
+        <v>0</v>
+      </c>
+      <c r="N209" s="15">
+        <v>0</v>
+      </c>
+      <c r="O209" s="13">
+        <v>0</v>
+      </c>
+      <c r="P209" s="7">
+        <v>0</v>
+      </c>
+      <c r="Q209" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="210" spans="1:17">
+      <c r="A210" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B210" s="15">
+        <v>0</v>
+      </c>
+      <c r="C210" s="7">
+        <v>0</v>
+      </c>
+      <c r="D210" s="7">
+        <v>0</v>
+      </c>
+      <c r="E210" s="14">
+        <v>0</v>
+      </c>
+      <c r="F210" s="13">
+        <v>0</v>
+      </c>
+      <c r="G210" s="7">
+        <v>0</v>
+      </c>
+      <c r="H210" s="7">
+        <v>3</v>
+      </c>
+      <c r="I210" s="14">
+        <v>3</v>
+      </c>
+      <c r="J210" s="13">
+        <v>0</v>
+      </c>
+      <c r="K210" s="7">
+        <v>0</v>
+      </c>
+      <c r="L210" s="7">
+        <v>0</v>
+      </c>
+      <c r="M210" s="14">
+        <v>0</v>
+      </c>
+      <c r="N210" s="15">
+        <v>0</v>
+      </c>
+      <c r="O210" s="7">
+        <v>0</v>
+      </c>
+      <c r="P210" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q210" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="211" spans="1:17">
+      <c r="A211" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B211" s="15">
+        <v>0</v>
+      </c>
+      <c r="C211" s="7">
+        <v>0</v>
+      </c>
+      <c r="D211" s="7">
+        <v>6</v>
+      </c>
+      <c r="E211" s="14">
+        <v>6</v>
+      </c>
+      <c r="F211" s="13">
+        <v>0</v>
+      </c>
+      <c r="G211" s="7">
+        <v>0</v>
+      </c>
+      <c r="H211" s="7">
+        <v>3</v>
+      </c>
+      <c r="I211" s="14">
+        <v>3</v>
+      </c>
+      <c r="J211" s="13">
+        <v>0</v>
+      </c>
+      <c r="K211" s="7">
+        <v>0</v>
+      </c>
+      <c r="L211" s="7">
+        <v>0</v>
+      </c>
+      <c r="M211" s="14">
+        <v>0</v>
+      </c>
+      <c r="N211" s="15">
+        <v>0</v>
+      </c>
+      <c r="O211" s="7">
+        <v>0</v>
+      </c>
+      <c r="P211" s="7">
+        <v>3</v>
+      </c>
+      <c r="Q211" s="14">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="212" spans="1:17">
+      <c r="A212" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B212" s="18">
+        <v>0</v>
+      </c>
+      <c r="C212" s="7">
+        <v>4</v>
+      </c>
+      <c r="D212" s="7">
+        <v>6</v>
+      </c>
+      <c r="E212" s="14">
+        <v>10</v>
+      </c>
+      <c r="F212" s="13">
+        <v>0</v>
+      </c>
+      <c r="G212" s="7">
+        <v>2</v>
+      </c>
+      <c r="H212" s="7">
+        <v>1</v>
+      </c>
+      <c r="I212" s="14">
+        <v>3</v>
+      </c>
+      <c r="J212" s="13">
+        <v>0</v>
+      </c>
+      <c r="K212" s="7">
+        <v>2</v>
+      </c>
+      <c r="L212" s="7">
+        <v>0</v>
+      </c>
+      <c r="M212" s="14">
+        <v>2</v>
+      </c>
+      <c r="N212" s="15">
+        <v>0</v>
+      </c>
+      <c r="O212" s="7">
+        <v>1</v>
+      </c>
+      <c r="P212" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q212" s="14">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="213" spans="1:17">
+      <c r="A213" s="16"/>
+      <c r="B213" s="15">
+        <v>0</v>
+      </c>
+      <c r="C213" s="7">
+        <v>0</v>
+      </c>
+      <c r="D213" s="7">
+        <v>0</v>
+      </c>
+      <c r="E213" s="14">
+        <v>0</v>
+      </c>
+      <c r="F213" s="13">
+        <v>0</v>
+      </c>
+      <c r="G213" s="13">
+        <v>0</v>
+      </c>
+      <c r="H213" s="13">
+        <v>0</v>
+      </c>
+      <c r="I213" s="17">
+        <v>0</v>
+      </c>
+      <c r="J213" s="13">
+        <v>0</v>
+      </c>
+      <c r="K213" s="13">
+        <v>0</v>
+      </c>
+      <c r="L213" s="13">
+        <v>0</v>
+      </c>
+      <c r="M213" s="17">
+        <v>0</v>
+      </c>
+      <c r="N213" s="15">
+        <v>0</v>
+      </c>
+      <c r="O213" s="13">
+        <v>0</v>
+      </c>
+      <c r="P213" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q213" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="214" spans="1:17">
+      <c r="A214" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B214" s="18">
+        <v>1</v>
+      </c>
+      <c r="C214" s="7">
+        <v>0</v>
+      </c>
+      <c r="D214" s="13">
+        <v>0</v>
+      </c>
+      <c r="E214" s="14">
+        <v>1</v>
+      </c>
+      <c r="F214" s="18">
+        <v>2</v>
+      </c>
+      <c r="G214" s="7">
+        <v>2</v>
+      </c>
+      <c r="H214" s="7">
+        <v>1</v>
+      </c>
+      <c r="I214" s="14">
+        <v>5</v>
+      </c>
+      <c r="J214" s="13">
+        <v>0</v>
+      </c>
+      <c r="K214" s="7">
+        <v>1</v>
+      </c>
+      <c r="L214" s="7">
+        <v>0</v>
+      </c>
+      <c r="M214" s="14">
+        <v>1</v>
+      </c>
+      <c r="N214" s="18">
+        <v>2</v>
+      </c>
+      <c r="O214" s="7">
+        <v>1</v>
+      </c>
+      <c r="P214" s="7">
+        <v>0</v>
+      </c>
+      <c r="Q214" s="14">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="215" spans="1:17">
+      <c r="A215" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B215" s="18">
+        <v>1</v>
+      </c>
+      <c r="C215" s="7">
+        <v>5</v>
+      </c>
+      <c r="D215" s="13">
+        <v>1</v>
+      </c>
+      <c r="E215" s="14">
+        <v>7</v>
+      </c>
+      <c r="F215" s="18">
+        <v>0</v>
+      </c>
+      <c r="G215" s="7">
+        <v>5</v>
+      </c>
+      <c r="H215" s="7">
+        <v>0</v>
+      </c>
+      <c r="I215" s="14">
+        <v>5</v>
+      </c>
+      <c r="J215" s="7">
+        <v>0</v>
+      </c>
+      <c r="K215" s="7">
+        <v>1</v>
+      </c>
+      <c r="L215" s="7">
+        <v>0</v>
+      </c>
+      <c r="M215" s="14">
+        <v>1</v>
+      </c>
+      <c r="N215" s="18">
+        <v>0</v>
+      </c>
+      <c r="O215" s="7">
+        <v>3</v>
+      </c>
+      <c r="P215" s="7">
+        <v>0</v>
+      </c>
+      <c r="Q215" s="14">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="216" spans="1:17">
+      <c r="A216" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B216" s="18">
+        <v>6</v>
+      </c>
+      <c r="C216" s="7">
+        <v>9</v>
+      </c>
+      <c r="D216" s="13">
+        <v>1</v>
+      </c>
+      <c r="E216" s="14">
         <v>16</v>
       </c>
-      <c r="L8" s="6">
-[...8 lines deleted...]
-      <c r="O8" s="6">
+      <c r="F216" s="18">
+        <v>4</v>
+      </c>
+      <c r="G216" s="7">
+        <v>0</v>
+      </c>
+      <c r="H216" s="13">
+        <v>0</v>
+      </c>
+      <c r="I216" s="14">
+        <v>4</v>
+      </c>
+      <c r="J216" s="7">
+        <v>1</v>
+      </c>
+      <c r="K216" s="7">
+        <v>2</v>
+      </c>
+      <c r="L216" s="13">
+        <v>0</v>
+      </c>
+      <c r="M216" s="14">
+        <v>3</v>
+      </c>
+      <c r="N216" s="18">
+        <v>0</v>
+      </c>
+      <c r="O216" s="7">
+        <v>3</v>
+      </c>
+      <c r="P216" s="7">
+        <v>0</v>
+      </c>
+      <c r="Q216" s="14">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="217" spans="1:17">
+      <c r="A217" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B217" s="18">
+        <v>2</v>
+      </c>
+      <c r="C217" s="7">
+        <v>3</v>
+      </c>
+      <c r="D217" s="13">
+        <v>0</v>
+      </c>
+      <c r="E217" s="14">
+        <v>5</v>
+      </c>
+      <c r="F217" s="18">
+        <v>0</v>
+      </c>
+      <c r="G217" s="7">
+        <v>1</v>
+      </c>
+      <c r="H217" s="13">
+        <v>0</v>
+      </c>
+      <c r="I217" s="14">
+        <v>1</v>
+      </c>
+      <c r="J217" s="7">
+        <v>0</v>
+      </c>
+      <c r="K217" s="7">
+        <v>2</v>
+      </c>
+      <c r="L217" s="13">
+        <v>0</v>
+      </c>
+      <c r="M217" s="14">
+        <v>2</v>
+      </c>
+      <c r="N217" s="18">
+        <v>0</v>
+      </c>
+      <c r="O217" s="7">
+        <v>1</v>
+      </c>
+      <c r="P217" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q217" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="218" spans="1:17">
+      <c r="A218" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B218" s="18">
+        <v>0</v>
+      </c>
+      <c r="C218" s="7">
+        <v>1</v>
+      </c>
+      <c r="D218" s="13">
+        <v>0</v>
+      </c>
+      <c r="E218" s="14">
+        <v>1</v>
+      </c>
+      <c r="F218" s="13">
+        <v>0</v>
+      </c>
+      <c r="G218" s="7">
+        <v>0</v>
+      </c>
+      <c r="H218" s="7">
+        <v>0</v>
+      </c>
+      <c r="I218" s="14">
+        <v>0</v>
+      </c>
+      <c r="J218" s="7">
+        <v>0</v>
+      </c>
+      <c r="K218" s="7">
+        <v>0</v>
+      </c>
+      <c r="L218" s="13">
+        <v>0</v>
+      </c>
+      <c r="M218" s="14">
+        <v>0</v>
+      </c>
+      <c r="N218" s="18">
+        <v>0</v>
+      </c>
+      <c r="O218" s="7">
+        <v>0</v>
+      </c>
+      <c r="P218" s="7">
+        <v>0</v>
+      </c>
+      <c r="Q218" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="219" spans="1:17">
+      <c r="A219" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B219" s="15">
+        <v>0</v>
+      </c>
+      <c r="C219" s="13">
+        <v>1</v>
+      </c>
+      <c r="D219" s="13">
+        <v>0</v>
+      </c>
+      <c r="E219" s="17">
+        <v>1</v>
+      </c>
+      <c r="F219" s="13">
+        <v>0</v>
+      </c>
+      <c r="G219" s="13">
+        <v>0</v>
+      </c>
+      <c r="H219" s="7">
+        <v>0</v>
+      </c>
+      <c r="I219" s="14">
+        <v>0</v>
+      </c>
+      <c r="J219" s="7">
+        <v>0</v>
+      </c>
+      <c r="K219" s="13">
+        <v>1</v>
+      </c>
+      <c r="L219" s="13">
+        <v>0</v>
+      </c>
+      <c r="M219" s="14">
+        <v>1</v>
+      </c>
+      <c r="N219" s="15">
+        <v>0</v>
+      </c>
+      <c r="O219" s="13">
+        <v>0</v>
+      </c>
+      <c r="P219" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q219" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="220" spans="1:17">
+      <c r="A220" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B220" s="18">
+        <v>0</v>
+      </c>
+      <c r="C220" s="13">
+        <v>0</v>
+      </c>
+      <c r="D220" s="13">
+        <v>0</v>
+      </c>
+      <c r="E220" s="14">
+        <v>0</v>
+      </c>
+      <c r="F220" s="13">
+        <v>0</v>
+      </c>
+      <c r="G220" s="13">
+        <v>1</v>
+      </c>
+      <c r="H220" s="13">
+        <v>0</v>
+      </c>
+      <c r="I220" s="17">
+        <v>1</v>
+      </c>
+      <c r="J220" s="13">
+        <v>0</v>
+      </c>
+      <c r="K220" s="13">
+        <v>0</v>
+      </c>
+      <c r="L220" s="13">
+        <v>0</v>
+      </c>
+      <c r="M220" s="17">
+        <v>0</v>
+      </c>
+      <c r="N220" s="15">
+        <v>0</v>
+      </c>
+      <c r="O220" s="7">
+        <v>0</v>
+      </c>
+      <c r="P220" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q220" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="221" spans="1:17">
+      <c r="A221" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B221" s="15">
+        <v>0</v>
+      </c>
+      <c r="C221" s="13">
+        <v>0</v>
+      </c>
+      <c r="D221" s="13">
+        <v>0</v>
+      </c>
+      <c r="E221" s="17">
+        <v>0</v>
+      </c>
+      <c r="F221" s="13">
+        <v>0</v>
+      </c>
+      <c r="G221" s="13">
+        <v>0</v>
+      </c>
+      <c r="H221" s="13">
+        <v>0</v>
+      </c>
+      <c r="I221" s="17">
+        <v>0</v>
+      </c>
+      <c r="J221" s="13">
+        <v>0</v>
+      </c>
+      <c r="K221" s="7">
+        <v>0</v>
+      </c>
+      <c r="L221" s="13">
+        <v>0</v>
+      </c>
+      <c r="M221" s="14">
+        <v>0</v>
+      </c>
+      <c r="N221" s="15">
+        <v>0</v>
+      </c>
+      <c r="O221" s="13">
+        <v>0</v>
+      </c>
+      <c r="P221" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q221" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="222" spans="1:17">
+      <c r="A222" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B222" s="15">
+        <v>0</v>
+      </c>
+      <c r="C222" s="13">
+        <v>0</v>
+      </c>
+      <c r="D222" s="13">
+        <v>0</v>
+      </c>
+      <c r="E222" s="17">
+        <v>0</v>
+      </c>
+      <c r="F222" s="13">
+        <v>0</v>
+      </c>
+      <c r="G222" s="13">
+        <v>0</v>
+      </c>
+      <c r="H222" s="13">
+        <v>0</v>
+      </c>
+      <c r="I222" s="17">
+        <v>0</v>
+      </c>
+      <c r="J222" s="13">
+        <v>0</v>
+      </c>
+      <c r="K222" s="13">
+        <v>0</v>
+      </c>
+      <c r="L222" s="13">
+        <v>0</v>
+      </c>
+      <c r="M222" s="17">
+        <v>0</v>
+      </c>
+      <c r="N222" s="15">
+        <v>0</v>
+      </c>
+      <c r="O222" s="13">
+        <v>0</v>
+      </c>
+      <c r="P222" s="13">
+        <v>0</v>
+      </c>
+      <c r="Q222" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="223" spans="1:17" ht="15.75" customHeight="1">
+      <c r="A223" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B223" s="22">
+        <v>10</v>
+      </c>
+      <c r="C223" s="20">
+        <v>23</v>
+      </c>
+      <c r="D223" s="20">
         <v>16</v>
       </c>
-      <c r="P8" s="6">
-[...7 lines deleted...]
-      <c r="A9" s="15" t="s">
+      <c r="E223" s="21">
         <v>49</v>
       </c>
-      <c r="B9" s="5">
-[...17 lines deleted...]
-      <c r="H9" s="6">
+      <c r="F223" s="20">
+        <v>6</v>
+      </c>
+      <c r="G223" s="20">
+        <v>11</v>
+      </c>
+      <c r="H223" s="20">
+        <v>9</v>
+      </c>
+      <c r="I223" s="21">
+        <v>26</v>
+      </c>
+      <c r="J223" s="20">
+        <v>1</v>
+      </c>
+      <c r="K223" s="20">
+        <v>9</v>
+      </c>
+      <c r="L223" s="20">
+        <v>0</v>
+      </c>
+      <c r="M223" s="21">
         <v>10</v>
       </c>
-      <c r="I9" s="7">
-[...20 lines deleted...]
-      <c r="P9" s="6">
+      <c r="N223" s="22">
+        <v>2</v>
+      </c>
+      <c r="O223" s="20">
+        <v>9</v>
+      </c>
+      <c r="P223" s="20">
+        <v>5</v>
+      </c>
+      <c r="Q223" s="21">
         <v>16</v>
       </c>
-      <c r="Q9" s="7">
-[...9141 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <mergeCells count="51">
+  <mergeCells count="56">
     <mergeCell ref="A186:A187"/>
     <mergeCell ref="B186:E186"/>
     <mergeCell ref="F186:I186"/>
     <mergeCell ref="J186:M186"/>
     <mergeCell ref="N186:Q186"/>
-    <mergeCell ref="A146:A147"/>
-[...3 lines deleted...]
-    <mergeCell ref="N146:Q146"/>
+    <mergeCell ref="A166:A167"/>
+    <mergeCell ref="B166:E166"/>
+    <mergeCell ref="F166:I166"/>
+    <mergeCell ref="J166:M166"/>
+    <mergeCell ref="N166:Q166"/>
+    <mergeCell ref="A126:A127"/>
+    <mergeCell ref="B126:E126"/>
+    <mergeCell ref="F126:I126"/>
+    <mergeCell ref="J126:M126"/>
+    <mergeCell ref="N126:Q126"/>
+    <mergeCell ref="A86:A87"/>
+    <mergeCell ref="B86:E86"/>
+    <mergeCell ref="F86:I86"/>
+    <mergeCell ref="J86:M86"/>
+    <mergeCell ref="N86:Q86"/>
+    <mergeCell ref="I4:L4"/>
+    <mergeCell ref="A26:A27"/>
+    <mergeCell ref="B26:E26"/>
+    <mergeCell ref="F26:I26"/>
+    <mergeCell ref="J26:M26"/>
+    <mergeCell ref="J46:M46"/>
+    <mergeCell ref="A66:A67"/>
+    <mergeCell ref="B66:E66"/>
+    <mergeCell ref="F66:I66"/>
+    <mergeCell ref="J66:M66"/>
     <mergeCell ref="A106:A107"/>
     <mergeCell ref="N46:Q46"/>
     <mergeCell ref="N26:Q26"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:E6"/>
     <mergeCell ref="F6:I6"/>
     <mergeCell ref="J6:M6"/>
     <mergeCell ref="N6:Q6"/>
     <mergeCell ref="B106:E106"/>
     <mergeCell ref="F106:I106"/>
     <mergeCell ref="J106:M106"/>
     <mergeCell ref="N106:Q106"/>
     <mergeCell ref="N66:Q66"/>
     <mergeCell ref="A46:A47"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
-    <mergeCell ref="J46:M46"/>
-[...23 lines deleted...]
-    <mergeCell ref="N166:Q166"/>
+    <mergeCell ref="A146:A147"/>
+    <mergeCell ref="B146:E146"/>
+    <mergeCell ref="F146:I146"/>
+    <mergeCell ref="J146:M146"/>
+    <mergeCell ref="N146:Q146"/>
+    <mergeCell ref="A206:A207"/>
+    <mergeCell ref="B206:E206"/>
+    <mergeCell ref="F206:I206"/>
+    <mergeCell ref="J206:M206"/>
+    <mergeCell ref="N206:Q206"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A2:AO28"/>
+  <dimension ref="A1:AS28"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.85546875" customWidth="1"/>
     <col min="4" max="4" width="14.28515625" customWidth="1"/>
     <col min="8" max="8" width="14.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:41" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="2" t="s">
+    <row r="1" spans="1:45" s="62" customFormat="1" ht="30" customHeight="1"/>
+    <row r="2" spans="1:45" ht="30" customHeight="1">
+      <c r="A2" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="B2" s="3"/>
-[...6 lines deleted...]
-    <row r="3" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="B2" s="63"/>
+      <c r="C2" s="64"/>
+      <c r="D2" s="63"/>
+      <c r="E2" s="63"/>
+      <c r="F2" s="63"/>
+      <c r="G2" s="64"/>
+    </row>
+    <row r="3" spans="1:45">
       <c r="A3" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" s="65"/>
+      <c r="C3" s="65"/>
+      <c r="D3" s="65"/>
+      <c r="E3" s="65"/>
+      <c r="F3" s="65"/>
+      <c r="G3" s="65"/>
+    </row>
+    <row r="4" spans="1:45" ht="47.25" customHeight="1">
+      <c r="A4" s="42" t="s">
+        <v>72</v>
+      </c>
+      <c r="I4" s="59" t="s">
+        <v>19</v>
+      </c>
+      <c r="J4" s="60"/>
+      <c r="K4" s="60"/>
+      <c r="L4" s="61"/>
+    </row>
+    <row r="6" spans="1:45" ht="17.25" customHeight="1">
+      <c r="A6" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="B6" s="51">
+        <v>2014</v>
+      </c>
+      <c r="C6" s="52"/>
+      <c r="D6" s="52"/>
+      <c r="E6" s="53"/>
+      <c r="F6" s="51">
+        <v>2015</v>
+      </c>
+      <c r="G6" s="52"/>
+      <c r="H6" s="52"/>
+      <c r="I6" s="53"/>
+      <c r="J6" s="51">
+        <v>2016</v>
+      </c>
+      <c r="K6" s="52"/>
+      <c r="L6" s="52"/>
+      <c r="M6" s="53"/>
+      <c r="N6" s="51">
+        <v>2017</v>
+      </c>
+      <c r="O6" s="52"/>
+      <c r="P6" s="52"/>
+      <c r="Q6" s="53"/>
+      <c r="R6" s="51">
+        <v>2018</v>
+      </c>
+      <c r="S6" s="52"/>
+      <c r="T6" s="52"/>
+      <c r="U6" s="53"/>
+      <c r="V6" s="51">
+        <v>2019</v>
+      </c>
+      <c r="W6" s="52"/>
+      <c r="X6" s="52"/>
+      <c r="Y6" s="53"/>
+      <c r="Z6" s="51">
+        <v>2020</v>
+      </c>
+      <c r="AA6" s="52"/>
+      <c r="AB6" s="52"/>
+      <c r="AC6" s="53"/>
+      <c r="AD6" s="51">
+        <v>2021</v>
+      </c>
+      <c r="AE6" s="52"/>
+      <c r="AF6" s="52"/>
+      <c r="AG6" s="53"/>
+      <c r="AH6" s="51">
+        <v>2022</v>
+      </c>
+      <c r="AI6" s="52"/>
+      <c r="AJ6" s="52"/>
+      <c r="AK6" s="53"/>
+      <c r="AL6" s="51">
+        <v>2023</v>
+      </c>
+      <c r="AM6" s="52"/>
+      <c r="AN6" s="52"/>
+      <c r="AO6" s="53"/>
+      <c r="AP6" s="51">
+        <v>2024</v>
+      </c>
+      <c r="AQ6" s="52"/>
+      <c r="AR6" s="52"/>
+      <c r="AS6" s="53"/>
+    </row>
+    <row r="7" spans="1:45" ht="30" customHeight="1">
+      <c r="A7" s="55"/>
+      <c r="B7" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="28" t="s">
+        <v>5</v>
+      </c>
+      <c r="D7" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="E7" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F7" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="G7" s="28" t="s">
+        <v>5</v>
+      </c>
+      <c r="H7" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="I7" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J7" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="K7" s="28" t="s">
+        <v>5</v>
+      </c>
+      <c r="L7" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="M7" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N7" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="O7" s="28" t="s">
+        <v>5</v>
+      </c>
+      <c r="P7" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q7" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="R7" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="S7" s="28" t="s">
+        <v>5</v>
+      </c>
+      <c r="T7" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="U7" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="V7" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="W7" s="28" t="s">
+        <v>5</v>
+      </c>
+      <c r="X7" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="Y7" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z7" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA7" s="28" t="s">
+        <v>5</v>
+      </c>
+      <c r="AB7" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="AC7" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD7" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE7" s="28" t="s">
+        <v>5</v>
+      </c>
+      <c r="AF7" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="AG7" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH7" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI7" s="28" t="s">
+        <v>5</v>
+      </c>
+      <c r="AJ7" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="AK7" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="AL7" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="AM7" s="28" t="s">
+        <v>5</v>
+      </c>
+      <c r="AN7" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="AO7" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="AP7" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="AQ7" s="28" t="s">
+        <v>5</v>
+      </c>
+      <c r="AR7" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="AS7" s="29" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:45">
+      <c r="A8" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" s="30">
+        <v>1</v>
+      </c>
+      <c r="C8" s="31">
+        <v>53</v>
+      </c>
+      <c r="D8" s="32">
+        <v>138</v>
+      </c>
+      <c r="E8" s="33">
+        <v>192</v>
+      </c>
+      <c r="F8" s="30">
+        <v>1</v>
+      </c>
+      <c r="G8" s="31">
+        <v>59</v>
+      </c>
+      <c r="H8" s="32">
+        <v>173</v>
+      </c>
+      <c r="I8" s="33">
+        <v>233</v>
+      </c>
+      <c r="J8" s="30">
+        <v>2</v>
+      </c>
+      <c r="K8" s="31">
+        <v>55</v>
+      </c>
+      <c r="L8" s="32">
+        <v>168</v>
+      </c>
+      <c r="M8" s="33">
+        <v>225</v>
+      </c>
+      <c r="N8" s="30">
+        <v>2</v>
+      </c>
+      <c r="O8" s="31">
+        <v>52</v>
+      </c>
+      <c r="P8" s="32">
+        <v>139</v>
+      </c>
+      <c r="Q8" s="33">
+        <v>193</v>
+      </c>
+      <c r="R8" s="30">
+        <v>2</v>
+      </c>
+      <c r="S8" s="31">
         <v>62</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="I4" s="42" t="s">
+      <c r="T8" s="32">
+        <v>162</v>
+      </c>
+      <c r="U8" s="33">
+        <v>226</v>
+      </c>
+      <c r="V8" s="30">
+        <v>1</v>
+      </c>
+      <c r="W8" s="31">
+        <v>34</v>
+      </c>
+      <c r="X8" s="32">
+        <v>140</v>
+      </c>
+      <c r="Y8" s="33">
+        <v>175</v>
+      </c>
+      <c r="Z8" s="30">
+        <v>5</v>
+      </c>
+      <c r="AA8" s="31">
+        <v>22</v>
+      </c>
+      <c r="AB8" s="32">
+        <v>140</v>
+      </c>
+      <c r="AC8" s="33">
+        <v>167</v>
+      </c>
+      <c r="AD8" s="30">
+        <v>1</v>
+      </c>
+      <c r="AE8" s="31">
+        <v>33</v>
+      </c>
+      <c r="AF8" s="32">
+        <v>83</v>
+      </c>
+      <c r="AG8" s="33">
+        <v>117</v>
+      </c>
+      <c r="AH8" s="30">
+        <v>2</v>
+      </c>
+      <c r="AI8" s="31">
+        <v>30</v>
+      </c>
+      <c r="AJ8" s="32">
+        <v>110</v>
+      </c>
+      <c r="AK8" s="33">
+        <v>142</v>
+      </c>
+      <c r="AL8" s="30">
+        <v>8</v>
+      </c>
+      <c r="AM8" s="31">
+        <v>20</v>
+      </c>
+      <c r="AN8" s="32">
+        <v>110</v>
+      </c>
+      <c r="AO8" s="33">
+        <v>138</v>
+      </c>
+      <c r="AP8" s="30">
+        <v>0</v>
+      </c>
+      <c r="AQ8" s="31">
+        <v>9</v>
+      </c>
+      <c r="AR8" s="32">
+        <v>27</v>
+      </c>
+      <c r="AS8" s="33">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:45">
+      <c r="A9" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" s="30">
+        <v>0</v>
+      </c>
+      <c r="C9" s="34">
+        <v>7</v>
+      </c>
+      <c r="D9" s="34">
+        <v>32</v>
+      </c>
+      <c r="E9" s="35">
+        <v>39</v>
+      </c>
+      <c r="F9" s="30">
+        <v>0</v>
+      </c>
+      <c r="G9" s="34">
+        <v>5</v>
+      </c>
+      <c r="H9" s="34">
+        <v>43</v>
+      </c>
+      <c r="I9" s="35">
+        <v>48</v>
+      </c>
+      <c r="J9" s="30">
+        <v>0</v>
+      </c>
+      <c r="K9" s="34">
+        <v>3</v>
+      </c>
+      <c r="L9" s="34">
+        <v>44</v>
+      </c>
+      <c r="M9" s="35">
+        <v>47</v>
+      </c>
+      <c r="N9" s="30">
+        <v>1</v>
+      </c>
+      <c r="O9" s="34">
+        <v>4</v>
+      </c>
+      <c r="P9" s="34">
+        <v>32</v>
+      </c>
+      <c r="Q9" s="35">
+        <v>37</v>
+      </c>
+      <c r="R9" s="30">
+        <v>1</v>
+      </c>
+      <c r="S9" s="34">
+        <v>4</v>
+      </c>
+      <c r="T9" s="34">
+        <v>33</v>
+      </c>
+      <c r="U9" s="35">
+        <v>38</v>
+      </c>
+      <c r="V9" s="30">
+        <v>0</v>
+      </c>
+      <c r="W9" s="34">
+        <v>1</v>
+      </c>
+      <c r="X9" s="34">
+        <v>22</v>
+      </c>
+      <c r="Y9" s="35">
+        <v>23</v>
+      </c>
+      <c r="Z9" s="30">
+        <v>1</v>
+      </c>
+      <c r="AA9" s="34">
+        <v>0</v>
+      </c>
+      <c r="AB9" s="34">
+        <v>27</v>
+      </c>
+      <c r="AC9" s="35">
+        <v>28</v>
+      </c>
+      <c r="AD9" s="30">
+        <v>0</v>
+      </c>
+      <c r="AE9" s="34">
+        <v>1</v>
+      </c>
+      <c r="AF9" s="34">
         <v>19</v>
       </c>
-      <c r="J4" s="43"/>
-[...201 lines deleted...]
-      <c r="C8" s="27">
+      <c r="AG9" s="35">
+        <v>20</v>
+      </c>
+      <c r="AH9" s="30">
+        <v>0</v>
+      </c>
+      <c r="AI9" s="34">
+        <v>2</v>
+      </c>
+      <c r="AJ9" s="34">
+        <v>25</v>
+      </c>
+      <c r="AK9" s="35">
+        <v>27</v>
+      </c>
+      <c r="AL9" s="30">
+        <v>1</v>
+      </c>
+      <c r="AM9" s="34">
+        <v>0</v>
+      </c>
+      <c r="AN9" s="34">
+        <v>24</v>
+      </c>
+      <c r="AO9" s="35">
+        <v>25</v>
+      </c>
+      <c r="AP9" s="30">
+        <v>0</v>
+      </c>
+      <c r="AQ9" s="34">
+        <v>0</v>
+      </c>
+      <c r="AR9" s="34">
+        <v>3</v>
+      </c>
+      <c r="AS9" s="35">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10" spans="1:45">
+      <c r="A10" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" s="30">
+        <v>0</v>
+      </c>
+      <c r="C10" s="34">
+        <v>0</v>
+      </c>
+      <c r="D10" s="34">
+        <v>17</v>
+      </c>
+      <c r="E10" s="35">
+        <v>17</v>
+      </c>
+      <c r="F10" s="30">
+        <v>0</v>
+      </c>
+      <c r="G10" s="34">
+        <v>0</v>
+      </c>
+      <c r="H10" s="34">
+        <v>23</v>
+      </c>
+      <c r="I10" s="35">
+        <v>23</v>
+      </c>
+      <c r="J10" s="30">
+        <v>0</v>
+      </c>
+      <c r="K10" s="34">
+        <v>0</v>
+      </c>
+      <c r="L10" s="34">
+        <v>26</v>
+      </c>
+      <c r="M10" s="35">
+        <v>26</v>
+      </c>
+      <c r="N10" s="30">
+        <v>0</v>
+      </c>
+      <c r="O10" s="34">
+        <v>0</v>
+      </c>
+      <c r="P10" s="34">
+        <v>20</v>
+      </c>
+      <c r="Q10" s="35">
+        <v>20</v>
+      </c>
+      <c r="R10" s="30">
+        <v>0</v>
+      </c>
+      <c r="S10" s="34">
+        <v>2</v>
+      </c>
+      <c r="T10" s="34">
+        <v>29</v>
+      </c>
+      <c r="U10" s="35">
+        <v>31</v>
+      </c>
+      <c r="V10" s="30">
+        <v>0</v>
+      </c>
+      <c r="W10" s="34">
+        <v>2</v>
+      </c>
+      <c r="X10" s="34">
+        <v>18</v>
+      </c>
+      <c r="Y10" s="35">
+        <v>20</v>
+      </c>
+      <c r="Z10" s="30">
+        <v>1</v>
+      </c>
+      <c r="AA10" s="34">
+        <v>0</v>
+      </c>
+      <c r="AB10" s="34">
+        <v>29</v>
+      </c>
+      <c r="AC10" s="35">
+        <v>30</v>
+      </c>
+      <c r="AD10" s="30">
+        <v>0</v>
+      </c>
+      <c r="AE10" s="34">
+        <v>1</v>
+      </c>
+      <c r="AF10" s="34">
+        <v>13</v>
+      </c>
+      <c r="AG10" s="35">
+        <v>14</v>
+      </c>
+      <c r="AH10" s="30">
+        <v>0</v>
+      </c>
+      <c r="AI10" s="34">
+        <v>0</v>
+      </c>
+      <c r="AJ10" s="34">
+        <v>12</v>
+      </c>
+      <c r="AK10" s="35">
+        <v>12</v>
+      </c>
+      <c r="AL10" s="30">
+        <v>0</v>
+      </c>
+      <c r="AM10" s="34">
+        <v>0</v>
+      </c>
+      <c r="AN10" s="34">
+        <v>21</v>
+      </c>
+      <c r="AO10" s="35">
+        <v>21</v>
+      </c>
+      <c r="AP10" s="30">
+        <v>0</v>
+      </c>
+      <c r="AQ10" s="34">
+        <v>0</v>
+      </c>
+      <c r="AR10" s="34">
+        <v>4</v>
+      </c>
+      <c r="AS10" s="35">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="11" spans="1:45">
+      <c r="A11" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B11" s="30">
+        <v>0</v>
+      </c>
+      <c r="C11" s="34">
+        <v>21</v>
+      </c>
+      <c r="D11" s="34">
+        <v>68</v>
+      </c>
+      <c r="E11" s="35">
+        <v>89</v>
+      </c>
+      <c r="F11" s="30">
+        <v>0</v>
+      </c>
+      <c r="G11" s="34">
+        <v>17</v>
+      </c>
+      <c r="H11" s="34">
+        <v>76</v>
+      </c>
+      <c r="I11" s="35">
+        <v>93</v>
+      </c>
+      <c r="J11" s="30">
+        <v>0</v>
+      </c>
+      <c r="K11" s="34">
+        <v>18</v>
+      </c>
+      <c r="L11" s="34">
+        <v>63</v>
+      </c>
+      <c r="M11" s="35">
+        <v>81</v>
+      </c>
+      <c r="N11" s="30">
+        <v>0</v>
+      </c>
+      <c r="O11" s="34">
+        <v>17</v>
+      </c>
+      <c r="P11" s="34">
+        <v>50</v>
+      </c>
+      <c r="Q11" s="35">
+        <v>67</v>
+      </c>
+      <c r="R11" s="30">
+        <v>0</v>
+      </c>
+      <c r="S11" s="34">
+        <v>17</v>
+      </c>
+      <c r="T11" s="34">
+        <v>67</v>
+      </c>
+      <c r="U11" s="35">
+        <v>84</v>
+      </c>
+      <c r="V11" s="30">
+        <v>1</v>
+      </c>
+      <c r="W11" s="34">
+        <v>8</v>
+      </c>
+      <c r="X11" s="34">
+        <v>66</v>
+      </c>
+      <c r="Y11" s="35">
+        <v>75</v>
+      </c>
+      <c r="Z11" s="30">
+        <v>1</v>
+      </c>
+      <c r="AA11" s="34">
+        <v>4</v>
+      </c>
+      <c r="AB11" s="34">
+        <v>47</v>
+      </c>
+      <c r="AC11" s="35">
+        <v>52</v>
+      </c>
+      <c r="AD11" s="30">
+        <v>0</v>
+      </c>
+      <c r="AE11" s="34">
+        <v>4</v>
+      </c>
+      <c r="AF11" s="34">
+        <v>34</v>
+      </c>
+      <c r="AG11" s="35">
+        <v>38</v>
+      </c>
+      <c r="AH11" s="30">
+        <v>0</v>
+      </c>
+      <c r="AI11" s="34">
+        <v>6</v>
+      </c>
+      <c r="AJ11" s="34">
+        <v>45</v>
+      </c>
+      <c r="AK11" s="35">
+        <v>51</v>
+      </c>
+      <c r="AL11" s="30">
+        <v>5</v>
+      </c>
+      <c r="AM11" s="34">
+        <v>4</v>
+      </c>
+      <c r="AN11" s="34">
+        <v>40</v>
+      </c>
+      <c r="AO11" s="35">
+        <v>49</v>
+      </c>
+      <c r="AP11" s="30">
+        <v>0</v>
+      </c>
+      <c r="AQ11" s="34">
+        <v>0</v>
+      </c>
+      <c r="AR11" s="34">
+        <v>12</v>
+      </c>
+      <c r="AS11" s="35">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="12" spans="1:45">
+      <c r="A12" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" s="30">
+        <v>1</v>
+      </c>
+      <c r="C12" s="34">
+        <v>25</v>
+      </c>
+      <c r="D12" s="34">
+        <v>21</v>
+      </c>
+      <c r="E12" s="35">
+        <v>47</v>
+      </c>
+      <c r="F12" s="30">
+        <v>1</v>
+      </c>
+      <c r="G12" s="34">
+        <v>36</v>
+      </c>
+      <c r="H12" s="34">
+        <v>29</v>
+      </c>
+      <c r="I12" s="35">
+        <v>66</v>
+      </c>
+      <c r="J12" s="30">
+        <v>2</v>
+      </c>
+      <c r="K12" s="34">
+        <v>34</v>
+      </c>
+      <c r="L12" s="34">
+        <v>35</v>
+      </c>
+      <c r="M12" s="35">
+        <v>71</v>
+      </c>
+      <c r="N12" s="30">
+        <v>1</v>
+      </c>
+      <c r="O12" s="34">
+        <v>31</v>
+      </c>
+      <c r="P12" s="34">
+        <v>36</v>
+      </c>
+      <c r="Q12" s="35">
+        <v>68</v>
+      </c>
+      <c r="R12" s="30">
+        <v>1</v>
+      </c>
+      <c r="S12" s="34">
+        <v>38</v>
+      </c>
+      <c r="T12" s="34">
+        <v>31</v>
+      </c>
+      <c r="U12" s="35">
+        <v>70</v>
+      </c>
+      <c r="V12" s="30">
+        <v>0</v>
+      </c>
+      <c r="W12" s="34">
+        <v>23</v>
+      </c>
+      <c r="X12" s="34">
+        <v>34</v>
+      </c>
+      <c r="Y12" s="35">
+        <v>57</v>
+      </c>
+      <c r="Z12" s="30">
+        <v>2</v>
+      </c>
+      <c r="AA12" s="34">
+        <v>18</v>
+      </c>
+      <c r="AB12" s="34">
+        <v>37</v>
+      </c>
+      <c r="AC12" s="35">
+        <v>57</v>
+      </c>
+      <c r="AD12" s="30">
+        <v>1</v>
+      </c>
+      <c r="AE12" s="34">
+        <v>27</v>
+      </c>
+      <c r="AF12" s="34">
+        <v>17</v>
+      </c>
+      <c r="AG12" s="35">
+        <v>45</v>
+      </c>
+      <c r="AH12" s="30">
+        <v>2</v>
+      </c>
+      <c r="AI12" s="34">
+        <v>22</v>
+      </c>
+      <c r="AJ12" s="34">
+        <v>27</v>
+      </c>
+      <c r="AK12" s="35">
+        <v>51</v>
+      </c>
+      <c r="AL12" s="30">
+        <v>2</v>
+      </c>
+      <c r="AM12" s="34">
+        <v>16</v>
+      </c>
+      <c r="AN12" s="34">
+        <v>25</v>
+      </c>
+      <c r="AO12" s="35">
+        <v>43</v>
+      </c>
+      <c r="AP12" s="30">
+        <v>0</v>
+      </c>
+      <c r="AQ12" s="34">
+        <v>9</v>
+      </c>
+      <c r="AR12" s="34">
+        <v>8</v>
+      </c>
+      <c r="AS12" s="35">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="13" spans="1:45">
+      <c r="A13" s="16"/>
+      <c r="B13" s="30">
+        <v>0</v>
+      </c>
+      <c r="C13" s="34">
+        <v>0</v>
+      </c>
+      <c r="D13" s="34">
+        <v>0</v>
+      </c>
+      <c r="E13" s="36">
+        <v>0</v>
+      </c>
+      <c r="F13" s="30">
+        <v>0</v>
+      </c>
+      <c r="G13" s="34">
+        <v>1</v>
+      </c>
+      <c r="H13" s="34">
+        <v>2</v>
+      </c>
+      <c r="I13" s="36">
+        <v>3</v>
+      </c>
+      <c r="J13" s="30">
+        <v>0</v>
+      </c>
+      <c r="K13" s="34">
+        <v>0</v>
+      </c>
+      <c r="L13" s="34">
+        <v>0</v>
+      </c>
+      <c r="M13" s="36">
+        <v>0</v>
+      </c>
+      <c r="N13" s="30">
+        <v>0</v>
+      </c>
+      <c r="O13" s="34">
+        <v>0</v>
+      </c>
+      <c r="P13" s="34">
+        <v>1</v>
+      </c>
+      <c r="Q13" s="36">
+        <v>1</v>
+      </c>
+      <c r="R13" s="30">
+        <v>0</v>
+      </c>
+      <c r="S13" s="34">
+        <v>1</v>
+      </c>
+      <c r="T13" s="34">
+        <v>2</v>
+      </c>
+      <c r="U13" s="36">
+        <v>3</v>
+      </c>
+      <c r="V13" s="30">
+        <v>0</v>
+      </c>
+      <c r="W13" s="34">
+        <v>0</v>
+      </c>
+      <c r="X13" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y13" s="36">
+        <v>0</v>
+      </c>
+      <c r="Z13" s="30">
+        <v>0</v>
+      </c>
+      <c r="AA13" s="34">
+        <v>0</v>
+      </c>
+      <c r="AB13" s="34">
+        <v>0</v>
+      </c>
+      <c r="AC13" s="36">
+        <v>0</v>
+      </c>
+      <c r="AD13" s="30">
+        <v>0</v>
+      </c>
+      <c r="AE13" s="34">
+        <v>0</v>
+      </c>
+      <c r="AF13" s="34">
+        <v>0</v>
+      </c>
+      <c r="AG13" s="36">
+        <v>0</v>
+      </c>
+      <c r="AH13" s="30">
+        <v>0</v>
+      </c>
+      <c r="AI13" s="34">
+        <v>0</v>
+      </c>
+      <c r="AJ13" s="34">
+        <v>1</v>
+      </c>
+      <c r="AK13" s="36">
+        <v>1</v>
+      </c>
+      <c r="AL13" s="30">
+        <v>0</v>
+      </c>
+      <c r="AM13" s="34">
+        <v>0</v>
+      </c>
+      <c r="AN13" s="34">
+        <v>0</v>
+      </c>
+      <c r="AO13" s="36">
+        <v>0</v>
+      </c>
+      <c r="AP13" s="30">
+        <v>0</v>
+      </c>
+      <c r="AQ13" s="34">
+        <v>0</v>
+      </c>
+      <c r="AR13" s="34">
+        <v>0</v>
+      </c>
+      <c r="AS13" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:45">
+      <c r="A14" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" s="30">
+        <v>22</v>
+      </c>
+      <c r="C14" s="31">
+        <v>33</v>
+      </c>
+      <c r="D14" s="32">
+        <v>4</v>
+      </c>
+      <c r="E14" s="33">
+        <v>59</v>
+      </c>
+      <c r="F14" s="30">
+        <v>28</v>
+      </c>
+      <c r="G14" s="31">
+        <v>44</v>
+      </c>
+      <c r="H14" s="32">
+        <v>7</v>
+      </c>
+      <c r="I14" s="33">
+        <v>79</v>
+      </c>
+      <c r="J14" s="30">
+        <v>30</v>
+      </c>
+      <c r="K14" s="31">
+        <v>38</v>
+      </c>
+      <c r="L14" s="32">
+        <v>13</v>
+      </c>
+      <c r="M14" s="33">
+        <v>81</v>
+      </c>
+      <c r="N14" s="30">
+        <v>17</v>
+      </c>
+      <c r="O14" s="31">
+        <v>43</v>
+      </c>
+      <c r="P14" s="32">
+        <v>4</v>
+      </c>
+      <c r="Q14" s="33">
+        <v>64</v>
+      </c>
+      <c r="R14" s="30">
+        <v>17</v>
+      </c>
+      <c r="S14" s="31">
+        <v>51</v>
+      </c>
+      <c r="T14" s="32">
+        <v>9</v>
+      </c>
+      <c r="U14" s="33">
+        <v>77</v>
+      </c>
+      <c r="V14" s="30">
+        <v>6</v>
+      </c>
+      <c r="W14" s="31">
+        <v>41</v>
+      </c>
+      <c r="X14" s="32">
+        <v>7</v>
+      </c>
+      <c r="Y14" s="33">
+        <v>54</v>
+      </c>
+      <c r="Z14" s="30">
+        <v>8</v>
+      </c>
+      <c r="AA14" s="31">
+        <v>40</v>
+      </c>
+      <c r="AB14" s="32">
+        <v>12</v>
+      </c>
+      <c r="AC14" s="33">
+        <v>60</v>
+      </c>
+      <c r="AD14" s="30">
+        <v>8</v>
+      </c>
+      <c r="AE14" s="31">
+        <v>41</v>
+      </c>
+      <c r="AF14" s="32">
+        <v>5</v>
+      </c>
+      <c r="AG14" s="33">
+        <v>54</v>
+      </c>
+      <c r="AH14" s="30">
+        <v>23</v>
+      </c>
+      <c r="AI14" s="31">
+        <v>50</v>
+      </c>
+      <c r="AJ14" s="32">
+        <v>13</v>
+      </c>
+      <c r="AK14" s="33">
+        <v>86</v>
+      </c>
+      <c r="AL14" s="30">
+        <v>16</v>
+      </c>
+      <c r="AM14" s="31">
+        <v>44</v>
+      </c>
+      <c r="AN14" s="32">
+        <v>16</v>
+      </c>
+      <c r="AO14" s="33">
+        <v>76</v>
+      </c>
+      <c r="AP14" s="30">
+        <v>5</v>
+      </c>
+      <c r="AQ14" s="31">
+        <v>4</v>
+      </c>
+      <c r="AR14" s="32">
+        <v>1</v>
+      </c>
+      <c r="AS14" s="33">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:45">
+      <c r="A15" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="30">
+        <v>11</v>
+      </c>
+      <c r="C15" s="31">
+        <v>45</v>
+      </c>
+      <c r="D15" s="32">
+        <v>14</v>
+      </c>
+      <c r="E15" s="33">
+        <v>70</v>
+      </c>
+      <c r="F15" s="30">
+        <v>6</v>
+      </c>
+      <c r="G15" s="31">
+        <v>52</v>
+      </c>
+      <c r="H15" s="32">
+        <v>5</v>
+      </c>
+      <c r="I15" s="33">
+        <v>63</v>
+      </c>
+      <c r="J15" s="30">
+        <v>16</v>
+      </c>
+      <c r="K15" s="31">
+        <v>67</v>
+      </c>
+      <c r="L15" s="32">
+        <v>14</v>
+      </c>
+      <c r="M15" s="33">
+        <v>97</v>
+      </c>
+      <c r="N15" s="30">
+        <v>7</v>
+      </c>
+      <c r="O15" s="31">
+        <v>63</v>
+      </c>
+      <c r="P15" s="32">
+        <v>15</v>
+      </c>
+      <c r="Q15" s="33">
+        <v>85</v>
+      </c>
+      <c r="R15" s="30">
+        <v>7</v>
+      </c>
+      <c r="S15" s="31">
+        <v>54</v>
+      </c>
+      <c r="T15" s="32">
+        <v>13</v>
+      </c>
+      <c r="U15" s="33">
+        <v>74</v>
+      </c>
+      <c r="V15" s="30">
+        <v>6</v>
+      </c>
+      <c r="W15" s="31">
+        <v>64</v>
+      </c>
+      <c r="X15" s="32">
+        <v>22</v>
+      </c>
+      <c r="Y15" s="33">
+        <v>92</v>
+      </c>
+      <c r="Z15" s="30">
+        <v>6</v>
+      </c>
+      <c r="AA15" s="31">
+        <v>61</v>
+      </c>
+      <c r="AB15" s="32">
+        <v>14</v>
+      </c>
+      <c r="AC15" s="33">
+        <v>81</v>
+      </c>
+      <c r="AD15" s="30">
+        <v>6</v>
+      </c>
+      <c r="AE15" s="31">
+        <v>42</v>
+      </c>
+      <c r="AF15" s="32">
+        <v>7</v>
+      </c>
+      <c r="AG15" s="33">
+        <v>55</v>
+      </c>
+      <c r="AH15" s="30">
+        <v>9</v>
+      </c>
+      <c r="AI15" s="31">
         <v>53</v>
       </c>
-      <c r="D8" s="34">
-[...20 lines deleted...]
-      <c r="K8" s="27">
+      <c r="AJ15" s="32">
+        <v>14</v>
+      </c>
+      <c r="AK15" s="33">
+        <v>76</v>
+      </c>
+      <c r="AL15" s="30">
+        <v>10</v>
+      </c>
+      <c r="AM15" s="31">
+        <v>34</v>
+      </c>
+      <c r="AN15" s="32">
+        <v>7</v>
+      </c>
+      <c r="AO15" s="33">
+        <v>51</v>
+      </c>
+      <c r="AP15" s="30">
+        <v>1</v>
+      </c>
+      <c r="AQ15" s="31">
+        <v>14</v>
+      </c>
+      <c r="AR15" s="32">
+        <v>1</v>
+      </c>
+      <c r="AS15" s="33">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="16" spans="1:45">
+      <c r="A16" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" s="30">
+        <v>168</v>
+      </c>
+      <c r="C16" s="31">
+        <v>90</v>
+      </c>
+      <c r="D16" s="32">
+        <v>4</v>
+      </c>
+      <c r="E16" s="33">
+        <v>262</v>
+      </c>
+      <c r="F16" s="30">
+        <v>142</v>
+      </c>
+      <c r="G16" s="31">
+        <v>93</v>
+      </c>
+      <c r="H16" s="32">
+        <v>0</v>
+      </c>
+      <c r="I16" s="33">
+        <v>235</v>
+      </c>
+      <c r="J16" s="30">
+        <v>206</v>
+      </c>
+      <c r="K16" s="31">
+        <v>82</v>
+      </c>
+      <c r="L16" s="32">
+        <v>5</v>
+      </c>
+      <c r="M16" s="33">
+        <v>293</v>
+      </c>
+      <c r="N16" s="30">
+        <v>98</v>
+      </c>
+      <c r="O16" s="31">
+        <v>88</v>
+      </c>
+      <c r="P16" s="32">
+        <v>13</v>
+      </c>
+      <c r="Q16" s="33">
+        <v>199</v>
+      </c>
+      <c r="R16" s="30">
+        <v>133</v>
+      </c>
+      <c r="S16" s="31">
+        <v>94</v>
+      </c>
+      <c r="T16" s="32">
+        <v>7</v>
+      </c>
+      <c r="U16" s="33">
+        <v>234</v>
+      </c>
+      <c r="V16" s="30">
+        <v>110</v>
+      </c>
+      <c r="W16" s="31">
+        <v>64</v>
+      </c>
+      <c r="X16" s="32">
+        <v>8</v>
+      </c>
+      <c r="Y16" s="33">
+        <v>182</v>
+      </c>
+      <c r="Z16" s="30">
+        <v>108</v>
+      </c>
+      <c r="AA16" s="31">
         <v>55</v>
       </c>
-      <c r="L8" s="34">
-[...8 lines deleted...]
-      <c r="O8" s="27">
+      <c r="AB16" s="32">
+        <v>8</v>
+      </c>
+      <c r="AC16" s="33">
+        <v>171</v>
+      </c>
+      <c r="AD16" s="30">
+        <v>106</v>
+      </c>
+      <c r="AE16" s="31">
+        <v>70</v>
+      </c>
+      <c r="AF16" s="32">
+        <v>5</v>
+      </c>
+      <c r="AG16" s="33">
+        <v>181</v>
+      </c>
+      <c r="AH16" s="30">
+        <v>78</v>
+      </c>
+      <c r="AI16" s="31">
+        <v>56</v>
+      </c>
+      <c r="AJ16" s="32">
+        <v>10</v>
+      </c>
+      <c r="AK16" s="33">
+        <v>144</v>
+      </c>
+      <c r="AL16" s="30">
+        <v>26</v>
+      </c>
+      <c r="AM16" s="31">
+        <v>63</v>
+      </c>
+      <c r="AN16" s="32">
+        <v>13</v>
+      </c>
+      <c r="AO16" s="33">
+        <v>102</v>
+      </c>
+      <c r="AP16" s="30">
+        <v>11</v>
+      </c>
+      <c r="AQ16" s="31">
+        <v>14</v>
+      </c>
+      <c r="AR16" s="32">
+        <v>1</v>
+      </c>
+      <c r="AS16" s="33">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="17" spans="1:45">
+      <c r="A17" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B17" s="30">
+        <v>5</v>
+      </c>
+      <c r="C17" s="31">
+        <v>19</v>
+      </c>
+      <c r="D17" s="32">
+        <v>0</v>
+      </c>
+      <c r="E17" s="33">
+        <v>24</v>
+      </c>
+      <c r="F17" s="30">
+        <v>6</v>
+      </c>
+      <c r="G17" s="31">
+        <v>24</v>
+      </c>
+      <c r="H17" s="32">
+        <v>0</v>
+      </c>
+      <c r="I17" s="33">
+        <v>30</v>
+      </c>
+      <c r="J17" s="30">
+        <v>6</v>
+      </c>
+      <c r="K17" s="31">
+        <v>23</v>
+      </c>
+      <c r="L17" s="32">
+        <v>0</v>
+      </c>
+      <c r="M17" s="33">
+        <v>29</v>
+      </c>
+      <c r="N17" s="30">
+        <v>3</v>
+      </c>
+      <c r="O17" s="31">
+        <v>20</v>
+      </c>
+      <c r="P17" s="32">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="33">
+        <v>23</v>
+      </c>
+      <c r="R17" s="30">
+        <v>6</v>
+      </c>
+      <c r="S17" s="31">
+        <v>17</v>
+      </c>
+      <c r="T17" s="32">
+        <v>0</v>
+      </c>
+      <c r="U17" s="33">
+        <v>23</v>
+      </c>
+      <c r="V17" s="30">
+        <v>3</v>
+      </c>
+      <c r="W17" s="31">
+        <v>15</v>
+      </c>
+      <c r="X17" s="32">
+        <v>1</v>
+      </c>
+      <c r="Y17" s="33">
+        <v>19</v>
+      </c>
+      <c r="Z17" s="30">
+        <v>3</v>
+      </c>
+      <c r="AA17" s="31">
+        <v>14</v>
+      </c>
+      <c r="AB17" s="32">
+        <v>0</v>
+      </c>
+      <c r="AC17" s="33">
+        <v>17</v>
+      </c>
+      <c r="AD17" s="30">
+        <v>3</v>
+      </c>
+      <c r="AE17" s="31">
+        <v>18</v>
+      </c>
+      <c r="AF17" s="32">
+        <v>0</v>
+      </c>
+      <c r="AG17" s="33">
+        <v>21</v>
+      </c>
+      <c r="AH17" s="30">
+        <v>6</v>
+      </c>
+      <c r="AI17" s="31">
+        <v>14</v>
+      </c>
+      <c r="AJ17" s="32">
+        <v>0</v>
+      </c>
+      <c r="AK17" s="33">
+        <v>20</v>
+      </c>
+      <c r="AL17" s="30">
+        <v>3</v>
+      </c>
+      <c r="AM17" s="31">
+        <v>9</v>
+      </c>
+      <c r="AN17" s="32">
+        <v>0</v>
+      </c>
+      <c r="AO17" s="33">
+        <v>12</v>
+      </c>
+      <c r="AP17" s="30">
+        <v>2</v>
+      </c>
+      <c r="AQ17" s="31">
+        <v>7</v>
+      </c>
+      <c r="AR17" s="32">
+        <v>0</v>
+      </c>
+      <c r="AS17" s="33">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:45">
+      <c r="A18" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B18" s="30">
+        <v>15</v>
+      </c>
+      <c r="C18" s="31">
+        <v>19</v>
+      </c>
+      <c r="D18" s="32">
+        <v>2</v>
+      </c>
+      <c r="E18" s="33">
+        <v>36</v>
+      </c>
+      <c r="F18" s="30">
+        <v>9</v>
+      </c>
+      <c r="G18" s="31">
+        <v>11</v>
+      </c>
+      <c r="H18" s="32">
+        <v>1</v>
+      </c>
+      <c r="I18" s="33">
+        <v>21</v>
+      </c>
+      <c r="J18" s="30">
+        <v>5</v>
+      </c>
+      <c r="K18" s="31">
+        <v>25</v>
+      </c>
+      <c r="L18" s="32">
+        <v>0</v>
+      </c>
+      <c r="M18" s="33">
+        <v>30</v>
+      </c>
+      <c r="N18" s="30">
+        <v>12</v>
+      </c>
+      <c r="O18" s="31">
+        <v>21</v>
+      </c>
+      <c r="P18" s="32">
+        <v>1</v>
+      </c>
+      <c r="Q18" s="33">
+        <v>34</v>
+      </c>
+      <c r="R18" s="30">
+        <v>17</v>
+      </c>
+      <c r="S18" s="31">
+        <v>25</v>
+      </c>
+      <c r="T18" s="32">
+        <v>2</v>
+      </c>
+      <c r="U18" s="33">
+        <v>44</v>
+      </c>
+      <c r="V18" s="30">
+        <v>5</v>
+      </c>
+      <c r="W18" s="31">
+        <v>19</v>
+      </c>
+      <c r="X18" s="32">
+        <v>6</v>
+      </c>
+      <c r="Y18" s="33">
+        <v>30</v>
+      </c>
+      <c r="Z18" s="30">
+        <v>8</v>
+      </c>
+      <c r="AA18" s="31">
+        <v>18</v>
+      </c>
+      <c r="AB18" s="32">
+        <v>0</v>
+      </c>
+      <c r="AC18" s="33">
+        <v>26</v>
+      </c>
+      <c r="AD18" s="30">
+        <v>17</v>
+      </c>
+      <c r="AE18" s="31">
+        <v>24</v>
+      </c>
+      <c r="AF18" s="32">
+        <v>1</v>
+      </c>
+      <c r="AG18" s="33">
+        <v>42</v>
+      </c>
+      <c r="AH18" s="30">
+        <v>14</v>
+      </c>
+      <c r="AI18" s="31">
+        <v>20</v>
+      </c>
+      <c r="AJ18" s="32">
+        <v>1</v>
+      </c>
+      <c r="AK18" s="33">
+        <v>35</v>
+      </c>
+      <c r="AL18" s="30">
+        <v>6</v>
+      </c>
+      <c r="AM18" s="31">
+        <v>13</v>
+      </c>
+      <c r="AN18" s="32">
+        <v>1</v>
+      </c>
+      <c r="AO18" s="33">
+        <v>20</v>
+      </c>
+      <c r="AP18" s="30">
+        <v>0</v>
+      </c>
+      <c r="AQ18" s="31">
+        <v>1</v>
+      </c>
+      <c r="AR18" s="32">
+        <v>0</v>
+      </c>
+      <c r="AS18" s="33">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:45">
+      <c r="A19" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B19" s="30">
+        <v>0</v>
+      </c>
+      <c r="C19" s="31">
+        <v>1</v>
+      </c>
+      <c r="D19" s="32">
+        <v>0</v>
+      </c>
+      <c r="E19" s="33">
+        <v>1</v>
+      </c>
+      <c r="F19" s="30">
+        <v>1</v>
+      </c>
+      <c r="G19" s="31">
+        <v>0</v>
+      </c>
+      <c r="H19" s="32">
+        <v>1</v>
+      </c>
+      <c r="I19" s="33">
+        <v>2</v>
+      </c>
+      <c r="J19" s="30">
+        <v>1</v>
+      </c>
+      <c r="K19" s="31">
+        <v>2</v>
+      </c>
+      <c r="L19" s="32">
+        <v>0</v>
+      </c>
+      <c r="M19" s="33">
+        <v>3</v>
+      </c>
+      <c r="N19" s="30">
+        <v>0</v>
+      </c>
+      <c r="O19" s="31">
+        <v>4</v>
+      </c>
+      <c r="P19" s="32">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="33">
+        <v>4</v>
+      </c>
+      <c r="R19" s="30">
+        <v>1</v>
+      </c>
+      <c r="S19" s="31">
+        <v>2</v>
+      </c>
+      <c r="T19" s="32">
+        <v>1</v>
+      </c>
+      <c r="U19" s="33">
+        <v>4</v>
+      </c>
+      <c r="V19" s="30">
+        <v>0</v>
+      </c>
+      <c r="W19" s="31">
+        <v>2</v>
+      </c>
+      <c r="X19" s="32">
+        <v>0</v>
+      </c>
+      <c r="Y19" s="33">
+        <v>2</v>
+      </c>
+      <c r="Z19" s="30">
+        <v>0</v>
+      </c>
+      <c r="AA19" s="31">
+        <v>2</v>
+      </c>
+      <c r="AB19" s="32">
+        <v>0</v>
+      </c>
+      <c r="AC19" s="33">
+        <v>2</v>
+      </c>
+      <c r="AD19" s="30">
+        <v>1</v>
+      </c>
+      <c r="AE19" s="31">
+        <v>2</v>
+      </c>
+      <c r="AF19" s="32">
+        <v>0</v>
+      </c>
+      <c r="AG19" s="33">
+        <v>3</v>
+      </c>
+      <c r="AH19" s="30">
+        <v>1</v>
+      </c>
+      <c r="AI19" s="31">
+        <v>4</v>
+      </c>
+      <c r="AJ19" s="32">
+        <v>0</v>
+      </c>
+      <c r="AK19" s="33">
+        <v>5</v>
+      </c>
+      <c r="AL19" s="30">
+        <v>1</v>
+      </c>
+      <c r="AM19" s="31">
+        <v>1</v>
+      </c>
+      <c r="AN19" s="32">
+        <v>0</v>
+      </c>
+      <c r="AO19" s="33">
+        <v>2</v>
+      </c>
+      <c r="AP19" s="30">
+        <v>0</v>
+      </c>
+      <c r="AQ19" s="31">
+        <v>2</v>
+      </c>
+      <c r="AR19" s="32">
+        <v>0</v>
+      </c>
+      <c r="AS19" s="33">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:45">
+      <c r="A20" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B20" s="30">
+        <v>0</v>
+      </c>
+      <c r="C20" s="31">
+        <v>5</v>
+      </c>
+      <c r="D20" s="32">
+        <v>0</v>
+      </c>
+      <c r="E20" s="33">
+        <v>5</v>
+      </c>
+      <c r="F20" s="30">
+        <v>1</v>
+      </c>
+      <c r="G20" s="31">
+        <v>1</v>
+      </c>
+      <c r="H20" s="32">
+        <v>0</v>
+      </c>
+      <c r="I20" s="33">
+        <v>2</v>
+      </c>
+      <c r="J20" s="30">
+        <v>2</v>
+      </c>
+      <c r="K20" s="31">
+        <v>6</v>
+      </c>
+      <c r="L20" s="32">
+        <v>0</v>
+      </c>
+      <c r="M20" s="33">
+        <v>8</v>
+      </c>
+      <c r="N20" s="30">
+        <v>4</v>
+      </c>
+      <c r="O20" s="31">
+        <v>10</v>
+      </c>
+      <c r="P20" s="32">
+        <v>1</v>
+      </c>
+      <c r="Q20" s="33">
+        <v>15</v>
+      </c>
+      <c r="R20" s="30">
+        <v>0</v>
+      </c>
+      <c r="S20" s="31">
+        <v>8</v>
+      </c>
+      <c r="T20" s="32">
+        <v>0</v>
+      </c>
+      <c r="U20" s="33">
+        <v>8</v>
+      </c>
+      <c r="V20" s="30">
+        <v>2</v>
+      </c>
+      <c r="W20" s="31">
+        <v>3</v>
+      </c>
+      <c r="X20" s="32">
+        <v>0</v>
+      </c>
+      <c r="Y20" s="33">
+        <v>5</v>
+      </c>
+      <c r="Z20" s="30">
+        <v>3</v>
+      </c>
+      <c r="AA20" s="31">
+        <v>5</v>
+      </c>
+      <c r="AB20" s="32">
+        <v>0</v>
+      </c>
+      <c r="AC20" s="33">
+        <v>8</v>
+      </c>
+      <c r="AD20" s="30">
+        <v>4</v>
+      </c>
+      <c r="AE20" s="31">
+        <v>7</v>
+      </c>
+      <c r="AF20" s="32">
+        <v>1</v>
+      </c>
+      <c r="AG20" s="33">
+        <v>12</v>
+      </c>
+      <c r="AH20" s="30">
+        <v>6</v>
+      </c>
+      <c r="AI20" s="31">
+        <v>13</v>
+      </c>
+      <c r="AJ20" s="32">
+        <v>0</v>
+      </c>
+      <c r="AK20" s="33">
+        <v>19</v>
+      </c>
+      <c r="AL20" s="30">
+        <v>4</v>
+      </c>
+      <c r="AM20" s="31">
+        <v>4</v>
+      </c>
+      <c r="AN20" s="32">
+        <v>0</v>
+      </c>
+      <c r="AO20" s="33">
+        <v>8</v>
+      </c>
+      <c r="AP20" s="30">
+        <v>0</v>
+      </c>
+      <c r="AQ20" s="31">
+        <v>1</v>
+      </c>
+      <c r="AR20" s="32">
+        <v>0</v>
+      </c>
+      <c r="AS20" s="33">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:45">
+      <c r="A21" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B21" s="30">
+        <v>0</v>
+      </c>
+      <c r="C21" s="32">
+        <v>0</v>
+      </c>
+      <c r="D21" s="32">
+        <v>0</v>
+      </c>
+      <c r="E21" s="37">
+        <v>0</v>
+      </c>
+      <c r="F21" s="30">
+        <v>0</v>
+      </c>
+      <c r="G21" s="32">
+        <v>1</v>
+      </c>
+      <c r="H21" s="32">
+        <v>0</v>
+      </c>
+      <c r="I21" s="37">
+        <v>1</v>
+      </c>
+      <c r="J21" s="30">
+        <v>0</v>
+      </c>
+      <c r="K21" s="32">
+        <v>0</v>
+      </c>
+      <c r="L21" s="32">
+        <v>0</v>
+      </c>
+      <c r="M21" s="37">
+        <v>0</v>
+      </c>
+      <c r="N21" s="30">
+        <v>0</v>
+      </c>
+      <c r="O21" s="32">
+        <v>1</v>
+      </c>
+      <c r="P21" s="32">
+        <v>1</v>
+      </c>
+      <c r="Q21" s="37">
+        <v>2</v>
+      </c>
+      <c r="R21" s="30">
+        <v>0</v>
+      </c>
+      <c r="S21" s="32">
+        <v>0</v>
+      </c>
+      <c r="T21" s="32">
+        <v>0</v>
+      </c>
+      <c r="U21" s="37">
+        <v>0</v>
+      </c>
+      <c r="V21" s="30">
+        <v>0</v>
+      </c>
+      <c r="W21" s="32">
+        <v>1</v>
+      </c>
+      <c r="X21" s="32">
+        <v>0</v>
+      </c>
+      <c r="Y21" s="37">
+        <v>1</v>
+      </c>
+      <c r="Z21" s="30">
+        <v>0</v>
+      </c>
+      <c r="AA21" s="32">
+        <v>0</v>
+      </c>
+      <c r="AB21" s="32">
+        <v>0</v>
+      </c>
+      <c r="AC21" s="37">
+        <v>0</v>
+      </c>
+      <c r="AD21" s="30">
+        <v>0</v>
+      </c>
+      <c r="AE21" s="32">
+        <v>1</v>
+      </c>
+      <c r="AF21" s="32">
+        <v>0</v>
+      </c>
+      <c r="AG21" s="37">
+        <v>1</v>
+      </c>
+      <c r="AH21" s="30">
+        <v>0</v>
+      </c>
+      <c r="AI21" s="32">
+        <v>1</v>
+      </c>
+      <c r="AJ21" s="32">
+        <v>0</v>
+      </c>
+      <c r="AK21" s="37">
+        <v>1</v>
+      </c>
+      <c r="AL21" s="30">
+        <v>0</v>
+      </c>
+      <c r="AM21" s="32">
+        <v>0</v>
+      </c>
+      <c r="AN21" s="32">
+        <v>0</v>
+      </c>
+      <c r="AO21" s="37">
+        <v>0</v>
+      </c>
+      <c r="AP21" s="30">
+        <v>0</v>
+      </c>
+      <c r="AQ21" s="32">
+        <v>0</v>
+      </c>
+      <c r="AR21" s="32">
+        <v>0</v>
+      </c>
+      <c r="AS21" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:45">
+      <c r="A22" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B22" s="30">
+        <v>0</v>
+      </c>
+      <c r="C22" s="32">
+        <v>0</v>
+      </c>
+      <c r="D22" s="32">
+        <v>0</v>
+      </c>
+      <c r="E22" s="37">
+        <v>0</v>
+      </c>
+      <c r="F22" s="30">
+        <v>0</v>
+      </c>
+      <c r="G22" s="32">
+        <v>0</v>
+      </c>
+      <c r="H22" s="32">
+        <v>0</v>
+      </c>
+      <c r="I22" s="37">
+        <v>0</v>
+      </c>
+      <c r="J22" s="30">
+        <v>0</v>
+      </c>
+      <c r="K22" s="32">
+        <v>0</v>
+      </c>
+      <c r="L22" s="32">
+        <v>0</v>
+      </c>
+      <c r="M22" s="37">
+        <v>0</v>
+      </c>
+      <c r="N22" s="30">
+        <v>0</v>
+      </c>
+      <c r="O22" s="32">
+        <v>0</v>
+      </c>
+      <c r="P22" s="32">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="37">
+        <v>0</v>
+      </c>
+      <c r="R22" s="30">
+        <v>1</v>
+      </c>
+      <c r="S22" s="32">
+        <v>0</v>
+      </c>
+      <c r="T22" s="32">
+        <v>0</v>
+      </c>
+      <c r="U22" s="37">
+        <v>1</v>
+      </c>
+      <c r="V22" s="30">
+        <v>0</v>
+      </c>
+      <c r="W22" s="32">
+        <v>0</v>
+      </c>
+      <c r="X22" s="32">
+        <v>0</v>
+      </c>
+      <c r="Y22" s="37">
+        <v>0</v>
+      </c>
+      <c r="Z22" s="30">
+        <v>0</v>
+      </c>
+      <c r="AA22" s="32">
+        <v>0</v>
+      </c>
+      <c r="AB22" s="32">
+        <v>0</v>
+      </c>
+      <c r="AC22" s="37">
+        <v>0</v>
+      </c>
+      <c r="AD22" s="30">
+        <v>0</v>
+      </c>
+      <c r="AE22" s="32">
+        <v>0</v>
+      </c>
+      <c r="AF22" s="32">
+        <v>0</v>
+      </c>
+      <c r="AG22" s="37">
+        <v>0</v>
+      </c>
+      <c r="AH22" s="30">
+        <v>0</v>
+      </c>
+      <c r="AI22" s="32">
+        <v>0</v>
+      </c>
+      <c r="AJ22" s="32">
+        <v>0</v>
+      </c>
+      <c r="AK22" s="37">
+        <v>0</v>
+      </c>
+      <c r="AL22" s="30">
+        <v>0</v>
+      </c>
+      <c r="AM22" s="32">
+        <v>0</v>
+      </c>
+      <c r="AN22" s="32">
+        <v>0</v>
+      </c>
+      <c r="AO22" s="37">
+        <v>0</v>
+      </c>
+      <c r="AP22" s="30">
+        <v>0</v>
+      </c>
+      <c r="AQ22" s="32">
+        <v>0</v>
+      </c>
+      <c r="AR22" s="32">
+        <v>0</v>
+      </c>
+      <c r="AS22" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:45" ht="15.75" customHeight="1">
+      <c r="A23" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B23" s="38">
+        <v>222</v>
+      </c>
+      <c r="C23" s="39">
+        <v>265</v>
+      </c>
+      <c r="D23" s="39">
+        <v>162</v>
+      </c>
+      <c r="E23" s="40">
+        <v>649</v>
+      </c>
+      <c r="F23" s="38">
+        <v>194</v>
+      </c>
+      <c r="G23" s="39">
+        <v>285</v>
+      </c>
+      <c r="H23" s="39">
+        <v>187</v>
+      </c>
+      <c r="I23" s="40">
+        <v>666</v>
+      </c>
+      <c r="J23" s="38">
+        <v>268</v>
+      </c>
+      <c r="K23" s="39">
+        <v>298</v>
+      </c>
+      <c r="L23" s="39">
+        <v>200</v>
+      </c>
+      <c r="M23" s="40">
+        <v>766</v>
+      </c>
+      <c r="N23" s="38">
+        <v>143</v>
+      </c>
+      <c r="O23" s="39">
+        <v>302</v>
+      </c>
+      <c r="P23" s="39">
+        <v>174</v>
+      </c>
+      <c r="Q23" s="40">
+        <v>619</v>
+      </c>
+      <c r="R23" s="38">
+        <v>184</v>
+      </c>
+      <c r="S23" s="39">
+        <v>313</v>
+      </c>
+      <c r="T23" s="39">
+        <v>194</v>
+      </c>
+      <c r="U23" s="40">
+        <v>691</v>
+      </c>
+      <c r="V23" s="38">
+        <v>133</v>
+      </c>
+      <c r="W23" s="39">
+        <v>243</v>
+      </c>
+      <c r="X23" s="39">
+        <v>184</v>
+      </c>
+      <c r="Y23" s="40">
+        <v>560</v>
+      </c>
+      <c r="Z23" s="38">
+        <v>141</v>
+      </c>
+      <c r="AA23" s="39">
+        <v>217</v>
+      </c>
+      <c r="AB23" s="39">
+        <v>174</v>
+      </c>
+      <c r="AC23" s="40">
+        <v>532</v>
+      </c>
+      <c r="AD23" s="38">
+        <v>146</v>
+      </c>
+      <c r="AE23" s="39">
+        <v>238</v>
+      </c>
+      <c r="AF23" s="39">
+        <v>102</v>
+      </c>
+      <c r="AG23" s="40">
+        <v>486</v>
+      </c>
+      <c r="AH23" s="38">
+        <v>139</v>
+      </c>
+      <c r="AI23" s="39">
+        <v>241</v>
+      </c>
+      <c r="AJ23" s="39">
+        <v>148</v>
+      </c>
+      <c r="AK23" s="40">
+        <v>528</v>
+      </c>
+      <c r="AL23" s="38">
+        <v>74</v>
+      </c>
+      <c r="AM23" s="39">
+        <v>188</v>
+      </c>
+      <c r="AN23" s="39">
+        <v>147</v>
+      </c>
+      <c r="AO23" s="40">
+        <v>409</v>
+      </c>
+      <c r="AP23" s="38">
+        <v>19</v>
+      </c>
+      <c r="AQ23" s="39">
         <v>52</v>
       </c>
-      <c r="P8" s="34">
-[...56 lines deleted...]
-      <c r="AI8" s="27">
+      <c r="AR23" s="39">
         <v>30</v>
       </c>
-      <c r="AJ8" s="34">
-[...5 lines deleted...]
-      <c r="AL8" s="26">
+      <c r="AS23" s="40">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="24" spans="1:45">
+      <c r="A24" s="41" t="s">
+        <v>3</v>
+      </c>
+      <c r="B24" s="7"/>
+      <c r="C24" s="7"/>
+      <c r="D24" s="7"/>
+      <c r="E24" s="7"/>
+      <c r="F24" s="7"/>
+      <c r="G24" s="7"/>
+      <c r="H24" s="7"/>
+      <c r="I24" s="7"/>
+      <c r="J24" s="7"/>
+      <c r="K24" s="7"/>
+      <c r="L24" s="7"/>
+      <c r="M24" s="7"/>
+      <c r="N24" s="7"/>
+      <c r="O24" s="7"/>
+      <c r="P24" s="7"/>
+      <c r="Q24" s="7"/>
+      <c r="R24" s="7"/>
+      <c r="S24" s="7"/>
+      <c r="T24" s="7"/>
+      <c r="U24" s="7"/>
+      <c r="V24" s="7"/>
+      <c r="W24" s="7"/>
+      <c r="X24" s="7"/>
+      <c r="Y24" s="7"/>
+      <c r="Z24" s="7"/>
+      <c r="AA24" s="7"/>
+      <c r="AB24" s="7"/>
+      <c r="AC24" s="7"/>
+      <c r="AD24" s="7"/>
+      <c r="AE24" s="7"/>
+      <c r="AF24" s="7"/>
+      <c r="AG24" s="7"/>
+      <c r="AH24" s="7"/>
+      <c r="AI24" s="7"/>
+      <c r="AJ24" s="7"/>
+      <c r="AK24" s="7"/>
+      <c r="AL24" s="7"/>
+      <c r="AM24" s="7"/>
+      <c r="AN24" s="7"/>
+      <c r="AO24" s="7"/>
+      <c r="AP24" s="7"/>
+      <c r="AQ24" s="7"/>
+      <c r="AR24" s="7"/>
+      <c r="AS24" s="7"/>
+    </row>
+    <row r="25" spans="1:45">
+      <c r="A25" s="3"/>
+    </row>
+    <row r="27" spans="1:45" ht="81" customHeight="1">
+      <c r="A27" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B27" s="56" t="s">
         <v>8</v>
       </c>
-      <c r="AM8" s="27">
-[...16 lines deleted...]
-      <c r="C9" s="25">
+      <c r="C27" s="56"/>
+      <c r="D27" s="56"/>
+      <c r="E27" s="56"/>
+      <c r="F27" s="56"/>
+      <c r="G27" s="56"/>
+      <c r="H27" s="56"/>
+      <c r="I27" s="57"/>
+    </row>
+    <row r="28" spans="1:45" ht="69.75" customHeight="1">
+      <c r="A28" s="2"/>
+      <c r="B28" s="58" t="s">
         <v>7</v>
       </c>
-      <c r="D9" s="25">
-[...1896 lines deleted...]
-      <c r="I28" s="50"/>
+      <c r="C28" s="58"/>
+      <c r="D28" s="58"/>
+      <c r="E28" s="58"/>
+      <c r="F28" s="58"/>
+      <c r="G28" s="58"/>
+      <c r="H28" s="58"/>
+      <c r="I28" s="58"/>
     </row>
   </sheetData>
-  <mergeCells count="14">
-[...6 lines deleted...]
-    <mergeCell ref="AH6:AK6"/>
+  <mergeCells count="15">
     <mergeCell ref="B28:I28"/>
     <mergeCell ref="I4:L4"/>
     <mergeCell ref="AD6:AG6"/>
     <mergeCell ref="Z6:AC6"/>
     <mergeCell ref="R6:U6"/>
     <mergeCell ref="V6:Y6"/>
     <mergeCell ref="N6:Q6"/>
+    <mergeCell ref="AP6:AS6"/>
+    <mergeCell ref="A6:A7"/>
+    <mergeCell ref="B6:E6"/>
+    <mergeCell ref="F6:I6"/>
+    <mergeCell ref="B27:I27"/>
+    <mergeCell ref="J6:M6"/>
+    <mergeCell ref="AL6:AO6"/>
+    <mergeCell ref="AH6:AK6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Trimestriel</vt:lpstr>
       <vt:lpstr>Annuel</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>