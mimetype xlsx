--- v0 (2025-11-18)
+++ v1 (2026-01-16)
@@ -1,68 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\isee.local\public\DOCUMENTS\SCD\4_Publications\1_Site\ECONOMIE ET ENTREPRISES\entreprises-secteurs d'activité\immobilier-construction (dont BT21)\immobilier 2023\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\isee.local\public\DOCUMENTS\SCD\4_Publications\1_Site\ECONOMIE ET ENTREPRISES\entreprises-secteurs d'activité\immobilier-construction (dont BT21)\immobilier 2024\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{16466EDA-91AD-4F2E-BB3E-26B08228A275}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B0C74FEF-236D-447A-B42A-B3847ADD5588}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2955" yWindow="705" windowWidth="23055" windowHeight="12315" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Trimestriel" sheetId="4" r:id="rId1"/>
     <sheet name="Annuel" sheetId="8" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1975" uniqueCount="532">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2166" uniqueCount="545">
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
     <t>**</t>
   </si>
   <si>
     <t>T1 2014</t>
   </si>
   <si>
     <t>T2 2014</t>
   </si>
   <si>
     <t>T3 2014</t>
   </si>
   <si>
     <t>T4 2014</t>
   </si>
   <si>
     <t>T1 2015</t>
   </si>
   <si>
@@ -520,50 +521,80 @@
   <si>
     <t>T1 2021</t>
   </si>
   <si>
     <t>T2 2021</t>
   </si>
   <si>
     <t>T3 2021</t>
   </si>
   <si>
     <t>T4 2021</t>
   </si>
   <si>
     <t>T1 2022</t>
   </si>
   <si>
     <t>T2 2022</t>
   </si>
   <si>
     <t>T3 2022</t>
   </si>
   <si>
     <t>T4 2022</t>
   </si>
   <si>
+    <t xml:space="preserve">Sources : Notaires - DSF - ISEE </t>
+  </si>
+  <si>
+    <t>Calcul effectué après exclusion des valeurs extrêmes</t>
+  </si>
+  <si>
+    <t>T1 2023</t>
+  </si>
+  <si>
+    <t>T2 2023</t>
+  </si>
+  <si>
+    <t>T3 2023</t>
+  </si>
+  <si>
+    <t>T4 2023</t>
+  </si>
+  <si>
+    <t>T1 2024</t>
+  </si>
+  <si>
+    <t>T2 2024</t>
+  </si>
+  <si>
+    <t>T3 2024</t>
+  </si>
+  <si>
+    <t>T4 2024</t>
+  </si>
+  <si>
     <t>Nouméa</t>
   </si>
   <si>
     <t>Dumbéa</t>
   </si>
   <si>
     <t>Mont-Dore</t>
   </si>
   <si>
     <t>Païta</t>
   </si>
   <si>
     <t>Sud-Ouest</t>
   </si>
   <si>
     <t>Ouest</t>
   </si>
   <si>
     <t>Grand Est</t>
   </si>
   <si>
     <t>Nord</t>
   </si>
   <si>
     <t>Sud-Est</t>
@@ -631,50 +662,56 @@
   <si>
     <t xml:space="preserve">     4949</t>
   </si>
   <si>
     <t xml:space="preserve">     65,9</t>
   </si>
   <si>
     <t xml:space="preserve">       20</t>
   </si>
   <si>
     <t xml:space="preserve">     4346</t>
   </si>
   <si>
     <t>NS</t>
   </si>
   <si>
     <t xml:space="preserve">     35,7</t>
   </si>
   <si>
     <t xml:space="preserve">       14</t>
   </si>
   <si>
     <t xml:space="preserve">     3329</t>
   </si>
   <si>
+    <t xml:space="preserve">     29,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     4249</t>
+  </si>
+  <si>
     <t xml:space="preserve">     21,2</t>
   </si>
   <si>
     <t xml:space="preserve">     1499</t>
   </si>
   <si>
     <t xml:space="preserve">     18,5</t>
   </si>
   <si>
     <t xml:space="preserve">       18</t>
   </si>
   <si>
     <t xml:space="preserve">     1624</t>
   </si>
   <si>
     <t xml:space="preserve">     21,3</t>
   </si>
   <si>
     <t xml:space="preserve">     1832</t>
   </si>
   <si>
     <t xml:space="preserve">     18,6</t>
   </si>
   <si>
     <t xml:space="preserve">       13</t>
@@ -703,50 +740,59 @@
   <si>
     <t xml:space="preserve">     22,5</t>
   </si>
   <si>
     <t xml:space="preserve">       23</t>
   </si>
   <si>
     <t xml:space="preserve">     1519</t>
   </si>
   <si>
     <t xml:space="preserve">     28,5</t>
   </si>
   <si>
     <t xml:space="preserve">       27</t>
   </si>
   <si>
     <t xml:space="preserve">     1357</t>
   </si>
   <si>
     <t xml:space="preserve">     22,1</t>
   </si>
   <si>
     <t xml:space="preserve">     1344</t>
   </si>
   <si>
+    <t xml:space="preserve">     21,9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">       53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     1495</t>
+  </si>
+  <si>
     <t xml:space="preserve">     10,0</t>
   </si>
   <si>
     <t xml:space="preserve">      785</t>
   </si>
   <si>
     <t xml:space="preserve">     17,1</t>
   </si>
   <si>
     <t xml:space="preserve">       26</t>
   </si>
   <si>
     <t xml:space="preserve">      845</t>
   </si>
   <si>
     <t xml:space="preserve">     14,5</t>
   </si>
   <si>
     <t xml:space="preserve">      866</t>
   </si>
   <si>
     <t xml:space="preserve">     13,5</t>
   </si>
   <si>
     <t xml:space="preserve">      900</t>
@@ -781,110 +827,125 @@
   <si>
     <t xml:space="preserve">       48</t>
   </si>
   <si>
     <t xml:space="preserve">      894</t>
   </si>
   <si>
     <t xml:space="preserve">     12,4</t>
   </si>
   <si>
     <t xml:space="preserve">      791</t>
   </si>
   <si>
     <t xml:space="preserve">     19,8</t>
   </si>
   <si>
     <t xml:space="preserve">       39</t>
   </si>
   <si>
     <t xml:space="preserve">       16</t>
   </si>
   <si>
     <t xml:space="preserve">      784</t>
   </si>
   <si>
+    <t xml:space="preserve">     10,1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      946</t>
+  </si>
+  <si>
     <t xml:space="preserve">     12,1</t>
   </si>
   <si>
     <t xml:space="preserve">       25</t>
   </si>
   <si>
     <t xml:space="preserve">      874</t>
   </si>
   <si>
     <t xml:space="preserve">     15,7</t>
   </si>
   <si>
     <t xml:space="preserve">      931</t>
   </si>
   <si>
     <t xml:space="preserve">     12,2</t>
   </si>
   <si>
     <t xml:space="preserve">      967</t>
   </si>
   <si>
     <t xml:space="preserve">     15,3</t>
   </si>
   <si>
     <t xml:space="preserve">      980</t>
   </si>
   <si>
     <t xml:space="preserve">     15,0</t>
   </si>
   <si>
     <t xml:space="preserve">       32</t>
   </si>
   <si>
-    <t xml:space="preserve">      946</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     13,8</t>
   </si>
   <si>
     <t xml:space="preserve">     1004</t>
   </si>
   <si>
     <t xml:space="preserve">     13,3</t>
   </si>
   <si>
     <t xml:space="preserve">      972</t>
   </si>
   <si>
     <t xml:space="preserve">     14,9</t>
   </si>
   <si>
     <t xml:space="preserve">      924</t>
   </si>
   <si>
     <t xml:space="preserve">     20,0</t>
   </si>
   <si>
     <t xml:space="preserve">     1020</t>
   </si>
   <si>
+    <t xml:space="preserve">     26,7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">       31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     1037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      697</t>
+  </si>
+  <si>
     <t xml:space="preserve">      9,3</t>
   </si>
   <si>
     <t xml:space="preserve">       65</t>
   </si>
   <si>
     <t xml:space="preserve">       35</t>
   </si>
   <si>
     <t xml:space="preserve">      311</t>
   </si>
   <si>
     <t xml:space="preserve">     12,5</t>
   </si>
   <si>
     <t xml:space="preserve">       86</t>
   </si>
   <si>
     <t xml:space="preserve">       47</t>
   </si>
   <si>
     <t xml:space="preserve">      286</t>
   </si>
   <si>
     <t xml:space="preserve">       72</t>
@@ -928,95 +989,104 @@
   <si>
     <t xml:space="preserve">     10,4</t>
   </si>
   <si>
     <t xml:space="preserve">       83</t>
   </si>
   <si>
     <t xml:space="preserve">      299</t>
   </si>
   <si>
     <t xml:space="preserve">      161</t>
   </si>
   <si>
     <t xml:space="preserve">      220</t>
   </si>
   <si>
     <t xml:space="preserve">     14,2</t>
   </si>
   <si>
     <t xml:space="preserve">      113</t>
   </si>
   <si>
     <t xml:space="preserve">      343</t>
   </si>
   <si>
+    <t xml:space="preserve">     15,4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      171</t>
+  </si>
+  <si>
+    <t xml:space="preserve">       75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      232</t>
+  </si>
+  <si>
     <t xml:space="preserve">     14,0</t>
   </si>
   <si>
     <t xml:space="preserve">       43</t>
   </si>
   <si>
     <t xml:space="preserve">      702</t>
   </si>
   <si>
     <t xml:space="preserve">       37</t>
   </si>
   <si>
     <t xml:space="preserve">      613</t>
   </si>
   <si>
     <t xml:space="preserve">     14,1</t>
   </si>
   <si>
     <t xml:space="preserve">       76</t>
   </si>
   <si>
     <t xml:space="preserve">      541</t>
   </si>
   <si>
     <t xml:space="preserve">      8,5</t>
   </si>
   <si>
     <t xml:space="preserve">       68</t>
   </si>
   <si>
     <t xml:space="preserve">      458</t>
   </si>
   <si>
     <t xml:space="preserve">     11,5</t>
   </si>
   <si>
     <t xml:space="preserve">       99</t>
   </si>
   <si>
     <t xml:space="preserve">      593</t>
   </si>
   <si>
-    <t xml:space="preserve">       75</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">      512</t>
   </si>
   <si>
     <t xml:space="preserve">      9,7</t>
   </si>
   <si>
     <t xml:space="preserve">       88</t>
   </si>
   <si>
     <t xml:space="preserve">       28</t>
   </si>
   <si>
     <t xml:space="preserve">      402</t>
   </si>
   <si>
     <t xml:space="preserve">     14,3</t>
   </si>
   <si>
     <t xml:space="preserve">       66</t>
   </si>
   <si>
     <t xml:space="preserve">       19</t>
   </si>
   <si>
     <t xml:space="preserve">      474</t>
@@ -1069,194 +1139,230 @@
   <si>
     <t xml:space="preserve">      992</t>
   </si>
   <si>
     <t xml:space="preserve">       38</t>
   </si>
   <si>
     <t xml:space="preserve">     1010</t>
   </si>
   <si>
     <t xml:space="preserve">       46</t>
   </si>
   <si>
     <t xml:space="preserve">      978</t>
   </si>
   <si>
     <t xml:space="preserve">     20,7</t>
   </si>
   <si>
     <t xml:space="preserve">       49</t>
   </si>
   <si>
     <t xml:space="preserve">      982</t>
   </si>
   <si>
+    <t xml:space="preserve">     19,3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">       54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     1320</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     12,7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      882</t>
+  </si>
+  <si>
     <t xml:space="preserve">     23,0</t>
   </si>
   <si>
     <t xml:space="preserve">     39,0</t>
   </si>
   <si>
     <t xml:space="preserve">     43,0</t>
   </si>
   <si>
     <t xml:space="preserve">     30,0</t>
   </si>
   <si>
     <t xml:space="preserve">     48,5</t>
   </si>
   <si>
     <t xml:space="preserve">     35,0</t>
   </si>
   <si>
     <t xml:space="preserve">     92,5</t>
   </si>
   <si>
     <t xml:space="preserve">     27,4</t>
   </si>
   <si>
     <t xml:space="preserve">     71,8</t>
   </si>
   <si>
     <t xml:space="preserve">     23,8</t>
   </si>
   <si>
     <t xml:space="preserve">     36,5</t>
   </si>
   <si>
+    <t xml:space="preserve">     18,8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     25,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     32,5</t>
+  </si>
+  <si>
     <t xml:space="preserve">     10,8</t>
   </si>
   <si>
     <t xml:space="preserve">     13,7</t>
   </si>
   <si>
     <t xml:space="preserve">     11,1</t>
   </si>
   <si>
     <t xml:space="preserve">     19,0</t>
   </si>
   <si>
     <t xml:space="preserve">     11,3</t>
   </si>
   <si>
     <t xml:space="preserve">     13,1</t>
   </si>
   <si>
     <t xml:space="preserve">     16,5</t>
   </si>
   <si>
     <t xml:space="preserve">     17,6</t>
   </si>
   <si>
     <t xml:space="preserve">     12,8</t>
   </si>
   <si>
     <t xml:space="preserve">     16,2</t>
   </si>
   <si>
     <t xml:space="preserve">     18,0</t>
   </si>
   <si>
     <t xml:space="preserve">     10,9</t>
   </si>
   <si>
     <t xml:space="preserve">     12,9</t>
   </si>
   <si>
     <t xml:space="preserve">     22,0</t>
   </si>
   <si>
+    <t xml:space="preserve">     13,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     24,5</t>
+  </si>
+  <si>
     <t xml:space="preserve">      6,8</t>
   </si>
   <si>
-    <t xml:space="preserve">     12,7</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     11,6</t>
   </si>
   <si>
     <t xml:space="preserve">     17,0</t>
   </si>
   <si>
     <t xml:space="preserve">      6,0</t>
   </si>
   <si>
     <t xml:space="preserve">      9,0</t>
   </si>
   <si>
     <t xml:space="preserve">     18,2</t>
   </si>
   <si>
     <t xml:space="preserve">      8,0</t>
   </si>
   <si>
     <t xml:space="preserve">     16,0</t>
   </si>
   <si>
     <t xml:space="preserve">      7,5</t>
   </si>
   <si>
     <t xml:space="preserve">     11,2</t>
   </si>
   <si>
     <t xml:space="preserve">      4,8</t>
   </si>
   <si>
     <t xml:space="preserve">      8,8</t>
   </si>
   <si>
     <t xml:space="preserve">     11,7</t>
   </si>
   <si>
+    <t xml:space="preserve">      7,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      9,5</t>
+  </si>
+  <si>
     <t xml:space="preserve">      7,8</t>
   </si>
   <si>
-    <t xml:space="preserve">     13,0</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">      9,1</t>
   </si>
   <si>
     <t xml:space="preserve">      7,2</t>
   </si>
   <si>
-    <t xml:space="preserve">      9,5</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     11,9</t>
   </si>
   <si>
     <t xml:space="preserve">      8,2</t>
   </si>
   <si>
     <t xml:space="preserve">     12,0</t>
   </si>
   <si>
+    <t xml:space="preserve">     11,4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     13,9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     27,8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      5,3</t>
+  </si>
+  <si>
     <t xml:space="preserve">      5,6</t>
   </si>
   <si>
     <t xml:space="preserve">      6,2</t>
   </si>
   <si>
     <t xml:space="preserve">      5,0</t>
   </si>
   <si>
     <t xml:space="preserve">     16,6</t>
   </si>
   <si>
     <t xml:space="preserve">     11,0</t>
   </si>
   <si>
     <t xml:space="preserve">     15,2</t>
   </si>
   <si>
     <t xml:space="preserve">      6,7</t>
   </si>
   <si>
     <t xml:space="preserve">     15,8</t>
   </si>
   <si>
     <t xml:space="preserve">      6,1</t>
@@ -1267,62 +1373,62 @@
   <si>
     <t xml:space="preserve">      7,3</t>
   </si>
   <si>
     <t xml:space="preserve">      9,9</t>
   </si>
   <si>
     <t xml:space="preserve">      9,4</t>
   </si>
   <si>
     <t xml:space="preserve">      9,8</t>
   </si>
   <si>
     <t xml:space="preserve">     11,8</t>
   </si>
   <si>
     <t xml:space="preserve">      2,0</t>
   </si>
   <si>
     <t xml:space="preserve">      4,2</t>
   </si>
   <si>
     <t xml:space="preserve">      7,9</t>
   </si>
   <si>
-    <t xml:space="preserve">     13,9</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">      7,6</t>
   </si>
   <si>
     <t xml:space="preserve">     10,2</t>
   </si>
   <si>
     <t xml:space="preserve">     12,3</t>
   </si>
   <si>
+    <t xml:space="preserve">      4,4</t>
+  </si>
+  <si>
     <t xml:space="preserve">     1796</t>
   </si>
   <si>
     <t xml:space="preserve">     3305</t>
   </si>
   <si>
     <t xml:space="preserve">     5105</t>
   </si>
   <si>
     <t xml:space="preserve">     1779</t>
   </si>
   <si>
     <t xml:space="preserve">     2876</t>
   </si>
   <si>
     <t xml:space="preserve">     5500</t>
   </si>
   <si>
     <t xml:space="preserve">     1995</t>
   </si>
   <si>
     <t xml:space="preserve">     3013</t>
   </si>
   <si>
     <t xml:space="preserve">     4754</t>
@@ -1333,50 +1439,59 @@
   <si>
     <t xml:space="preserve">     4355</t>
   </si>
   <si>
     <t xml:space="preserve">     7000</t>
   </si>
   <si>
     <t xml:space="preserve">     2490</t>
   </si>
   <si>
     <t xml:space="preserve">     4173</t>
   </si>
   <si>
     <t xml:space="preserve">     6128</t>
   </si>
   <si>
     <t xml:space="preserve">     1842</t>
   </si>
   <si>
     <t xml:space="preserve">     3792</t>
   </si>
   <si>
     <t xml:space="preserve">     4472</t>
   </si>
   <si>
+    <t xml:space="preserve">     2188</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     4132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     4833</t>
+  </si>
+  <si>
     <t xml:space="preserve">     1049</t>
   </si>
   <si>
     <t xml:space="preserve">     1672</t>
   </si>
   <si>
     <t xml:space="preserve">     2002</t>
   </si>
   <si>
     <t xml:space="preserve">     1051</t>
   </si>
   <si>
     <t xml:space="preserve">     1586</t>
   </si>
   <si>
     <t xml:space="preserve">     2181</t>
   </si>
   <si>
     <t xml:space="preserve">     1301</t>
   </si>
   <si>
     <t xml:space="preserve">     1729</t>
   </si>
   <si>
     <t xml:space="preserve">     2415</t>
@@ -1411,50 +1526,59 @@
   <si>
     <t xml:space="preserve">     1106</t>
   </si>
   <si>
     <t xml:space="preserve">     1686</t>
   </si>
   <si>
     <t xml:space="preserve">     1971</t>
   </si>
   <si>
     <t xml:space="preserve">      598</t>
   </si>
   <si>
     <t xml:space="preserve">     1566</t>
   </si>
   <si>
     <t xml:space="preserve">     1784</t>
   </si>
   <si>
     <t xml:space="preserve">      686</t>
   </si>
   <si>
     <t xml:space="preserve">     1544</t>
   </si>
   <si>
+    <t xml:space="preserve">      800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     1441</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     1879</t>
+  </si>
+  <si>
     <t xml:space="preserve">      442</t>
   </si>
   <si>
     <t xml:space="preserve">      764</t>
   </si>
   <si>
     <t xml:space="preserve">      921</t>
   </si>
   <si>
     <t xml:space="preserve">      578</t>
   </si>
   <si>
     <t xml:space="preserve">      767</t>
   </si>
   <si>
     <t xml:space="preserve">     1169</t>
   </si>
   <si>
     <t xml:space="preserve">      597</t>
   </si>
   <si>
     <t xml:space="preserve">      730</t>
   </si>
   <si>
     <t xml:space="preserve">      949</t>
@@ -1492,50 +1616,59 @@
   <si>
     <t xml:space="preserve">      670</t>
   </si>
   <si>
     <t xml:space="preserve">     1077</t>
   </si>
   <si>
     <t xml:space="preserve">      400</t>
   </si>
   <si>
     <t xml:space="preserve">      691</t>
   </si>
   <si>
     <t xml:space="preserve">     1006</t>
   </si>
   <si>
     <t xml:space="preserve">      338</t>
   </si>
   <si>
     <t xml:space="preserve">      612</t>
   </si>
   <si>
     <t xml:space="preserve">      975</t>
   </si>
   <si>
+    <t xml:space="preserve">      472</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      728</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     1161</t>
+  </si>
+  <si>
     <t xml:space="preserve">      535</t>
   </si>
   <si>
     <t xml:space="preserve">      910</t>
   </si>
   <si>
     <t xml:space="preserve">     1221</t>
   </si>
   <si>
     <t xml:space="preserve">      557</t>
   </si>
   <si>
     <t xml:space="preserve">     1011</t>
   </si>
   <si>
     <t xml:space="preserve">     1280</t>
   </si>
   <si>
     <t xml:space="preserve">      706</t>
   </si>
   <si>
     <t xml:space="preserve">     1054</t>
   </si>
   <si>
     <t xml:space="preserve">     1269</t>
@@ -1564,50 +1697,62 @@
   <si>
     <t xml:space="preserve">     1229</t>
   </si>
   <si>
     <t xml:space="preserve">      650</t>
   </si>
   <si>
     <t xml:space="preserve">     1155</t>
   </si>
   <si>
     <t xml:space="preserve">      625</t>
   </si>
   <si>
     <t xml:space="preserve">     1022</t>
   </si>
   <si>
     <t xml:space="preserve">      671</t>
   </si>
   <si>
     <t xml:space="preserve">     1042</t>
   </si>
   <si>
     <t xml:space="preserve">     1242</t>
   </si>
   <si>
+    <t xml:space="preserve">      581</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      383</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      844</t>
+  </si>
+  <si>
     <t xml:space="preserve">      100</t>
   </si>
   <si>
     <t xml:space="preserve">      200</t>
   </si>
   <si>
     <t xml:space="preserve">      398</t>
   </si>
   <si>
     <t xml:space="preserve">       95</t>
   </si>
   <si>
     <t xml:space="preserve">      250</t>
   </si>
   <si>
     <t xml:space="preserve">      421</t>
   </si>
   <si>
     <t xml:space="preserve">      132</t>
   </si>
   <si>
     <t xml:space="preserve">      356</t>
   </si>
   <si>
     <t xml:space="preserve">      550</t>
@@ -1630,68 +1775,71 @@
   <si>
     <t xml:space="preserve">      120</t>
   </si>
   <si>
     <t xml:space="preserve">      498</t>
   </si>
   <si>
     <t xml:space="preserve">       84</t>
   </si>
   <si>
     <t xml:space="preserve">      184</t>
   </si>
   <si>
     <t xml:space="preserve">      456</t>
   </si>
   <si>
     <t xml:space="preserve">      149</t>
   </si>
   <si>
     <t xml:space="preserve">      438</t>
   </si>
   <si>
     <t xml:space="preserve">      537</t>
   </si>
   <si>
+    <t xml:space="preserve">      160</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      347</t>
+  </si>
+  <si>
     <t xml:space="preserve">      530</t>
   </si>
   <si>
     <t xml:space="preserve">      658</t>
   </si>
   <si>
     <t xml:space="preserve">      821</t>
   </si>
   <si>
     <t xml:space="preserve">      362</t>
   </si>
   <si>
     <t xml:space="preserve">      577</t>
   </si>
   <si>
-    <t xml:space="preserve">      882</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">      177</t>
   </si>
   <si>
     <t xml:space="preserve">      378</t>
   </si>
   <si>
     <t xml:space="preserve">      857</t>
   </si>
   <si>
     <t xml:space="preserve">      280</t>
   </si>
   <si>
     <t xml:space="preserve">      381</t>
   </si>
   <si>
     <t xml:space="preserve">      665</t>
   </si>
   <si>
     <t xml:space="preserve">      389</t>
   </si>
   <si>
     <t xml:space="preserve">      763</t>
   </si>
   <si>
     <t xml:space="preserve">      230</t>
@@ -1699,53 +1847,50 @@
   <si>
     <t xml:space="preserve">      788</t>
   </si>
   <si>
     <t xml:space="preserve">      181</t>
   </si>
   <si>
     <t xml:space="preserve">      366</t>
   </si>
   <si>
     <t xml:space="preserve">      685</t>
   </si>
   <si>
     <t xml:space="preserve">      260</t>
   </si>
   <si>
     <t xml:space="preserve">      443</t>
   </si>
   <si>
     <t xml:space="preserve">      695</t>
   </si>
   <si>
     <t xml:space="preserve">      320</t>
   </si>
   <si>
-    <t xml:space="preserve">      581</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">       40</t>
   </si>
   <si>
     <t xml:space="preserve">      150</t>
   </si>
   <si>
     <t xml:space="preserve">      464</t>
   </si>
   <si>
     <t xml:space="preserve">      876</t>
   </si>
   <si>
     <t xml:space="preserve">     1384</t>
   </si>
   <si>
     <t xml:space="preserve">      463</t>
   </si>
   <si>
     <t xml:space="preserve">      963</t>
   </si>
   <si>
     <t xml:space="preserve">     1376</t>
   </si>
   <si>
     <t xml:space="preserve">      544</t>
@@ -1771,795 +1916,749 @@
   <si>
     <t xml:space="preserve">      350</t>
   </si>
   <si>
     <t xml:space="preserve">      850</t>
   </si>
   <si>
     <t xml:space="preserve">     1230</t>
   </si>
   <si>
     <t xml:space="preserve">     1290</t>
   </si>
   <si>
     <t xml:space="preserve">      375</t>
   </si>
   <si>
     <t xml:space="preserve">      757</t>
   </si>
   <si>
     <t xml:space="preserve">      340</t>
   </si>
   <si>
     <t xml:space="preserve">      738</t>
   </si>
   <si>
-    <t xml:space="preserve">Sources : Notaires - DSF - ISEE </t>
-[...115 lines deleted...]
-  <si>
     <t xml:space="preserve">      816</t>
   </si>
   <si>
     <t xml:space="preserve">     1673</t>
+  </si>
+  <si>
+    <t xml:space="preserve">       69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      696</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     1047</t>
+  </si>
+  <si>
+    <t>Données mises à jour le : 14/10/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="###0"/>
     <numFmt numFmtId="165" formatCode="###0.0"/>
   </numFmts>
-  <fonts count="20" x14ac:knownFonts="1">
+  <fonts count="28">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="0" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
-    </font>
-[...4 lines deleted...]
-      <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...6 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
-      <name val="Calibri"/>
-[...6 lines deleted...]
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="13"/>
-      <color rgb="FFFF0000"/>
+      <i/>
+      <sz val="10"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...7 lines deleted...]
-      <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...14 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <u/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <u/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Geneva"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="24"/>
+      <color rgb="FF2F4C88"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <fgColor rgb="FF0A1728"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFCCF7FF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF2F4C88"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="15">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="thin">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
-      <diagonal/>
-[...9 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...1 lines deleted...]
-      </right>
+      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="90">
+  <cellXfs count="91">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...46 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="12" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="12" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="9" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="1" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="25" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="25" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="25" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="25" fillId="5" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="25" fillId="5" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="25" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="25" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="25" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="25" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="25" fillId="5" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="25" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="23" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 3" xfId="1" xr:uid="{32E35032-6D46-485D-9BEB-A95D5010A621}"/>
+    <cellStyle name="Normal 4" xfId="2" xr:uid="{EC1795D2-0E96-4527-AE04-6D3D4FB890D8}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF2F4C88"/>
+      <color rgb="FFCCF7FF"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -2816,14184 +2915,15481 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:FE37"/>
+  <dimension ref="A1:FU37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="4" topLeftCell="B5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight" activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.5703125" customWidth="1"/>
     <col min="2" max="15" width="12.42578125" customWidth="1"/>
     <col min="16" max="16" width="12.85546875" customWidth="1"/>
     <col min="18" max="18" width="12.140625" customWidth="1"/>
     <col min="20" max="20" width="12" customWidth="1"/>
     <col min="22" max="22" width="12.28515625" customWidth="1"/>
     <col min="24" max="24" width="12.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:81" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="9" t="s">
+    <row r="1" spans="1:89" s="39" customFormat="1" ht="30" customHeight="1">
+      <c r="A1" s="38"/>
+    </row>
+    <row r="2" spans="1:89" s="41" customFormat="1" ht="31.5">
+      <c r="A2" s="40" t="s">
         <v>13</v>
       </c>
-      <c r="B2" s="21"/>
-[...7 lines deleted...]
-      <c r="J2" s="2"/>
+      <c r="B2" s="40"/>
+      <c r="C2" s="40"/>
+      <c r="D2" s="40"/>
+      <c r="E2" s="40"/>
+      <c r="F2" s="40"/>
+      <c r="G2" s="40"/>
+      <c r="H2" s="40"/>
+      <c r="I2" s="40"/>
+      <c r="J2" s="40"/>
+      <c r="K2" s="40"/>
     </row>
-    <row r="3" spans="1:81" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="G3" s="2"/>
+    <row r="3" spans="1:89" s="42" customFormat="1">
+      <c r="A3" s="42" t="s">
+        <v>74</v>
+      </c>
     </row>
-    <row r="4" spans="1:81" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="I4" s="74" t="s">
+    <row r="4" spans="1:89" ht="49.5" customHeight="1">
+      <c r="A4" s="90" t="s">
+        <v>544</v>
+      </c>
+      <c r="I4" s="76" t="s">
         <v>45</v>
       </c>
-      <c r="J4" s="75"/>
-[...1 lines deleted...]
-      <c r="L4" s="76"/>
+      <c r="J4" s="77"/>
+      <c r="K4" s="77"/>
+      <c r="L4" s="78"/>
     </row>
-    <row r="5" spans="1:81" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:89">
       <c r="A5" s="1"/>
-      <c r="B5" s="2"/>
-[...4 lines deleted...]
-      <c r="G5" s="2"/>
     </row>
-    <row r="6" spans="1:81" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="16" t="s">
+    <row r="6" spans="1:89" ht="18.75" customHeight="1">
+      <c r="A6" s="12" t="s">
         <v>20</v>
       </c>
-      <c r="B6" s="16"/>
-[...4 lines deleted...]
-      <c r="G6" s="2"/>
     </row>
-    <row r="8" spans="1:81" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="79" t="s">
+    <row r="8" spans="1:89" ht="15" customHeight="1">
+      <c r="A8" s="81" t="s">
         <v>12</v>
       </c>
-      <c r="B8" s="72" t="s">
+      <c r="B8" s="74" t="s">
         <v>3</v>
       </c>
-      <c r="C8" s="73"/>
-      <c r="D8" s="72" t="s">
+      <c r="C8" s="75"/>
+      <c r="D8" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="E8" s="73"/>
-      <c r="F8" s="72" t="s">
+      <c r="E8" s="75"/>
+      <c r="F8" s="74" t="s">
         <v>5</v>
       </c>
-      <c r="G8" s="73"/>
-      <c r="H8" s="72" t="s">
+      <c r="G8" s="75"/>
+      <c r="H8" s="74" t="s">
         <v>6</v>
       </c>
-      <c r="I8" s="73"/>
-      <c r="J8" s="72" t="s">
+      <c r="I8" s="75"/>
+      <c r="J8" s="74" t="s">
         <v>7</v>
       </c>
-      <c r="K8" s="73"/>
-      <c r="L8" s="72" t="s">
+      <c r="K8" s="75"/>
+      <c r="L8" s="74" t="s">
         <v>8</v>
       </c>
-      <c r="M8" s="73"/>
-      <c r="N8" s="72" t="s">
+      <c r="M8" s="75"/>
+      <c r="N8" s="74" t="s">
         <v>9</v>
       </c>
-      <c r="O8" s="73"/>
-      <c r="P8" s="72" t="s">
+      <c r="O8" s="75"/>
+      <c r="P8" s="74" t="s">
         <v>10</v>
       </c>
-      <c r="Q8" s="73"/>
-      <c r="R8" s="72" t="s">
+      <c r="Q8" s="75"/>
+      <c r="R8" s="74" t="s">
         <v>46</v>
       </c>
-      <c r="S8" s="73"/>
-      <c r="T8" s="72" t="s">
+      <c r="S8" s="75"/>
+      <c r="T8" s="74" t="s">
         <v>47</v>
       </c>
-      <c r="U8" s="73"/>
-      <c r="V8" s="72" t="s">
+      <c r="U8" s="75"/>
+      <c r="V8" s="74" t="s">
         <v>48</v>
       </c>
-      <c r="W8" s="73"/>
-      <c r="X8" s="72" t="s">
+      <c r="W8" s="75"/>
+      <c r="X8" s="74" t="s">
         <v>49</v>
       </c>
-      <c r="Y8" s="73"/>
-      <c r="Z8" s="72" t="s">
+      <c r="Y8" s="75"/>
+      <c r="Z8" s="74" t="s">
         <v>50</v>
       </c>
-      <c r="AA8" s="73"/>
-      <c r="AB8" s="72" t="s">
+      <c r="AA8" s="75"/>
+      <c r="AB8" s="74" t="s">
         <v>51</v>
       </c>
-      <c r="AC8" s="73"/>
-      <c r="AD8" s="72" t="s">
+      <c r="AC8" s="75"/>
+      <c r="AD8" s="74" t="s">
         <v>52</v>
       </c>
-      <c r="AE8" s="73"/>
-      <c r="AF8" s="72" t="s">
+      <c r="AE8" s="75"/>
+      <c r="AF8" s="74" t="s">
         <v>53</v>
       </c>
-      <c r="AG8" s="73"/>
-      <c r="AH8" s="72" t="s">
+      <c r="AG8" s="75"/>
+      <c r="AH8" s="74" t="s">
         <v>54</v>
       </c>
-      <c r="AI8" s="73"/>
-      <c r="AJ8" s="72" t="s">
+      <c r="AI8" s="75"/>
+      <c r="AJ8" s="74" t="s">
         <v>55</v>
       </c>
-      <c r="AK8" s="73"/>
-      <c r="AL8" s="72" t="s">
+      <c r="AK8" s="75"/>
+      <c r="AL8" s="74" t="s">
         <v>56</v>
       </c>
-      <c r="AM8" s="73"/>
-      <c r="AN8" s="72" t="s">
+      <c r="AM8" s="75"/>
+      <c r="AN8" s="74" t="s">
         <v>57</v>
       </c>
-      <c r="AO8" s="73"/>
-      <c r="AP8" s="72" t="s">
+      <c r="AO8" s="75"/>
+      <c r="AP8" s="74" t="s">
         <v>58</v>
       </c>
-      <c r="AQ8" s="73"/>
-      <c r="AR8" s="72" t="s">
+      <c r="AQ8" s="75"/>
+      <c r="AR8" s="74" t="s">
         <v>59</v>
       </c>
-      <c r="AS8" s="73"/>
-      <c r="AT8" s="72" t="s">
+      <c r="AS8" s="75"/>
+      <c r="AT8" s="74" t="s">
         <v>60</v>
       </c>
-      <c r="AU8" s="73"/>
-      <c r="AV8" s="72" t="s">
+      <c r="AU8" s="75"/>
+      <c r="AV8" s="74" t="s">
         <v>61</v>
       </c>
-      <c r="AW8" s="73"/>
-      <c r="AX8" s="72" t="s">
+      <c r="AW8" s="75"/>
+      <c r="AX8" s="74" t="s">
         <v>62</v>
       </c>
-      <c r="AY8" s="73"/>
-      <c r="AZ8" s="72" t="s">
+      <c r="AY8" s="75"/>
+      <c r="AZ8" s="74" t="s">
         <v>63</v>
       </c>
-      <c r="BA8" s="73"/>
-      <c r="BB8" s="72" t="s">
+      <c r="BA8" s="75"/>
+      <c r="BB8" s="74" t="s">
         <v>64</v>
       </c>
-      <c r="BC8" s="73"/>
-      <c r="BD8" s="72" t="s">
+      <c r="BC8" s="75"/>
+      <c r="BD8" s="74" t="s">
         <v>65</v>
       </c>
-      <c r="BE8" s="73"/>
-      <c r="BF8" s="72" t="s">
+      <c r="BE8" s="75"/>
+      <c r="BF8" s="74" t="s">
         <v>66</v>
       </c>
-      <c r="BG8" s="73"/>
-      <c r="BH8" s="72" t="s">
+      <c r="BG8" s="75"/>
+      <c r="BH8" s="74" t="s">
         <v>67</v>
       </c>
-      <c r="BI8" s="73"/>
-      <c r="BJ8" s="72" t="s">
+      <c r="BI8" s="75"/>
+      <c r="BJ8" s="74" t="s">
         <v>68</v>
       </c>
-      <c r="BK8" s="73"/>
-      <c r="BL8" s="72" t="s">
+      <c r="BK8" s="75"/>
+      <c r="BL8" s="74" t="s">
         <v>69</v>
       </c>
-      <c r="BM8" s="73"/>
-      <c r="BN8" s="72" t="s">
+      <c r="BM8" s="75"/>
+      <c r="BN8" s="74" t="s">
         <v>70</v>
       </c>
-      <c r="BO8" s="73"/>
-      <c r="BP8" s="72" t="s">
+      <c r="BO8" s="75"/>
+      <c r="BP8" s="74" t="s">
         <v>71</v>
       </c>
-      <c r="BQ8" s="73"/>
-      <c r="BR8" s="72" t="s">
+      <c r="BQ8" s="75"/>
+      <c r="BR8" s="74" t="s">
         <v>72</v>
       </c>
-      <c r="BS8" s="73"/>
-      <c r="BT8" s="72" t="s">
+      <c r="BS8" s="75"/>
+      <c r="BT8" s="74" t="s">
         <v>73</v>
       </c>
-      <c r="BU8" s="73"/>
-[...15 lines deleted...]
-      <c r="CC8" s="73"/>
+      <c r="BU8" s="75"/>
+      <c r="BV8" s="74" t="s">
+        <v>76</v>
+      </c>
+      <c r="BW8" s="75"/>
+      <c r="BX8" s="74" t="s">
+        <v>77</v>
+      </c>
+      <c r="BY8" s="75"/>
+      <c r="BZ8" s="74" t="s">
+        <v>78</v>
+      </c>
+      <c r="CA8" s="75"/>
+      <c r="CB8" s="74" t="s">
+        <v>79</v>
+      </c>
+      <c r="CC8" s="75"/>
+      <c r="CD8" s="74" t="s">
+        <v>80</v>
+      </c>
+      <c r="CE8" s="75"/>
+      <c r="CF8" s="74" t="s">
+        <v>81</v>
+      </c>
+      <c r="CG8" s="75"/>
+      <c r="CH8" s="74" t="s">
+        <v>82</v>
+      </c>
+      <c r="CI8" s="75"/>
+      <c r="CJ8" s="74" t="s">
+        <v>83</v>
+      </c>
+      <c r="CK8" s="75"/>
     </row>
-    <row r="9" spans="1:81" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B9" s="24" t="s">
+    <row r="9" spans="1:89" ht="30" customHeight="1">
+      <c r="A9" s="82"/>
+      <c r="B9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="C9" s="27" t="s">
+      <c r="C9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="D9" s="24" t="s">
+      <c r="D9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="E9" s="27" t="s">
+      <c r="E9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="F9" s="24" t="s">
+      <c r="F9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="G9" s="27" t="s">
+      <c r="G9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="H9" s="24" t="s">
+      <c r="H9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="I9" s="27" t="s">
+      <c r="I9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="J9" s="24" t="s">
+      <c r="J9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="K9" s="27" t="s">
+      <c r="K9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="L9" s="24" t="s">
+      <c r="L9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="M9" s="27" t="s">
+      <c r="M9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="N9" s="24" t="s">
+      <c r="N9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="O9" s="27" t="s">
+      <c r="O9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="P9" s="24" t="s">
+      <c r="P9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="Q9" s="27" t="s">
+      <c r="Q9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="R9" s="24" t="s">
+      <c r="R9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="S9" s="27" t="s">
+      <c r="S9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="T9" s="24" t="s">
+      <c r="T9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="U9" s="27" t="s">
+      <c r="U9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="V9" s="24" t="s">
+      <c r="V9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="W9" s="27" t="s">
+      <c r="W9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="X9" s="24" t="s">
+      <c r="X9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="Y9" s="27" t="s">
+      <c r="Y9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="Z9" s="24" t="s">
+      <c r="Z9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="AA9" s="27" t="s">
+      <c r="AA9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AB9" s="24" t="s">
+      <c r="AB9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="AC9" s="27" t="s">
+      <c r="AC9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AD9" s="24" t="s">
+      <c r="AD9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="AE9" s="27" t="s">
+      <c r="AE9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AF9" s="24" t="s">
+      <c r="AF9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="AG9" s="27" t="s">
+      <c r="AG9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AH9" s="24" t="s">
+      <c r="AH9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="AI9" s="27" t="s">
+      <c r="AI9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AJ9" s="24" t="s">
+      <c r="AJ9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="AK9" s="27" t="s">
+      <c r="AK9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AL9" s="24" t="s">
+      <c r="AL9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="AM9" s="27" t="s">
+      <c r="AM9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AN9" s="24" t="s">
+      <c r="AN9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="AO9" s="27" t="s">
+      <c r="AO9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AP9" s="24" t="s">
+      <c r="AP9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="AQ9" s="27" t="s">
+      <c r="AQ9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AR9" s="24" t="s">
+      <c r="AR9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="AS9" s="27" t="s">
+      <c r="AS9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AT9" s="24" t="s">
+      <c r="AT9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="AU9" s="27" t="s">
+      <c r="AU9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AV9" s="24" t="s">
+      <c r="AV9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="AW9" s="27" t="s">
+      <c r="AW9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AX9" s="24" t="s">
+      <c r="AX9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="AY9" s="27" t="s">
+      <c r="AY9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AZ9" s="24" t="s">
+      <c r="AZ9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="BA9" s="27" t="s">
+      <c r="BA9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="BB9" s="24" t="s">
+      <c r="BB9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="BC9" s="27" t="s">
+      <c r="BC9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="BD9" s="24" t="s">
+      <c r="BD9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="BE9" s="27" t="s">
+      <c r="BE9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="BF9" s="24" t="s">
+      <c r="BF9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="BG9" s="27" t="s">
+      <c r="BG9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="BH9" s="24" t="s">
+      <c r="BH9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="BI9" s="27" t="s">
+      <c r="BI9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="BJ9" s="24" t="s">
+      <c r="BJ9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="BK9" s="27" t="s">
+      <c r="BK9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="BL9" s="24" t="s">
+      <c r="BL9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="BM9" s="27" t="s">
+      <c r="BM9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="BN9" s="24" t="s">
+      <c r="BN9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="BO9" s="27" t="s">
+      <c r="BO9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="BP9" s="24" t="s">
+      <c r="BP9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="BQ9" s="27" t="s">
+      <c r="BQ9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="BR9" s="24" t="s">
+      <c r="BR9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="BS9" s="27" t="s">
+      <c r="BS9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="BT9" s="24" t="s">
+      <c r="BT9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="BU9" s="27" t="s">
+      <c r="BU9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="BV9" s="24" t="s">
+      <c r="BV9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="BW9" s="27" t="s">
+      <c r="BW9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="BX9" s="24" t="s">
+      <c r="BX9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="BY9" s="27" t="s">
+      <c r="BY9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="BZ9" s="24" t="s">
+      <c r="BZ9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="CA9" s="27" t="s">
+      <c r="CA9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="CB9" s="24" t="s">
+      <c r="CB9" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="CC9" s="27" t="s">
+      <c r="CC9" s="44" t="s">
         <v>23</v>
       </c>
+      <c r="CD9" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="CE9" s="44" t="s">
+        <v>23</v>
+      </c>
+      <c r="CF9" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="CG9" s="44" t="s">
+        <v>23</v>
+      </c>
+      <c r="CH9" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="CI9" s="44" t="s">
+        <v>23</v>
+      </c>
+      <c r="CJ9" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="CK9" s="44" t="s">
+        <v>23</v>
+      </c>
     </row>
-    <row r="10" spans="1:81" x14ac:dyDescent="0.25">
-      <c r="A10" s="32" t="s">
+    <row r="10" spans="1:89">
+      <c r="A10" s="19" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" s="7">
+        <v>5</v>
+      </c>
+      <c r="C10" s="9">
+        <v>0</v>
+      </c>
+      <c r="D10" s="7">
+        <v>9</v>
+      </c>
+      <c r="E10" s="9">
+        <v>1</v>
+      </c>
+      <c r="F10" s="7">
+        <v>5</v>
+      </c>
+      <c r="G10" s="9">
+        <v>0</v>
+      </c>
+      <c r="H10" s="7">
+        <v>8</v>
+      </c>
+      <c r="I10" s="9">
+        <v>0</v>
+      </c>
+      <c r="J10" s="7">
+        <v>4</v>
+      </c>
+      <c r="K10" s="9">
+        <v>0</v>
+      </c>
+      <c r="L10" s="7">
+        <v>5</v>
+      </c>
+      <c r="M10" s="9">
+        <v>0</v>
+      </c>
+      <c r="N10" s="7">
+        <v>4</v>
+      </c>
+      <c r="O10" s="9">
+        <v>0</v>
+      </c>
+      <c r="P10" s="7">
+        <v>9</v>
+      </c>
+      <c r="Q10" s="9">
+        <v>0</v>
+      </c>
+      <c r="R10" s="7">
+        <v>7</v>
+      </c>
+      <c r="S10" s="9">
+        <v>1</v>
+      </c>
+      <c r="T10" s="7">
+        <v>6</v>
+      </c>
+      <c r="U10" s="9">
+        <v>1</v>
+      </c>
+      <c r="V10" s="7">
+        <v>4</v>
+      </c>
+      <c r="W10" s="9">
+        <v>0</v>
+      </c>
+      <c r="X10" s="7">
+        <v>7</v>
+      </c>
+      <c r="Y10" s="9">
+        <v>0</v>
+      </c>
+      <c r="Z10" s="7">
+        <v>5</v>
+      </c>
+      <c r="AA10" s="9">
+        <v>1</v>
+      </c>
+      <c r="AB10" s="7">
+        <v>0</v>
+      </c>
+      <c r="AC10" s="9">
+        <v>0</v>
+      </c>
+      <c r="AD10" s="7">
+        <v>6</v>
+      </c>
+      <c r="AE10" s="9">
+        <v>0</v>
+      </c>
+      <c r="AF10" s="7">
+        <v>12</v>
+      </c>
+      <c r="AG10" s="9">
+        <v>1</v>
+      </c>
+      <c r="AH10" s="7">
+        <v>3</v>
+      </c>
+      <c r="AI10" s="9">
+        <v>1</v>
+      </c>
+      <c r="AJ10" s="7">
+        <v>7</v>
+      </c>
+      <c r="AK10" s="9">
+        <v>0</v>
+      </c>
+      <c r="AL10" s="7">
+        <v>7</v>
+      </c>
+      <c r="AM10" s="9">
+        <v>0</v>
+      </c>
+      <c r="AN10" s="7">
+        <v>7</v>
+      </c>
+      <c r="AO10" s="9">
+        <v>1</v>
+      </c>
+      <c r="AP10" s="7">
+        <v>2</v>
+      </c>
+      <c r="AQ10" s="9">
+        <v>1</v>
+      </c>
+      <c r="AR10" s="7">
+        <v>4</v>
+      </c>
+      <c r="AS10" s="9">
+        <v>0</v>
+      </c>
+      <c r="AT10" s="7">
+        <v>2</v>
+      </c>
+      <c r="AU10" s="9">
+        <v>0</v>
+      </c>
+      <c r="AV10" s="7">
+        <v>2</v>
+      </c>
+      <c r="AW10" s="9">
+        <v>0</v>
+      </c>
+      <c r="AX10" s="7">
+        <v>3</v>
+      </c>
+      <c r="AY10" s="9">
+        <v>0</v>
+      </c>
+      <c r="AZ10" s="7">
+        <v>4</v>
+      </c>
+      <c r="BA10" s="9">
+        <v>2</v>
+      </c>
+      <c r="BB10" s="7">
+        <v>7</v>
+      </c>
+      <c r="BC10" s="9">
+        <v>1</v>
+      </c>
+      <c r="BD10" s="7">
+        <v>3</v>
+      </c>
+      <c r="BE10" s="9">
+        <v>2</v>
+      </c>
+      <c r="BF10" s="7">
+        <v>5</v>
+      </c>
+      <c r="BG10" s="9">
+        <v>0</v>
+      </c>
+      <c r="BH10" s="7">
+        <v>4</v>
+      </c>
+      <c r="BI10" s="9">
+        <v>1</v>
+      </c>
+      <c r="BJ10" s="7">
+        <v>5</v>
+      </c>
+      <c r="BK10" s="9">
+        <v>0</v>
+      </c>
+      <c r="BL10" s="7">
+        <v>8</v>
+      </c>
+      <c r="BM10" s="9">
+        <v>0</v>
+      </c>
+      <c r="BN10" s="7">
+        <v>5</v>
+      </c>
+      <c r="BO10" s="9">
+        <v>1</v>
+      </c>
+      <c r="BP10" s="7">
+        <v>3</v>
+      </c>
+      <c r="BQ10" s="9">
+        <v>1</v>
+      </c>
+      <c r="BR10" s="7">
+        <v>6</v>
+      </c>
+      <c r="BS10" s="9">
+        <v>0</v>
+      </c>
+      <c r="BT10" s="7">
+        <v>4</v>
+      </c>
+      <c r="BU10" s="9">
+        <v>0</v>
+      </c>
+      <c r="BV10" s="7">
+        <v>3</v>
+      </c>
+      <c r="BW10" s="9">
+        <v>2</v>
+      </c>
+      <c r="BX10" s="7">
+        <v>4</v>
+      </c>
+      <c r="BY10" s="9">
+        <v>1</v>
+      </c>
+      <c r="BZ10" s="7">
+        <v>11</v>
+      </c>
+      <c r="CA10" s="9">
+        <v>5</v>
+      </c>
+      <c r="CB10" s="7">
+        <v>13</v>
+      </c>
+      <c r="CC10" s="9">
+        <v>0</v>
+      </c>
+      <c r="CD10" s="7">
+        <v>3</v>
+      </c>
+      <c r="CE10" s="9">
+        <v>0</v>
+      </c>
+      <c r="CF10" s="7">
+        <v>1</v>
+      </c>
+      <c r="CG10" s="9">
+        <v>0</v>
+      </c>
+      <c r="CH10" s="7">
+        <v>0</v>
+      </c>
+      <c r="CI10" s="9">
+        <v>0</v>
+      </c>
+      <c r="CJ10" s="7">
+        <v>1</v>
+      </c>
+      <c r="CK10" s="9">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:89">
+      <c r="A11" s="19" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" s="7">
+        <v>25</v>
+      </c>
+      <c r="C11" s="8">
+        <v>8</v>
+      </c>
+      <c r="D11" s="7">
+        <v>32</v>
+      </c>
+      <c r="E11" s="8">
+        <v>4</v>
+      </c>
+      <c r="F11" s="7">
+        <v>41</v>
+      </c>
+      <c r="G11" s="8">
+        <v>3</v>
+      </c>
+      <c r="H11" s="7">
+        <v>39</v>
+      </c>
+      <c r="I11" s="8">
+        <v>7</v>
+      </c>
+      <c r="J11" s="7">
+        <v>16</v>
+      </c>
+      <c r="K11" s="8">
+        <v>6</v>
+      </c>
+      <c r="L11" s="7">
+        <v>29</v>
+      </c>
+      <c r="M11" s="8">
+        <v>10</v>
+      </c>
+      <c r="N11" s="7">
+        <v>27</v>
+      </c>
+      <c r="O11" s="8">
+        <v>4</v>
+      </c>
+      <c r="P11" s="7">
+        <v>49</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>8</v>
+      </c>
+      <c r="R11" s="7">
+        <v>24</v>
+      </c>
+      <c r="S11" s="8">
+        <v>7</v>
+      </c>
+      <c r="T11" s="7">
+        <v>34</v>
+      </c>
+      <c r="U11" s="8">
+        <v>8</v>
+      </c>
+      <c r="V11" s="7">
+        <v>31</v>
+      </c>
+      <c r="W11" s="8">
+        <v>10</v>
+      </c>
+      <c r="X11" s="7">
+        <v>43</v>
+      </c>
+      <c r="Y11" s="8">
+        <v>5</v>
+      </c>
+      <c r="Z11" s="7">
+        <v>32</v>
+      </c>
+      <c r="AA11" s="8">
+        <v>2</v>
+      </c>
+      <c r="AB11" s="7">
+        <v>32</v>
+      </c>
+      <c r="AC11" s="8">
+        <v>3</v>
+      </c>
+      <c r="AD11" s="7">
+        <v>36</v>
+      </c>
+      <c r="AE11" s="8">
+        <v>6</v>
+      </c>
+      <c r="AF11" s="7">
+        <v>26</v>
+      </c>
+      <c r="AG11" s="8">
+        <v>6</v>
+      </c>
+      <c r="AH11" s="7">
+        <v>26</v>
+      </c>
+      <c r="AI11" s="8">
+        <v>6</v>
+      </c>
+      <c r="AJ11" s="7">
+        <v>18</v>
+      </c>
+      <c r="AK11" s="8">
+        <v>4</v>
+      </c>
+      <c r="AL11" s="7">
+        <v>20</v>
+      </c>
+      <c r="AM11" s="8">
+        <v>3</v>
+      </c>
+      <c r="AN11" s="7">
+        <v>28</v>
+      </c>
+      <c r="AO11" s="8">
+        <v>3</v>
+      </c>
+      <c r="AP11" s="7">
+        <v>15</v>
+      </c>
+      <c r="AQ11" s="8">
+        <v>1</v>
+      </c>
+      <c r="AR11" s="7">
+        <v>14</v>
+      </c>
+      <c r="AS11" s="8">
+        <v>1</v>
+      </c>
+      <c r="AT11" s="7">
+        <v>9</v>
+      </c>
+      <c r="AU11" s="8">
+        <v>0</v>
+      </c>
+      <c r="AV11" s="7">
+        <v>16</v>
+      </c>
+      <c r="AW11" s="8">
+        <v>4</v>
+      </c>
+      <c r="AX11" s="7">
+        <v>15</v>
+      </c>
+      <c r="AY11" s="8">
+        <v>2</v>
+      </c>
+      <c r="AZ11" s="7">
+        <v>6</v>
+      </c>
+      <c r="BA11" s="8">
+        <v>0</v>
+      </c>
+      <c r="BB11" s="7">
+        <v>13</v>
+      </c>
+      <c r="BC11" s="8">
+        <v>2</v>
+      </c>
+      <c r="BD11" s="7">
+        <v>21</v>
+      </c>
+      <c r="BE11" s="8">
+        <v>4</v>
+      </c>
+      <c r="BF11" s="7">
+        <v>15</v>
+      </c>
+      <c r="BG11" s="8">
+        <v>2</v>
+      </c>
+      <c r="BH11" s="7">
+        <v>10</v>
+      </c>
+      <c r="BI11" s="8">
+        <v>2</v>
+      </c>
+      <c r="BJ11" s="7">
+        <v>8</v>
+      </c>
+      <c r="BK11" s="8">
+        <v>3</v>
+      </c>
+      <c r="BL11" s="7">
+        <v>12</v>
+      </c>
+      <c r="BM11" s="8">
+        <v>1</v>
+      </c>
+      <c r="BN11" s="7">
+        <v>15</v>
+      </c>
+      <c r="BO11" s="8">
+        <v>4</v>
+      </c>
+      <c r="BP11" s="7">
+        <v>14</v>
+      </c>
+      <c r="BQ11" s="8">
+        <v>2</v>
+      </c>
+      <c r="BR11" s="7">
+        <v>17</v>
+      </c>
+      <c r="BS11" s="8">
+        <v>8</v>
+      </c>
+      <c r="BT11" s="7">
+        <v>20</v>
+      </c>
+      <c r="BU11" s="8">
+        <v>9</v>
+      </c>
+      <c r="BV11" s="7">
+        <v>13</v>
+      </c>
+      <c r="BW11" s="8">
+        <v>4</v>
+      </c>
+      <c r="BX11" s="7">
+        <v>9</v>
+      </c>
+      <c r="BY11" s="8">
+        <v>3</v>
+      </c>
+      <c r="BZ11" s="7">
+        <v>5</v>
+      </c>
+      <c r="CA11" s="8">
+        <v>4</v>
+      </c>
+      <c r="CB11" s="7">
+        <v>15</v>
+      </c>
+      <c r="CC11" s="8">
+        <v>5</v>
+      </c>
+      <c r="CD11" s="7">
+        <v>7</v>
+      </c>
+      <c r="CE11" s="8">
+        <v>1</v>
+      </c>
+      <c r="CF11" s="7">
+        <v>7</v>
+      </c>
+      <c r="CG11" s="8">
+        <v>2</v>
+      </c>
+      <c r="CH11" s="7">
+        <v>1</v>
+      </c>
+      <c r="CI11" s="8">
+        <v>0</v>
+      </c>
+      <c r="CJ11" s="7">
+        <v>3</v>
+      </c>
+      <c r="CK11" s="8">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:89">
+      <c r="A12" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" s="7">
+        <v>9</v>
+      </c>
+      <c r="C12" s="8">
+        <v>4</v>
+      </c>
+      <c r="D12" s="7">
+        <v>9</v>
+      </c>
+      <c r="E12" s="8">
+        <v>3</v>
+      </c>
+      <c r="F12" s="7">
+        <v>10</v>
+      </c>
+      <c r="G12" s="8">
+        <v>2</v>
+      </c>
+      <c r="H12" s="7">
+        <v>7</v>
+      </c>
+      <c r="I12" s="8">
+        <v>2</v>
+      </c>
+      <c r="J12" s="7">
+        <v>9</v>
+      </c>
+      <c r="K12" s="8">
+        <v>2</v>
+      </c>
+      <c r="L12" s="7">
+        <v>8</v>
+      </c>
+      <c r="M12" s="8">
+        <v>1</v>
+      </c>
+      <c r="N12" s="7">
+        <v>8</v>
+      </c>
+      <c r="O12" s="8">
+        <v>3</v>
+      </c>
+      <c r="P12" s="7">
+        <v>8</v>
+      </c>
+      <c r="Q12" s="8">
+        <v>0</v>
+      </c>
+      <c r="R12" s="7">
+        <v>14</v>
+      </c>
+      <c r="S12" s="8">
+        <v>3</v>
+      </c>
+      <c r="T12" s="7">
+        <v>7</v>
+      </c>
+      <c r="U12" s="8">
+        <v>1</v>
+      </c>
+      <c r="V12" s="7">
+        <v>13</v>
+      </c>
+      <c r="W12" s="8">
+        <v>4</v>
+      </c>
+      <c r="X12" s="7">
+        <v>11</v>
+      </c>
+      <c r="Y12" s="8">
+        <v>8</v>
+      </c>
+      <c r="Z12" s="7">
+        <v>4</v>
+      </c>
+      <c r="AA12" s="8">
+        <v>1</v>
+      </c>
+      <c r="AB12" s="7">
+        <v>3</v>
+      </c>
+      <c r="AC12" s="8">
+        <v>1</v>
+      </c>
+      <c r="AD12" s="7">
+        <v>10</v>
+      </c>
+      <c r="AE12" s="8">
+        <v>1</v>
+      </c>
+      <c r="AF12" s="7">
+        <v>11</v>
+      </c>
+      <c r="AG12" s="8">
+        <v>4</v>
+      </c>
+      <c r="AH12" s="7">
+        <v>5</v>
+      </c>
+      <c r="AI12" s="8">
+        <v>1</v>
+      </c>
+      <c r="AJ12" s="7">
+        <v>9</v>
+      </c>
+      <c r="AK12" s="8">
+        <v>2</v>
+      </c>
+      <c r="AL12" s="7">
+        <v>8</v>
+      </c>
+      <c r="AM12" s="8">
+        <v>1</v>
+      </c>
+      <c r="AN12" s="7">
+        <v>8</v>
+      </c>
+      <c r="AO12" s="8">
+        <v>2</v>
+      </c>
+      <c r="AP12" s="7">
+        <v>5</v>
+      </c>
+      <c r="AQ12" s="8">
+        <v>0</v>
+      </c>
+      <c r="AR12" s="7">
+        <v>7</v>
+      </c>
+      <c r="AS12" s="8">
+        <v>1</v>
+      </c>
+      <c r="AT12" s="7">
+        <v>4</v>
+      </c>
+      <c r="AU12" s="8">
+        <v>2</v>
+      </c>
+      <c r="AV12" s="7">
+        <v>6</v>
+      </c>
+      <c r="AW12" s="8">
+        <v>3</v>
+      </c>
+      <c r="AX12" s="7">
+        <v>4</v>
+      </c>
+      <c r="AY12" s="8">
+        <v>2</v>
+      </c>
+      <c r="AZ12" s="7">
+        <v>2</v>
+      </c>
+      <c r="BA12" s="8">
+        <v>1</v>
+      </c>
+      <c r="BB12" s="7">
+        <v>7</v>
+      </c>
+      <c r="BC12" s="8">
+        <v>3</v>
+      </c>
+      <c r="BD12" s="7">
+        <v>7</v>
+      </c>
+      <c r="BE12" s="8">
+        <v>0</v>
+      </c>
+      <c r="BF12" s="7">
+        <v>8</v>
+      </c>
+      <c r="BG12" s="8">
+        <v>2</v>
+      </c>
+      <c r="BH12" s="7">
+        <v>6</v>
+      </c>
+      <c r="BI12" s="8">
+        <v>1</v>
+      </c>
+      <c r="BJ12" s="7">
+        <v>2</v>
+      </c>
+      <c r="BK12" s="8">
+        <v>1</v>
+      </c>
+      <c r="BL12" s="7">
+        <v>10</v>
+      </c>
+      <c r="BM12" s="8">
+        <v>2</v>
+      </c>
+      <c r="BN12" s="7">
+        <v>4</v>
+      </c>
+      <c r="BO12" s="8">
+        <v>1</v>
+      </c>
+      <c r="BP12" s="7">
+        <v>3</v>
+      </c>
+      <c r="BQ12" s="8">
+        <v>1</v>
+      </c>
+      <c r="BR12" s="7">
+        <v>8</v>
+      </c>
+      <c r="BS12" s="8">
+        <v>3</v>
+      </c>
+      <c r="BT12" s="7">
+        <v>9</v>
+      </c>
+      <c r="BU12" s="8">
+        <v>4</v>
+      </c>
+      <c r="BV12" s="7">
+        <v>5</v>
+      </c>
+      <c r="BW12" s="8">
+        <v>1</v>
+      </c>
+      <c r="BX12" s="7">
+        <v>5</v>
+      </c>
+      <c r="BY12" s="8">
+        <v>2</v>
+      </c>
+      <c r="BZ12" s="7">
+        <v>7</v>
+      </c>
+      <c r="CA12" s="8">
+        <v>2</v>
+      </c>
+      <c r="CB12" s="7">
+        <v>11</v>
+      </c>
+      <c r="CC12" s="8">
+        <v>5</v>
+      </c>
+      <c r="CD12" s="7">
+        <v>6</v>
+      </c>
+      <c r="CE12" s="8">
+        <v>1</v>
+      </c>
+      <c r="CF12" s="7">
+        <v>1</v>
+      </c>
+      <c r="CG12" s="8">
+        <v>0</v>
+      </c>
+      <c r="CH12" s="7">
+        <v>1</v>
+      </c>
+      <c r="CI12" s="8">
+        <v>0</v>
+      </c>
+      <c r="CJ12" s="7">
+        <v>1</v>
+      </c>
+      <c r="CK12" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:89">
+      <c r="A13" s="19" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" s="7">
+        <v>52</v>
+      </c>
+      <c r="C13" s="8">
+        <v>32</v>
+      </c>
+      <c r="D13" s="7">
+        <v>55</v>
+      </c>
+      <c r="E13" s="8">
+        <v>37</v>
+      </c>
+      <c r="F13" s="7">
+        <v>68</v>
+      </c>
+      <c r="G13" s="8">
+        <v>44</v>
+      </c>
+      <c r="H13" s="7">
+        <v>87</v>
+      </c>
+      <c r="I13" s="8">
+        <v>54</v>
+      </c>
+      <c r="J13" s="7">
+        <v>56</v>
+      </c>
+      <c r="K13" s="8">
+        <v>28</v>
+      </c>
+      <c r="L13" s="7">
+        <v>57</v>
+      </c>
+      <c r="M13" s="8">
+        <v>30</v>
+      </c>
+      <c r="N13" s="7">
+        <v>70</v>
+      </c>
+      <c r="O13" s="8">
+        <v>44</v>
+      </c>
+      <c r="P13" s="7">
+        <v>64</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>38</v>
+      </c>
+      <c r="R13" s="7">
+        <v>90</v>
+      </c>
+      <c r="S13" s="8">
+        <v>49</v>
+      </c>
+      <c r="T13" s="7">
+        <v>104</v>
+      </c>
+      <c r="U13" s="8">
+        <v>54</v>
+      </c>
+      <c r="V13" s="7">
+        <v>68</v>
+      </c>
+      <c r="W13" s="8">
+        <v>51</v>
+      </c>
+      <c r="X13" s="7">
+        <v>90</v>
+      </c>
+      <c r="Y13" s="8">
+        <v>50</v>
+      </c>
+      <c r="Z13" s="7">
+        <v>50</v>
+      </c>
+      <c r="AA13" s="8">
+        <v>27</v>
+      </c>
+      <c r="AB13" s="7">
+        <v>75</v>
+      </c>
+      <c r="AC13" s="8">
+        <v>25</v>
+      </c>
+      <c r="AD13" s="7">
+        <v>38</v>
+      </c>
+      <c r="AE13" s="8">
+        <v>20</v>
+      </c>
+      <c r="AF13" s="7">
+        <v>40</v>
+      </c>
+      <c r="AG13" s="8">
+        <v>24</v>
+      </c>
+      <c r="AH13" s="7">
+        <v>110</v>
+      </c>
+      <c r="AI13" s="8">
+        <v>55</v>
+      </c>
+      <c r="AJ13" s="7">
+        <v>45</v>
+      </c>
+      <c r="AK13" s="8">
+        <v>23</v>
+      </c>
+      <c r="AL13" s="7">
+        <v>39</v>
+      </c>
+      <c r="AM13" s="8">
+        <v>28</v>
+      </c>
+      <c r="AN13" s="7">
+        <v>44</v>
+      </c>
+      <c r="AO13" s="8">
+        <v>27</v>
+      </c>
+      <c r="AP13" s="7">
+        <v>47</v>
+      </c>
+      <c r="AQ13" s="8">
+        <v>26</v>
+      </c>
+      <c r="AR13" s="7">
+        <v>42</v>
+      </c>
+      <c r="AS13" s="8">
+        <v>26</v>
+      </c>
+      <c r="AT13" s="7">
+        <v>36</v>
+      </c>
+      <c r="AU13" s="8">
+        <v>23</v>
+      </c>
+      <c r="AV13" s="7">
+        <v>55</v>
+      </c>
+      <c r="AW13" s="8">
+        <v>34</v>
+      </c>
+      <c r="AX13" s="7">
+        <v>35</v>
+      </c>
+      <c r="AY13" s="8">
+        <v>16</v>
+      </c>
+      <c r="AZ13" s="7">
+        <v>39</v>
+      </c>
+      <c r="BA13" s="8">
+        <v>28</v>
+      </c>
+      <c r="BB13" s="7">
+        <v>49</v>
+      </c>
+      <c r="BC13" s="8">
+        <v>39</v>
+      </c>
+      <c r="BD13" s="7">
+        <v>57</v>
+      </c>
+      <c r="BE13" s="8">
+        <v>25</v>
+      </c>
+      <c r="BF13" s="7">
+        <v>39</v>
+      </c>
+      <c r="BG13" s="8">
+        <v>25</v>
+      </c>
+      <c r="BH13" s="7">
+        <v>47</v>
+      </c>
+      <c r="BI13" s="8">
+        <v>30</v>
+      </c>
+      <c r="BJ13" s="7">
+        <v>34</v>
+      </c>
+      <c r="BK13" s="8">
+        <v>18</v>
+      </c>
+      <c r="BL13" s="7">
+        <v>44</v>
+      </c>
+      <c r="BM13" s="8">
+        <v>33</v>
+      </c>
+      <c r="BN13" s="7">
+        <v>34</v>
+      </c>
+      <c r="BO13" s="8">
+        <v>26</v>
+      </c>
+      <c r="BP13" s="7">
+        <v>35</v>
+      </c>
+      <c r="BQ13" s="8">
+        <v>17</v>
+      </c>
+      <c r="BR13" s="7">
+        <v>34</v>
+      </c>
+      <c r="BS13" s="8">
+        <v>18</v>
+      </c>
+      <c r="BT13" s="7">
+        <v>33</v>
+      </c>
+      <c r="BU13" s="8">
+        <v>17</v>
+      </c>
+      <c r="BV13" s="7">
+        <v>21</v>
+      </c>
+      <c r="BW13" s="8">
+        <v>6</v>
+      </c>
+      <c r="BX13" s="7">
+        <v>12</v>
+      </c>
+      <c r="BY13" s="8">
+        <v>7</v>
+      </c>
+      <c r="BZ13" s="7">
+        <v>18</v>
+      </c>
+      <c r="CA13" s="8">
+        <v>9</v>
+      </c>
+      <c r="CB13" s="7">
+        <v>9</v>
+      </c>
+      <c r="CC13" s="8">
+        <v>4</v>
+      </c>
+      <c r="CD13" s="7">
+        <v>16</v>
+      </c>
+      <c r="CE13" s="8">
+        <v>6</v>
+      </c>
+      <c r="CF13" s="7">
+        <v>6</v>
+      </c>
+      <c r="CG13" s="8">
+        <v>4</v>
+      </c>
+      <c r="CH13" s="7">
+        <v>6</v>
+      </c>
+      <c r="CI13" s="8">
+        <v>1</v>
+      </c>
+      <c r="CJ13" s="7">
+        <v>3</v>
+      </c>
+      <c r="CK13" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:89">
+      <c r="A14" s="19" t="s">
+        <v>88</v>
+      </c>
+      <c r="B14" s="7">
+        <v>9</v>
+      </c>
+      <c r="C14" s="9">
+        <v>0</v>
+      </c>
+      <c r="D14" s="7">
+        <v>12</v>
+      </c>
+      <c r="E14" s="9">
+        <v>1</v>
+      </c>
+      <c r="F14" s="7">
+        <v>11</v>
+      </c>
+      <c r="G14" s="9">
+        <v>0</v>
+      </c>
+      <c r="H14" s="7">
+        <v>25</v>
+      </c>
+      <c r="I14" s="9">
+        <v>4</v>
+      </c>
+      <c r="J14" s="7">
+        <v>10</v>
+      </c>
+      <c r="K14" s="9">
+        <v>2</v>
+      </c>
+      <c r="L14" s="7">
+        <v>15</v>
+      </c>
+      <c r="M14" s="9">
+        <v>2</v>
+      </c>
+      <c r="N14" s="7">
+        <v>10</v>
+      </c>
+      <c r="O14" s="9">
+        <v>1</v>
+      </c>
+      <c r="P14" s="7">
+        <v>16</v>
+      </c>
+      <c r="Q14" s="9">
+        <v>1</v>
+      </c>
+      <c r="R14" s="7">
+        <v>19</v>
+      </c>
+      <c r="S14" s="9">
+        <v>1</v>
+      </c>
+      <c r="T14" s="7">
+        <v>14</v>
+      </c>
+      <c r="U14" s="9">
+        <v>0</v>
+      </c>
+      <c r="V14" s="7">
+        <v>16</v>
+      </c>
+      <c r="W14" s="9">
+        <v>4</v>
+      </c>
+      <c r="X14" s="7">
+        <v>12</v>
+      </c>
+      <c r="Y14" s="9">
+        <v>1</v>
+      </c>
+      <c r="Z14" s="7">
+        <v>9</v>
+      </c>
+      <c r="AA14" s="9">
+        <v>0</v>
+      </c>
+      <c r="AB14" s="7">
+        <v>10</v>
+      </c>
+      <c r="AC14" s="9">
+        <v>0</v>
+      </c>
+      <c r="AD14" s="7">
+        <v>9</v>
+      </c>
+      <c r="AE14" s="9">
+        <v>3</v>
+      </c>
+      <c r="AF14" s="7">
+        <v>6</v>
+      </c>
+      <c r="AG14" s="9">
+        <v>0</v>
+      </c>
+      <c r="AH14" s="7">
+        <v>10</v>
+      </c>
+      <c r="AI14" s="9">
+        <v>2</v>
+      </c>
+      <c r="AJ14" s="7">
+        <v>12</v>
+      </c>
+      <c r="AK14" s="9">
+        <v>3</v>
+      </c>
+      <c r="AL14" s="7">
+        <v>8</v>
+      </c>
+      <c r="AM14" s="9">
+        <v>0</v>
+      </c>
+      <c r="AN14" s="7">
+        <v>9</v>
+      </c>
+      <c r="AO14" s="9">
+        <v>1</v>
+      </c>
+      <c r="AP14" s="7">
+        <v>9</v>
+      </c>
+      <c r="AQ14" s="9">
+        <v>1</v>
+      </c>
+      <c r="AR14" s="7">
+        <v>10</v>
+      </c>
+      <c r="AS14" s="9">
+        <v>2</v>
+      </c>
+      <c r="AT14" s="7">
+        <v>7</v>
+      </c>
+      <c r="AU14" s="9">
+        <v>0</v>
+      </c>
+      <c r="AV14" s="7">
+        <v>9</v>
+      </c>
+      <c r="AW14" s="9">
+        <v>0</v>
+      </c>
+      <c r="AX14" s="7">
+        <v>7</v>
+      </c>
+      <c r="AY14" s="9">
+        <v>1</v>
+      </c>
+      <c r="AZ14" s="7">
+        <v>3</v>
+      </c>
+      <c r="BA14" s="9">
+        <v>0</v>
+      </c>
+      <c r="BB14" s="7">
+        <v>8</v>
+      </c>
+      <c r="BC14" s="9">
+        <v>2</v>
+      </c>
+      <c r="BD14" s="7">
+        <v>15</v>
+      </c>
+      <c r="BE14" s="9">
+        <v>0</v>
+      </c>
+      <c r="BF14" s="7">
+        <v>4</v>
+      </c>
+      <c r="BG14" s="9">
+        <v>0</v>
+      </c>
+      <c r="BH14" s="7">
+        <v>5</v>
+      </c>
+      <c r="BI14" s="9">
+        <v>1</v>
+      </c>
+      <c r="BJ14" s="7">
+        <v>5</v>
+      </c>
+      <c r="BK14" s="9">
+        <v>1</v>
+      </c>
+      <c r="BL14" s="7">
+        <v>9</v>
+      </c>
+      <c r="BM14" s="9">
+        <v>1</v>
+      </c>
+      <c r="BN14" s="7">
+        <v>9</v>
+      </c>
+      <c r="BO14" s="9">
+        <v>1</v>
+      </c>
+      <c r="BP14" s="7">
+        <v>16</v>
+      </c>
+      <c r="BQ14" s="9">
+        <v>2</v>
+      </c>
+      <c r="BR14" s="7">
+        <v>17</v>
+      </c>
+      <c r="BS14" s="9">
+        <v>1</v>
+      </c>
+      <c r="BT14" s="7">
+        <v>16</v>
+      </c>
+      <c r="BU14" s="9">
+        <v>2</v>
+      </c>
+      <c r="BV14" s="7">
+        <v>4</v>
+      </c>
+      <c r="BW14" s="9">
+        <v>2</v>
+      </c>
+      <c r="BX14" s="7">
+        <v>10</v>
+      </c>
+      <c r="BY14" s="9">
+        <v>0</v>
+      </c>
+      <c r="BZ14" s="7">
+        <v>5</v>
+      </c>
+      <c r="CA14" s="9">
+        <v>0</v>
+      </c>
+      <c r="CB14" s="7">
+        <v>10</v>
+      </c>
+      <c r="CC14" s="9">
+        <v>1</v>
+      </c>
+      <c r="CD14" s="7">
+        <v>6</v>
+      </c>
+      <c r="CE14" s="9">
+        <v>2</v>
+      </c>
+      <c r="CF14" s="7">
+        <v>2</v>
+      </c>
+      <c r="CG14" s="9">
+        <v>0</v>
+      </c>
+      <c r="CH14" s="7">
+        <v>3</v>
+      </c>
+      <c r="CI14" s="9">
+        <v>0</v>
+      </c>
+      <c r="CJ14" s="7">
+        <v>3</v>
+      </c>
+      <c r="CK14" s="9">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:89">
+      <c r="A15" s="19" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" s="7">
+        <v>18</v>
+      </c>
+      <c r="C15" s="8">
+        <v>7</v>
+      </c>
+      <c r="D15" s="7">
+        <v>27</v>
+      </c>
+      <c r="E15" s="8">
+        <v>2</v>
+      </c>
+      <c r="F15" s="7">
+        <v>26</v>
+      </c>
+      <c r="G15" s="8">
+        <v>3</v>
+      </c>
+      <c r="H15" s="7">
+        <v>18</v>
+      </c>
+      <c r="I15" s="8">
+        <v>3</v>
+      </c>
+      <c r="J15" s="7">
+        <v>11</v>
+      </c>
+      <c r="K15" s="8">
+        <v>2</v>
+      </c>
+      <c r="L15" s="7">
+        <v>11</v>
+      </c>
+      <c r="M15" s="8">
+        <v>0</v>
+      </c>
+      <c r="N15" s="7">
+        <v>14</v>
+      </c>
+      <c r="O15" s="8">
+        <v>5</v>
+      </c>
+      <c r="P15" s="7">
+        <v>12</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>2</v>
+      </c>
+      <c r="R15" s="7">
+        <v>9</v>
+      </c>
+      <c r="S15" s="8">
+        <v>0</v>
+      </c>
+      <c r="T15" s="7">
+        <v>9</v>
+      </c>
+      <c r="U15" s="8">
+        <v>1</v>
+      </c>
+      <c r="V15" s="7">
+        <v>9</v>
+      </c>
+      <c r="W15" s="8">
+        <v>2</v>
+      </c>
+      <c r="X15" s="7">
+        <v>16</v>
+      </c>
+      <c r="Y15" s="8">
+        <v>2</v>
+      </c>
+      <c r="Z15" s="7">
+        <v>14</v>
+      </c>
+      <c r="AA15" s="8">
+        <v>2</v>
+      </c>
+      <c r="AB15" s="7">
+        <v>10</v>
+      </c>
+      <c r="AC15" s="8">
+        <v>3</v>
+      </c>
+      <c r="AD15" s="7">
+        <v>8</v>
+      </c>
+      <c r="AE15" s="8">
+        <v>3</v>
+      </c>
+      <c r="AF15" s="7">
+        <v>16</v>
+      </c>
+      <c r="AG15" s="8">
+        <v>4</v>
+      </c>
+      <c r="AH15" s="7">
+        <v>8</v>
+      </c>
+      <c r="AI15" s="8">
+        <v>4</v>
+      </c>
+      <c r="AJ15" s="7">
+        <v>19</v>
+      </c>
+      <c r="AK15" s="8">
+        <v>9</v>
+      </c>
+      <c r="AL15" s="7">
+        <v>6</v>
+      </c>
+      <c r="AM15" s="8">
+        <v>2</v>
+      </c>
+      <c r="AN15" s="7">
+        <v>8</v>
+      </c>
+      <c r="AO15" s="8">
+        <v>2</v>
+      </c>
+      <c r="AP15" s="7">
+        <v>9</v>
+      </c>
+      <c r="AQ15" s="8">
+        <v>5</v>
+      </c>
+      <c r="AR15" s="7">
+        <v>10</v>
+      </c>
+      <c r="AS15" s="8">
+        <v>0</v>
+      </c>
+      <c r="AT15" s="7">
+        <v>11</v>
+      </c>
+      <c r="AU15" s="8">
+        <v>0</v>
+      </c>
+      <c r="AV15" s="7">
+        <v>10</v>
+      </c>
+      <c r="AW15" s="8">
+        <v>0</v>
+      </c>
+      <c r="AX15" s="7">
+        <v>3</v>
+      </c>
+      <c r="AY15" s="8">
+        <v>0</v>
+      </c>
+      <c r="AZ15" s="7">
+        <v>6</v>
+      </c>
+      <c r="BA15" s="8">
+        <v>0</v>
+      </c>
+      <c r="BB15" s="7">
+        <v>8</v>
+      </c>
+      <c r="BC15" s="8">
+        <v>5</v>
+      </c>
+      <c r="BD15" s="7">
+        <v>7</v>
+      </c>
+      <c r="BE15" s="8">
+        <v>3</v>
+      </c>
+      <c r="BF15" s="7">
+        <v>6</v>
+      </c>
+      <c r="BG15" s="8">
+        <v>3</v>
+      </c>
+      <c r="BH15" s="7">
+        <v>8</v>
+      </c>
+      <c r="BI15" s="8">
+        <v>3</v>
+      </c>
+      <c r="BJ15" s="7">
+        <v>7</v>
+      </c>
+      <c r="BK15" s="8">
+        <v>5</v>
+      </c>
+      <c r="BL15" s="7">
+        <v>17</v>
+      </c>
+      <c r="BM15" s="8">
+        <v>6</v>
+      </c>
+      <c r="BN15" s="7">
+        <v>6</v>
+      </c>
+      <c r="BO15" s="8">
+        <v>3</v>
+      </c>
+      <c r="BP15" s="7">
+        <v>5</v>
+      </c>
+      <c r="BQ15" s="8">
+        <v>3</v>
+      </c>
+      <c r="BR15" s="7">
+        <v>12</v>
+      </c>
+      <c r="BS15" s="8">
+        <v>5</v>
+      </c>
+      <c r="BT15" s="7">
+        <v>12</v>
+      </c>
+      <c r="BU15" s="8">
+        <v>3</v>
+      </c>
+      <c r="BV15" s="7">
+        <v>7</v>
+      </c>
+      <c r="BW15" s="8">
+        <v>2</v>
+      </c>
+      <c r="BX15" s="7">
+        <v>4</v>
+      </c>
+      <c r="BY15" s="8">
+        <v>1</v>
+      </c>
+      <c r="BZ15" s="7">
+        <v>3</v>
+      </c>
+      <c r="CA15" s="8">
+        <v>1</v>
+      </c>
+      <c r="CB15" s="7">
+        <v>5</v>
+      </c>
+      <c r="CC15" s="8">
+        <v>2</v>
+      </c>
+      <c r="CD15" s="7">
+        <v>6</v>
+      </c>
+      <c r="CE15" s="8">
+        <v>0</v>
+      </c>
+      <c r="CF15" s="7">
+        <v>1</v>
+      </c>
+      <c r="CG15" s="8">
+        <v>0</v>
+      </c>
+      <c r="CH15" s="7">
+        <v>0</v>
+      </c>
+      <c r="CI15" s="8">
+        <v>0</v>
+      </c>
+      <c r="CJ15" s="7">
+        <v>1</v>
+      </c>
+      <c r="CK15" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:89">
+      <c r="A16" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="B16" s="7">
+        <v>1</v>
+      </c>
+      <c r="C16" s="8">
+        <v>0</v>
+      </c>
+      <c r="D16" s="7">
+        <v>0</v>
+      </c>
+      <c r="E16" s="8">
+        <v>0</v>
+      </c>
+      <c r="F16" s="7">
+        <v>0</v>
+      </c>
+      <c r="G16" s="8">
+        <v>0</v>
+      </c>
+      <c r="H16" s="7">
+        <v>2</v>
+      </c>
+      <c r="I16" s="8">
+        <v>0</v>
+      </c>
+      <c r="J16" s="7">
+        <v>0</v>
+      </c>
+      <c r="K16" s="8">
+        <v>0</v>
+      </c>
+      <c r="L16" s="7">
+        <v>2</v>
+      </c>
+      <c r="M16" s="8">
+        <v>0</v>
+      </c>
+      <c r="N16" s="7">
+        <v>2</v>
+      </c>
+      <c r="O16" s="8">
+        <v>1</v>
+      </c>
+      <c r="P16" s="7">
+        <v>3</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>0</v>
+      </c>
+      <c r="R16" s="7">
+        <v>3</v>
+      </c>
+      <c r="S16" s="8">
+        <v>1</v>
+      </c>
+      <c r="T16" s="7">
+        <v>0</v>
+      </c>
+      <c r="U16" s="8">
+        <v>0</v>
+      </c>
+      <c r="V16" s="7">
+        <v>3</v>
+      </c>
+      <c r="W16" s="8">
+        <v>0</v>
+      </c>
+      <c r="X16" s="7">
+        <v>0</v>
+      </c>
+      <c r="Y16" s="8">
+        <v>0</v>
+      </c>
+      <c r="Z16" s="7">
+        <v>1</v>
+      </c>
+      <c r="AA16" s="8">
+        <v>0</v>
+      </c>
+      <c r="AB16" s="7">
+        <v>2</v>
+      </c>
+      <c r="AC16" s="8">
+        <v>0</v>
+      </c>
+      <c r="AD16" s="7">
+        <v>1</v>
+      </c>
+      <c r="AE16" s="8">
+        <v>0</v>
+      </c>
+      <c r="AF16" s="7">
+        <v>2</v>
+      </c>
+      <c r="AG16" s="8">
+        <v>0</v>
+      </c>
+      <c r="AH16" s="7">
+        <v>1</v>
+      </c>
+      <c r="AI16" s="8">
+        <v>0</v>
+      </c>
+      <c r="AJ16" s="7">
+        <v>1</v>
+      </c>
+      <c r="AK16" s="8">
+        <v>1</v>
+      </c>
+      <c r="AL16" s="7">
+        <v>0</v>
+      </c>
+      <c r="AM16" s="8">
+        <v>0</v>
+      </c>
+      <c r="AN16" s="7">
+        <v>0</v>
+      </c>
+      <c r="AO16" s="8">
+        <v>0</v>
+      </c>
+      <c r="AP16" s="7">
+        <v>1</v>
+      </c>
+      <c r="AQ16" s="8">
+        <v>0</v>
+      </c>
+      <c r="AR16" s="7">
+        <v>1</v>
+      </c>
+      <c r="AS16" s="8">
+        <v>0</v>
+      </c>
+      <c r="AT16" s="7">
+        <v>3</v>
+      </c>
+      <c r="AU16" s="8">
+        <v>0</v>
+      </c>
+      <c r="AV16" s="7">
+        <v>5</v>
+      </c>
+      <c r="AW16" s="8">
+        <v>0</v>
+      </c>
+      <c r="AX16" s="7">
+        <v>0</v>
+      </c>
+      <c r="AY16" s="8">
+        <v>0</v>
+      </c>
+      <c r="AZ16" s="7">
+        <v>4</v>
+      </c>
+      <c r="BA16" s="8">
+        <v>0</v>
+      </c>
+      <c r="BB16" s="7">
+        <v>0</v>
+      </c>
+      <c r="BC16" s="8">
+        <v>0</v>
+      </c>
+      <c r="BD16" s="7">
+        <v>3</v>
+      </c>
+      <c r="BE16" s="8">
+        <v>0</v>
+      </c>
+      <c r="BF16" s="7">
+        <v>3</v>
+      </c>
+      <c r="BG16" s="8">
+        <v>0</v>
+      </c>
+      <c r="BH16" s="7">
+        <v>3</v>
+      </c>
+      <c r="BI16" s="8">
+        <v>1</v>
+      </c>
+      <c r="BJ16" s="7">
+        <v>0</v>
+      </c>
+      <c r="BK16" s="8">
+        <v>0</v>
+      </c>
+      <c r="BL16" s="7">
+        <v>0</v>
+      </c>
+      <c r="BM16" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN16" s="7">
+        <v>1</v>
+      </c>
+      <c r="BO16" s="8">
+        <v>1</v>
+      </c>
+      <c r="BP16" s="7">
+        <v>1</v>
+      </c>
+      <c r="BQ16" s="8">
+        <v>0</v>
+      </c>
+      <c r="BR16" s="7">
+        <v>0</v>
+      </c>
+      <c r="BS16" s="8">
+        <v>0</v>
+      </c>
+      <c r="BT16" s="7">
+        <v>1</v>
+      </c>
+      <c r="BU16" s="8">
+        <v>0</v>
+      </c>
+      <c r="BV16" s="7">
+        <v>2</v>
+      </c>
+      <c r="BW16" s="8">
+        <v>0</v>
+      </c>
+      <c r="BX16" s="7">
+        <v>0</v>
+      </c>
+      <c r="BY16" s="8">
+        <v>0</v>
+      </c>
+      <c r="BZ16" s="7">
+        <v>1</v>
+      </c>
+      <c r="CA16" s="8">
+        <v>1</v>
+      </c>
+      <c r="CB16" s="7">
+        <v>1</v>
+      </c>
+      <c r="CC16" s="8">
+        <v>0</v>
+      </c>
+      <c r="CD16" s="7">
+        <v>1</v>
+      </c>
+      <c r="CE16" s="8">
+        <v>0</v>
+      </c>
+      <c r="CF16" s="7">
+        <v>0</v>
+      </c>
+      <c r="CG16" s="8">
+        <v>0</v>
+      </c>
+      <c r="CH16" s="7">
+        <v>0</v>
+      </c>
+      <c r="CI16" s="8">
+        <v>0</v>
+      </c>
+      <c r="CJ16" s="7">
+        <v>1</v>
+      </c>
+      <c r="CK16" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:177">
+      <c r="A17" s="19" t="s">
+        <v>91</v>
+      </c>
+      <c r="B17" s="7">
+        <v>1</v>
+      </c>
+      <c r="C17" s="9">
+        <v>0</v>
+      </c>
+      <c r="D17" s="7">
+        <v>2</v>
+      </c>
+      <c r="E17" s="9">
+        <v>0</v>
+      </c>
+      <c r="F17" s="7">
+        <v>3</v>
+      </c>
+      <c r="G17" s="9">
+        <v>0</v>
+      </c>
+      <c r="H17" s="7">
+        <v>1</v>
+      </c>
+      <c r="I17" s="9">
+        <v>0</v>
+      </c>
+      <c r="J17" s="7">
+        <v>2</v>
+      </c>
+      <c r="K17" s="9">
+        <v>1</v>
+      </c>
+      <c r="L17" s="7">
+        <v>1</v>
+      </c>
+      <c r="M17" s="9">
+        <v>0</v>
+      </c>
+      <c r="N17" s="7">
+        <v>1</v>
+      </c>
+      <c r="O17" s="9">
+        <v>0</v>
+      </c>
+      <c r="P17" s="7">
+        <v>5</v>
+      </c>
+      <c r="Q17" s="9">
+        <v>0</v>
+      </c>
+      <c r="R17" s="7">
+        <v>3</v>
+      </c>
+      <c r="S17" s="9">
+        <v>0</v>
+      </c>
+      <c r="T17" s="7">
+        <v>4</v>
+      </c>
+      <c r="U17" s="9">
+        <v>0</v>
+      </c>
+      <c r="V17" s="7">
+        <v>2</v>
+      </c>
+      <c r="W17" s="9">
+        <v>0</v>
+      </c>
+      <c r="X17" s="7">
+        <v>9</v>
+      </c>
+      <c r="Y17" s="9">
+        <v>2</v>
+      </c>
+      <c r="Z17" s="7">
+        <v>4</v>
+      </c>
+      <c r="AA17" s="9">
+        <v>1</v>
+      </c>
+      <c r="AB17" s="7">
+        <v>3</v>
+      </c>
+      <c r="AC17" s="9">
+        <v>1</v>
+      </c>
+      <c r="AD17" s="7">
+        <v>4</v>
+      </c>
+      <c r="AE17" s="9">
+        <v>1</v>
+      </c>
+      <c r="AF17" s="7">
+        <v>1</v>
+      </c>
+      <c r="AG17" s="9">
+        <v>1</v>
+      </c>
+      <c r="AH17" s="7">
+        <v>1</v>
+      </c>
+      <c r="AI17" s="9">
+        <v>0</v>
+      </c>
+      <c r="AJ17" s="7">
+        <v>3</v>
+      </c>
+      <c r="AK17" s="9">
+        <v>0</v>
+      </c>
+      <c r="AL17" s="7">
+        <v>1</v>
+      </c>
+      <c r="AM17" s="9">
+        <v>0</v>
+      </c>
+      <c r="AN17" s="7">
+        <v>3</v>
+      </c>
+      <c r="AO17" s="9">
+        <v>0</v>
+      </c>
+      <c r="AP17" s="7">
+        <v>8</v>
+      </c>
+      <c r="AQ17" s="9">
+        <v>1</v>
+      </c>
+      <c r="AR17" s="7">
+        <v>3</v>
+      </c>
+      <c r="AS17" s="9">
+        <v>1</v>
+      </c>
+      <c r="AT17" s="7">
+        <v>2</v>
+      </c>
+      <c r="AU17" s="9">
+        <v>0</v>
+      </c>
+      <c r="AV17" s="7">
+        <v>1</v>
+      </c>
+      <c r="AW17" s="9">
+        <v>0</v>
+      </c>
+      <c r="AX17" s="7">
+        <v>2</v>
+      </c>
+      <c r="AY17" s="9">
+        <v>0</v>
+      </c>
+      <c r="AZ17" s="7">
+        <v>1</v>
+      </c>
+      <c r="BA17" s="9">
+        <v>0</v>
+      </c>
+      <c r="BB17" s="7">
+        <v>3</v>
+      </c>
+      <c r="BC17" s="9">
+        <v>1</v>
+      </c>
+      <c r="BD17" s="7">
+        <v>6</v>
+      </c>
+      <c r="BE17" s="9">
+        <v>2</v>
+      </c>
+      <c r="BF17" s="7">
+        <v>8</v>
+      </c>
+      <c r="BG17" s="9">
+        <v>3</v>
+      </c>
+      <c r="BH17" s="7">
+        <v>2</v>
+      </c>
+      <c r="BI17" s="9">
+        <v>0</v>
+      </c>
+      <c r="BJ17" s="7">
+        <v>5</v>
+      </c>
+      <c r="BK17" s="9">
+        <v>1</v>
+      </c>
+      <c r="BL17" s="7">
+        <v>3</v>
+      </c>
+      <c r="BM17" s="9">
+        <v>0</v>
+      </c>
+      <c r="BN17" s="7">
+        <v>9</v>
+      </c>
+      <c r="BO17" s="9">
+        <v>4</v>
+      </c>
+      <c r="BP17" s="7">
+        <v>3</v>
+      </c>
+      <c r="BQ17" s="9">
+        <v>1</v>
+      </c>
+      <c r="BR17" s="7">
+        <v>6</v>
+      </c>
+      <c r="BS17" s="9">
+        <v>1</v>
+      </c>
+      <c r="BT17" s="7">
+        <v>11</v>
+      </c>
+      <c r="BU17" s="9">
+        <v>0</v>
+      </c>
+      <c r="BV17" s="7">
+        <v>4</v>
+      </c>
+      <c r="BW17" s="9">
+        <v>1</v>
+      </c>
+      <c r="BX17" s="7">
+        <v>3</v>
+      </c>
+      <c r="BY17" s="9">
+        <v>1</v>
+      </c>
+      <c r="BZ17" s="7">
+        <v>3</v>
+      </c>
+      <c r="CA17" s="9">
+        <v>1</v>
+      </c>
+      <c r="CB17" s="7">
+        <v>6</v>
+      </c>
+      <c r="CC17" s="9">
+        <v>1</v>
+      </c>
+      <c r="CD17" s="7">
+        <v>2</v>
+      </c>
+      <c r="CE17" s="9">
+        <v>0</v>
+      </c>
+      <c r="CF17" s="7">
+        <v>1</v>
+      </c>
+      <c r="CG17" s="9">
+        <v>0</v>
+      </c>
+      <c r="CH17" s="7">
+        <v>6</v>
+      </c>
+      <c r="CI17" s="9">
+        <v>0</v>
+      </c>
+      <c r="CJ17" s="7">
+        <v>3</v>
+      </c>
+      <c r="CK17" s="9">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:177">
+      <c r="A18" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="B18" s="7">
+        <v>0</v>
+      </c>
+      <c r="C18" s="9">
+        <v>0</v>
+      </c>
+      <c r="D18" s="7">
+        <v>1</v>
+      </c>
+      <c r="E18" s="9">
+        <v>0</v>
+      </c>
+      <c r="F18" s="7">
+        <v>0</v>
+      </c>
+      <c r="G18" s="9">
+        <v>0</v>
+      </c>
+      <c r="H18" s="7">
+        <v>0</v>
+      </c>
+      <c r="I18" s="9">
+        <v>0</v>
+      </c>
+      <c r="J18" s="7">
+        <v>0</v>
+      </c>
+      <c r="K18" s="9">
+        <v>0</v>
+      </c>
+      <c r="L18" s="7">
+        <v>0</v>
+      </c>
+      <c r="M18" s="9">
+        <v>0</v>
+      </c>
+      <c r="N18" s="7">
+        <v>0</v>
+      </c>
+      <c r="O18" s="9">
+        <v>0</v>
+      </c>
+      <c r="P18" s="7">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="9">
+        <v>0</v>
+      </c>
+      <c r="R18" s="7">
+        <v>1</v>
+      </c>
+      <c r="S18" s="9">
+        <v>0</v>
+      </c>
+      <c r="T18" s="7">
+        <v>0</v>
+      </c>
+      <c r="U18" s="9">
+        <v>0</v>
+      </c>
+      <c r="V18" s="7">
+        <v>0</v>
+      </c>
+      <c r="W18" s="9">
+        <v>0</v>
+      </c>
+      <c r="X18" s="7">
+        <v>0</v>
+      </c>
+      <c r="Y18" s="9">
+        <v>0</v>
+      </c>
+      <c r="Z18" s="7">
+        <v>0</v>
+      </c>
+      <c r="AA18" s="9">
+        <v>0</v>
+      </c>
+      <c r="AB18" s="7">
+        <v>0</v>
+      </c>
+      <c r="AC18" s="9">
+        <v>0</v>
+      </c>
+      <c r="AD18" s="7">
+        <v>0</v>
+      </c>
+      <c r="AE18" s="9">
+        <v>0</v>
+      </c>
+      <c r="AF18" s="7">
+        <v>0</v>
+      </c>
+      <c r="AG18" s="9">
+        <v>0</v>
+      </c>
+      <c r="AH18" s="7">
+        <v>0</v>
+      </c>
+      <c r="AI18" s="9">
+        <v>0</v>
+      </c>
+      <c r="AJ18" s="7">
+        <v>0</v>
+      </c>
+      <c r="AK18" s="9">
+        <v>0</v>
+      </c>
+      <c r="AL18" s="7">
+        <v>1</v>
+      </c>
+      <c r="AM18" s="9">
+        <v>0</v>
+      </c>
+      <c r="AN18" s="7">
+        <v>0</v>
+      </c>
+      <c r="AO18" s="9">
+        <v>0</v>
+      </c>
+      <c r="AP18" s="7">
+        <v>0</v>
+      </c>
+      <c r="AQ18" s="9">
+        <v>0</v>
+      </c>
+      <c r="AR18" s="7">
+        <v>0</v>
+      </c>
+      <c r="AS18" s="9">
+        <v>0</v>
+      </c>
+      <c r="AT18" s="7">
+        <v>0</v>
+      </c>
+      <c r="AU18" s="9">
+        <v>0</v>
+      </c>
+      <c r="AV18" s="7">
+        <v>0</v>
+      </c>
+      <c r="AW18" s="9">
+        <v>0</v>
+      </c>
+      <c r="AX18" s="7">
+        <v>0</v>
+      </c>
+      <c r="AY18" s="9">
+        <v>0</v>
+      </c>
+      <c r="AZ18" s="7">
+        <v>0</v>
+      </c>
+      <c r="BA18" s="9">
+        <v>0</v>
+      </c>
+      <c r="BB18" s="7">
+        <v>0</v>
+      </c>
+      <c r="BC18" s="9">
+        <v>0</v>
+      </c>
+      <c r="BD18" s="7">
+        <v>0</v>
+      </c>
+      <c r="BE18" s="9">
+        <v>0</v>
+      </c>
+      <c r="BF18" s="7">
+        <v>0</v>
+      </c>
+      <c r="BG18" s="9">
+        <v>0</v>
+      </c>
+      <c r="BH18" s="7">
+        <v>0</v>
+      </c>
+      <c r="BI18" s="9">
+        <v>0</v>
+      </c>
+      <c r="BJ18" s="7">
+        <v>0</v>
+      </c>
+      <c r="BK18" s="9">
+        <v>0</v>
+      </c>
+      <c r="BL18" s="7">
+        <v>0</v>
+      </c>
+      <c r="BM18" s="9">
+        <v>0</v>
+      </c>
+      <c r="BN18" s="7">
+        <v>0</v>
+      </c>
+      <c r="BO18" s="9">
+        <v>0</v>
+      </c>
+      <c r="BP18" s="7">
+        <v>0</v>
+      </c>
+      <c r="BQ18" s="9">
+        <v>0</v>
+      </c>
+      <c r="BR18" s="7">
+        <v>0</v>
+      </c>
+      <c r="BS18" s="9">
+        <v>0</v>
+      </c>
+      <c r="BT18" s="7">
+        <v>0</v>
+      </c>
+      <c r="BU18" s="9">
+        <v>0</v>
+      </c>
+      <c r="BV18" s="7">
+        <v>0</v>
+      </c>
+      <c r="BW18" s="9">
+        <v>0</v>
+      </c>
+      <c r="BX18" s="7">
+        <v>0</v>
+      </c>
+      <c r="BY18" s="9">
+        <v>0</v>
+      </c>
+      <c r="BZ18" s="7">
+        <v>1</v>
+      </c>
+      <c r="CA18" s="9">
+        <v>0</v>
+      </c>
+      <c r="CB18" s="7">
+        <v>0</v>
+      </c>
+      <c r="CC18" s="9">
+        <v>0</v>
+      </c>
+      <c r="CD18" s="7">
+        <v>0</v>
+      </c>
+      <c r="CE18" s="9">
+        <v>0</v>
+      </c>
+      <c r="CF18" s="7">
+        <v>0</v>
+      </c>
+      <c r="CG18" s="9">
+        <v>0</v>
+      </c>
+      <c r="CH18" s="7">
+        <v>0</v>
+      </c>
+      <c r="CI18" s="9">
+        <v>0</v>
+      </c>
+      <c r="CJ18" s="7">
+        <v>0</v>
+      </c>
+      <c r="CK18" s="9">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:177">
+      <c r="A19" s="19" t="s">
+        <v>93</v>
+      </c>
+      <c r="B19" s="7">
+        <v>0</v>
+      </c>
+      <c r="C19" s="9">
+        <v>0</v>
+      </c>
+      <c r="D19" s="7">
+        <v>0</v>
+      </c>
+      <c r="E19" s="9">
+        <v>0</v>
+      </c>
+      <c r="F19" s="7">
+        <v>0</v>
+      </c>
+      <c r="G19" s="9">
+        <v>0</v>
+      </c>
+      <c r="H19" s="7">
+        <v>0</v>
+      </c>
+      <c r="I19" s="9">
+        <v>0</v>
+      </c>
+      <c r="J19" s="7">
+        <v>0</v>
+      </c>
+      <c r="K19" s="9">
+        <v>0</v>
+      </c>
+      <c r="L19" s="7">
+        <v>0</v>
+      </c>
+      <c r="M19" s="9">
+        <v>0</v>
+      </c>
+      <c r="N19" s="7">
+        <v>0</v>
+      </c>
+      <c r="O19" s="9">
+        <v>0</v>
+      </c>
+      <c r="P19" s="7">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="9">
+        <v>0</v>
+      </c>
+      <c r="R19" s="7">
+        <v>0</v>
+      </c>
+      <c r="S19" s="9">
+        <v>0</v>
+      </c>
+      <c r="T19" s="7">
+        <v>0</v>
+      </c>
+      <c r="U19" s="9">
+        <v>0</v>
+      </c>
+      <c r="V19" s="7">
+        <v>0</v>
+      </c>
+      <c r="W19" s="9">
+        <v>0</v>
+      </c>
+      <c r="X19" s="7">
+        <v>0</v>
+      </c>
+      <c r="Y19" s="9">
+        <v>0</v>
+      </c>
+      <c r="Z19" s="7">
+        <v>0</v>
+      </c>
+      <c r="AA19" s="9">
+        <v>0</v>
+      </c>
+      <c r="AB19" s="7">
+        <v>0</v>
+      </c>
+      <c r="AC19" s="9">
+        <v>0</v>
+      </c>
+      <c r="AD19" s="7">
+        <v>0</v>
+      </c>
+      <c r="AE19" s="9">
+        <v>0</v>
+      </c>
+      <c r="AF19" s="7">
+        <v>0</v>
+      </c>
+      <c r="AG19" s="9">
+        <v>0</v>
+      </c>
+      <c r="AH19" s="7">
+        <v>0</v>
+      </c>
+      <c r="AI19" s="9">
+        <v>0</v>
+      </c>
+      <c r="AJ19" s="7">
+        <v>0</v>
+      </c>
+      <c r="AK19" s="9">
+        <v>0</v>
+      </c>
+      <c r="AL19" s="7">
+        <v>1</v>
+      </c>
+      <c r="AM19" s="9">
+        <v>1</v>
+      </c>
+      <c r="AN19" s="7">
+        <v>0</v>
+      </c>
+      <c r="AO19" s="9">
+        <v>0</v>
+      </c>
+      <c r="AP19" s="7">
+        <v>0</v>
+      </c>
+      <c r="AQ19" s="9">
+        <v>0</v>
+      </c>
+      <c r="AR19" s="7">
+        <v>1</v>
+      </c>
+      <c r="AS19" s="9">
+        <v>0</v>
+      </c>
+      <c r="AT19" s="7">
+        <v>0</v>
+      </c>
+      <c r="AU19" s="9">
+        <v>0</v>
+      </c>
+      <c r="AV19" s="7">
+        <v>0</v>
+      </c>
+      <c r="AW19" s="9">
+        <v>0</v>
+      </c>
+      <c r="AX19" s="7">
+        <v>0</v>
+      </c>
+      <c r="AY19" s="9">
+        <v>0</v>
+      </c>
+      <c r="AZ19" s="7">
+        <v>0</v>
+      </c>
+      <c r="BA19" s="9">
+        <v>0</v>
+      </c>
+      <c r="BB19" s="7">
+        <v>0</v>
+      </c>
+      <c r="BC19" s="9">
+        <v>0</v>
+      </c>
+      <c r="BD19" s="7">
+        <v>0</v>
+      </c>
+      <c r="BE19" s="9">
+        <v>0</v>
+      </c>
+      <c r="BF19" s="7">
+        <v>0</v>
+      </c>
+      <c r="BG19" s="9">
+        <v>0</v>
+      </c>
+      <c r="BH19" s="7">
+        <v>0</v>
+      </c>
+      <c r="BI19" s="9">
+        <v>0</v>
+      </c>
+      <c r="BJ19" s="7">
+        <v>0</v>
+      </c>
+      <c r="BK19" s="9">
+        <v>0</v>
+      </c>
+      <c r="BL19" s="7">
+        <v>0</v>
+      </c>
+      <c r="BM19" s="9">
+        <v>0</v>
+      </c>
+      <c r="BN19" s="7">
+        <v>0</v>
+      </c>
+      <c r="BO19" s="9">
+        <v>0</v>
+      </c>
+      <c r="BP19" s="7">
+        <v>0</v>
+      </c>
+      <c r="BQ19" s="9">
+        <v>0</v>
+      </c>
+      <c r="BR19" s="7">
+        <v>0</v>
+      </c>
+      <c r="BS19" s="9">
+        <v>0</v>
+      </c>
+      <c r="BT19" s="7">
+        <v>0</v>
+      </c>
+      <c r="BU19" s="9">
+        <v>0</v>
+      </c>
+      <c r="BV19" s="7">
+        <v>0</v>
+      </c>
+      <c r="BW19" s="9">
+        <v>0</v>
+      </c>
+      <c r="BX19" s="7">
+        <v>0</v>
+      </c>
+      <c r="BY19" s="9">
+        <v>0</v>
+      </c>
+      <c r="BZ19" s="7">
+        <v>0</v>
+      </c>
+      <c r="CA19" s="9">
+        <v>0</v>
+      </c>
+      <c r="CB19" s="7">
+        <v>0</v>
+      </c>
+      <c r="CC19" s="9">
+        <v>0</v>
+      </c>
+      <c r="CD19" s="7">
+        <v>0</v>
+      </c>
+      <c r="CE19" s="9">
+        <v>0</v>
+      </c>
+      <c r="CF19" s="7">
+        <v>0</v>
+      </c>
+      <c r="CG19" s="9">
+        <v>0</v>
+      </c>
+      <c r="CH19" s="7">
+        <v>0</v>
+      </c>
+      <c r="CI19" s="9">
+        <v>0</v>
+      </c>
+      <c r="CJ19" s="7">
+        <v>0</v>
+      </c>
+      <c r="CK19" s="9">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:177" ht="15.75" customHeight="1">
+      <c r="A20" s="45" t="s">
+        <v>94</v>
+      </c>
+      <c r="B20" s="46">
+        <v>120</v>
+      </c>
+      <c r="C20" s="47">
+        <v>51</v>
+      </c>
+      <c r="D20" s="46">
+        <v>147</v>
+      </c>
+      <c r="E20" s="47">
+        <v>48</v>
+      </c>
+      <c r="F20" s="46">
+        <v>164</v>
+      </c>
+      <c r="G20" s="47">
+        <v>52</v>
+      </c>
+      <c r="H20" s="46">
+        <v>187</v>
+      </c>
+      <c r="I20" s="47">
+        <v>70</v>
+      </c>
+      <c r="J20" s="46">
+        <v>108</v>
+      </c>
+      <c r="K20" s="47">
+        <v>41</v>
+      </c>
+      <c r="L20" s="46">
+        <v>128</v>
+      </c>
+      <c r="M20" s="47">
+        <v>43</v>
+      </c>
+      <c r="N20" s="46">
+        <v>136</v>
+      </c>
+      <c r="O20" s="47">
+        <v>58</v>
+      </c>
+      <c r="P20" s="46">
+        <v>166</v>
+      </c>
+      <c r="Q20" s="47">
+        <v>49</v>
+      </c>
+      <c r="R20" s="46">
+        <v>170</v>
+      </c>
+      <c r="S20" s="47">
+        <v>62</v>
+      </c>
+      <c r="T20" s="46">
+        <v>178</v>
+      </c>
+      <c r="U20" s="47">
+        <v>65</v>
+      </c>
+      <c r="V20" s="46">
+        <v>146</v>
+      </c>
+      <c r="W20" s="47">
+        <v>71</v>
+      </c>
+      <c r="X20" s="46">
+        <v>188</v>
+      </c>
+      <c r="Y20" s="47">
+        <v>68</v>
+      </c>
+      <c r="Z20" s="46">
+        <v>119</v>
+      </c>
+      <c r="AA20" s="47">
+        <v>34</v>
+      </c>
+      <c r="AB20" s="46">
+        <v>135</v>
+      </c>
+      <c r="AC20" s="47">
+        <v>33</v>
+      </c>
+      <c r="AD20" s="46">
+        <v>112</v>
+      </c>
+      <c r="AE20" s="47">
+        <v>34</v>
+      </c>
+      <c r="AF20" s="46">
+        <v>114</v>
+      </c>
+      <c r="AG20" s="47">
+        <v>40</v>
+      </c>
+      <c r="AH20" s="46">
+        <v>164</v>
+      </c>
+      <c r="AI20" s="47">
+        <v>69</v>
+      </c>
+      <c r="AJ20" s="46">
+        <v>114</v>
+      </c>
+      <c r="AK20" s="47">
+        <v>42</v>
+      </c>
+      <c r="AL20" s="46">
+        <v>91</v>
+      </c>
+      <c r="AM20" s="47">
+        <v>35</v>
+      </c>
+      <c r="AN20" s="46">
+        <v>107</v>
+      </c>
+      <c r="AO20" s="47">
+        <v>36</v>
+      </c>
+      <c r="AP20" s="46">
+        <v>96</v>
+      </c>
+      <c r="AQ20" s="47">
+        <v>35</v>
+      </c>
+      <c r="AR20" s="46">
+        <v>92</v>
+      </c>
+      <c r="AS20" s="47">
+        <v>31</v>
+      </c>
+      <c r="AT20" s="46">
         <v>74</v>
       </c>
-      <c r="B10" s="13">
+      <c r="AU20" s="47">
+        <v>25</v>
+      </c>
+      <c r="AV20" s="46">
+        <v>104</v>
+      </c>
+      <c r="AW20" s="47">
+        <v>41</v>
+      </c>
+      <c r="AX20" s="46">
+        <v>69</v>
+      </c>
+      <c r="AY20" s="47">
+        <v>21</v>
+      </c>
+      <c r="AZ20" s="46">
+        <v>65</v>
+      </c>
+      <c r="BA20" s="47">
+        <v>31</v>
+      </c>
+      <c r="BB20" s="46">
+        <v>95</v>
+      </c>
+      <c r="BC20" s="47">
+        <v>53</v>
+      </c>
+      <c r="BD20" s="46">
+        <v>119</v>
+      </c>
+      <c r="BE20" s="47">
+        <v>36</v>
+      </c>
+      <c r="BF20" s="46">
+        <v>88</v>
+      </c>
+      <c r="BG20" s="47">
+        <v>35</v>
+      </c>
+      <c r="BH20" s="46">
+        <v>85</v>
+      </c>
+      <c r="BI20" s="47">
+        <v>39</v>
+      </c>
+      <c r="BJ20" s="46">
+        <v>66</v>
+      </c>
+      <c r="BK20" s="47">
+        <v>29</v>
+      </c>
+      <c r="BL20" s="46">
+        <v>103</v>
+      </c>
+      <c r="BM20" s="47">
+        <v>43</v>
+      </c>
+      <c r="BN20" s="46">
+        <v>83</v>
+      </c>
+      <c r="BO20" s="47">
+        <v>41</v>
+      </c>
+      <c r="BP20" s="46">
+        <v>80</v>
+      </c>
+      <c r="BQ20" s="47">
+        <v>27</v>
+      </c>
+      <c r="BR20" s="46">
+        <v>100</v>
+      </c>
+      <c r="BS20" s="47">
+        <v>36</v>
+      </c>
+      <c r="BT20" s="46">
+        <v>106</v>
+      </c>
+      <c r="BU20" s="47">
+        <v>35</v>
+      </c>
+      <c r="BV20" s="46">
+        <v>59</v>
+      </c>
+      <c r="BW20" s="47">
+        <v>18</v>
+      </c>
+      <c r="BX20" s="46">
+        <v>47</v>
+      </c>
+      <c r="BY20" s="47">
+        <v>15</v>
+      </c>
+      <c r="BZ20" s="46">
+        <v>54</v>
+      </c>
+      <c r="CA20" s="47">
+        <v>23</v>
+      </c>
+      <c r="CB20" s="46">
+        <v>70</v>
+      </c>
+      <c r="CC20" s="47">
+        <v>18</v>
+      </c>
+      <c r="CD20" s="46">
+        <v>47</v>
+      </c>
+      <c r="CE20" s="47">
+        <v>10</v>
+      </c>
+      <c r="CF20" s="46">
+        <v>19</v>
+      </c>
+      <c r="CG20" s="47">
+        <v>6</v>
+      </c>
+      <c r="CH20" s="46">
+        <v>17</v>
+      </c>
+      <c r="CI20" s="47">
+        <v>1</v>
+      </c>
+      <c r="CJ20" s="46">
+        <v>16</v>
+      </c>
+      <c r="CK20" s="47">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:177">
+      <c r="A21" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="B21" s="4"/>
+      <c r="C21" s="3"/>
+      <c r="D21" s="4"/>
+      <c r="E21" s="4"/>
+      <c r="F21" s="4"/>
+    </row>
+    <row r="22" spans="1:177">
+      <c r="A22" s="20"/>
+      <c r="B22" s="4"/>
+      <c r="C22" s="4"/>
+      <c r="D22" s="4"/>
+      <c r="E22" s="4"/>
+      <c r="F22" s="4"/>
+      <c r="I22" s="14"/>
+      <c r="J22" s="14"/>
+    </row>
+    <row r="24" spans="1:177" ht="18.75" customHeight="1">
+      <c r="A24" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="B24" s="12"/>
+      <c r="C24" s="12"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="12"/>
+      <c r="F24" s="12"/>
+    </row>
+    <row r="25" spans="1:177">
+      <c r="A25" s="13"/>
+      <c r="B25" s="13"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="13"/>
+      <c r="E25" s="13"/>
+      <c r="F25" s="13"/>
+    </row>
+    <row r="26" spans="1:177" ht="17.25" customHeight="1">
+      <c r="A26" s="15"/>
+      <c r="B26" s="68" t="s">
+        <v>3</v>
+      </c>
+      <c r="C26" s="69"/>
+      <c r="D26" s="69"/>
+      <c r="E26" s="70"/>
+      <c r="F26" s="68" t="s">
+        <v>4</v>
+      </c>
+      <c r="G26" s="69"/>
+      <c r="H26" s="69"/>
+      <c r="I26" s="70"/>
+      <c r="J26" s="68" t="s">
         <v>5</v>
       </c>
-      <c r="C10" s="17">
-[...2 lines deleted...]
-      <c r="D10" s="13">
+      <c r="K26" s="69"/>
+      <c r="L26" s="69"/>
+      <c r="M26" s="70"/>
+      <c r="N26" s="68" t="s">
+        <v>6</v>
+      </c>
+      <c r="O26" s="69"/>
+      <c r="P26" s="69"/>
+      <c r="Q26" s="70"/>
+      <c r="R26" s="68" t="s">
+        <v>7</v>
+      </c>
+      <c r="S26" s="69"/>
+      <c r="T26" s="69"/>
+      <c r="U26" s="70"/>
+      <c r="V26" s="68" t="s">
+        <v>8</v>
+      </c>
+      <c r="W26" s="69"/>
+      <c r="X26" s="69"/>
+      <c r="Y26" s="70"/>
+      <c r="Z26" s="68" t="s">
         <v>9</v>
       </c>
-      <c r="E10" s="17">
+      <c r="AA26" s="69"/>
+      <c r="AB26" s="69"/>
+      <c r="AC26" s="70"/>
+      <c r="AD26" s="68" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE26" s="69"/>
+      <c r="AF26" s="69"/>
+      <c r="AG26" s="70"/>
+      <c r="AH26" s="68" t="s">
+        <v>46</v>
+      </c>
+      <c r="AI26" s="69"/>
+      <c r="AJ26" s="69"/>
+      <c r="AK26" s="70"/>
+      <c r="AL26" s="68" t="s">
+        <v>47</v>
+      </c>
+      <c r="AM26" s="69"/>
+      <c r="AN26" s="69"/>
+      <c r="AO26" s="70"/>
+      <c r="AP26" s="68" t="s">
+        <v>48</v>
+      </c>
+      <c r="AQ26" s="69"/>
+      <c r="AR26" s="69"/>
+      <c r="AS26" s="70"/>
+      <c r="AT26" s="68" t="s">
+        <v>49</v>
+      </c>
+      <c r="AU26" s="69"/>
+      <c r="AV26" s="69"/>
+      <c r="AW26" s="70"/>
+      <c r="AX26" s="68" t="s">
+        <v>50</v>
+      </c>
+      <c r="AY26" s="69"/>
+      <c r="AZ26" s="69"/>
+      <c r="BA26" s="70"/>
+      <c r="BB26" s="68" t="s">
+        <v>51</v>
+      </c>
+      <c r="BC26" s="69"/>
+      <c r="BD26" s="69"/>
+      <c r="BE26" s="70"/>
+      <c r="BF26" s="68" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG26" s="69"/>
+      <c r="BH26" s="69"/>
+      <c r="BI26" s="70"/>
+      <c r="BJ26" s="68" t="s">
+        <v>53</v>
+      </c>
+      <c r="BK26" s="69"/>
+      <c r="BL26" s="69"/>
+      <c r="BM26" s="70"/>
+      <c r="BN26" s="68" t="s">
+        <v>54</v>
+      </c>
+      <c r="BO26" s="69"/>
+      <c r="BP26" s="69"/>
+      <c r="BQ26" s="70"/>
+      <c r="BR26" s="68" t="s">
+        <v>55</v>
+      </c>
+      <c r="BS26" s="69"/>
+      <c r="BT26" s="69"/>
+      <c r="BU26" s="70"/>
+      <c r="BV26" s="68" t="s">
+        <v>56</v>
+      </c>
+      <c r="BW26" s="69"/>
+      <c r="BX26" s="69"/>
+      <c r="BY26" s="70"/>
+      <c r="BZ26" s="68" t="s">
+        <v>57</v>
+      </c>
+      <c r="CA26" s="69"/>
+      <c r="CB26" s="69"/>
+      <c r="CC26" s="70"/>
+      <c r="CD26" s="68" t="s">
+        <v>58</v>
+      </c>
+      <c r="CE26" s="69"/>
+      <c r="CF26" s="69"/>
+      <c r="CG26" s="70"/>
+      <c r="CH26" s="68" t="s">
+        <v>59</v>
+      </c>
+      <c r="CI26" s="69"/>
+      <c r="CJ26" s="69"/>
+      <c r="CK26" s="70"/>
+      <c r="CL26" s="68" t="s">
+        <v>60</v>
+      </c>
+      <c r="CM26" s="69"/>
+      <c r="CN26" s="69"/>
+      <c r="CO26" s="70"/>
+      <c r="CP26" s="68" t="s">
+        <v>61</v>
+      </c>
+      <c r="CQ26" s="69"/>
+      <c r="CR26" s="69"/>
+      <c r="CS26" s="70"/>
+      <c r="CT26" s="68" t="s">
+        <v>62</v>
+      </c>
+      <c r="CU26" s="69"/>
+      <c r="CV26" s="69"/>
+      <c r="CW26" s="70"/>
+      <c r="CX26" s="68" t="s">
+        <v>63</v>
+      </c>
+      <c r="CY26" s="69"/>
+      <c r="CZ26" s="69"/>
+      <c r="DA26" s="70"/>
+      <c r="DB26" s="68" t="s">
+        <v>64</v>
+      </c>
+      <c r="DC26" s="69"/>
+      <c r="DD26" s="69"/>
+      <c r="DE26" s="70"/>
+      <c r="DF26" s="68" t="s">
+        <v>65</v>
+      </c>
+      <c r="DG26" s="69"/>
+      <c r="DH26" s="69"/>
+      <c r="DI26" s="70"/>
+      <c r="DJ26" s="68" t="s">
+        <v>66</v>
+      </c>
+      <c r="DK26" s="69"/>
+      <c r="DL26" s="69"/>
+      <c r="DM26" s="70"/>
+      <c r="DN26" s="68" t="s">
+        <v>67</v>
+      </c>
+      <c r="DO26" s="69"/>
+      <c r="DP26" s="69"/>
+      <c r="DQ26" s="70"/>
+      <c r="DR26" s="68" t="s">
+        <v>68</v>
+      </c>
+      <c r="DS26" s="69"/>
+      <c r="DT26" s="69"/>
+      <c r="DU26" s="70"/>
+      <c r="DV26" s="68" t="s">
+        <v>69</v>
+      </c>
+      <c r="DW26" s="69"/>
+      <c r="DX26" s="69"/>
+      <c r="DY26" s="70"/>
+      <c r="DZ26" s="68" t="s">
+        <v>70</v>
+      </c>
+      <c r="EA26" s="69"/>
+      <c r="EB26" s="69"/>
+      <c r="EC26" s="70"/>
+      <c r="ED26" s="68" t="s">
+        <v>71</v>
+      </c>
+      <c r="EE26" s="69"/>
+      <c r="EF26" s="69"/>
+      <c r="EG26" s="70"/>
+      <c r="EH26" s="68" t="s">
+        <v>72</v>
+      </c>
+      <c r="EI26" s="69"/>
+      <c r="EJ26" s="69"/>
+      <c r="EK26" s="70"/>
+      <c r="EL26" s="68" t="s">
+        <v>73</v>
+      </c>
+      <c r="EM26" s="69"/>
+      <c r="EN26" s="69"/>
+      <c r="EO26" s="70"/>
+      <c r="EP26" s="68" t="s">
+        <v>76</v>
+      </c>
+      <c r="EQ26" s="69"/>
+      <c r="ER26" s="69"/>
+      <c r="ES26" s="70"/>
+      <c r="ET26" s="68" t="s">
+        <v>77</v>
+      </c>
+      <c r="EU26" s="69"/>
+      <c r="EV26" s="69"/>
+      <c r="EW26" s="70"/>
+      <c r="EX26" s="68" t="s">
+        <v>78</v>
+      </c>
+      <c r="EY26" s="69"/>
+      <c r="EZ26" s="69"/>
+      <c r="FA26" s="70"/>
+      <c r="FB26" s="68" t="s">
+        <v>79</v>
+      </c>
+      <c r="FC26" s="69"/>
+      <c r="FD26" s="69"/>
+      <c r="FE26" s="70"/>
+      <c r="FF26" s="68" t="s">
+        <v>80</v>
+      </c>
+      <c r="FG26" s="69"/>
+      <c r="FH26" s="69"/>
+      <c r="FI26" s="70"/>
+      <c r="FJ26" s="68" t="s">
+        <v>81</v>
+      </c>
+      <c r="FK26" s="69"/>
+      <c r="FL26" s="69"/>
+      <c r="FM26" s="70"/>
+      <c r="FN26" s="68" t="s">
+        <v>82</v>
+      </c>
+      <c r="FO26" s="69"/>
+      <c r="FP26" s="69"/>
+      <c r="FQ26" s="70"/>
+      <c r="FR26" s="68" t="s">
+        <v>83</v>
+      </c>
+      <c r="FS26" s="69"/>
+      <c r="FT26" s="69"/>
+      <c r="FU26" s="70"/>
+    </row>
+    <row r="27" spans="1:177">
+      <c r="A27" s="79" t="s">
+        <v>14</v>
+      </c>
+      <c r="B27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="C27" s="72"/>
+      <c r="D27" s="72"/>
+      <c r="E27" s="73"/>
+      <c r="F27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" s="72"/>
+      <c r="H27" s="72"/>
+      <c r="I27" s="73"/>
+      <c r="J27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="K27" s="72"/>
+      <c r="L27" s="72"/>
+      <c r="M27" s="73"/>
+      <c r="N27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="O27" s="72"/>
+      <c r="P27" s="72"/>
+      <c r="Q27" s="73"/>
+      <c r="R27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="S27" s="72"/>
+      <c r="T27" s="72"/>
+      <c r="U27" s="73"/>
+      <c r="V27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="W27" s="72"/>
+      <c r="X27" s="72"/>
+      <c r="Y27" s="73"/>
+      <c r="Z27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA27" s="72"/>
+      <c r="AB27" s="72"/>
+      <c r="AC27" s="73"/>
+      <c r="AD27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="AE27" s="72"/>
+      <c r="AF27" s="72"/>
+      <c r="AG27" s="73"/>
+      <c r="AH27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="AI27" s="72"/>
+      <c r="AJ27" s="72"/>
+      <c r="AK27" s="73"/>
+      <c r="AL27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="AM27" s="72"/>
+      <c r="AN27" s="72"/>
+      <c r="AO27" s="73"/>
+      <c r="AP27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="AQ27" s="72"/>
+      <c r="AR27" s="72"/>
+      <c r="AS27" s="73"/>
+      <c r="AT27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="AU27" s="72"/>
+      <c r="AV27" s="72"/>
+      <c r="AW27" s="73"/>
+      <c r="AX27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="AY27" s="72"/>
+      <c r="AZ27" s="72"/>
+      <c r="BA27" s="73"/>
+      <c r="BB27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="BC27" s="72"/>
+      <c r="BD27" s="72"/>
+      <c r="BE27" s="73"/>
+      <c r="BF27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="BG27" s="72"/>
+      <c r="BH27" s="72"/>
+      <c r="BI27" s="73"/>
+      <c r="BJ27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="BK27" s="72"/>
+      <c r="BL27" s="72"/>
+      <c r="BM27" s="73"/>
+      <c r="BN27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="BO27" s="72"/>
+      <c r="BP27" s="72"/>
+      <c r="BQ27" s="73"/>
+      <c r="BR27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="BS27" s="72"/>
+      <c r="BT27" s="72"/>
+      <c r="BU27" s="73"/>
+      <c r="BV27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="BW27" s="72"/>
+      <c r="BX27" s="72"/>
+      <c r="BY27" s="73"/>
+      <c r="BZ27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="CA27" s="72"/>
+      <c r="CB27" s="72"/>
+      <c r="CC27" s="73"/>
+      <c r="CD27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="CE27" s="72"/>
+      <c r="CF27" s="72"/>
+      <c r="CG27" s="73"/>
+      <c r="CH27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="CI27" s="72"/>
+      <c r="CJ27" s="72"/>
+      <c r="CK27" s="73"/>
+      <c r="CL27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="CM27" s="72"/>
+      <c r="CN27" s="72"/>
+      <c r="CO27" s="73"/>
+      <c r="CP27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="CQ27" s="72"/>
+      <c r="CR27" s="72"/>
+      <c r="CS27" s="73"/>
+      <c r="CT27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="CU27" s="72"/>
+      <c r="CV27" s="72"/>
+      <c r="CW27" s="73"/>
+      <c r="CX27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="CY27" s="72"/>
+      <c r="CZ27" s="72"/>
+      <c r="DA27" s="73"/>
+      <c r="DB27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="DC27" s="72"/>
+      <c r="DD27" s="72"/>
+      <c r="DE27" s="73"/>
+      <c r="DF27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="DG27" s="72"/>
+      <c r="DH27" s="72"/>
+      <c r="DI27" s="73"/>
+      <c r="DJ27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="DK27" s="72"/>
+      <c r="DL27" s="72"/>
+      <c r="DM27" s="73"/>
+      <c r="DN27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="DO27" s="72"/>
+      <c r="DP27" s="72"/>
+      <c r="DQ27" s="73"/>
+      <c r="DR27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="DS27" s="72"/>
+      <c r="DT27" s="72"/>
+      <c r="DU27" s="73"/>
+      <c r="DV27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="DW27" s="72"/>
+      <c r="DX27" s="72"/>
+      <c r="DY27" s="73"/>
+      <c r="DZ27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="EA27" s="72"/>
+      <c r="EB27" s="72"/>
+      <c r="EC27" s="73"/>
+      <c r="ED27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="EE27" s="72"/>
+      <c r="EF27" s="72"/>
+      <c r="EG27" s="73"/>
+      <c r="EH27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="EI27" s="72"/>
+      <c r="EJ27" s="72"/>
+      <c r="EK27" s="73"/>
+      <c r="EL27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="EM27" s="72"/>
+      <c r="EN27" s="72"/>
+      <c r="EO27" s="73"/>
+      <c r="EP27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="EQ27" s="72"/>
+      <c r="ER27" s="72"/>
+      <c r="ES27" s="73"/>
+      <c r="ET27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="EU27" s="72"/>
+      <c r="EV27" s="72"/>
+      <c r="EW27" s="73"/>
+      <c r="EX27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="EY27" s="72"/>
+      <c r="EZ27" s="72"/>
+      <c r="FA27" s="73"/>
+      <c r="FB27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="FC27" s="72"/>
+      <c r="FD27" s="72"/>
+      <c r="FE27" s="73"/>
+      <c r="FF27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="FG27" s="72"/>
+      <c r="FH27" s="72"/>
+      <c r="FI27" s="73"/>
+      <c r="FJ27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="FK27" s="72"/>
+      <c r="FL27" s="72"/>
+      <c r="FM27" s="73"/>
+      <c r="FN27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="FO27" s="72"/>
+      <c r="FP27" s="72"/>
+      <c r="FQ27" s="73"/>
+      <c r="FR27" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="FS27" s="72"/>
+      <c r="FT27" s="72"/>
+      <c r="FU27" s="73"/>
+    </row>
+    <row r="28" spans="1:177" ht="30" customHeight="1">
+      <c r="A28" s="80"/>
+      <c r="B28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="C28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="D28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="E28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="F28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="G28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="H28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="I28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="J28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="K28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="L28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="M28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="N28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="O28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="P28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="R28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="S28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="T28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="U28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="V28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="W28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="X28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="Y28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="Z28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="AA28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="AB28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="AC28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="AD28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="AF28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="AG28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="AH28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="AJ28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="AK28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="AL28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="AM28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="AN28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="AO28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="AQ28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="AR28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="AS28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="AT28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="AU28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="AV28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="AW28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="AX28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="AY28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="AZ28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="BA28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="BB28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="BC28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="BD28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="BE28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="BF28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="BG28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="BH28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="BI28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="BJ28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="BK28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="BL28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="BM28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="BN28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="BO28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="BP28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="BQ28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="BR28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="BS28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="BT28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="BU28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="BV28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="BW28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="BX28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="BY28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="BZ28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="CA28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="CB28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="CC28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="CD28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="CE28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="CF28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="CG28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="CH28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="CI28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="CJ28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="CK28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="CL28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="CM28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="CN28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="CO28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="CP28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="CQ28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="CR28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="CS28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="CT28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="CU28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="CV28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="CW28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="CX28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="CY28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="CZ28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="DA28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="DB28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="DC28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="DD28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="DE28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="DF28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="DG28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="DH28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="DI28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="DJ28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="DK28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="DL28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="DM28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="DN28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="DO28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="DP28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="DQ28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="DR28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="DS28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="DT28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="DU28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="DV28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="DW28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="DX28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="DY28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="DZ28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="EA28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="EB28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="EC28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="ED28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="EE28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="EF28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="EG28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="EH28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="EI28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="EJ28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="EK28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="EL28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="EM28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="EN28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="EO28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="EP28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="EQ28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="ER28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="ES28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="ET28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="EU28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="EV28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="EW28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="EX28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="EY28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="EZ28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="FA28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="FB28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="FC28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="FD28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="FE28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="FF28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="FG28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="FH28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="FI28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="FJ28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="FK28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="FL28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="FM28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="FN28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="FO28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="FP28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="FQ28" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="FR28" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="FS28" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="FT28" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="FU28" s="44" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:177">
+      <c r="A29" s="16" t="s">
+        <v>95</v>
+      </c>
+      <c r="B29" s="5">
+        <v>40</v>
+      </c>
+      <c r="C29" s="13">
+        <v>3</v>
+      </c>
+      <c r="D29" s="13">
+        <v>43</v>
+      </c>
+      <c r="E29" s="10">
+        <v>0.93023255813953498</v>
+      </c>
+      <c r="F29" s="5">
+        <v>36</v>
+      </c>
+      <c r="G29" s="13">
+        <v>7</v>
+      </c>
+      <c r="H29" s="13">
+        <v>43</v>
+      </c>
+      <c r="I29" s="10">
+        <v>0.837209302325581</v>
+      </c>
+      <c r="J29" s="5">
+        <v>33</v>
+      </c>
+      <c r="K29" s="13">
+        <v>4</v>
+      </c>
+      <c r="L29" s="13">
+        <v>37</v>
+      </c>
+      <c r="M29" s="10">
+        <v>0.891891891891892</v>
+      </c>
+      <c r="N29" s="5">
+        <v>37</v>
+      </c>
+      <c r="O29" s="13">
+        <v>5</v>
+      </c>
+      <c r="P29" s="13">
+        <v>42</v>
+      </c>
+      <c r="Q29" s="10">
+        <v>0.88095238095238104</v>
+      </c>
+      <c r="R29" s="5">
+        <v>31</v>
+      </c>
+      <c r="S29" s="13">
+        <v>5</v>
+      </c>
+      <c r="T29" s="13">
+        <v>36</v>
+      </c>
+      <c r="U29" s="10">
+        <v>0.86111111111111105</v>
+      </c>
+      <c r="V29" s="5">
+        <v>37</v>
+      </c>
+      <c r="W29" s="13">
+        <v>7</v>
+      </c>
+      <c r="X29" s="13">
+        <v>44</v>
+      </c>
+      <c r="Y29" s="10">
+        <v>0.84090909090909105</v>
+      </c>
+      <c r="Z29" s="5">
+        <v>37</v>
+      </c>
+      <c r="AA29" s="13">
+        <v>5</v>
+      </c>
+      <c r="AB29" s="13">
+        <v>42</v>
+      </c>
+      <c r="AC29" s="10">
+        <v>0.88095238095238104</v>
+      </c>
+      <c r="AD29" s="5">
+        <v>34</v>
+      </c>
+      <c r="AE29" s="13">
+        <v>8</v>
+      </c>
+      <c r="AF29" s="13">
+        <v>42</v>
+      </c>
+      <c r="AG29" s="10">
+        <v>0.80952380952380998</v>
+      </c>
+      <c r="AH29" s="5">
+        <v>38</v>
+      </c>
+      <c r="AI29" s="13">
+        <v>2</v>
+      </c>
+      <c r="AJ29" s="13">
+        <v>40</v>
+      </c>
+      <c r="AK29" s="10">
+        <v>0.95</v>
+      </c>
+      <c r="AL29" s="5">
+        <v>37</v>
+      </c>
+      <c r="AM29" s="13">
         <v>1</v>
       </c>
-      <c r="F10" s="13">
+      <c r="AN29" s="13">
+        <v>38</v>
+      </c>
+      <c r="AO29" s="10">
+        <v>0.97368421052631604</v>
+      </c>
+      <c r="AP29" s="5">
+        <v>38</v>
+      </c>
+      <c r="AQ29" s="13">
+        <v>2</v>
+      </c>
+      <c r="AR29" s="13">
+        <v>40</v>
+      </c>
+      <c r="AS29" s="10">
+        <v>0.95</v>
+      </c>
+      <c r="AT29" s="5">
+        <v>41</v>
+      </c>
+      <c r="AU29" s="13">
+        <v>6</v>
+      </c>
+      <c r="AV29" s="13">
+        <v>47</v>
+      </c>
+      <c r="AW29" s="10">
+        <v>0.87234042553191504</v>
+      </c>
+      <c r="AX29" s="5">
+        <v>27</v>
+      </c>
+      <c r="AY29" s="13">
+        <v>6</v>
+      </c>
+      <c r="AZ29" s="13">
+        <v>33</v>
+      </c>
+      <c r="BA29" s="10">
+        <v>0.81818181818181801</v>
+      </c>
+      <c r="BB29" s="5">
+        <v>34</v>
+      </c>
+      <c r="BC29" s="13">
+        <v>3</v>
+      </c>
+      <c r="BD29" s="13">
+        <v>37</v>
+      </c>
+      <c r="BE29" s="10">
+        <v>0.91891891891891897</v>
+      </c>
+      <c r="BF29" s="5">
+        <v>29</v>
+      </c>
+      <c r="BG29" s="13">
+        <v>1</v>
+      </c>
+      <c r="BH29" s="13">
+        <v>30</v>
+      </c>
+      <c r="BI29" s="10">
+        <v>0.96666666666666701</v>
+      </c>
+      <c r="BJ29" s="5">
+        <v>32</v>
+      </c>
+      <c r="BK29" s="13">
         <v>5</v>
       </c>
-      <c r="G10" s="17">
-[...2 lines deleted...]
-      <c r="H10" s="13">
+      <c r="BL29" s="13">
+        <v>37</v>
+      </c>
+      <c r="BM29" s="10">
+        <v>0.86486486486486502</v>
+      </c>
+      <c r="BN29" s="5">
+        <v>35</v>
+      </c>
+      <c r="BO29" s="13">
+        <v>5</v>
+      </c>
+      <c r="BP29" s="13">
+        <v>40</v>
+      </c>
+      <c r="BQ29" s="10">
+        <v>0.875</v>
+      </c>
+      <c r="BR29" s="5">
+        <v>38</v>
+      </c>
+      <c r="BS29" s="13">
         <v>8</v>
       </c>
-      <c r="I10" s="17">
-[...2 lines deleted...]
-      <c r="J10" s="13">
+      <c r="BT29" s="13">
+        <v>46</v>
+      </c>
+      <c r="BU29" s="10">
+        <v>0.82608695652173902</v>
+      </c>
+      <c r="BV29" s="5">
+        <v>35</v>
+      </c>
+      <c r="BW29" s="13">
+        <v>1</v>
+      </c>
+      <c r="BX29" s="13">
+        <v>36</v>
+      </c>
+      <c r="BY29" s="10">
+        <v>0.97222222222222199</v>
+      </c>
+      <c r="BZ29" s="5">
+        <v>33</v>
+      </c>
+      <c r="CA29" s="13">
         <v>4</v>
       </c>
-      <c r="K10" s="17">
-[...2 lines deleted...]
-      <c r="L10" s="13">
+      <c r="CB29" s="13">
+        <v>37</v>
+      </c>
+      <c r="CC29" s="10">
+        <v>0.891891891891892</v>
+      </c>
+      <c r="CD29" s="5">
+        <v>36</v>
+      </c>
+      <c r="CE29" s="13">
+        <v>2</v>
+      </c>
+      <c r="CF29" s="13">
+        <v>38</v>
+      </c>
+      <c r="CG29" s="10">
+        <v>0.94736842105263197</v>
+      </c>
+      <c r="CH29" s="5">
+        <v>27</v>
+      </c>
+      <c r="CI29" s="13">
         <v>5</v>
       </c>
-      <c r="M10" s="17">
-[...2 lines deleted...]
-      <c r="N10" s="13">
+      <c r="CJ29" s="13">
+        <v>32</v>
+      </c>
+      <c r="CK29" s="10">
+        <v>0.84375</v>
+      </c>
+      <c r="CL29" s="5">
+        <v>22</v>
+      </c>
+      <c r="CM29" s="13">
+        <v>2</v>
+      </c>
+      <c r="CN29" s="13">
+        <v>24</v>
+      </c>
+      <c r="CO29" s="10">
+        <v>0.91666666666666696</v>
+      </c>
+      <c r="CP29" s="5">
+        <v>30</v>
+      </c>
+      <c r="CQ29" s="13">
+        <v>3</v>
+      </c>
+      <c r="CR29" s="13">
+        <v>33</v>
+      </c>
+      <c r="CS29" s="10">
+        <v>0.90909090909090895</v>
+      </c>
+      <c r="CT29" s="5">
+        <v>18</v>
+      </c>
+      <c r="CU29" s="13">
+        <v>5</v>
+      </c>
+      <c r="CV29" s="13">
+        <v>23</v>
+      </c>
+      <c r="CW29" s="10">
+        <v>0.78260869565217395</v>
+      </c>
+      <c r="CX29" s="5">
+        <v>18</v>
+      </c>
+      <c r="CY29" s="13">
+        <v>2</v>
+      </c>
+      <c r="CZ29" s="13">
+        <v>20</v>
+      </c>
+      <c r="DA29" s="10">
+        <v>0.9</v>
+      </c>
+      <c r="DB29" s="5">
+        <v>26</v>
+      </c>
+      <c r="DC29" s="13">
+        <v>0</v>
+      </c>
+      <c r="DD29" s="13">
+        <v>26</v>
+      </c>
+      <c r="DE29" s="10">
+        <v>1</v>
+      </c>
+      <c r="DF29" s="5">
+        <v>32</v>
+      </c>
+      <c r="DG29" s="13">
+        <v>6</v>
+      </c>
+      <c r="DH29" s="13">
+        <v>38</v>
+      </c>
+      <c r="DI29" s="10">
+        <v>0.84210526315789502</v>
+      </c>
+      <c r="DJ29" s="5">
+        <v>31</v>
+      </c>
+      <c r="DK29" s="13">
+        <v>1</v>
+      </c>
+      <c r="DL29" s="13">
+        <v>32</v>
+      </c>
+      <c r="DM29" s="10">
+        <v>0.96875</v>
+      </c>
+      <c r="DN29" s="5">
+        <v>24</v>
+      </c>
+      <c r="DO29" s="13">
+        <v>3</v>
+      </c>
+      <c r="DP29" s="13">
+        <v>27</v>
+      </c>
+      <c r="DQ29" s="10">
+        <v>0.88888888888888895</v>
+      </c>
+      <c r="DR29" s="5">
+        <v>22</v>
+      </c>
+      <c r="DS29" s="13">
+        <v>8</v>
+      </c>
+      <c r="DT29" s="13">
+        <v>30</v>
+      </c>
+      <c r="DU29" s="10">
+        <v>0.73333333333333295</v>
+      </c>
+      <c r="DV29" s="5">
+        <v>30</v>
+      </c>
+      <c r="DW29" s="13">
+        <v>8</v>
+      </c>
+      <c r="DX29" s="13">
+        <v>38</v>
+      </c>
+      <c r="DY29" s="10">
+        <v>0.78947368421052599</v>
+      </c>
+      <c r="DZ29" s="5">
+        <v>26</v>
+      </c>
+      <c r="EA29" s="13">
+        <v>8</v>
+      </c>
+      <c r="EB29" s="13">
+        <v>34</v>
+      </c>
+      <c r="EC29" s="10">
+        <v>0.76470588235294101</v>
+      </c>
+      <c r="ED29" s="5">
+        <v>24</v>
+      </c>
+      <c r="EE29" s="13">
         <v>4</v>
       </c>
-      <c r="O10" s="17">
-[...2 lines deleted...]
-      <c r="P10" s="13">
+      <c r="EF29" s="13">
+        <v>28</v>
+      </c>
+      <c r="EG29" s="10">
+        <v>0.85714285714285698</v>
+      </c>
+      <c r="EH29" s="5">
+        <v>33</v>
+      </c>
+      <c r="EI29" s="13">
+        <v>2</v>
+      </c>
+      <c r="EJ29" s="13">
+        <v>35</v>
+      </c>
+      <c r="EK29" s="10">
+        <v>0.94285714285714295</v>
+      </c>
+      <c r="EL29" s="5">
+        <v>36</v>
+      </c>
+      <c r="EM29" s="13">
+        <v>11</v>
+      </c>
+      <c r="EN29" s="13">
+        <v>47</v>
+      </c>
+      <c r="EO29" s="10">
+        <v>0.76595744680851097</v>
+      </c>
+      <c r="EP29" s="5">
+        <v>26</v>
+      </c>
+      <c r="EQ29" s="13">
+        <v>5</v>
+      </c>
+      <c r="ER29" s="13">
+        <v>31</v>
+      </c>
+      <c r="ES29" s="10">
+        <v>0.83870967741935498</v>
+      </c>
+      <c r="ET29" s="5">
+        <v>20</v>
+      </c>
+      <c r="EU29" s="13">
+        <v>4</v>
+      </c>
+      <c r="EV29" s="13">
+        <v>24</v>
+      </c>
+      <c r="EW29" s="10">
+        <v>0.83333333333333304</v>
+      </c>
+      <c r="EX29" s="5">
+        <v>15</v>
+      </c>
+      <c r="EY29" s="13">
+        <v>4</v>
+      </c>
+      <c r="EZ29" s="13">
+        <v>19</v>
+      </c>
+      <c r="FA29" s="10">
+        <v>0.78947368421052599</v>
+      </c>
+      <c r="FB29" s="5">
+        <v>28</v>
+      </c>
+      <c r="FC29" s="13">
+        <v>3</v>
+      </c>
+      <c r="FD29" s="13">
+        <v>31</v>
+      </c>
+      <c r="FE29" s="10">
+        <v>0.90322580645161299</v>
+      </c>
+      <c r="FF29" s="5">
+        <v>14</v>
+      </c>
+      <c r="FG29" s="13">
+        <v>4</v>
+      </c>
+      <c r="FH29" s="13">
+        <v>18</v>
+      </c>
+      <c r="FI29" s="10">
+        <v>0.77777777777777801</v>
+      </c>
+      <c r="FJ29" s="5">
+        <v>4</v>
+      </c>
+      <c r="FK29" s="13">
+        <v>1</v>
+      </c>
+      <c r="FL29" s="13">
+        <v>5</v>
+      </c>
+      <c r="FM29" s="10">
+        <v>0.8</v>
+      </c>
+      <c r="FN29" s="5">
+        <v>4</v>
+      </c>
+      <c r="FO29" s="13">
+        <v>1</v>
+      </c>
+      <c r="FP29" s="13">
+        <v>5</v>
+      </c>
+      <c r="FQ29" s="10">
+        <v>0.8</v>
+      </c>
+      <c r="FR29" s="5">
+        <v>3</v>
+      </c>
+      <c r="FS29" s="13">
+        <v>0</v>
+      </c>
+      <c r="FT29" s="13">
+        <v>3</v>
+      </c>
+      <c r="FU29" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:177">
+      <c r="A30" s="17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B30" s="5">
+        <v>31</v>
+      </c>
+      <c r="C30" s="13">
+        <v>3</v>
+      </c>
+      <c r="D30" s="13">
+        <v>34</v>
+      </c>
+      <c r="E30" s="10">
+        <v>0.91176470588235303</v>
+      </c>
+      <c r="F30" s="5">
+        <v>38</v>
+      </c>
+      <c r="G30" s="13">
+        <v>7</v>
+      </c>
+      <c r="H30" s="13">
+        <v>45</v>
+      </c>
+      <c r="I30" s="10">
+        <v>0.844444444444444</v>
+      </c>
+      <c r="J30" s="5">
+        <v>43</v>
+      </c>
+      <c r="K30" s="13">
+        <v>11</v>
+      </c>
+      <c r="L30" s="13">
+        <v>54</v>
+      </c>
+      <c r="M30" s="10">
+        <v>0.79629629629629595</v>
+      </c>
+      <c r="N30" s="5">
+        <v>52</v>
+      </c>
+      <c r="O30" s="13">
+        <v>12</v>
+      </c>
+      <c r="P30" s="13">
+        <v>64</v>
+      </c>
+      <c r="Q30" s="10">
+        <v>0.8125</v>
+      </c>
+      <c r="R30" s="5">
+        <v>37</v>
+      </c>
+      <c r="S30" s="13">
+        <v>3</v>
+      </c>
+      <c r="T30" s="13">
+        <v>40</v>
+      </c>
+      <c r="U30" s="10">
+        <v>0.92500000000000004</v>
+      </c>
+      <c r="V30" s="5">
+        <v>41</v>
+      </c>
+      <c r="W30" s="13">
+        <v>8</v>
+      </c>
+      <c r="X30" s="13">
+        <v>49</v>
+      </c>
+      <c r="Y30" s="10">
+        <v>0.83673469387755095</v>
+      </c>
+      <c r="Z30" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA30" s="13">
+        <v>4</v>
+      </c>
+      <c r="AB30" s="13">
+        <v>54</v>
+      </c>
+      <c r="AC30" s="10">
+        <v>0.92592592592592604</v>
+      </c>
+      <c r="AD30" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE30" s="13">
+        <v>11</v>
+      </c>
+      <c r="AF30" s="13">
+        <v>51</v>
+      </c>
+      <c r="AG30" s="10">
+        <v>0.78431372549019596</v>
+      </c>
+      <c r="AH30" s="5">
+        <v>64</v>
+      </c>
+      <c r="AI30" s="13">
+        <v>3</v>
+      </c>
+      <c r="AJ30" s="13">
+        <v>67</v>
+      </c>
+      <c r="AK30" s="10">
+        <v>0.95522388059701502</v>
+      </c>
+      <c r="AL30" s="5">
+        <v>74</v>
+      </c>
+      <c r="AM30" s="13">
+        <v>25</v>
+      </c>
+      <c r="AN30" s="13">
+        <v>99</v>
+      </c>
+      <c r="AO30" s="10">
+        <v>0.74747474747474796</v>
+      </c>
+      <c r="AP30" s="5">
+        <v>58</v>
+      </c>
+      <c r="AQ30" s="13">
+        <v>7</v>
+      </c>
+      <c r="AR30" s="13">
+        <v>65</v>
+      </c>
+      <c r="AS30" s="10">
+        <v>0.89230769230769202</v>
+      </c>
+      <c r="AT30" s="5">
+        <v>63</v>
+      </c>
+      <c r="AU30" s="13">
+        <v>22</v>
+      </c>
+      <c r="AV30" s="13">
+        <v>85</v>
+      </c>
+      <c r="AW30" s="10">
+        <v>0.74117647058823499</v>
+      </c>
+      <c r="AX30" s="5">
+        <v>37</v>
+      </c>
+      <c r="AY30" s="13">
+        <v>2</v>
+      </c>
+      <c r="AZ30" s="13">
+        <v>39</v>
+      </c>
+      <c r="BA30" s="10">
+        <v>0.94871794871794901</v>
+      </c>
+      <c r="BB30" s="5">
+        <v>24</v>
+      </c>
+      <c r="BC30" s="13">
+        <v>32</v>
+      </c>
+      <c r="BD30" s="13">
+        <v>56</v>
+      </c>
+      <c r="BE30" s="10">
+        <v>0.42857142857142899</v>
+      </c>
+      <c r="BF30" s="5">
+        <v>25</v>
+      </c>
+      <c r="BG30" s="13">
+        <v>2</v>
+      </c>
+      <c r="BH30" s="13">
+        <v>27</v>
+      </c>
+      <c r="BI30" s="10">
+        <v>0.92592592592592604</v>
+      </c>
+      <c r="BJ30" s="5">
+        <v>17</v>
+      </c>
+      <c r="BK30" s="13">
+        <v>8</v>
+      </c>
+      <c r="BL30" s="13">
+        <v>25</v>
+      </c>
+      <c r="BM30" s="10">
+        <v>0.68</v>
+      </c>
+      <c r="BN30" s="5">
+        <v>57</v>
+      </c>
+      <c r="BO30" s="13">
+        <v>8</v>
+      </c>
+      <c r="BP30" s="13">
+        <v>65</v>
+      </c>
+      <c r="BQ30" s="10">
+        <v>0.87692307692307703</v>
+      </c>
+      <c r="BR30" s="5">
+        <v>22</v>
+      </c>
+      <c r="BS30" s="13">
+        <v>3</v>
+      </c>
+      <c r="BT30" s="13">
+        <v>25</v>
+      </c>
+      <c r="BU30" s="10">
+        <v>0.88</v>
+      </c>
+      <c r="BV30" s="5">
+        <v>24</v>
+      </c>
+      <c r="BW30" s="13">
+        <v>5</v>
+      </c>
+      <c r="BX30" s="13">
+        <v>29</v>
+      </c>
+      <c r="BY30" s="10">
+        <v>0.82758620689655205</v>
+      </c>
+      <c r="BZ30" s="5">
+        <v>26</v>
+      </c>
+      <c r="CA30" s="13">
+        <v>4</v>
+      </c>
+      <c r="CB30" s="13">
+        <v>30</v>
+      </c>
+      <c r="CC30" s="10">
+        <v>0.86666666666666703</v>
+      </c>
+      <c r="CD30" s="5">
+        <v>29</v>
+      </c>
+      <c r="CE30" s="13">
+        <v>2</v>
+      </c>
+      <c r="CF30" s="13">
+        <v>31</v>
+      </c>
+      <c r="CG30" s="10">
+        <v>0.93548387096774199</v>
+      </c>
+      <c r="CH30" s="5">
+        <v>34</v>
+      </c>
+      <c r="CI30" s="13">
+        <v>1</v>
+      </c>
+      <c r="CJ30" s="13">
+        <v>35</v>
+      </c>
+      <c r="CK30" s="10">
+        <v>0.97142857142857097</v>
+      </c>
+      <c r="CL30" s="5">
+        <v>30</v>
+      </c>
+      <c r="CM30" s="13">
+        <v>1</v>
+      </c>
+      <c r="CN30" s="13">
+        <v>31</v>
+      </c>
+      <c r="CO30" s="10">
+        <v>0.967741935483871</v>
+      </c>
+      <c r="CP30" s="5">
+        <v>40</v>
+      </c>
+      <c r="CQ30" s="13">
+        <v>1</v>
+      </c>
+      <c r="CR30" s="13">
+        <v>41</v>
+      </c>
+      <c r="CS30" s="10">
+        <v>0.97560975609756095</v>
+      </c>
+      <c r="CT30" s="5">
+        <v>14</v>
+      </c>
+      <c r="CU30" s="13">
+        <v>1</v>
+      </c>
+      <c r="CV30" s="13">
+        <v>15</v>
+      </c>
+      <c r="CW30" s="10">
+        <v>0.93333333333333302</v>
+      </c>
+      <c r="CX30" s="5">
+        <v>21</v>
+      </c>
+      <c r="CY30" s="13">
+        <v>2</v>
+      </c>
+      <c r="CZ30" s="13">
+        <v>23</v>
+      </c>
+      <c r="DA30" s="10">
+        <v>0.91304347826086996</v>
+      </c>
+      <c r="DB30" s="5">
+        <v>16</v>
+      </c>
+      <c r="DC30" s="13">
+        <v>4</v>
+      </c>
+      <c r="DD30" s="13">
+        <v>20</v>
+      </c>
+      <c r="DE30" s="10">
+        <v>0.8</v>
+      </c>
+      <c r="DF30" s="5">
+        <v>21</v>
+      </c>
+      <c r="DG30" s="13">
+        <v>4</v>
+      </c>
+      <c r="DH30" s="13">
+        <v>25</v>
+      </c>
+      <c r="DI30" s="10">
+        <v>0.84</v>
+      </c>
+      <c r="DJ30" s="5">
+        <v>10</v>
+      </c>
+      <c r="DK30" s="13">
+        <v>2</v>
+      </c>
+      <c r="DL30" s="13">
+        <v>12</v>
+      </c>
+      <c r="DM30" s="10">
+        <v>0.83333333333333304</v>
+      </c>
+      <c r="DN30" s="5">
+        <v>14</v>
+      </c>
+      <c r="DO30" s="13">
+        <v>0</v>
+      </c>
+      <c r="DP30" s="13">
+        <v>14</v>
+      </c>
+      <c r="DQ30" s="10">
+        <v>1</v>
+      </c>
+      <c r="DR30" s="5">
+        <v>13</v>
+      </c>
+      <c r="DS30" s="13">
+        <v>1</v>
+      </c>
+      <c r="DT30" s="13">
+        <v>14</v>
+      </c>
+      <c r="DU30" s="10">
+        <v>0.92857142857142905</v>
+      </c>
+      <c r="DV30" s="5">
+        <v>11</v>
+      </c>
+      <c r="DW30" s="13">
+        <v>1</v>
+      </c>
+      <c r="DX30" s="13">
+        <v>12</v>
+      </c>
+      <c r="DY30" s="10">
+        <v>0.91666666666666696</v>
+      </c>
+      <c r="DZ30" s="5">
+        <v>11</v>
+      </c>
+      <c r="EA30" s="13">
+        <v>1</v>
+      </c>
+      <c r="EB30" s="13">
+        <v>12</v>
+      </c>
+      <c r="EC30" s="10">
+        <v>0.91666666666666696</v>
+      </c>
+      <c r="ED30" s="5">
+        <v>19</v>
+      </c>
+      <c r="EE30" s="13">
+        <v>2</v>
+      </c>
+      <c r="EF30" s="13">
+        <v>21</v>
+      </c>
+      <c r="EG30" s="10">
+        <v>0.90476190476190499</v>
+      </c>
+      <c r="EH30" s="5">
+        <v>18</v>
+      </c>
+      <c r="EI30" s="13">
+        <v>5</v>
+      </c>
+      <c r="EJ30" s="13">
+        <v>23</v>
+      </c>
+      <c r="EK30" s="10">
+        <v>0.78260869565217395</v>
+      </c>
+      <c r="EL30" s="5">
+        <v>16</v>
+      </c>
+      <c r="EM30" s="13">
+        <v>0</v>
+      </c>
+      <c r="EN30" s="13">
+        <v>16</v>
+      </c>
+      <c r="EO30" s="10">
+        <v>1</v>
+      </c>
+      <c r="EP30" s="5">
+        <v>8</v>
+      </c>
+      <c r="EQ30" s="13">
+        <v>0</v>
+      </c>
+      <c r="ER30" s="13">
+        <v>8</v>
+      </c>
+      <c r="ES30" s="10">
+        <v>1</v>
+      </c>
+      <c r="ET30" s="5">
+        <v>4</v>
+      </c>
+      <c r="EU30" s="13">
+        <v>1</v>
+      </c>
+      <c r="EV30" s="13">
+        <v>5</v>
+      </c>
+      <c r="EW30" s="10">
+        <v>0.8</v>
+      </c>
+      <c r="EX30" s="5">
         <v>9</v>
       </c>
-      <c r="Q10" s="17">
-[...2 lines deleted...]
-      <c r="R10" s="13">
+      <c r="EY30" s="13">
+        <v>0</v>
+      </c>
+      <c r="EZ30" s="13">
+        <v>9</v>
+      </c>
+      <c r="FA30" s="10">
+        <v>1</v>
+      </c>
+      <c r="FB30" s="5">
+        <v>8</v>
+      </c>
+      <c r="FC30" s="13">
+        <v>0</v>
+      </c>
+      <c r="FD30" s="13">
+        <v>8</v>
+      </c>
+      <c r="FE30" s="10">
+        <v>1</v>
+      </c>
+      <c r="FF30" s="5">
+        <v>2</v>
+      </c>
+      <c r="FG30" s="13">
+        <v>1</v>
+      </c>
+      <c r="FH30" s="13">
+        <v>3</v>
+      </c>
+      <c r="FI30" s="10">
+        <v>0.66666666666666696</v>
+      </c>
+      <c r="FJ30" s="5">
+        <v>3</v>
+      </c>
+      <c r="FK30" s="13">
+        <v>0</v>
+      </c>
+      <c r="FL30" s="13">
+        <v>3</v>
+      </c>
+      <c r="FM30" s="10">
+        <v>1</v>
+      </c>
+      <c r="FN30" s="5">
+        <v>0</v>
+      </c>
+      <c r="FO30" s="13">
+        <v>0</v>
+      </c>
+      <c r="FP30" s="13">
+        <v>0</v>
+      </c>
+      <c r="FQ30" s="10" t="e">
+        <v>#NUM!</v>
+      </c>
+      <c r="FR30" s="5">
+        <v>0</v>
+      </c>
+      <c r="FS30" s="13">
+        <v>0</v>
+      </c>
+      <c r="FT30" s="13">
+        <v>0</v>
+      </c>
+      <c r="FU30" s="10" t="e">
+        <v>#NUM!</v>
+      </c>
+    </row>
+    <row r="31" spans="1:177">
+      <c r="A31" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="B31" s="5">
+        <v>18</v>
+      </c>
+      <c r="C31" s="6">
+        <v>9</v>
+      </c>
+      <c r="D31" s="13">
+        <v>27</v>
+      </c>
+      <c r="E31" s="10">
+        <v>0.66666666666666696</v>
+      </c>
+      <c r="F31" s="5">
+        <v>19</v>
+      </c>
+      <c r="G31" s="6">
+        <v>23</v>
+      </c>
+      <c r="H31" s="13">
+        <v>42</v>
+      </c>
+      <c r="I31" s="10">
+        <v>0.452380952380952</v>
+      </c>
+      <c r="J31" s="5">
+        <v>31</v>
+      </c>
+      <c r="K31" s="6">
+        <v>21</v>
+      </c>
+      <c r="L31" s="13">
+        <v>52</v>
+      </c>
+      <c r="M31" s="10">
+        <v>0.59615384615384603</v>
+      </c>
+      <c r="N31" s="5">
+        <v>44</v>
+      </c>
+      <c r="O31" s="6">
+        <v>17</v>
+      </c>
+      <c r="P31" s="13">
+        <v>61</v>
+      </c>
+      <c r="Q31" s="10">
+        <v>0.72131147540983598</v>
+      </c>
+      <c r="R31" s="5">
+        <v>17</v>
+      </c>
+      <c r="S31" s="6">
+        <v>6</v>
+      </c>
+      <c r="T31" s="13">
+        <v>23</v>
+      </c>
+      <c r="U31" s="10">
+        <v>0.73913043478260898</v>
+      </c>
+      <c r="V31" s="5">
+        <v>12</v>
+      </c>
+      <c r="W31" s="6">
+        <v>8</v>
+      </c>
+      <c r="X31" s="13">
+        <v>20</v>
+      </c>
+      <c r="Y31" s="10">
+        <v>0.6</v>
+      </c>
+      <c r="Z31" s="5">
+        <v>15</v>
+      </c>
+      <c r="AA31" s="6">
+        <v>16</v>
+      </c>
+      <c r="AB31" s="13">
+        <v>31</v>
+      </c>
+      <c r="AC31" s="10">
+        <v>0.483870967741935</v>
+      </c>
+      <c r="AD31" s="5">
+        <v>30</v>
+      </c>
+      <c r="AE31" s="6">
+        <v>15</v>
+      </c>
+      <c r="AF31" s="13">
+        <v>45</v>
+      </c>
+      <c r="AG31" s="10">
+        <v>0.66666666666666696</v>
+      </c>
+      <c r="AH31" s="5">
+        <v>18</v>
+      </c>
+      <c r="AI31" s="6">
+        <v>18</v>
+      </c>
+      <c r="AJ31" s="13">
+        <v>36</v>
+      </c>
+      <c r="AK31" s="10">
+        <v>0.5</v>
+      </c>
+      <c r="AL31" s="5">
+        <v>11</v>
+      </c>
+      <c r="AM31" s="6">
+        <v>8</v>
+      </c>
+      <c r="AN31" s="13">
+        <v>19</v>
+      </c>
+      <c r="AO31" s="10">
+        <v>0.57894736842105299</v>
+      </c>
+      <c r="AP31" s="5">
+        <v>10</v>
+      </c>
+      <c r="AQ31" s="6">
         <v>7</v>
       </c>
-      <c r="S10" s="17">
+      <c r="AR31" s="13">
+        <v>17</v>
+      </c>
+      <c r="AS31" s="10">
+        <v>0.58823529411764697</v>
+      </c>
+      <c r="AT31" s="5">
+        <v>19</v>
+      </c>
+      <c r="AU31" s="6">
+        <v>20</v>
+      </c>
+      <c r="AV31" s="13">
+        <v>39</v>
+      </c>
+      <c r="AW31" s="10">
+        <v>0.487179487179487</v>
+      </c>
+      <c r="AX31" s="5">
+        <v>14</v>
+      </c>
+      <c r="AY31" s="6">
+        <v>15</v>
+      </c>
+      <c r="AZ31" s="13">
+        <v>29</v>
+      </c>
+      <c r="BA31" s="10">
+        <v>0.48275862068965503</v>
+      </c>
+      <c r="BB31" s="5">
+        <v>20</v>
+      </c>
+      <c r="BC31" s="6">
+        <v>8</v>
+      </c>
+      <c r="BD31" s="13">
+        <v>28</v>
+      </c>
+      <c r="BE31" s="10">
+        <v>0.71428571428571397</v>
+      </c>
+      <c r="BF31" s="5">
+        <v>22</v>
+      </c>
+      <c r="BG31" s="6">
+        <v>15</v>
+      </c>
+      <c r="BH31" s="13">
+        <v>37</v>
+      </c>
+      <c r="BI31" s="10">
+        <v>0.59459459459459496</v>
+      </c>
+      <c r="BJ31" s="5">
+        <v>20</v>
+      </c>
+      <c r="BK31" s="6">
+        <v>9</v>
+      </c>
+      <c r="BL31" s="13">
+        <v>29</v>
+      </c>
+      <c r="BM31" s="10">
+        <v>0.68965517241379304</v>
+      </c>
+      <c r="BN31" s="5">
+        <v>40</v>
+      </c>
+      <c r="BO31" s="6">
+        <v>10</v>
+      </c>
+      <c r="BP31" s="13">
+        <v>50</v>
+      </c>
+      <c r="BQ31" s="10">
+        <v>0.8</v>
+      </c>
+      <c r="BR31" s="5">
+        <v>18</v>
+      </c>
+      <c r="BS31" s="6">
+        <v>7</v>
+      </c>
+      <c r="BT31" s="13">
+        <v>25</v>
+      </c>
+      <c r="BU31" s="10">
+        <v>0.72</v>
+      </c>
+      <c r="BV31" s="5">
+        <v>14</v>
+      </c>
+      <c r="BW31" s="6">
+        <v>2</v>
+      </c>
+      <c r="BX31" s="13">
+        <v>16</v>
+      </c>
+      <c r="BY31" s="10">
+        <v>0.875</v>
+      </c>
+      <c r="BZ31" s="5">
+        <v>18</v>
+      </c>
+      <c r="CA31" s="6">
+        <v>12</v>
+      </c>
+      <c r="CB31" s="13">
+        <v>30</v>
+      </c>
+      <c r="CC31" s="10">
+        <v>0.6</v>
+      </c>
+      <c r="CD31" s="5">
+        <v>10</v>
+      </c>
+      <c r="CE31" s="6">
+        <v>4</v>
+      </c>
+      <c r="CF31" s="13">
+        <v>14</v>
+      </c>
+      <c r="CG31" s="10">
+        <v>0.71428571428571397</v>
+      </c>
+      <c r="CH31" s="5">
+        <v>3</v>
+      </c>
+      <c r="CI31" s="6">
+        <v>6</v>
+      </c>
+      <c r="CJ31" s="13">
+        <v>9</v>
+      </c>
+      <c r="CK31" s="10">
+        <v>0.33333333333333298</v>
+      </c>
+      <c r="CL31" s="5">
+        <v>9</v>
+      </c>
+      <c r="CM31" s="6">
+        <v>3</v>
+      </c>
+      <c r="CN31" s="13">
+        <v>12</v>
+      </c>
+      <c r="CO31" s="10">
+        <v>0.75</v>
+      </c>
+      <c r="CP31" s="5">
+        <v>11</v>
+      </c>
+      <c r="CQ31" s="6">
+        <v>3</v>
+      </c>
+      <c r="CR31" s="13">
+        <v>14</v>
+      </c>
+      <c r="CS31" s="10">
+        <v>0.78571428571428603</v>
+      </c>
+      <c r="CT31" s="5">
+        <v>16</v>
+      </c>
+      <c r="CU31" s="6">
+        <v>8</v>
+      </c>
+      <c r="CV31" s="13">
+        <v>24</v>
+      </c>
+      <c r="CW31" s="10">
+        <v>0.66666666666666696</v>
+      </c>
+      <c r="CX31" s="5">
+        <v>14</v>
+      </c>
+      <c r="CY31" s="6">
+        <v>3</v>
+      </c>
+      <c r="CZ31" s="13">
+        <v>17</v>
+      </c>
+      <c r="DA31" s="10">
+        <v>0.82352941176470595</v>
+      </c>
+      <c r="DB31" s="5">
+        <v>34</v>
+      </c>
+      <c r="DC31" s="6">
+        <v>10</v>
+      </c>
+      <c r="DD31" s="13">
+        <v>44</v>
+      </c>
+      <c r="DE31" s="10">
+        <v>0.77272727272727304</v>
+      </c>
+      <c r="DF31" s="5">
+        <v>27</v>
+      </c>
+      <c r="DG31" s="6">
+        <v>13</v>
+      </c>
+      <c r="DH31" s="13">
+        <v>40</v>
+      </c>
+      <c r="DI31" s="10">
+        <v>0.67500000000000004</v>
+      </c>
+      <c r="DJ31" s="5">
+        <v>33</v>
+      </c>
+      <c r="DK31" s="6">
+        <v>3</v>
+      </c>
+      <c r="DL31" s="13">
+        <v>36</v>
+      </c>
+      <c r="DM31" s="10">
+        <v>0.91666666666666696</v>
+      </c>
+      <c r="DN31" s="5">
+        <v>24</v>
+      </c>
+      <c r="DO31" s="6">
+        <v>5</v>
+      </c>
+      <c r="DP31" s="13">
+        <v>29</v>
+      </c>
+      <c r="DQ31" s="10">
+        <v>0.82758620689655205</v>
+      </c>
+      <c r="DR31" s="5">
+        <v>10</v>
+      </c>
+      <c r="DS31" s="6">
+        <v>5</v>
+      </c>
+      <c r="DT31" s="13">
+        <v>15</v>
+      </c>
+      <c r="DU31" s="10">
+        <v>0.66666666666666696</v>
+      </c>
+      <c r="DV31" s="5">
+        <v>27</v>
+      </c>
+      <c r="DW31" s="6">
+        <v>10</v>
+      </c>
+      <c r="DX31" s="13">
+        <v>37</v>
+      </c>
+      <c r="DY31" s="10">
+        <v>0.72972972972973005</v>
+      </c>
+      <c r="DZ31" s="5">
+        <v>25</v>
+      </c>
+      <c r="EA31" s="6">
+        <v>4</v>
+      </c>
+      <c r="EB31" s="13">
+        <v>29</v>
+      </c>
+      <c r="EC31" s="10">
+        <v>0.86206896551724099</v>
+      </c>
+      <c r="ED31" s="5">
+        <v>13</v>
+      </c>
+      <c r="EE31" s="6">
+        <v>9</v>
+      </c>
+      <c r="EF31" s="13">
+        <v>22</v>
+      </c>
+      <c r="EG31" s="10">
+        <v>0.59090909090909105</v>
+      </c>
+      <c r="EH31" s="5">
+        <v>18</v>
+      </c>
+      <c r="EI31" s="6">
+        <v>10</v>
+      </c>
+      <c r="EJ31" s="13">
+        <v>28</v>
+      </c>
+      <c r="EK31" s="10">
+        <v>0.64285714285714302</v>
+      </c>
+      <c r="EL31" s="5">
+        <v>18</v>
+      </c>
+      <c r="EM31" s="6">
+        <v>5</v>
+      </c>
+      <c r="EN31" s="13">
+        <v>23</v>
+      </c>
+      <c r="EO31" s="10">
+        <v>0.78260869565217395</v>
+      </c>
+      <c r="EP31" s="5">
+        <v>5</v>
+      </c>
+      <c r="EQ31" s="6">
+        <v>7</v>
+      </c>
+      <c r="ER31" s="13">
+        <v>12</v>
+      </c>
+      <c r="ES31" s="10">
+        <v>0.41666666666666702</v>
+      </c>
+      <c r="ET31" s="5">
+        <v>9</v>
+      </c>
+      <c r="EU31" s="6">
+        <v>4</v>
+      </c>
+      <c r="EV31" s="13">
+        <v>13</v>
+      </c>
+      <c r="EW31" s="10">
+        <v>0.69230769230769196</v>
+      </c>
+      <c r="EX31" s="5">
+        <v>14</v>
+      </c>
+      <c r="EY31" s="6">
+        <v>4</v>
+      </c>
+      <c r="EZ31" s="13">
+        <v>18</v>
+      </c>
+      <c r="FA31" s="10">
+        <v>0.77777777777777801</v>
+      </c>
+      <c r="FB31" s="5">
+        <v>9</v>
+      </c>
+      <c r="FC31" s="6">
+        <v>13</v>
+      </c>
+      <c r="FD31" s="13">
+        <v>22</v>
+      </c>
+      <c r="FE31" s="10">
+        <v>0.40909090909090901</v>
+      </c>
+      <c r="FF31" s="5">
+        <v>9</v>
+      </c>
+      <c r="FG31" s="6">
+        <v>4</v>
+      </c>
+      <c r="FH31" s="13">
+        <v>13</v>
+      </c>
+      <c r="FI31" s="10">
+        <v>0.69230769230769196</v>
+      </c>
+      <c r="FJ31" s="5">
+        <v>7</v>
+      </c>
+      <c r="FK31" s="6">
         <v>1</v>
       </c>
-      <c r="T10" s="13">
+      <c r="FL31" s="13">
+        <v>8</v>
+      </c>
+      <c r="FM31" s="10">
+        <v>0.875</v>
+      </c>
+      <c r="FN31" s="5">
+        <v>1</v>
+      </c>
+      <c r="FO31" s="6">
+        <v>0</v>
+      </c>
+      <c r="FP31" s="13">
+        <v>1</v>
+      </c>
+      <c r="FQ31" s="10">
+        <v>1</v>
+      </c>
+      <c r="FR31" s="5">
+        <v>4</v>
+      </c>
+      <c r="FS31" s="6">
+        <v>0</v>
+      </c>
+      <c r="FT31" s="13">
+        <v>4</v>
+      </c>
+      <c r="FU31" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:177">
+      <c r="A32" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="B32" s="5">
         <v>6</v>
       </c>
-      <c r="U10" s="17">
+      <c r="C32" s="13">
+        <v>10</v>
+      </c>
+      <c r="D32" s="13">
+        <v>16</v>
+      </c>
+      <c r="E32" s="11">
+        <v>0.375</v>
+      </c>
+      <c r="F32" s="5">
+        <v>6</v>
+      </c>
+      <c r="G32" s="13">
+        <v>11</v>
+      </c>
+      <c r="H32" s="13">
+        <v>17</v>
+      </c>
+      <c r="I32" s="11">
+        <v>0.35294117647058798</v>
+      </c>
+      <c r="J32" s="5">
+        <v>12</v>
+      </c>
+      <c r="K32" s="13">
+        <v>9</v>
+      </c>
+      <c r="L32" s="13">
+        <v>21</v>
+      </c>
+      <c r="M32" s="11">
+        <v>0.57142857142857095</v>
+      </c>
+      <c r="N32" s="5">
+        <v>13</v>
+      </c>
+      <c r="O32" s="13">
+        <v>7</v>
+      </c>
+      <c r="P32" s="13">
+        <v>20</v>
+      </c>
+      <c r="Q32" s="11">
+        <v>0.65</v>
+      </c>
+      <c r="R32" s="5">
+        <v>7</v>
+      </c>
+      <c r="S32" s="13">
+        <v>2</v>
+      </c>
+      <c r="T32" s="13">
+        <v>9</v>
+      </c>
+      <c r="U32" s="11">
+        <v>0.77777777777777801</v>
+      </c>
+      <c r="V32" s="5">
+        <v>10</v>
+      </c>
+      <c r="W32" s="13">
+        <v>5</v>
+      </c>
+      <c r="X32" s="13">
+        <v>15</v>
+      </c>
+      <c r="Y32" s="11">
+        <v>0.66666666666666696</v>
+      </c>
+      <c r="Z32" s="5">
+        <v>7</v>
+      </c>
+      <c r="AA32" s="13">
+        <v>2</v>
+      </c>
+      <c r="AB32" s="13">
+        <v>9</v>
+      </c>
+      <c r="AC32" s="11">
+        <v>0.77777777777777801</v>
+      </c>
+      <c r="AD32" s="5">
+        <v>19</v>
+      </c>
+      <c r="AE32" s="13">
+        <v>9</v>
+      </c>
+      <c r="AF32" s="13">
+        <v>28</v>
+      </c>
+      <c r="AG32" s="11">
+        <v>0.67857142857142905</v>
+      </c>
+      <c r="AH32" s="5">
+        <v>12</v>
+      </c>
+      <c r="AI32" s="13">
+        <v>15</v>
+      </c>
+      <c r="AJ32" s="13">
+        <v>27</v>
+      </c>
+      <c r="AK32" s="11">
+        <v>0.44444444444444398</v>
+      </c>
+      <c r="AL32" s="5">
+        <v>17</v>
+      </c>
+      <c r="AM32" s="13">
+        <v>5</v>
+      </c>
+      <c r="AN32" s="13">
+        <v>22</v>
+      </c>
+      <c r="AO32" s="11">
+        <v>0.77272727272727304</v>
+      </c>
+      <c r="AP32" s="5">
+        <v>18</v>
+      </c>
+      <c r="AQ32" s="13">
+        <v>6</v>
+      </c>
+      <c r="AR32" s="13">
+        <v>24</v>
+      </c>
+      <c r="AS32" s="11">
+        <v>0.75</v>
+      </c>
+      <c r="AT32" s="5">
+        <v>12</v>
+      </c>
+      <c r="AU32" s="13">
+        <v>5</v>
+      </c>
+      <c r="AV32" s="13">
+        <v>17</v>
+      </c>
+      <c r="AW32" s="11">
+        <v>0.70588235294117696</v>
+      </c>
+      <c r="AX32" s="5">
+        <v>13</v>
+      </c>
+      <c r="AY32" s="13">
+        <v>5</v>
+      </c>
+      <c r="AZ32" s="13">
+        <v>18</v>
+      </c>
+      <c r="BA32" s="11">
+        <v>0.72222222222222199</v>
+      </c>
+      <c r="BB32" s="5">
+        <v>4</v>
+      </c>
+      <c r="BC32" s="13">
+        <v>10</v>
+      </c>
+      <c r="BD32" s="13">
+        <v>14</v>
+      </c>
+      <c r="BE32" s="11">
+        <v>0.28571428571428598</v>
+      </c>
+      <c r="BF32" s="5">
+        <v>13</v>
+      </c>
+      <c r="BG32" s="13">
+        <v>5</v>
+      </c>
+      <c r="BH32" s="13">
+        <v>18</v>
+      </c>
+      <c r="BI32" s="11">
+        <v>0.72222222222222199</v>
+      </c>
+      <c r="BJ32" s="5">
+        <v>17</v>
+      </c>
+      <c r="BK32" s="13">
+        <v>6</v>
+      </c>
+      <c r="BL32" s="13">
+        <v>23</v>
+      </c>
+      <c r="BM32" s="11">
+        <v>0.73913043478260898</v>
+      </c>
+      <c r="BN32" s="5">
+        <v>7</v>
+      </c>
+      <c r="BO32" s="13">
+        <v>2</v>
+      </c>
+      <c r="BP32" s="13">
+        <v>9</v>
+      </c>
+      <c r="BQ32" s="11">
+        <v>0.77777777777777801</v>
+      </c>
+      <c r="BR32" s="5">
+        <v>12</v>
+      </c>
+      <c r="BS32" s="13">
+        <v>6</v>
+      </c>
+      <c r="BT32" s="13">
+        <v>18</v>
+      </c>
+      <c r="BU32" s="11">
+        <v>0.66666666666666696</v>
+      </c>
+      <c r="BV32" s="5">
+        <v>4</v>
+      </c>
+      <c r="BW32" s="13">
+        <v>6</v>
+      </c>
+      <c r="BX32" s="13">
+        <v>10</v>
+      </c>
+      <c r="BY32" s="11">
+        <v>0.4</v>
+      </c>
+      <c r="BZ32" s="5">
+        <v>7</v>
+      </c>
+      <c r="CA32" s="13">
+        <v>3</v>
+      </c>
+      <c r="CB32" s="13">
+        <v>10</v>
+      </c>
+      <c r="CC32" s="11">
+        <v>0.7</v>
+      </c>
+      <c r="CD32" s="5">
+        <v>9</v>
+      </c>
+      <c r="CE32" s="13">
+        <v>4</v>
+      </c>
+      <c r="CF32" s="13">
+        <v>13</v>
+      </c>
+      <c r="CG32" s="11">
+        <v>0.69230769230769196</v>
+      </c>
+      <c r="CH32" s="5">
+        <v>13</v>
+      </c>
+      <c r="CI32" s="13">
+        <v>3</v>
+      </c>
+      <c r="CJ32" s="13">
+        <v>16</v>
+      </c>
+      <c r="CK32" s="11">
+        <v>0.8125</v>
+      </c>
+      <c r="CL32" s="5">
+        <v>6</v>
+      </c>
+      <c r="CM32" s="13">
         <v>1</v>
       </c>
-      <c r="V10" s="13">
+      <c r="CN32" s="13">
+        <v>7</v>
+      </c>
+      <c r="CO32" s="11">
+        <v>0.85714285714285698</v>
+      </c>
+      <c r="CP32" s="5">
+        <v>11</v>
+      </c>
+      <c r="CQ32" s="13">
+        <v>5</v>
+      </c>
+      <c r="CR32" s="13">
+        <v>16</v>
+      </c>
+      <c r="CS32" s="11">
+        <v>0.6875</v>
+      </c>
+      <c r="CT32" s="5">
+        <v>7</v>
+      </c>
+      <c r="CU32" s="13">
+        <v>0</v>
+      </c>
+      <c r="CV32" s="13">
+        <v>7</v>
+      </c>
+      <c r="CW32" s="11">
+        <v>1</v>
+      </c>
+      <c r="CX32" s="5">
+        <v>5</v>
+      </c>
+      <c r="CY32" s="13">
+        <v>0</v>
+      </c>
+      <c r="CZ32" s="13">
+        <v>5</v>
+      </c>
+      <c r="DA32" s="11">
+        <v>1</v>
+      </c>
+      <c r="DB32" s="5">
+        <v>3</v>
+      </c>
+      <c r="DC32" s="13">
+        <v>2</v>
+      </c>
+      <c r="DD32" s="13">
+        <v>5</v>
+      </c>
+      <c r="DE32" s="11">
+        <v>0.6</v>
+      </c>
+      <c r="DF32" s="5">
+        <v>8</v>
+      </c>
+      <c r="DG32" s="13">
+        <v>8</v>
+      </c>
+      <c r="DH32" s="13">
+        <v>16</v>
+      </c>
+      <c r="DI32" s="11">
+        <v>0.5</v>
+      </c>
+      <c r="DJ32" s="5">
+        <v>6</v>
+      </c>
+      <c r="DK32" s="13">
+        <v>2</v>
+      </c>
+      <c r="DL32" s="13">
+        <v>8</v>
+      </c>
+      <c r="DM32" s="11">
+        <v>0.75</v>
+      </c>
+      <c r="DN32" s="5">
+        <v>11</v>
+      </c>
+      <c r="DO32" s="13">
         <v>4</v>
       </c>
-      <c r="W10" s="17">
-[...2 lines deleted...]
-      <c r="X10" s="13">
+      <c r="DP32" s="13">
+        <v>15</v>
+      </c>
+      <c r="DQ32" s="11">
+        <v>0.73333333333333295</v>
+      </c>
+      <c r="DR32" s="5">
+        <v>4</v>
+      </c>
+      <c r="DS32" s="13">
+        <v>3</v>
+      </c>
+      <c r="DT32" s="13">
         <v>7</v>
       </c>
-      <c r="Y10" s="17">
-[...2 lines deleted...]
-      <c r="Z10" s="13">
+      <c r="DU32" s="11">
+        <v>0.57142857142857095</v>
+      </c>
+      <c r="DV32" s="5">
+        <v>10</v>
+      </c>
+      <c r="DW32" s="13">
+        <v>6</v>
+      </c>
+      <c r="DX32" s="13">
+        <v>16</v>
+      </c>
+      <c r="DY32" s="11">
+        <v>0.625</v>
+      </c>
+      <c r="DZ32" s="5">
+        <v>7</v>
+      </c>
+      <c r="EA32" s="13">
+        <v>1</v>
+      </c>
+      <c r="EB32" s="13">
+        <v>8</v>
+      </c>
+      <c r="EC32" s="11">
+        <v>0.875</v>
+      </c>
+      <c r="ED32" s="5">
         <v>5</v>
       </c>
-      <c r="AA10" s="17">
+      <c r="EE32" s="13">
+        <v>4</v>
+      </c>
+      <c r="EF32" s="13">
+        <v>9</v>
+      </c>
+      <c r="EG32" s="11">
+        <v>0.55555555555555602</v>
+      </c>
+      <c r="EH32" s="5">
+        <v>9</v>
+      </c>
+      <c r="EI32" s="13">
+        <v>5</v>
+      </c>
+      <c r="EJ32" s="13">
+        <v>14</v>
+      </c>
+      <c r="EK32" s="11">
+        <v>0.64285714285714302</v>
+      </c>
+      <c r="EL32" s="5">
+        <v>9</v>
+      </c>
+      <c r="EM32" s="13">
+        <v>11</v>
+      </c>
+      <c r="EN32" s="13">
+        <v>20</v>
+      </c>
+      <c r="EO32" s="11">
+        <v>0.45</v>
+      </c>
+      <c r="EP32" s="5">
+        <v>4</v>
+      </c>
+      <c r="EQ32" s="13">
+        <v>4</v>
+      </c>
+      <c r="ER32" s="13">
+        <v>8</v>
+      </c>
+      <c r="ES32" s="11">
+        <v>0.5</v>
+      </c>
+      <c r="ET32" s="5">
+        <v>5</v>
+      </c>
+      <c r="EU32" s="13">
+        <v>0</v>
+      </c>
+      <c r="EV32" s="13">
+        <v>5</v>
+      </c>
+      <c r="EW32" s="11">
         <v>1</v>
       </c>
-      <c r="AB10" s="13">
-[...11 lines deleted...]
-      <c r="AF10" s="13">
+      <c r="EX32" s="5">
+        <v>5</v>
+      </c>
+      <c r="EY32" s="13">
+        <v>3</v>
+      </c>
+      <c r="EZ32" s="13">
+        <v>8</v>
+      </c>
+      <c r="FA32" s="11">
+        <v>0.625</v>
+      </c>
+      <c r="FB32" s="5">
+        <v>5</v>
+      </c>
+      <c r="FC32" s="13">
+        <v>4</v>
+      </c>
+      <c r="FD32" s="13">
+        <v>9</v>
+      </c>
+      <c r="FE32" s="11">
+        <v>0.55555555555555602</v>
+      </c>
+      <c r="FF32" s="5">
+        <v>11</v>
+      </c>
+      <c r="FG32" s="13">
+        <v>2</v>
+      </c>
+      <c r="FH32" s="13">
+        <v>13</v>
+      </c>
+      <c r="FI32" s="11">
+        <v>0.84615384615384603</v>
+      </c>
+      <c r="FJ32" s="5">
+        <v>3</v>
+      </c>
+      <c r="FK32" s="13">
+        <v>0</v>
+      </c>
+      <c r="FL32" s="13">
+        <v>3</v>
+      </c>
+      <c r="FM32" s="11">
+        <v>1</v>
+      </c>
+      <c r="FN32" s="5">
+        <v>11</v>
+      </c>
+      <c r="FO32" s="13">
+        <v>0</v>
+      </c>
+      <c r="FP32" s="13">
+        <v>11</v>
+      </c>
+      <c r="FQ32" s="11">
+        <v>1</v>
+      </c>
+      <c r="FR32" s="5">
+        <v>7</v>
+      </c>
+      <c r="FS32" s="13">
+        <v>2</v>
+      </c>
+      <c r="FT32" s="13">
+        <v>9</v>
+      </c>
+      <c r="FU32" s="11">
+        <v>0.77777777777777801</v>
+      </c>
+    </row>
+    <row r="33" spans="1:177" ht="15.75" customHeight="1">
+      <c r="A33" s="48" t="s">
+        <v>94</v>
+      </c>
+      <c r="B33" s="49">
+        <v>95</v>
+      </c>
+      <c r="C33" s="50">
+        <v>25</v>
+      </c>
+      <c r="D33" s="50">
+        <v>120</v>
+      </c>
+      <c r="E33" s="51">
+        <v>0.79166666666666696</v>
+      </c>
+      <c r="F33" s="49">
+        <v>99</v>
+      </c>
+      <c r="G33" s="50">
+        <v>48</v>
+      </c>
+      <c r="H33" s="50">
+        <v>147</v>
+      </c>
+      <c r="I33" s="51">
+        <v>0.67346938775510201</v>
+      </c>
+      <c r="J33" s="49">
+        <v>119</v>
+      </c>
+      <c r="K33" s="50">
+        <v>45</v>
+      </c>
+      <c r="L33" s="50">
+        <v>164</v>
+      </c>
+      <c r="M33" s="51">
+        <v>0.72560975609756095</v>
+      </c>
+      <c r="N33" s="49">
+        <v>146</v>
+      </c>
+      <c r="O33" s="50">
+        <v>41</v>
+      </c>
+      <c r="P33" s="50">
+        <v>187</v>
+      </c>
+      <c r="Q33" s="51">
+        <v>0.78074866310160396</v>
+      </c>
+      <c r="R33" s="49">
+        <v>92</v>
+      </c>
+      <c r="S33" s="50">
+        <v>16</v>
+      </c>
+      <c r="T33" s="50">
+        <v>108</v>
+      </c>
+      <c r="U33" s="51">
+        <v>0.85185185185185197</v>
+      </c>
+      <c r="V33" s="49">
+        <v>100</v>
+      </c>
+      <c r="W33" s="50">
+        <v>28</v>
+      </c>
+      <c r="X33" s="50">
+        <v>128</v>
+      </c>
+      <c r="Y33" s="51">
+        <v>0.78125</v>
+      </c>
+      <c r="Z33" s="49">
+        <v>109</v>
+      </c>
+      <c r="AA33" s="50">
+        <v>27</v>
+      </c>
+      <c r="AB33" s="50">
+        <v>136</v>
+      </c>
+      <c r="AC33" s="51">
+        <v>0.80147058823529405</v>
+      </c>
+      <c r="AD33" s="49">
+        <v>123</v>
+      </c>
+      <c r="AE33" s="50">
+        <v>43</v>
+      </c>
+      <c r="AF33" s="50">
+        <v>166</v>
+      </c>
+      <c r="AG33" s="51">
+        <v>0.74096385542168697</v>
+      </c>
+      <c r="AH33" s="49">
+        <v>132</v>
+      </c>
+      <c r="AI33" s="50">
+        <v>38</v>
+      </c>
+      <c r="AJ33" s="50">
+        <v>170</v>
+      </c>
+      <c r="AK33" s="51">
+        <v>0.77647058823529402</v>
+      </c>
+      <c r="AL33" s="49">
+        <v>139</v>
+      </c>
+      <c r="AM33" s="50">
+        <v>39</v>
+      </c>
+      <c r="AN33" s="50">
+        <v>178</v>
+      </c>
+      <c r="AO33" s="51">
+        <v>0.78089887640449396</v>
+      </c>
+      <c r="AP33" s="49">
+        <v>124</v>
+      </c>
+      <c r="AQ33" s="50">
+        <v>22</v>
+      </c>
+      <c r="AR33" s="50">
+        <v>146</v>
+      </c>
+      <c r="AS33" s="51">
+        <v>0.84931506849315097</v>
+      </c>
+      <c r="AT33" s="49">
+        <v>135</v>
+      </c>
+      <c r="AU33" s="50">
+        <v>53</v>
+      </c>
+      <c r="AV33" s="50">
+        <v>188</v>
+      </c>
+      <c r="AW33" s="51">
+        <v>0.71808510638297895</v>
+      </c>
+      <c r="AX33" s="49">
+        <v>91</v>
+      </c>
+      <c r="AY33" s="50">
+        <v>28</v>
+      </c>
+      <c r="AZ33" s="50">
+        <v>119</v>
+      </c>
+      <c r="BA33" s="51">
+        <v>0.76470588235294101</v>
+      </c>
+      <c r="BB33" s="49">
+        <v>82</v>
+      </c>
+      <c r="BC33" s="50">
+        <v>53</v>
+      </c>
+      <c r="BD33" s="50">
+        <v>135</v>
+      </c>
+      <c r="BE33" s="51">
+        <v>0.60740740740740695</v>
+      </c>
+      <c r="BF33" s="49">
+        <v>89</v>
+      </c>
+      <c r="BG33" s="50">
+        <v>23</v>
+      </c>
+      <c r="BH33" s="50">
+        <v>112</v>
+      </c>
+      <c r="BI33" s="51">
+        <v>0.79464285714285698</v>
+      </c>
+      <c r="BJ33" s="49">
+        <v>86</v>
+      </c>
+      <c r="BK33" s="50">
+        <v>28</v>
+      </c>
+      <c r="BL33" s="50">
+        <v>114</v>
+      </c>
+      <c r="BM33" s="51">
+        <v>0.75438596491228105</v>
+      </c>
+      <c r="BN33" s="49">
+        <v>139</v>
+      </c>
+      <c r="BO33" s="50">
+        <v>25</v>
+      </c>
+      <c r="BP33" s="50">
+        <v>164</v>
+      </c>
+      <c r="BQ33" s="51">
+        <v>0.84756097560975596</v>
+      </c>
+      <c r="BR33" s="49">
+        <v>90</v>
+      </c>
+      <c r="BS33" s="50">
+        <v>24</v>
+      </c>
+      <c r="BT33" s="50">
+        <v>114</v>
+      </c>
+      <c r="BU33" s="51">
+        <v>0.78947368421052599</v>
+      </c>
+      <c r="BV33" s="49">
+        <v>77</v>
+      </c>
+      <c r="BW33" s="50">
+        <v>14</v>
+      </c>
+      <c r="BX33" s="50">
+        <v>91</v>
+      </c>
+      <c r="BY33" s="51">
+        <v>0.84615384615384603</v>
+      </c>
+      <c r="BZ33" s="49">
+        <v>84</v>
+      </c>
+      <c r="CA33" s="50">
+        <v>23</v>
+      </c>
+      <c r="CB33" s="50">
+        <v>107</v>
+      </c>
+      <c r="CC33" s="51">
+        <v>0.78504672897196304</v>
+      </c>
+      <c r="CD33" s="49">
+        <v>84</v>
+      </c>
+      <c r="CE33" s="50">
         <v>12</v>
       </c>
-      <c r="AG10" s="17">
+      <c r="CF33" s="50">
+        <v>96</v>
+      </c>
+      <c r="CG33" s="51">
+        <v>0.875</v>
+      </c>
+      <c r="CH33" s="49">
+        <v>77</v>
+      </c>
+      <c r="CI33" s="50">
+        <v>15</v>
+      </c>
+      <c r="CJ33" s="50">
+        <v>92</v>
+      </c>
+      <c r="CK33" s="51">
+        <v>0.83695652173913004</v>
+      </c>
+      <c r="CL33" s="49">
+        <v>67</v>
+      </c>
+      <c r="CM33" s="50">
+        <v>7</v>
+      </c>
+      <c r="CN33" s="50">
+        <v>74</v>
+      </c>
+      <c r="CO33" s="51">
+        <v>0.90540540540540504</v>
+      </c>
+      <c r="CP33" s="49">
+        <v>92</v>
+      </c>
+      <c r="CQ33" s="50">
+        <v>12</v>
+      </c>
+      <c r="CR33" s="50">
+        <v>104</v>
+      </c>
+      <c r="CS33" s="51">
+        <v>0.88461538461538503</v>
+      </c>
+      <c r="CT33" s="49">
+        <v>55</v>
+      </c>
+      <c r="CU33" s="50">
+        <v>14</v>
+      </c>
+      <c r="CV33" s="50">
+        <v>69</v>
+      </c>
+      <c r="CW33" s="51">
+        <v>0.79710144927536197</v>
+      </c>
+      <c r="CX33" s="49">
+        <v>58</v>
+      </c>
+      <c r="CY33" s="50">
+        <v>7</v>
+      </c>
+      <c r="CZ33" s="50">
+        <v>65</v>
+      </c>
+      <c r="DA33" s="51">
+        <v>0.89230769230769202</v>
+      </c>
+      <c r="DB33" s="49">
+        <v>79</v>
+      </c>
+      <c r="DC33" s="50">
+        <v>16</v>
+      </c>
+      <c r="DD33" s="50">
+        <v>95</v>
+      </c>
+      <c r="DE33" s="51">
+        <v>0.83157894736842097</v>
+      </c>
+      <c r="DF33" s="49">
+        <v>88</v>
+      </c>
+      <c r="DG33" s="50">
+        <v>31</v>
+      </c>
+      <c r="DH33" s="50">
+        <v>119</v>
+      </c>
+      <c r="DI33" s="51">
+        <v>0.73949579831932799</v>
+      </c>
+      <c r="DJ33" s="49">
+        <v>80</v>
+      </c>
+      <c r="DK33" s="50">
+        <v>8</v>
+      </c>
+      <c r="DL33" s="50">
+        <v>88</v>
+      </c>
+      <c r="DM33" s="51">
+        <v>0.90909090909090895</v>
+      </c>
+      <c r="DN33" s="49">
+        <v>73</v>
+      </c>
+      <c r="DO33" s="50">
+        <v>12</v>
+      </c>
+      <c r="DP33" s="50">
+        <v>85</v>
+      </c>
+      <c r="DQ33" s="51">
+        <v>0.85882352941176499</v>
+      </c>
+      <c r="DR33" s="49">
+        <v>49</v>
+      </c>
+      <c r="DS33" s="50">
+        <v>17</v>
+      </c>
+      <c r="DT33" s="50">
+        <v>66</v>
+      </c>
+      <c r="DU33" s="51">
+        <v>0.74242424242424199</v>
+      </c>
+      <c r="DV33" s="49">
+        <v>78</v>
+      </c>
+      <c r="DW33" s="50">
+        <v>25</v>
+      </c>
+      <c r="DX33" s="50">
+        <v>103</v>
+      </c>
+      <c r="DY33" s="51">
+        <v>0.75728155339805803</v>
+      </c>
+      <c r="DZ33" s="49">
+        <v>69</v>
+      </c>
+      <c r="EA33" s="50">
+        <v>14</v>
+      </c>
+      <c r="EB33" s="50">
+        <v>83</v>
+      </c>
+      <c r="EC33" s="51">
+        <v>0.83132530120481896</v>
+      </c>
+      <c r="ED33" s="49">
+        <v>61</v>
+      </c>
+      <c r="EE33" s="50">
+        <v>19</v>
+      </c>
+      <c r="EF33" s="50">
+        <v>80</v>
+      </c>
+      <c r="EG33" s="51">
+        <v>0.76249999999999996</v>
+      </c>
+      <c r="EH33" s="49">
+        <v>78</v>
+      </c>
+      <c r="EI33" s="50">
+        <v>22</v>
+      </c>
+      <c r="EJ33" s="50">
+        <v>100</v>
+      </c>
+      <c r="EK33" s="51">
+        <v>0.78</v>
+      </c>
+      <c r="EL33" s="49">
+        <v>79</v>
+      </c>
+      <c r="EM33" s="50">
+        <v>27</v>
+      </c>
+      <c r="EN33" s="50">
+        <v>106</v>
+      </c>
+      <c r="EO33" s="51">
+        <v>0.74528301886792403</v>
+      </c>
+      <c r="EP33" s="49">
+        <v>43</v>
+      </c>
+      <c r="EQ33" s="50">
+        <v>16</v>
+      </c>
+      <c r="ER33" s="50">
+        <v>59</v>
+      </c>
+      <c r="ES33" s="51">
+        <v>0.72881355932203395</v>
+      </c>
+      <c r="ET33" s="49">
+        <v>38</v>
+      </c>
+      <c r="EU33" s="50">
+        <v>9</v>
+      </c>
+      <c r="EV33" s="50">
+        <v>47</v>
+      </c>
+      <c r="EW33" s="51">
+        <v>0.80851063829787195</v>
+      </c>
+      <c r="EX33" s="49">
+        <v>43</v>
+      </c>
+      <c r="EY33" s="50">
+        <v>11</v>
+      </c>
+      <c r="EZ33" s="50">
+        <v>54</v>
+      </c>
+      <c r="FA33" s="51">
+        <v>0.79629629629629595</v>
+      </c>
+      <c r="FB33" s="49">
+        <v>50</v>
+      </c>
+      <c r="FC33" s="50">
+        <v>20</v>
+      </c>
+      <c r="FD33" s="50">
+        <v>70</v>
+      </c>
+      <c r="FE33" s="51">
+        <v>0.71428571428571397</v>
+      </c>
+      <c r="FF33" s="49">
+        <v>36</v>
+      </c>
+      <c r="FG33" s="50">
+        <v>11</v>
+      </c>
+      <c r="FH33" s="50">
+        <v>47</v>
+      </c>
+      <c r="FI33" s="51">
+        <v>0.76595744680851097</v>
+      </c>
+      <c r="FJ33" s="49">
+        <v>17</v>
+      </c>
+      <c r="FK33" s="50">
+        <v>2</v>
+      </c>
+      <c r="FL33" s="50">
+        <v>19</v>
+      </c>
+      <c r="FM33" s="51">
+        <v>0.89473684210526305</v>
+      </c>
+      <c r="FN33" s="49">
+        <v>16</v>
+      </c>
+      <c r="FO33" s="50">
         <v>1</v>
       </c>
-      <c r="AH10" s="13">
-[...2 lines deleted...]
-      <c r="AI10" s="17">
+      <c r="FP33" s="50">
+        <v>17</v>
+      </c>
+      <c r="FQ33" s="51">
+        <v>0.94117647058823495</v>
+      </c>
+      <c r="FR33" s="49">
+        <v>14</v>
+      </c>
+      <c r="FS33" s="50">
+        <v>2</v>
+      </c>
+      <c r="FT33" s="50">
+        <v>16</v>
+      </c>
+      <c r="FU33" s="51">
+        <v>0.875</v>
+      </c>
+    </row>
+    <row r="34" spans="1:177">
+      <c r="A34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="B34" s="13"/>
+      <c r="C34" s="13"/>
+      <c r="D34" s="13"/>
+      <c r="E34" s="13"/>
+      <c r="F34" s="13"/>
+    </row>
+    <row r="35" spans="1:177">
+      <c r="A35" s="20"/>
+      <c r="B35" s="13"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="13"/>
+      <c r="E35" s="13"/>
+      <c r="F35" s="13"/>
+    </row>
+    <row r="37" spans="1:177">
+      <c r="A37" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="AJ10" s="13">
-[...139 lines deleted...]
-      <c r="A11" s="32" t="s">
+      <c r="B37" s="83" t="s">
         <v>75</v>
       </c>
-      <c r="B11" s="13">
-[...5908 lines deleted...]
-      <c r="G37" s="82"/>
+      <c r="C37" s="84"/>
+      <c r="D37" s="84"/>
+      <c r="E37" s="84"/>
+      <c r="F37" s="84"/>
+      <c r="G37" s="84"/>
     </row>
   </sheetData>
-  <mergeCells count="124">
+  <mergeCells count="136">
+    <mergeCell ref="CH8:CI8"/>
+    <mergeCell ref="CJ8:CK8"/>
+    <mergeCell ref="FF26:FI26"/>
+    <mergeCell ref="FJ26:FM26"/>
+    <mergeCell ref="FN26:FQ26"/>
+    <mergeCell ref="FR26:FU26"/>
+    <mergeCell ref="FF27:FI27"/>
+    <mergeCell ref="FJ27:FM27"/>
+    <mergeCell ref="FN27:FQ27"/>
+    <mergeCell ref="FR27:FU27"/>
+    <mergeCell ref="DN26:DQ26"/>
+    <mergeCell ref="DR26:DU26"/>
+    <mergeCell ref="DV26:DY26"/>
+    <mergeCell ref="DN27:DQ27"/>
+    <mergeCell ref="DR27:DU27"/>
+    <mergeCell ref="DV27:DY27"/>
     <mergeCell ref="EP26:ES26"/>
     <mergeCell ref="ET26:EW26"/>
     <mergeCell ref="EX26:FA26"/>
     <mergeCell ref="FB26:FE26"/>
     <mergeCell ref="EP27:ES27"/>
     <mergeCell ref="ET27:EW27"/>
     <mergeCell ref="EX27:FA27"/>
     <mergeCell ref="FB27:FE27"/>
     <mergeCell ref="BR27:BU27"/>
     <mergeCell ref="BV27:BY27"/>
     <mergeCell ref="BZ27:CC27"/>
     <mergeCell ref="DJ26:DM26"/>
     <mergeCell ref="DJ27:DM27"/>
     <mergeCell ref="CT27:CW27"/>
     <mergeCell ref="CX27:DA27"/>
     <mergeCell ref="DB27:DE27"/>
     <mergeCell ref="DF27:DI27"/>
     <mergeCell ref="CD27:CG27"/>
     <mergeCell ref="CH27:CK27"/>
     <mergeCell ref="CL27:CO27"/>
     <mergeCell ref="CP27:CS27"/>
+    <mergeCell ref="CX26:DA26"/>
+    <mergeCell ref="DB26:DE26"/>
+    <mergeCell ref="DF26:DI26"/>
     <mergeCell ref="AH27:AK27"/>
     <mergeCell ref="AL27:AO27"/>
     <mergeCell ref="AP27:AS27"/>
     <mergeCell ref="AT27:AW27"/>
     <mergeCell ref="BN26:BQ26"/>
     <mergeCell ref="BB26:BE26"/>
     <mergeCell ref="BF26:BI26"/>
     <mergeCell ref="BJ26:BM26"/>
     <mergeCell ref="AX27:BA27"/>
     <mergeCell ref="BB27:BE27"/>
     <mergeCell ref="BF27:BI27"/>
     <mergeCell ref="BJ27:BM27"/>
     <mergeCell ref="BN27:BQ27"/>
+    <mergeCell ref="AB8:AC8"/>
     <mergeCell ref="B37:G37"/>
     <mergeCell ref="F26:I26"/>
     <mergeCell ref="F27:I27"/>
     <mergeCell ref="J26:M26"/>
     <mergeCell ref="J27:M27"/>
     <mergeCell ref="B26:E26"/>
     <mergeCell ref="F8:G8"/>
     <mergeCell ref="H8:I8"/>
     <mergeCell ref="J8:K8"/>
     <mergeCell ref="L8:M8"/>
+    <mergeCell ref="AZ8:BA8"/>
     <mergeCell ref="I4:L4"/>
     <mergeCell ref="AD26:AG26"/>
     <mergeCell ref="AD27:AG27"/>
     <mergeCell ref="A27:A28"/>
     <mergeCell ref="B27:E27"/>
     <mergeCell ref="N26:Q26"/>
     <mergeCell ref="N27:Q27"/>
     <mergeCell ref="V26:Y26"/>
     <mergeCell ref="V27:Y27"/>
     <mergeCell ref="Z26:AC26"/>
     <mergeCell ref="Z27:AC27"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="R26:U26"/>
     <mergeCell ref="R27:U27"/>
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="X8:Y8"/>
     <mergeCell ref="P8:Q8"/>
     <mergeCell ref="N8:O8"/>
     <mergeCell ref="R8:S8"/>
     <mergeCell ref="T8:U8"/>
     <mergeCell ref="V8:W8"/>
     <mergeCell ref="Z8:AA8"/>
-    <mergeCell ref="AB8:AC8"/>
+    <mergeCell ref="BZ8:CA8"/>
+    <mergeCell ref="CB8:CC8"/>
+    <mergeCell ref="CP26:CS26"/>
+    <mergeCell ref="BR26:BU26"/>
+    <mergeCell ref="BV26:BY26"/>
+    <mergeCell ref="BZ26:CC26"/>
+    <mergeCell ref="CD8:CE8"/>
+    <mergeCell ref="CF8:CG8"/>
     <mergeCell ref="AD8:AE8"/>
     <mergeCell ref="AF8:AG8"/>
     <mergeCell ref="AX26:BA26"/>
     <mergeCell ref="AH26:AK26"/>
     <mergeCell ref="AL26:AO26"/>
     <mergeCell ref="AP26:AS26"/>
     <mergeCell ref="AT26:AW26"/>
     <mergeCell ref="AH8:AI8"/>
     <mergeCell ref="AJ8:AK8"/>
     <mergeCell ref="AL8:AM8"/>
     <mergeCell ref="AN8:AO8"/>
     <mergeCell ref="AP8:AQ8"/>
     <mergeCell ref="AR8:AS8"/>
     <mergeCell ref="AT8:AU8"/>
     <mergeCell ref="AV8:AW8"/>
     <mergeCell ref="AX8:AY8"/>
-    <mergeCell ref="AZ8:BA8"/>
+    <mergeCell ref="DZ26:EC26"/>
+    <mergeCell ref="ED26:EG26"/>
+    <mergeCell ref="EH26:EK26"/>
+    <mergeCell ref="EL26:EO26"/>
+    <mergeCell ref="DZ27:EC27"/>
+    <mergeCell ref="ED27:EG27"/>
+    <mergeCell ref="EH27:EK27"/>
+    <mergeCell ref="EL27:EO27"/>
     <mergeCell ref="BB8:BC8"/>
     <mergeCell ref="BD8:BE8"/>
     <mergeCell ref="CT26:CW26"/>
     <mergeCell ref="BF8:BG8"/>
     <mergeCell ref="BH8:BI8"/>
     <mergeCell ref="BJ8:BK8"/>
     <mergeCell ref="BL8:BM8"/>
     <mergeCell ref="BN8:BO8"/>
     <mergeCell ref="BP8:BQ8"/>
     <mergeCell ref="BR8:BS8"/>
     <mergeCell ref="BT8:BU8"/>
     <mergeCell ref="CD26:CG26"/>
     <mergeCell ref="CH26:CK26"/>
     <mergeCell ref="CL26:CO26"/>
-    <mergeCell ref="CP26:CS26"/>
-[...2 lines deleted...]
-    <mergeCell ref="BZ26:CC26"/>
     <mergeCell ref="BV8:BW8"/>
     <mergeCell ref="BX8:BY8"/>
-    <mergeCell ref="BZ8:CA8"/>
-[...17 lines deleted...]
-    <mergeCell ref="DV27:DY27"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:BI75"/>
+  <dimension ref="A1:BO75"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.5703125" customWidth="1"/>
     <col min="2" max="2" width="12.28515625" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" customWidth="1"/>
     <col min="7" max="7" width="12" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" customWidth="1"/>
     <col min="9" max="9" width="12.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:61" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G1" s="2"/>
+    <row r="1" spans="1:67" s="39" customFormat="1" ht="30" customHeight="1">
+      <c r="A1" s="38"/>
     </row>
-    <row r="2" spans="1:61" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="9" t="s">
+    <row r="2" spans="1:67" s="41" customFormat="1" ht="31.5">
+      <c r="A2" s="40" t="s">
         <v>13</v>
       </c>
-      <c r="B2" s="21"/>
-[...7 lines deleted...]
-      <c r="J2" s="2"/>
+      <c r="B2" s="40"/>
+      <c r="C2" s="40"/>
+      <c r="D2" s="40"/>
+      <c r="E2" s="40"/>
+      <c r="F2" s="40"/>
+      <c r="G2" s="40"/>
+      <c r="H2" s="40"/>
+      <c r="I2" s="40"/>
+      <c r="J2" s="40"/>
+      <c r="K2" s="40"/>
     </row>
-    <row r="3" spans="1:61" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="G3" s="2"/>
+    <row r="3" spans="1:67" s="42" customFormat="1">
+      <c r="A3" s="42" t="s">
+        <v>74</v>
+      </c>
     </row>
-    <row r="4" spans="1:61" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="I4" s="74" t="s">
+    <row r="4" spans="1:67" ht="49.5" customHeight="1">
+      <c r="A4" s="90" t="s">
+        <v>544</v>
+      </c>
+      <c r="I4" s="76" t="s">
         <v>44</v>
       </c>
-      <c r="J4" s="85"/>
-[...1 lines deleted...]
-      <c r="L4" s="86"/>
+      <c r="J4" s="77"/>
+      <c r="K4" s="77"/>
+      <c r="L4" s="78"/>
     </row>
-    <row r="5" spans="1:61" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:67">
       <c r="A5" s="1"/>
-      <c r="B5" s="2"/>
-[...4 lines deleted...]
-      <c r="G5" s="2"/>
     </row>
-    <row r="6" spans="1:61" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="87" t="s">
+    <row r="6" spans="1:67" ht="18.75" customHeight="1">
+      <c r="A6" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="B6" s="87"/>
-[...4 lines deleted...]
-      <c r="G6" s="2"/>
     </row>
-    <row r="8" spans="1:61" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:67" ht="17.25" customHeight="1">
       <c r="A8" s="88" t="s">
         <v>24</v>
       </c>
-      <c r="B8" s="72">
+      <c r="B8" s="74">
         <v>2014</v>
       </c>
-      <c r="C8" s="83"/>
-[...4 lines deleted...]
-      <c r="H8" s="72">
+      <c r="C8" s="85"/>
+      <c r="D8" s="85"/>
+      <c r="E8" s="85"/>
+      <c r="F8" s="85"/>
+      <c r="G8" s="86"/>
+      <c r="H8" s="74">
         <v>2015</v>
       </c>
-      <c r="I8" s="83"/>
-[...4 lines deleted...]
-      <c r="N8" s="72">
+      <c r="I8" s="85"/>
+      <c r="J8" s="85"/>
+      <c r="K8" s="85"/>
+      <c r="L8" s="85"/>
+      <c r="M8" s="86"/>
+      <c r="N8" s="74">
         <v>2016</v>
       </c>
-      <c r="O8" s="83"/>
-[...4 lines deleted...]
-      <c r="T8" s="72">
+      <c r="O8" s="85"/>
+      <c r="P8" s="85"/>
+      <c r="Q8" s="85"/>
+      <c r="R8" s="85"/>
+      <c r="S8" s="86"/>
+      <c r="T8" s="74">
         <v>2017</v>
       </c>
-      <c r="U8" s="83"/>
-[...4 lines deleted...]
-      <c r="Z8" s="72">
+      <c r="U8" s="85"/>
+      <c r="V8" s="85"/>
+      <c r="W8" s="85"/>
+      <c r="X8" s="85"/>
+      <c r="Y8" s="86"/>
+      <c r="Z8" s="74">
         <v>2018</v>
       </c>
-      <c r="AA8" s="83"/>
-[...4 lines deleted...]
-      <c r="AF8" s="72">
+      <c r="AA8" s="85"/>
+      <c r="AB8" s="85"/>
+      <c r="AC8" s="85"/>
+      <c r="AD8" s="85"/>
+      <c r="AE8" s="86"/>
+      <c r="AF8" s="74">
         <v>2019</v>
       </c>
-      <c r="AG8" s="83"/>
-[...4 lines deleted...]
-      <c r="AL8" s="72">
+      <c r="AG8" s="85"/>
+      <c r="AH8" s="85"/>
+      <c r="AI8" s="85"/>
+      <c r="AJ8" s="85"/>
+      <c r="AK8" s="86"/>
+      <c r="AL8" s="74">
         <v>2020</v>
       </c>
-      <c r="AM8" s="83"/>
-[...4 lines deleted...]
-      <c r="AR8" s="72">
+      <c r="AM8" s="85"/>
+      <c r="AN8" s="85"/>
+      <c r="AO8" s="85"/>
+      <c r="AP8" s="85"/>
+      <c r="AQ8" s="86"/>
+      <c r="AR8" s="74">
         <v>2021</v>
       </c>
-      <c r="AS8" s="83"/>
-[...4 lines deleted...]
-      <c r="AX8" s="72">
+      <c r="AS8" s="85"/>
+      <c r="AT8" s="85"/>
+      <c r="AU8" s="85"/>
+      <c r="AV8" s="85"/>
+      <c r="AW8" s="86"/>
+      <c r="AX8" s="74">
         <v>2022</v>
       </c>
-      <c r="AY8" s="83"/>
-[...4 lines deleted...]
-      <c r="BD8" s="72">
+      <c r="AY8" s="85"/>
+      <c r="AZ8" s="85"/>
+      <c r="BA8" s="85"/>
+      <c r="BB8" s="85"/>
+      <c r="BC8" s="86"/>
+      <c r="BD8" s="74">
         <v>2023</v>
       </c>
-      <c r="BE8" s="83"/>
-[...3 lines deleted...]
-      <c r="BI8" s="84"/>
+      <c r="BE8" s="85"/>
+      <c r="BF8" s="85"/>
+      <c r="BG8" s="85"/>
+      <c r="BH8" s="85"/>
+      <c r="BI8" s="86"/>
+      <c r="BJ8" s="74">
+        <v>2024</v>
+      </c>
+      <c r="BK8" s="85"/>
+      <c r="BL8" s="85"/>
+      <c r="BM8" s="85"/>
+      <c r="BN8" s="85"/>
+      <c r="BO8" s="86"/>
     </row>
-    <row r="9" spans="1:61" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:67" ht="45" customHeight="1">
       <c r="A9" s="89"/>
-      <c r="B9" s="56" t="s">
+      <c r="B9" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="C9" s="56" t="s">
+      <c r="C9" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="D9" s="25" t="s">
+      <c r="D9" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="E9" s="25" t="s">
+      <c r="E9" s="52" t="s">
         <v>28</v>
       </c>
-      <c r="F9" s="25" t="s">
+      <c r="F9" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="G9" s="27" t="s">
+      <c r="G9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="H9" s="56" t="s">
+      <c r="H9" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="I9" s="56" t="s">
+      <c r="I9" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="J9" s="25" t="s">
+      <c r="J9" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="K9" s="25" t="s">
+      <c r="K9" s="52" t="s">
         <v>28</v>
       </c>
-      <c r="L9" s="25" t="s">
+      <c r="L9" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="M9" s="27" t="s">
+      <c r="M9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="N9" s="56" t="s">
+      <c r="N9" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="O9" s="56" t="s">
+      <c r="O9" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="P9" s="25" t="s">
+      <c r="P9" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="Q9" s="25" t="s">
+      <c r="Q9" s="52" t="s">
         <v>28</v>
       </c>
-      <c r="R9" s="25" t="s">
+      <c r="R9" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="S9" s="27" t="s">
+      <c r="S9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="T9" s="56" t="s">
+      <c r="T9" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="U9" s="56" t="s">
+      <c r="U9" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="V9" s="25" t="s">
+      <c r="V9" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="W9" s="25" t="s">
+      <c r="W9" s="52" t="s">
         <v>28</v>
       </c>
-      <c r="X9" s="25" t="s">
+      <c r="X9" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="Y9" s="27" t="s">
+      <c r="Y9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="Z9" s="56" t="s">
+      <c r="Z9" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="AA9" s="56" t="s">
+      <c r="AA9" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="AB9" s="25" t="s">
+      <c r="AB9" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="AC9" s="25" t="s">
+      <c r="AC9" s="52" t="s">
         <v>28</v>
       </c>
-      <c r="AD9" s="25" t="s">
+      <c r="AD9" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="AE9" s="27" t="s">
+      <c r="AE9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AF9" s="56" t="s">
+      <c r="AF9" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="AG9" s="56" t="s">
+      <c r="AG9" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="AH9" s="25" t="s">
+      <c r="AH9" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="AI9" s="25" t="s">
+      <c r="AI9" s="52" t="s">
         <v>28</v>
       </c>
-      <c r="AJ9" s="25" t="s">
+      <c r="AJ9" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="AK9" s="27" t="s">
+      <c r="AK9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AL9" s="56" t="s">
+      <c r="AL9" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="AM9" s="56" t="s">
+      <c r="AM9" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="AN9" s="25" t="s">
+      <c r="AN9" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="AO9" s="25" t="s">
+      <c r="AO9" s="52" t="s">
         <v>28</v>
       </c>
-      <c r="AP9" s="25" t="s">
+      <c r="AP9" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="AQ9" s="27" t="s">
+      <c r="AQ9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AR9" s="56" t="s">
+      <c r="AR9" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="AS9" s="56" t="s">
+      <c r="AS9" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="AT9" s="25" t="s">
+      <c r="AT9" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="AU9" s="25" t="s">
+      <c r="AU9" s="52" t="s">
         <v>28</v>
       </c>
-      <c r="AV9" s="25" t="s">
+      <c r="AV9" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="AW9" s="27" t="s">
+      <c r="AW9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="AX9" s="56" t="s">
+      <c r="AX9" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="AY9" s="56" t="s">
+      <c r="AY9" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="AZ9" s="25" t="s">
+      <c r="AZ9" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="BA9" s="25" t="s">
+      <c r="BA9" s="52" t="s">
         <v>28</v>
       </c>
-      <c r="BB9" s="25" t="s">
+      <c r="BB9" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="BC9" s="27" t="s">
+      <c r="BC9" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="BD9" s="56" t="s">
+      <c r="BD9" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="BE9" s="56" t="s">
+      <c r="BE9" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="BF9" s="25" t="s">
+      <c r="BF9" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="BG9" s="25" t="s">
+      <c r="BG9" s="52" t="s">
         <v>28</v>
       </c>
-      <c r="BH9" s="25" t="s">
+      <c r="BH9" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="BI9" s="27" t="s">
+      <c r="BI9" s="44" t="s">
         <v>23</v>
       </c>
+      <c r="BJ9" s="62" t="s">
+        <v>22</v>
+      </c>
+      <c r="BK9" s="62" t="s">
+        <v>26</v>
+      </c>
+      <c r="BL9" s="52" t="s">
+        <v>27</v>
+      </c>
+      <c r="BM9" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="BN9" s="52" t="s">
+        <v>29</v>
+      </c>
+      <c r="BO9" s="44" t="s">
+        <v>23</v>
+      </c>
     </row>
-    <row r="10" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A10" s="57" t="s">
+    <row r="10" spans="1:67">
+      <c r="A10" s="37" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" s="25">
+        <v>27</v>
+      </c>
+      <c r="C10" s="26" t="s">
+        <v>99</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>100</v>
+      </c>
+      <c r="E10" s="27" t="s">
+        <v>101</v>
+      </c>
+      <c r="F10" s="27" t="s">
+        <v>102</v>
+      </c>
+      <c r="G10" s="8">
+        <v>1</v>
+      </c>
+      <c r="H10" s="25">
+        <v>22</v>
+      </c>
+      <c r="I10" s="26" t="s">
+        <v>103</v>
+      </c>
+      <c r="J10" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="K10" s="27" t="s">
+        <v>105</v>
+      </c>
+      <c r="L10" s="27" t="s">
+        <v>106</v>
+      </c>
+      <c r="M10" s="8">
+        <v>0</v>
+      </c>
+      <c r="N10" s="25">
+        <v>24</v>
+      </c>
+      <c r="O10" s="26" t="s">
+        <v>107</v>
+      </c>
+      <c r="P10" s="27" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q10" s="27" t="s">
+        <v>101</v>
+      </c>
+      <c r="R10" s="27" t="s">
+        <v>109</v>
+      </c>
+      <c r="S10" s="8">
+        <v>2</v>
+      </c>
+      <c r="T10" s="25">
+        <v>23</v>
+      </c>
+      <c r="U10" s="26" t="s">
+        <v>110</v>
+      </c>
+      <c r="V10" s="27" t="s">
+        <v>111</v>
+      </c>
+      <c r="W10" s="27" t="s">
+        <v>112</v>
+      </c>
+      <c r="X10" s="27" t="s">
+        <v>113</v>
+      </c>
+      <c r="Y10" s="8">
+        <v>2</v>
+      </c>
+      <c r="Z10" s="25">
+        <v>24</v>
+      </c>
+      <c r="AA10" s="26" t="s">
+        <v>114</v>
+      </c>
+      <c r="AB10" s="27" t="s">
+        <v>115</v>
+      </c>
+      <c r="AC10" s="27" t="s">
+        <v>101</v>
+      </c>
+      <c r="AD10" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="AE10" s="8">
+        <v>2</v>
+      </c>
+      <c r="AF10" s="25">
+        <v>10</v>
+      </c>
+      <c r="AG10" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AH10" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AI10" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AJ10" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK10" s="8">
+        <v>1</v>
+      </c>
+      <c r="AL10" s="25">
+        <v>17</v>
+      </c>
+      <c r="AM10" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AN10" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AO10" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AP10" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AQ10" s="8">
+        <v>5</v>
+      </c>
+      <c r="AR10" s="25">
+        <v>22</v>
+      </c>
+      <c r="AS10" s="26" t="s">
+        <v>118</v>
+      </c>
+      <c r="AT10" s="27" t="s">
+        <v>119</v>
+      </c>
+      <c r="AU10" s="27" t="s">
+        <v>100</v>
+      </c>
+      <c r="AV10" s="27" t="s">
+        <v>120</v>
+      </c>
+      <c r="AW10" s="8">
+        <v>1</v>
+      </c>
+      <c r="AX10" s="25">
+        <v>18</v>
+      </c>
+      <c r="AY10" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AZ10" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BA10" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB10" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC10" s="8">
+        <v>2</v>
+      </c>
+      <c r="BD10" s="25">
+        <v>31</v>
+      </c>
+      <c r="BE10" s="26" t="s">
+        <v>121</v>
+      </c>
+      <c r="BF10" s="27" t="s">
+        <v>112</v>
+      </c>
+      <c r="BG10" s="27" t="s">
+        <v>101</v>
+      </c>
+      <c r="BH10" s="27" t="s">
+        <v>122</v>
+      </c>
+      <c r="BI10" s="8">
+        <v>8</v>
+      </c>
+      <c r="BJ10" s="25">
+        <v>5</v>
+      </c>
+      <c r="BK10" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BL10" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BM10" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BN10" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BO10" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:67">
+      <c r="A11" s="37" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" s="25">
+        <v>137</v>
+      </c>
+      <c r="C11" s="26" t="s">
+        <v>123</v>
+      </c>
+      <c r="D11" s="27" t="s">
+        <v>108</v>
+      </c>
+      <c r="E11" s="27" t="s">
+        <v>112</v>
+      </c>
+      <c r="F11" s="27" t="s">
+        <v>124</v>
+      </c>
+      <c r="G11" s="8">
+        <v>22</v>
+      </c>
+      <c r="H11" s="25">
+        <v>121</v>
+      </c>
+      <c r="I11" s="26" t="s">
+        <v>125</v>
+      </c>
+      <c r="J11" s="27" t="s">
+        <v>126</v>
+      </c>
+      <c r="K11" s="27" t="s">
+        <v>100</v>
+      </c>
+      <c r="L11" s="27" t="s">
+        <v>127</v>
+      </c>
+      <c r="M11" s="8">
+        <v>28</v>
+      </c>
+      <c r="N11" s="25">
+        <v>132</v>
+      </c>
+      <c r="O11" s="26" t="s">
+        <v>128</v>
+      </c>
+      <c r="P11" s="27" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q11" s="27" t="s">
+        <v>100</v>
+      </c>
+      <c r="R11" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="S11" s="8">
+        <v>30</v>
+      </c>
+      <c r="T11" s="25">
+        <v>126</v>
+      </c>
+      <c r="U11" s="26" t="s">
+        <v>130</v>
+      </c>
+      <c r="V11" s="27" t="s">
+        <v>131</v>
+      </c>
+      <c r="W11" s="27" t="s">
+        <v>101</v>
+      </c>
+      <c r="X11" s="27" t="s">
+        <v>132</v>
+      </c>
+      <c r="Y11" s="8">
+        <v>17</v>
+      </c>
+      <c r="Z11" s="25">
+        <v>92</v>
+      </c>
+      <c r="AA11" s="26" t="s">
+        <v>133</v>
+      </c>
+      <c r="AB11" s="27" t="s">
+        <v>134</v>
+      </c>
+      <c r="AC11" s="27" t="s">
+        <v>101</v>
+      </c>
+      <c r="AD11" s="27" t="s">
+        <v>135</v>
+      </c>
+      <c r="AE11" s="8">
+        <v>16</v>
+      </c>
+      <c r="AF11" s="25">
+        <v>54</v>
+      </c>
+      <c r="AG11" s="26" t="s">
+        <v>136</v>
+      </c>
+      <c r="AH11" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="AI11" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ11" s="27" t="s">
+        <v>138</v>
+      </c>
+      <c r="AK11" s="8">
+        <v>6</v>
+      </c>
+      <c r="AL11" s="25">
+        <v>55</v>
+      </c>
+      <c r="AM11" s="26" t="s">
+        <v>139</v>
+      </c>
+      <c r="AN11" s="27" t="s">
+        <v>140</v>
+      </c>
+      <c r="AO11" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="AP11" s="27" t="s">
+        <v>141</v>
+      </c>
+      <c r="AQ11" s="8">
+        <v>8</v>
+      </c>
+      <c r="AR11" s="25">
+        <v>45</v>
+      </c>
+      <c r="AS11" s="26" t="s">
+        <v>142</v>
+      </c>
+      <c r="AT11" s="27" t="s">
+        <v>143</v>
+      </c>
+      <c r="AU11" s="27" t="s">
+        <v>131</v>
+      </c>
+      <c r="AV11" s="27" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW11" s="8">
+        <v>8</v>
+      </c>
+      <c r="AX11" s="25">
+        <v>66</v>
+      </c>
+      <c r="AY11" s="26" t="s">
+        <v>145</v>
+      </c>
+      <c r="AZ11" s="27" t="s">
+        <v>140</v>
+      </c>
+      <c r="BA11" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="BB11" s="27" t="s">
+        <v>146</v>
+      </c>
+      <c r="BC11" s="8">
+        <v>23</v>
+      </c>
+      <c r="BD11" s="25">
+        <v>42</v>
+      </c>
+      <c r="BE11" s="26" t="s">
+        <v>147</v>
+      </c>
+      <c r="BF11" s="27" t="s">
+        <v>148</v>
+      </c>
+      <c r="BG11" s="27" t="s">
+        <v>112</v>
+      </c>
+      <c r="BH11" s="27" t="s">
+        <v>149</v>
+      </c>
+      <c r="BI11" s="8">
+        <v>16</v>
+      </c>
+      <c r="BJ11" s="25">
+        <v>18</v>
+      </c>
+      <c r="BK11" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BL11" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BM11" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BN11" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BO11" s="8">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:67">
+      <c r="A12" s="37" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" s="25">
+        <v>35</v>
+      </c>
+      <c r="C12" s="26" t="s">
+        <v>150</v>
+      </c>
+      <c r="D12" s="27" t="s">
+        <v>115</v>
+      </c>
+      <c r="E12" s="27" t="s">
+        <v>112</v>
+      </c>
+      <c r="F12" s="27" t="s">
+        <v>151</v>
+      </c>
+      <c r="G12" s="8">
+        <v>11</v>
+      </c>
+      <c r="H12" s="25">
+        <v>33</v>
+      </c>
+      <c r="I12" s="26" t="s">
+        <v>152</v>
+      </c>
+      <c r="J12" s="27" t="s">
+        <v>153</v>
+      </c>
+      <c r="K12" s="27" t="s">
+        <v>111</v>
+      </c>
+      <c r="L12" s="27" t="s">
+        <v>154</v>
+      </c>
+      <c r="M12" s="8">
+        <v>6</v>
+      </c>
+      <c r="N12" s="25">
+        <v>45</v>
+      </c>
+      <c r="O12" s="26" t="s">
+        <v>155</v>
+      </c>
+      <c r="P12" s="27" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q12" s="27" t="s">
+        <v>111</v>
+      </c>
+      <c r="R12" s="27" t="s">
+        <v>156</v>
+      </c>
+      <c r="S12" s="8">
+        <v>16</v>
+      </c>
+      <c r="T12" s="25">
+        <v>28</v>
+      </c>
+      <c r="U12" s="26" t="s">
+        <v>157</v>
+      </c>
+      <c r="V12" s="27" t="s">
+        <v>126</v>
+      </c>
+      <c r="W12" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="X12" s="27" t="s">
+        <v>158</v>
+      </c>
+      <c r="Y12" s="8">
+        <v>7</v>
+      </c>
+      <c r="Z12" s="25">
+        <v>30</v>
+      </c>
+      <c r="AA12" s="26" t="s">
+        <v>159</v>
+      </c>
+      <c r="AB12" s="27" t="s">
+        <v>160</v>
+      </c>
+      <c r="AC12" s="27" t="s">
+        <v>161</v>
+      </c>
+      <c r="AD12" s="27" t="s">
+        <v>162</v>
+      </c>
+      <c r="AE12" s="8">
+        <v>6</v>
+      </c>
+      <c r="AF12" s="25">
+        <v>22</v>
+      </c>
+      <c r="AG12" s="26" t="s">
+        <v>163</v>
+      </c>
+      <c r="AH12" s="27" t="s">
+        <v>164</v>
+      </c>
+      <c r="AI12" s="27" t="s">
+        <v>165</v>
+      </c>
+      <c r="AJ12" s="27" t="s">
+        <v>166</v>
+      </c>
+      <c r="AK12" s="8">
+        <v>6</v>
+      </c>
+      <c r="AL12" s="25">
+        <v>20</v>
+      </c>
+      <c r="AM12" s="26" t="s">
+        <v>167</v>
+      </c>
+      <c r="AN12" s="27" t="s">
+        <v>168</v>
+      </c>
+      <c r="AO12" s="27" t="s">
+        <v>111</v>
+      </c>
+      <c r="AP12" s="27" t="s">
+        <v>169</v>
+      </c>
+      <c r="AQ12" s="8">
+        <v>6</v>
+      </c>
+      <c r="AR12" s="25">
+        <v>26</v>
+      </c>
+      <c r="AS12" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="AT12" s="27" t="s">
+        <v>143</v>
+      </c>
+      <c r="AU12" s="27" t="s">
+        <v>161</v>
+      </c>
+      <c r="AV12" s="27" t="s">
+        <v>171</v>
+      </c>
+      <c r="AW12" s="8">
+        <v>6</v>
+      </c>
+      <c r="AX12" s="25">
+        <v>24</v>
+      </c>
+      <c r="AY12" s="26" t="s">
+        <v>172</v>
+      </c>
+      <c r="AZ12" s="27" t="s">
+        <v>173</v>
+      </c>
+      <c r="BA12" s="27" t="s">
+        <v>174</v>
+      </c>
+      <c r="BB12" s="27" t="s">
+        <v>175</v>
+      </c>
+      <c r="BC12" s="8">
+        <v>9</v>
+      </c>
+      <c r="BD12" s="25">
+        <v>28</v>
+      </c>
+      <c r="BE12" s="26" t="s">
+        <v>176</v>
+      </c>
+      <c r="BF12" s="27" t="s">
+        <v>174</v>
+      </c>
+      <c r="BG12" s="27" t="s">
+        <v>112</v>
+      </c>
+      <c r="BH12" s="27" t="s">
+        <v>177</v>
+      </c>
+      <c r="BI12" s="8">
+        <v>10</v>
+      </c>
+      <c r="BJ12" s="25">
+        <v>9</v>
+      </c>
+      <c r="BK12" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BL12" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BM12" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BN12" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BO12" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:67">
+      <c r="A13" s="37" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" s="25">
+        <v>262</v>
+      </c>
+      <c r="C13" s="26" t="s">
+        <v>178</v>
+      </c>
+      <c r="D13" s="27" t="s">
+        <v>179</v>
+      </c>
+      <c r="E13" s="27" t="s">
+        <v>119</v>
+      </c>
+      <c r="F13" s="27" t="s">
+        <v>180</v>
+      </c>
+      <c r="G13" s="8">
+        <v>167</v>
+      </c>
+      <c r="H13" s="25">
+        <v>247</v>
+      </c>
+      <c r="I13" s="26" t="s">
+        <v>181</v>
+      </c>
+      <c r="J13" s="27" t="s">
+        <v>140</v>
+      </c>
+      <c r="K13" s="27" t="s">
+        <v>161</v>
+      </c>
+      <c r="L13" s="27" t="s">
+        <v>182</v>
+      </c>
+      <c r="M13" s="8">
+        <v>140</v>
+      </c>
+      <c r="N13" s="25">
+        <v>352</v>
+      </c>
+      <c r="O13" s="26" t="s">
+        <v>183</v>
+      </c>
+      <c r="P13" s="27" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q13" s="27" t="s">
+        <v>112</v>
+      </c>
+      <c r="R13" s="27" t="s">
+        <v>184</v>
+      </c>
+      <c r="S13" s="8">
+        <v>204</v>
+      </c>
+      <c r="T13" s="25">
+        <v>203</v>
+      </c>
+      <c r="U13" s="26" t="s">
+        <v>185</v>
+      </c>
+      <c r="V13" s="27" t="s">
+        <v>153</v>
+      </c>
+      <c r="W13" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="X13" s="27" t="s">
+        <v>186</v>
+      </c>
+      <c r="Y13" s="8">
+        <v>96</v>
+      </c>
+      <c r="Z13" s="25">
+        <v>238</v>
+      </c>
+      <c r="AA13" s="26" t="s">
+        <v>187</v>
+      </c>
+      <c r="AB13" s="27" t="s">
+        <v>188</v>
+      </c>
+      <c r="AC13" s="27" t="s">
+        <v>161</v>
+      </c>
+      <c r="AD13" s="27" t="s">
+        <v>177</v>
+      </c>
+      <c r="AE13" s="8">
+        <v>133</v>
+      </c>
+      <c r="AF13" s="25">
+        <v>180</v>
+      </c>
+      <c r="AG13" s="26" t="s">
+        <v>189</v>
+      </c>
+      <c r="AH13" s="27" t="s">
+        <v>143</v>
+      </c>
+      <c r="AI13" s="27" t="s">
+        <v>111</v>
+      </c>
+      <c r="AJ13" s="27" t="s">
+        <v>190</v>
+      </c>
+      <c r="AK13" s="8">
+        <v>109</v>
+      </c>
+      <c r="AL13" s="25">
+        <v>180</v>
+      </c>
+      <c r="AM13" s="26" t="s">
+        <v>191</v>
+      </c>
+      <c r="AN13" s="27" t="s">
+        <v>179</v>
+      </c>
+      <c r="AO13" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="AP13" s="27" t="s">
+        <v>192</v>
+      </c>
+      <c r="AQ13" s="8">
+        <v>108</v>
+      </c>
+      <c r="AR13" s="25">
+        <v>164</v>
+      </c>
+      <c r="AS13" s="26" t="s">
+        <v>193</v>
+      </c>
+      <c r="AT13" s="27" t="s">
+        <v>173</v>
+      </c>
+      <c r="AU13" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="AV13" s="27" t="s">
+        <v>194</v>
+      </c>
+      <c r="AW13" s="8">
+        <v>106</v>
+      </c>
+      <c r="AX13" s="25">
+        <v>136</v>
+      </c>
+      <c r="AY13" s="26" t="s">
+        <v>195</v>
+      </c>
+      <c r="AZ13" s="27" t="s">
+        <v>164</v>
+      </c>
+      <c r="BA13" s="27" t="s">
+        <v>131</v>
+      </c>
+      <c r="BB13" s="27" t="s">
+        <v>196</v>
+      </c>
+      <c r="BC13" s="8">
+        <v>78</v>
+      </c>
+      <c r="BD13" s="25">
+        <v>60</v>
+      </c>
+      <c r="BE13" s="26" t="s">
+        <v>197</v>
+      </c>
+      <c r="BF13" s="27" t="s">
+        <v>198</v>
+      </c>
+      <c r="BG13" s="27" t="s">
+        <v>174</v>
+      </c>
+      <c r="BH13" s="27" t="s">
+        <v>199</v>
+      </c>
+      <c r="BI13" s="8">
+        <v>26</v>
+      </c>
+      <c r="BJ13" s="25">
+        <v>31</v>
+      </c>
+      <c r="BK13" s="26" t="s">
+        <v>176</v>
+      </c>
+      <c r="BL13" s="27" t="s">
+        <v>198</v>
+      </c>
+      <c r="BM13" s="27" t="s">
+        <v>112</v>
+      </c>
+      <c r="BN13" s="27" t="s">
+        <v>200</v>
+      </c>
+      <c r="BO13" s="8">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="14" spans="1:67">
+      <c r="A14" s="37" t="s">
+        <v>88</v>
+      </c>
+      <c r="B14" s="25">
+        <v>57</v>
+      </c>
+      <c r="C14" s="26" t="s">
+        <v>201</v>
+      </c>
+      <c r="D14" s="27" t="s">
+        <v>202</v>
+      </c>
+      <c r="E14" s="27" t="s">
+        <v>203</v>
+      </c>
+      <c r="F14" s="27" t="s">
+        <v>204</v>
+      </c>
+      <c r="G14" s="8">
+        <v>5</v>
+      </c>
+      <c r="H14" s="25">
+        <v>51</v>
+      </c>
+      <c r="I14" s="26" t="s">
+        <v>205</v>
+      </c>
+      <c r="J14" s="27" t="s">
+        <v>206</v>
+      </c>
+      <c r="K14" s="27" t="s">
+        <v>207</v>
+      </c>
+      <c r="L14" s="27" t="s">
+        <v>208</v>
+      </c>
+      <c r="M14" s="8">
+        <v>6</v>
+      </c>
+      <c r="N14" s="25">
+        <v>61</v>
+      </c>
+      <c r="O14" s="26" t="s">
+        <v>167</v>
+      </c>
+      <c r="P14" s="27" t="s">
+        <v>209</v>
+      </c>
+      <c r="Q14" s="27" t="s">
+        <v>188</v>
+      </c>
+      <c r="R14" s="27" t="s">
+        <v>210</v>
+      </c>
+      <c r="S14" s="8">
+        <v>6</v>
+      </c>
+      <c r="T14" s="25">
+        <v>34</v>
+      </c>
+      <c r="U14" s="26" t="s">
+        <v>211</v>
+      </c>
+      <c r="V14" s="27" t="s">
+        <v>212</v>
+      </c>
+      <c r="W14" s="27" t="s">
+        <v>213</v>
+      </c>
+      <c r="X14" s="27" t="s">
+        <v>214</v>
+      </c>
+      <c r="Y14" s="8">
+        <v>3</v>
+      </c>
+      <c r="Z14" s="25">
+        <v>39</v>
+      </c>
+      <c r="AA14" s="26" t="s">
+        <v>178</v>
+      </c>
+      <c r="AB14" s="27" t="s">
+        <v>215</v>
+      </c>
+      <c r="AC14" s="27" t="s">
+        <v>216</v>
+      </c>
+      <c r="AD14" s="27" t="s">
+        <v>217</v>
+      </c>
+      <c r="AE14" s="8">
+        <v>6</v>
+      </c>
+      <c r="AF14" s="25">
+        <v>35</v>
+      </c>
+      <c r="AG14" s="26" t="s">
+        <v>218</v>
+      </c>
+      <c r="AH14" s="27" t="s">
+        <v>219</v>
+      </c>
+      <c r="AI14" s="27" t="s">
+        <v>220</v>
+      </c>
+      <c r="AJ14" s="27" t="s">
+        <v>221</v>
+      </c>
+      <c r="AK14" s="8">
+        <v>3</v>
+      </c>
+      <c r="AL14" s="25">
+        <v>33</v>
+      </c>
+      <c r="AM14" s="26" t="s">
+        <v>222</v>
+      </c>
+      <c r="AN14" s="27" t="s">
+        <v>223</v>
+      </c>
+      <c r="AO14" s="27" t="s">
+        <v>216</v>
+      </c>
+      <c r="AP14" s="27" t="s">
+        <v>224</v>
+      </c>
+      <c r="AQ14" s="8">
+        <v>3</v>
+      </c>
+      <c r="AR14" s="25">
+        <v>23</v>
+      </c>
+      <c r="AS14" s="26" t="s">
+        <v>191</v>
+      </c>
+      <c r="AT14" s="27" t="s">
+        <v>225</v>
+      </c>
+      <c r="AU14" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="AV14" s="27" t="s">
+        <v>226</v>
+      </c>
+      <c r="AW14" s="8">
+        <v>3</v>
+      </c>
+      <c r="AX14" s="25">
+        <v>58</v>
+      </c>
+      <c r="AY14" s="26" t="s">
+        <v>227</v>
+      </c>
+      <c r="AZ14" s="27" t="s">
+        <v>228</v>
+      </c>
+      <c r="BA14" s="27" t="s">
+        <v>188</v>
+      </c>
+      <c r="BB14" s="27" t="s">
+        <v>229</v>
+      </c>
+      <c r="BC14" s="8">
+        <v>6</v>
+      </c>
+      <c r="BD14" s="25">
+        <v>29</v>
+      </c>
+      <c r="BE14" s="26" t="s">
+        <v>230</v>
+      </c>
+      <c r="BF14" s="27" t="s">
+        <v>231</v>
+      </c>
+      <c r="BG14" s="27" t="s">
+        <v>232</v>
+      </c>
+      <c r="BH14" s="27" t="s">
+        <v>233</v>
+      </c>
+      <c r="BI14" s="8">
+        <v>3</v>
+      </c>
+      <c r="BJ14" s="25">
+        <v>14</v>
+      </c>
+      <c r="BK14" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BL14" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BM14" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BN14" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BO14" s="8">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:67">
+      <c r="A15" s="37" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" s="25">
+        <v>89</v>
+      </c>
+      <c r="C15" s="26" t="s">
+        <v>234</v>
+      </c>
+      <c r="D15" s="27" t="s">
+        <v>235</v>
+      </c>
+      <c r="E15" s="27" t="s">
+        <v>174</v>
+      </c>
+      <c r="F15" s="27" t="s">
+        <v>236</v>
+      </c>
+      <c r="G15" s="8">
+        <v>15</v>
+      </c>
+      <c r="H15" s="25">
+        <v>48</v>
+      </c>
+      <c r="I15" s="26" t="s">
+        <v>227</v>
+      </c>
+      <c r="J15" s="27" t="s">
+        <v>237</v>
+      </c>
+      <c r="K15" s="27" t="s">
+        <v>174</v>
+      </c>
+      <c r="L15" s="27" t="s">
+        <v>238</v>
+      </c>
+      <c r="M15" s="8">
+        <v>9</v>
+      </c>
+      <c r="N15" s="25">
+        <v>43</v>
+      </c>
+      <c r="O15" s="26" t="s">
+        <v>239</v>
+      </c>
+      <c r="P15" s="27" t="s">
+        <v>240</v>
+      </c>
+      <c r="Q15" s="27" t="s">
+        <v>134</v>
+      </c>
+      <c r="R15" s="27" t="s">
+        <v>241</v>
+      </c>
+      <c r="S15" s="8">
+        <v>5</v>
+      </c>
+      <c r="T15" s="25">
+        <v>48</v>
+      </c>
+      <c r="U15" s="26" t="s">
+        <v>242</v>
+      </c>
+      <c r="V15" s="27" t="s">
+        <v>243</v>
+      </c>
+      <c r="W15" s="27" t="s">
+        <v>111</v>
+      </c>
+      <c r="X15" s="27" t="s">
+        <v>244</v>
+      </c>
+      <c r="Y15" s="8">
+        <v>12</v>
+      </c>
+      <c r="Z15" s="25">
+        <v>41</v>
+      </c>
+      <c r="AA15" s="26" t="s">
+        <v>245</v>
+      </c>
+      <c r="AB15" s="27" t="s">
+        <v>246</v>
+      </c>
+      <c r="AC15" s="27" t="s">
+        <v>161</v>
+      </c>
+      <c r="AD15" s="27" t="s">
+        <v>247</v>
+      </c>
+      <c r="AE15" s="8">
+        <v>17</v>
+      </c>
+      <c r="AF15" s="25">
+        <v>40</v>
+      </c>
+      <c r="AG15" s="26" t="s">
+        <v>222</v>
+      </c>
+      <c r="AH15" s="27" t="s">
+        <v>232</v>
+      </c>
+      <c r="AI15" s="27" t="s">
+        <v>161</v>
+      </c>
+      <c r="AJ15" s="27" t="s">
+        <v>248</v>
+      </c>
+      <c r="AK15" s="8">
+        <v>5</v>
+      </c>
+      <c r="AL15" s="25">
+        <v>24</v>
+      </c>
+      <c r="AM15" s="26" t="s">
+        <v>249</v>
+      </c>
+      <c r="AN15" s="27" t="s">
+        <v>250</v>
+      </c>
+      <c r="AO15" s="27" t="s">
+        <v>251</v>
+      </c>
+      <c r="AP15" s="27" t="s">
+        <v>252</v>
+      </c>
+      <c r="AQ15" s="8">
+        <v>8</v>
+      </c>
+      <c r="AR15" s="25">
+        <v>38</v>
+      </c>
+      <c r="AS15" s="26" t="s">
+        <v>253</v>
+      </c>
+      <c r="AT15" s="27" t="s">
+        <v>254</v>
+      </c>
+      <c r="AU15" s="27" t="s">
+        <v>255</v>
+      </c>
+      <c r="AV15" s="27" t="s">
+        <v>256</v>
+      </c>
+      <c r="AW15" s="8">
+        <v>17</v>
+      </c>
+      <c r="AX15" s="25">
+        <v>35</v>
+      </c>
+      <c r="AY15" s="26" t="s">
+        <v>193</v>
+      </c>
+      <c r="AZ15" s="27" t="s">
+        <v>257</v>
+      </c>
+      <c r="BA15" s="27" t="s">
+        <v>174</v>
+      </c>
+      <c r="BB15" s="27" t="s">
+        <v>258</v>
+      </c>
+      <c r="BC15" s="8">
+        <v>14</v>
+      </c>
+      <c r="BD15" s="25">
+        <v>19</v>
+      </c>
+      <c r="BE15" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BF15" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BG15" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BH15" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BI15" s="8">
+        <v>6</v>
+      </c>
+      <c r="BJ15" s="25">
+        <v>8</v>
+      </c>
+      <c r="BK15" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BL15" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BM15" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BN15" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BO15" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:67">
+      <c r="A16" s="37" t="s">
+        <v>90</v>
+      </c>
+      <c r="B16" s="25">
+        <v>3</v>
+      </c>
+      <c r="C16" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="D16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="E16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="F16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="G16" s="8">
+        <v>0</v>
+      </c>
+      <c r="H16" s="25">
+        <v>7</v>
+      </c>
+      <c r="I16" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="J16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="K16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="L16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="M16" s="8">
+        <v>1</v>
+      </c>
+      <c r="N16" s="25">
+        <v>6</v>
+      </c>
+      <c r="O16" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="R16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="S16" s="8">
+        <v>1</v>
+      </c>
+      <c r="T16" s="25">
+        <v>6</v>
+      </c>
+      <c r="U16" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="V16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="W16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="X16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y16" s="8">
+        <v>0</v>
+      </c>
+      <c r="Z16" s="25">
+        <v>2</v>
+      </c>
+      <c r="AA16" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE16" s="8">
+        <v>1</v>
+      </c>
+      <c r="AF16" s="25">
+        <v>10</v>
+      </c>
+      <c r="AG16" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AH16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AI16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AJ16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK16" s="8">
+        <v>0</v>
+      </c>
+      <c r="AL16" s="25">
+        <v>7</v>
+      </c>
+      <c r="AM16" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AN16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AO16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AP16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AQ16" s="8">
+        <v>0</v>
+      </c>
+      <c r="AR16" s="25">
+        <v>6</v>
+      </c>
+      <c r="AS16" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AT16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AU16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AV16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AW16" s="8">
+        <v>1</v>
+      </c>
+      <c r="AX16" s="25">
+        <v>3</v>
+      </c>
+      <c r="AY16" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AZ16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BA16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC16" s="8">
+        <v>1</v>
+      </c>
+      <c r="BD16" s="25">
+        <v>4</v>
+      </c>
+      <c r="BE16" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BF16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BG16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BH16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BI16" s="8">
+        <v>1</v>
+      </c>
+      <c r="BJ16" s="25">
+        <v>2</v>
+      </c>
+      <c r="BK16" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BL16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BM16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BN16" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BO16" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:67">
+      <c r="A17" s="37" t="s">
+        <v>91</v>
+      </c>
+      <c r="B17" s="25">
+        <v>7</v>
+      </c>
+      <c r="C17" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="D17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="E17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="F17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="G17" s="8">
+        <v>0</v>
+      </c>
+      <c r="H17" s="25">
+        <v>9</v>
+      </c>
+      <c r="I17" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="J17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="K17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="L17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="M17" s="8">
+        <v>1</v>
+      </c>
+      <c r="N17" s="25">
+        <v>18</v>
+      </c>
+      <c r="O17" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="R17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="S17" s="8">
+        <v>2</v>
+      </c>
+      <c r="T17" s="25">
+        <v>12</v>
+      </c>
+      <c r="U17" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="V17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="W17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="X17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y17" s="8">
+        <v>4</v>
+      </c>
+      <c r="Z17" s="25">
+        <v>8</v>
+      </c>
+      <c r="AA17" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE17" s="8">
+        <v>0</v>
+      </c>
+      <c r="AF17" s="25">
+        <v>14</v>
+      </c>
+      <c r="AG17" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AH17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AI17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AJ17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK17" s="8">
+        <v>2</v>
+      </c>
+      <c r="AL17" s="25">
+        <v>12</v>
+      </c>
+      <c r="AM17" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AN17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AO17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AP17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AQ17" s="8">
+        <v>3</v>
+      </c>
+      <c r="AR17" s="25">
+        <v>18</v>
+      </c>
+      <c r="AS17" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AT17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AU17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AV17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AW17" s="8">
+        <v>4</v>
+      </c>
+      <c r="AX17" s="25">
+        <v>29</v>
+      </c>
+      <c r="AY17" s="26" t="s">
+        <v>150</v>
+      </c>
+      <c r="AZ17" s="27" t="s">
+        <v>259</v>
+      </c>
+      <c r="BA17" s="27" t="s">
+        <v>179</v>
+      </c>
+      <c r="BB17" s="27" t="s">
+        <v>260</v>
+      </c>
+      <c r="BC17" s="8">
+        <v>6</v>
+      </c>
+      <c r="BD17" s="25">
+        <v>16</v>
+      </c>
+      <c r="BE17" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BF17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BG17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BH17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BI17" s="8">
+        <v>4</v>
+      </c>
+      <c r="BJ17" s="25">
+        <v>12</v>
+      </c>
+      <c r="BK17" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BL17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BM17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BN17" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BO17" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:67">
+      <c r="A18" s="37" t="s">
+        <v>92</v>
+      </c>
+      <c r="B18" s="25">
+        <v>1</v>
+      </c>
+      <c r="C18" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="D18" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="E18" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="F18" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="G18" s="8">
+        <v>0</v>
+      </c>
+      <c r="H18" s="25">
+        <v>0</v>
+      </c>
+      <c r="I18" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="J18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="K18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="L18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="M18" s="8">
+        <v>0</v>
+      </c>
+      <c r="N18" s="25">
+        <v>1</v>
+      </c>
+      <c r="O18" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q18" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="R18" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="S18" s="8">
+        <v>0</v>
+      </c>
+      <c r="T18" s="25">
+        <v>0</v>
+      </c>
+      <c r="U18" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="V18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="W18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="X18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="Y18" s="8">
+        <v>0</v>
+      </c>
+      <c r="Z18" s="25">
+        <v>1</v>
+      </c>
+      <c r="AA18" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB18" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC18" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD18" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE18" s="8">
+        <v>0</v>
+      </c>
+      <c r="AF18" s="25">
+        <v>0</v>
+      </c>
+      <c r="AG18" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="AH18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AI18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AJ18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AK18" s="8">
+        <v>0</v>
+      </c>
+      <c r="AL18" s="25">
+        <v>0</v>
+      </c>
+      <c r="AM18" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="AN18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AO18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AP18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AQ18" s="8">
+        <v>0</v>
+      </c>
+      <c r="AR18" s="25">
+        <v>0</v>
+      </c>
+      <c r="AS18" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="AT18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AU18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AV18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AW18" s="8">
+        <v>0</v>
+      </c>
+      <c r="AX18" s="25">
+        <v>0</v>
+      </c>
+      <c r="AY18" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="AZ18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BA18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BB18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BC18" s="8">
+        <v>0</v>
+      </c>
+      <c r="BD18" s="25">
+        <v>1</v>
+      </c>
+      <c r="BE18" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BF18" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BG18" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BH18" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BI18" s="8">
+        <v>0</v>
+      </c>
+      <c r="BJ18" s="25">
+        <v>0</v>
+      </c>
+      <c r="BK18" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="BL18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BM18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BN18" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BO18" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:67">
+      <c r="A19" s="37" t="s">
+        <v>93</v>
+      </c>
+      <c r="B19" s="25">
+        <v>0</v>
+      </c>
+      <c r="C19" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="D19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="E19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="F19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="G19" s="8">
+        <v>0</v>
+      </c>
+      <c r="H19" s="25">
+        <v>0</v>
+      </c>
+      <c r="I19" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="J19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="K19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="L19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="M19" s="8">
+        <v>0</v>
+      </c>
+      <c r="N19" s="25">
+        <v>0</v>
+      </c>
+      <c r="O19" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="P19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="Q19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="R19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="S19" s="8">
+        <v>0</v>
+      </c>
+      <c r="T19" s="25">
+        <v>0</v>
+      </c>
+      <c r="U19" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="V19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="W19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="X19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="Y19" s="8">
+        <v>0</v>
+      </c>
+      <c r="Z19" s="25">
+        <v>1</v>
+      </c>
+      <c r="AA19" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB19" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC19" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD19" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE19" s="8">
+        <v>1</v>
+      </c>
+      <c r="AF19" s="25">
+        <v>1</v>
+      </c>
+      <c r="AG19" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AH19" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AI19" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AJ19" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK19" s="8">
+        <v>0</v>
+      </c>
+      <c r="AL19" s="25">
+        <v>0</v>
+      </c>
+      <c r="AM19" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="AN19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AO19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AP19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AQ19" s="8">
+        <v>0</v>
+      </c>
+      <c r="AR19" s="25">
+        <v>0</v>
+      </c>
+      <c r="AS19" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="AT19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AU19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AV19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AW19" s="8">
+        <v>0</v>
+      </c>
+      <c r="AX19" s="25">
+        <v>0</v>
+      </c>
+      <c r="AY19" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="AZ19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BA19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BB19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BC19" s="8">
+        <v>0</v>
+      </c>
+      <c r="BD19" s="25">
+        <v>0</v>
+      </c>
+      <c r="BE19" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="BF19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BG19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BH19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BI19" s="8">
+        <v>0</v>
+      </c>
+      <c r="BJ19" s="25">
+        <v>0</v>
+      </c>
+      <c r="BK19" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="BL19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BM19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BN19" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BO19" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:67" ht="15.75" customHeight="1">
+      <c r="A20" s="53" t="s">
+        <v>94</v>
+      </c>
+      <c r="B20" s="54">
+        <v>618</v>
+      </c>
+      <c r="C20" s="55" t="s">
+        <v>262</v>
+      </c>
+      <c r="D20" s="56" t="s">
+        <v>160</v>
+      </c>
+      <c r="E20" s="56" t="s">
+        <v>119</v>
+      </c>
+      <c r="F20" s="56" t="s">
+        <v>263</v>
+      </c>
+      <c r="G20" s="57">
+        <v>221</v>
+      </c>
+      <c r="H20" s="54">
+        <v>538</v>
+      </c>
+      <c r="I20" s="55" t="s">
+        <v>264</v>
+      </c>
+      <c r="J20" s="56" t="s">
+        <v>160</v>
+      </c>
+      <c r="K20" s="56" t="s">
+        <v>119</v>
+      </c>
+      <c r="L20" s="56" t="s">
+        <v>265</v>
+      </c>
+      <c r="M20" s="57">
+        <v>191</v>
+      </c>
+      <c r="N20" s="54">
+        <v>682</v>
+      </c>
+      <c r="O20" s="55" t="s">
+        <v>159</v>
+      </c>
+      <c r="P20" s="56" t="s">
+        <v>160</v>
+      </c>
+      <c r="Q20" s="56" t="s">
+        <v>112</v>
+      </c>
+      <c r="R20" s="56" t="s">
+        <v>266</v>
+      </c>
+      <c r="S20" s="57">
+        <v>266</v>
+      </c>
+      <c r="T20" s="54">
+        <v>480</v>
+      </c>
+      <c r="U20" s="55" t="s">
+        <v>267</v>
+      </c>
+      <c r="V20" s="56" t="s">
+        <v>188</v>
+      </c>
+      <c r="W20" s="56" t="s">
+        <v>112</v>
+      </c>
+      <c r="X20" s="56" t="s">
+        <v>268</v>
+      </c>
+      <c r="Y20" s="57">
+        <v>141</v>
+      </c>
+      <c r="Z20" s="54">
+        <v>476</v>
+      </c>
+      <c r="AA20" s="55" t="s">
+        <v>269</v>
+      </c>
+      <c r="AB20" s="56" t="s">
+        <v>207</v>
+      </c>
+      <c r="AC20" s="56" t="s">
+        <v>119</v>
+      </c>
+      <c r="AD20" s="56" t="s">
+        <v>270</v>
+      </c>
+      <c r="AE20" s="57">
+        <v>182</v>
+      </c>
+      <c r="AF20" s="54">
+        <v>366</v>
+      </c>
+      <c r="AG20" s="55" t="s">
+        <v>193</v>
+      </c>
+      <c r="AH20" s="56" t="s">
+        <v>271</v>
+      </c>
+      <c r="AI20" s="56" t="s">
+        <v>111</v>
+      </c>
+      <c r="AJ20" s="56" t="s">
+        <v>272</v>
+      </c>
+      <c r="AK20" s="57">
+        <v>132</v>
+      </c>
+      <c r="AL20" s="54">
+        <v>348</v>
+      </c>
+      <c r="AM20" s="55" t="s">
+        <v>155</v>
+      </c>
+      <c r="AN20" s="56" t="s">
+        <v>273</v>
+      </c>
+      <c r="AO20" s="56" t="s">
+        <v>131</v>
+      </c>
+      <c r="AP20" s="56" t="s">
+        <v>274</v>
+      </c>
+      <c r="AQ20" s="57">
+        <v>141</v>
+      </c>
+      <c r="AR20" s="54">
+        <v>342</v>
+      </c>
+      <c r="AS20" s="55" t="s">
+        <v>152</v>
+      </c>
+      <c r="AT20" s="56" t="s">
+        <v>275</v>
+      </c>
+      <c r="AU20" s="56" t="s">
+        <v>161</v>
+      </c>
+      <c r="AV20" s="56" t="s">
+        <v>276</v>
+      </c>
+      <c r="AW20" s="57">
+        <v>146</v>
+      </c>
+      <c r="AX20" s="54">
+        <v>369</v>
+      </c>
+      <c r="AY20" s="55" t="s">
+        <v>277</v>
+      </c>
+      <c r="AZ20" s="56" t="s">
+        <v>278</v>
+      </c>
+      <c r="BA20" s="56" t="s">
+        <v>165</v>
+      </c>
+      <c r="BB20" s="56" t="s">
+        <v>279</v>
+      </c>
+      <c r="BC20" s="57">
+        <v>139</v>
+      </c>
+      <c r="BD20" s="54">
+        <v>230</v>
+      </c>
+      <c r="BE20" s="55" t="s">
+        <v>280</v>
+      </c>
+      <c r="BF20" s="56" t="s">
+        <v>281</v>
+      </c>
+      <c r="BG20" s="56" t="s">
+        <v>161</v>
+      </c>
+      <c r="BH20" s="56" t="s">
+        <v>282</v>
+      </c>
+      <c r="BI20" s="57">
         <v>74</v>
       </c>
-      <c r="B10" s="39">
-[...47 lines deleted...]
-      <c r="R10" s="41" t="s">
+      <c r="BJ20" s="54">
         <v>99</v>
       </c>
-      <c r="S10" s="15">
-[...126 lines deleted...]
-        <v>8</v>
+      <c r="BK20" s="55" t="s">
+        <v>283</v>
+      </c>
+      <c r="BL20" s="56" t="s">
+        <v>254</v>
+      </c>
+      <c r="BM20" s="56" t="s">
+        <v>131</v>
+      </c>
+      <c r="BN20" s="56" t="s">
+        <v>284</v>
+      </c>
+      <c r="BO20" s="57">
+        <v>19</v>
       </c>
     </row>
-    <row r="11" spans="1:61" x14ac:dyDescent="0.25">
-[...54 lines deleted...]
-      <c r="S11" s="15">
+    <row r="21" spans="1:67">
+      <c r="A21" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="T11" s="39">
-[...124 lines deleted...]
-      </c>
+      <c r="B21" s="3"/>
+      <c r="C21" s="3"/>
+      <c r="D21" s="3"/>
+      <c r="E21" s="3"/>
+      <c r="F21" s="3"/>
     </row>
-    <row r="12" spans="1:61" x14ac:dyDescent="0.25">
-[...182 lines deleted...]
-      </c>
+    <row r="22" spans="1:67">
+      <c r="B22" s="24"/>
+      <c r="C22" s="24"/>
+      <c r="D22" s="24"/>
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
     </row>
-    <row r="13" spans="1:61" x14ac:dyDescent="0.25">
-[...182 lines deleted...]
-      </c>
+    <row r="23" spans="1:67">
+      <c r="A23" s="20"/>
+      <c r="B23" s="24"/>
+      <c r="C23" s="24"/>
+      <c r="D23" s="24"/>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
     </row>
-    <row r="14" spans="1:61" x14ac:dyDescent="0.25">
-[...1319 lines deleted...]
-    <row r="24" spans="1:61" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:67" ht="37.5" customHeight="1">
       <c r="A24" s="87" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="87"/>
       <c r="C24" s="87"/>
       <c r="D24" s="87"/>
       <c r="E24" s="87"/>
       <c r="F24" s="87"/>
     </row>
-    <row r="26" spans="1:61" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:67" ht="17.25" customHeight="1">
       <c r="A26" s="88" t="s">
         <v>24</v>
       </c>
-      <c r="B26" s="66">
+      <c r="B26" s="68">
         <v>2014</v>
       </c>
-      <c r="C26" s="67"/>
-[...3 lines deleted...]
-      <c r="G26" s="66">
+      <c r="C26" s="69"/>
+      <c r="D26" s="69"/>
+      <c r="E26" s="69"/>
+      <c r="F26" s="70"/>
+      <c r="G26" s="68">
         <v>2015</v>
       </c>
-      <c r="H26" s="67"/>
-[...3 lines deleted...]
-      <c r="L26" s="66">
+      <c r="H26" s="69"/>
+      <c r="I26" s="69"/>
+      <c r="J26" s="69"/>
+      <c r="K26" s="70"/>
+      <c r="L26" s="68">
         <v>2016</v>
       </c>
-      <c r="M26" s="67"/>
-[...3 lines deleted...]
-      <c r="Q26" s="66">
+      <c r="M26" s="69"/>
+      <c r="N26" s="69"/>
+      <c r="O26" s="69"/>
+      <c r="P26" s="70"/>
+      <c r="Q26" s="68">
         <v>2017</v>
       </c>
-      <c r="R26" s="67"/>
-[...3 lines deleted...]
-      <c r="V26" s="66">
+      <c r="R26" s="69"/>
+      <c r="S26" s="69"/>
+      <c r="T26" s="69"/>
+      <c r="U26" s="70"/>
+      <c r="V26" s="68">
         <v>2018</v>
       </c>
-      <c r="W26" s="67"/>
-[...3 lines deleted...]
-      <c r="AA26" s="66">
+      <c r="W26" s="69"/>
+      <c r="X26" s="69"/>
+      <c r="Y26" s="69"/>
+      <c r="Z26" s="70"/>
+      <c r="AA26" s="68">
         <v>2019</v>
       </c>
-      <c r="AB26" s="67"/>
-[...3 lines deleted...]
-      <c r="AF26" s="66">
+      <c r="AB26" s="69"/>
+      <c r="AC26" s="69"/>
+      <c r="AD26" s="69"/>
+      <c r="AE26" s="70"/>
+      <c r="AF26" s="68">
         <v>2020</v>
       </c>
-      <c r="AG26" s="67"/>
-[...3 lines deleted...]
-      <c r="AK26" s="66">
+      <c r="AG26" s="69"/>
+      <c r="AH26" s="69"/>
+      <c r="AI26" s="69"/>
+      <c r="AJ26" s="70"/>
+      <c r="AK26" s="68">
         <v>2021</v>
       </c>
-      <c r="AL26" s="67"/>
-[...3 lines deleted...]
-      <c r="AP26" s="66">
+      <c r="AL26" s="69"/>
+      <c r="AM26" s="69"/>
+      <c r="AN26" s="69"/>
+      <c r="AO26" s="70"/>
+      <c r="AP26" s="68">
         <v>2022</v>
       </c>
-      <c r="AQ26" s="67"/>
-[...3 lines deleted...]
-      <c r="AU26" s="66">
+      <c r="AQ26" s="69"/>
+      <c r="AR26" s="69"/>
+      <c r="AS26" s="69"/>
+      <c r="AT26" s="70"/>
+      <c r="AU26" s="68">
         <v>2023</v>
       </c>
-      <c r="AV26" s="67"/>
-[...2 lines deleted...]
-      <c r="AY26" s="68"/>
+      <c r="AV26" s="69"/>
+      <c r="AW26" s="69"/>
+      <c r="AX26" s="69"/>
+      <c r="AY26" s="70"/>
+      <c r="AZ26" s="68">
+        <v>2024</v>
+      </c>
+      <c r="BA26" s="69"/>
+      <c r="BB26" s="69"/>
+      <c r="BC26" s="69"/>
+      <c r="BD26" s="70"/>
     </row>
-    <row r="27" spans="1:61" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:67" ht="45" customHeight="1">
       <c r="A27" s="89"/>
-      <c r="B27" s="56" t="s">
+      <c r="B27" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="C27" s="56" t="s">
+      <c r="C27" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="D27" s="25" t="s">
+      <c r="D27" s="52" t="s">
         <v>32</v>
       </c>
-      <c r="E27" s="59" t="s">
+      <c r="E27" s="63" t="s">
         <v>33</v>
       </c>
-      <c r="F27" s="27" t="s">
+      <c r="F27" s="44" t="s">
         <v>34</v>
       </c>
-      <c r="G27" s="56" t="s">
+      <c r="G27" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="H27" s="56" t="s">
+      <c r="H27" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="I27" s="25" t="s">
+      <c r="I27" s="52" t="s">
         <v>32</v>
       </c>
-      <c r="J27" s="59" t="s">
+      <c r="J27" s="63" t="s">
         <v>33</v>
       </c>
-      <c r="K27" s="27" t="s">
+      <c r="K27" s="44" t="s">
         <v>34</v>
       </c>
-      <c r="L27" s="56" t="s">
+      <c r="L27" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="M27" s="56" t="s">
+      <c r="M27" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="N27" s="25" t="s">
+      <c r="N27" s="52" t="s">
         <v>32</v>
       </c>
-      <c r="O27" s="59" t="s">
+      <c r="O27" s="63" t="s">
         <v>33</v>
       </c>
-      <c r="P27" s="27" t="s">
+      <c r="P27" s="44" t="s">
         <v>34</v>
       </c>
-      <c r="Q27" s="56" t="s">
+      <c r="Q27" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="R27" s="56" t="s">
+      <c r="R27" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="S27" s="25" t="s">
+      <c r="S27" s="52" t="s">
         <v>32</v>
       </c>
-      <c r="T27" s="59" t="s">
+      <c r="T27" s="63" t="s">
         <v>33</v>
       </c>
-      <c r="U27" s="27" t="s">
+      <c r="U27" s="44" t="s">
         <v>34</v>
       </c>
-      <c r="V27" s="56" t="s">
+      <c r="V27" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="W27" s="56" t="s">
+      <c r="W27" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="X27" s="25" t="s">
+      <c r="X27" s="52" t="s">
         <v>32</v>
       </c>
-      <c r="Y27" s="59" t="s">
+      <c r="Y27" s="63" t="s">
         <v>33</v>
       </c>
-      <c r="Z27" s="27" t="s">
+      <c r="Z27" s="44" t="s">
         <v>34</v>
       </c>
-      <c r="AA27" s="56" t="s">
+      <c r="AA27" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="AB27" s="56" t="s">
+      <c r="AB27" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="AC27" s="25" t="s">
+      <c r="AC27" s="52" t="s">
         <v>32</v>
       </c>
-      <c r="AD27" s="59" t="s">
+      <c r="AD27" s="63" t="s">
         <v>33</v>
       </c>
-      <c r="AE27" s="27" t="s">
+      <c r="AE27" s="44" t="s">
         <v>34</v>
       </c>
-      <c r="AF27" s="56" t="s">
+      <c r="AF27" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="AG27" s="56" t="s">
+      <c r="AG27" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="AH27" s="25" t="s">
+      <c r="AH27" s="52" t="s">
         <v>32</v>
       </c>
-      <c r="AI27" s="59" t="s">
+      <c r="AI27" s="63" t="s">
         <v>33</v>
       </c>
-      <c r="AJ27" s="27" t="s">
+      <c r="AJ27" s="44" t="s">
         <v>34</v>
       </c>
-      <c r="AK27" s="56" t="s">
+      <c r="AK27" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="AL27" s="56" t="s">
+      <c r="AL27" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="AM27" s="25" t="s">
+      <c r="AM27" s="52" t="s">
         <v>32</v>
       </c>
-      <c r="AN27" s="59" t="s">
+      <c r="AN27" s="63" t="s">
         <v>33</v>
       </c>
-      <c r="AO27" s="27" t="s">
+      <c r="AO27" s="44" t="s">
         <v>34</v>
       </c>
-      <c r="AP27" s="56" t="s">
+      <c r="AP27" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="AQ27" s="56" t="s">
+      <c r="AQ27" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="AR27" s="25" t="s">
+      <c r="AR27" s="52" t="s">
         <v>32</v>
       </c>
-      <c r="AS27" s="59" t="s">
+      <c r="AS27" s="63" t="s">
         <v>33</v>
       </c>
-      <c r="AT27" s="27" t="s">
+      <c r="AT27" s="44" t="s">
         <v>34</v>
       </c>
-      <c r="AU27" s="56" t="s">
+      <c r="AU27" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="AV27" s="56" t="s">
+      <c r="AV27" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="AW27" s="25" t="s">
+      <c r="AW27" s="52" t="s">
         <v>32</v>
       </c>
-      <c r="AX27" s="59" t="s">
+      <c r="AX27" s="63" t="s">
         <v>33</v>
       </c>
-      <c r="AY27" s="27" t="s">
+      <c r="AY27" s="44" t="s">
         <v>34</v>
       </c>
+      <c r="AZ27" s="62" t="s">
+        <v>22</v>
+      </c>
+      <c r="BA27" s="62" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB27" s="52" t="s">
+        <v>32</v>
+      </c>
+      <c r="BC27" s="63" t="s">
+        <v>33</v>
+      </c>
+      <c r="BD27" s="44" t="s">
+        <v>34</v>
+      </c>
     </row>
-    <row r="28" spans="1:61" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B28" s="39">
+    <row r="28" spans="1:67">
+      <c r="A28" s="37" t="s">
+        <v>84</v>
+      </c>
+      <c r="B28" s="25">
         <v>27</v>
       </c>
-      <c r="C28" s="40" t="s">
+      <c r="C28" s="26" t="s">
+        <v>99</v>
+      </c>
+      <c r="D28" s="28" t="s">
+        <v>150</v>
+      </c>
+      <c r="E28" s="29" t="s">
+        <v>285</v>
+      </c>
+      <c r="F28" s="30" t="s">
+        <v>286</v>
+      </c>
+      <c r="G28" s="25">
+        <v>22</v>
+      </c>
+      <c r="H28" s="26" t="s">
+        <v>103</v>
+      </c>
+      <c r="I28" s="28" t="s">
+        <v>211</v>
+      </c>
+      <c r="J28" s="29" t="s">
+        <v>123</v>
+      </c>
+      <c r="K28" s="30" t="s">
+        <v>287</v>
+      </c>
+      <c r="L28" s="25">
+        <v>24</v>
+      </c>
+      <c r="M28" s="26" t="s">
+        <v>107</v>
+      </c>
+      <c r="N28" s="28" t="s">
+        <v>187</v>
+      </c>
+      <c r="O28" s="29" t="s">
+        <v>288</v>
+      </c>
+      <c r="P28" s="30" t="s">
+        <v>289</v>
+      </c>
+      <c r="Q28" s="25">
+        <v>23</v>
+      </c>
+      <c r="R28" s="26" t="s">
+        <v>110</v>
+      </c>
+      <c r="S28" s="28" t="s">
+        <v>187</v>
+      </c>
+      <c r="T28" s="29" t="s">
+        <v>290</v>
+      </c>
+      <c r="U28" s="30" t="s">
+        <v>291</v>
+      </c>
+      <c r="V28" s="25">
+        <v>24</v>
+      </c>
+      <c r="W28" s="26" t="s">
+        <v>114</v>
+      </c>
+      <c r="X28" s="28" t="s">
+        <v>183</v>
+      </c>
+      <c r="Y28" s="29" t="s">
+        <v>292</v>
+      </c>
+      <c r="Z28" s="30" t="s">
+        <v>293</v>
+      </c>
+      <c r="AA28" s="25">
+        <v>10</v>
+      </c>
+      <c r="AB28" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC28" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD28" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE28" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AF28" s="25">
+        <v>17</v>
+      </c>
+      <c r="AG28" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AH28" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="AI28" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="AJ28" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK28" s="25">
+        <v>22</v>
+      </c>
+      <c r="AL28" s="26" t="s">
+        <v>118</v>
+      </c>
+      <c r="AM28" s="28" t="s">
+        <v>234</v>
+      </c>
+      <c r="AN28" s="29" t="s">
+        <v>294</v>
+      </c>
+      <c r="AO28" s="30" t="s">
+        <v>295</v>
+      </c>
+      <c r="AP28" s="25">
+        <v>18</v>
+      </c>
+      <c r="AQ28" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AR28" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="AS28" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="AT28" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AU28" s="25">
+        <v>31</v>
+      </c>
+      <c r="AV28" s="26" t="s">
+        <v>121</v>
+      </c>
+      <c r="AW28" s="28" t="s">
+        <v>296</v>
+      </c>
+      <c r="AX28" s="29" t="s">
+        <v>297</v>
+      </c>
+      <c r="AY28" s="30" t="s">
+        <v>298</v>
+      </c>
+      <c r="AZ28" s="25">
+        <v>5</v>
+      </c>
+      <c r="BA28" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB28" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC28" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="BD28" s="30" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="29" spans="1:67">
+      <c r="A29" s="37" t="s">
+        <v>85</v>
+      </c>
+      <c r="B29" s="25">
+        <v>137</v>
+      </c>
+      <c r="C29" s="26" t="s">
+        <v>123</v>
+      </c>
+      <c r="D29" s="28" t="s">
+        <v>150</v>
+      </c>
+      <c r="E29" s="29" t="s">
+        <v>253</v>
+      </c>
+      <c r="F29" s="30" t="s">
+        <v>294</v>
+      </c>
+      <c r="G29" s="25">
+        <v>121</v>
+      </c>
+      <c r="H29" s="26" t="s">
+        <v>125</v>
+      </c>
+      <c r="I29" s="28" t="s">
+        <v>299</v>
+      </c>
+      <c r="J29" s="29" t="s">
+        <v>300</v>
+      </c>
+      <c r="K29" s="30" t="s">
+        <v>125</v>
+      </c>
+      <c r="L29" s="25">
+        <v>132</v>
+      </c>
+      <c r="M29" s="26" t="s">
+        <v>128</v>
+      </c>
+      <c r="N29" s="28" t="s">
+        <v>301</v>
+      </c>
+      <c r="O29" s="29" t="s">
+        <v>163</v>
+      </c>
+      <c r="P29" s="30" t="s">
+        <v>302</v>
+      </c>
+      <c r="Q29" s="25">
+        <v>126</v>
+      </c>
+      <c r="R29" s="26" t="s">
+        <v>130</v>
+      </c>
+      <c r="S29" s="28" t="s">
+        <v>303</v>
+      </c>
+      <c r="T29" s="29" t="s">
+        <v>304</v>
+      </c>
+      <c r="U29" s="30" t="s">
+        <v>305</v>
+      </c>
+      <c r="V29" s="25">
+        <v>92</v>
+      </c>
+      <c r="W29" s="26" t="s">
+        <v>133</v>
+      </c>
+      <c r="X29" s="28" t="s">
+        <v>205</v>
+      </c>
+      <c r="Y29" s="29" t="s">
+        <v>193</v>
+      </c>
+      <c r="Z29" s="30" t="s">
+        <v>306</v>
+      </c>
+      <c r="AA29" s="25">
+        <v>54</v>
+      </c>
+      <c r="AB29" s="26" t="s">
+        <v>136</v>
+      </c>
+      <c r="AC29" s="28" t="s">
+        <v>307</v>
+      </c>
+      <c r="AD29" s="29" t="s">
+        <v>308</v>
+      </c>
+      <c r="AE29" s="30" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF29" s="25">
+        <v>55</v>
+      </c>
+      <c r="AG29" s="26" t="s">
+        <v>139</v>
+      </c>
+      <c r="AH29" s="28" t="s">
+        <v>205</v>
+      </c>
+      <c r="AI29" s="29" t="s">
+        <v>159</v>
+      </c>
+      <c r="AJ29" s="30" t="s">
+        <v>139</v>
+      </c>
+      <c r="AK29" s="25">
+        <v>45</v>
+      </c>
+      <c r="AL29" s="26" t="s">
+        <v>142</v>
+      </c>
+      <c r="AM29" s="28" t="s">
+        <v>245</v>
+      </c>
+      <c r="AN29" s="29" t="s">
+        <v>187</v>
+      </c>
+      <c r="AO29" s="30" t="s">
+        <v>309</v>
+      </c>
+      <c r="AP29" s="25">
+        <v>66</v>
+      </c>
+      <c r="AQ29" s="26" t="s">
+        <v>145</v>
+      </c>
+      <c r="AR29" s="28" t="s">
+        <v>310</v>
+      </c>
+      <c r="AS29" s="29" t="s">
+        <v>311</v>
+      </c>
+      <c r="AT29" s="30" t="s">
+        <v>312</v>
+      </c>
+      <c r="AU29" s="25">
+        <v>42</v>
+      </c>
+      <c r="AV29" s="26" t="s">
+        <v>147</v>
+      </c>
+      <c r="AW29" s="28" t="s">
+        <v>313</v>
+      </c>
+      <c r="AX29" s="29" t="s">
+        <v>253</v>
+      </c>
+      <c r="AY29" s="30" t="s">
+        <v>314</v>
+      </c>
+      <c r="AZ29" s="25">
+        <v>18</v>
+      </c>
+      <c r="BA29" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB29" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC29" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="BD29" s="30" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="30" spans="1:67">
+      <c r="A30" s="37" t="s">
+        <v>86</v>
+      </c>
+      <c r="B30" s="25">
+        <v>35</v>
+      </c>
+      <c r="C30" s="26" t="s">
+        <v>150</v>
+      </c>
+      <c r="D30" s="28" t="s">
+        <v>315</v>
+      </c>
+      <c r="E30" s="29" t="s">
+        <v>242</v>
+      </c>
+      <c r="F30" s="30" t="s">
+        <v>283</v>
+      </c>
+      <c r="G30" s="25">
+        <v>33</v>
+      </c>
+      <c r="H30" s="26" t="s">
+        <v>152</v>
+      </c>
+      <c r="I30" s="28" t="s">
+        <v>315</v>
+      </c>
+      <c r="J30" s="29" t="s">
+        <v>316</v>
+      </c>
+      <c r="K30" s="30" t="s">
+        <v>317</v>
+      </c>
+      <c r="L30" s="25">
+        <v>45</v>
+      </c>
+      <c r="M30" s="26" t="s">
+        <v>155</v>
+      </c>
+      <c r="N30" s="28" t="s">
+        <v>318</v>
+      </c>
+      <c r="O30" s="29" t="s">
+        <v>211</v>
+      </c>
+      <c r="P30" s="30" t="s">
+        <v>187</v>
+      </c>
+      <c r="Q30" s="25">
+        <v>28</v>
+      </c>
+      <c r="R30" s="26" t="s">
+        <v>157</v>
+      </c>
+      <c r="S30" s="28" t="s">
+        <v>318</v>
+      </c>
+      <c r="T30" s="29" t="s">
+        <v>319</v>
+      </c>
+      <c r="U30" s="30" t="s">
+        <v>320</v>
+      </c>
+      <c r="V30" s="25">
+        <v>30</v>
+      </c>
+      <c r="W30" s="26" t="s">
+        <v>159</v>
+      </c>
+      <c r="X30" s="28" t="s">
+        <v>321</v>
+      </c>
+      <c r="Y30" s="29" t="s">
+        <v>183</v>
+      </c>
+      <c r="Z30" s="30" t="s">
+        <v>322</v>
+      </c>
+      <c r="AA30" s="25">
+        <v>22</v>
+      </c>
+      <c r="AB30" s="26" t="s">
+        <v>163</v>
+      </c>
+      <c r="AC30" s="28" t="s">
+        <v>323</v>
+      </c>
+      <c r="AD30" s="29" t="s">
+        <v>324</v>
+      </c>
+      <c r="AE30" s="30" t="s">
+        <v>159</v>
+      </c>
+      <c r="AF30" s="25">
+        <v>20</v>
+      </c>
+      <c r="AG30" s="26" t="s">
+        <v>167</v>
+      </c>
+      <c r="AH30" s="28" t="s">
+        <v>325</v>
+      </c>
+      <c r="AI30" s="29" t="s">
+        <v>326</v>
+      </c>
+      <c r="AJ30" s="30" t="s">
+        <v>234</v>
+      </c>
+      <c r="AK30" s="25">
+        <v>26</v>
+      </c>
+      <c r="AL30" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="AM30" s="28" t="s">
+        <v>321</v>
+      </c>
+      <c r="AN30" s="29" t="s">
+        <v>327</v>
+      </c>
+      <c r="AO30" s="30" t="s">
+        <v>189</v>
+      </c>
+      <c r="AP30" s="25">
+        <v>24</v>
+      </c>
+      <c r="AQ30" s="26" t="s">
+        <v>172</v>
+      </c>
+      <c r="AR30" s="28" t="s">
+        <v>321</v>
+      </c>
+      <c r="AS30" s="29" t="s">
+        <v>310</v>
+      </c>
+      <c r="AT30" s="30" t="s">
+        <v>234</v>
+      </c>
+      <c r="AU30" s="25">
+        <v>28</v>
+      </c>
+      <c r="AV30" s="26" t="s">
+        <v>176</v>
+      </c>
+      <c r="AW30" s="28" t="s">
+        <v>328</v>
+      </c>
+      <c r="AX30" s="29" t="s">
+        <v>329</v>
+      </c>
+      <c r="AY30" s="30" t="s">
+        <v>283</v>
+      </c>
+      <c r="AZ30" s="25">
+        <v>9</v>
+      </c>
+      <c r="BA30" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB30" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC30" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="BD30" s="30" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="31" spans="1:67">
+      <c r="A31" s="37" t="s">
+        <v>87</v>
+      </c>
+      <c r="B31" s="25">
+        <v>262</v>
+      </c>
+      <c r="C31" s="26" t="s">
+        <v>178</v>
+      </c>
+      <c r="D31" s="28" t="s">
+        <v>330</v>
+      </c>
+      <c r="E31" s="29" t="s">
+        <v>150</v>
+      </c>
+      <c r="F31" s="30" t="s">
+        <v>313</v>
+      </c>
+      <c r="G31" s="25">
+        <v>247</v>
+      </c>
+      <c r="H31" s="26" t="s">
+        <v>181</v>
+      </c>
+      <c r="I31" s="28" t="s">
+        <v>218</v>
+      </c>
+      <c r="J31" s="29" t="s">
+        <v>211</v>
+      </c>
+      <c r="K31" s="30" t="s">
+        <v>239</v>
+      </c>
+      <c r="L31" s="25">
+        <v>352</v>
+      </c>
+      <c r="M31" s="26" t="s">
+        <v>183</v>
+      </c>
+      <c r="N31" s="28" t="s">
+        <v>328</v>
+      </c>
+      <c r="O31" s="29" t="s">
+        <v>331</v>
+      </c>
+      <c r="P31" s="30" t="s">
+        <v>205</v>
+      </c>
+      <c r="Q31" s="25">
+        <v>203</v>
+      </c>
+      <c r="R31" s="26" t="s">
+        <v>185</v>
+      </c>
+      <c r="S31" s="28" t="s">
+        <v>332</v>
+      </c>
+      <c r="T31" s="29" t="s">
+        <v>329</v>
+      </c>
+      <c r="U31" s="30" t="s">
+        <v>189</v>
+      </c>
+      <c r="V31" s="25">
+        <v>238</v>
+      </c>
+      <c r="W31" s="26" t="s">
+        <v>187</v>
+      </c>
+      <c r="X31" s="28" t="s">
+        <v>333</v>
+      </c>
+      <c r="Y31" s="29" t="s">
+        <v>311</v>
+      </c>
+      <c r="Z31" s="30" t="s">
+        <v>193</v>
+      </c>
+      <c r="AA31" s="25">
+        <v>180</v>
+      </c>
+      <c r="AB31" s="26" t="s">
+        <v>189</v>
+      </c>
+      <c r="AC31" s="28" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD31" s="29" t="s">
+        <v>170</v>
+      </c>
+      <c r="AE31" s="30" t="s">
+        <v>234</v>
+      </c>
+      <c r="AF31" s="25">
+        <v>180</v>
+      </c>
+      <c r="AG31" s="26" t="s">
+        <v>191</v>
+      </c>
+      <c r="AH31" s="28" t="s">
+        <v>334</v>
+      </c>
+      <c r="AI31" s="29" t="s">
+        <v>335</v>
+      </c>
+      <c r="AJ31" s="30" t="s">
+        <v>300</v>
+      </c>
+      <c r="AK31" s="25">
+        <v>164</v>
+      </c>
+      <c r="AL31" s="26" t="s">
+        <v>193</v>
+      </c>
+      <c r="AM31" s="28" t="s">
+        <v>242</v>
+      </c>
+      <c r="AN31" s="29" t="s">
+        <v>335</v>
+      </c>
+      <c r="AO31" s="30" t="s">
+        <v>189</v>
+      </c>
+      <c r="AP31" s="25">
+        <v>136</v>
+      </c>
+      <c r="AQ31" s="26" t="s">
+        <v>195</v>
+      </c>
+      <c r="AR31" s="28" t="s">
+        <v>299</v>
+      </c>
+      <c r="AS31" s="29" t="s">
+        <v>205</v>
+      </c>
+      <c r="AT31" s="30" t="s">
+        <v>322</v>
+      </c>
+      <c r="AU31" s="25">
+        <v>60</v>
+      </c>
+      <c r="AV31" s="26" t="s">
+        <v>197</v>
+      </c>
+      <c r="AW31" s="28" t="s">
+        <v>336</v>
+      </c>
+      <c r="AX31" s="29" t="s">
+        <v>337</v>
+      </c>
+      <c r="AY31" s="30" t="s">
+        <v>338</v>
+      </c>
+      <c r="AZ31" s="25">
+        <v>31</v>
+      </c>
+      <c r="BA31" s="26" t="s">
+        <v>176</v>
+      </c>
+      <c r="BB31" s="28" t="s">
+        <v>339</v>
+      </c>
+      <c r="BC31" s="29" t="s">
+        <v>319</v>
+      </c>
+      <c r="BD31" s="30" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="32" spans="1:67">
+      <c r="A32" s="37" t="s">
+        <v>88</v>
+      </c>
+      <c r="B32" s="25">
+        <v>57</v>
+      </c>
+      <c r="C32" s="26" t="s">
+        <v>201</v>
+      </c>
+      <c r="D32" s="28" t="s">
+        <v>328</v>
+      </c>
+      <c r="E32" s="29" t="s">
+        <v>150</v>
+      </c>
+      <c r="F32" s="30" t="s">
+        <v>335</v>
+      </c>
+      <c r="G32" s="25">
+        <v>51</v>
+      </c>
+      <c r="H32" s="26" t="s">
+        <v>205</v>
+      </c>
+      <c r="I32" s="28" t="s">
+        <v>340</v>
+      </c>
+      <c r="J32" s="29" t="s">
+        <v>150</v>
+      </c>
+      <c r="K32" s="30" t="s">
+        <v>155</v>
+      </c>
+      <c r="L32" s="25">
+        <v>61</v>
+      </c>
+      <c r="M32" s="26" t="s">
+        <v>167</v>
+      </c>
+      <c r="N32" s="28" t="s">
+        <v>318</v>
+      </c>
+      <c r="O32" s="29" t="s">
+        <v>319</v>
+      </c>
+      <c r="P32" s="30" t="s">
+        <v>245</v>
+      </c>
+      <c r="Q32" s="25">
+        <v>34</v>
+      </c>
+      <c r="R32" s="26" t="s">
+        <v>211</v>
+      </c>
+      <c r="S32" s="28" t="s">
+        <v>341</v>
+      </c>
+      <c r="T32" s="29" t="s">
+        <v>249</v>
+      </c>
+      <c r="U32" s="30" t="s">
+        <v>313</v>
+      </c>
+      <c r="V32" s="25">
+        <v>39</v>
+      </c>
+      <c r="W32" s="26" t="s">
+        <v>178</v>
+      </c>
+      <c r="X32" s="28" t="s">
+        <v>328</v>
+      </c>
+      <c r="Y32" s="29" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z32" s="30" t="s">
+        <v>187</v>
+      </c>
+      <c r="AA32" s="25">
+        <v>35</v>
+      </c>
+      <c r="AB32" s="26" t="s">
+        <v>218</v>
+      </c>
+      <c r="AC32" s="28" t="s">
+        <v>342</v>
+      </c>
+      <c r="AD32" s="29" t="s">
+        <v>318</v>
+      </c>
+      <c r="AE32" s="30" t="s">
+        <v>335</v>
+      </c>
+      <c r="AF32" s="25">
+        <v>33</v>
+      </c>
+      <c r="AG32" s="26" t="s">
+        <v>222</v>
+      </c>
+      <c r="AH32" s="28" t="s">
+        <v>340</v>
+      </c>
+      <c r="AI32" s="29" t="s">
+        <v>242</v>
+      </c>
+      <c r="AJ32" s="30" t="s">
+        <v>234</v>
+      </c>
+      <c r="AK32" s="25">
+        <v>23</v>
+      </c>
+      <c r="AL32" s="26" t="s">
+        <v>191</v>
+      </c>
+      <c r="AM32" s="28" t="s">
+        <v>242</v>
+      </c>
+      <c r="AN32" s="29" t="s">
+        <v>327</v>
+      </c>
+      <c r="AO32" s="30" t="s">
+        <v>343</v>
+      </c>
+      <c r="AP32" s="25">
+        <v>58</v>
+      </c>
+      <c r="AQ32" s="26" t="s">
+        <v>227</v>
+      </c>
+      <c r="AR32" s="28" t="s">
+        <v>328</v>
+      </c>
+      <c r="AS32" s="29" t="s">
+        <v>211</v>
+      </c>
+      <c r="AT32" s="30" t="s">
+        <v>187</v>
+      </c>
+      <c r="AU32" s="25">
+        <v>29</v>
+      </c>
+      <c r="AV32" s="26" t="s">
+        <v>230</v>
+      </c>
+      <c r="AW32" s="28" t="s">
+        <v>335</v>
+      </c>
+      <c r="AX32" s="29" t="s">
+        <v>187</v>
+      </c>
+      <c r="AY32" s="30" t="s">
+        <v>195</v>
+      </c>
+      <c r="AZ32" s="25">
+        <v>14</v>
+      </c>
+      <c r="BA32" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB32" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC32" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="BD32" s="30" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="33" spans="1:56">
+      <c r="A33" s="37" t="s">
         <v>89</v>
       </c>
-      <c r="D28" s="44" t="s">
-[...11 lines deleted...]
-      <c r="H28" s="40" t="s">
+      <c r="B33" s="25">
+        <v>89</v>
+      </c>
+      <c r="C33" s="26" t="s">
+        <v>234</v>
+      </c>
+      <c r="D33" s="28" t="s">
+        <v>334</v>
+      </c>
+      <c r="E33" s="29" t="s">
+        <v>344</v>
+      </c>
+      <c r="F33" s="30" t="s">
+        <v>345</v>
+      </c>
+      <c r="G33" s="25">
+        <v>48</v>
+      </c>
+      <c r="H33" s="26" t="s">
+        <v>227</v>
+      </c>
+      <c r="I33" s="28" t="s">
+        <v>346</v>
+      </c>
+      <c r="J33" s="29" t="s">
+        <v>335</v>
+      </c>
+      <c r="K33" s="30" t="s">
+        <v>347</v>
+      </c>
+      <c r="L33" s="25">
+        <v>43</v>
+      </c>
+      <c r="M33" s="26" t="s">
+        <v>239</v>
+      </c>
+      <c r="N33" s="28" t="s">
+        <v>348</v>
+      </c>
+      <c r="O33" s="29" t="s">
+        <v>329</v>
+      </c>
+      <c r="P33" s="30" t="s">
+        <v>234</v>
+      </c>
+      <c r="Q33" s="25">
+        <v>48</v>
+      </c>
+      <c r="R33" s="26" t="s">
+        <v>242</v>
+      </c>
+      <c r="S33" s="28" t="s">
+        <v>349</v>
+      </c>
+      <c r="T33" s="29" t="s">
+        <v>350</v>
+      </c>
+      <c r="U33" s="30" t="s">
+        <v>245</v>
+      </c>
+      <c r="V33" s="25">
+        <v>41</v>
+      </c>
+      <c r="W33" s="26" t="s">
+        <v>245</v>
+      </c>
+      <c r="X33" s="28" t="s">
+        <v>325</v>
+      </c>
+      <c r="Y33" s="29" t="s">
+        <v>351</v>
+      </c>
+      <c r="Z33" s="30" t="s">
+        <v>234</v>
+      </c>
+      <c r="AA33" s="25">
+        <v>40</v>
+      </c>
+      <c r="AB33" s="26" t="s">
+        <v>222</v>
+      </c>
+      <c r="AC33" s="28" t="s">
+        <v>325</v>
+      </c>
+      <c r="AD33" s="29" t="s">
+        <v>352</v>
+      </c>
+      <c r="AE33" s="30" t="s">
+        <v>189</v>
+      </c>
+      <c r="AF33" s="25">
+        <v>24</v>
+      </c>
+      <c r="AG33" s="26" t="s">
+        <v>249</v>
+      </c>
+      <c r="AH33" s="28" t="s">
+        <v>334</v>
+      </c>
+      <c r="AI33" s="29" t="s">
+        <v>353</v>
+      </c>
+      <c r="AJ33" s="30" t="s">
+        <v>354</v>
+      </c>
+      <c r="AK33" s="25">
+        <v>38</v>
+      </c>
+      <c r="AL33" s="26" t="s">
+        <v>253</v>
+      </c>
+      <c r="AM33" s="28" t="s">
+        <v>350</v>
+      </c>
+      <c r="AN33" s="29" t="s">
+        <v>319</v>
+      </c>
+      <c r="AO33" s="30" t="s">
+        <v>344</v>
+      </c>
+      <c r="AP33" s="25">
+        <v>35</v>
+      </c>
+      <c r="AQ33" s="26" t="s">
+        <v>193</v>
+      </c>
+      <c r="AR33" s="28" t="s">
+        <v>341</v>
+      </c>
+      <c r="AS33" s="29" t="s">
+        <v>319</v>
+      </c>
+      <c r="AT33" s="30" t="s">
+        <v>313</v>
+      </c>
+      <c r="AU33" s="25">
+        <v>19</v>
+      </c>
+      <c r="AV33" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AW33" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="AX33" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="AY33" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AZ33" s="25">
+        <v>8</v>
+      </c>
+      <c r="BA33" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB33" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC33" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="BD33" s="30" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="34" spans="1:56">
+      <c r="A34" s="37" t="s">
+        <v>90</v>
+      </c>
+      <c r="B34" s="25">
+        <v>3</v>
+      </c>
+      <c r="C34" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="D34" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="E34" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="F34" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="G34" s="25">
+        <v>7</v>
+      </c>
+      <c r="H34" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="I34" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="J34" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="K34" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="L34" s="25">
+        <v>6</v>
+      </c>
+      <c r="M34" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="N34" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="O34" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="P34" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q34" s="25">
+        <v>6</v>
+      </c>
+      <c r="R34" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="S34" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="T34" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="U34" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="V34" s="25">
+        <v>2</v>
+      </c>
+      <c r="W34" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="X34" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y34" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z34" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA34" s="25">
+        <v>10</v>
+      </c>
+      <c r="AB34" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC34" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD34" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE34" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AF34" s="25">
+        <v>7</v>
+      </c>
+      <c r="AG34" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AH34" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="AI34" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="AJ34" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK34" s="25">
+        <v>6</v>
+      </c>
+      <c r="AL34" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AM34" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="AN34" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="AO34" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AP34" s="25">
+        <v>3</v>
+      </c>
+      <c r="AQ34" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AR34" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="AS34" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="AT34" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AU34" s="25">
+        <v>4</v>
+      </c>
+      <c r="AV34" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AW34" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="AX34" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="AY34" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AZ34" s="25">
+        <v>2</v>
+      </c>
+      <c r="BA34" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB34" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC34" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="BD34" s="30" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="35" spans="1:56">
+      <c r="A35" s="37" t="s">
+        <v>91</v>
+      </c>
+      <c r="B35" s="25">
+        <v>7</v>
+      </c>
+      <c r="C35" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="D35" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="E35" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="F35" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="G35" s="25">
+        <v>9</v>
+      </c>
+      <c r="H35" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="I35" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="J35" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="K35" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="L35" s="25">
+        <v>18</v>
+      </c>
+      <c r="M35" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="N35" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="O35" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="P35" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q35" s="25">
+        <v>12</v>
+      </c>
+      <c r="R35" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="S35" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="T35" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="U35" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="V35" s="25">
+        <v>8</v>
+      </c>
+      <c r="W35" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="X35" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y35" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z35" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA35" s="25">
+        <v>14</v>
+      </c>
+      <c r="AB35" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC35" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD35" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE35" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AF35" s="25">
+        <v>12</v>
+      </c>
+      <c r="AG35" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AH35" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="AI35" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="AJ35" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK35" s="25">
+        <v>18</v>
+      </c>
+      <c r="AL35" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AM35" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="AN35" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="AO35" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AP35" s="25">
+        <v>29</v>
+      </c>
+      <c r="AQ35" s="26" t="s">
+        <v>150</v>
+      </c>
+      <c r="AR35" s="28" t="s">
+        <v>355</v>
+      </c>
+      <c r="AS35" s="29" t="s">
+        <v>356</v>
+      </c>
+      <c r="AT35" s="30" t="s">
+        <v>335</v>
+      </c>
+      <c r="AU35" s="25">
+        <v>16</v>
+      </c>
+      <c r="AV35" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AW35" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="AX35" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="AY35" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AZ35" s="25">
+        <v>12</v>
+      </c>
+      <c r="BA35" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB35" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC35" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="BD35" s="30" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="36" spans="1:56">
+      <c r="A36" s="37" t="s">
+        <v>92</v>
+      </c>
+      <c r="B36" s="25">
+        <v>1</v>
+      </c>
+      <c r="C36" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="D36" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="E36" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="F36" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="G36" s="25">
+        <v>0</v>
+      </c>
+      <c r="H36" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="I36" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="J36" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="K36" s="30" t="s">
+        <v>261</v>
+      </c>
+      <c r="L36" s="25">
+        <v>1</v>
+      </c>
+      <c r="M36" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="N36" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="O36" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="P36" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q36" s="25">
+        <v>0</v>
+      </c>
+      <c r="R36" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="S36" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="T36" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="U36" s="30" t="s">
+        <v>261</v>
+      </c>
+      <c r="V36" s="25">
+        <v>1</v>
+      </c>
+      <c r="W36" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="X36" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y36" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z36" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA36" s="25">
+        <v>0</v>
+      </c>
+      <c r="AB36" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="AC36" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="AD36" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="AE36" s="30" t="s">
+        <v>261</v>
+      </c>
+      <c r="AF36" s="25">
+        <v>0</v>
+      </c>
+      <c r="AG36" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="AH36" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="AI36" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="AJ36" s="30" t="s">
+        <v>261</v>
+      </c>
+      <c r="AK36" s="25">
+        <v>0</v>
+      </c>
+      <c r="AL36" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="AM36" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="AN36" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="AO36" s="30" t="s">
+        <v>261</v>
+      </c>
+      <c r="AP36" s="25">
+        <v>0</v>
+      </c>
+      <c r="AQ36" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="AR36" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="AS36" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="AT36" s="30" t="s">
+        <v>261</v>
+      </c>
+      <c r="AU36" s="25">
+        <v>1</v>
+      </c>
+      <c r="AV36" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AW36" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="AX36" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="AY36" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AZ36" s="25">
+        <v>0</v>
+      </c>
+      <c r="BA36" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="BB36" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="BC36" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="BD36" s="30" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="37" spans="1:56">
+      <c r="A37" s="37" t="s">
         <v>93</v>
       </c>
-      <c r="I28" s="44" t="s">
-[...32 lines deleted...]
-      <c r="T28" s="45" t="s">
+      <c r="B37" s="25">
+        <v>0</v>
+      </c>
+      <c r="C37" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="D37" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="E37" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="F37" s="30" t="s">
+        <v>261</v>
+      </c>
+      <c r="G37" s="25">
+        <v>0</v>
+      </c>
+      <c r="H37" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="I37" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="J37" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="K37" s="30" t="s">
+        <v>261</v>
+      </c>
+      <c r="L37" s="25">
+        <v>0</v>
+      </c>
+      <c r="M37" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="N37" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="O37" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="P37" s="30" t="s">
+        <v>261</v>
+      </c>
+      <c r="Q37" s="25">
+        <v>0</v>
+      </c>
+      <c r="R37" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="S37" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="T37" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="U37" s="30" t="s">
+        <v>261</v>
+      </c>
+      <c r="V37" s="25">
+        <v>1</v>
+      </c>
+      <c r="W37" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="X37" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y37" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z37" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA37" s="25">
+        <v>1</v>
+      </c>
+      <c r="AB37" s="26" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC37" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD37" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE37" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AF37" s="25">
+        <v>0</v>
+      </c>
+      <c r="AG37" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="AH37" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="AI37" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="AJ37" s="30" t="s">
+        <v>261</v>
+      </c>
+      <c r="AK37" s="25">
+        <v>0</v>
+      </c>
+      <c r="AL37" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="AM37" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="AN37" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="AO37" s="30" t="s">
+        <v>261</v>
+      </c>
+      <c r="AP37" s="25">
+        <v>0</v>
+      </c>
+      <c r="AQ37" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="AR37" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="AS37" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="AT37" s="30" t="s">
+        <v>261</v>
+      </c>
+      <c r="AU37" s="25">
+        <v>0</v>
+      </c>
+      <c r="AV37" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="AW37" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="AX37" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="AY37" s="30" t="s">
+        <v>261</v>
+      </c>
+      <c r="AZ37" s="25">
+        <v>0</v>
+      </c>
+      <c r="BA37" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="BB37" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="BC37" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="BD37" s="30" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="38" spans="1:56" ht="15.75" customHeight="1">
+      <c r="A38" s="53" t="s">
+        <v>94</v>
+      </c>
+      <c r="B38" s="54">
+        <v>618</v>
+      </c>
+      <c r="C38" s="55" t="s">
         <v>262</v>
       </c>
-      <c r="U28" s="46" t="s">
-[...11 lines deleted...]
-      <c r="Y28" s="45" t="s">
+      <c r="D38" s="58" t="s">
+        <v>357</v>
+      </c>
+      <c r="E38" s="58" t="s">
+        <v>211</v>
+      </c>
+      <c r="F38" s="59" t="s">
+        <v>159</v>
+      </c>
+      <c r="G38" s="54">
+        <v>538</v>
+      </c>
+      <c r="H38" s="55" t="s">
         <v>264</v>
       </c>
-      <c r="Z28" s="46" t="s">
-[...44 lines deleted...]
-      <c r="AO28" s="46" t="s">
+      <c r="I38" s="58" t="s">
+        <v>242</v>
+      </c>
+      <c r="J38" s="58" t="s">
+        <v>245</v>
+      </c>
+      <c r="K38" s="59" t="s">
+        <v>322</v>
+      </c>
+      <c r="L38" s="54">
+        <v>682</v>
+      </c>
+      <c r="M38" s="55" t="s">
+        <v>159</v>
+      </c>
+      <c r="N38" s="58" t="s">
+        <v>328</v>
+      </c>
+      <c r="O38" s="58" t="s">
+        <v>150</v>
+      </c>
+      <c r="P38" s="59" t="s">
+        <v>337</v>
+      </c>
+      <c r="Q38" s="54">
+        <v>480</v>
+      </c>
+      <c r="R38" s="55" t="s">
         <v>267</v>
       </c>
-      <c r="AP28" s="39">
-[...27 lines deleted...]
-        <v>514</v>
+      <c r="S38" s="58" t="s">
+        <v>358</v>
+      </c>
+      <c r="T38" s="58" t="s">
+        <v>344</v>
+      </c>
+      <c r="U38" s="59" t="s">
+        <v>187</v>
+      </c>
+      <c r="V38" s="54">
+        <v>476</v>
+      </c>
+      <c r="W38" s="55" t="s">
+        <v>269</v>
+      </c>
+      <c r="X38" s="58" t="s">
+        <v>359</v>
+      </c>
+      <c r="Y38" s="58" t="s">
+        <v>313</v>
+      </c>
+      <c r="Z38" s="59" t="s">
+        <v>305</v>
+      </c>
+      <c r="AA38" s="54">
+        <v>366</v>
+      </c>
+      <c r="AB38" s="55" t="s">
+        <v>193</v>
+      </c>
+      <c r="AC38" s="58" t="s">
+        <v>242</v>
+      </c>
+      <c r="AD38" s="58" t="s">
+        <v>360</v>
+      </c>
+      <c r="AE38" s="59" t="s">
+        <v>187</v>
+      </c>
+      <c r="AF38" s="54">
+        <v>348</v>
+      </c>
+      <c r="AG38" s="55" t="s">
+        <v>155</v>
+      </c>
+      <c r="AH38" s="58" t="s">
+        <v>321</v>
+      </c>
+      <c r="AI38" s="58" t="s">
+        <v>335</v>
+      </c>
+      <c r="AJ38" s="59" t="s">
+        <v>187</v>
+      </c>
+      <c r="AK38" s="54">
+        <v>342</v>
+      </c>
+      <c r="AL38" s="55" t="s">
+        <v>152</v>
+      </c>
+      <c r="AM38" s="58" t="s">
+        <v>321</v>
+      </c>
+      <c r="AN38" s="58" t="s">
+        <v>335</v>
+      </c>
+      <c r="AO38" s="59" t="s">
+        <v>187</v>
+      </c>
+      <c r="AP38" s="54">
+        <v>369</v>
+      </c>
+      <c r="AQ38" s="55" t="s">
+        <v>277</v>
+      </c>
+      <c r="AR38" s="58" t="s">
+        <v>319</v>
+      </c>
+      <c r="AS38" s="58" t="s">
+        <v>335</v>
+      </c>
+      <c r="AT38" s="59" t="s">
+        <v>305</v>
+      </c>
+      <c r="AU38" s="54">
+        <v>230</v>
+      </c>
+      <c r="AV38" s="55" t="s">
+        <v>280</v>
+      </c>
+      <c r="AW38" s="58" t="s">
+        <v>319</v>
+      </c>
+      <c r="AX38" s="58" t="s">
+        <v>157</v>
+      </c>
+      <c r="AY38" s="59" t="s">
+        <v>195</v>
+      </c>
+      <c r="AZ38" s="54">
+        <v>99</v>
+      </c>
+      <c r="BA38" s="55" t="s">
+        <v>283</v>
+      </c>
+      <c r="BB38" s="58" t="s">
+        <v>361</v>
+      </c>
+      <c r="BC38" s="58" t="s">
+        <v>319</v>
+      </c>
+      <c r="BD38" s="59" t="s">
+        <v>322</v>
       </c>
     </row>
-    <row r="29" spans="1:61" x14ac:dyDescent="0.25">
-[...152 lines deleted...]
-      </c>
+    <row r="39" spans="1:56">
+      <c r="A39" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="B39" s="3"/>
+      <c r="C39" s="3"/>
+      <c r="D39" s="3"/>
+      <c r="E39" s="3"/>
+      <c r="F39" s="3"/>
     </row>
-    <row r="30" spans="1:61" x14ac:dyDescent="0.25">
-[...152 lines deleted...]
-      </c>
+    <row r="41" spans="1:56">
+      <c r="A41" s="20"/>
     </row>
-    <row r="31" spans="1:61" x14ac:dyDescent="0.25">
-[...1252 lines deleted...]
-    <row r="42" spans="1:51" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:56" ht="36.75" customHeight="1">
       <c r="A42" s="87" t="s">
         <v>36</v>
       </c>
       <c r="B42" s="87"/>
       <c r="C42" s="87"/>
       <c r="D42" s="87"/>
       <c r="E42" s="87"/>
       <c r="F42" s="87"/>
     </row>
-    <row r="43" spans="1:51" x14ac:dyDescent="0.25">
-      <c r="A43" s="4"/>
+    <row r="43" spans="1:56">
+      <c r="A43" s="20"/>
     </row>
-    <row r="44" spans="1:51" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:56" ht="17.25" customHeight="1">
       <c r="A44" s="88" t="s">
         <v>24</v>
       </c>
-      <c r="B44" s="66">
+      <c r="B44" s="68">
         <v>2014</v>
       </c>
-      <c r="C44" s="67"/>
-[...3 lines deleted...]
-      <c r="G44" s="66">
+      <c r="C44" s="69"/>
+      <c r="D44" s="69"/>
+      <c r="E44" s="69"/>
+      <c r="F44" s="70"/>
+      <c r="G44" s="68">
         <v>2015</v>
       </c>
-      <c r="H44" s="67"/>
-[...3 lines deleted...]
-      <c r="L44" s="66">
+      <c r="H44" s="69"/>
+      <c r="I44" s="69"/>
+      <c r="J44" s="69"/>
+      <c r="K44" s="70"/>
+      <c r="L44" s="68">
         <v>2016</v>
       </c>
-      <c r="M44" s="67"/>
-[...3 lines deleted...]
-      <c r="Q44" s="66">
+      <c r="M44" s="69"/>
+      <c r="N44" s="69"/>
+      <c r="O44" s="69"/>
+      <c r="P44" s="70"/>
+      <c r="Q44" s="68">
         <v>2017</v>
       </c>
-      <c r="R44" s="67"/>
-[...3 lines deleted...]
-      <c r="V44" s="66">
+      <c r="R44" s="69"/>
+      <c r="S44" s="69"/>
+      <c r="T44" s="69"/>
+      <c r="U44" s="70"/>
+      <c r="V44" s="68">
         <v>2018</v>
       </c>
-      <c r="W44" s="67"/>
-[...3 lines deleted...]
-      <c r="AA44" s="66">
+      <c r="W44" s="69"/>
+      <c r="X44" s="69"/>
+      <c r="Y44" s="69"/>
+      <c r="Z44" s="70"/>
+      <c r="AA44" s="68">
         <v>2019</v>
       </c>
-      <c r="AB44" s="67"/>
-[...3 lines deleted...]
-      <c r="AF44" s="66">
+      <c r="AB44" s="69"/>
+      <c r="AC44" s="69"/>
+      <c r="AD44" s="69"/>
+      <c r="AE44" s="70"/>
+      <c r="AF44" s="68">
         <v>2020</v>
       </c>
-      <c r="AG44" s="67"/>
-[...3 lines deleted...]
-      <c r="AK44" s="66">
+      <c r="AG44" s="69"/>
+      <c r="AH44" s="69"/>
+      <c r="AI44" s="69"/>
+      <c r="AJ44" s="70"/>
+      <c r="AK44" s="68">
         <v>2021</v>
       </c>
-      <c r="AL44" s="67"/>
-[...3 lines deleted...]
-      <c r="AP44" s="66">
+      <c r="AL44" s="69"/>
+      <c r="AM44" s="69"/>
+      <c r="AN44" s="69"/>
+      <c r="AO44" s="70"/>
+      <c r="AP44" s="68">
         <v>2022</v>
       </c>
-      <c r="AQ44" s="67"/>
-[...3 lines deleted...]
-      <c r="AU44" s="66">
+      <c r="AQ44" s="69"/>
+      <c r="AR44" s="69"/>
+      <c r="AS44" s="69"/>
+      <c r="AT44" s="70"/>
+      <c r="AU44" s="68">
         <v>2023</v>
       </c>
-      <c r="AV44" s="67"/>
-[...2 lines deleted...]
-      <c r="AY44" s="68"/>
+      <c r="AV44" s="69"/>
+      <c r="AW44" s="69"/>
+      <c r="AX44" s="69"/>
+      <c r="AY44" s="70"/>
+      <c r="AZ44" s="68">
+        <v>2024</v>
+      </c>
+      <c r="BA44" s="69"/>
+      <c r="BB44" s="69"/>
+      <c r="BC44" s="69"/>
+      <c r="BD44" s="70"/>
     </row>
-    <row r="45" spans="1:51" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:56" ht="33.75" customHeight="1">
       <c r="A45" s="89"/>
-      <c r="B45" s="56" t="s">
+      <c r="B45" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="C45" s="56" t="s">
+      <c r="C45" s="62" t="s">
         <v>37</v>
       </c>
-      <c r="D45" s="25" t="s">
+      <c r="D45" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="E45" s="59" t="s">
+      <c r="E45" s="63" t="s">
         <v>39</v>
       </c>
-      <c r="F45" s="27" t="s">
+      <c r="F45" s="44" t="s">
         <v>40</v>
       </c>
-      <c r="G45" s="56" t="s">
+      <c r="G45" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="H45" s="56" t="s">
+      <c r="H45" s="62" t="s">
         <v>37</v>
       </c>
-      <c r="I45" s="25" t="s">
+      <c r="I45" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="J45" s="59" t="s">
+      <c r="J45" s="63" t="s">
         <v>39</v>
       </c>
-      <c r="K45" s="27" t="s">
+      <c r="K45" s="44" t="s">
         <v>40</v>
       </c>
-      <c r="L45" s="56" t="s">
+      <c r="L45" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="M45" s="56" t="s">
+      <c r="M45" s="62" t="s">
         <v>37</v>
       </c>
-      <c r="N45" s="25" t="s">
+      <c r="N45" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="O45" s="59" t="s">
+      <c r="O45" s="63" t="s">
         <v>39</v>
       </c>
-      <c r="P45" s="27" t="s">
+      <c r="P45" s="44" t="s">
         <v>40</v>
       </c>
-      <c r="Q45" s="56" t="s">
+      <c r="Q45" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="R45" s="56" t="s">
+      <c r="R45" s="62" t="s">
         <v>37</v>
       </c>
-      <c r="S45" s="25" t="s">
+      <c r="S45" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="T45" s="59" t="s">
+      <c r="T45" s="63" t="s">
         <v>39</v>
       </c>
-      <c r="U45" s="27" t="s">
+      <c r="U45" s="44" t="s">
         <v>40</v>
       </c>
-      <c r="V45" s="56" t="s">
+      <c r="V45" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="W45" s="56" t="s">
+      <c r="W45" s="62" t="s">
         <v>37</v>
       </c>
-      <c r="X45" s="25" t="s">
+      <c r="X45" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="Y45" s="59" t="s">
+      <c r="Y45" s="63" t="s">
         <v>39</v>
       </c>
-      <c r="Z45" s="27" t="s">
+      <c r="Z45" s="44" t="s">
         <v>40</v>
       </c>
-      <c r="AA45" s="56" t="s">
+      <c r="AA45" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="AB45" s="56" t="s">
+      <c r="AB45" s="62" t="s">
         <v>37</v>
       </c>
-      <c r="AC45" s="25" t="s">
+      <c r="AC45" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="AD45" s="59" t="s">
+      <c r="AD45" s="63" t="s">
         <v>39</v>
       </c>
-      <c r="AE45" s="27" t="s">
+      <c r="AE45" s="44" t="s">
         <v>40</v>
       </c>
-      <c r="AF45" s="56" t="s">
+      <c r="AF45" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="AG45" s="56" t="s">
+      <c r="AG45" s="62" t="s">
         <v>37</v>
       </c>
-      <c r="AH45" s="25" t="s">
+      <c r="AH45" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="AI45" s="59" t="s">
+      <c r="AI45" s="63" t="s">
         <v>39</v>
       </c>
-      <c r="AJ45" s="27" t="s">
+      <c r="AJ45" s="44" t="s">
         <v>40</v>
       </c>
-      <c r="AK45" s="56" t="s">
+      <c r="AK45" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="AL45" s="56" t="s">
+      <c r="AL45" s="62" t="s">
         <v>37</v>
       </c>
-      <c r="AM45" s="25" t="s">
+      <c r="AM45" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="AN45" s="59" t="s">
+      <c r="AN45" s="63" t="s">
         <v>39</v>
       </c>
-      <c r="AO45" s="27" t="s">
+      <c r="AO45" s="44" t="s">
         <v>40</v>
       </c>
-      <c r="AP45" s="56" t="s">
+      <c r="AP45" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="AQ45" s="56" t="s">
+      <c r="AQ45" s="62" t="s">
         <v>37</v>
       </c>
-      <c r="AR45" s="25" t="s">
+      <c r="AR45" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="AS45" s="59" t="s">
+      <c r="AS45" s="63" t="s">
         <v>39</v>
       </c>
-      <c r="AT45" s="27" t="s">
+      <c r="AT45" s="44" t="s">
         <v>40</v>
       </c>
-      <c r="AU45" s="56" t="s">
+      <c r="AU45" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="AV45" s="56" t="s">
+      <c r="AV45" s="62" t="s">
         <v>37</v>
       </c>
-      <c r="AW45" s="25" t="s">
+      <c r="AW45" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="AX45" s="59" t="s">
+      <c r="AX45" s="63" t="s">
         <v>39</v>
       </c>
-      <c r="AY45" s="27" t="s">
+      <c r="AY45" s="44" t="s">
         <v>40</v>
       </c>
+      <c r="AZ45" s="62" t="s">
+        <v>22</v>
+      </c>
+      <c r="BA45" s="62" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB45" s="52" t="s">
+        <v>38</v>
+      </c>
+      <c r="BC45" s="63" t="s">
+        <v>39</v>
+      </c>
+      <c r="BD45" s="44" t="s">
+        <v>40</v>
+      </c>
     </row>
-    <row r="46" spans="1:51" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B46" s="39">
+    <row r="46" spans="1:56">
+      <c r="A46" s="37" t="s">
+        <v>84</v>
+      </c>
+      <c r="B46" s="25">
         <v>27</v>
       </c>
-      <c r="C46" s="49" t="s">
+      <c r="C46" s="31" t="s">
+        <v>102</v>
+      </c>
+      <c r="D46" s="27" t="s">
+        <v>362</v>
+      </c>
+      <c r="E46" s="32" t="s">
+        <v>363</v>
+      </c>
+      <c r="F46" s="8" t="s">
+        <v>364</v>
+      </c>
+      <c r="G46" s="25">
+        <v>22</v>
+      </c>
+      <c r="H46" s="31" t="s">
+        <v>106</v>
+      </c>
+      <c r="I46" s="27" t="s">
+        <v>365</v>
+      </c>
+      <c r="J46" s="32" t="s">
+        <v>366</v>
+      </c>
+      <c r="K46" s="8" t="s">
+        <v>367</v>
+      </c>
+      <c r="L46" s="25">
+        <v>24</v>
+      </c>
+      <c r="M46" s="31" t="s">
+        <v>109</v>
+      </c>
+      <c r="N46" s="27" t="s">
+        <v>368</v>
+      </c>
+      <c r="O46" s="32" t="s">
+        <v>369</v>
+      </c>
+      <c r="P46" s="8" t="s">
+        <v>370</v>
+      </c>
+      <c r="Q46" s="25">
+        <v>23</v>
+      </c>
+      <c r="R46" s="31" t="s">
+        <v>113</v>
+      </c>
+      <c r="S46" s="27" t="s">
+        <v>371</v>
+      </c>
+      <c r="T46" s="32" t="s">
+        <v>372</v>
+      </c>
+      <c r="U46" s="8" t="s">
+        <v>373</v>
+      </c>
+      <c r="V46" s="25">
+        <v>24</v>
+      </c>
+      <c r="W46" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="X46" s="27" t="s">
+        <v>374</v>
+      </c>
+      <c r="Y46" s="32" t="s">
+        <v>375</v>
+      </c>
+      <c r="Z46" s="8" t="s">
+        <v>376</v>
+      </c>
+      <c r="AA46" s="25">
+        <v>10</v>
+      </c>
+      <c r="AB46" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC46" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD46" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE46" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AF46" s="25">
+        <v>17</v>
+      </c>
+      <c r="AG46" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="AH46" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AI46" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="AJ46" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK46" s="25">
+        <v>22</v>
+      </c>
+      <c r="AL46" s="31" t="s">
+        <v>120</v>
+      </c>
+      <c r="AM46" s="27" t="s">
+        <v>377</v>
+      </c>
+      <c r="AN46" s="32" t="s">
+        <v>378</v>
+      </c>
+      <c r="AO46" s="8" t="s">
+        <v>379</v>
+      </c>
+      <c r="AP46" s="25">
+        <v>18</v>
+      </c>
+      <c r="AQ46" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="AR46" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AS46" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="AT46" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AU46" s="25">
+        <v>31</v>
+      </c>
+      <c r="AV46" s="31" t="s">
+        <v>122</v>
+      </c>
+      <c r="AW46" s="27" t="s">
+        <v>380</v>
+      </c>
+      <c r="AX46" s="32" t="s">
+        <v>381</v>
+      </c>
+      <c r="AY46" s="8" t="s">
+        <v>382</v>
+      </c>
+      <c r="AZ46" s="25">
+        <v>5</v>
+      </c>
+      <c r="BA46" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB46" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC46" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="BD46" s="8" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="47" spans="1:56">
+      <c r="A47" s="37" t="s">
+        <v>85</v>
+      </c>
+      <c r="B47" s="25">
+        <v>137</v>
+      </c>
+      <c r="C47" s="31" t="s">
+        <v>124</v>
+      </c>
+      <c r="D47" s="27" t="s">
+        <v>383</v>
+      </c>
+      <c r="E47" s="32" t="s">
+        <v>384</v>
+      </c>
+      <c r="F47" s="8" t="s">
+        <v>385</v>
+      </c>
+      <c r="G47" s="25">
+        <v>121</v>
+      </c>
+      <c r="H47" s="31" t="s">
+        <v>127</v>
+      </c>
+      <c r="I47" s="27" t="s">
+        <v>386</v>
+      </c>
+      <c r="J47" s="32" t="s">
+        <v>387</v>
+      </c>
+      <c r="K47" s="8" t="s">
+        <v>388</v>
+      </c>
+      <c r="L47" s="25">
+        <v>132</v>
+      </c>
+      <c r="M47" s="31" t="s">
+        <v>129</v>
+      </c>
+      <c r="N47" s="27" t="s">
+        <v>389</v>
+      </c>
+      <c r="O47" s="32" t="s">
+        <v>390</v>
+      </c>
+      <c r="P47" s="8" t="s">
+        <v>391</v>
+      </c>
+      <c r="Q47" s="25">
+        <v>126</v>
+      </c>
+      <c r="R47" s="31" t="s">
+        <v>132</v>
+      </c>
+      <c r="S47" s="27" t="s">
+        <v>392</v>
+      </c>
+      <c r="T47" s="32" t="s">
+        <v>393</v>
+      </c>
+      <c r="U47" s="8" t="s">
+        <v>394</v>
+      </c>
+      <c r="V47" s="25">
         <v>92</v>
       </c>
-      <c r="D46" s="41" t="s">
-[...8 lines deleted...]
-      <c r="G46" s="39">
+      <c r="W47" s="31" t="s">
+        <v>135</v>
+      </c>
+      <c r="X47" s="27" t="s">
+        <v>395</v>
+      </c>
+      <c r="Y47" s="32" t="s">
+        <v>396</v>
+      </c>
+      <c r="Z47" s="8" t="s">
+        <v>397</v>
+      </c>
+      <c r="AA47" s="25">
+        <v>54</v>
+      </c>
+      <c r="AB47" s="31" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC47" s="27" t="s">
+        <v>398</v>
+      </c>
+      <c r="AD47" s="32" t="s">
+        <v>399</v>
+      </c>
+      <c r="AE47" s="8" t="s">
+        <v>400</v>
+      </c>
+      <c r="AF47" s="25">
+        <v>55</v>
+      </c>
+      <c r="AG47" s="31" t="s">
+        <v>141</v>
+      </c>
+      <c r="AH47" s="27" t="s">
+        <v>401</v>
+      </c>
+      <c r="AI47" s="32" t="s">
+        <v>402</v>
+      </c>
+      <c r="AJ47" s="8" t="s">
+        <v>403</v>
+      </c>
+      <c r="AK47" s="25">
+        <v>45</v>
+      </c>
+      <c r="AL47" s="31" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM47" s="27" t="s">
+        <v>404</v>
+      </c>
+      <c r="AN47" s="32" t="s">
+        <v>405</v>
+      </c>
+      <c r="AO47" s="8" t="s">
+        <v>406</v>
+      </c>
+      <c r="AP47" s="25">
+        <v>66</v>
+      </c>
+      <c r="AQ47" s="31" t="s">
+        <v>146</v>
+      </c>
+      <c r="AR47" s="27" t="s">
+        <v>407</v>
+      </c>
+      <c r="AS47" s="32" t="s">
+        <v>408</v>
+      </c>
+      <c r="AT47" s="8" t="s">
+        <v>362</v>
+      </c>
+      <c r="AU47" s="25">
+        <v>42</v>
+      </c>
+      <c r="AV47" s="31" t="s">
+        <v>149</v>
+      </c>
+      <c r="AW47" s="27" t="s">
+        <v>409</v>
+      </c>
+      <c r="AX47" s="32" t="s">
+        <v>410</v>
+      </c>
+      <c r="AY47" s="8" t="s">
+        <v>411</v>
+      </c>
+      <c r="AZ47" s="25">
+        <v>18</v>
+      </c>
+      <c r="BA47" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB47" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC47" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="BD47" s="8" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="48" spans="1:56">
+      <c r="A48" s="37" t="s">
+        <v>86</v>
+      </c>
+      <c r="B48" s="25">
+        <v>35</v>
+      </c>
+      <c r="C48" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="D48" s="27" t="s">
+        <v>412</v>
+      </c>
+      <c r="E48" s="32" t="s">
+        <v>413</v>
+      </c>
+      <c r="F48" s="8" t="s">
+        <v>414</v>
+      </c>
+      <c r="G48" s="25">
+        <v>33</v>
+      </c>
+      <c r="H48" s="31" t="s">
+        <v>154</v>
+      </c>
+      <c r="I48" s="27" t="s">
+        <v>415</v>
+      </c>
+      <c r="J48" s="32" t="s">
+        <v>416</v>
+      </c>
+      <c r="K48" s="8" t="s">
+        <v>417</v>
+      </c>
+      <c r="L48" s="25">
+        <v>45</v>
+      </c>
+      <c r="M48" s="31" t="s">
+        <v>156</v>
+      </c>
+      <c r="N48" s="27" t="s">
+        <v>418</v>
+      </c>
+      <c r="O48" s="32" t="s">
+        <v>419</v>
+      </c>
+      <c r="P48" s="8" t="s">
+        <v>420</v>
+      </c>
+      <c r="Q48" s="25">
+        <v>28</v>
+      </c>
+      <c r="R48" s="31" t="s">
+        <v>158</v>
+      </c>
+      <c r="S48" s="27" t="s">
+        <v>421</v>
+      </c>
+      <c r="T48" s="32" t="s">
+        <v>422</v>
+      </c>
+      <c r="U48" s="8" t="s">
+        <v>423</v>
+      </c>
+      <c r="V48" s="25">
+        <v>30</v>
+      </c>
+      <c r="W48" s="31" t="s">
+        <v>162</v>
+      </c>
+      <c r="X48" s="27" t="s">
+        <v>424</v>
+      </c>
+      <c r="Y48" s="32" t="s">
+        <v>425</v>
+      </c>
+      <c r="Z48" s="8" t="s">
+        <v>426</v>
+      </c>
+      <c r="AA48" s="25">
         <v>22</v>
       </c>
-      <c r="H46" s="49" t="s">
-[...11 lines deleted...]
-      <c r="L46" s="39">
+      <c r="AB48" s="31" t="s">
+        <v>166</v>
+      </c>
+      <c r="AC48" s="27" t="s">
+        <v>427</v>
+      </c>
+      <c r="AD48" s="32" t="s">
+        <v>428</v>
+      </c>
+      <c r="AE48" s="8" t="s">
+        <v>429</v>
+      </c>
+      <c r="AF48" s="25">
+        <v>20</v>
+      </c>
+      <c r="AG48" s="31" t="s">
+        <v>169</v>
+      </c>
+      <c r="AH48" s="27" t="s">
+        <v>430</v>
+      </c>
+      <c r="AI48" s="32" t="s">
+        <v>431</v>
+      </c>
+      <c r="AJ48" s="8" t="s">
+        <v>432</v>
+      </c>
+      <c r="AK48" s="25">
+        <v>26</v>
+      </c>
+      <c r="AL48" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="AM48" s="27" t="s">
+        <v>433</v>
+      </c>
+      <c r="AN48" s="32" t="s">
+        <v>434</v>
+      </c>
+      <c r="AO48" s="8" t="s">
+        <v>435</v>
+      </c>
+      <c r="AP48" s="25">
         <v>24</v>
       </c>
-      <c r="M46" s="49" t="s">
+      <c r="AQ48" s="31" t="s">
+        <v>175</v>
+      </c>
+      <c r="AR48" s="27" t="s">
+        <v>436</v>
+      </c>
+      <c r="AS48" s="32" t="s">
+        <v>437</v>
+      </c>
+      <c r="AT48" s="8" t="s">
+        <v>438</v>
+      </c>
+      <c r="AU48" s="25">
+        <v>28</v>
+      </c>
+      <c r="AV48" s="31" t="s">
+        <v>177</v>
+      </c>
+      <c r="AW48" s="27" t="s">
+        <v>439</v>
+      </c>
+      <c r="AX48" s="32" t="s">
+        <v>440</v>
+      </c>
+      <c r="AY48" s="8" t="s">
+        <v>441</v>
+      </c>
+      <c r="AZ48" s="25">
+        <v>9</v>
+      </c>
+      <c r="BA48" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB48" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC48" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="BD48" s="8" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="49" spans="1:56">
+      <c r="A49" s="37" t="s">
+        <v>87</v>
+      </c>
+      <c r="B49" s="25">
+        <v>262</v>
+      </c>
+      <c r="C49" s="31" t="s">
+        <v>180</v>
+      </c>
+      <c r="D49" s="27" t="s">
+        <v>442</v>
+      </c>
+      <c r="E49" s="32" t="s">
+        <v>443</v>
+      </c>
+      <c r="F49" s="8" t="s">
+        <v>444</v>
+      </c>
+      <c r="G49" s="25">
+        <v>247</v>
+      </c>
+      <c r="H49" s="31" t="s">
+        <v>182</v>
+      </c>
+      <c r="I49" s="27" t="s">
+        <v>445</v>
+      </c>
+      <c r="J49" s="32" t="s">
+        <v>446</v>
+      </c>
+      <c r="K49" s="8" t="s">
+        <v>447</v>
+      </c>
+      <c r="L49" s="25">
+        <v>352</v>
+      </c>
+      <c r="M49" s="31" t="s">
+        <v>184</v>
+      </c>
+      <c r="N49" s="27" t="s">
+        <v>448</v>
+      </c>
+      <c r="O49" s="32" t="s">
+        <v>449</v>
+      </c>
+      <c r="P49" s="8" t="s">
+        <v>450</v>
+      </c>
+      <c r="Q49" s="25">
+        <v>203</v>
+      </c>
+      <c r="R49" s="31" t="s">
+        <v>186</v>
+      </c>
+      <c r="S49" s="27" t="s">
+        <v>451</v>
+      </c>
+      <c r="T49" s="32" t="s">
+        <v>276</v>
+      </c>
+      <c r="U49" s="8" t="s">
+        <v>452</v>
+      </c>
+      <c r="V49" s="25">
+        <v>238</v>
+      </c>
+      <c r="W49" s="31" t="s">
+        <v>177</v>
+      </c>
+      <c r="X49" s="27" t="s">
+        <v>453</v>
+      </c>
+      <c r="Y49" s="32" t="s">
+        <v>454</v>
+      </c>
+      <c r="Z49" s="8" t="s">
+        <v>455</v>
+      </c>
+      <c r="AA49" s="25">
+        <v>180</v>
+      </c>
+      <c r="AB49" s="31" t="s">
+        <v>190</v>
+      </c>
+      <c r="AC49" s="27" t="s">
+        <v>456</v>
+      </c>
+      <c r="AD49" s="32" t="s">
+        <v>457</v>
+      </c>
+      <c r="AE49" s="8" t="s">
+        <v>458</v>
+      </c>
+      <c r="AF49" s="25">
+        <v>180</v>
+      </c>
+      <c r="AG49" s="31" t="s">
+        <v>192</v>
+      </c>
+      <c r="AH49" s="27" t="s">
+        <v>459</v>
+      </c>
+      <c r="AI49" s="32" t="s">
+        <v>460</v>
+      </c>
+      <c r="AJ49" s="8" t="s">
+        <v>426</v>
+      </c>
+      <c r="AK49" s="25">
+        <v>164</v>
+      </c>
+      <c r="AL49" s="31" t="s">
+        <v>194</v>
+      </c>
+      <c r="AM49" s="27" t="s">
+        <v>461</v>
+      </c>
+      <c r="AN49" s="32" t="s">
+        <v>462</v>
+      </c>
+      <c r="AO49" s="8" t="s">
+        <v>426</v>
+      </c>
+      <c r="AP49" s="25">
+        <v>136</v>
+      </c>
+      <c r="AQ49" s="31" t="s">
+        <v>196</v>
+      </c>
+      <c r="AR49" s="27" t="s">
+        <v>463</v>
+      </c>
+      <c r="AS49" s="32" t="s">
+        <v>464</v>
+      </c>
+      <c r="AT49" s="8" t="s">
+        <v>465</v>
+      </c>
+      <c r="AU49" s="25">
+        <v>60</v>
+      </c>
+      <c r="AV49" s="31" t="s">
+        <v>199</v>
+      </c>
+      <c r="AW49" s="27" t="s">
+        <v>466</v>
+      </c>
+      <c r="AX49" s="32" t="s">
+        <v>467</v>
+      </c>
+      <c r="AY49" s="8" t="s">
+        <v>458</v>
+      </c>
+      <c r="AZ49" s="25">
+        <v>31</v>
+      </c>
+      <c r="BA49" s="31" t="s">
+        <v>200</v>
+      </c>
+      <c r="BB49" s="27" t="s">
+        <v>468</v>
+      </c>
+      <c r="BC49" s="32" t="s">
+        <v>469</v>
+      </c>
+      <c r="BD49" s="8" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="50" spans="1:56">
+      <c r="A50" s="37" t="s">
+        <v>88</v>
+      </c>
+      <c r="B50" s="25">
+        <v>57</v>
+      </c>
+      <c r="C50" s="31" t="s">
+        <v>204</v>
+      </c>
+      <c r="D50" s="27" t="s">
+        <v>470</v>
+      </c>
+      <c r="E50" s="32" t="s">
+        <v>471</v>
+      </c>
+      <c r="F50" s="8" t="s">
+        <v>472</v>
+      </c>
+      <c r="G50" s="25">
+        <v>51</v>
+      </c>
+      <c r="H50" s="31" t="s">
+        <v>208</v>
+      </c>
+      <c r="I50" s="27" t="s">
+        <v>473</v>
+      </c>
+      <c r="J50" s="32" t="s">
+        <v>474</v>
+      </c>
+      <c r="K50" s="8" t="s">
+        <v>475</v>
+      </c>
+      <c r="L50" s="25">
+        <v>61</v>
+      </c>
+      <c r="M50" s="31" t="s">
+        <v>210</v>
+      </c>
+      <c r="N50" s="27" t="s">
+        <v>476</v>
+      </c>
+      <c r="O50" s="32" t="s">
+        <v>477</v>
+      </c>
+      <c r="P50" s="8" t="s">
+        <v>478</v>
+      </c>
+      <c r="Q50" s="25">
+        <v>34</v>
+      </c>
+      <c r="R50" s="31" t="s">
+        <v>214</v>
+      </c>
+      <c r="S50" s="27" t="s">
+        <v>479</v>
+      </c>
+      <c r="T50" s="32" t="s">
+        <v>480</v>
+      </c>
+      <c r="U50" s="8" t="s">
+        <v>481</v>
+      </c>
+      <c r="V50" s="25">
+        <v>39</v>
+      </c>
+      <c r="W50" s="31" t="s">
+        <v>217</v>
+      </c>
+      <c r="X50" s="27" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y50" s="32" t="s">
+        <v>482</v>
+      </c>
+      <c r="Z50" s="8" t="s">
+        <v>483</v>
+      </c>
+      <c r="AA50" s="25">
+        <v>35</v>
+      </c>
+      <c r="AB50" s="31" t="s">
+        <v>221</v>
+      </c>
+      <c r="AC50" s="27" t="s">
+        <v>271</v>
+      </c>
+      <c r="AD50" s="32" t="s">
+        <v>484</v>
+      </c>
+      <c r="AE50" s="8" t="s">
+        <v>485</v>
+      </c>
+      <c r="AF50" s="25">
+        <v>33</v>
+      </c>
+      <c r="AG50" s="31" t="s">
+        <v>224</v>
+      </c>
+      <c r="AH50" s="27" t="s">
+        <v>486</v>
+      </c>
+      <c r="AI50" s="32" t="s">
+        <v>487</v>
+      </c>
+      <c r="AJ50" s="8" t="s">
+        <v>488</v>
+      </c>
+      <c r="AK50" s="25">
+        <v>23</v>
+      </c>
+      <c r="AL50" s="31" t="s">
+        <v>226</v>
+      </c>
+      <c r="AM50" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="AN50" s="32" t="s">
+        <v>489</v>
+      </c>
+      <c r="AO50" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="AP50" s="25">
+        <v>58</v>
+      </c>
+      <c r="AQ50" s="31" t="s">
+        <v>229</v>
+      </c>
+      <c r="AR50" s="27" t="s">
+        <v>470</v>
+      </c>
+      <c r="AS50" s="32" t="s">
+        <v>474</v>
+      </c>
+      <c r="AT50" s="8" t="s">
+        <v>491</v>
+      </c>
+      <c r="AU50" s="25">
+        <v>29</v>
+      </c>
+      <c r="AV50" s="31" t="s">
+        <v>233</v>
+      </c>
+      <c r="AW50" s="27" t="s">
+        <v>278</v>
+      </c>
+      <c r="AX50" s="32" t="s">
+        <v>492</v>
+      </c>
+      <c r="AY50" s="8" t="s">
+        <v>493</v>
+      </c>
+      <c r="AZ50" s="25">
+        <v>14</v>
+      </c>
+      <c r="BA50" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB50" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC50" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="BD50" s="8" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="51" spans="1:56">
+      <c r="A51" s="37" t="s">
+        <v>89</v>
+      </c>
+      <c r="B51" s="25">
+        <v>89</v>
+      </c>
+      <c r="C51" s="31" t="s">
+        <v>236</v>
+      </c>
+      <c r="D51" s="27" t="s">
+        <v>494</v>
+      </c>
+      <c r="E51" s="32" t="s">
+        <v>495</v>
+      </c>
+      <c r="F51" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="G51" s="25">
+        <v>48</v>
+      </c>
+      <c r="H51" s="31" t="s">
+        <v>238</v>
+      </c>
+      <c r="I51" s="27" t="s">
+        <v>497</v>
+      </c>
+      <c r="J51" s="32" t="s">
+        <v>498</v>
+      </c>
+      <c r="K51" s="8" t="s">
+        <v>284</v>
+      </c>
+      <c r="L51" s="25">
+        <v>43</v>
+      </c>
+      <c r="M51" s="31" t="s">
+        <v>241</v>
+      </c>
+      <c r="N51" s="27" t="s">
+        <v>499</v>
+      </c>
+      <c r="O51" s="32" t="s">
+        <v>500</v>
+      </c>
+      <c r="P51" s="8" t="s">
+        <v>501</v>
+      </c>
+      <c r="Q51" s="25">
+        <v>48</v>
+      </c>
+      <c r="R51" s="31" t="s">
+        <v>244</v>
+      </c>
+      <c r="S51" s="27" t="s">
+        <v>502</v>
+      </c>
+      <c r="T51" s="32" t="s">
+        <v>503</v>
+      </c>
+      <c r="U51" s="8" t="s">
+        <v>504</v>
+      </c>
+      <c r="V51" s="25">
+        <v>41</v>
+      </c>
+      <c r="W51" s="31" t="s">
+        <v>247</v>
+      </c>
+      <c r="X51" s="27" t="s">
+        <v>226</v>
+      </c>
+      <c r="Y51" s="32" t="s">
+        <v>505</v>
+      </c>
+      <c r="Z51" s="8" t="s">
+        <v>506</v>
+      </c>
+      <c r="AA51" s="25">
+        <v>40</v>
+      </c>
+      <c r="AB51" s="31" t="s">
+        <v>248</v>
+      </c>
+      <c r="AC51" s="27" t="s">
+        <v>507</v>
+      </c>
+      <c r="AD51" s="32" t="s">
+        <v>494</v>
+      </c>
+      <c r="AE51" s="8" t="s">
+        <v>508</v>
+      </c>
+      <c r="AF51" s="25">
+        <v>24</v>
+      </c>
+      <c r="AG51" s="31" t="s">
+        <v>252</v>
+      </c>
+      <c r="AH51" s="27" t="s">
+        <v>509</v>
+      </c>
+      <c r="AI51" s="32" t="s">
+        <v>510</v>
+      </c>
+      <c r="AJ51" s="8" t="s">
+        <v>511</v>
+      </c>
+      <c r="AK51" s="25">
+        <v>38</v>
+      </c>
+      <c r="AL51" s="31" t="s">
+        <v>256</v>
+      </c>
+      <c r="AM51" s="27" t="s">
+        <v>512</v>
+      </c>
+      <c r="AN51" s="32" t="s">
+        <v>513</v>
+      </c>
+      <c r="AO51" s="8" t="s">
+        <v>514</v>
+      </c>
+      <c r="AP51" s="25">
+        <v>35</v>
+      </c>
+      <c r="AQ51" s="31" t="s">
+        <v>258</v>
+      </c>
+      <c r="AR51" s="27" t="s">
+        <v>515</v>
+      </c>
+      <c r="AS51" s="32" t="s">
+        <v>412</v>
+      </c>
+      <c r="AT51" s="8" t="s">
+        <v>466</v>
+      </c>
+      <c r="AU51" s="25">
+        <v>19</v>
+      </c>
+      <c r="AV51" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="AW51" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AX51" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="AY51" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AZ51" s="25">
+        <v>8</v>
+      </c>
+      <c r="BA51" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB51" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC51" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="BD51" s="8" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="52" spans="1:56">
+      <c r="A52" s="37" t="s">
+        <v>90</v>
+      </c>
+      <c r="B52" s="25">
+        <v>3</v>
+      </c>
+      <c r="C52" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="D52" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="E52" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="F52" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="G52" s="25">
+        <v>7</v>
+      </c>
+      <c r="H52" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="I52" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="J52" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="K52" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="L52" s="25">
+        <v>6</v>
+      </c>
+      <c r="M52" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="N52" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="O52" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="P52" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q52" s="25">
+        <v>6</v>
+      </c>
+      <c r="R52" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="S52" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="T52" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="U52" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="V52" s="25">
+        <v>2</v>
+      </c>
+      <c r="W52" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="X52" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y52" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z52" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA52" s="25">
+        <v>10</v>
+      </c>
+      <c r="AB52" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC52" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD52" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE52" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AF52" s="25">
+        <v>7</v>
+      </c>
+      <c r="AG52" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="AH52" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AI52" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="AJ52" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK52" s="25">
+        <v>6</v>
+      </c>
+      <c r="AL52" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="AM52" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AN52" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="AO52" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AP52" s="25">
+        <v>3</v>
+      </c>
+      <c r="AQ52" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="AR52" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AS52" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="AT52" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AU52" s="25">
+        <v>4</v>
+      </c>
+      <c r="AV52" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="AW52" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AX52" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="AY52" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AZ52" s="25">
+        <v>2</v>
+      </c>
+      <c r="BA52" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB52" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC52" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="BD52" s="8" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="53" spans="1:56">
+      <c r="A53" s="37" t="s">
+        <v>91</v>
+      </c>
+      <c r="B53" s="25">
+        <v>7</v>
+      </c>
+      <c r="C53" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="D53" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="E53" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="F53" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="G53" s="25">
+        <v>9</v>
+      </c>
+      <c r="H53" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="I53" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="J53" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="K53" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="L53" s="25">
+        <v>18</v>
+      </c>
+      <c r="M53" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="N53" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="O53" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="P53" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q53" s="25">
+        <v>12</v>
+      </c>
+      <c r="R53" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="S53" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="T53" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="U53" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="V53" s="25">
+        <v>8</v>
+      </c>
+      <c r="W53" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="X53" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y53" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z53" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA53" s="25">
+        <v>14</v>
+      </c>
+      <c r="AB53" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC53" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD53" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE53" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AF53" s="25">
+        <v>12</v>
+      </c>
+      <c r="AG53" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="AH53" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AI53" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="AJ53" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK53" s="25">
+        <v>18</v>
+      </c>
+      <c r="AL53" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="AM53" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AN53" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="AO53" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AP53" s="25">
+        <v>29</v>
+      </c>
+      <c r="AQ53" s="31" t="s">
+        <v>260</v>
+      </c>
+      <c r="AR53" s="27" t="s">
+        <v>516</v>
+      </c>
+      <c r="AS53" s="32" t="s">
+        <v>517</v>
+      </c>
+      <c r="AT53" s="8" t="s">
+        <v>433</v>
+      </c>
+      <c r="AU53" s="25">
+        <v>16</v>
+      </c>
+      <c r="AV53" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="AW53" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AX53" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="AY53" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AZ53" s="25">
+        <v>12</v>
+      </c>
+      <c r="BA53" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB53" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC53" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="BD53" s="8" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="54" spans="1:56">
+      <c r="A54" s="37" t="s">
+        <v>92</v>
+      </c>
+      <c r="B54" s="25">
+        <v>1</v>
+      </c>
+      <c r="C54" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="D54" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="E54" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="F54" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="G54" s="25">
+        <v>0</v>
+      </c>
+      <c r="H54" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="I54" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="J54" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="K54" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="L54" s="25">
+        <v>1</v>
+      </c>
+      <c r="M54" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="N54" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="O54" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="P54" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q54" s="25">
+        <v>0</v>
+      </c>
+      <c r="R54" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="S54" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="T54" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="U54" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="V54" s="25">
+        <v>1</v>
+      </c>
+      <c r="W54" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="X54" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y54" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z54" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA54" s="25">
+        <v>0</v>
+      </c>
+      <c r="AB54" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="AC54" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AD54" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="AE54" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="AF54" s="25">
+        <v>0</v>
+      </c>
+      <c r="AG54" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="AH54" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AI54" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="AJ54" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="AK54" s="25">
+        <v>0</v>
+      </c>
+      <c r="AL54" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="AM54" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AN54" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="AO54" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="AP54" s="25">
+        <v>0</v>
+      </c>
+      <c r="AQ54" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="AR54" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AS54" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="AT54" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="AU54" s="25">
+        <v>1</v>
+      </c>
+      <c r="AV54" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="AW54" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AX54" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="AY54" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AZ54" s="25">
+        <v>0</v>
+      </c>
+      <c r="BA54" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="BB54" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BC54" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="BD54" s="8" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="55" spans="1:56">
+      <c r="A55" s="37" t="s">
+        <v>93</v>
+      </c>
+      <c r="B55" s="25">
+        <v>0</v>
+      </c>
+      <c r="C55" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="D55" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="E55" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="F55" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="G55" s="25">
+        <v>0</v>
+      </c>
+      <c r="H55" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="I55" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="J55" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="K55" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="L55" s="25">
+        <v>0</v>
+      </c>
+      <c r="M55" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="N55" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="O55" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="P55" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="Q55" s="25">
+        <v>0</v>
+      </c>
+      <c r="R55" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="S55" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="T55" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="U55" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="V55" s="25">
+        <v>1</v>
+      </c>
+      <c r="W55" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="X55" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y55" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z55" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA55" s="25">
+        <v>1</v>
+      </c>
+      <c r="AB55" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC55" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD55" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE55" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="AF55" s="25">
+        <v>0</v>
+      </c>
+      <c r="AG55" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="AH55" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AI55" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="AJ55" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="AK55" s="25">
+        <v>0</v>
+      </c>
+      <c r="AL55" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="AM55" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AN55" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="AO55" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="AP55" s="25">
+        <v>0</v>
+      </c>
+      <c r="AQ55" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="AR55" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AS55" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="AT55" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="AU55" s="25">
+        <v>0</v>
+      </c>
+      <c r="AV55" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="AW55" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="AX55" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="AY55" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="AZ55" s="25">
+        <v>0</v>
+      </c>
+      <c r="BA55" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="BB55" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="BC55" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="BD55" s="8" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="56" spans="1:56" ht="15.75" customHeight="1">
+      <c r="A56" s="53" t="s">
+        <v>94</v>
+      </c>
+      <c r="B56" s="54">
+        <v>618</v>
+      </c>
+      <c r="C56" s="60" t="s">
+        <v>263</v>
+      </c>
+      <c r="D56" s="56" t="s">
+        <v>518</v>
+      </c>
+      <c r="E56" s="56" t="s">
+        <v>519</v>
+      </c>
+      <c r="F56" s="57" t="s">
+        <v>520</v>
+      </c>
+      <c r="G56" s="54">
+        <v>538</v>
+      </c>
+      <c r="H56" s="60" t="s">
+        <v>265</v>
+      </c>
+      <c r="I56" s="56" t="s">
+        <v>521</v>
+      </c>
+      <c r="J56" s="56" t="s">
+        <v>522</v>
+      </c>
+      <c r="K56" s="57" t="s">
+        <v>523</v>
+      </c>
+      <c r="L56" s="54">
+        <v>682</v>
+      </c>
+      <c r="M56" s="60" t="s">
+        <v>266</v>
+      </c>
+      <c r="N56" s="56" t="s">
+        <v>524</v>
+      </c>
+      <c r="O56" s="56" t="s">
+        <v>525</v>
+      </c>
+      <c r="P56" s="57" t="s">
+        <v>526</v>
+      </c>
+      <c r="Q56" s="54">
+        <v>480</v>
+      </c>
+      <c r="R56" s="60" t="s">
+        <v>268</v>
+      </c>
+      <c r="S56" s="56" t="s">
+        <v>481</v>
+      </c>
+      <c r="T56" s="56" t="s">
+        <v>527</v>
+      </c>
+      <c r="U56" s="57" t="s">
+        <v>528</v>
+      </c>
+      <c r="V56" s="54">
+        <v>476</v>
+      </c>
+      <c r="W56" s="60" t="s">
+        <v>270</v>
+      </c>
+      <c r="X56" s="56" t="s">
+        <v>481</v>
+      </c>
+      <c r="Y56" s="56" t="s">
+        <v>529</v>
+      </c>
+      <c r="Z56" s="57" t="s">
+        <v>530</v>
+      </c>
+      <c r="AA56" s="54">
+        <v>366</v>
+      </c>
+      <c r="AB56" s="60" t="s">
+        <v>272</v>
+      </c>
+      <c r="AC56" s="56" t="s">
+        <v>531</v>
+      </c>
+      <c r="AD56" s="56" t="s">
+        <v>532</v>
+      </c>
+      <c r="AE56" s="57" t="s">
+        <v>533</v>
+      </c>
+      <c r="AF56" s="54">
+        <v>348</v>
+      </c>
+      <c r="AG56" s="60" t="s">
+        <v>274</v>
+      </c>
+      <c r="AH56" s="56" t="s">
+        <v>505</v>
+      </c>
+      <c r="AI56" s="56" t="s">
+        <v>449</v>
+      </c>
+      <c r="AJ56" s="57" t="s">
+        <v>534</v>
+      </c>
+      <c r="AK56" s="54">
+        <v>342</v>
+      </c>
+      <c r="AL56" s="60" t="s">
+        <v>276</v>
+      </c>
+      <c r="AM56" s="56" t="s">
+        <v>535</v>
+      </c>
+      <c r="AN56" s="56" t="s">
+        <v>536</v>
+      </c>
+      <c r="AO56" s="57" t="s">
+        <v>426</v>
+      </c>
+      <c r="AP56" s="54">
+        <v>369</v>
+      </c>
+      <c r="AQ56" s="60" t="s">
+        <v>279</v>
+      </c>
+      <c r="AR56" s="56" t="s">
+        <v>537</v>
+      </c>
+      <c r="AS56" s="56" t="s">
+        <v>538</v>
+      </c>
+      <c r="AT56" s="57" t="s">
+        <v>426</v>
+      </c>
+      <c r="AU56" s="54">
+        <v>230</v>
+      </c>
+      <c r="AV56" s="60" t="s">
+        <v>282</v>
+      </c>
+      <c r="AW56" s="56" t="s">
+        <v>515</v>
+      </c>
+      <c r="AX56" s="56" t="s">
+        <v>539</v>
+      </c>
+      <c r="AY56" s="57" t="s">
+        <v>540</v>
+      </c>
+      <c r="AZ56" s="54">
         <v>99</v>
       </c>
-      <c r="N46" s="41" t="s">
-[...111 lines deleted...]
-        <v>520</v>
+      <c r="BA56" s="60" t="s">
+        <v>284</v>
+      </c>
+      <c r="BB56" s="56" t="s">
+        <v>541</v>
+      </c>
+      <c r="BC56" s="56" t="s">
+        <v>542</v>
+      </c>
+      <c r="BD56" s="57" t="s">
+        <v>543</v>
       </c>
     </row>
-    <row r="47" spans="1:51" x14ac:dyDescent="0.25">
-[...152 lines deleted...]
-      </c>
+    <row r="57" spans="1:56">
+      <c r="A57" s="20" t="s">
+        <v>41</v>
+      </c>
+      <c r="B57" s="3"/>
+      <c r="C57" s="3"/>
+      <c r="D57" s="3"/>
+      <c r="E57" s="3"/>
+      <c r="F57" s="3"/>
+      <c r="G57" s="22"/>
+      <c r="H57" s="22"/>
+      <c r="I57" s="22"/>
+      <c r="J57" s="22"/>
+      <c r="K57" s="22"/>
+      <c r="L57" s="22"/>
     </row>
-    <row r="48" spans="1:51" x14ac:dyDescent="0.25">
-[...1410 lines deleted...]
-    <row r="60" spans="1:51" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:56" ht="34.5" customHeight="1">
       <c r="A60" s="87" t="s">
         <v>21</v>
       </c>
       <c r="B60" s="87"/>
       <c r="C60" s="87"/>
       <c r="D60" s="87"/>
       <c r="E60" s="87"/>
       <c r="F60" s="87"/>
-      <c r="G60" s="35"/>
-[...4 lines deleted...]
-      <c r="L60" s="35"/>
+      <c r="G60" s="21"/>
+      <c r="H60" s="21"/>
+      <c r="I60" s="21"/>
+      <c r="J60" s="21"/>
+      <c r="K60" s="21"/>
+      <c r="L60" s="21"/>
     </row>
-    <row r="62" spans="1:51" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B62" s="67">
+    <row r="62" spans="1:56" ht="17.25" customHeight="1">
+      <c r="A62" s="67"/>
+      <c r="B62" s="69">
         <v>2014</v>
       </c>
-      <c r="C62" s="67"/>
-[...2 lines deleted...]
-      <c r="F62" s="66">
+      <c r="C62" s="69"/>
+      <c r="D62" s="69"/>
+      <c r="E62" s="69"/>
+      <c r="F62" s="68">
         <v>2015</v>
       </c>
-      <c r="G62" s="67"/>
-[...2 lines deleted...]
-      <c r="J62" s="66">
+      <c r="G62" s="69"/>
+      <c r="H62" s="69"/>
+      <c r="I62" s="70"/>
+      <c r="J62" s="68">
         <v>2016</v>
       </c>
-      <c r="K62" s="67"/>
-[...2 lines deleted...]
-      <c r="N62" s="66">
+      <c r="K62" s="69"/>
+      <c r="L62" s="69"/>
+      <c r="M62" s="70"/>
+      <c r="N62" s="68">
         <v>2017</v>
       </c>
-      <c r="O62" s="67"/>
-[...2 lines deleted...]
-      <c r="R62" s="66">
+      <c r="O62" s="69"/>
+      <c r="P62" s="69"/>
+      <c r="Q62" s="70"/>
+      <c r="R62" s="68">
         <v>2018</v>
       </c>
-      <c r="S62" s="67"/>
-[...2 lines deleted...]
-      <c r="V62" s="66">
+      <c r="S62" s="69"/>
+      <c r="T62" s="69"/>
+      <c r="U62" s="70"/>
+      <c r="V62" s="68">
         <v>2019</v>
       </c>
-      <c r="W62" s="67"/>
-[...2 lines deleted...]
-      <c r="Z62" s="66">
+      <c r="W62" s="69"/>
+      <c r="X62" s="69"/>
+      <c r="Y62" s="70"/>
+      <c r="Z62" s="68">
         <v>2020</v>
       </c>
-      <c r="AA62" s="67"/>
-[...2 lines deleted...]
-      <c r="AD62" s="66">
+      <c r="AA62" s="69"/>
+      <c r="AB62" s="69"/>
+      <c r="AC62" s="70"/>
+      <c r="AD62" s="68">
         <v>2021</v>
       </c>
-      <c r="AE62" s="67"/>
-[...2 lines deleted...]
-      <c r="AH62" s="66">
+      <c r="AE62" s="69"/>
+      <c r="AF62" s="69"/>
+      <c r="AG62" s="70"/>
+      <c r="AH62" s="68">
         <v>2022</v>
       </c>
-      <c r="AI62" s="67"/>
-[...2 lines deleted...]
-      <c r="AL62" s="66">
+      <c r="AI62" s="69"/>
+      <c r="AJ62" s="69"/>
+      <c r="AK62" s="70"/>
+      <c r="AL62" s="68">
         <v>2023</v>
       </c>
-      <c r="AM62" s="67"/>
-[...1 lines deleted...]
-      <c r="AO62" s="68"/>
+      <c r="AM62" s="69"/>
+      <c r="AN62" s="69"/>
+      <c r="AO62" s="70"/>
+      <c r="AP62" s="68">
+        <v>2024</v>
+      </c>
+      <c r="AQ62" s="69"/>
+      <c r="AR62" s="69"/>
+      <c r="AS62" s="70"/>
     </row>
-    <row r="63" spans="1:51" x14ac:dyDescent="0.25">
-      <c r="A63" s="77" t="s">
+    <row r="63" spans="1:56">
+      <c r="A63" s="79" t="s">
         <v>14</v>
       </c>
-      <c r="B63" s="70" t="s">
+      <c r="B63" s="72" t="s">
         <v>15</v>
       </c>
-      <c r="C63" s="70"/>
-[...2 lines deleted...]
-      <c r="F63" s="69" t="s">
+      <c r="C63" s="72"/>
+      <c r="D63" s="72"/>
+      <c r="E63" s="72"/>
+      <c r="F63" s="71" t="s">
         <v>15</v>
       </c>
-      <c r="G63" s="70"/>
-[...2 lines deleted...]
-      <c r="J63" s="69" t="s">
+      <c r="G63" s="72"/>
+      <c r="H63" s="72"/>
+      <c r="I63" s="73"/>
+      <c r="J63" s="71" t="s">
         <v>15</v>
       </c>
-      <c r="K63" s="70"/>
-[...2 lines deleted...]
-      <c r="N63" s="69" t="s">
+      <c r="K63" s="72"/>
+      <c r="L63" s="72"/>
+      <c r="M63" s="73"/>
+      <c r="N63" s="71" t="s">
         <v>15</v>
       </c>
-      <c r="O63" s="70"/>
-[...2 lines deleted...]
-      <c r="R63" s="69" t="s">
+      <c r="O63" s="72"/>
+      <c r="P63" s="72"/>
+      <c r="Q63" s="73"/>
+      <c r="R63" s="71" t="s">
         <v>15</v>
       </c>
-      <c r="S63" s="70"/>
-[...2 lines deleted...]
-      <c r="V63" s="69" t="s">
+      <c r="S63" s="72"/>
+      <c r="T63" s="72"/>
+      <c r="U63" s="73"/>
+      <c r="V63" s="71" t="s">
         <v>15</v>
       </c>
-      <c r="W63" s="70"/>
-[...2 lines deleted...]
-      <c r="Z63" s="69" t="s">
+      <c r="W63" s="72"/>
+      <c r="X63" s="72"/>
+      <c r="Y63" s="73"/>
+      <c r="Z63" s="71" t="s">
         <v>15</v>
       </c>
-      <c r="AA63" s="70"/>
-[...2 lines deleted...]
-      <c r="AD63" s="69" t="s">
+      <c r="AA63" s="72"/>
+      <c r="AB63" s="72"/>
+      <c r="AC63" s="73"/>
+      <c r="AD63" s="71" t="s">
         <v>15</v>
       </c>
-      <c r="AE63" s="70"/>
-[...2 lines deleted...]
-      <c r="AH63" s="69" t="s">
+      <c r="AE63" s="72"/>
+      <c r="AF63" s="72"/>
+      <c r="AG63" s="73"/>
+      <c r="AH63" s="71" t="s">
         <v>15</v>
       </c>
-      <c r="AI63" s="70"/>
-[...2 lines deleted...]
-      <c r="AL63" s="69" t="s">
+      <c r="AI63" s="72"/>
+      <c r="AJ63" s="72"/>
+      <c r="AK63" s="73"/>
+      <c r="AL63" s="71" t="s">
         <v>15</v>
       </c>
-      <c r="AM63" s="70"/>
-[...1 lines deleted...]
-      <c r="AO63" s="71"/>
+      <c r="AM63" s="72"/>
+      <c r="AN63" s="72"/>
+      <c r="AO63" s="73"/>
+      <c r="AP63" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="AQ63" s="72"/>
+      <c r="AR63" s="72"/>
+      <c r="AS63" s="73"/>
     </row>
-    <row r="64" spans="1:51" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B64" s="60" t="s">
+    <row r="64" spans="1:56" ht="15" customHeight="1">
+      <c r="A64" s="80"/>
+      <c r="B64" s="64" t="s">
         <v>16</v>
       </c>
-      <c r="C64" s="60" t="s">
+      <c r="C64" s="64" t="s">
         <v>17</v>
       </c>
-      <c r="D64" s="60" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="60" t="s">
+      <c r="D64" s="64" t="s">
+        <v>0</v>
+      </c>
+      <c r="E64" s="64" t="s">
         <v>18</v>
       </c>
-      <c r="F64" s="61" t="s">
+      <c r="F64" s="65" t="s">
         <v>16</v>
       </c>
-      <c r="G64" s="60" t="s">
+      <c r="G64" s="64" t="s">
         <v>17</v>
       </c>
-      <c r="H64" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I64" s="62" t="s">
+      <c r="H64" s="64" t="s">
+        <v>0</v>
+      </c>
+      <c r="I64" s="66" t="s">
         <v>18</v>
       </c>
-      <c r="J64" s="61" t="s">
+      <c r="J64" s="65" t="s">
         <v>16</v>
       </c>
-      <c r="K64" s="60" t="s">
+      <c r="K64" s="64" t="s">
         <v>17</v>
       </c>
-      <c r="L64" s="60" t="s">
-[...2 lines deleted...]
-      <c r="M64" s="62" t="s">
+      <c r="L64" s="64" t="s">
+        <v>0</v>
+      </c>
+      <c r="M64" s="66" t="s">
         <v>18</v>
       </c>
-      <c r="N64" s="61" t="s">
+      <c r="N64" s="65" t="s">
         <v>16</v>
       </c>
-      <c r="O64" s="60" t="s">
+      <c r="O64" s="64" t="s">
         <v>17</v>
       </c>
-      <c r="P64" s="60" t="s">
-[...2 lines deleted...]
-      <c r="Q64" s="62" t="s">
+      <c r="P64" s="64" t="s">
+        <v>0</v>
+      </c>
+      <c r="Q64" s="66" t="s">
         <v>18</v>
       </c>
-      <c r="R64" s="61" t="s">
+      <c r="R64" s="65" t="s">
         <v>16</v>
       </c>
-      <c r="S64" s="60" t="s">
+      <c r="S64" s="64" t="s">
         <v>17</v>
       </c>
-      <c r="T64" s="60" t="s">
-[...2 lines deleted...]
-      <c r="U64" s="62" t="s">
+      <c r="T64" s="64" t="s">
+        <v>0</v>
+      </c>
+      <c r="U64" s="66" t="s">
         <v>18</v>
       </c>
-      <c r="V64" s="61" t="s">
+      <c r="V64" s="65" t="s">
         <v>16</v>
       </c>
-      <c r="W64" s="60" t="s">
+      <c r="W64" s="64" t="s">
         <v>17</v>
       </c>
-      <c r="X64" s="60" t="s">
-[...2 lines deleted...]
-      <c r="Y64" s="62" t="s">
+      <c r="X64" s="64" t="s">
+        <v>0</v>
+      </c>
+      <c r="Y64" s="66" t="s">
         <v>18</v>
       </c>
-      <c r="Z64" s="61" t="s">
+      <c r="Z64" s="65" t="s">
         <v>16</v>
       </c>
-      <c r="AA64" s="60" t="s">
+      <c r="AA64" s="64" t="s">
         <v>17</v>
       </c>
-      <c r="AB64" s="60" t="s">
-[...2 lines deleted...]
-      <c r="AC64" s="62" t="s">
+      <c r="AB64" s="64" t="s">
+        <v>0</v>
+      </c>
+      <c r="AC64" s="66" t="s">
         <v>18</v>
       </c>
-      <c r="AD64" s="61" t="s">
+      <c r="AD64" s="65" t="s">
         <v>16</v>
       </c>
-      <c r="AE64" s="60" t="s">
+      <c r="AE64" s="64" t="s">
         <v>17</v>
       </c>
-      <c r="AF64" s="60" t="s">
-[...2 lines deleted...]
-      <c r="AG64" s="62" t="s">
+      <c r="AF64" s="64" t="s">
+        <v>0</v>
+      </c>
+      <c r="AG64" s="66" t="s">
         <v>18</v>
       </c>
-      <c r="AH64" s="61" t="s">
+      <c r="AH64" s="65" t="s">
         <v>16</v>
       </c>
-      <c r="AI64" s="60" t="s">
+      <c r="AI64" s="64" t="s">
         <v>17</v>
       </c>
-      <c r="AJ64" s="60" t="s">
-[...2 lines deleted...]
-      <c r="AK64" s="62" t="s">
+      <c r="AJ64" s="64" t="s">
+        <v>0</v>
+      </c>
+      <c r="AK64" s="66" t="s">
         <v>18</v>
       </c>
-      <c r="AL64" s="61" t="s">
+      <c r="AL64" s="65" t="s">
         <v>16</v>
       </c>
-      <c r="AM64" s="60" t="s">
+      <c r="AM64" s="64" t="s">
         <v>17</v>
       </c>
-      <c r="AN64" s="60" t="s">
-[...2 lines deleted...]
-      <c r="AO64" s="62" t="s">
+      <c r="AN64" s="64" t="s">
+        <v>0</v>
+      </c>
+      <c r="AO64" s="66" t="s">
         <v>18</v>
       </c>
+      <c r="AP64" s="65" t="s">
+        <v>16</v>
+      </c>
+      <c r="AQ64" s="64" t="s">
+        <v>17</v>
+      </c>
+      <c r="AR64" s="64" t="s">
+        <v>0</v>
+      </c>
+      <c r="AS64" s="66" t="s">
+        <v>18</v>
+      </c>
     </row>
-    <row r="65" spans="1:41" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>85</v>
+    <row r="65" spans="1:45">
+      <c r="A65" s="18" t="s">
+        <v>95</v>
       </c>
       <c r="B65">
         <v>146</v>
       </c>
       <c r="C65">
         <v>19</v>
       </c>
       <c r="D65">
         <v>165</v>
       </c>
-      <c r="E65" s="51">
+      <c r="E65" s="33">
         <v>0.884848484848485</v>
       </c>
-      <c r="F65" s="8">
+      <c r="F65" s="5">
         <v>139</v>
       </c>
       <c r="G65">
         <v>25</v>
       </c>
       <c r="H65">
         <v>164</v>
       </c>
-      <c r="I65" s="18">
+      <c r="I65" s="10">
         <v>0.84756097560975596</v>
       </c>
-      <c r="J65" s="8">
+      <c r="J65" s="5">
         <v>154</v>
       </c>
       <c r="K65">
         <v>11</v>
       </c>
       <c r="L65">
         <v>165</v>
       </c>
-      <c r="M65" s="18">
+      <c r="M65" s="10">
         <v>0.93333333333333302</v>
       </c>
-      <c r="N65" s="8">
+      <c r="N65" s="5">
         <v>122</v>
       </c>
       <c r="O65">
         <v>15</v>
       </c>
       <c r="P65">
         <v>137</v>
       </c>
-      <c r="Q65" s="18">
+      <c r="Q65" s="10">
         <v>0.89051094890510996</v>
       </c>
-      <c r="R65" s="8">
+      <c r="R65" s="5">
         <v>141</v>
       </c>
       <c r="S65">
         <v>18</v>
       </c>
       <c r="T65">
         <v>159</v>
       </c>
-      <c r="U65" s="18">
+      <c r="U65" s="10">
         <v>0.88679245283018904</v>
       </c>
-      <c r="V65" s="8">
+      <c r="V65" s="5">
         <v>115</v>
       </c>
       <c r="W65">
         <v>12</v>
       </c>
       <c r="X65">
         <v>127</v>
       </c>
-      <c r="Y65" s="18">
+      <c r="Y65" s="10">
         <v>0.90551181102362199</v>
       </c>
-      <c r="Z65" s="8">
+      <c r="Z65" s="5">
         <v>94</v>
       </c>
       <c r="AA65">
         <v>13</v>
       </c>
       <c r="AB65">
         <v>107</v>
       </c>
-      <c r="AC65" s="18">
+      <c r="AC65" s="10">
         <v>0.87850467289719603</v>
       </c>
-      <c r="AD65" s="8">
+      <c r="AD65" s="5">
         <v>107</v>
       </c>
       <c r="AE65">
         <v>20</v>
       </c>
       <c r="AF65">
         <v>127</v>
       </c>
-      <c r="AG65" s="18">
+      <c r="AG65" s="10">
         <v>0.84251968503937003</v>
       </c>
-      <c r="AH65" s="8">
+      <c r="AH65" s="5">
         <v>119</v>
       </c>
       <c r="AI65">
         <v>25</v>
       </c>
       <c r="AJ65">
         <v>144</v>
       </c>
-      <c r="AK65" s="18">
+      <c r="AK65" s="10">
         <v>0.82638888888888895</v>
       </c>
-      <c r="AL65" s="8">
+      <c r="AL65" s="5">
         <v>89</v>
       </c>
       <c r="AM65">
         <v>16</v>
       </c>
       <c r="AN65">
         <v>105</v>
       </c>
-      <c r="AO65" s="18">
+      <c r="AO65" s="10">
         <v>0.84761904761904805</v>
       </c>
+      <c r="AP65" s="5">
+        <v>25</v>
+      </c>
+      <c r="AQ65">
+        <v>6</v>
+      </c>
+      <c r="AR65">
+        <v>31</v>
+      </c>
+      <c r="AS65" s="10">
+        <v>0.80645161290322598</v>
+      </c>
     </row>
-    <row r="66" spans="1:41" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>86</v>
+    <row r="66" spans="1:45">
+      <c r="A66" s="17" t="s">
+        <v>96</v>
       </c>
       <c r="B66">
         <v>164</v>
       </c>
       <c r="C66">
         <v>33</v>
       </c>
       <c r="D66">
         <v>197</v>
       </c>
-      <c r="E66" s="51">
+      <c r="E66" s="33">
         <v>0.83248730964466999</v>
       </c>
-      <c r="F66" s="8">
+      <c r="F66" s="5">
         <v>168</v>
       </c>
       <c r="G66">
         <v>26</v>
       </c>
       <c r="H66">
         <v>194</v>
       </c>
-      <c r="I66" s="18">
+      <c r="I66" s="10">
         <v>0.865979381443299</v>
       </c>
-      <c r="J66" s="8">
+      <c r="J66" s="5">
         <v>259</v>
       </c>
       <c r="K66">
         <v>57</v>
       </c>
       <c r="L66">
         <v>316</v>
       </c>
-      <c r="M66" s="18">
+      <c r="M66" s="10">
         <v>0.819620253164557</v>
       </c>
-      <c r="N66" s="8">
+      <c r="N66" s="5">
         <v>103</v>
       </c>
       <c r="O66">
         <v>44</v>
       </c>
       <c r="P66">
         <v>147</v>
       </c>
-      <c r="Q66" s="18">
+      <c r="Q66" s="10">
         <v>0.70068027210884398</v>
       </c>
-      <c r="R66" s="8">
+      <c r="R66" s="5">
         <v>129</v>
       </c>
       <c r="S66">
         <v>20</v>
       </c>
       <c r="T66">
         <v>149</v>
       </c>
-      <c r="U66" s="18">
+      <c r="U66" s="10">
         <v>0.865771812080537</v>
       </c>
-      <c r="V66" s="8">
+      <c r="V66" s="5">
         <v>133</v>
       </c>
       <c r="W66">
         <v>5</v>
       </c>
       <c r="X66">
         <v>138</v>
       </c>
-      <c r="Y66" s="18">
+      <c r="Y66" s="10">
         <v>0.96376811594202905</v>
       </c>
-      <c r="Z66" s="8">
+      <c r="Z66" s="5">
         <v>72</v>
       </c>
       <c r="AA66">
         <v>11</v>
       </c>
       <c r="AB66">
         <v>83</v>
       </c>
-      <c r="AC66" s="18">
+      <c r="AC66" s="10">
         <v>0.86746987951807197</v>
       </c>
-      <c r="AD66" s="8">
+      <c r="AD66" s="5">
         <v>48</v>
       </c>
       <c r="AE66">
         <v>4</v>
       </c>
       <c r="AF66">
         <v>52</v>
       </c>
-      <c r="AG66" s="18">
+      <c r="AG66" s="10">
         <v>0.92307692307692302</v>
       </c>
-      <c r="AH66" s="8">
+      <c r="AH66" s="5">
         <v>64</v>
       </c>
       <c r="AI66">
         <v>8</v>
       </c>
       <c r="AJ66">
         <v>72</v>
       </c>
-      <c r="AK66" s="18">
+      <c r="AK66" s="10">
         <v>0.88888888888888895</v>
       </c>
-      <c r="AL66" s="8">
+      <c r="AL66" s="5">
         <v>29</v>
       </c>
       <c r="AM66">
         <v>1</v>
       </c>
       <c r="AN66">
         <v>30</v>
       </c>
-      <c r="AO66" s="18">
+      <c r="AO66" s="10">
         <v>0.96666666666666701</v>
       </c>
+      <c r="AP66" s="5">
+        <v>5</v>
+      </c>
+      <c r="AQ66">
+        <v>1</v>
+      </c>
+      <c r="AR66">
+        <v>6</v>
+      </c>
+      <c r="AS66" s="10">
+        <v>0.83333333333333304</v>
+      </c>
     </row>
-    <row r="67" spans="1:41" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>87</v>
+    <row r="67" spans="1:45">
+      <c r="A67" s="18" t="s">
+        <v>97</v>
       </c>
       <c r="B67">
         <v>112</v>
       </c>
-      <c r="C67" s="10">
+      <c r="C67" s="6">
         <v>70</v>
       </c>
       <c r="D67">
         <v>182</v>
       </c>
-      <c r="E67" s="51">
+      <c r="E67" s="33">
         <v>0.61538461538461497</v>
       </c>
-      <c r="F67" s="8">
+      <c r="F67" s="5">
         <v>74</v>
       </c>
-      <c r="G67" s="10">
+      <c r="G67" s="6">
         <v>45</v>
       </c>
       <c r="H67">
         <v>119</v>
       </c>
-      <c r="I67" s="18">
+      <c r="I67" s="10">
         <v>0.621848739495798</v>
       </c>
-      <c r="J67" s="8">
+      <c r="J67" s="5">
         <v>58</v>
       </c>
-      <c r="K67" s="10">
+      <c r="K67" s="6">
         <v>53</v>
       </c>
       <c r="L67">
         <v>111</v>
       </c>
-      <c r="M67" s="18">
+      <c r="M67" s="10">
         <v>0.52252252252252296</v>
       </c>
-      <c r="N67" s="8">
+      <c r="N67" s="5">
         <v>76</v>
       </c>
-      <c r="O67" s="10">
+      <c r="O67" s="6">
         <v>47</v>
       </c>
       <c r="P67">
         <v>123</v>
       </c>
-      <c r="Q67" s="18">
+      <c r="Q67" s="10">
         <v>0.61788617886178898</v>
       </c>
-      <c r="R67" s="8">
+      <c r="R67" s="5">
         <v>90</v>
       </c>
-      <c r="S67" s="10">
+      <c r="S67" s="6">
         <v>31</v>
       </c>
       <c r="T67">
         <v>121</v>
       </c>
-      <c r="U67" s="18">
+      <c r="U67" s="10">
         <v>0.74380165289256195</v>
       </c>
-      <c r="V67" s="8">
+      <c r="V67" s="5">
         <v>33</v>
       </c>
-      <c r="W67" s="10">
+      <c r="W67" s="6">
         <v>16</v>
       </c>
       <c r="X67">
         <v>49</v>
       </c>
-      <c r="Y67" s="18">
+      <c r="Y67" s="10">
         <v>0.67346938775510201</v>
       </c>
-      <c r="Z67" s="8">
+      <c r="Z67" s="5">
         <v>91</v>
       </c>
-      <c r="AA67" s="10">
+      <c r="AA67" s="6">
         <v>34</v>
       </c>
       <c r="AB67">
         <v>125</v>
       </c>
-      <c r="AC67" s="18">
+      <c r="AC67" s="10">
         <v>0.72799999999999998</v>
       </c>
-      <c r="AD67" s="8">
+      <c r="AD67" s="5">
         <v>94</v>
       </c>
-      <c r="AE67" s="10">
+      <c r="AE67" s="6">
         <v>23</v>
       </c>
       <c r="AF67">
         <v>117</v>
       </c>
-      <c r="AG67" s="18">
+      <c r="AG67" s="10">
         <v>0.80341880341880301</v>
       </c>
-      <c r="AH67" s="8">
+      <c r="AH67" s="5">
         <v>74</v>
       </c>
-      <c r="AI67" s="10">
+      <c r="AI67" s="6">
         <v>28</v>
       </c>
       <c r="AJ67">
         <v>102</v>
       </c>
-      <c r="AK67" s="18">
+      <c r="AK67" s="10">
         <v>0.72549019607843102</v>
       </c>
-      <c r="AL67" s="8">
+      <c r="AL67" s="5">
         <v>37</v>
       </c>
-      <c r="AM67" s="10">
+      <c r="AM67" s="6">
         <v>28</v>
       </c>
       <c r="AN67">
         <v>65</v>
       </c>
-      <c r="AO67" s="18">
+      <c r="AO67" s="10">
         <v>0.56923076923076898</v>
       </c>
+      <c r="AP67" s="5">
+        <v>21</v>
+      </c>
+      <c r="AQ67" s="6">
+        <v>5</v>
+      </c>
+      <c r="AR67">
+        <v>26</v>
+      </c>
+      <c r="AS67" s="10">
+        <v>0.80769230769230804</v>
+      </c>
     </row>
-    <row r="68" spans="1:41" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>88</v>
+    <row r="68" spans="1:45">
+      <c r="A68" s="18" t="s">
+        <v>98</v>
       </c>
       <c r="B68">
         <v>37</v>
       </c>
       <c r="C68">
         <v>37</v>
       </c>
       <c r="D68">
         <v>74</v>
       </c>
-      <c r="E68" s="51">
+      <c r="E68" s="33">
         <v>0.5</v>
       </c>
-      <c r="F68" s="8">
+      <c r="F68" s="5">
         <v>43</v>
       </c>
       <c r="G68">
         <v>18</v>
       </c>
       <c r="H68">
         <v>61</v>
       </c>
-      <c r="I68" s="18">
+      <c r="I68" s="10">
         <v>0.70491803278688503</v>
       </c>
-      <c r="J68" s="8">
+      <c r="J68" s="5">
         <v>59</v>
       </c>
       <c r="K68">
         <v>31</v>
       </c>
       <c r="L68">
         <v>90</v>
       </c>
-      <c r="M68" s="18">
+      <c r="M68" s="10">
         <v>0.655555555555556</v>
       </c>
-      <c r="N68" s="8">
+      <c r="N68" s="5">
         <v>47</v>
       </c>
       <c r="O68">
         <v>26</v>
       </c>
       <c r="P68">
         <v>73</v>
       </c>
-      <c r="Q68" s="18">
+      <c r="Q68" s="10">
         <v>0.64383561643835596</v>
       </c>
-      <c r="R68" s="8">
+      <c r="R68" s="5">
         <v>30</v>
       </c>
       <c r="S68">
         <v>17</v>
       </c>
       <c r="T68">
         <v>47</v>
       </c>
-      <c r="U68" s="18">
+      <c r="U68" s="10">
         <v>0.63829787234042601</v>
       </c>
-      <c r="V68" s="8">
+      <c r="V68" s="5">
         <v>39</v>
       </c>
       <c r="W68">
         <v>13</v>
       </c>
       <c r="X68">
         <v>52</v>
       </c>
-      <c r="Y68" s="18">
+      <c r="Y68" s="10">
         <v>0.75</v>
       </c>
-      <c r="Z68" s="8">
+      <c r="Z68" s="5">
         <v>23</v>
       </c>
       <c r="AA68">
         <v>10</v>
       </c>
       <c r="AB68">
         <v>33</v>
       </c>
-      <c r="AC68" s="18">
+      <c r="AC68" s="10">
         <v>0.69696969696969702</v>
       </c>
-      <c r="AD68" s="8">
+      <c r="AD68" s="5">
         <v>31</v>
       </c>
       <c r="AE68">
         <v>15</v>
       </c>
       <c r="AF68">
         <v>46</v>
       </c>
-      <c r="AG68" s="18">
+      <c r="AG68" s="10">
         <v>0.67391304347826098</v>
       </c>
-      <c r="AH68" s="8">
+      <c r="AH68" s="5">
         <v>30</v>
       </c>
       <c r="AI68">
         <v>21</v>
       </c>
       <c r="AJ68">
         <v>51</v>
       </c>
-      <c r="AK68" s="18">
+      <c r="AK68" s="10">
         <v>0.58823529411764697</v>
       </c>
-      <c r="AL68" s="8">
+      <c r="AL68" s="5">
         <v>19</v>
       </c>
       <c r="AM68">
         <v>11</v>
       </c>
       <c r="AN68">
         <v>30</v>
       </c>
-      <c r="AO68" s="18">
+      <c r="AO68" s="10">
         <v>0.63333333333333297</v>
       </c>
+      <c r="AP68" s="5">
+        <v>32</v>
+      </c>
+      <c r="AQ68">
+        <v>4</v>
+      </c>
+      <c r="AR68">
+        <v>36</v>
+      </c>
+      <c r="AS68" s="10">
+        <v>0.88888888888888895</v>
+      </c>
     </row>
-    <row r="69" spans="1:41" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B69" s="3">
+    <row r="69" spans="1:45" ht="15.75" customHeight="1">
+      <c r="A69" s="48" t="s">
+        <v>94</v>
+      </c>
+      <c r="B69" s="50">
         <v>459</v>
       </c>
-      <c r="C69" s="3">
+      <c r="C69" s="50">
         <v>159</v>
       </c>
-      <c r="D69" s="3">
+      <c r="D69" s="50">
         <v>618</v>
       </c>
-      <c r="E69" s="52">
+      <c r="E69" s="61">
         <v>0.74271844660194197</v>
       </c>
-      <c r="F69" s="11">
+      <c r="F69" s="49">
         <v>424</v>
       </c>
-      <c r="G69" s="3">
+      <c r="G69" s="50">
         <v>114</v>
       </c>
-      <c r="H69" s="3">
+      <c r="H69" s="50">
         <v>538</v>
       </c>
-      <c r="I69" s="19">
+      <c r="I69" s="51">
         <v>0.78810408921933095</v>
       </c>
-      <c r="J69" s="11">
+      <c r="J69" s="49">
         <v>530</v>
       </c>
-      <c r="K69" s="3">
+      <c r="K69" s="50">
         <v>152</v>
       </c>
-      <c r="L69" s="3">
+      <c r="L69" s="50">
         <v>682</v>
       </c>
-      <c r="M69" s="19">
+      <c r="M69" s="51">
         <v>0.77712609970674495</v>
       </c>
-      <c r="N69" s="11">
+      <c r="N69" s="49">
         <v>348</v>
       </c>
-      <c r="O69" s="3">
+      <c r="O69" s="50">
         <v>132</v>
       </c>
-      <c r="P69" s="3">
+      <c r="P69" s="50">
         <v>480</v>
       </c>
-      <c r="Q69" s="19">
+      <c r="Q69" s="51">
         <v>0.72499999999999998</v>
       </c>
-      <c r="R69" s="11">
+      <c r="R69" s="49">
         <v>390</v>
       </c>
-      <c r="S69" s="3">
+      <c r="S69" s="50">
         <v>86</v>
       </c>
-      <c r="T69" s="3">
+      <c r="T69" s="50">
         <v>476</v>
       </c>
-      <c r="U69" s="19">
+      <c r="U69" s="51">
         <v>0.81932773109243695</v>
       </c>
-      <c r="V69" s="11">
+      <c r="V69" s="49">
         <v>320</v>
       </c>
-      <c r="W69" s="3">
+      <c r="W69" s="50">
         <v>46</v>
       </c>
-      <c r="X69" s="3">
+      <c r="X69" s="50">
         <v>366</v>
       </c>
-      <c r="Y69" s="19">
+      <c r="Y69" s="51">
         <v>0.87431693989071002</v>
       </c>
-      <c r="Z69" s="11">
+      <c r="Z69" s="49">
         <v>280</v>
       </c>
-      <c r="AA69" s="3">
+      <c r="AA69" s="50">
         <v>68</v>
       </c>
-      <c r="AB69" s="3">
+      <c r="AB69" s="50">
         <v>348</v>
       </c>
-      <c r="AC69" s="19">
+      <c r="AC69" s="51">
         <v>0.80459770114942497</v>
       </c>
-      <c r="AD69" s="11">
+      <c r="AD69" s="49">
         <v>280</v>
       </c>
-      <c r="AE69" s="3">
+      <c r="AE69" s="50">
         <v>62</v>
       </c>
-      <c r="AF69" s="3">
+      <c r="AF69" s="50">
         <v>342</v>
       </c>
-      <c r="AG69" s="19">
+      <c r="AG69" s="51">
         <v>0.81871345029239795</v>
       </c>
-      <c r="AH69" s="11">
+      <c r="AH69" s="49">
         <v>287</v>
       </c>
-      <c r="AI69" s="3">
+      <c r="AI69" s="50">
         <v>82</v>
       </c>
-      <c r="AJ69" s="3">
+      <c r="AJ69" s="50">
         <v>369</v>
       </c>
-      <c r="AK69" s="19">
+      <c r="AK69" s="51">
         <v>0.77777777777777801</v>
       </c>
-      <c r="AL69" s="11">
+      <c r="AL69" s="49">
         <v>174</v>
       </c>
-      <c r="AM69" s="3">
+      <c r="AM69" s="50">
         <v>56</v>
       </c>
-      <c r="AN69" s="3">
+      <c r="AN69" s="50">
         <v>230</v>
       </c>
-      <c r="AO69" s="19">
+      <c r="AO69" s="51">
         <v>0.75652173913043497</v>
       </c>
+      <c r="AP69" s="49">
+        <v>83</v>
+      </c>
+      <c r="AQ69" s="50">
+        <v>16</v>
+      </c>
+      <c r="AR69" s="50">
+        <v>99</v>
+      </c>
+      <c r="AS69" s="51">
+        <v>0.83838383838383801</v>
+      </c>
     </row>
-    <row r="70" spans="1:41" x14ac:dyDescent="0.25">
-      <c r="A70" s="4" t="s">
+    <row r="70" spans="1:45">
+      <c r="A70" s="20" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="72" spans="1:41" x14ac:dyDescent="0.25">
-      <c r="A72" s="5" t="s">
+    <row r="72" spans="1:45">
+      <c r="A72" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B72" s="81" t="s">
-[...12 lines deleted...]
-      <c r="M72" s="37"/>
+      <c r="B72" s="83" t="s">
+        <v>75</v>
+      </c>
+      <c r="C72" s="84"/>
+      <c r="D72" s="84"/>
+      <c r="E72" s="84"/>
+      <c r="F72" s="84"/>
+      <c r="G72" s="84"/>
+      <c r="H72" s="23"/>
+      <c r="I72" s="23"/>
+      <c r="J72" s="23"/>
+      <c r="K72" s="23"/>
+      <c r="L72" s="23"/>
+      <c r="M72" s="23"/>
     </row>
-    <row r="73" spans="1:41" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A73" s="53" t="s">
+    <row r="73" spans="1:45" ht="92.25" customHeight="1">
+      <c r="A73" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="B73" s="82" t="s">
+      <c r="B73" s="84" t="s">
         <v>42</v>
       </c>
-      <c r="C73" s="82"/>
-[...9 lines deleted...]
-      <c r="M73" s="37"/>
+      <c r="C73" s="84"/>
+      <c r="D73" s="84"/>
+      <c r="E73" s="84"/>
+      <c r="F73" s="84"/>
+      <c r="G73" s="84"/>
+      <c r="H73" s="23"/>
+      <c r="I73" s="23"/>
+      <c r="J73" s="23"/>
+      <c r="K73" s="23"/>
+      <c r="L73" s="23"/>
+      <c r="M73" s="23"/>
     </row>
-    <row r="74" spans="1:41" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="M74" s="10"/>
+    <row r="74" spans="1:45">
+      <c r="A74" s="35"/>
+      <c r="B74" s="36"/>
+      <c r="C74" s="6"/>
+      <c r="D74" s="6"/>
+      <c r="E74" s="6"/>
+      <c r="F74" s="6"/>
+      <c r="G74" s="6"/>
+      <c r="H74" s="6"/>
+      <c r="I74" s="6"/>
+      <c r="J74" s="6"/>
+      <c r="K74" s="6"/>
+      <c r="L74" s="6"/>
+      <c r="M74" s="6"/>
     </row>
-    <row r="75" spans="1:41" x14ac:dyDescent="0.25">
-      <c r="A75" s="2" t="s">
+    <row r="75" spans="1:45">
+      <c r="A75" s="13" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="61">
+  <mergeCells count="65">
+    <mergeCell ref="AL63:AO63"/>
+    <mergeCell ref="AP63:AS63"/>
+    <mergeCell ref="BJ8:BO8"/>
+    <mergeCell ref="AZ26:BD26"/>
+    <mergeCell ref="AU44:AY44"/>
+    <mergeCell ref="AZ44:BD44"/>
+    <mergeCell ref="AL62:AO62"/>
+    <mergeCell ref="AP62:AS62"/>
     <mergeCell ref="BD8:BI8"/>
     <mergeCell ref="AU26:AY26"/>
-    <mergeCell ref="AU44:AY44"/>
-[...3 lines deleted...]
-    <mergeCell ref="R63:U63"/>
+    <mergeCell ref="AX8:BC8"/>
+    <mergeCell ref="AP26:AT26"/>
+    <mergeCell ref="AP44:AT44"/>
     <mergeCell ref="T8:Y8"/>
     <mergeCell ref="Q26:U26"/>
     <mergeCell ref="Q44:U44"/>
     <mergeCell ref="N62:Q62"/>
     <mergeCell ref="N63:Q63"/>
     <mergeCell ref="N8:S8"/>
     <mergeCell ref="L26:P26"/>
     <mergeCell ref="L44:P44"/>
     <mergeCell ref="J62:M62"/>
     <mergeCell ref="J63:M63"/>
     <mergeCell ref="V62:Y62"/>
     <mergeCell ref="V63:Y63"/>
     <mergeCell ref="V26:Z26"/>
     <mergeCell ref="V44:Z44"/>
-    <mergeCell ref="A60:F60"/>
     <mergeCell ref="B73:G73"/>
     <mergeCell ref="B62:E62"/>
     <mergeCell ref="F62:I62"/>
     <mergeCell ref="A26:A27"/>
+    <mergeCell ref="R62:U62"/>
+    <mergeCell ref="R63:U63"/>
     <mergeCell ref="I4:L4"/>
     <mergeCell ref="A63:A64"/>
     <mergeCell ref="B63:E63"/>
     <mergeCell ref="F63:I63"/>
     <mergeCell ref="B72:G72"/>
     <mergeCell ref="G26:K26"/>
     <mergeCell ref="A42:F42"/>
     <mergeCell ref="A44:A45"/>
     <mergeCell ref="B44:F44"/>
     <mergeCell ref="G44:K44"/>
-    <mergeCell ref="A6:F6"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:G8"/>
     <mergeCell ref="H8:M8"/>
     <mergeCell ref="A24:F24"/>
     <mergeCell ref="B26:F26"/>
+    <mergeCell ref="A60:F60"/>
+    <mergeCell ref="AH62:AK62"/>
+    <mergeCell ref="AH63:AK63"/>
+    <mergeCell ref="AR8:AW8"/>
     <mergeCell ref="Z62:AC62"/>
     <mergeCell ref="Z63:AC63"/>
     <mergeCell ref="AF8:AK8"/>
     <mergeCell ref="AA26:AE26"/>
     <mergeCell ref="AA44:AE44"/>
     <mergeCell ref="Z8:AE8"/>
     <mergeCell ref="AK26:AO26"/>
     <mergeCell ref="AK44:AO44"/>
     <mergeCell ref="AD62:AG62"/>
     <mergeCell ref="AD63:AG63"/>
     <mergeCell ref="AL8:AQ8"/>
     <mergeCell ref="AF26:AJ26"/>
     <mergeCell ref="AF44:AJ44"/>
-    <mergeCell ref="AX8:BC8"/>
-[...4 lines deleted...]
-    <mergeCell ref="AR8:AW8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Trimestriel</vt:lpstr>
       <vt:lpstr>Annuel</vt:lpstr>