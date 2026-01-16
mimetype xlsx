--- v0 (2025-11-18)
+++ v1 (2026-01-16)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\isee.local\public\DOCUMENTS\SCD\4_Publications\1_Site\ECONOMIE ET ENTREPRISES\entreprises-secteurs d'activité\immobilier-construction (dont BT21)\immobilier 2023\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\isee.local\public\DOCUMENTS\SCD\4_Publications\1_Site\ECONOMIE ET ENTREPRISES\entreprises-secteurs d'activité\immobilier-construction (dont BT21)\immobilier 2024\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CCDF7D3D-3F12-40FE-BBCD-7EC0C2F5E360}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{762CA059-3840-4143-AF42-FE4A4E9C50AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2955" yWindow="705" windowWidth="23055" windowHeight="12315" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Trimestriel" sheetId="1" r:id="rId1"/>
     <sheet name="Annuel" sheetId="3" r:id="rId2"/>
     <sheet name="Prix" sheetId="4" r:id="rId3"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2638" uniqueCount="463">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2892" uniqueCount="480">
   <si>
     <t xml:space="preserve">Données trimestrielles </t>
   </si>
   <si>
     <t>T1</t>
   </si>
   <si>
     <t>T2</t>
   </si>
   <si>
     <t>T3</t>
   </si>
   <si>
     <t>T4</t>
   </si>
   <si>
     <t>Appartement</t>
   </si>
   <si>
     <t>Maison / Villa</t>
   </si>
   <si>
     <t>Terrain à bâtir</t>
   </si>
   <si>
@@ -524,50 +524,77 @@
   <si>
     <t>T1 2021</t>
   </si>
   <si>
     <t>T2 2021</t>
   </si>
   <si>
     <t>T3 2021</t>
   </si>
   <si>
     <t>T4 2021</t>
   </si>
   <si>
     <t>T1 2022</t>
   </si>
   <si>
     <t>T2 2022</t>
   </si>
   <si>
     <t>T3 2022</t>
   </si>
   <si>
     <t>T4 2022</t>
   </si>
   <si>
+    <t xml:space="preserve">Sources : Notaires - DSF - ISEE </t>
+  </si>
+  <si>
+    <t>T1 2023</t>
+  </si>
+  <si>
+    <t>T2 2023</t>
+  </si>
+  <si>
+    <t>T3 2023</t>
+  </si>
+  <si>
+    <t>T4 2023</t>
+  </si>
+  <si>
+    <t>T1 2024</t>
+  </si>
+  <si>
+    <t>T2 2024</t>
+  </si>
+  <si>
+    <t>T3 2024</t>
+  </si>
+  <si>
+    <t>T4 2024</t>
+  </si>
+  <si>
     <t>Appartement</t>
   </si>
   <si>
     <t>Maison / Villa</t>
   </si>
   <si>
     <t>Terrain à bâtir</t>
   </si>
   <si>
     <t>Terrain autre</t>
   </si>
   <si>
     <t>Autre nature de bien</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Nouméa</t>
   </si>
   <si>
     <t>Dumbéa</t>
   </si>
   <si>
     <t>Mont-Dore</t>
@@ -698,194 +725,218 @@
   <si>
     <t xml:space="preserve">     12,0</t>
   </si>
   <si>
     <t xml:space="preserve">     23,6</t>
   </si>
   <si>
     <t xml:space="preserve">     17,1</t>
   </si>
   <si>
     <t xml:space="preserve">     25,9</t>
   </si>
   <si>
     <t xml:space="preserve">     20,7</t>
   </si>
   <si>
     <t xml:space="preserve">      5,5</t>
   </si>
   <si>
     <t xml:space="preserve">      9,0</t>
   </si>
   <si>
     <t xml:space="preserve">     35,0</t>
   </si>
   <si>
+    <t xml:space="preserve">     19,3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      4,5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     13,5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     20,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     12,7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      0,8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      4,4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     24,0</t>
+  </si>
+  <si>
     <t xml:space="preserve">     15,6</t>
   </si>
   <si>
     <t xml:space="preserve">      1,9</t>
   </si>
   <si>
     <t xml:space="preserve">      5,0</t>
   </si>
   <si>
     <t xml:space="preserve">     16,3</t>
   </si>
   <si>
     <t xml:space="preserve">     31,1</t>
   </si>
   <si>
     <t xml:space="preserve">     16,6</t>
   </si>
   <si>
     <t xml:space="preserve">      3,0</t>
   </si>
   <si>
     <t xml:space="preserve">     18,0</t>
   </si>
   <si>
     <t xml:space="preserve">     30,5</t>
   </si>
   <si>
     <t xml:space="preserve">     20,6</t>
   </si>
   <si>
     <t xml:space="preserve">      1,0</t>
   </si>
   <si>
     <t xml:space="preserve">      4,7</t>
   </si>
   <si>
     <t xml:space="preserve">     17,8</t>
   </si>
   <si>
     <t xml:space="preserve">     42,0</t>
   </si>
   <si>
     <t xml:space="preserve">     17,0</t>
   </si>
   <si>
     <t xml:space="preserve">      2,0</t>
   </si>
   <si>
-    <t xml:space="preserve">     20,0</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">      1,6</t>
   </si>
   <si>
-    <t xml:space="preserve">     13,5</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     23,5</t>
   </si>
   <si>
     <t xml:space="preserve">     38,0</t>
   </si>
   <si>
     <t xml:space="preserve">     17,7</t>
   </si>
   <si>
     <t xml:space="preserve">      0,5</t>
   </si>
   <si>
     <t xml:space="preserve">      3,6</t>
   </si>
   <si>
     <t xml:space="preserve">     21,0</t>
   </si>
   <si>
     <t xml:space="preserve">     17,5</t>
   </si>
   <si>
     <t xml:space="preserve">     13,2</t>
   </si>
   <si>
     <t xml:space="preserve">     23,1</t>
   </si>
   <si>
     <t xml:space="preserve">     39,0</t>
   </si>
   <si>
     <t xml:space="preserve">     21,2</t>
   </si>
   <si>
     <t xml:space="preserve">      1,2</t>
   </si>
   <si>
     <t xml:space="preserve">      4,0</t>
   </si>
   <si>
     <t xml:space="preserve">     13,8</t>
   </si>
   <si>
-    <t xml:space="preserve">     24,0</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     54,8</t>
   </si>
   <si>
+    <t xml:space="preserve">     21,1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      6,9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     40,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      8,4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     19,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     30,0</t>
+  </si>
+  <si>
     <t xml:space="preserve">     30,7</t>
   </si>
   <si>
     <t xml:space="preserve">     27,7</t>
   </si>
   <si>
     <t xml:space="preserve">     36,0</t>
   </si>
   <si>
     <t xml:space="preserve">     51,6</t>
   </si>
   <si>
     <t xml:space="preserve">     32,8</t>
   </si>
   <si>
     <t xml:space="preserve">     21,5</t>
   </si>
   <si>
     <t xml:space="preserve">     29,0</t>
   </si>
   <si>
-    <t xml:space="preserve">     40,0</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     57,0</t>
   </si>
   <si>
     <t xml:space="preserve">     35,2</t>
   </si>
   <si>
     <t xml:space="preserve">     23,0</t>
   </si>
   <si>
-    <t xml:space="preserve">     30,0</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     60,0</t>
   </si>
   <si>
     <t xml:space="preserve">     35,9</t>
   </si>
   <si>
     <t xml:space="preserve">     30,4</t>
   </si>
   <si>
     <t xml:space="preserve">     61,5</t>
   </si>
   <si>
     <t xml:space="preserve">     36,7</t>
   </si>
   <si>
     <t xml:space="preserve">     15,9</t>
   </si>
   <si>
     <t xml:space="preserve">     31,0</t>
   </si>
   <si>
     <t xml:space="preserve">     44,8</t>
   </si>
   <si>
     <t xml:space="preserve">     63,5</t>
@@ -905,305 +956,335 @@
   <si>
     <t xml:space="preserve">     63,0</t>
   </si>
   <si>
     <t xml:space="preserve">     34,6</t>
   </si>
   <si>
     <t xml:space="preserve">     44,0</t>
   </si>
   <si>
     <t xml:space="preserve">     58,0</t>
   </si>
   <si>
     <t xml:space="preserve">     37,5</t>
   </si>
   <si>
     <t xml:space="preserve">     32,0</t>
   </si>
   <si>
     <t xml:space="preserve">     46,0</t>
   </si>
   <si>
     <t xml:space="preserve">     65,0</t>
   </si>
   <si>
+    <t xml:space="preserve">     37,1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     46,9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     64,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     14,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     18,5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     27,0</t>
+  </si>
+  <si>
     <t xml:space="preserve">     25,8</t>
   </si>
   <si>
     <t xml:space="preserve">     12,9</t>
   </si>
   <si>
     <t xml:space="preserve">     18,2</t>
   </si>
   <si>
-    <t xml:space="preserve">     27,0</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     14,3</t>
   </si>
   <si>
     <t xml:space="preserve">     26,6</t>
   </si>
   <si>
     <t xml:space="preserve">     13,7</t>
   </si>
   <si>
-    <t xml:space="preserve">     18,5</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     32,5</t>
   </si>
   <si>
     <t xml:space="preserve">     24,9</t>
   </si>
   <si>
     <t xml:space="preserve">     33,2</t>
   </si>
   <si>
     <t xml:space="preserve">     28,5</t>
   </si>
   <si>
     <t xml:space="preserve">     19,5</t>
   </si>
   <si>
     <t xml:space="preserve">     26,0</t>
   </si>
   <si>
     <t xml:space="preserve">     44,2</t>
   </si>
   <si>
     <t xml:space="preserve">     26,3</t>
   </si>
   <si>
     <t xml:space="preserve">     12,5</t>
   </si>
   <si>
     <t xml:space="preserve">     22,1</t>
   </si>
   <si>
     <t xml:space="preserve">     15,4</t>
   </si>
   <si>
     <t xml:space="preserve">     22,2</t>
   </si>
   <si>
     <t xml:space="preserve">     41,0</t>
   </si>
   <si>
     <t xml:space="preserve">     26,5</t>
   </si>
   <si>
     <t xml:space="preserve">     34,5</t>
   </si>
   <si>
     <t xml:space="preserve">     44,9</t>
   </si>
   <si>
+    <t xml:space="preserve">     27,1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     23,8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     26,9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     14,6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     47,5</t>
+  </si>
+  <si>
     <t xml:space="preserve">     29,2</t>
   </si>
   <si>
     <t xml:space="preserve">     19,4</t>
   </si>
   <si>
     <t xml:space="preserve">     36,5</t>
   </si>
   <si>
     <t xml:space="preserve">     20,2</t>
   </si>
   <si>
     <t xml:space="preserve">     38,3</t>
   </si>
   <si>
     <t xml:space="preserve">     72,5</t>
   </si>
   <si>
     <t xml:space="preserve">     31,8</t>
   </si>
   <si>
     <t xml:space="preserve">      1,8</t>
   </si>
   <si>
     <t xml:space="preserve">     73,1</t>
   </si>
   <si>
     <t xml:space="preserve">     42,3</t>
   </si>
   <si>
     <t xml:space="preserve">      2,3</t>
   </si>
   <si>
     <t xml:space="preserve">     45,0</t>
   </si>
   <si>
     <t xml:space="preserve">    102,0</t>
   </si>
   <si>
     <t xml:space="preserve">     45,9</t>
   </si>
   <si>
-    <t xml:space="preserve">      0,8</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">      9,5</t>
   </si>
   <si>
     <t xml:space="preserve">     24,1</t>
   </si>
   <si>
     <t xml:space="preserve">     43,0</t>
   </si>
   <si>
     <t xml:space="preserve">    119,9</t>
   </si>
   <si>
     <t xml:space="preserve">     38,8</t>
   </si>
   <si>
     <t xml:space="preserve">      1,3</t>
   </si>
   <si>
     <t xml:space="preserve">     81,0</t>
   </si>
   <si>
     <t xml:space="preserve">     40,9</t>
   </si>
   <si>
     <t xml:space="preserve">     12,2</t>
   </si>
   <si>
     <t xml:space="preserve">     20,3</t>
   </si>
   <si>
     <t xml:space="preserve">     48,0</t>
   </si>
   <si>
     <t xml:space="preserve">     88,8</t>
   </si>
   <si>
     <t xml:space="preserve">     49,5</t>
   </si>
   <si>
     <t xml:space="preserve">     78,0</t>
   </si>
   <si>
     <t xml:space="preserve">     40,2</t>
   </si>
   <si>
     <t xml:space="preserve">      4,8</t>
   </si>
   <si>
-    <t xml:space="preserve">     14,0</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     50,0</t>
   </si>
   <si>
     <t xml:space="preserve">     88,0</t>
   </si>
   <si>
+    <t xml:space="preserve">     37,0</t>
+  </si>
+  <si>
     <t xml:space="preserve">     24,8</t>
   </si>
   <si>
+    <t xml:space="preserve">     73,0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     42,6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     10,8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     97,5</t>
+  </si>
+  <si>
     <t xml:space="preserve">      7,5</t>
   </si>
   <si>
     <t xml:space="preserve">     21,9</t>
   </si>
   <si>
     <t xml:space="preserve">     43,5</t>
   </si>
   <si>
-    <t xml:space="preserve">     26,9</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     46,5</t>
   </si>
   <si>
     <t xml:space="preserve">      7,4</t>
   </si>
   <si>
-    <t xml:space="preserve">     12,7</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">      8,1</t>
   </si>
   <si>
     <t xml:space="preserve">     14,2</t>
   </si>
   <si>
     <t xml:space="preserve">     34,8</t>
   </si>
   <si>
     <t xml:space="preserve">     51,5</t>
   </si>
   <si>
     <t xml:space="preserve">     51,0</t>
   </si>
   <si>
     <t xml:space="preserve">     28,4</t>
   </si>
   <si>
-    <t xml:space="preserve">     14,6</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">     29,1</t>
   </si>
   <si>
     <t xml:space="preserve">      8,9</t>
   </si>
   <si>
     <t xml:space="preserve">     54,0</t>
   </si>
   <si>
     <t xml:space="preserve">      8,3</t>
   </si>
   <si>
     <t xml:space="preserve">     13,6</t>
   </si>
   <si>
     <t xml:space="preserve">     51,7</t>
   </si>
   <si>
     <t xml:space="preserve">     30,9</t>
   </si>
   <si>
     <t xml:space="preserve">     55,0</t>
   </si>
   <si>
+    <t xml:space="preserve">     16,2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     55,5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     27,9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     34,0</t>
+  </si>
+  <si>
     <t xml:space="preserve">     30,8</t>
   </si>
   <si>
-    <t xml:space="preserve">     19,0</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     38,9</t>
   </si>
   <si>
     <t xml:space="preserve">     52,0</t>
   </si>
   <si>
     <t xml:space="preserve">     39,1</t>
   </si>
   <si>
     <t xml:space="preserve">     56,0</t>
   </si>
   <si>
     <t xml:space="preserve">     18,4</t>
   </si>
   <si>
     <t xml:space="preserve">     28,0</t>
   </si>
   <si>
     <t xml:space="preserve">     59,0</t>
   </si>
   <si>
     <t xml:space="preserve">     18,7</t>
   </si>
   <si>
     <t xml:space="preserve">     34,7</t>
@@ -1214,722 +1295,743 @@
   <si>
     <t xml:space="preserve">     33,8</t>
   </si>
   <si>
     <t xml:space="preserve">     34,1</t>
   </si>
   <si>
     <t xml:space="preserve">     11,2</t>
   </si>
   <si>
     <t xml:space="preserve">     32,7</t>
   </si>
   <si>
     <t xml:space="preserve">     27,2</t>
   </si>
   <si>
     <t xml:space="preserve">     34,9</t>
   </si>
   <si>
     <t xml:space="preserve">     11,1</t>
   </si>
   <si>
     <t xml:space="preserve">     64,5</t>
   </si>
   <si>
+    <t xml:space="preserve">     31,9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      9,9</t>
+  </si>
+  <si>
     <t xml:space="preserve">     15,2</t>
   </si>
   <si>
     <t xml:space="preserve">     29,5</t>
   </si>
   <si>
     <t xml:space="preserve">     25,2</t>
   </si>
   <si>
     <t xml:space="preserve">     11,4</t>
   </si>
   <si>
     <t xml:space="preserve">     26,7</t>
   </si>
   <si>
-    <t xml:space="preserve">     10,8</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     24,6</t>
   </si>
   <si>
-    <t xml:space="preserve">     31,9</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     10,7</t>
   </si>
   <si>
     <t xml:space="preserve">     42,8</t>
   </si>
   <si>
     <t xml:space="preserve">     30,6</t>
   </si>
   <si>
     <t xml:space="preserve">     25,6</t>
   </si>
   <si>
     <t xml:space="preserve">     47,8</t>
   </si>
   <si>
     <t xml:space="preserve">     32,3</t>
   </si>
   <si>
     <t xml:space="preserve">     35,8</t>
   </si>
   <si>
     <t xml:space="preserve">     25,5</t>
   </si>
   <si>
     <t xml:space="preserve">     49,0</t>
   </si>
   <si>
     <t xml:space="preserve">     24,5</t>
   </si>
   <si>
-    <t xml:space="preserve">     34,0</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     11,7</t>
   </si>
   <si>
     <t xml:space="preserve">     53,7</t>
   </si>
   <si>
+    <t xml:space="preserve">     32,4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     18,9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     33,0</t>
+  </si>
+  <si>
     <t xml:space="preserve">     21,8</t>
   </si>
   <si>
     <t xml:space="preserve">     33,5</t>
   </si>
   <si>
     <t xml:space="preserve">     24,7</t>
   </si>
   <si>
     <t xml:space="preserve">     16,1</t>
   </si>
   <si>
     <t xml:space="preserve">     23,4</t>
   </si>
   <si>
     <t xml:space="preserve">     24,3</t>
   </si>
   <si>
     <t xml:space="preserve">     23,7</t>
   </si>
   <si>
     <t xml:space="preserve">     24,4</t>
   </si>
   <si>
-    <t xml:space="preserve">     33,0</t>
+    <t xml:space="preserve">     25,3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     33,4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     43,9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     20,8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      5,9</t>
   </si>
   <si>
     <t xml:space="preserve">     21,4</t>
   </si>
   <si>
     <t xml:space="preserve">      6,6</t>
   </si>
   <si>
     <t xml:space="preserve">     18,8</t>
   </si>
   <si>
     <t xml:space="preserve">     27,5</t>
   </si>
   <si>
     <t xml:space="preserve">     38,5</t>
   </si>
   <si>
     <t xml:space="preserve">     22,8</t>
   </si>
   <si>
     <t xml:space="preserve">     28,8</t>
   </si>
   <si>
     <t xml:space="preserve">     11,9</t>
   </si>
   <si>
-    <t xml:space="preserve">      4,5</t>
+    <t xml:space="preserve">     27,3</t>
   </si>
   <si>
     <t xml:space="preserve">     16,4</t>
   </si>
   <si>
-    <t xml:space="preserve">     20,8</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">     28,6</t>
   </si>
   <si>
     <t xml:space="preserve">     41,5</t>
   </si>
   <si>
     <t xml:space="preserve">     22,6</t>
   </si>
   <si>
     <t xml:space="preserve">     12,6</t>
   </si>
   <si>
     <t xml:space="preserve">     19,8</t>
   </si>
   <si>
+    <t xml:space="preserve">     38,7</t>
+  </si>
+  <si>
     <t xml:space="preserve">     16,9</t>
   </si>
   <si>
     <t xml:space="preserve">      7,1</t>
   </si>
   <si>
     <t xml:space="preserve">     19,9</t>
   </si>
   <si>
     <t xml:space="preserve">      3,8</t>
   </si>
   <si>
-    <t xml:space="preserve">      9,9</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     19,2</t>
   </si>
   <si>
     <t xml:space="preserve">      9,3</t>
   </si>
   <si>
     <t xml:space="preserve">     17,9</t>
   </si>
   <si>
     <t xml:space="preserve">     33,7</t>
   </si>
   <si>
+    <t xml:space="preserve">      1,5</t>
+  </si>
+  <si>
     <t>NS</t>
   </si>
   <si>
     <t xml:space="preserve">      1,7</t>
   </si>
   <si>
     <t xml:space="preserve">      2,5</t>
   </si>
   <si>
     <t xml:space="preserve">      2,9</t>
   </si>
   <si>
     <t xml:space="preserve">      2,8</t>
   </si>
   <si>
     <t xml:space="preserve">     23,9</t>
   </si>
   <si>
     <t xml:space="preserve">      3,9</t>
   </si>
   <si>
-    <t xml:space="preserve">      1,5</t>
+    <t xml:space="preserve">     20,4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      0,3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      4,3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     14,8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      0,6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      3,2</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t xml:space="preserve">     46,3</t>
   </si>
   <si>
     <t xml:space="preserve">     41,7</t>
   </si>
   <si>
     <t xml:space="preserve">     47,4</t>
   </si>
   <si>
     <t xml:space="preserve">     60,2</t>
   </si>
   <si>
     <t xml:space="preserve">     52,3</t>
   </si>
   <si>
     <t xml:space="preserve">     27,4</t>
   </si>
   <si>
     <t xml:space="preserve">     67,7</t>
   </si>
   <si>
     <t xml:space="preserve">     52,9</t>
   </si>
   <si>
     <t xml:space="preserve">     47,1</t>
   </si>
   <si>
     <t xml:space="preserve">     65,9</t>
   </si>
   <si>
     <t xml:space="preserve">     50,4</t>
   </si>
   <si>
     <t xml:space="preserve">     41,9</t>
   </si>
   <si>
-    <t xml:space="preserve">     27,3</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     37,4</t>
   </si>
   <si>
     <t xml:space="preserve">     49,7</t>
   </si>
   <si>
     <t xml:space="preserve">     26,8</t>
   </si>
   <si>
     <t xml:space="preserve">     43,1</t>
   </si>
   <si>
     <t xml:space="preserve">     35,7</t>
   </si>
   <si>
     <t xml:space="preserve">     36,9</t>
   </si>
   <si>
     <t xml:space="preserve">     53,2</t>
   </si>
   <si>
     <t xml:space="preserve">     40,4</t>
   </si>
   <si>
+    <t xml:space="preserve">     51,1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     44,6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     35,6</t>
+  </si>
+  <si>
     <t xml:space="preserve">     29,7</t>
   </si>
   <si>
     <t xml:space="preserve">     22,4</t>
   </si>
   <si>
     <t xml:space="preserve">     37,8</t>
   </si>
   <si>
     <t xml:space="preserve">     21,3</t>
   </si>
   <si>
     <t xml:space="preserve">     33,9</t>
   </si>
   <si>
     <t xml:space="preserve">     30,1</t>
   </si>
   <si>
     <t xml:space="preserve">     18,6</t>
   </si>
   <si>
     <t xml:space="preserve">     34,3</t>
   </si>
   <si>
     <t xml:space="preserve">     25,4</t>
   </si>
   <si>
-    <t xml:space="preserve">     27,1</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     60,3</t>
   </si>
   <si>
     <t xml:space="preserve">     43,2</t>
   </si>
   <si>
     <t xml:space="preserve">     22,7</t>
   </si>
   <si>
     <t xml:space="preserve">     36,2</t>
   </si>
   <si>
+    <t xml:space="preserve">     33,1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     49,2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     27,8</t>
+  </si>
+  <si>
     <t xml:space="preserve">     28,7</t>
   </si>
   <si>
-    <t xml:space="preserve">     25,3</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">     28,2</t>
   </si>
   <si>
     <t xml:space="preserve">     20,5</t>
   </si>
   <si>
     <t xml:space="preserve">      9,6</t>
   </si>
   <si>
     <t xml:space="preserve">     12,4</t>
   </si>
   <si>
+    <t xml:space="preserve">     10,1</t>
+  </si>
+  <si>
     <t xml:space="preserve">     12,1</t>
   </si>
   <si>
     <t xml:space="preserve">     24,2</t>
   </si>
   <si>
     <t xml:space="preserve">     15,7</t>
   </si>
   <si>
     <t xml:space="preserve">     25,7</t>
   </si>
   <si>
     <t xml:space="preserve">     15,3</t>
   </si>
   <si>
     <t xml:space="preserve">     25,1</t>
   </si>
   <si>
     <t xml:space="preserve">     42,9</t>
   </si>
   <si>
     <t xml:space="preserve">     13,3</t>
   </si>
   <si>
     <t xml:space="preserve">     32,2</t>
   </si>
   <si>
     <t xml:space="preserve">     31,7</t>
   </si>
   <si>
     <t xml:space="preserve">     70,8</t>
   </si>
   <si>
     <t xml:space="preserve">     22,9</t>
   </si>
   <si>
     <t xml:space="preserve">     15,8</t>
   </si>
   <si>
     <t xml:space="preserve">     10,4</t>
   </si>
   <si>
-    <t xml:space="preserve">     27,9</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">     27,6</t>
   </si>
   <si>
     <t xml:space="preserve">     21,7</t>
   </si>
   <si>
     <t xml:space="preserve">     14,1</t>
   </si>
   <si>
     <t xml:space="preserve">      9,7</t>
   </si>
   <si>
     <t xml:space="preserve">     26,4</t>
   </si>
   <si>
-    <t xml:space="preserve">Sources : Notaires - DSF -ISEE </t>
-[...65 lines deleted...]
-    <t xml:space="preserve">     10,1</t>
+    <t>*</t>
+  </si>
+  <si>
+    <t>Données mises à jour le : 14/10/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
-    <numFmt numFmtId="164" formatCode="0.0"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="166" formatCode="###0.0"/>
+    <numFmt numFmtId="164" formatCode="###0.0"/>
+    <numFmt numFmtId="165" formatCode="0.0"/>
+    <numFmt numFmtId="166" formatCode="###0"/>
   </numFmts>
-  <fonts count="19" x14ac:knownFonts="1">
+  <fonts count="30">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
-    </font>
-[...4 lines deleted...]
-      <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...7 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="14"/>
-      <color theme="1"/>
-[...6 lines deleted...]
-      <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
-      <color rgb="FFFF0000"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <i/>
       <sz val="10"/>
-      <color theme="1"/>
+      <color theme="0" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
-      <name val="Calibri"/>
-[...6 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <u/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <u/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Geneva"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="24"/>
+      <color rgb="FF2F4C88"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <fgColor rgb="FF0A1728"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF2F4C88"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFCCF7FF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="16">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...18 lines deleted...]
-      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
@@ -1937,66 +2039,86 @@
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -2028,480 +2150,476 @@
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="142">
+  <cellXfs count="140">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="17" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="6" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="6" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="3" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="6" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="6" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="3" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="6" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="6" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="3" fontId="1" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="3" fontId="1" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="6" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="13" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="17" fontId="25" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="25" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="25" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="4" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="24" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="24" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="24" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="24" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="24" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="3" fontId="16" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="16" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="16" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...90 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 3" xfId="1" xr:uid="{2DCC2540-E2DB-43CD-9C3B-7755875F5BC3}"/>
+    <cellStyle name="Normal 4" xfId="2" xr:uid="{BCCBBEDF-7D21-40D0-8645-CAD138BCA7B0}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF2F4C88"/>
+      <color rgb="FFCCF7FF"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -2760,29567 +2878,31826 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:AO237"/>
+  <dimension ref="A1:AS256"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="E6" sqref="E6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="3" t="s">
+    <row r="1" spans="1:45" s="66" customFormat="1" ht="30" customHeight="1">
+      <c r="A1" s="65"/>
+    </row>
+    <row r="2" spans="1:45" s="68" customFormat="1" ht="31.5">
+      <c r="A2" s="67" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="48"/>
-[...13 lines deleted...]
-      <c r="A6" s="4" t="s">
+      <c r="B2" s="67"/>
+      <c r="C2" s="67"/>
+      <c r="D2" s="67"/>
+      <c r="E2" s="67"/>
+      <c r="F2" s="67"/>
+      <c r="G2" s="67"/>
+      <c r="H2" s="67"/>
+      <c r="I2" s="67"/>
+      <c r="J2" s="67"/>
+      <c r="K2" s="67"/>
+    </row>
+    <row r="3" spans="1:45" s="69" customFormat="1"/>
+    <row r="4" spans="1:45">
+      <c r="A4" s="69" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="5" spans="1:45">
+      <c r="A5" s="138" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="6" spans="1:45" ht="18.75" customHeight="1">
+      <c r="A6" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:41" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B8" s="112">
+    <row r="8" spans="1:45" ht="17.25" customHeight="1">
+      <c r="A8" s="119" t="s">
+        <v>0</v>
+      </c>
+      <c r="B8" s="111">
         <v>2014</v>
       </c>
-      <c r="C8" s="113"/>
-[...2 lines deleted...]
-      <c r="F8" s="112">
+      <c r="C8" s="112"/>
+      <c r="D8" s="112"/>
+      <c r="E8" s="112"/>
+      <c r="F8" s="111">
         <v>2015</v>
       </c>
-      <c r="G8" s="113"/>
-[...2 lines deleted...]
-      <c r="J8" s="112">
+      <c r="G8" s="112"/>
+      <c r="H8" s="112"/>
+      <c r="I8" s="113"/>
+      <c r="J8" s="111">
         <v>2016</v>
       </c>
-      <c r="K8" s="113"/>
-[...2 lines deleted...]
-      <c r="N8" s="112">
+      <c r="K8" s="112"/>
+      <c r="L8" s="112"/>
+      <c r="M8" s="113"/>
+      <c r="N8" s="111">
         <v>2017</v>
       </c>
-      <c r="O8" s="113"/>
-[...2 lines deleted...]
-      <c r="R8" s="112">
+      <c r="O8" s="112"/>
+      <c r="P8" s="112"/>
+      <c r="Q8" s="113"/>
+      <c r="R8" s="111">
         <v>2018</v>
       </c>
-      <c r="S8" s="113"/>
-[...2 lines deleted...]
-      <c r="V8" s="112">
+      <c r="S8" s="112"/>
+      <c r="T8" s="112"/>
+      <c r="U8" s="113"/>
+      <c r="V8" s="111">
         <v>2019</v>
       </c>
-      <c r="W8" s="113"/>
-[...2 lines deleted...]
-      <c r="Z8" s="112">
+      <c r="W8" s="112"/>
+      <c r="X8" s="112"/>
+      <c r="Y8" s="113"/>
+      <c r="Z8" s="111">
         <v>2020</v>
       </c>
-      <c r="AA8" s="113"/>
-[...2 lines deleted...]
-      <c r="AD8" s="112">
+      <c r="AA8" s="112"/>
+      <c r="AB8" s="112"/>
+      <c r="AC8" s="113"/>
+      <c r="AD8" s="111">
         <v>2021</v>
       </c>
-      <c r="AE8" s="113"/>
-[...2 lines deleted...]
-      <c r="AH8" s="112">
+      <c r="AE8" s="112"/>
+      <c r="AF8" s="112"/>
+      <c r="AG8" s="113"/>
+      <c r="AH8" s="111">
         <v>2022</v>
       </c>
-      <c r="AI8" s="113"/>
-[...2 lines deleted...]
-      <c r="AL8" s="112">
+      <c r="AI8" s="112"/>
+      <c r="AJ8" s="112"/>
+      <c r="AK8" s="113"/>
+      <c r="AL8" s="111">
         <v>2023</v>
       </c>
-      <c r="AM8" s="113"/>
-[...8 lines deleted...]
-      <c r="C9" s="8" t="s">
+      <c r="AM8" s="112"/>
+      <c r="AN8" s="112"/>
+      <c r="AO8" s="113"/>
+      <c r="AP8" s="111">
+        <v>2024</v>
+      </c>
+      <c r="AQ8" s="112"/>
+      <c r="AR8" s="112"/>
+      <c r="AS8" s="113"/>
+    </row>
+    <row r="9" spans="1:45" ht="15.75" customHeight="1">
+      <c r="A9" s="120"/>
+      <c r="B9" s="70" t="s">
+        <v>1</v>
+      </c>
+      <c r="C9" s="71" t="s">
         <v>2</v>
       </c>
-      <c r="D9" s="8" t="s">
+      <c r="D9" s="71" t="s">
         <v>3</v>
       </c>
-      <c r="E9" s="8" t="s">
+      <c r="E9" s="71" t="s">
         <v>4</v>
       </c>
-      <c r="F9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="8" t="s">
+      <c r="F9" s="70" t="s">
+        <v>1</v>
+      </c>
+      <c r="G9" s="71" t="s">
         <v>2</v>
       </c>
-      <c r="H9" s="8" t="s">
+      <c r="H9" s="71" t="s">
         <v>3</v>
       </c>
-      <c r="I9" s="35" t="s">
+      <c r="I9" s="72" t="s">
         <v>4</v>
       </c>
-      <c r="J9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K9" s="8" t="s">
+      <c r="J9" s="70" t="s">
+        <v>1</v>
+      </c>
+      <c r="K9" s="71" t="s">
         <v>2</v>
       </c>
-      <c r="L9" s="8" t="s">
+      <c r="L9" s="71" t="s">
         <v>3</v>
       </c>
-      <c r="M9" s="35" t="s">
+      <c r="M9" s="72" t="s">
         <v>4</v>
       </c>
-      <c r="N9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="O9" s="8" t="s">
+      <c r="N9" s="70" t="s">
+        <v>1</v>
+      </c>
+      <c r="O9" s="71" t="s">
         <v>2</v>
       </c>
-      <c r="P9" s="8" t="s">
+      <c r="P9" s="71" t="s">
         <v>3</v>
       </c>
-      <c r="Q9" s="35" t="s">
+      <c r="Q9" s="72" t="s">
         <v>4</v>
       </c>
-      <c r="R9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="S9" s="8" t="s">
+      <c r="R9" s="70" t="s">
+        <v>1</v>
+      </c>
+      <c r="S9" s="71" t="s">
         <v>2</v>
       </c>
-      <c r="T9" s="8" t="s">
+      <c r="T9" s="71" t="s">
         <v>3</v>
       </c>
-      <c r="U9" s="35" t="s">
+      <c r="U9" s="72" t="s">
         <v>4</v>
       </c>
-      <c r="V9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="W9" s="8" t="s">
+      <c r="V9" s="70" t="s">
+        <v>1</v>
+      </c>
+      <c r="W9" s="71" t="s">
         <v>2</v>
       </c>
-      <c r="X9" s="8" t="s">
+      <c r="X9" s="71" t="s">
         <v>3</v>
       </c>
-      <c r="Y9" s="35" t="s">
+      <c r="Y9" s="72" t="s">
         <v>4</v>
       </c>
-      <c r="Z9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AA9" s="8" t="s">
+      <c r="Z9" s="70" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA9" s="71" t="s">
         <v>2</v>
       </c>
-      <c r="AB9" s="8" t="s">
+      <c r="AB9" s="71" t="s">
         <v>3</v>
       </c>
-      <c r="AC9" s="35" t="s">
+      <c r="AC9" s="72" t="s">
         <v>4</v>
       </c>
-      <c r="AD9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AE9" s="8" t="s">
+      <c r="AD9" s="70" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE9" s="71" t="s">
         <v>2</v>
       </c>
-      <c r="AF9" s="8" t="s">
+      <c r="AF9" s="71" t="s">
         <v>3</v>
       </c>
-      <c r="AG9" s="35" t="s">
+      <c r="AG9" s="72" t="s">
         <v>4</v>
       </c>
-      <c r="AH9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AI9" s="8" t="s">
+      <c r="AH9" s="70" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI9" s="71" t="s">
         <v>2</v>
       </c>
-      <c r="AJ9" s="8" t="s">
+      <c r="AJ9" s="71" t="s">
         <v>3</v>
       </c>
-      <c r="AK9" s="35" t="s">
+      <c r="AK9" s="72" t="s">
         <v>4</v>
       </c>
-      <c r="AL9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AM9" s="8" t="s">
+      <c r="AL9" s="70" t="s">
+        <v>1</v>
+      </c>
+      <c r="AM9" s="71" t="s">
         <v>2</v>
       </c>
-      <c r="AN9" s="8" t="s">
+      <c r="AN9" s="71" t="s">
         <v>3</v>
       </c>
-      <c r="AO9" s="35" t="s">
+      <c r="AO9" s="72" t="s">
         <v>4</v>
       </c>
-    </row>
-[...38 lines deleted...]
-      <c r="A11" s="14" t="s">
+      <c r="AP9" s="70" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ9" s="71" t="s">
+        <v>2</v>
+      </c>
+      <c r="AR9" s="71" t="s">
+        <v>3</v>
+      </c>
+      <c r="AS9" s="72" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:45">
+      <c r="B10" s="18"/>
+      <c r="F10" s="21"/>
+      <c r="I10" s="16"/>
+      <c r="J10" s="21"/>
+      <c r="M10" s="16"/>
+      <c r="N10" s="21"/>
+      <c r="Q10" s="16"/>
+      <c r="R10" s="21"/>
+      <c r="U10" s="16"/>
+      <c r="V10" s="21"/>
+      <c r="Y10" s="16"/>
+      <c r="Z10" s="21"/>
+      <c r="AC10" s="16"/>
+      <c r="AD10" s="21"/>
+      <c r="AG10" s="16"/>
+      <c r="AH10" s="21"/>
+      <c r="AK10" s="16"/>
+      <c r="AL10" s="21"/>
+      <c r="AO10" s="16"/>
+      <c r="AP10" s="21"/>
+      <c r="AS10" s="16"/>
+    </row>
+    <row r="11" spans="1:45" ht="15.75" customHeight="1">
+      <c r="A11" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="B11" s="28"/>
-[...40 lines deleted...]
-    <row r="12" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="B11" s="20"/>
+      <c r="C11" s="19"/>
+      <c r="D11" s="19"/>
+      <c r="E11" s="19"/>
+      <c r="F11" s="20"/>
+      <c r="G11" s="19"/>
+      <c r="H11" s="19"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="20"/>
+      <c r="K11" s="19"/>
+      <c r="L11" s="19"/>
+      <c r="M11" s="24"/>
+      <c r="N11" s="20"/>
+      <c r="O11" s="19"/>
+      <c r="P11" s="19"/>
+      <c r="Q11" s="24"/>
+      <c r="R11" s="20"/>
+      <c r="S11" s="19"/>
+      <c r="T11" s="19"/>
+      <c r="U11" s="24"/>
+      <c r="V11" s="20"/>
+      <c r="W11" s="19"/>
+      <c r="X11" s="19"/>
+      <c r="Y11" s="24"/>
+      <c r="Z11" s="20"/>
+      <c r="AA11" s="19"/>
+      <c r="AB11" s="19"/>
+      <c r="AC11" s="24"/>
+      <c r="AD11" s="20"/>
+      <c r="AE11" s="19"/>
+      <c r="AF11" s="19"/>
+      <c r="AG11" s="24"/>
+      <c r="AH11" s="20"/>
+      <c r="AI11" s="19"/>
+      <c r="AJ11" s="19"/>
+      <c r="AK11" s="24"/>
+      <c r="AL11" s="20"/>
+      <c r="AM11" s="19"/>
+      <c r="AN11" s="19"/>
+      <c r="AO11" s="24"/>
+      <c r="AP11" s="20"/>
+      <c r="AQ11" s="19"/>
+      <c r="AR11" s="19"/>
+      <c r="AS11" s="24"/>
+    </row>
+    <row r="12" spans="1:45">
       <c r="A12" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="B12" s="20">
+        <v>91</v>
+      </c>
+      <c r="B12" s="13">
         <v>146</v>
       </c>
-      <c r="C12" s="40">
+      <c r="C12" s="28">
         <v>196</v>
       </c>
-      <c r="D12" s="40">
+      <c r="D12" s="28">
         <v>272</v>
       </c>
-      <c r="E12" s="40">
+      <c r="E12" s="28">
         <v>518</v>
       </c>
-      <c r="F12" s="20">
+      <c r="F12" s="13">
         <v>271</v>
       </c>
-      <c r="G12" s="40">
+      <c r="G12" s="28">
         <v>265</v>
       </c>
-      <c r="H12" s="40">
+      <c r="H12" s="28">
         <v>327</v>
       </c>
-      <c r="I12" s="15">
+      <c r="I12" s="8">
         <v>580</v>
       </c>
-      <c r="J12" s="20">
+      <c r="J12" s="13">
         <v>196</v>
       </c>
-      <c r="K12" s="40">
+      <c r="K12" s="28">
         <v>285</v>
       </c>
-      <c r="L12" s="40">
+      <c r="L12" s="28">
         <v>295</v>
       </c>
-      <c r="M12" s="15">
+      <c r="M12" s="8">
         <v>359</v>
       </c>
-      <c r="N12" s="20">
+      <c r="N12" s="13">
         <v>210</v>
       </c>
-      <c r="O12" s="40">
+      <c r="O12" s="28">
         <v>189</v>
       </c>
-      <c r="P12" s="40">
+      <c r="P12" s="28">
         <v>235</v>
       </c>
-      <c r="Q12" s="15">
+      <c r="Q12" s="8">
         <v>407</v>
       </c>
-      <c r="R12" s="20">
+      <c r="R12" s="13">
         <v>237</v>
       </c>
-      <c r="S12" s="40">
+      <c r="S12" s="28">
         <v>211</v>
       </c>
-      <c r="T12" s="40">
+      <c r="T12" s="28">
         <v>234</v>
       </c>
-      <c r="U12" s="15">
+      <c r="U12" s="8">
         <v>430</v>
       </c>
-      <c r="V12" s="20">
+      <c r="V12" s="13">
         <v>211</v>
       </c>
-      <c r="W12" s="40">
+      <c r="W12" s="28">
         <v>180</v>
       </c>
-      <c r="X12" s="40">
+      <c r="X12" s="28">
         <v>211</v>
       </c>
-      <c r="Y12" s="15">
+      <c r="Y12" s="8">
         <v>225</v>
       </c>
-      <c r="Z12" s="20">
+      <c r="Z12" s="13">
         <v>189</v>
       </c>
-      <c r="AA12" s="40">
+      <c r="AA12" s="28">
         <v>146</v>
       </c>
-      <c r="AB12" s="40">
+      <c r="AB12" s="28">
         <v>203</v>
       </c>
-      <c r="AC12" s="15">
+      <c r="AC12" s="8">
         <v>244</v>
       </c>
-      <c r="AD12" s="20">
+      <c r="AD12" s="13">
         <v>143</v>
       </c>
-      <c r="AE12" s="40">
+      <c r="AE12" s="28">
         <v>136</v>
       </c>
-      <c r="AF12" s="40">
+      <c r="AF12" s="28">
         <v>186</v>
       </c>
-      <c r="AG12" s="15">
+      <c r="AG12" s="8">
         <v>215</v>
       </c>
-      <c r="AH12" s="20">
+      <c r="AH12" s="13">
         <v>162</v>
       </c>
-      <c r="AI12" s="40">
+      <c r="AI12" s="28">
         <v>274</v>
       </c>
-      <c r="AJ12" s="40">
+      <c r="AJ12" s="28">
         <v>306</v>
       </c>
-      <c r="AK12" s="15">
+      <c r="AK12" s="8">
         <v>345</v>
       </c>
-      <c r="AL12" s="20">
+      <c r="AL12" s="13">
         <v>276</v>
       </c>
-      <c r="AM12" s="40">
+      <c r="AM12" s="28">
         <v>212</v>
       </c>
-      <c r="AN12" s="40">
+      <c r="AN12" s="28">
         <v>287</v>
       </c>
-      <c r="AO12" s="15">
+      <c r="AO12" s="8">
         <v>212</v>
       </c>
-    </row>
-    <row r="13" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="AP12" s="13">
+        <v>142</v>
+      </c>
+      <c r="AQ12" s="28">
+        <v>81</v>
+      </c>
+      <c r="AR12" s="28">
+        <v>24</v>
+      </c>
+      <c r="AS12" s="8">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="13" spans="1:45">
       <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" s="13">
+        <v>152</v>
+      </c>
+      <c r="C13" s="28">
+        <v>191</v>
+      </c>
+      <c r="D13" s="28">
+        <v>278</v>
+      </c>
+      <c r="E13" s="28">
+        <v>285</v>
+      </c>
+      <c r="F13" s="13">
+        <v>194</v>
+      </c>
+      <c r="G13" s="28">
+        <v>188</v>
+      </c>
+      <c r="H13" s="28">
+        <v>187</v>
+      </c>
+      <c r="I13" s="8">
+        <v>291</v>
+      </c>
+      <c r="J13" s="13">
+        <v>186</v>
+      </c>
+      <c r="K13" s="28">
+        <v>206</v>
+      </c>
+      <c r="L13" s="28">
+        <v>202</v>
+      </c>
+      <c r="M13" s="8">
+        <v>219</v>
+      </c>
+      <c r="N13" s="13">
+        <v>201</v>
+      </c>
+      <c r="O13" s="28">
+        <v>196</v>
+      </c>
+      <c r="P13" s="28">
+        <v>196</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>267</v>
+      </c>
+      <c r="R13" s="13">
+        <v>222</v>
+      </c>
+      <c r="S13" s="28">
+        <v>204</v>
+      </c>
+      <c r="T13" s="28">
+        <v>191</v>
+      </c>
+      <c r="U13" s="8">
+        <v>219</v>
+      </c>
+      <c r="V13" s="13">
+        <v>188</v>
+      </c>
+      <c r="W13" s="28">
+        <v>184</v>
+      </c>
+      <c r="X13" s="28">
+        <v>204</v>
+      </c>
+      <c r="Y13" s="8">
+        <v>201</v>
+      </c>
+      <c r="Z13" s="13">
+        <v>166</v>
+      </c>
+      <c r="AA13" s="28">
+        <v>155</v>
+      </c>
+      <c r="AB13" s="28">
+        <v>225</v>
+      </c>
+      <c r="AC13" s="8">
+        <v>282</v>
+      </c>
+      <c r="AD13" s="13">
+        <v>181</v>
+      </c>
+      <c r="AE13" s="28">
+        <v>183</v>
+      </c>
+      <c r="AF13" s="28">
+        <v>226</v>
+      </c>
+      <c r="AG13" s="8">
+        <v>223</v>
+      </c>
+      <c r="AH13" s="13">
+        <v>178</v>
+      </c>
+      <c r="AI13" s="28">
+        <v>283</v>
+      </c>
+      <c r="AJ13" s="28">
+        <v>257</v>
+      </c>
+      <c r="AK13" s="8">
+        <v>257</v>
+      </c>
+      <c r="AL13" s="13">
+        <v>205</v>
+      </c>
+      <c r="AM13" s="28">
+        <v>189</v>
+      </c>
+      <c r="AN13" s="28">
+        <v>183</v>
+      </c>
+      <c r="AO13" s="8">
+        <v>159</v>
+      </c>
+      <c r="AP13" s="13">
+        <v>109</v>
+      </c>
+      <c r="AQ13" s="28">
+        <v>38</v>
+      </c>
+      <c r="AR13" s="28">
+        <v>30</v>
+      </c>
+      <c r="AS13" s="8">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="14" spans="1:45">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" s="13">
+        <v>121</v>
+      </c>
+      <c r="C14" s="28">
+        <v>147</v>
+      </c>
+      <c r="D14" s="28">
+        <v>170</v>
+      </c>
+      <c r="E14" s="28">
+        <v>192</v>
+      </c>
+      <c r="F14" s="13">
+        <v>117</v>
+      </c>
+      <c r="G14" s="28">
+        <v>129</v>
+      </c>
+      <c r="H14" s="28">
+        <v>137</v>
+      </c>
+      <c r="I14" s="8">
+        <v>169</v>
+      </c>
+      <c r="J14" s="13">
+        <v>173</v>
+      </c>
+      <c r="K14" s="28">
+        <v>183</v>
+      </c>
+      <c r="L14" s="28">
+        <v>154</v>
+      </c>
+      <c r="M14" s="8">
+        <v>192</v>
+      </c>
+      <c r="N14" s="13">
+        <v>122</v>
+      </c>
+      <c r="O14" s="28">
+        <v>140</v>
+      </c>
+      <c r="P14" s="28">
+        <v>116</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>121</v>
+      </c>
+      <c r="R14" s="13">
+        <v>168</v>
+      </c>
+      <c r="S14" s="28">
+        <v>115</v>
+      </c>
+      <c r="T14" s="28">
+        <v>95</v>
+      </c>
+      <c r="U14" s="8">
+        <v>108</v>
+      </c>
+      <c r="V14" s="13">
+        <v>98</v>
+      </c>
+      <c r="W14" s="28">
+        <v>95</v>
+      </c>
+      <c r="X14" s="28">
+        <v>81</v>
+      </c>
+      <c r="Y14" s="8">
+        <v>108</v>
+      </c>
+      <c r="Z14" s="13">
+        <v>72</v>
+      </c>
+      <c r="AA14" s="28">
+        <v>65</v>
+      </c>
+      <c r="AB14" s="28">
+        <v>95</v>
+      </c>
+      <c r="AC14" s="8">
+        <v>120</v>
+      </c>
+      <c r="AD14" s="13">
+        <v>91</v>
+      </c>
+      <c r="AE14" s="28">
+        <v>85</v>
+      </c>
+      <c r="AF14" s="28">
+        <v>67</v>
+      </c>
+      <c r="AG14" s="8">
+        <v>104</v>
+      </c>
+      <c r="AH14" s="13">
+        <v>86</v>
+      </c>
+      <c r="AI14" s="28">
         <v>83</v>
       </c>
-      <c r="B13" s="20">
+      <c r="AJ14" s="28">
+        <v>104</v>
+      </c>
+      <c r="AK14" s="8">
+        <v>112</v>
+      </c>
+      <c r="AL14" s="13">
+        <v>60</v>
+      </c>
+      <c r="AM14" s="28">
+        <v>53</v>
+      </c>
+      <c r="AN14" s="28">
+        <v>60</v>
+      </c>
+      <c r="AO14" s="8">
+        <v>73</v>
+      </c>
+      <c r="AP14" s="13">
+        <v>49</v>
+      </c>
+      <c r="AQ14" s="28">
+        <v>20</v>
+      </c>
+      <c r="AR14" s="28">
+        <v>20</v>
+      </c>
+      <c r="AS14" s="8">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:45">
+      <c r="A15" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" s="13">
+        <v>25</v>
+      </c>
+      <c r="C15" s="28">
+        <v>25</v>
+      </c>
+      <c r="D15" s="28">
+        <v>32</v>
+      </c>
+      <c r="E15" s="28">
+        <v>54</v>
+      </c>
+      <c r="F15" s="13">
+        <v>36</v>
+      </c>
+      <c r="G15" s="28">
+        <v>35</v>
+      </c>
+      <c r="H15" s="28">
+        <v>28</v>
+      </c>
+      <c r="I15" s="8">
+        <v>47</v>
+      </c>
+      <c r="J15" s="13">
+        <v>20</v>
+      </c>
+      <c r="K15" s="28">
+        <v>41</v>
+      </c>
+      <c r="L15" s="28">
+        <v>23</v>
+      </c>
+      <c r="M15" s="8">
+        <v>38</v>
+      </c>
+      <c r="N15" s="13">
+        <v>31</v>
+      </c>
+      <c r="O15" s="28">
+        <v>29</v>
+      </c>
+      <c r="P15" s="28">
+        <v>31</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>26</v>
+      </c>
+      <c r="R15" s="13">
+        <v>20</v>
+      </c>
+      <c r="S15" s="28">
+        <v>20</v>
+      </c>
+      <c r="T15" s="28">
+        <v>27</v>
+      </c>
+      <c r="U15" s="8">
+        <v>36</v>
+      </c>
+      <c r="V15" s="13">
+        <v>21</v>
+      </c>
+      <c r="W15" s="28">
+        <v>23</v>
+      </c>
+      <c r="X15" s="28">
+        <v>21</v>
+      </c>
+      <c r="Y15" s="8">
+        <v>30</v>
+      </c>
+      <c r="Z15" s="13">
+        <v>19</v>
+      </c>
+      <c r="AA15" s="28">
+        <v>31</v>
+      </c>
+      <c r="AB15" s="28">
+        <v>26</v>
+      </c>
+      <c r="AC15" s="8">
+        <v>32</v>
+      </c>
+      <c r="AD15" s="13">
+        <v>20</v>
+      </c>
+      <c r="AE15" s="28">
+        <v>33</v>
+      </c>
+      <c r="AF15" s="28">
+        <v>29</v>
+      </c>
+      <c r="AG15" s="8">
+        <v>24</v>
+      </c>
+      <c r="AH15" s="13">
+        <v>29</v>
+      </c>
+      <c r="AI15" s="28">
+        <v>23</v>
+      </c>
+      <c r="AJ15" s="28">
+        <v>19</v>
+      </c>
+      <c r="AK15" s="8">
+        <v>31</v>
+      </c>
+      <c r="AL15" s="13">
+        <v>21</v>
+      </c>
+      <c r="AM15" s="28">
+        <v>18</v>
+      </c>
+      <c r="AN15" s="28">
+        <v>21</v>
+      </c>
+      <c r="AO15" s="8">
+        <v>30</v>
+      </c>
+      <c r="AP15" s="13">
+        <v>23</v>
+      </c>
+      <c r="AQ15" s="28">
+        <v>19</v>
+      </c>
+      <c r="AR15" s="28">
+        <v>15</v>
+      </c>
+      <c r="AS15" s="8">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="16" spans="1:45">
+      <c r="A16" t="s">
+        <v>95</v>
+      </c>
+      <c r="B16" s="13">
+        <v>43</v>
+      </c>
+      <c r="C16" s="28">
+        <v>37</v>
+      </c>
+      <c r="D16" s="28">
+        <v>62</v>
+      </c>
+      <c r="E16" s="28">
+        <v>49</v>
+      </c>
+      <c r="F16" s="13">
+        <v>33</v>
+      </c>
+      <c r="G16" s="28">
+        <v>52</v>
+      </c>
+      <c r="H16" s="28">
+        <v>59</v>
+      </c>
+      <c r="I16" s="8">
+        <v>56</v>
+      </c>
+      <c r="J16" s="13">
+        <v>49</v>
+      </c>
+      <c r="K16" s="28">
+        <v>47</v>
+      </c>
+      <c r="L16" s="28">
+        <v>44</v>
+      </c>
+      <c r="M16" s="8">
+        <v>65</v>
+      </c>
+      <c r="N16" s="13">
+        <v>39</v>
+      </c>
+      <c r="O16" s="28">
+        <v>40</v>
+      </c>
+      <c r="P16" s="28">
+        <v>45</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>67</v>
+      </c>
+      <c r="R16" s="13">
+        <v>56</v>
+      </c>
+      <c r="S16" s="28">
+        <v>58</v>
+      </c>
+      <c r="T16" s="28">
+        <v>48</v>
+      </c>
+      <c r="U16" s="8">
+        <v>64</v>
+      </c>
+      <c r="V16" s="13">
+        <v>66</v>
+      </c>
+      <c r="W16" s="28">
+        <v>61</v>
+      </c>
+      <c r="X16" s="28">
+        <v>68</v>
+      </c>
+      <c r="Y16" s="8">
+        <v>64</v>
+      </c>
+      <c r="Z16" s="13">
+        <v>66</v>
+      </c>
+      <c r="AA16" s="28">
+        <v>54</v>
+      </c>
+      <c r="AB16" s="28">
+        <v>64</v>
+      </c>
+      <c r="AC16" s="8">
+        <v>62</v>
+      </c>
+      <c r="AD16" s="13">
+        <v>59</v>
+      </c>
+      <c r="AE16" s="28">
+        <v>57</v>
+      </c>
+      <c r="AF16" s="28">
+        <v>59</v>
+      </c>
+      <c r="AG16" s="8">
+        <v>61</v>
+      </c>
+      <c r="AH16" s="13">
+        <v>50</v>
+      </c>
+      <c r="AI16" s="28">
+        <v>89</v>
+      </c>
+      <c r="AJ16" s="28">
+        <v>94</v>
+      </c>
+      <c r="AK16" s="8">
+        <v>109</v>
+      </c>
+      <c r="AL16" s="13">
+        <v>81</v>
+      </c>
+      <c r="AM16" s="28">
+        <v>68</v>
+      </c>
+      <c r="AN16" s="28">
+        <v>94</v>
+      </c>
+      <c r="AO16" s="8">
+        <v>85</v>
+      </c>
+      <c r="AP16" s="13">
+        <v>62</v>
+      </c>
+      <c r="AQ16" s="28">
+        <v>20</v>
+      </c>
+      <c r="AR16" s="28">
+        <v>10</v>
+      </c>
+      <c r="AS16" s="8">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="17" spans="1:45">
+      <c r="A17" s="73" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" s="74">
+        <v>487</v>
+      </c>
+      <c r="C17" s="75">
+        <v>596</v>
+      </c>
+      <c r="D17" s="75">
+        <v>814</v>
+      </c>
+      <c r="E17" s="75">
+        <v>1098</v>
+      </c>
+      <c r="F17" s="74">
+        <v>651</v>
+      </c>
+      <c r="G17" s="75">
+        <v>669</v>
+      </c>
+      <c r="H17" s="75">
+        <v>738</v>
+      </c>
+      <c r="I17" s="76">
+        <v>1143</v>
+      </c>
+      <c r="J17" s="74">
+        <v>624</v>
+      </c>
+      <c r="K17" s="75">
+        <v>762</v>
+      </c>
+      <c r="L17" s="75">
+        <v>718</v>
+      </c>
+      <c r="M17" s="76">
+        <v>873</v>
+      </c>
+      <c r="N17" s="74">
+        <v>603</v>
+      </c>
+      <c r="O17" s="75">
+        <v>594</v>
+      </c>
+      <c r="P17" s="75">
+        <v>623</v>
+      </c>
+      <c r="Q17" s="76">
+        <v>888</v>
+      </c>
+      <c r="R17" s="74">
+        <v>703</v>
+      </c>
+      <c r="S17" s="75">
+        <v>608</v>
+      </c>
+      <c r="T17" s="75">
+        <v>595</v>
+      </c>
+      <c r="U17" s="76">
+        <v>857</v>
+      </c>
+      <c r="V17" s="74">
+        <v>584</v>
+      </c>
+      <c r="W17" s="75">
+        <v>543</v>
+      </c>
+      <c r="X17" s="75">
+        <v>585</v>
+      </c>
+      <c r="Y17" s="76">
+        <v>628</v>
+      </c>
+      <c r="Z17" s="74">
+        <v>512</v>
+      </c>
+      <c r="AA17" s="75">
+        <v>451</v>
+      </c>
+      <c r="AB17" s="75">
+        <v>613</v>
+      </c>
+      <c r="AC17" s="76">
+        <v>740</v>
+      </c>
+      <c r="AD17" s="74">
+        <v>494</v>
+      </c>
+      <c r="AE17" s="75">
+        <v>494</v>
+      </c>
+      <c r="AF17" s="75">
+        <v>567</v>
+      </c>
+      <c r="AG17" s="76">
+        <v>627</v>
+      </c>
+      <c r="AH17" s="74">
+        <v>505</v>
+      </c>
+      <c r="AI17" s="75">
+        <v>752</v>
+      </c>
+      <c r="AJ17" s="75">
+        <v>780</v>
+      </c>
+      <c r="AK17" s="76">
+        <v>854</v>
+      </c>
+      <c r="AL17" s="74">
+        <v>643</v>
+      </c>
+      <c r="AM17" s="75">
+        <v>540</v>
+      </c>
+      <c r="AN17" s="75">
+        <v>645</v>
+      </c>
+      <c r="AO17" s="76">
+        <v>559</v>
+      </c>
+      <c r="AP17" s="74">
+        <v>385</v>
+      </c>
+      <c r="AQ17" s="75">
+        <v>178</v>
+      </c>
+      <c r="AR17" s="75">
+        <v>99</v>
+      </c>
+      <c r="AS17" s="76">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:45">
+      <c r="B18" s="13"/>
+      <c r="C18" s="28"/>
+      <c r="D18" s="28"/>
+      <c r="E18" s="28"/>
+      <c r="F18" s="13"/>
+      <c r="G18" s="28"/>
+      <c r="H18" s="28"/>
+      <c r="I18" s="8"/>
+      <c r="J18" s="13"/>
+      <c r="K18" s="28"/>
+      <c r="L18" s="28"/>
+      <c r="M18" s="8"/>
+      <c r="N18" s="13"/>
+      <c r="O18" s="28"/>
+      <c r="P18" s="28"/>
+      <c r="Q18" s="8"/>
+      <c r="R18" s="13"/>
+      <c r="S18" s="28"/>
+      <c r="T18" s="28"/>
+      <c r="U18" s="8"/>
+      <c r="V18" s="13"/>
+      <c r="W18" s="28"/>
+      <c r="X18" s="28"/>
+      <c r="Y18" s="8"/>
+      <c r="Z18" s="13"/>
+      <c r="AA18" s="28"/>
+      <c r="AB18" s="28"/>
+      <c r="AC18" s="8"/>
+      <c r="AD18" s="13"/>
+      <c r="AE18" s="28"/>
+      <c r="AF18" s="28"/>
+      <c r="AG18" s="8"/>
+      <c r="AH18" s="13"/>
+      <c r="AI18" s="28"/>
+      <c r="AJ18" s="28"/>
+      <c r="AK18" s="8"/>
+      <c r="AL18" s="13"/>
+      <c r="AM18" s="28"/>
+      <c r="AN18" s="28"/>
+      <c r="AO18" s="8"/>
+      <c r="AP18" s="13"/>
+      <c r="AQ18" s="28"/>
+      <c r="AR18" s="28"/>
+      <c r="AS18" s="8"/>
+    </row>
+    <row r="19" spans="1:45" ht="15.75" customHeight="1">
+      <c r="A19" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="B19" s="22"/>
+      <c r="C19" s="23"/>
+      <c r="D19" s="23"/>
+      <c r="E19" s="23"/>
+      <c r="F19" s="22"/>
+      <c r="G19" s="23"/>
+      <c r="H19" s="23"/>
+      <c r="I19" s="25"/>
+      <c r="J19" s="22"/>
+      <c r="K19" s="23"/>
+      <c r="L19" s="23"/>
+      <c r="M19" s="25"/>
+      <c r="N19" s="22"/>
+      <c r="O19" s="23"/>
+      <c r="P19" s="23"/>
+      <c r="Q19" s="25"/>
+      <c r="R19" s="22"/>
+      <c r="S19" s="23"/>
+      <c r="T19" s="23"/>
+      <c r="U19" s="25"/>
+      <c r="V19" s="22"/>
+      <c r="W19" s="23"/>
+      <c r="X19" s="23"/>
+      <c r="Y19" s="25"/>
+      <c r="Z19" s="22"/>
+      <c r="AA19" s="23"/>
+      <c r="AB19" s="23"/>
+      <c r="AC19" s="25"/>
+      <c r="AD19" s="22"/>
+      <c r="AE19" s="23"/>
+      <c r="AF19" s="23"/>
+      <c r="AG19" s="25"/>
+      <c r="AH19" s="22"/>
+      <c r="AI19" s="23"/>
+      <c r="AJ19" s="23"/>
+      <c r="AK19" s="25"/>
+      <c r="AL19" s="22"/>
+      <c r="AM19" s="23"/>
+      <c r="AN19" s="23"/>
+      <c r="AO19" s="25"/>
+      <c r="AP19" s="22"/>
+      <c r="AQ19" s="23"/>
+      <c r="AR19" s="23"/>
+      <c r="AS19" s="25"/>
+    </row>
+    <row r="20" spans="1:45">
+      <c r="A20" t="s">
+        <v>97</v>
+      </c>
+      <c r="B20" s="13">
+        <v>221</v>
+      </c>
+      <c r="C20" s="28">
+        <v>262</v>
+      </c>
+      <c r="D20" s="28">
+        <v>331</v>
+      </c>
+      <c r="E20" s="28">
+        <v>447</v>
+      </c>
+      <c r="F20" s="13">
+        <v>304</v>
+      </c>
+      <c r="G20" s="28">
+        <v>297</v>
+      </c>
+      <c r="H20" s="28">
+        <v>370</v>
+      </c>
+      <c r="I20" s="8">
+        <v>517</v>
+      </c>
+      <c r="J20" s="13">
+        <v>240</v>
+      </c>
+      <c r="K20" s="28">
+        <v>309</v>
+      </c>
+      <c r="L20" s="28">
+        <v>328</v>
+      </c>
+      <c r="M20" s="8">
+        <v>340</v>
+      </c>
+      <c r="N20" s="13">
+        <v>261</v>
+      </c>
+      <c r="O20" s="28">
+        <v>238</v>
+      </c>
+      <c r="P20" s="28">
+        <v>271</v>
+      </c>
+      <c r="Q20" s="8">
+        <v>446</v>
+      </c>
+      <c r="R20" s="13">
+        <v>315</v>
+      </c>
+      <c r="S20" s="28">
+        <v>288</v>
+      </c>
+      <c r="T20" s="28">
+        <v>297</v>
+      </c>
+      <c r="U20" s="8">
+        <v>470</v>
+      </c>
+      <c r="V20" s="13">
+        <v>288</v>
+      </c>
+      <c r="W20" s="28">
+        <v>257</v>
+      </c>
+      <c r="X20" s="28">
+        <v>248</v>
+      </c>
+      <c r="Y20" s="8">
+        <v>281</v>
+      </c>
+      <c r="Z20" s="13">
+        <v>258</v>
+      </c>
+      <c r="AA20" s="28">
+        <v>205</v>
+      </c>
+      <c r="AB20" s="28">
+        <v>296</v>
+      </c>
+      <c r="AC20" s="8">
+        <v>345</v>
+      </c>
+      <c r="AD20" s="13">
+        <v>216</v>
+      </c>
+      <c r="AE20" s="28">
+        <v>231</v>
+      </c>
+      <c r="AF20" s="28">
+        <v>300</v>
+      </c>
+      <c r="AG20" s="8">
+        <v>324</v>
+      </c>
+      <c r="AH20" s="13">
+        <v>244</v>
+      </c>
+      <c r="AI20" s="28">
+        <v>390</v>
+      </c>
+      <c r="AJ20" s="28">
+        <v>411</v>
+      </c>
+      <c r="AK20" s="8">
+        <v>445</v>
+      </c>
+      <c r="AL20" s="13">
+        <v>354</v>
+      </c>
+      <c r="AM20" s="28">
+        <v>285</v>
+      </c>
+      <c r="AN20" s="28">
+        <v>356</v>
+      </c>
+      <c r="AO20" s="8">
+        <v>295</v>
+      </c>
+      <c r="AP20" s="13">
+        <v>203</v>
+      </c>
+      <c r="AQ20" s="28">
+        <v>102</v>
+      </c>
+      <c r="AR20" s="28">
+        <v>40</v>
+      </c>
+      <c r="AS20" s="8">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="21" spans="1:45">
+      <c r="A21" t="s">
+        <v>98</v>
+      </c>
+      <c r="B21" s="13">
+        <v>49</v>
+      </c>
+      <c r="C21" s="28">
+        <v>72</v>
+      </c>
+      <c r="D21" s="28">
+        <v>118</v>
+      </c>
+      <c r="E21" s="28">
+        <v>176</v>
+      </c>
+      <c r="F21" s="13">
+        <v>71</v>
+      </c>
+      <c r="G21" s="28">
+        <v>97</v>
+      </c>
+      <c r="H21" s="28">
+        <v>90</v>
+      </c>
+      <c r="I21" s="8">
+        <v>187</v>
+      </c>
+      <c r="J21" s="13">
+        <v>88</v>
+      </c>
+      <c r="K21" s="28">
+        <v>123</v>
+      </c>
+      <c r="L21" s="28">
+        <v>102</v>
+      </c>
+      <c r="M21" s="8">
+        <v>167</v>
+      </c>
+      <c r="N21" s="13">
+        <v>104</v>
+      </c>
+      <c r="O21" s="28">
+        <v>96</v>
+      </c>
+      <c r="P21" s="28">
+        <v>113</v>
+      </c>
+      <c r="Q21" s="8">
+        <v>120</v>
+      </c>
+      <c r="R21" s="13">
+        <v>76</v>
+      </c>
+      <c r="S21" s="28">
+        <v>71</v>
+      </c>
+      <c r="T21" s="28">
+        <v>83</v>
+      </c>
+      <c r="U21" s="8">
+        <v>122</v>
+      </c>
+      <c r="V21" s="13">
+        <v>67</v>
+      </c>
+      <c r="W21" s="28">
+        <v>51</v>
+      </c>
+      <c r="X21" s="28">
+        <v>83</v>
+      </c>
+      <c r="Y21" s="8">
+        <v>69</v>
+      </c>
+      <c r="Z21" s="13">
+        <v>58</v>
+      </c>
+      <c r="AA21" s="28">
+        <v>58</v>
+      </c>
+      <c r="AB21" s="28">
+        <v>67</v>
+      </c>
+      <c r="AC21" s="8">
+        <v>105</v>
+      </c>
+      <c r="AD21" s="13">
+        <v>64</v>
+      </c>
+      <c r="AE21" s="28">
+        <v>56</v>
+      </c>
+      <c r="AF21" s="28">
+        <v>60</v>
+      </c>
+      <c r="AG21" s="8">
+        <v>73</v>
+      </c>
+      <c r="AH21" s="13">
+        <v>57</v>
+      </c>
+      <c r="AI21" s="28">
+        <v>87</v>
+      </c>
+      <c r="AJ21" s="28">
+        <v>95</v>
+      </c>
+      <c r="AK21" s="8">
+        <v>104</v>
+      </c>
+      <c r="AL21" s="13">
+        <v>71</v>
+      </c>
+      <c r="AM21" s="28">
+        <v>76</v>
+      </c>
+      <c r="AN21" s="28">
+        <v>61</v>
+      </c>
+      <c r="AO21" s="8">
+        <v>80</v>
+      </c>
+      <c r="AP21" s="13">
+        <v>38</v>
+      </c>
+      <c r="AQ21" s="28">
+        <v>20</v>
+      </c>
+      <c r="AR21" s="28">
+        <v>9</v>
+      </c>
+      <c r="AS21" s="8">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="22" spans="1:45">
+      <c r="A22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" s="13">
+        <v>45</v>
+      </c>
+      <c r="C22" s="28">
+        <v>38</v>
+      </c>
+      <c r="D22" s="28">
+        <v>64</v>
+      </c>
+      <c r="E22" s="28">
+        <v>76</v>
+      </c>
+      <c r="F22" s="13">
+        <v>46</v>
+      </c>
+      <c r="G22" s="28">
+        <v>44</v>
+      </c>
+      <c r="H22" s="28">
+        <v>51</v>
+      </c>
+      <c r="I22" s="8">
+        <v>127</v>
+      </c>
+      <c r="J22" s="13">
+        <v>56</v>
+      </c>
+      <c r="K22" s="28">
+        <v>83</v>
+      </c>
+      <c r="L22" s="28">
+        <v>83</v>
+      </c>
+      <c r="M22" s="8">
+        <v>101</v>
+      </c>
+      <c r="N22" s="13">
+        <v>58</v>
+      </c>
+      <c r="O22" s="28">
+        <v>50</v>
+      </c>
+      <c r="P22" s="28">
+        <v>61</v>
+      </c>
+      <c r="Q22" s="8">
+        <v>95</v>
+      </c>
+      <c r="R22" s="13">
+        <v>50</v>
+      </c>
+      <c r="S22" s="28">
+        <v>49</v>
+      </c>
+      <c r="T22" s="28">
+        <v>57</v>
+      </c>
+      <c r="U22" s="8">
+        <v>70</v>
+      </c>
+      <c r="V22" s="13">
+        <v>53</v>
+      </c>
+      <c r="W22" s="28">
+        <v>48</v>
+      </c>
+      <c r="X22" s="28">
+        <v>69</v>
+      </c>
+      <c r="Y22" s="8">
+        <v>51</v>
+      </c>
+      <c r="Z22" s="13">
+        <v>59</v>
+      </c>
+      <c r="AA22" s="28">
+        <v>46</v>
+      </c>
+      <c r="AB22" s="28">
+        <v>60</v>
+      </c>
+      <c r="AC22" s="8">
+        <v>54</v>
+      </c>
+      <c r="AD22" s="13">
+        <v>47</v>
+      </c>
+      <c r="AE22" s="28">
+        <v>35</v>
+      </c>
+      <c r="AF22" s="28">
+        <v>38</v>
+      </c>
+      <c r="AG22" s="8">
+        <v>57</v>
+      </c>
+      <c r="AH22" s="13">
+        <v>47</v>
+      </c>
+      <c r="AI22" s="28">
+        <v>56</v>
+      </c>
+      <c r="AJ22" s="28">
+        <v>64</v>
+      </c>
+      <c r="AK22" s="8">
+        <v>72</v>
+      </c>
+      <c r="AL22" s="13">
+        <v>62</v>
+      </c>
+      <c r="AM22" s="28">
+        <v>35</v>
+      </c>
+      <c r="AN22" s="28">
+        <v>62</v>
+      </c>
+      <c r="AO22" s="8">
+        <v>35</v>
+      </c>
+      <c r="AP22" s="13">
+        <v>37</v>
+      </c>
+      <c r="AQ22" s="28">
+        <v>15</v>
+      </c>
+      <c r="AR22" s="28">
+        <v>4</v>
+      </c>
+      <c r="AS22" s="8">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23" spans="1:45">
+      <c r="A23" t="s">
+        <v>100</v>
+      </c>
+      <c r="B23" s="13">
+        <v>93</v>
+      </c>
+      <c r="C23" s="28">
+        <v>110</v>
+      </c>
+      <c r="D23" s="28">
+        <v>170</v>
+      </c>
+      <c r="E23" s="28">
+        <v>205</v>
+      </c>
+      <c r="F23" s="13">
+        <v>113</v>
+      </c>
+      <c r="G23" s="28">
+        <v>111</v>
+      </c>
+      <c r="H23" s="28">
+        <v>128</v>
+      </c>
+      <c r="I23" s="8">
+        <v>153</v>
+      </c>
+      <c r="J23" s="13">
+        <v>141</v>
+      </c>
+      <c r="K23" s="28">
+        <v>159</v>
+      </c>
+      <c r="L23" s="28">
+        <v>109</v>
+      </c>
+      <c r="M23" s="8">
         <v>152</v>
       </c>
-      <c r="C13" s="40">
+      <c r="N23" s="13">
+        <v>97</v>
+      </c>
+      <c r="O23" s="28">
+        <v>125</v>
+      </c>
+      <c r="P23" s="28">
+        <v>93</v>
+      </c>
+      <c r="Q23" s="8">
+        <v>132</v>
+      </c>
+      <c r="R23" s="13">
+        <v>180</v>
+      </c>
+      <c r="S23" s="28">
+        <v>110</v>
+      </c>
+      <c r="T23" s="28">
+        <v>81</v>
+      </c>
+      <c r="U23" s="8">
+        <v>105</v>
+      </c>
+      <c r="V23" s="13">
+        <v>95</v>
+      </c>
+      <c r="W23" s="28">
+        <v>83</v>
+      </c>
+      <c r="X23" s="28">
+        <v>95</v>
+      </c>
+      <c r="Y23" s="8">
+        <v>113</v>
+      </c>
+      <c r="Z23" s="13">
+        <v>69</v>
+      </c>
+      <c r="AA23" s="28">
+        <v>79</v>
+      </c>
+      <c r="AB23" s="28">
+        <v>103</v>
+      </c>
+      <c r="AC23" s="8">
+        <v>122</v>
+      </c>
+      <c r="AD23" s="13">
+        <v>91</v>
+      </c>
+      <c r="AE23" s="28">
+        <v>97</v>
+      </c>
+      <c r="AF23" s="28">
+        <v>85</v>
+      </c>
+      <c r="AG23" s="8">
+        <v>88</v>
+      </c>
+      <c r="AH23" s="13">
+        <v>77</v>
+      </c>
+      <c r="AI23" s="28">
+        <v>114</v>
+      </c>
+      <c r="AJ23" s="28">
+        <v>103</v>
+      </c>
+      <c r="AK23" s="8">
+        <v>90</v>
+      </c>
+      <c r="AL23" s="13">
+        <v>67</v>
+      </c>
+      <c r="AM23" s="28">
+        <v>71</v>
+      </c>
+      <c r="AN23" s="28">
+        <v>71</v>
+      </c>
+      <c r="AO23" s="8">
+        <v>60</v>
+      </c>
+      <c r="AP23" s="13">
+        <v>46</v>
+      </c>
+      <c r="AQ23" s="28">
+        <v>14</v>
+      </c>
+      <c r="AR23" s="28">
+        <v>16</v>
+      </c>
+      <c r="AS23" s="8">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="24" spans="1:45">
+      <c r="A24" t="s">
+        <v>101</v>
+      </c>
+      <c r="B24" s="13">
+        <v>41</v>
+      </c>
+      <c r="C24" s="28">
+        <v>46</v>
+      </c>
+      <c r="D24" s="28">
+        <v>45</v>
+      </c>
+      <c r="E24" s="28">
+        <v>64</v>
+      </c>
+      <c r="F24" s="13">
+        <v>46</v>
+      </c>
+      <c r="G24" s="28">
+        <v>55</v>
+      </c>
+      <c r="H24" s="28">
+        <v>42</v>
+      </c>
+      <c r="I24" s="8">
+        <v>65</v>
+      </c>
+      <c r="J24" s="13">
+        <v>52</v>
+      </c>
+      <c r="K24" s="28">
+        <v>49</v>
+      </c>
+      <c r="L24" s="28">
+        <v>48</v>
+      </c>
+      <c r="M24" s="8">
+        <v>44</v>
+      </c>
+      <c r="N24" s="13">
+        <v>39</v>
+      </c>
+      <c r="O24" s="28">
+        <v>38</v>
+      </c>
+      <c r="P24" s="28">
+        <v>37</v>
+      </c>
+      <c r="Q24" s="8">
+        <v>40</v>
+      </c>
+      <c r="R24" s="13">
+        <v>40</v>
+      </c>
+      <c r="S24" s="28">
+        <v>40</v>
+      </c>
+      <c r="T24" s="28">
+        <v>46</v>
+      </c>
+      <c r="U24" s="8">
+        <v>51</v>
+      </c>
+      <c r="V24" s="13">
+        <v>31</v>
+      </c>
+      <c r="W24" s="28">
+        <v>49</v>
+      </c>
+      <c r="X24" s="28">
+        <v>44</v>
+      </c>
+      <c r="Y24" s="8">
+        <v>45</v>
+      </c>
+      <c r="Z24" s="13">
+        <v>36</v>
+      </c>
+      <c r="AA24" s="28">
+        <v>25</v>
+      </c>
+      <c r="AB24" s="28">
+        <v>42</v>
+      </c>
+      <c r="AC24" s="8">
+        <v>53</v>
+      </c>
+      <c r="AD24" s="13">
+        <v>28</v>
+      </c>
+      <c r="AE24" s="28">
+        <v>29</v>
+      </c>
+      <c r="AF24" s="28">
+        <v>42</v>
+      </c>
+      <c r="AG24" s="8">
+        <v>43</v>
+      </c>
+      <c r="AH24" s="13">
+        <v>37</v>
+      </c>
+      <c r="AI24" s="28">
+        <v>51</v>
+      </c>
+      <c r="AJ24" s="28">
+        <v>53</v>
+      </c>
+      <c r="AK24" s="8">
+        <v>52</v>
+      </c>
+      <c r="AL24" s="13">
+        <v>24</v>
+      </c>
+      <c r="AM24" s="28">
+        <v>39</v>
+      </c>
+      <c r="AN24" s="28">
+        <v>37</v>
+      </c>
+      <c r="AO24" s="8">
+        <v>47</v>
+      </c>
+      <c r="AP24" s="13">
+        <v>36</v>
+      </c>
+      <c r="AQ24" s="28">
+        <v>15</v>
+      </c>
+      <c r="AR24" s="28">
+        <v>13</v>
+      </c>
+      <c r="AS24" s="8">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:45">
+      <c r="A25" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" s="13">
+        <v>30</v>
+      </c>
+      <c r="C25" s="28">
+        <v>49</v>
+      </c>
+      <c r="D25" s="28">
+        <v>71</v>
+      </c>
+      <c r="E25" s="28">
+        <v>113</v>
+      </c>
+      <c r="F25" s="13">
+        <v>57</v>
+      </c>
+      <c r="G25" s="28">
+        <v>54</v>
+      </c>
+      <c r="H25" s="28">
+        <v>44</v>
+      </c>
+      <c r="I25" s="8">
+        <v>73</v>
+      </c>
+      <c r="J25" s="13">
+        <v>34</v>
+      </c>
+      <c r="K25" s="28">
+        <v>26</v>
+      </c>
+      <c r="L25" s="28">
+        <v>32</v>
+      </c>
+      <c r="M25" s="8">
+        <v>43</v>
+      </c>
+      <c r="N25" s="13">
+        <v>28</v>
+      </c>
+      <c r="O25" s="28">
+        <v>25</v>
+      </c>
+      <c r="P25" s="28">
+        <v>28</v>
+      </c>
+      <c r="Q25" s="8">
+        <v>38</v>
+      </c>
+      <c r="R25" s="13">
+        <v>27</v>
+      </c>
+      <c r="S25" s="28">
+        <v>38</v>
+      </c>
+      <c r="T25" s="28">
+        <v>19</v>
+      </c>
+      <c r="U25" s="8">
+        <v>29</v>
+      </c>
+      <c r="V25" s="13">
+        <v>30</v>
+      </c>
+      <c r="W25" s="28">
+        <v>29</v>
+      </c>
+      <c r="X25" s="28">
+        <v>33</v>
+      </c>
+      <c r="Y25" s="8">
+        <v>46</v>
+      </c>
+      <c r="Z25" s="13">
+        <v>19</v>
+      </c>
+      <c r="AA25" s="28">
+        <v>24</v>
+      </c>
+      <c r="AB25" s="28">
+        <v>30</v>
+      </c>
+      <c r="AC25" s="8">
+        <v>42</v>
+      </c>
+      <c r="AD25" s="13">
+        <v>29</v>
+      </c>
+      <c r="AE25" s="28">
+        <v>28</v>
+      </c>
+      <c r="AF25" s="28">
+        <v>27</v>
+      </c>
+      <c r="AG25" s="8">
+        <v>33</v>
+      </c>
+      <c r="AH25" s="13">
+        <v>23</v>
+      </c>
+      <c r="AI25" s="28">
+        <v>32</v>
+      </c>
+      <c r="AJ25" s="28">
+        <v>35</v>
+      </c>
+      <c r="AK25" s="8">
+        <v>62</v>
+      </c>
+      <c r="AL25" s="13">
+        <v>42</v>
+      </c>
+      <c r="AM25" s="28">
+        <v>19</v>
+      </c>
+      <c r="AN25" s="28">
+        <v>41</v>
+      </c>
+      <c r="AO25" s="8">
+        <v>26</v>
+      </c>
+      <c r="AP25" s="13">
+        <v>17</v>
+      </c>
+      <c r="AQ25" s="28">
+        <v>8</v>
+      </c>
+      <c r="AR25" s="28">
+        <v>7</v>
+      </c>
+      <c r="AS25" s="8">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="26" spans="1:45">
+      <c r="A26" t="s">
+        <v>103</v>
+      </c>
+      <c r="B26" s="13">
+        <v>2</v>
+      </c>
+      <c r="C26" s="28">
+        <v>8</v>
+      </c>
+      <c r="D26" s="28">
+        <v>6</v>
+      </c>
+      <c r="E26" s="28">
+        <v>5</v>
+      </c>
+      <c r="F26" s="13">
+        <v>1</v>
+      </c>
+      <c r="G26" s="28">
+        <v>6</v>
+      </c>
+      <c r="H26" s="28">
+        <v>4</v>
+      </c>
+      <c r="I26" s="8">
+        <v>6</v>
+      </c>
+      <c r="J26" s="13">
+        <v>5</v>
+      </c>
+      <c r="K26" s="28">
+        <v>5</v>
+      </c>
+      <c r="L26" s="28">
+        <v>8</v>
+      </c>
+      <c r="M26" s="8">
+        <v>3</v>
+      </c>
+      <c r="N26" s="13">
+        <v>5</v>
+      </c>
+      <c r="O26" s="28">
+        <v>6</v>
+      </c>
+      <c r="P26" s="28">
+        <v>3</v>
+      </c>
+      <c r="Q26" s="8">
+        <v>6</v>
+      </c>
+      <c r="R26" s="13">
+        <v>6</v>
+      </c>
+      <c r="S26" s="28">
+        <v>3</v>
+      </c>
+      <c r="T26" s="28">
+        <v>3</v>
+      </c>
+      <c r="U26" s="8">
+        <v>1</v>
+      </c>
+      <c r="V26" s="13">
+        <v>7</v>
+      </c>
+      <c r="W26" s="28">
+        <v>7</v>
+      </c>
+      <c r="X26" s="28">
+        <v>8</v>
+      </c>
+      <c r="Y26" s="8">
+        <v>14</v>
+      </c>
+      <c r="Z26" s="13">
+        <v>3</v>
+      </c>
+      <c r="AA26" s="28">
+        <v>7</v>
+      </c>
+      <c r="AB26" s="28">
+        <v>0</v>
+      </c>
+      <c r="AC26" s="8">
+        <v>5</v>
+      </c>
+      <c r="AD26" s="13">
+        <v>5</v>
+      </c>
+      <c r="AE26" s="28">
+        <v>5</v>
+      </c>
+      <c r="AF26" s="28">
+        <v>5</v>
+      </c>
+      <c r="AG26" s="8">
+        <v>3</v>
+      </c>
+      <c r="AH26" s="13">
+        <v>2</v>
+      </c>
+      <c r="AI26" s="28">
+        <v>3</v>
+      </c>
+      <c r="AJ26" s="28">
+        <v>4</v>
+      </c>
+      <c r="AK26" s="8">
+        <v>6</v>
+      </c>
+      <c r="AL26" s="13">
+        <v>9</v>
+      </c>
+      <c r="AM26" s="28">
+        <v>2</v>
+      </c>
+      <c r="AN26" s="28">
+        <v>1</v>
+      </c>
+      <c r="AO26" s="8">
+        <v>6</v>
+      </c>
+      <c r="AP26" s="13">
+        <v>3</v>
+      </c>
+      <c r="AQ26" s="28">
+        <v>1</v>
+      </c>
+      <c r="AR26" s="28">
+        <v>1</v>
+      </c>
+      <c r="AS26" s="8">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="27" spans="1:45">
+      <c r="A27" t="s">
+        <v>104</v>
+      </c>
+      <c r="B27" s="13">
+        <v>6</v>
+      </c>
+      <c r="C27" s="28">
+        <v>10</v>
+      </c>
+      <c r="D27" s="28">
+        <v>8</v>
+      </c>
+      <c r="E27" s="28">
+        <v>11</v>
+      </c>
+      <c r="F27" s="13">
+        <v>12</v>
+      </c>
+      <c r="G27" s="28">
+        <v>4</v>
+      </c>
+      <c r="H27" s="28">
+        <v>7</v>
+      </c>
+      <c r="I27" s="8">
+        <v>15</v>
+      </c>
+      <c r="J27" s="13">
+        <v>7</v>
+      </c>
+      <c r="K27" s="28">
+        <v>8</v>
+      </c>
+      <c r="L27" s="28">
+        <v>8</v>
+      </c>
+      <c r="M27" s="8">
+        <v>22</v>
+      </c>
+      <c r="N27" s="13">
+        <v>11</v>
+      </c>
+      <c r="O27" s="28">
+        <v>15</v>
+      </c>
+      <c r="P27" s="28">
+        <v>15</v>
+      </c>
+      <c r="Q27" s="8">
+        <v>8</v>
+      </c>
+      <c r="R27" s="13">
+        <v>9</v>
+      </c>
+      <c r="S27" s="28">
+        <v>7</v>
+      </c>
+      <c r="T27" s="28">
+        <v>7</v>
+      </c>
+      <c r="U27" s="8">
+        <v>9</v>
+      </c>
+      <c r="V27" s="13">
+        <v>13</v>
+      </c>
+      <c r="W27" s="28">
+        <v>16</v>
+      </c>
+      <c r="X27" s="28">
+        <v>5</v>
+      </c>
+      <c r="Y27" s="8">
+        <v>7</v>
+      </c>
+      <c r="Z27" s="13">
+        <v>10</v>
+      </c>
+      <c r="AA27" s="28">
+        <v>6</v>
+      </c>
+      <c r="AB27" s="28">
+        <v>14</v>
+      </c>
+      <c r="AC27" s="8">
+        <v>14</v>
+      </c>
+      <c r="AD27" s="13">
+        <v>13</v>
+      </c>
+      <c r="AE27" s="28">
+        <v>13</v>
+      </c>
+      <c r="AF27" s="28">
+        <v>10</v>
+      </c>
+      <c r="AG27" s="8">
+        <v>6</v>
+      </c>
+      <c r="AH27" s="13">
+        <v>17</v>
+      </c>
+      <c r="AI27" s="28">
+        <v>17</v>
+      </c>
+      <c r="AJ27" s="28">
+        <v>14</v>
+      </c>
+      <c r="AK27" s="8">
+        <v>22</v>
+      </c>
+      <c r="AL27" s="13">
+        <v>14</v>
+      </c>
+      <c r="AM27" s="28">
+        <v>13</v>
+      </c>
+      <c r="AN27" s="28">
+        <v>14</v>
+      </c>
+      <c r="AO27" s="8">
+        <v>10</v>
+      </c>
+      <c r="AP27" s="13">
+        <v>5</v>
+      </c>
+      <c r="AQ27" s="28">
+        <v>3</v>
+      </c>
+      <c r="AR27" s="28">
+        <v>9</v>
+      </c>
+      <c r="AS27" s="8">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="28" spans="1:45">
+      <c r="A28" t="s">
+        <v>105</v>
+      </c>
+      <c r="B28" s="15">
+        <v>0</v>
+      </c>
+      <c r="C28" s="6">
+        <v>1</v>
+      </c>
+      <c r="D28" s="6">
+        <v>1</v>
+      </c>
+      <c r="E28" s="6">
+        <v>1</v>
+      </c>
+      <c r="F28" s="15">
+        <v>1</v>
+      </c>
+      <c r="G28" s="6">
+        <v>1</v>
+      </c>
+      <c r="H28" s="28">
+        <v>2</v>
+      </c>
+      <c r="I28" s="8">
+        <v>0</v>
+      </c>
+      <c r="J28" s="15">
+        <v>1</v>
+      </c>
+      <c r="K28" s="6">
+        <v>0</v>
+      </c>
+      <c r="L28" s="28">
+        <v>0</v>
+      </c>
+      <c r="M28" s="8">
+        <v>1</v>
+      </c>
+      <c r="N28" s="15">
+        <v>0</v>
+      </c>
+      <c r="O28" s="6">
+        <v>1</v>
+      </c>
+      <c r="P28" s="28">
+        <v>2</v>
+      </c>
+      <c r="Q28" s="8">
+        <v>3</v>
+      </c>
+      <c r="R28" s="15">
+        <v>0</v>
+      </c>
+      <c r="S28" s="6">
+        <v>2</v>
+      </c>
+      <c r="T28" s="28">
+        <v>1</v>
+      </c>
+      <c r="U28" s="8">
+        <v>0</v>
+      </c>
+      <c r="V28" s="15">
+        <v>0</v>
+      </c>
+      <c r="W28" s="6">
+        <v>2</v>
+      </c>
+      <c r="X28" s="28">
+        <v>0</v>
+      </c>
+      <c r="Y28" s="8">
+        <v>1</v>
+      </c>
+      <c r="Z28" s="15">
+        <v>0</v>
+      </c>
+      <c r="AA28" s="6">
+        <v>1</v>
+      </c>
+      <c r="AB28" s="28">
+        <v>1</v>
+      </c>
+      <c r="AC28" s="8">
+        <v>0</v>
+      </c>
+      <c r="AD28" s="15">
+        <v>1</v>
+      </c>
+      <c r="AE28" s="6">
+        <v>0</v>
+      </c>
+      <c r="AF28" s="28">
+        <v>0</v>
+      </c>
+      <c r="AG28" s="8">
+        <v>0</v>
+      </c>
+      <c r="AH28" s="15">
+        <v>1</v>
+      </c>
+      <c r="AI28" s="6">
+        <v>1</v>
+      </c>
+      <c r="AJ28" s="28">
+        <v>1</v>
+      </c>
+      <c r="AK28" s="8">
+        <v>1</v>
+      </c>
+      <c r="AL28" s="15">
+        <v>0</v>
+      </c>
+      <c r="AM28" s="6">
+        <v>0</v>
+      </c>
+      <c r="AN28" s="28">
+        <v>2</v>
+      </c>
+      <c r="AO28" s="8">
+        <v>0</v>
+      </c>
+      <c r="AP28" s="15">
+        <v>0</v>
+      </c>
+      <c r="AQ28" s="6">
+        <v>0</v>
+      </c>
+      <c r="AR28" s="28">
+        <v>0</v>
+      </c>
+      <c r="AS28" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:45">
+      <c r="A29" t="s">
+        <v>106</v>
+      </c>
+      <c r="B29" s="15">
+        <v>0</v>
+      </c>
+      <c r="C29" s="6">
+        <v>0</v>
+      </c>
+      <c r="D29" s="6">
+        <v>0</v>
+      </c>
+      <c r="E29" s="6">
+        <v>0</v>
+      </c>
+      <c r="F29" s="15">
+        <v>0</v>
+      </c>
+      <c r="G29" s="6">
+        <v>0</v>
+      </c>
+      <c r="H29" s="6">
+        <v>0</v>
+      </c>
+      <c r="I29" s="26">
+        <v>0</v>
+      </c>
+      <c r="J29" s="15">
+        <v>0</v>
+      </c>
+      <c r="K29" s="6">
+        <v>0</v>
+      </c>
+      <c r="L29" s="6">
+        <v>0</v>
+      </c>
+      <c r="M29" s="26">
+        <v>0</v>
+      </c>
+      <c r="N29" s="15">
+        <v>0</v>
+      </c>
+      <c r="O29" s="6">
+        <v>0</v>
+      </c>
+      <c r="P29" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="26">
+        <v>0</v>
+      </c>
+      <c r="R29" s="15">
+        <v>0</v>
+      </c>
+      <c r="S29" s="6">
+        <v>0</v>
+      </c>
+      <c r="T29" s="6">
+        <v>1</v>
+      </c>
+      <c r="U29" s="26">
+        <v>0</v>
+      </c>
+      <c r="V29" s="15">
+        <v>0</v>
+      </c>
+      <c r="W29" s="6">
+        <v>1</v>
+      </c>
+      <c r="X29" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y29" s="26">
+        <v>1</v>
+      </c>
+      <c r="Z29" s="15">
+        <v>0</v>
+      </c>
+      <c r="AA29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AB29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AC29" s="26">
+        <v>0</v>
+      </c>
+      <c r="AD29" s="15">
+        <v>0</v>
+      </c>
+      <c r="AE29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AF29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AG29" s="26">
+        <v>0</v>
+      </c>
+      <c r="AH29" s="15">
+        <v>0</v>
+      </c>
+      <c r="AI29" s="6">
+        <v>1</v>
+      </c>
+      <c r="AJ29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AK29" s="26">
+        <v>0</v>
+      </c>
+      <c r="AL29" s="15">
+        <v>0</v>
+      </c>
+      <c r="AM29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AN29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AO29" s="26">
+        <v>0</v>
+      </c>
+      <c r="AP29" s="15">
+        <v>0</v>
+      </c>
+      <c r="AQ29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AR29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AS29" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:45">
+      <c r="A30" s="73" t="s">
+        <v>96</v>
+      </c>
+      <c r="B30" s="74">
+        <v>487</v>
+      </c>
+      <c r="C30" s="75">
+        <v>596</v>
+      </c>
+      <c r="D30" s="75">
+        <v>814</v>
+      </c>
+      <c r="E30" s="75">
+        <v>1098</v>
+      </c>
+      <c r="F30" s="74">
+        <v>651</v>
+      </c>
+      <c r="G30" s="75">
+        <v>669</v>
+      </c>
+      <c r="H30" s="75">
+        <v>738</v>
+      </c>
+      <c r="I30" s="76">
+        <v>1143</v>
+      </c>
+      <c r="J30" s="74">
+        <v>624</v>
+      </c>
+      <c r="K30" s="75">
+        <v>762</v>
+      </c>
+      <c r="L30" s="75">
+        <v>718</v>
+      </c>
+      <c r="M30" s="76">
+        <v>873</v>
+      </c>
+      <c r="N30" s="74">
+        <v>603</v>
+      </c>
+      <c r="O30" s="75">
+        <v>594</v>
+      </c>
+      <c r="P30" s="75">
+        <v>623</v>
+      </c>
+      <c r="Q30" s="76">
+        <v>888</v>
+      </c>
+      <c r="R30" s="74">
+        <v>703</v>
+      </c>
+      <c r="S30" s="75">
+        <v>608</v>
+      </c>
+      <c r="T30" s="75">
+        <v>595</v>
+      </c>
+      <c r="U30" s="76">
+        <v>857</v>
+      </c>
+      <c r="V30" s="74">
+        <v>584</v>
+      </c>
+      <c r="W30" s="75">
+        <v>543</v>
+      </c>
+      <c r="X30" s="75">
+        <v>585</v>
+      </c>
+      <c r="Y30" s="76">
+        <v>628</v>
+      </c>
+      <c r="Z30" s="74">
+        <v>512</v>
+      </c>
+      <c r="AA30" s="75">
+        <v>451</v>
+      </c>
+      <c r="AB30" s="75">
+        <v>613</v>
+      </c>
+      <c r="AC30" s="76">
+        <v>740</v>
+      </c>
+      <c r="AD30" s="74">
+        <v>494</v>
+      </c>
+      <c r="AE30" s="75">
+        <v>494</v>
+      </c>
+      <c r="AF30" s="75">
+        <v>567</v>
+      </c>
+      <c r="AG30" s="76">
+        <v>627</v>
+      </c>
+      <c r="AH30" s="74">
+        <v>505</v>
+      </c>
+      <c r="AI30" s="75">
+        <v>752</v>
+      </c>
+      <c r="AJ30" s="75">
+        <v>780</v>
+      </c>
+      <c r="AK30" s="76">
+        <v>854</v>
+      </c>
+      <c r="AL30" s="74">
+        <v>643</v>
+      </c>
+      <c r="AM30" s="75">
+        <v>540</v>
+      </c>
+      <c r="AN30" s="75">
+        <v>645</v>
+      </c>
+      <c r="AO30" s="76">
+        <v>559</v>
+      </c>
+      <c r="AP30" s="74">
+        <v>385</v>
+      </c>
+      <c r="AQ30" s="75">
+        <v>178</v>
+      </c>
+      <c r="AR30" s="75">
+        <v>99</v>
+      </c>
+      <c r="AS30" s="76">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="31" spans="1:45">
+      <c r="B31" s="13"/>
+      <c r="C31" s="28"/>
+      <c r="D31" s="28"/>
+      <c r="E31" s="28"/>
+      <c r="F31" s="13"/>
+      <c r="G31" s="28"/>
+      <c r="H31" s="28"/>
+      <c r="I31" s="8"/>
+      <c r="J31" s="13"/>
+      <c r="K31" s="28"/>
+      <c r="L31" s="28"/>
+      <c r="M31" s="8"/>
+      <c r="N31" s="13"/>
+      <c r="O31" s="28"/>
+      <c r="P31" s="28"/>
+      <c r="Q31" s="8"/>
+      <c r="R31" s="13"/>
+      <c r="S31" s="28"/>
+      <c r="T31" s="28"/>
+      <c r="U31" s="8"/>
+      <c r="V31" s="13"/>
+      <c r="W31" s="28"/>
+      <c r="X31" s="28"/>
+      <c r="Y31" s="8"/>
+      <c r="Z31" s="13"/>
+      <c r="AA31" s="28"/>
+      <c r="AB31" s="28"/>
+      <c r="AC31" s="8"/>
+      <c r="AD31" s="13"/>
+      <c r="AE31" s="28"/>
+      <c r="AF31" s="28"/>
+      <c r="AG31" s="8"/>
+      <c r="AH31" s="13"/>
+      <c r="AI31" s="28"/>
+      <c r="AJ31" s="28"/>
+      <c r="AK31" s="8"/>
+      <c r="AL31" s="13"/>
+      <c r="AM31" s="28"/>
+      <c r="AN31" s="28"/>
+      <c r="AO31" s="8"/>
+      <c r="AP31" s="13"/>
+      <c r="AQ31" s="28"/>
+      <c r="AR31" s="28"/>
+      <c r="AS31" s="8"/>
+    </row>
+    <row r="32" spans="1:45" ht="15.75" customHeight="1">
+      <c r="A32" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="B32" s="22"/>
+      <c r="C32" s="23"/>
+      <c r="D32" s="23"/>
+      <c r="E32" s="23"/>
+      <c r="F32" s="22"/>
+      <c r="G32" s="23"/>
+      <c r="H32" s="23"/>
+      <c r="I32" s="25"/>
+      <c r="J32" s="22"/>
+      <c r="K32" s="23"/>
+      <c r="L32" s="23"/>
+      <c r="M32" s="25"/>
+      <c r="N32" s="22"/>
+      <c r="O32" s="23"/>
+      <c r="P32" s="23"/>
+      <c r="Q32" s="25"/>
+      <c r="R32" s="22"/>
+      <c r="S32" s="23"/>
+      <c r="T32" s="23"/>
+      <c r="U32" s="25"/>
+      <c r="V32" s="22"/>
+      <c r="W32" s="23"/>
+      <c r="X32" s="23"/>
+      <c r="Y32" s="25"/>
+      <c r="Z32" s="22"/>
+      <c r="AA32" s="23"/>
+      <c r="AB32" s="23"/>
+      <c r="AC32" s="25"/>
+      <c r="AD32" s="22"/>
+      <c r="AE32" s="23"/>
+      <c r="AF32" s="23"/>
+      <c r="AG32" s="25"/>
+      <c r="AH32" s="22"/>
+      <c r="AI32" s="23"/>
+      <c r="AJ32" s="23"/>
+      <c r="AK32" s="25"/>
+      <c r="AL32" s="22"/>
+      <c r="AM32" s="23"/>
+      <c r="AN32" s="23"/>
+      <c r="AO32" s="25"/>
+      <c r="AP32" s="22"/>
+      <c r="AQ32" s="23"/>
+      <c r="AR32" s="23"/>
+      <c r="AS32" s="25"/>
+    </row>
+    <row r="33" spans="1:45">
+      <c r="A33" t="s">
+        <v>91</v>
+      </c>
+      <c r="B33" s="13">
+        <v>3772</v>
+      </c>
+      <c r="C33" s="28">
+        <v>5142</v>
+      </c>
+      <c r="D33" s="28">
+        <v>6878.2</v>
+      </c>
+      <c r="E33" s="28">
+        <v>13392</v>
+      </c>
+      <c r="F33" s="13">
+        <v>7814</v>
+      </c>
+      <c r="G33" s="28">
+        <v>7003.8</v>
+      </c>
+      <c r="H33" s="28">
+        <v>8962.9</v>
+      </c>
+      <c r="I33" s="8">
+        <v>15067</v>
+      </c>
+      <c r="J33" s="13">
+        <v>5291.8</v>
+      </c>
+      <c r="K33" s="28">
+        <v>7643.7</v>
+      </c>
+      <c r="L33" s="28">
+        <v>7647.4</v>
+      </c>
+      <c r="M33" s="8">
+        <v>9546</v>
+      </c>
+      <c r="N33" s="13">
+        <v>5706.1</v>
+      </c>
+      <c r="O33" s="28">
+        <v>5019.8</v>
+      </c>
+      <c r="P33" s="28">
+        <v>6500.1</v>
+      </c>
+      <c r="Q33" s="8">
+        <v>11511.1</v>
+      </c>
+      <c r="R33" s="13">
+        <v>6841.1</v>
+      </c>
+      <c r="S33" s="28">
+        <v>5779.4</v>
+      </c>
+      <c r="T33" s="28">
+        <v>6613.5</v>
+      </c>
+      <c r="U33" s="8">
+        <v>13117.1</v>
+      </c>
+      <c r="V33" s="13">
+        <v>6057.4</v>
+      </c>
+      <c r="W33" s="28">
+        <v>4770</v>
+      </c>
+      <c r="X33" s="28">
+        <v>5309.1</v>
+      </c>
+      <c r="Y33" s="8">
+        <v>5560.9</v>
+      </c>
+      <c r="Z33" s="13">
+        <v>4791.7</v>
+      </c>
+      <c r="AA33" s="28">
+        <v>3796.9</v>
+      </c>
+      <c r="AB33" s="28">
+        <v>5191.5</v>
+      </c>
+      <c r="AC33" s="8">
+        <v>6469.9</v>
+      </c>
+      <c r="AD33" s="13">
+        <v>3406</v>
+      </c>
+      <c r="AE33" s="28">
+        <v>3269.3</v>
+      </c>
+      <c r="AF33" s="28">
+        <v>4432</v>
+      </c>
+      <c r="AG33" s="8">
+        <v>5785.7</v>
+      </c>
+      <c r="AH33" s="13">
+        <v>3839.3</v>
+      </c>
+      <c r="AI33" s="28">
+        <v>7558</v>
+      </c>
+      <c r="AJ33" s="28">
+        <v>8316.2999999999993</v>
+      </c>
+      <c r="AK33" s="8">
+        <v>9037.6</v>
+      </c>
+      <c r="AL33" s="13">
+        <v>7412.8</v>
+      </c>
+      <c r="AM33" s="28">
+        <v>5534.6</v>
+      </c>
+      <c r="AN33" s="28">
+        <v>7961.8</v>
+      </c>
+      <c r="AO33" s="8">
+        <v>5875.4</v>
+      </c>
+      <c r="AP33" s="13">
+        <v>3875.1</v>
+      </c>
+      <c r="AQ33" s="28">
+        <v>2235.6</v>
+      </c>
+      <c r="AR33" s="28">
+        <v>755.1</v>
+      </c>
+      <c r="AS33" s="8">
+        <v>592.1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:45">
+      <c r="A34" t="s">
+        <v>92</v>
+      </c>
+      <c r="B34" s="13">
+        <v>4872</v>
+      </c>
+      <c r="C34" s="28">
+        <v>5761.2</v>
+      </c>
+      <c r="D34" s="28">
+        <v>8367</v>
+      </c>
+      <c r="E34" s="28">
+        <v>8646</v>
+      </c>
+      <c r="F34" s="13">
+        <v>5818.9</v>
+      </c>
+      <c r="G34" s="28">
+        <v>6164</v>
+      </c>
+      <c r="H34" s="28">
+        <v>6305.1</v>
+      </c>
+      <c r="I34" s="8">
+        <v>9795</v>
+      </c>
+      <c r="J34" s="13">
+        <v>6391.6</v>
+      </c>
+      <c r="K34" s="28">
+        <v>7366.2</v>
+      </c>
+      <c r="L34" s="28">
+        <v>7118</v>
+      </c>
+      <c r="M34" s="8">
+        <v>7654</v>
+      </c>
+      <c r="N34" s="13">
+        <v>6739.2</v>
+      </c>
+      <c r="O34" s="28">
+        <v>6775.7</v>
+      </c>
+      <c r="P34" s="28">
+        <v>7080.4</v>
+      </c>
+      <c r="Q34" s="8">
+        <v>10097.700000000001</v>
+      </c>
+      <c r="R34" s="13">
+        <v>7356</v>
+      </c>
+      <c r="S34" s="28">
+        <v>7660.6</v>
+      </c>
+      <c r="T34" s="28">
+        <v>7295.8</v>
+      </c>
+      <c r="U34" s="8">
+        <v>8243.2000000000007</v>
+      </c>
+      <c r="V34" s="13">
+        <v>6631.6</v>
+      </c>
+      <c r="W34" s="28">
+        <v>6288.2</v>
+      </c>
+      <c r="X34" s="28">
+        <v>7006.6</v>
+      </c>
+      <c r="Y34" s="8">
+        <v>7130.5</v>
+      </c>
+      <c r="Z34" s="13">
+        <v>5682.1</v>
+      </c>
+      <c r="AA34" s="28">
+        <v>5260.3</v>
+      </c>
+      <c r="AB34" s="28">
+        <v>8179.6</v>
+      </c>
+      <c r="AC34" s="8">
+        <v>10803.1</v>
+      </c>
+      <c r="AD34" s="13">
+        <v>6177</v>
+      </c>
+      <c r="AE34" s="28">
+        <v>6242.6</v>
+      </c>
+      <c r="AF34" s="28">
+        <v>7710.5</v>
+      </c>
+      <c r="AG34" s="8">
+        <v>8000.7</v>
+      </c>
+      <c r="AH34" s="13">
+        <v>6381.3</v>
+      </c>
+      <c r="AI34" s="28">
+        <v>10629.2</v>
+      </c>
+      <c r="AJ34" s="28">
+        <v>9608.9</v>
+      </c>
+      <c r="AK34" s="8">
+        <v>9981.2000000000007</v>
+      </c>
+      <c r="AL34" s="13">
+        <v>7410.6</v>
+      </c>
+      <c r="AM34" s="28">
+        <v>7033.1</v>
+      </c>
+      <c r="AN34" s="28">
+        <v>6960.3</v>
+      </c>
+      <c r="AO34" s="8">
+        <v>5931.6</v>
+      </c>
+      <c r="AP34" s="13">
+        <v>3585.2</v>
+      </c>
+      <c r="AQ34" s="28">
+        <v>1343.3</v>
+      </c>
+      <c r="AR34" s="28">
+        <v>870.5</v>
+      </c>
+      <c r="AS34" s="8">
+        <v>977.2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:45">
+      <c r="A35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B35" s="13">
+        <v>1621</v>
+      </c>
+      <c r="C35" s="28">
+        <v>2243.3000000000002</v>
+      </c>
+      <c r="D35" s="28">
+        <v>2445.8000000000002</v>
+      </c>
+      <c r="E35" s="28">
+        <v>3163</v>
+      </c>
+      <c r="F35" s="13">
+        <v>1645</v>
+      </c>
+      <c r="G35" s="28">
+        <v>2064.9</v>
+      </c>
+      <c r="H35" s="28">
+        <v>2273</v>
+      </c>
+      <c r="I35" s="8">
+        <v>4082</v>
+      </c>
+      <c r="J35" s="13">
+        <v>2652.6</v>
+      </c>
+      <c r="K35" s="28">
+        <v>2396.1999999999998</v>
+      </c>
+      <c r="L35" s="28">
+        <v>3047.8</v>
+      </c>
+      <c r="M35" s="8">
+        <v>2894</v>
+      </c>
+      <c r="N35" s="13">
+        <v>2380.9</v>
+      </c>
+      <c r="O35" s="28">
+        <v>1819.4</v>
+      </c>
+      <c r="P35" s="28">
+        <v>2269.4</v>
+      </c>
+      <c r="Q35" s="8">
+        <v>3721.1</v>
+      </c>
+      <c r="R35" s="13">
+        <v>3412.5</v>
+      </c>
+      <c r="S35" s="28">
+        <v>1896.5</v>
+      </c>
+      <c r="T35" s="28">
+        <v>1861.6</v>
+      </c>
+      <c r="U35" s="8">
+        <v>2644.2</v>
+      </c>
+      <c r="V35" s="13">
+        <v>1658.8</v>
+      </c>
+      <c r="W35" s="28">
+        <v>1327.1</v>
+      </c>
+      <c r="X35" s="28">
+        <v>1151.4000000000001</v>
+      </c>
+      <c r="Y35" s="8">
+        <v>2200.8000000000002</v>
+      </c>
+      <c r="Z35" s="13">
+        <v>1110.7</v>
+      </c>
+      <c r="AA35" s="28">
+        <v>816.2</v>
+      </c>
+      <c r="AB35" s="28">
+        <v>1603.2</v>
+      </c>
+      <c r="AC35" s="8">
+        <v>1676.4</v>
+      </c>
+      <c r="AD35" s="13">
+        <v>1153</v>
+      </c>
+      <c r="AE35" s="28">
+        <v>1231.3</v>
+      </c>
+      <c r="AF35" s="28">
+        <v>1194</v>
+      </c>
+      <c r="AG35" s="8">
+        <v>2394.8000000000002</v>
+      </c>
+      <c r="AH35" s="13">
+        <v>1512.3</v>
+      </c>
+      <c r="AI35" s="28">
+        <v>1767.8</v>
+      </c>
+      <c r="AJ35" s="28">
+        <v>2380.5</v>
+      </c>
+      <c r="AK35" s="8">
+        <v>3017.3</v>
+      </c>
+      <c r="AL35" s="13">
+        <v>1108.7</v>
+      </c>
+      <c r="AM35" s="28">
+        <v>901.2</v>
+      </c>
+      <c r="AN35" s="28">
+        <v>1265</v>
+      </c>
+      <c r="AO35" s="8">
+        <v>1649.6</v>
+      </c>
+      <c r="AP35" s="13">
+        <v>679.4</v>
+      </c>
+      <c r="AQ35" s="28">
+        <v>396</v>
+      </c>
+      <c r="AR35" s="28">
+        <v>135.19999999999999</v>
+      </c>
+      <c r="AS35" s="8">
+        <v>150.4</v>
+      </c>
+    </row>
+    <row r="36" spans="1:45">
+      <c r="A36" t="s">
+        <v>94</v>
+      </c>
+      <c r="B36" s="13">
+        <v>378</v>
+      </c>
+      <c r="C36" s="28">
+        <v>265.89999999999998</v>
+      </c>
+      <c r="D36" s="28">
+        <v>695.6</v>
+      </c>
+      <c r="E36" s="28">
+        <v>6898</v>
+      </c>
+      <c r="F36" s="13">
+        <v>500.9</v>
+      </c>
+      <c r="G36" s="28">
+        <v>405.8</v>
+      </c>
+      <c r="H36" s="28">
+        <v>350.1</v>
+      </c>
+      <c r="I36" s="8">
+        <v>1103</v>
+      </c>
+      <c r="J36" s="13">
+        <v>417.2</v>
+      </c>
+      <c r="K36" s="28">
+        <v>807.3</v>
+      </c>
+      <c r="L36" s="28">
+        <v>490.7</v>
+      </c>
+      <c r="M36" s="8">
+        <v>1831</v>
+      </c>
+      <c r="N36" s="13">
+        <v>348.8</v>
+      </c>
+      <c r="O36" s="28">
+        <v>432.4</v>
+      </c>
+      <c r="P36" s="28">
+        <v>661.2</v>
+      </c>
+      <c r="Q36" s="8">
+        <v>398.5</v>
+      </c>
+      <c r="R36" s="13">
+        <v>425.7</v>
+      </c>
+      <c r="S36" s="28">
+        <v>387.2</v>
+      </c>
+      <c r="T36" s="28">
+        <v>327.7</v>
+      </c>
+      <c r="U36" s="8">
+        <v>655.5</v>
+      </c>
+      <c r="V36" s="13">
+        <v>341.5</v>
+      </c>
+      <c r="W36" s="28">
+        <v>294.5</v>
+      </c>
+      <c r="X36" s="28">
+        <v>323.60000000000002</v>
+      </c>
+      <c r="Y36" s="8">
+        <v>695.5</v>
+      </c>
+      <c r="Z36" s="13">
+        <v>273.2</v>
+      </c>
+      <c r="AA36" s="28">
+        <v>388.8</v>
+      </c>
+      <c r="AB36" s="28">
+        <v>418.6</v>
+      </c>
+      <c r="AC36" s="8">
+        <v>635.29999999999995</v>
+      </c>
+      <c r="AD36" s="13">
+        <v>157</v>
+      </c>
+      <c r="AE36" s="28">
+        <v>627.6</v>
+      </c>
+      <c r="AF36" s="28">
+        <v>566.1</v>
+      </c>
+      <c r="AG36" s="8">
+        <v>255.1</v>
+      </c>
+      <c r="AH36" s="13">
+        <v>721.3</v>
+      </c>
+      <c r="AI36" s="28">
+        <v>457.1</v>
+      </c>
+      <c r="AJ36" s="28">
+        <v>317.8</v>
+      </c>
+      <c r="AK36" s="8">
+        <v>520.29999999999995</v>
+      </c>
+      <c r="AL36" s="13">
+        <v>364.7</v>
+      </c>
+      <c r="AM36" s="28">
+        <v>236.7</v>
+      </c>
+      <c r="AN36" s="28">
+        <v>630.1</v>
+      </c>
+      <c r="AO36" s="8">
+        <v>370.1</v>
+      </c>
+      <c r="AP36" s="13">
+        <v>352</v>
+      </c>
+      <c r="AQ36" s="28">
+        <v>122.9</v>
+      </c>
+      <c r="AR36" s="28">
+        <v>163.1</v>
+      </c>
+      <c r="AS36" s="8">
+        <v>132.1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:45">
+      <c r="A37" t="s">
+        <v>95</v>
+      </c>
+      <c r="B37" s="13">
+        <v>1260</v>
+      </c>
+      <c r="C37" s="28">
+        <v>1136.5999999999999</v>
+      </c>
+      <c r="D37" s="28">
+        <v>1713.6</v>
+      </c>
+      <c r="E37" s="28">
+        <v>2967</v>
+      </c>
+      <c r="F37" s="13">
+        <v>1170.5</v>
+      </c>
+      <c r="G37" s="28">
+        <v>2218.4</v>
+      </c>
+      <c r="H37" s="28">
+        <v>3406.4</v>
+      </c>
+      <c r="I37" s="8">
+        <v>1938</v>
+      </c>
+      <c r="J37" s="13">
+        <v>1510.6</v>
+      </c>
+      <c r="K37" s="28">
+        <v>1036.2</v>
+      </c>
+      <c r="L37" s="28">
+        <v>1484.8</v>
+      </c>
+      <c r="M37" s="8">
+        <v>3404</v>
+      </c>
+      <c r="N37" s="13">
+        <v>977.3</v>
+      </c>
+      <c r="O37" s="28">
+        <v>1163.5</v>
+      </c>
+      <c r="P37" s="28">
+        <v>1954.6</v>
+      </c>
+      <c r="Q37" s="8">
+        <v>3680.8</v>
+      </c>
+      <c r="R37" s="13">
+        <v>2704.2</v>
+      </c>
+      <c r="S37" s="28">
+        <v>2016.8</v>
+      </c>
+      <c r="T37" s="28">
+        <v>2299.4</v>
+      </c>
+      <c r="U37" s="8">
+        <v>5862</v>
+      </c>
+      <c r="V37" s="13">
+        <v>3093.8</v>
+      </c>
+      <c r="W37" s="28">
+        <v>1430.2</v>
+      </c>
+      <c r="X37" s="28">
+        <v>3175.5</v>
+      </c>
+      <c r="Y37" s="8">
+        <v>4755.7</v>
+      </c>
+      <c r="Z37" s="13">
+        <v>3121.9</v>
+      </c>
+      <c r="AA37" s="28">
+        <v>2927.3</v>
+      </c>
+      <c r="AB37" s="28">
+        <v>3565.1</v>
+      </c>
+      <c r="AC37" s="8">
+        <v>5495.8</v>
+      </c>
+      <c r="AD37" s="13">
+        <v>1582</v>
+      </c>
+      <c r="AE37" s="28">
+        <v>2168.6</v>
+      </c>
+      <c r="AF37" s="28">
+        <v>3902.9</v>
+      </c>
+      <c r="AG37" s="8">
+        <v>3833.2</v>
+      </c>
+      <c r="AH37" s="13">
+        <v>2144.9</v>
+      </c>
+      <c r="AI37" s="28">
+        <v>4799.5</v>
+      </c>
+      <c r="AJ37" s="28">
+        <v>4868.6000000000004</v>
+      </c>
+      <c r="AK37" s="8">
+        <v>3620.9</v>
+      </c>
+      <c r="AL37" s="13">
+        <v>2507</v>
+      </c>
+      <c r="AM37" s="28">
+        <v>2744.2</v>
+      </c>
+      <c r="AN37" s="28">
+        <v>3719.8</v>
+      </c>
+      <c r="AO37" s="8">
+        <v>4239.3999999999996</v>
+      </c>
+      <c r="AP37" s="13">
+        <v>2238.4</v>
+      </c>
+      <c r="AQ37" s="28">
+        <v>602.5</v>
+      </c>
+      <c r="AR37" s="28">
+        <v>487.8</v>
+      </c>
+      <c r="AS37" s="8">
+        <v>6636</v>
+      </c>
+    </row>
+    <row r="38" spans="1:45">
+      <c r="A38" s="73" t="s">
+        <v>96</v>
+      </c>
+      <c r="B38" s="74">
+        <v>11904</v>
+      </c>
+      <c r="C38" s="75">
+        <v>14548.9</v>
+      </c>
+      <c r="D38" s="75">
+        <v>20100.099999999999</v>
+      </c>
+      <c r="E38" s="75">
+        <v>35066</v>
+      </c>
+      <c r="F38" s="74">
+        <v>16949.3</v>
+      </c>
+      <c r="G38" s="75">
+        <v>17856.900000000001</v>
+      </c>
+      <c r="H38" s="75">
+        <v>21297.4</v>
+      </c>
+      <c r="I38" s="76">
+        <v>31985</v>
+      </c>
+      <c r="J38" s="74">
+        <v>16263.8</v>
+      </c>
+      <c r="K38" s="75">
+        <v>19249.599999999999</v>
+      </c>
+      <c r="L38" s="75">
+        <v>19788.599999999999</v>
+      </c>
+      <c r="M38" s="76">
+        <v>25330</v>
+      </c>
+      <c r="N38" s="74">
+        <v>16152.3</v>
+      </c>
+      <c r="O38" s="75">
+        <v>15210.9</v>
+      </c>
+      <c r="P38" s="75">
+        <v>18465.7</v>
+      </c>
+      <c r="Q38" s="76">
+        <v>29409.200000000001</v>
+      </c>
+      <c r="R38" s="74">
+        <v>20739.400000000001</v>
+      </c>
+      <c r="S38" s="75">
+        <v>17740.5</v>
+      </c>
+      <c r="T38" s="75">
+        <v>18397.900000000001</v>
+      </c>
+      <c r="U38" s="76">
+        <v>30521.9</v>
+      </c>
+      <c r="V38" s="74">
+        <v>17783.099999999999</v>
+      </c>
+      <c r="W38" s="75">
+        <v>14110.1</v>
+      </c>
+      <c r="X38" s="75">
+        <v>16966.2</v>
+      </c>
+      <c r="Y38" s="76">
+        <v>20343.400000000001</v>
+      </c>
+      <c r="Z38" s="74">
+        <v>14979.6</v>
+      </c>
+      <c r="AA38" s="75">
+        <v>13189.6</v>
+      </c>
+      <c r="AB38" s="75">
+        <v>18958</v>
+      </c>
+      <c r="AC38" s="76">
+        <v>25080.5</v>
+      </c>
+      <c r="AD38" s="74">
+        <v>12476</v>
+      </c>
+      <c r="AE38" s="75">
+        <v>13539.4</v>
+      </c>
+      <c r="AF38" s="75">
+        <v>17805.5</v>
+      </c>
+      <c r="AG38" s="76">
+        <v>20269.400000000001</v>
+      </c>
+      <c r="AH38" s="74">
+        <v>14599</v>
+      </c>
+      <c r="AI38" s="75">
+        <v>25211.7</v>
+      </c>
+      <c r="AJ38" s="75">
+        <v>25492.1</v>
+      </c>
+      <c r="AK38" s="76">
+        <v>26177.3</v>
+      </c>
+      <c r="AL38" s="74">
+        <v>18803.7</v>
+      </c>
+      <c r="AM38" s="75">
+        <v>16449.7</v>
+      </c>
+      <c r="AN38" s="75">
+        <v>20536.900000000001</v>
+      </c>
+      <c r="AO38" s="76">
+        <v>18066.099999999999</v>
+      </c>
+      <c r="AP38" s="74">
+        <v>10730.1</v>
+      </c>
+      <c r="AQ38" s="75">
+        <v>4700.3</v>
+      </c>
+      <c r="AR38" s="75">
+        <v>2411.6</v>
+      </c>
+      <c r="AS38" s="76">
+        <v>8487.9</v>
+      </c>
+    </row>
+    <row r="39" spans="1:45">
+      <c r="A39" s="29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" s="28"/>
+      <c r="C39" s="28"/>
+      <c r="D39" s="28"/>
+      <c r="E39" s="28"/>
+      <c r="F39" s="28"/>
+      <c r="G39" s="28"/>
+      <c r="H39" s="28"/>
+      <c r="I39" s="28"/>
+      <c r="J39" s="28"/>
+      <c r="K39" s="28"/>
+      <c r="L39" s="28"/>
+      <c r="M39" s="28"/>
+    </row>
+    <row r="40" spans="1:45">
+      <c r="B40" s="28"/>
+      <c r="C40" s="28"/>
+      <c r="D40" s="28"/>
+      <c r="E40" s="28"/>
+      <c r="F40" s="28"/>
+      <c r="G40" s="28"/>
+      <c r="H40" s="28"/>
+      <c r="I40" s="28"/>
+      <c r="J40" s="28"/>
+      <c r="K40" s="28"/>
+      <c r="L40" s="28"/>
+      <c r="M40" s="28"/>
+    </row>
+    <row r="41" spans="1:45" ht="18.75" customHeight="1">
+      <c r="A41" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B41" s="28"/>
+      <c r="C41" s="28"/>
+      <c r="D41" s="28"/>
+      <c r="E41" s="28"/>
+      <c r="F41" s="28"/>
+      <c r="G41" s="28"/>
+      <c r="H41" s="28"/>
+      <c r="I41" s="28"/>
+      <c r="J41" s="28"/>
+      <c r="K41" s="28"/>
+      <c r="L41" s="28"/>
+      <c r="M41" s="28"/>
+    </row>
+    <row r="42" spans="1:45">
+      <c r="B42" s="28"/>
+      <c r="C42" s="28"/>
+      <c r="D42" s="28"/>
+      <c r="E42" s="28"/>
+      <c r="F42" s="28"/>
+      <c r="G42" s="28"/>
+      <c r="H42" s="28"/>
+      <c r="I42" s="28"/>
+      <c r="J42" s="28"/>
+      <c r="K42" s="28"/>
+      <c r="L42" s="28"/>
+      <c r="M42" s="28"/>
+    </row>
+    <row r="43" spans="1:45" ht="15.75" customHeight="1">
+      <c r="A43" s="114" t="s">
+        <v>30</v>
+      </c>
+      <c r="B43" s="118" t="s">
+        <v>21</v>
+      </c>
+      <c r="C43" s="116"/>
+      <c r="D43" s="116"/>
+      <c r="E43" s="116"/>
+      <c r="F43" s="116"/>
+      <c r="G43" s="117"/>
+      <c r="H43" s="118" t="s">
+        <v>22</v>
+      </c>
+      <c r="I43" s="116"/>
+      <c r="J43" s="116"/>
+      <c r="K43" s="116"/>
+      <c r="L43" s="116"/>
+      <c r="M43" s="117"/>
+      <c r="N43" s="118" t="s">
+        <v>23</v>
+      </c>
+      <c r="O43" s="116"/>
+      <c r="P43" s="116"/>
+      <c r="Q43" s="116"/>
+      <c r="R43" s="116"/>
+      <c r="S43" s="117"/>
+      <c r="T43" s="118" t="s">
+        <v>24</v>
+      </c>
+      <c r="U43" s="116"/>
+      <c r="V43" s="116"/>
+      <c r="W43" s="116"/>
+      <c r="X43" s="116"/>
+      <c r="Y43" s="117"/>
+    </row>
+    <row r="44" spans="1:45" ht="45" customHeight="1">
+      <c r="A44" s="115"/>
+      <c r="B44" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="C44" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="D44" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="E44" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="F44" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="G44" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="H44" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="J44" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="K44" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="L44" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="M44" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="N44" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="O44" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="P44" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="Q44" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="R44" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="S44" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="T44" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="U44" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="V44" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="W44" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="X44" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="Y44" s="79" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="45" spans="1:45">
+      <c r="A45" s="16"/>
+      <c r="B45" s="28"/>
+      <c r="C45" s="28"/>
+      <c r="D45" s="28"/>
+      <c r="E45" s="28"/>
+      <c r="F45" s="28"/>
+      <c r="G45" s="8"/>
+      <c r="H45" s="13"/>
+      <c r="I45" s="28"/>
+      <c r="J45" s="28"/>
+      <c r="K45" s="28"/>
+      <c r="L45" s="28"/>
+      <c r="M45" s="8"/>
+      <c r="N45" s="13"/>
+      <c r="O45" s="28"/>
+      <c r="P45" s="28"/>
+      <c r="Q45" s="28"/>
+      <c r="R45" s="28"/>
+      <c r="S45" s="8"/>
+      <c r="T45" s="13"/>
+      <c r="U45" s="28"/>
+      <c r="V45" s="28"/>
+      <c r="W45" s="28"/>
+      <c r="X45" s="28"/>
+      <c r="Y45" s="8"/>
+    </row>
+    <row r="46" spans="1:45" ht="15.75" customHeight="1">
+      <c r="A46" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="B46" s="9"/>
+      <c r="C46" s="9"/>
+      <c r="D46" s="9"/>
+      <c r="E46" s="9"/>
+      <c r="F46" s="9"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="14"/>
+      <c r="I46" s="9"/>
+      <c r="J46" s="9"/>
+      <c r="K46" s="9"/>
+      <c r="L46" s="9"/>
+      <c r="M46" s="11"/>
+      <c r="N46" s="14"/>
+      <c r="O46" s="9"/>
+      <c r="P46" s="9"/>
+      <c r="Q46" s="9"/>
+      <c r="R46" s="9"/>
+      <c r="S46" s="11"/>
+      <c r="T46" s="14"/>
+      <c r="U46" s="9"/>
+      <c r="V46" s="9"/>
+      <c r="W46" s="9"/>
+      <c r="X46" s="9"/>
+      <c r="Y46" s="11"/>
+    </row>
+    <row r="47" spans="1:45">
+      <c r="A47" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" s="28">
+        <v>130</v>
+      </c>
+      <c r="C47" s="28">
+        <v>52</v>
+      </c>
+      <c r="D47" s="28">
+        <v>5</v>
+      </c>
+      <c r="E47" s="28">
+        <v>0</v>
+      </c>
+      <c r="F47" s="28">
+        <v>34</v>
+      </c>
+      <c r="G47" s="12">
+        <v>221</v>
+      </c>
+      <c r="H47" s="13">
+        <v>181</v>
+      </c>
+      <c r="I47" s="28">
+        <v>50</v>
+      </c>
+      <c r="J47" s="28">
+        <v>9</v>
+      </c>
+      <c r="K47" s="28">
+        <v>0</v>
+      </c>
+      <c r="L47" s="28">
+        <v>22</v>
+      </c>
+      <c r="M47" s="12">
+        <v>262</v>
+      </c>
+      <c r="N47" s="13">
+        <v>221</v>
+      </c>
+      <c r="O47" s="28">
+        <v>69</v>
+      </c>
+      <c r="P47" s="28">
+        <v>5</v>
+      </c>
+      <c r="Q47" s="28">
+        <v>0</v>
+      </c>
+      <c r="R47" s="28">
+        <v>36</v>
+      </c>
+      <c r="S47" s="12">
+        <v>331</v>
+      </c>
+      <c r="T47" s="13">
+        <v>349</v>
+      </c>
+      <c r="U47" s="28">
+        <v>57</v>
+      </c>
+      <c r="V47" s="28">
+        <v>8</v>
+      </c>
+      <c r="W47" s="28">
+        <v>3</v>
+      </c>
+      <c r="X47" s="28">
+        <v>30</v>
+      </c>
+      <c r="Y47" s="12">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="48" spans="1:45">
+      <c r="A48" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" s="28">
+        <v>4</v>
+      </c>
+      <c r="C48" s="28">
+        <v>19</v>
+      </c>
+      <c r="D48" s="28">
+        <v>25</v>
+      </c>
+      <c r="E48" s="28">
+        <v>0</v>
+      </c>
+      <c r="F48" s="28">
+        <v>1</v>
+      </c>
+      <c r="G48" s="12">
+        <v>49</v>
+      </c>
+      <c r="H48" s="13">
+        <v>5</v>
+      </c>
+      <c r="I48" s="28">
+        <v>28</v>
+      </c>
+      <c r="J48" s="28">
+        <v>32</v>
+      </c>
+      <c r="K48" s="28">
+        <v>0</v>
+      </c>
+      <c r="L48" s="28">
+        <v>7</v>
+      </c>
+      <c r="M48" s="12">
+        <v>72</v>
+      </c>
+      <c r="N48" s="13">
+        <v>15</v>
+      </c>
+      <c r="O48" s="28">
+        <v>43</v>
+      </c>
+      <c r="P48" s="28">
+        <v>41</v>
+      </c>
+      <c r="Q48" s="28">
+        <v>0</v>
+      </c>
+      <c r="R48" s="28">
+        <v>19</v>
+      </c>
+      <c r="S48" s="12">
+        <v>118</v>
+      </c>
+      <c r="T48" s="13">
+        <v>62</v>
+      </c>
+      <c r="U48" s="28">
+        <v>66</v>
+      </c>
+      <c r="V48" s="28">
+        <v>40</v>
+      </c>
+      <c r="W48" s="28">
+        <v>2</v>
+      </c>
+      <c r="X48" s="28">
+        <v>6</v>
+      </c>
+      <c r="Y48" s="12">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="49" spans="1:25">
+      <c r="A49" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B49" s="28">
+        <v>3</v>
+      </c>
+      <c r="C49" s="28">
+        <v>32</v>
+      </c>
+      <c r="D49" s="28">
+        <v>9</v>
+      </c>
+      <c r="E49" s="28">
+        <v>0</v>
+      </c>
+      <c r="F49" s="28">
+        <v>1</v>
+      </c>
+      <c r="G49" s="12">
+        <v>45</v>
+      </c>
+      <c r="H49" s="13">
+        <v>3</v>
+      </c>
+      <c r="I49" s="28">
+        <v>21</v>
+      </c>
+      <c r="J49" s="28">
+        <v>9</v>
+      </c>
+      <c r="K49" s="28">
+        <v>2</v>
+      </c>
+      <c r="L49" s="28">
+        <v>3</v>
+      </c>
+      <c r="M49" s="12">
+        <v>38</v>
+      </c>
+      <c r="N49" s="13">
+        <v>20</v>
+      </c>
+      <c r="O49" s="28">
+        <v>27</v>
+      </c>
+      <c r="P49" s="28">
+        <v>10</v>
+      </c>
+      <c r="Q49" s="28">
+        <v>4</v>
+      </c>
+      <c r="R49" s="28">
+        <v>3</v>
+      </c>
+      <c r="S49" s="12">
+        <v>64</v>
+      </c>
+      <c r="T49" s="13">
+        <v>33</v>
+      </c>
+      <c r="U49" s="28">
+        <v>30</v>
+      </c>
+      <c r="V49" s="28">
+        <v>7</v>
+      </c>
+      <c r="W49" s="28">
+        <v>2</v>
+      </c>
+      <c r="X49" s="28">
+        <v>4</v>
+      </c>
+      <c r="Y49" s="12">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="50" spans="1:25">
+      <c r="A50" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B50" s="28">
+        <v>5</v>
+      </c>
+      <c r="C50" s="28">
+        <v>30</v>
+      </c>
+      <c r="D50" s="28">
+        <v>53</v>
+      </c>
+      <c r="E50" s="28">
+        <v>4</v>
+      </c>
+      <c r="F50" s="28">
+        <v>1</v>
+      </c>
+      <c r="G50" s="12">
+        <v>93</v>
+      </c>
+      <c r="H50" s="13">
+        <v>4</v>
+      </c>
+      <c r="I50" s="28">
+        <v>48</v>
+      </c>
+      <c r="J50" s="28">
+        <v>55</v>
+      </c>
+      <c r="K50" s="28">
+        <v>3</v>
+      </c>
+      <c r="L50" s="28">
+        <v>0</v>
+      </c>
+      <c r="M50" s="12">
+        <v>110</v>
+      </c>
+      <c r="N50" s="13">
+        <v>11</v>
+      </c>
+      <c r="O50" s="28">
+        <v>84</v>
+      </c>
+      <c r="P50" s="28">
+        <v>70</v>
+      </c>
+      <c r="Q50" s="28">
+        <v>5</v>
+      </c>
+      <c r="R50" s="28">
+        <v>0</v>
+      </c>
+      <c r="S50" s="12">
+        <v>170</v>
+      </c>
+      <c r="T50" s="13">
+        <v>30</v>
+      </c>
+      <c r="U50" s="28">
+        <v>74</v>
+      </c>
+      <c r="V50" s="28">
+        <v>88</v>
+      </c>
+      <c r="W50" s="28">
+        <v>9</v>
+      </c>
+      <c r="X50" s="28">
+        <v>4</v>
+      </c>
+      <c r="Y50" s="12">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="51" spans="1:25">
+      <c r="A51" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B51" s="28">
+        <v>1</v>
+      </c>
+      <c r="C51" s="28">
+        <v>13</v>
+      </c>
+      <c r="D51" s="28">
+        <v>9</v>
+      </c>
+      <c r="E51" s="28">
+        <v>14</v>
+      </c>
+      <c r="F51" s="28">
+        <v>4</v>
+      </c>
+      <c r="G51" s="12">
+        <v>41</v>
+      </c>
+      <c r="H51" s="13">
+        <v>0</v>
+      </c>
+      <c r="I51" s="28">
+        <v>18</v>
+      </c>
+      <c r="J51" s="28">
+        <v>12</v>
+      </c>
+      <c r="K51" s="28">
+        <v>13</v>
+      </c>
+      <c r="L51" s="28">
+        <v>3</v>
+      </c>
+      <c r="M51" s="12">
+        <v>46</v>
+      </c>
+      <c r="N51" s="13">
+        <v>0</v>
+      </c>
+      <c r="O51" s="28">
+        <v>20</v>
+      </c>
+      <c r="P51" s="28">
+        <v>13</v>
+      </c>
+      <c r="Q51" s="28">
+        <v>11</v>
+      </c>
+      <c r="R51" s="28">
+        <v>1</v>
+      </c>
+      <c r="S51" s="12">
+        <v>45</v>
+      </c>
+      <c r="T51" s="13">
+        <v>0</v>
+      </c>
+      <c r="U51" s="28">
+        <v>14</v>
+      </c>
+      <c r="V51" s="28">
+        <v>25</v>
+      </c>
+      <c r="W51" s="28">
+        <v>22</v>
+      </c>
+      <c r="X51" s="28">
+        <v>3</v>
+      </c>
+      <c r="Y51" s="12">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="52" spans="1:25">
+      <c r="A52" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B52" s="28">
+        <v>1</v>
+      </c>
+      <c r="C52" s="28">
+        <v>5</v>
+      </c>
+      <c r="D52" s="28">
+        <v>18</v>
+      </c>
+      <c r="E52" s="28">
+        <v>4</v>
+      </c>
+      <c r="F52" s="28">
+        <v>2</v>
+      </c>
+      <c r="G52" s="12">
+        <v>30</v>
+      </c>
+      <c r="H52" s="13">
+        <v>1</v>
+      </c>
+      <c r="I52" s="28">
+        <v>16</v>
+      </c>
+      <c r="J52" s="28">
+        <v>27</v>
+      </c>
+      <c r="K52" s="28">
+        <v>3</v>
+      </c>
+      <c r="L52" s="28">
+        <v>2</v>
+      </c>
+      <c r="M52" s="12">
+        <v>49</v>
+      </c>
+      <c r="N52" s="13">
+        <v>4</v>
+      </c>
+      <c r="O52" s="28">
+        <v>29</v>
+      </c>
+      <c r="P52" s="28">
+        <v>28</v>
+      </c>
+      <c r="Q52" s="28">
+        <v>7</v>
+      </c>
+      <c r="R52" s="28">
+        <v>3</v>
+      </c>
+      <c r="S52" s="12">
+        <v>71</v>
+      </c>
+      <c r="T52" s="13">
+        <v>44</v>
+      </c>
+      <c r="U52" s="28">
+        <v>32</v>
+      </c>
+      <c r="V52" s="28">
+        <v>21</v>
+      </c>
+      <c r="W52" s="28">
+        <v>15</v>
+      </c>
+      <c r="X52" s="28">
+        <v>1</v>
+      </c>
+      <c r="Y52" s="12">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="53" spans="1:25">
+      <c r="A53" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B53" s="6">
+        <v>0</v>
+      </c>
+      <c r="C53" s="28">
+        <v>0</v>
+      </c>
+      <c r="D53" s="28">
+        <v>1</v>
+      </c>
+      <c r="E53" s="28">
+        <v>1</v>
+      </c>
+      <c r="F53" s="28">
+        <v>0</v>
+      </c>
+      <c r="G53" s="12">
+        <v>2</v>
+      </c>
+      <c r="H53" s="15">
+        <v>0</v>
+      </c>
+      <c r="I53" s="28">
+        <v>6</v>
+      </c>
+      <c r="J53" s="28">
+        <v>0</v>
+      </c>
+      <c r="K53" s="28">
+        <v>2</v>
+      </c>
+      <c r="L53" s="28">
+        <v>0</v>
+      </c>
+      <c r="M53" s="12">
+        <v>8</v>
+      </c>
+      <c r="N53" s="15">
+        <v>0</v>
+      </c>
+      <c r="O53" s="28">
+        <v>3</v>
+      </c>
+      <c r="P53" s="28">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="28">
+        <v>3</v>
+      </c>
+      <c r="R53" s="28">
+        <v>0</v>
+      </c>
+      <c r="S53" s="12">
+        <v>6</v>
+      </c>
+      <c r="T53" s="15">
+        <v>0</v>
+      </c>
+      <c r="U53" s="28">
+        <v>2</v>
+      </c>
+      <c r="V53" s="28">
+        <v>2</v>
+      </c>
+      <c r="W53" s="28">
+        <v>0</v>
+      </c>
+      <c r="X53" s="28">
+        <v>1</v>
+      </c>
+      <c r="Y53" s="12">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="54" spans="1:25">
+      <c r="A54" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B54" s="28">
+        <v>2</v>
+      </c>
+      <c r="C54" s="28">
+        <v>1</v>
+      </c>
+      <c r="D54" s="28">
+        <v>1</v>
+      </c>
+      <c r="E54" s="28">
+        <v>2</v>
+      </c>
+      <c r="F54" s="6">
+        <v>0</v>
+      </c>
+      <c r="G54" s="12">
+        <v>6</v>
+      </c>
+      <c r="H54" s="13">
+        <v>2</v>
+      </c>
+      <c r="I54" s="28">
+        <v>4</v>
+      </c>
+      <c r="J54" s="28">
+        <v>2</v>
+      </c>
+      <c r="K54" s="28">
+        <v>2</v>
+      </c>
+      <c r="L54" s="6">
+        <v>0</v>
+      </c>
+      <c r="M54" s="12">
+        <v>10</v>
+      </c>
+      <c r="N54" s="13">
+        <v>1</v>
+      </c>
+      <c r="O54" s="28">
+        <v>2</v>
+      </c>
+      <c r="P54" s="28">
+        <v>3</v>
+      </c>
+      <c r="Q54" s="28">
+        <v>2</v>
+      </c>
+      <c r="R54" s="6">
+        <v>0</v>
+      </c>
+      <c r="S54" s="12">
+        <v>8</v>
+      </c>
+      <c r="T54" s="13">
+        <v>0</v>
+      </c>
+      <c r="U54" s="28">
+        <v>9</v>
+      </c>
+      <c r="V54" s="28">
+        <v>1</v>
+      </c>
+      <c r="W54" s="28">
+        <v>1</v>
+      </c>
+      <c r="X54" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y54" s="12">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="55" spans="1:25">
+      <c r="A55" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B55" s="28">
+        <v>0</v>
+      </c>
+      <c r="C55" s="28">
+        <v>0</v>
+      </c>
+      <c r="D55" s="28">
+        <v>0</v>
+      </c>
+      <c r="E55" s="28">
+        <v>0</v>
+      </c>
+      <c r="F55" s="6">
+        <v>0</v>
+      </c>
+      <c r="G55" s="12">
+        <v>0</v>
+      </c>
+      <c r="H55" s="13">
+        <v>0</v>
+      </c>
+      <c r="I55" s="28">
+        <v>0</v>
+      </c>
+      <c r="J55" s="28">
+        <v>1</v>
+      </c>
+      <c r="K55" s="28">
+        <v>0</v>
+      </c>
+      <c r="L55" s="6">
+        <v>0</v>
+      </c>
+      <c r="M55" s="12">
+        <v>1</v>
+      </c>
+      <c r="N55" s="13">
+        <v>0</v>
+      </c>
+      <c r="O55" s="28">
+        <v>1</v>
+      </c>
+      <c r="P55" s="28">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="28">
+        <v>0</v>
+      </c>
+      <c r="R55" s="6">
+        <v>0</v>
+      </c>
+      <c r="S55" s="12">
+        <v>1</v>
+      </c>
+      <c r="T55" s="13">
+        <v>0</v>
+      </c>
+      <c r="U55" s="28">
+        <v>1</v>
+      </c>
+      <c r="V55" s="28">
+        <v>0</v>
+      </c>
+      <c r="W55" s="28">
+        <v>0</v>
+      </c>
+      <c r="X55" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y55" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="56" spans="1:25">
+      <c r="A56" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B56" s="28">
+        <v>0</v>
+      </c>
+      <c r="C56" s="28">
+        <v>0</v>
+      </c>
+      <c r="D56" s="28">
+        <v>0</v>
+      </c>
+      <c r="E56" s="28">
+        <v>0</v>
+      </c>
+      <c r="F56" s="6">
+        <v>0</v>
+      </c>
+      <c r="G56" s="12">
+        <v>0</v>
+      </c>
+      <c r="H56" s="28">
+        <v>0</v>
+      </c>
+      <c r="I56" s="28">
+        <v>0</v>
+      </c>
+      <c r="J56" s="28">
+        <v>0</v>
+      </c>
+      <c r="K56" s="28">
+        <v>0</v>
+      </c>
+      <c r="L56" s="6">
+        <v>0</v>
+      </c>
+      <c r="M56" s="12">
+        <v>0</v>
+      </c>
+      <c r="N56" s="28">
+        <v>0</v>
+      </c>
+      <c r="O56" s="28">
+        <v>0</v>
+      </c>
+      <c r="P56" s="28">
+        <v>0</v>
+      </c>
+      <c r="Q56" s="28">
+        <v>0</v>
+      </c>
+      <c r="R56" s="6">
+        <v>0</v>
+      </c>
+      <c r="S56" s="12">
+        <v>0</v>
+      </c>
+      <c r="T56" s="13">
+        <v>0</v>
+      </c>
+      <c r="U56" s="28">
+        <v>0</v>
+      </c>
+      <c r="V56" s="28">
+        <v>0</v>
+      </c>
+      <c r="W56" s="28">
+        <v>0</v>
+      </c>
+      <c r="X56" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y56" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:25">
+      <c r="A57" s="80" t="s">
+        <v>96</v>
+      </c>
+      <c r="B57" s="81">
+        <v>146</v>
+      </c>
+      <c r="C57" s="81">
+        <v>152</v>
+      </c>
+      <c r="D57" s="81">
+        <v>121</v>
+      </c>
+      <c r="E57" s="81">
+        <v>25</v>
+      </c>
+      <c r="F57" s="81">
+        <v>43</v>
+      </c>
+      <c r="G57" s="82">
+        <v>487</v>
+      </c>
+      <c r="H57" s="83">
+        <v>196</v>
+      </c>
+      <c r="I57" s="81">
         <v>191</v>
       </c>
-      <c r="D13" s="40">
+      <c r="J57" s="81">
+        <v>147</v>
+      </c>
+      <c r="K57" s="81">
+        <v>25</v>
+      </c>
+      <c r="L57" s="81">
+        <v>37</v>
+      </c>
+      <c r="M57" s="82">
+        <v>596</v>
+      </c>
+      <c r="N57" s="83">
+        <v>272</v>
+      </c>
+      <c r="O57" s="81">
         <v>278</v>
       </c>
-      <c r="E13" s="40">
+      <c r="P57" s="81">
+        <v>170</v>
+      </c>
+      <c r="Q57" s="81">
+        <v>32</v>
+      </c>
+      <c r="R57" s="81">
+        <v>62</v>
+      </c>
+      <c r="S57" s="82">
+        <v>814</v>
+      </c>
+      <c r="T57" s="83">
+        <v>518</v>
+      </c>
+      <c r="U57" s="81">
         <v>285</v>
       </c>
-      <c r="F13" s="20">
-[...121 lines deleted...]
-      <c r="E14" s="40">
+      <c r="V57" s="81">
         <v>192</v>
       </c>
-      <c r="F14" s="20">
-[...121 lines deleted...]
-      <c r="E15" s="40">
+      <c r="W57" s="81">
         <v>54</v>
       </c>
-      <c r="F15" s="20">
-[...121 lines deleted...]
-      <c r="E16" s="40">
+      <c r="X57" s="81">
         <v>49</v>
       </c>
-      <c r="F16" s="20">
-[...121 lines deleted...]
-      <c r="E17" s="31">
+      <c r="Y57" s="82">
         <v>1098</v>
       </c>
-      <c r="F17" s="29">
-[...3484 lines deleted...]
-    <row r="58" spans="1:25" x14ac:dyDescent="0.25">
+    </row>
+    <row r="58" spans="1:25">
       <c r="B58" s="1"/>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
     </row>
-    <row r="60" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="115" t="s">
+    <row r="60" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A60" s="114" t="s">
         <v>30</v>
       </c>
-      <c r="B60" s="117" t="s">
+      <c r="B60" s="116" t="s">
         <v>25</v>
       </c>
-      <c r="C60" s="117"/>
-[...4 lines deleted...]
-      <c r="H60" s="119" t="s">
+      <c r="C60" s="116"/>
+      <c r="D60" s="116"/>
+      <c r="E60" s="116"/>
+      <c r="F60" s="116"/>
+      <c r="G60" s="117"/>
+      <c r="H60" s="118" t="s">
         <v>26</v>
       </c>
-      <c r="I60" s="117"/>
-[...4 lines deleted...]
-      <c r="N60" s="119" t="s">
+      <c r="I60" s="116"/>
+      <c r="J60" s="116"/>
+      <c r="K60" s="116"/>
+      <c r="L60" s="116"/>
+      <c r="M60" s="117"/>
+      <c r="N60" s="118" t="s">
         <v>27</v>
       </c>
-      <c r="O60" s="117"/>
-[...4 lines deleted...]
-      <c r="T60" s="117" t="s">
+      <c r="O60" s="116"/>
+      <c r="P60" s="116"/>
+      <c r="Q60" s="116"/>
+      <c r="R60" s="116"/>
+      <c r="S60" s="117"/>
+      <c r="T60" s="116" t="s">
         <v>28</v>
       </c>
-      <c r="U60" s="117"/>
-[...7 lines deleted...]
-      <c r="B61" s="45" t="s">
+      <c r="U60" s="116"/>
+      <c r="V60" s="116"/>
+      <c r="W60" s="116"/>
+      <c r="X60" s="116"/>
+      <c r="Y60" s="117"/>
+    </row>
+    <row r="61" spans="1:25" ht="45" customHeight="1">
+      <c r="A61" s="115"/>
+      <c r="B61" s="78" t="s">
         <v>17</v>
       </c>
-      <c r="C61" s="45" t="s">
+      <c r="C61" s="78" t="s">
         <v>6</v>
       </c>
-      <c r="D61" s="45" t="s">
+      <c r="D61" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="E61" s="45" t="s">
+      <c r="E61" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="F61" s="45" t="s">
+      <c r="F61" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="G61" s="46" t="s">
+      <c r="G61" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="H61" s="44" t="s">
+      <c r="H61" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="I61" s="45" t="s">
+      <c r="I61" s="78" t="s">
         <v>6</v>
       </c>
-      <c r="J61" s="45" t="s">
+      <c r="J61" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="K61" s="45" t="s">
+      <c r="K61" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="L61" s="45" t="s">
+      <c r="L61" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="M61" s="46" t="s">
+      <c r="M61" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="N61" s="44" t="s">
+      <c r="N61" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="O61" s="45" t="s">
+      <c r="O61" s="78" t="s">
         <v>6</v>
       </c>
-      <c r="P61" s="45" t="s">
+      <c r="P61" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="Q61" s="45" t="s">
+      <c r="Q61" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="R61" s="45" t="s">
+      <c r="R61" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="S61" s="46" t="s">
+      <c r="S61" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="T61" s="45" t="s">
+      <c r="T61" s="78" t="s">
         <v>17</v>
       </c>
-      <c r="U61" s="45" t="s">
+      <c r="U61" s="78" t="s">
         <v>6</v>
       </c>
-      <c r="V61" s="45" t="s">
+      <c r="V61" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="W61" s="45" t="s">
+      <c r="W61" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="X61" s="45" t="s">
+      <c r="X61" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="Y61" s="46" t="s">
+      <c r="Y61" s="79" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="62" spans="1:25" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="A63" s="42" t="s">
+    <row r="62" spans="1:25">
+      <c r="A62" s="16"/>
+      <c r="B62" s="28"/>
+      <c r="C62" s="28"/>
+      <c r="D62" s="28"/>
+      <c r="E62" s="28"/>
+      <c r="F62" s="28"/>
+      <c r="G62" s="8"/>
+      <c r="H62" s="13"/>
+      <c r="I62" s="28"/>
+      <c r="J62" s="28"/>
+      <c r="K62" s="28"/>
+      <c r="L62" s="28"/>
+      <c r="M62" s="8"/>
+      <c r="N62" s="13"/>
+      <c r="O62" s="28"/>
+      <c r="P62" s="28"/>
+      <c r="Q62" s="28"/>
+      <c r="R62" s="28"/>
+      <c r="S62" s="8"/>
+      <c r="T62" s="28"/>
+      <c r="U62" s="28"/>
+      <c r="V62" s="28"/>
+      <c r="W62" s="28"/>
+      <c r="X62" s="28"/>
+      <c r="Y62" s="8"/>
+    </row>
+    <row r="63" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A63" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="B63" s="16"/>
-[...28 lines deleted...]
-      <c r="B64" s="40">
+      <c r="B63" s="9"/>
+      <c r="C63" s="9"/>
+      <c r="D63" s="9"/>
+      <c r="E63" s="9"/>
+      <c r="F63" s="9"/>
+      <c r="G63" s="11"/>
+      <c r="H63" s="14"/>
+      <c r="I63" s="9"/>
+      <c r="J63" s="9"/>
+      <c r="K63" s="9"/>
+      <c r="L63" s="9"/>
+      <c r="M63" s="11"/>
+      <c r="N63" s="14"/>
+      <c r="O63" s="9"/>
+      <c r="P63" s="9"/>
+      <c r="Q63" s="9"/>
+      <c r="R63" s="9"/>
+      <c r="S63" s="11"/>
+      <c r="T63" s="9"/>
+      <c r="U63" s="9"/>
+      <c r="V63" s="9"/>
+      <c r="W63" s="9"/>
+      <c r="X63" s="9"/>
+      <c r="Y63" s="11"/>
+    </row>
+    <row r="64" spans="1:25">
+      <c r="A64" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B64" s="28">
         <v>224</v>
       </c>
-      <c r="C64" s="40">
+      <c r="C64" s="28">
         <v>53</v>
       </c>
-      <c r="D64" s="40">
+      <c r="D64" s="28">
         <v>5</v>
       </c>
-      <c r="E64" s="9">
-[...2 lines deleted...]
-      <c r="F64" s="40">
+      <c r="E64" s="6">
+        <v>0</v>
+      </c>
+      <c r="F64" s="28">
         <v>22</v>
       </c>
-      <c r="G64" s="18">
+      <c r="G64" s="12">
         <v>304</v>
       </c>
-      <c r="H64" s="20">
+      <c r="H64" s="13">
         <v>205</v>
       </c>
-      <c r="I64" s="40">
+      <c r="I64" s="28">
         <v>48</v>
       </c>
-      <c r="J64" s="40">
+      <c r="J64" s="28">
         <v>6</v>
       </c>
-      <c r="K64" s="9">
-[...2 lines deleted...]
-      <c r="L64" s="40">
+      <c r="K64" s="6">
+        <v>0</v>
+      </c>
+      <c r="L64" s="28">
         <v>38</v>
       </c>
-      <c r="M64" s="18">
+      <c r="M64" s="12">
         <v>297</v>
       </c>
-      <c r="N64" s="20">
+      <c r="N64" s="13">
         <v>276</v>
       </c>
-      <c r="O64" s="40">
+      <c r="O64" s="28">
         <v>54</v>
       </c>
-      <c r="P64" s="40">
+      <c r="P64" s="28">
         <v>4</v>
       </c>
-      <c r="Q64" s="40">
-[...2 lines deleted...]
-      <c r="R64" s="40">
+      <c r="Q64" s="28">
+        <v>1</v>
+      </c>
+      <c r="R64" s="28">
         <v>35</v>
       </c>
-      <c r="S64" s="18">
+      <c r="S64" s="12">
         <v>370</v>
       </c>
-      <c r="T64" s="40">
+      <c r="T64" s="28">
         <v>399</v>
       </c>
-      <c r="U64" s="40">
+      <c r="U64" s="28">
         <v>77</v>
       </c>
-      <c r="V64" s="40">
+      <c r="V64" s="28">
         <v>10</v>
       </c>
-      <c r="W64" s="40">
-[...2 lines deleted...]
-      <c r="X64" s="40">
+      <c r="W64" s="28">
+        <v>1</v>
+      </c>
+      <c r="X64" s="28">
         <v>30</v>
       </c>
-      <c r="Y64" s="18">
+      <c r="Y64" s="12">
         <v>517</v>
       </c>
     </row>
-    <row r="65" spans="1:25" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B65" s="40">
+    <row r="65" spans="1:25">
+      <c r="A65" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B65" s="28">
         <v>19</v>
       </c>
-      <c r="C65" s="40">
+      <c r="C65" s="28">
         <v>32</v>
       </c>
-      <c r="D65" s="40">
+      <c r="D65" s="28">
         <v>17</v>
       </c>
-      <c r="E65" s="40">
-[...2 lines deleted...]
-      <c r="F65" s="40">
+      <c r="E65" s="28">
+        <v>1</v>
+      </c>
+      <c r="F65" s="28">
         <v>2</v>
       </c>
-      <c r="G65" s="18">
+      <c r="G65" s="12">
         <v>71</v>
       </c>
-      <c r="H65" s="20">
+      <c r="H65" s="13">
         <v>20</v>
       </c>
-      <c r="I65" s="40">
+      <c r="I65" s="28">
         <v>41</v>
       </c>
-      <c r="J65" s="40">
+      <c r="J65" s="28">
         <v>29</v>
       </c>
-      <c r="K65" s="40">
+      <c r="K65" s="28">
         <v>3</v>
       </c>
-      <c r="L65" s="40">
+      <c r="L65" s="28">
         <v>4</v>
       </c>
-      <c r="M65" s="18">
+      <c r="M65" s="12">
         <v>97</v>
       </c>
-      <c r="N65" s="20">
+      <c r="N65" s="13">
         <v>27</v>
       </c>
-      <c r="O65" s="40">
+      <c r="O65" s="28">
         <v>30</v>
       </c>
-      <c r="P65" s="40">
+      <c r="P65" s="28">
         <v>27</v>
       </c>
-      <c r="Q65" s="40">
+      <c r="Q65" s="28">
         <v>2</v>
       </c>
-      <c r="R65" s="40">
+      <c r="R65" s="28">
         <v>4</v>
       </c>
-      <c r="S65" s="18">
+      <c r="S65" s="12">
         <v>90</v>
       </c>
-      <c r="T65" s="40">
+      <c r="T65" s="28">
         <v>65</v>
       </c>
-      <c r="U65" s="40">
+      <c r="U65" s="28">
         <v>62</v>
       </c>
-      <c r="V65" s="40">
+      <c r="V65" s="28">
         <v>49</v>
       </c>
-      <c r="W65" s="40">
-[...2 lines deleted...]
-      <c r="X65" s="40">
+      <c r="W65" s="28">
+        <v>1</v>
+      </c>
+      <c r="X65" s="28">
         <v>10</v>
       </c>
-      <c r="Y65" s="18">
+      <c r="Y65" s="12">
         <v>187</v>
       </c>
     </row>
-    <row r="66" spans="1:25" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B66" s="40">
+    <row r="66" spans="1:25">
+      <c r="A66" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B66" s="28">
         <v>3</v>
       </c>
-      <c r="C66" s="40">
+      <c r="C66" s="28">
         <v>27</v>
       </c>
-      <c r="D66" s="40">
+      <c r="D66" s="28">
         <v>10</v>
       </c>
-      <c r="E66" s="40">
+      <c r="E66" s="28">
         <v>6</v>
       </c>
-      <c r="F66" s="9">
-[...2 lines deleted...]
-      <c r="G66" s="18">
+      <c r="F66" s="6">
+        <v>0</v>
+      </c>
+      <c r="G66" s="12">
         <v>46</v>
       </c>
-      <c r="H66" s="20">
+      <c r="H66" s="13">
         <v>6</v>
       </c>
-      <c r="I66" s="40">
+      <c r="I66" s="28">
         <v>25</v>
       </c>
-      <c r="J66" s="40">
+      <c r="J66" s="28">
         <v>8</v>
       </c>
-      <c r="K66" s="40">
+      <c r="K66" s="28">
         <v>5</v>
       </c>
-      <c r="L66" s="9">
-[...2 lines deleted...]
-      <c r="M66" s="18">
+      <c r="L66" s="6">
+        <v>0</v>
+      </c>
+      <c r="M66" s="12">
         <v>44</v>
       </c>
-      <c r="N66" s="20">
+      <c r="N66" s="13">
         <v>9</v>
       </c>
-      <c r="O66" s="40">
+      <c r="O66" s="28">
         <v>28</v>
       </c>
-      <c r="P66" s="40">
+      <c r="P66" s="28">
         <v>8</v>
       </c>
-      <c r="Q66" s="40">
+      <c r="Q66" s="28">
         <v>2</v>
       </c>
-      <c r="R66" s="40">
+      <c r="R66" s="28">
         <v>4</v>
       </c>
-      <c r="S66" s="18">
+      <c r="S66" s="12">
         <v>51</v>
       </c>
-      <c r="T66" s="40">
+      <c r="T66" s="28">
         <v>70</v>
       </c>
-      <c r="U66" s="40">
+      <c r="U66" s="28">
         <v>39</v>
       </c>
-      <c r="V66" s="40">
+      <c r="V66" s="28">
         <v>8</v>
       </c>
-      <c r="W66" s="40">
+      <c r="W66" s="28">
         <v>5</v>
       </c>
-      <c r="X66" s="40">
+      <c r="X66" s="28">
         <v>5</v>
       </c>
-      <c r="Y66" s="18">
+      <c r="Y66" s="12">
         <v>127</v>
       </c>
     </row>
-    <row r="67" spans="1:25" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B67" s="40">
+    <row r="67" spans="1:25">
+      <c r="A67" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B67" s="28">
         <v>2</v>
       </c>
-      <c r="C67" s="40">
+      <c r="C67" s="28">
         <v>45</v>
       </c>
-      <c r="D67" s="40">
+      <c r="D67" s="28">
         <v>59</v>
       </c>
-      <c r="E67" s="40">
+      <c r="E67" s="28">
         <v>4</v>
       </c>
-      <c r="F67" s="40">
+      <c r="F67" s="28">
         <v>3</v>
       </c>
-      <c r="G67" s="18">
+      <c r="G67" s="12">
         <v>113</v>
       </c>
-      <c r="H67" s="20">
+      <c r="H67" s="13">
         <v>8</v>
       </c>
-      <c r="I67" s="40">
+      <c r="I67" s="28">
         <v>42</v>
       </c>
-      <c r="J67" s="40">
+      <c r="J67" s="28">
         <v>57</v>
       </c>
-      <c r="K67" s="40">
+      <c r="K67" s="28">
         <v>2</v>
       </c>
-      <c r="L67" s="40">
+      <c r="L67" s="28">
         <v>2</v>
       </c>
-      <c r="M67" s="18">
+      <c r="M67" s="12">
         <v>111</v>
       </c>
-      <c r="N67" s="20">
+      <c r="N67" s="13">
         <v>4</v>
       </c>
-      <c r="O67" s="40">
+      <c r="O67" s="28">
         <v>48</v>
       </c>
-      <c r="P67" s="40">
+      <c r="P67" s="28">
         <v>71</v>
       </c>
-      <c r="Q67" s="40">
-[...2 lines deleted...]
-      <c r="R67" s="40">
+      <c r="Q67" s="28">
+        <v>1</v>
+      </c>
+      <c r="R67" s="28">
         <v>4</v>
       </c>
-      <c r="S67" s="18">
+      <c r="S67" s="12">
         <v>128</v>
       </c>
-      <c r="T67" s="40">
+      <c r="T67" s="28">
         <v>14</v>
       </c>
-      <c r="U67" s="40">
+      <c r="U67" s="28">
         <v>68</v>
       </c>
-      <c r="V67" s="40">
+      <c r="V67" s="28">
         <v>64</v>
       </c>
-      <c r="W67" s="40">
+      <c r="W67" s="28">
         <v>3</v>
       </c>
-      <c r="X67" s="40">
+      <c r="X67" s="28">
         <v>4</v>
       </c>
-      <c r="Y67" s="18">
+      <c r="Y67" s="12">
         <v>153</v>
       </c>
     </row>
-    <row r="68" spans="1:25" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C68" s="40">
+    <row r="68" spans="1:25">
+      <c r="A68" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B68" s="6">
+        <v>0</v>
+      </c>
+      <c r="C68" s="28">
         <v>19</v>
       </c>
-      <c r="D68" s="40">
+      <c r="D68" s="28">
         <v>11</v>
       </c>
-      <c r="E68" s="40">
+      <c r="E68" s="28">
         <v>14</v>
       </c>
-      <c r="F68" s="40">
+      <c r="F68" s="28">
         <v>2</v>
       </c>
-      <c r="G68" s="18">
+      <c r="G68" s="12">
         <v>46</v>
       </c>
-      <c r="H68" s="20">
+      <c r="H68" s="13">
         <v>3</v>
       </c>
-      <c r="I68" s="40">
+      <c r="I68" s="28">
         <v>17</v>
       </c>
-      <c r="J68" s="40">
+      <c r="J68" s="28">
         <v>15</v>
       </c>
-      <c r="K68" s="40">
+      <c r="K68" s="28">
         <v>15</v>
       </c>
-      <c r="L68" s="40">
+      <c r="L68" s="28">
         <v>5</v>
       </c>
-      <c r="M68" s="18">
+      <c r="M68" s="12">
         <v>55</v>
       </c>
-      <c r="N68" s="20">
-[...2 lines deleted...]
-      <c r="O68" s="40">
+      <c r="N68" s="13">
+        <v>0</v>
+      </c>
+      <c r="O68" s="28">
         <v>11</v>
       </c>
-      <c r="P68" s="40">
+      <c r="P68" s="28">
         <v>10</v>
       </c>
-      <c r="Q68" s="40">
+      <c r="Q68" s="28">
         <v>14</v>
       </c>
-      <c r="R68" s="40">
+      <c r="R68" s="28">
         <v>7</v>
       </c>
-      <c r="S68" s="18">
+      <c r="S68" s="12">
         <v>42</v>
       </c>
-      <c r="T68" s="40">
-[...2 lines deleted...]
-      <c r="U68" s="40">
+      <c r="T68" s="28">
+        <v>0</v>
+      </c>
+      <c r="U68" s="28">
         <v>21</v>
       </c>
-      <c r="V68" s="40">
+      <c r="V68" s="28">
         <v>16</v>
       </c>
-      <c r="W68" s="40">
+      <c r="W68" s="28">
         <v>23</v>
       </c>
-      <c r="X68" s="40">
+      <c r="X68" s="28">
         <v>5</v>
       </c>
-      <c r="Y68" s="18">
+      <c r="Y68" s="12">
         <v>65</v>
       </c>
     </row>
-    <row r="69" spans="1:25" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B69" s="40">
+    <row r="69" spans="1:25">
+      <c r="A69" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B69" s="28">
         <v>21</v>
       </c>
-      <c r="C69" s="40">
+      <c r="C69" s="28">
         <v>12</v>
       </c>
-      <c r="D69" s="40">
+      <c r="D69" s="28">
         <v>12</v>
       </c>
-      <c r="E69" s="40">
+      <c r="E69" s="28">
         <v>8</v>
       </c>
-      <c r="F69" s="40">
+      <c r="F69" s="28">
         <v>4</v>
       </c>
-      <c r="G69" s="18">
+      <c r="G69" s="12">
         <v>57</v>
       </c>
-      <c r="H69" s="20">
+      <c r="H69" s="13">
         <v>22</v>
       </c>
-      <c r="I69" s="40">
+      <c r="I69" s="28">
         <v>13</v>
       </c>
-      <c r="J69" s="40">
+      <c r="J69" s="28">
         <v>11</v>
       </c>
-      <c r="K69" s="40">
+      <c r="K69" s="28">
         <v>5</v>
       </c>
-      <c r="L69" s="40">
+      <c r="L69" s="28">
         <v>3</v>
       </c>
-      <c r="M69" s="18">
+      <c r="M69" s="12">
         <v>54</v>
       </c>
-      <c r="N69" s="20">
+      <c r="N69" s="13">
         <v>11</v>
       </c>
-      <c r="O69" s="40">
+      <c r="O69" s="28">
         <v>8</v>
       </c>
-      <c r="P69" s="40">
+      <c r="P69" s="28">
         <v>14</v>
       </c>
-      <c r="Q69" s="40">
+      <c r="Q69" s="28">
         <v>7</v>
       </c>
-      <c r="R69" s="40">
+      <c r="R69" s="28">
         <v>4</v>
       </c>
-      <c r="S69" s="18">
+      <c r="S69" s="12">
         <v>44</v>
       </c>
-      <c r="T69" s="40">
+      <c r="T69" s="28">
         <v>32</v>
       </c>
-      <c r="U69" s="40">
+      <c r="U69" s="28">
         <v>14</v>
       </c>
-      <c r="V69" s="40">
+      <c r="V69" s="28">
         <v>13</v>
       </c>
-      <c r="W69" s="40">
+      <c r="W69" s="28">
         <v>12</v>
       </c>
-      <c r="X69" s="40">
+      <c r="X69" s="28">
         <v>2</v>
       </c>
-      <c r="Y69" s="18">
+      <c r="Y69" s="12">
         <v>73</v>
       </c>
     </row>
-    <row r="70" spans="1:25" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="I70" s="40">
+    <row r="70" spans="1:25">
+      <c r="A70" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B70" s="6">
+        <v>0</v>
+      </c>
+      <c r="C70" s="28">
+        <v>1</v>
+      </c>
+      <c r="D70" s="6">
+        <v>0</v>
+      </c>
+      <c r="E70" s="6">
+        <v>0</v>
+      </c>
+      <c r="F70" s="6">
+        <v>0</v>
+      </c>
+      <c r="G70" s="12">
+        <v>1</v>
+      </c>
+      <c r="H70" s="15">
+        <v>1</v>
+      </c>
+      <c r="I70" s="28">
         <v>2</v>
       </c>
-      <c r="J70" s="40">
+      <c r="J70" s="28">
         <v>2</v>
       </c>
-      <c r="K70" s="40">
-[...5 lines deleted...]
-      <c r="M70" s="18">
+      <c r="K70" s="28">
+        <v>1</v>
+      </c>
+      <c r="L70" s="6">
+        <v>0</v>
+      </c>
+      <c r="M70" s="12">
         <v>6</v>
       </c>
-      <c r="N70" s="9">
-[...2 lines deleted...]
-      <c r="O70" s="40">
+      <c r="N70" s="6">
+        <v>0</v>
+      </c>
+      <c r="O70" s="28">
         <v>2</v>
       </c>
-      <c r="P70" s="40">
+      <c r="P70" s="28">
         <v>2</v>
       </c>
-      <c r="Q70" s="9">
-[...5 lines deleted...]
-      <c r="S70" s="18">
+      <c r="Q70" s="6">
+        <v>0</v>
+      </c>
+      <c r="R70" s="6">
+        <v>0</v>
+      </c>
+      <c r="S70" s="12">
         <v>4</v>
       </c>
-      <c r="T70" s="9">
-[...5 lines deleted...]
-      <c r="V70" s="40">
+      <c r="T70" s="6">
+        <v>0</v>
+      </c>
+      <c r="U70" s="28">
+        <v>1</v>
+      </c>
+      <c r="V70" s="28">
         <v>3</v>
       </c>
-      <c r="W70" s="40">
+      <c r="W70" s="28">
         <v>2</v>
       </c>
-      <c r="X70" s="40">
-[...2 lines deleted...]
-      <c r="Y70" s="18">
+      <c r="X70" s="28">
+        <v>0</v>
+      </c>
+      <c r="Y70" s="12">
         <v>6</v>
       </c>
     </row>
-    <row r="71" spans="1:25" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B71" s="40">
+    <row r="71" spans="1:25">
+      <c r="A71" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B71" s="28">
         <v>2</v>
       </c>
-      <c r="C71" s="40">
+      <c r="C71" s="28">
         <v>4</v>
       </c>
-      <c r="D71" s="40">
+      <c r="D71" s="28">
         <v>3</v>
       </c>
-      <c r="E71" s="40">
+      <c r="E71" s="28">
         <v>3</v>
       </c>
-      <c r="F71" s="9">
-[...2 lines deleted...]
-      <c r="G71" s="18">
+      <c r="F71" s="6">
+        <v>0</v>
+      </c>
+      <c r="G71" s="12">
         <v>12</v>
       </c>
-      <c r="H71" s="9">
-[...8 lines deleted...]
-      <c r="K71" s="40">
+      <c r="H71" s="6">
+        <v>0</v>
+      </c>
+      <c r="I71" s="6">
+        <v>0</v>
+      </c>
+      <c r="J71" s="28">
+        <v>1</v>
+      </c>
+      <c r="K71" s="28">
         <v>3</v>
       </c>
-      <c r="L71" s="9">
-[...2 lines deleted...]
-      <c r="M71" s="18">
+      <c r="L71" s="6">
+        <v>0</v>
+      </c>
+      <c r="M71" s="12">
         <v>4</v>
       </c>
-      <c r="N71" s="9">
-[...2 lines deleted...]
-      <c r="O71" s="40">
+      <c r="N71" s="6">
+        <v>0</v>
+      </c>
+      <c r="O71" s="28">
         <v>4</v>
       </c>
-      <c r="P71" s="40">
-[...8 lines deleted...]
-      <c r="S71" s="18">
+      <c r="P71" s="28">
+        <v>1</v>
+      </c>
+      <c r="Q71" s="28">
+        <v>1</v>
+      </c>
+      <c r="R71" s="6">
+        <v>1</v>
+      </c>
+      <c r="S71" s="12">
         <v>7</v>
       </c>
-      <c r="T71" s="40">
-[...2 lines deleted...]
-      <c r="U71" s="40">
+      <c r="T71" s="28">
+        <v>0</v>
+      </c>
+      <c r="U71" s="28">
         <v>9</v>
       </c>
-      <c r="V71" s="40">
+      <c r="V71" s="28">
         <v>6</v>
       </c>
-      <c r="W71" s="40">
-[...5 lines deleted...]
-      <c r="Y71" s="18">
+      <c r="W71" s="28">
+        <v>0</v>
+      </c>
+      <c r="X71" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y71" s="12">
         <v>15</v>
       </c>
     </row>
-    <row r="72" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A72" s="25" t="s">
+    <row r="72" spans="1:25">
+      <c r="A72" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B72" s="6">
+        <v>0</v>
+      </c>
+      <c r="C72" s="28">
+        <v>1</v>
+      </c>
+      <c r="D72" s="6">
+        <v>0</v>
+      </c>
+      <c r="E72" s="6">
+        <v>0</v>
+      </c>
+      <c r="F72" s="6">
+        <v>0</v>
+      </c>
+      <c r="G72" s="12">
+        <v>1</v>
+      </c>
+      <c r="H72" s="6">
+        <v>0</v>
+      </c>
+      <c r="I72" s="6">
+        <v>0</v>
+      </c>
+      <c r="J72" s="6">
+        <v>0</v>
+      </c>
+      <c r="K72" s="28">
+        <v>1</v>
+      </c>
+      <c r="L72" s="6">
+        <v>0</v>
+      </c>
+      <c r="M72" s="12">
+        <v>1</v>
+      </c>
+      <c r="N72" s="6">
+        <v>0</v>
+      </c>
+      <c r="O72" s="28">
+        <v>2</v>
+      </c>
+      <c r="P72" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q72" s="6">
+        <v>0</v>
+      </c>
+      <c r="R72" s="6">
+        <v>0</v>
+      </c>
+      <c r="S72" s="12">
+        <v>2</v>
+      </c>
+      <c r="T72" s="28">
+        <v>0</v>
+      </c>
+      <c r="U72" s="28">
+        <v>0</v>
+      </c>
+      <c r="V72" s="28">
+        <v>0</v>
+      </c>
+      <c r="W72" s="28">
+        <v>0</v>
+      </c>
+      <c r="X72" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y72" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:25">
+      <c r="A73" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B73" s="6">
+        <v>0</v>
+      </c>
+      <c r="C73" s="6">
+        <v>0</v>
+      </c>
+      <c r="D73" s="6">
+        <v>0</v>
+      </c>
+      <c r="E73" s="6">
+        <v>0</v>
+      </c>
+      <c r="F73" s="6">
+        <v>0</v>
+      </c>
+      <c r="G73" s="17">
+        <v>0</v>
+      </c>
+      <c r="H73" s="6">
+        <v>0</v>
+      </c>
+      <c r="I73" s="6">
+        <v>0</v>
+      </c>
+      <c r="J73" s="6">
+        <v>0</v>
+      </c>
+      <c r="K73" s="6">
+        <v>0</v>
+      </c>
+      <c r="L73" s="6">
+        <v>0</v>
+      </c>
+      <c r="M73" s="17">
+        <v>0</v>
+      </c>
+      <c r="N73" s="6">
+        <v>0</v>
+      </c>
+      <c r="O73" s="6">
+        <v>0</v>
+      </c>
+      <c r="P73" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q73" s="6">
+        <v>0</v>
+      </c>
+      <c r="R73" s="6">
+        <v>0</v>
+      </c>
+      <c r="S73" s="17">
+        <v>0</v>
+      </c>
+      <c r="T73" s="28">
+        <v>0</v>
+      </c>
+      <c r="U73" s="28">
+        <v>0</v>
+      </c>
+      <c r="V73" s="28">
+        <v>0</v>
+      </c>
+      <c r="W73" s="28">
+        <v>0</v>
+      </c>
+      <c r="X73" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y73" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:25">
+      <c r="A74" s="80" t="s">
         <v>96</v>
       </c>
-      <c r="B72" s="9">
-[...153 lines deleted...]
-      <c r="B74" s="12">
+      <c r="B74" s="81">
         <v>271</v>
       </c>
-      <c r="C74" s="12">
+      <c r="C74" s="81">
         <v>194</v>
       </c>
-      <c r="D74" s="12">
+      <c r="D74" s="81">
         <v>117</v>
       </c>
-      <c r="E74" s="12">
+      <c r="E74" s="81">
         <v>36</v>
       </c>
-      <c r="F74" s="12">
+      <c r="F74" s="81">
         <v>33</v>
       </c>
-      <c r="G74" s="19">
+      <c r="G74" s="82">
         <v>651</v>
       </c>
-      <c r="H74" s="12">
+      <c r="H74" s="83">
         <v>265</v>
       </c>
-      <c r="I74" s="12">
+      <c r="I74" s="81">
         <v>188</v>
       </c>
-      <c r="J74" s="12">
+      <c r="J74" s="81">
         <v>129</v>
       </c>
-      <c r="K74" s="12">
+      <c r="K74" s="81">
         <v>35</v>
       </c>
-      <c r="L74" s="12">
+      <c r="L74" s="81">
         <v>52</v>
       </c>
-      <c r="M74" s="12">
+      <c r="M74" s="82">
         <v>669</v>
       </c>
-      <c r="N74" s="23">
+      <c r="N74" s="83">
         <v>327</v>
       </c>
-      <c r="O74" s="12">
+      <c r="O74" s="81">
         <v>187</v>
       </c>
-      <c r="P74" s="12">
+      <c r="P74" s="81">
         <v>137</v>
       </c>
-      <c r="Q74" s="12">
+      <c r="Q74" s="81">
         <v>28</v>
       </c>
-      <c r="R74" s="12">
+      <c r="R74" s="81">
         <v>59</v>
       </c>
-      <c r="S74" s="19">
+      <c r="S74" s="82">
         <v>738</v>
       </c>
-      <c r="T74" s="12">
+      <c r="T74" s="83">
         <v>580</v>
       </c>
-      <c r="U74" s="12">
+      <c r="U74" s="81">
         <v>291</v>
       </c>
-      <c r="V74" s="12">
+      <c r="V74" s="81">
         <v>169</v>
       </c>
-      <c r="W74" s="12">
+      <c r="W74" s="81">
         <v>47</v>
       </c>
-      <c r="X74" s="12">
+      <c r="X74" s="81">
         <v>56</v>
       </c>
-      <c r="Y74" s="19">
+      <c r="Y74" s="82">
         <v>1143</v>
       </c>
     </row>
-    <row r="75" spans="1:25" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:25">
       <c r="B75" s="1"/>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
     </row>
-    <row r="77" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A77" s="115" t="s">
+    <row r="77" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A77" s="114" t="s">
         <v>30</v>
       </c>
-      <c r="B77" s="117" t="s">
+      <c r="B77" s="116" t="s">
         <v>54</v>
       </c>
-      <c r="C77" s="117"/>
-[...4 lines deleted...]
-      <c r="H77" s="119" t="s">
+      <c r="C77" s="116"/>
+      <c r="D77" s="116"/>
+      <c r="E77" s="116"/>
+      <c r="F77" s="116"/>
+      <c r="G77" s="117"/>
+      <c r="H77" s="118" t="s">
         <v>55</v>
       </c>
-      <c r="I77" s="117"/>
-[...4 lines deleted...]
-      <c r="N77" s="119" t="s">
+      <c r="I77" s="116"/>
+      <c r="J77" s="116"/>
+      <c r="K77" s="116"/>
+      <c r="L77" s="116"/>
+      <c r="M77" s="117"/>
+      <c r="N77" s="118" t="s">
         <v>56</v>
       </c>
-      <c r="O77" s="117"/>
-[...4 lines deleted...]
-      <c r="T77" s="117" t="s">
+      <c r="O77" s="116"/>
+      <c r="P77" s="116"/>
+      <c r="Q77" s="116"/>
+      <c r="R77" s="116"/>
+      <c r="S77" s="117"/>
+      <c r="T77" s="116" t="s">
         <v>57</v>
       </c>
-      <c r="U77" s="117"/>
-[...7 lines deleted...]
-      <c r="B78" s="45" t="s">
+      <c r="U77" s="116"/>
+      <c r="V77" s="116"/>
+      <c r="W77" s="116"/>
+      <c r="X77" s="116"/>
+      <c r="Y77" s="117"/>
+    </row>
+    <row r="78" spans="1:25" ht="45" customHeight="1">
+      <c r="A78" s="115"/>
+      <c r="B78" s="78" t="s">
         <v>17</v>
       </c>
-      <c r="C78" s="45" t="s">
+      <c r="C78" s="78" t="s">
         <v>6</v>
       </c>
-      <c r="D78" s="45" t="s">
+      <c r="D78" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="E78" s="45" t="s">
+      <c r="E78" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="F78" s="45" t="s">
+      <c r="F78" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="G78" s="46" t="s">
+      <c r="G78" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="H78" s="44" t="s">
+      <c r="H78" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="I78" s="45" t="s">
+      <c r="I78" s="78" t="s">
         <v>6</v>
       </c>
-      <c r="J78" s="45" t="s">
+      <c r="J78" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="K78" s="45" t="s">
+      <c r="K78" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="L78" s="45" t="s">
+      <c r="L78" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="M78" s="46" t="s">
+      <c r="M78" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="N78" s="44" t="s">
+      <c r="N78" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="O78" s="45" t="s">
+      <c r="O78" s="78" t="s">
         <v>6</v>
       </c>
-      <c r="P78" s="45" t="s">
+      <c r="P78" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="Q78" s="45" t="s">
+      <c r="Q78" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="R78" s="45" t="s">
+      <c r="R78" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="S78" s="46" t="s">
+      <c r="S78" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="T78" s="45" t="s">
+      <c r="T78" s="78" t="s">
         <v>17</v>
       </c>
-      <c r="U78" s="45" t="s">
+      <c r="U78" s="78" t="s">
         <v>6</v>
       </c>
-      <c r="V78" s="45" t="s">
+      <c r="V78" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="W78" s="45" t="s">
+      <c r="W78" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="X78" s="45" t="s">
+      <c r="X78" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="Y78" s="46" t="s">
+      <c r="Y78" s="79" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="79" spans="1:25" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="A80" s="42" t="s">
+    <row r="79" spans="1:25">
+      <c r="A79" s="16"/>
+      <c r="B79" s="28"/>
+      <c r="C79" s="28"/>
+      <c r="D79" s="28"/>
+      <c r="E79" s="28"/>
+      <c r="F79" s="28"/>
+      <c r="G79" s="8"/>
+      <c r="H79" s="13"/>
+      <c r="I79" s="28"/>
+      <c r="J79" s="28"/>
+      <c r="K79" s="28"/>
+      <c r="L79" s="28"/>
+      <c r="M79" s="8"/>
+      <c r="N79" s="13"/>
+      <c r="O79" s="28"/>
+      <c r="P79" s="28"/>
+      <c r="Q79" s="28"/>
+      <c r="R79" s="28"/>
+      <c r="S79" s="8"/>
+      <c r="T79" s="28"/>
+      <c r="U79" s="28"/>
+      <c r="V79" s="28"/>
+      <c r="W79" s="28"/>
+      <c r="X79" s="28"/>
+      <c r="Y79" s="8"/>
+    </row>
+    <row r="80" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A80" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="B80" s="16"/>
-[...25 lines deleted...]
-      <c r="A81" s="25" t="s">
+      <c r="B80" s="9"/>
+      <c r="C80" s="9"/>
+      <c r="D80" s="9"/>
+      <c r="E80" s="9"/>
+      <c r="F80" s="9"/>
+      <c r="G80" s="11"/>
+      <c r="H80" s="14"/>
+      <c r="I80" s="9"/>
+      <c r="J80" s="9"/>
+      <c r="K80" s="9"/>
+      <c r="L80" s="9"/>
+      <c r="M80" s="11"/>
+      <c r="N80" s="14"/>
+      <c r="O80" s="9"/>
+      <c r="P80" s="9"/>
+      <c r="Q80" s="9"/>
+      <c r="R80" s="9"/>
+      <c r="S80" s="11"/>
+      <c r="T80" s="9"/>
+      <c r="U80" s="9"/>
+      <c r="V80" s="9"/>
+      <c r="W80" s="9"/>
+      <c r="X80" s="9"/>
+      <c r="Y80" s="11"/>
+    </row>
+    <row r="81" spans="1:25">
+      <c r="A81" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B81" s="28">
+        <v>160</v>
+      </c>
+      <c r="C81" s="28">
+        <v>45</v>
+      </c>
+      <c r="D81" s="28">
+        <v>7</v>
+      </c>
+      <c r="E81" s="6">
+        <v>1</v>
+      </c>
+      <c r="F81" s="28">
+        <v>27</v>
+      </c>
+      <c r="G81" s="12">
+        <v>240</v>
+      </c>
+      <c r="H81" s="13">
+        <v>208</v>
+      </c>
+      <c r="I81" s="28">
+        <v>61</v>
+      </c>
+      <c r="J81" s="28">
+        <v>7</v>
+      </c>
+      <c r="K81" s="6">
+        <v>2</v>
+      </c>
+      <c r="L81" s="28">
+        <v>31</v>
+      </c>
+      <c r="M81" s="12">
+        <v>309</v>
+      </c>
+      <c r="N81" s="13">
+        <v>227</v>
+      </c>
+      <c r="O81" s="28">
+        <v>66</v>
+      </c>
+      <c r="P81" s="28">
+        <v>4</v>
+      </c>
+      <c r="Q81" s="28">
+        <v>1</v>
+      </c>
+      <c r="R81" s="28">
+        <v>30</v>
+      </c>
+      <c r="S81" s="12">
+        <v>328</v>
+      </c>
+      <c r="T81" s="28">
+        <v>244</v>
+      </c>
+      <c r="U81" s="28">
+        <v>53</v>
+      </c>
+      <c r="V81" s="28">
+        <v>7</v>
+      </c>
+      <c r="W81" s="28">
+        <v>2</v>
+      </c>
+      <c r="X81" s="28">
+        <v>34</v>
+      </c>
+      <c r="Y81" s="12">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="82" spans="1:25">
+      <c r="A82" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B82" s="28">
+        <v>18</v>
+      </c>
+      <c r="C82" s="28">
+        <v>39</v>
+      </c>
+      <c r="D82" s="28">
+        <v>24</v>
+      </c>
+      <c r="E82" s="28">
+        <v>2</v>
+      </c>
+      <c r="F82" s="28">
+        <v>5</v>
+      </c>
+      <c r="G82" s="12">
         <v>88</v>
       </c>
-      <c r="B81" s="40">
-[...5 lines deleted...]
-      <c r="D81" s="40">
+      <c r="H82" s="13">
+        <v>44</v>
+      </c>
+      <c r="I82" s="28">
+        <v>36</v>
+      </c>
+      <c r="J82" s="28">
+        <v>34</v>
+      </c>
+      <c r="K82" s="28">
+        <v>4</v>
+      </c>
+      <c r="L82" s="28">
+        <v>5</v>
+      </c>
+      <c r="M82" s="12">
+        <v>123</v>
+      </c>
+      <c r="N82" s="13">
+        <v>33</v>
+      </c>
+      <c r="O82" s="28">
+        <v>31</v>
+      </c>
+      <c r="P82" s="28">
+        <v>32</v>
+      </c>
+      <c r="Q82" s="28">
+        <v>0</v>
+      </c>
+      <c r="R82" s="28">
+        <v>6</v>
+      </c>
+      <c r="S82" s="12">
+        <v>102</v>
+      </c>
+      <c r="T82" s="28">
+        <v>58</v>
+      </c>
+      <c r="U82" s="28">
+        <v>42</v>
+      </c>
+      <c r="V82" s="28">
+        <v>43</v>
+      </c>
+      <c r="W82" s="28">
+        <v>12</v>
+      </c>
+      <c r="X82" s="28">
+        <v>12</v>
+      </c>
+      <c r="Y82" s="12">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="83" spans="1:25">
+      <c r="A83" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B83" s="28">
+        <v>9</v>
+      </c>
+      <c r="C83" s="28">
+        <v>25</v>
+      </c>
+      <c r="D83" s="28">
+        <v>14</v>
+      </c>
+      <c r="E83" s="28">
+        <v>1</v>
+      </c>
+      <c r="F83" s="6">
         <v>7</v>
       </c>
-      <c r="E81" s="9">
-[...2 lines deleted...]
-      <c r="F81" s="40">
+      <c r="G83" s="12">
+        <v>56</v>
+      </c>
+      <c r="H83" s="13">
         <v>27</v>
       </c>
-      <c r="G81" s="18">
-[...8 lines deleted...]
-      <c r="J81" s="40">
+      <c r="I83" s="28">
+        <v>41</v>
+      </c>
+      <c r="J83" s="28">
+        <v>8</v>
+      </c>
+      <c r="K83" s="28">
+        <v>4</v>
+      </c>
+      <c r="L83" s="6">
+        <v>3</v>
+      </c>
+      <c r="M83" s="12">
+        <v>83</v>
+      </c>
+      <c r="N83" s="13">
+        <v>34</v>
+      </c>
+      <c r="O83" s="28">
+        <v>33</v>
+      </c>
+      <c r="P83" s="28">
+        <v>13</v>
+      </c>
+      <c r="Q83" s="28">
+        <v>2</v>
+      </c>
+      <c r="R83" s="28">
+        <v>1</v>
+      </c>
+      <c r="S83" s="12">
+        <v>83</v>
+      </c>
+      <c r="T83" s="28">
+        <v>47</v>
+      </c>
+      <c r="U83" s="28">
+        <v>38</v>
+      </c>
+      <c r="V83" s="28">
+        <v>11</v>
+      </c>
+      <c r="W83" s="28">
+        <v>2</v>
+      </c>
+      <c r="X83" s="28">
+        <v>3</v>
+      </c>
+      <c r="Y83" s="12">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="84" spans="1:25">
+      <c r="A84" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B84" s="28">
+        <v>2</v>
+      </c>
+      <c r="C84" s="28">
+        <v>43</v>
+      </c>
+      <c r="D84" s="28">
+        <v>90</v>
+      </c>
+      <c r="E84" s="28">
+        <v>3</v>
+      </c>
+      <c r="F84" s="28">
+        <v>3</v>
+      </c>
+      <c r="G84" s="12">
+        <v>141</v>
+      </c>
+      <c r="H84" s="13">
+        <v>5</v>
+      </c>
+      <c r="I84" s="28">
+        <v>37</v>
+      </c>
+      <c r="J84" s="28">
+        <v>104</v>
+      </c>
+      <c r="K84" s="28">
+        <v>10</v>
+      </c>
+      <c r="L84" s="28">
+        <v>3</v>
+      </c>
+      <c r="M84" s="12">
+        <v>159</v>
+      </c>
+      <c r="N84" s="13">
+        <v>1</v>
+      </c>
+      <c r="O84" s="28">
+        <v>36</v>
+      </c>
+      <c r="P84" s="28">
+        <v>70</v>
+      </c>
+      <c r="Q84" s="28">
+        <v>2</v>
+      </c>
+      <c r="R84" s="28">
+        <v>0</v>
+      </c>
+      <c r="S84" s="12">
+        <v>109</v>
+      </c>
+      <c r="T84" s="28">
+        <v>9</v>
+      </c>
+      <c r="U84" s="28">
+        <v>50</v>
+      </c>
+      <c r="V84" s="28">
+        <v>91</v>
+      </c>
+      <c r="W84" s="28">
+        <v>1</v>
+      </c>
+      <c r="X84" s="28">
+        <v>1</v>
+      </c>
+      <c r="Y84" s="12">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="85" spans="1:25">
+      <c r="A85" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B85" s="6">
+        <v>3</v>
+      </c>
+      <c r="C85" s="28">
+        <v>13</v>
+      </c>
+      <c r="D85" s="28">
+        <v>21</v>
+      </c>
+      <c r="E85" s="28">
+        <v>12</v>
+      </c>
+      <c r="F85" s="28">
+        <v>3</v>
+      </c>
+      <c r="G85" s="12">
+        <v>52</v>
+      </c>
+      <c r="H85" s="13">
+        <v>0</v>
+      </c>
+      <c r="I85" s="28">
+        <v>17</v>
+      </c>
+      <c r="J85" s="28">
+        <v>15</v>
+      </c>
+      <c r="K85" s="28">
+        <v>16</v>
+      </c>
+      <c r="L85" s="28">
+        <v>1</v>
+      </c>
+      <c r="M85" s="12">
+        <v>49</v>
+      </c>
+      <c r="N85" s="13">
+        <v>0</v>
+      </c>
+      <c r="O85" s="28">
+        <v>13</v>
+      </c>
+      <c r="P85" s="28">
+        <v>19</v>
+      </c>
+      <c r="Q85" s="28">
+        <v>13</v>
+      </c>
+      <c r="R85" s="28">
+        <v>3</v>
+      </c>
+      <c r="S85" s="12">
+        <v>48</v>
+      </c>
+      <c r="T85" s="28">
+        <v>0</v>
+      </c>
+      <c r="U85" s="28">
+        <v>17</v>
+      </c>
+      <c r="V85" s="28">
+        <v>12</v>
+      </c>
+      <c r="W85" s="28">
+        <v>11</v>
+      </c>
+      <c r="X85" s="28">
+        <v>4</v>
+      </c>
+      <c r="Y85" s="12">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="86" spans="1:25">
+      <c r="A86" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B86" s="28">
+        <v>4</v>
+      </c>
+      <c r="C86" s="28">
+        <v>16</v>
+      </c>
+      <c r="D86" s="28">
+        <v>10</v>
+      </c>
+      <c r="E86" s="28">
+        <v>1</v>
+      </c>
+      <c r="F86" s="28">
+        <v>3</v>
+      </c>
+      <c r="G86" s="12">
+        <v>34</v>
+      </c>
+      <c r="H86" s="13">
+        <v>1</v>
+      </c>
+      <c r="I86" s="28">
+        <v>10</v>
+      </c>
+      <c r="J86" s="28">
+        <v>9</v>
+      </c>
+      <c r="K86" s="28">
+        <v>3</v>
+      </c>
+      <c r="L86" s="28">
+        <v>3</v>
+      </c>
+      <c r="M86" s="12">
+        <v>26</v>
+      </c>
+      <c r="N86" s="13">
+        <v>0</v>
+      </c>
+      <c r="O86" s="28">
+        <v>15</v>
+      </c>
+      <c r="P86" s="28">
+        <v>10</v>
+      </c>
+      <c r="Q86" s="28">
+        <v>4</v>
+      </c>
+      <c r="R86" s="28">
+        <v>3</v>
+      </c>
+      <c r="S86" s="12">
+        <v>32</v>
+      </c>
+      <c r="T86" s="28">
+        <v>1</v>
+      </c>
+      <c r="U86" s="28">
+        <v>11</v>
+      </c>
+      <c r="V86" s="28">
+        <v>17</v>
+      </c>
+      <c r="W86" s="28">
+        <v>6</v>
+      </c>
+      <c r="X86" s="28">
+        <v>8</v>
+      </c>
+      <c r="Y86" s="12">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="87" spans="1:25">
+      <c r="A87" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B87" s="6">
+        <v>0</v>
+      </c>
+      <c r="C87" s="28">
+        <v>2</v>
+      </c>
+      <c r="D87" s="6">
+        <v>3</v>
+      </c>
+      <c r="E87" s="6">
+        <v>0</v>
+      </c>
+      <c r="F87" s="6">
+        <v>0</v>
+      </c>
+      <c r="G87" s="12">
+        <v>5</v>
+      </c>
+      <c r="H87" s="15">
+        <v>0</v>
+      </c>
+      <c r="I87" s="28">
+        <v>1</v>
+      </c>
+      <c r="J87" s="28">
+        <v>1</v>
+      </c>
+      <c r="K87" s="28">
+        <v>2</v>
+      </c>
+      <c r="L87" s="6">
+        <v>1</v>
+      </c>
+      <c r="M87" s="12">
+        <v>5</v>
+      </c>
+      <c r="N87" s="6">
+        <v>0</v>
+      </c>
+      <c r="O87" s="28">
+        <v>3</v>
+      </c>
+      <c r="P87" s="28">
+        <v>4</v>
+      </c>
+      <c r="Q87" s="6">
+        <v>1</v>
+      </c>
+      <c r="R87" s="6">
+        <v>0</v>
+      </c>
+      <c r="S87" s="12">
+        <v>8</v>
+      </c>
+      <c r="T87" s="6">
+        <v>0</v>
+      </c>
+      <c r="U87" s="28">
+        <v>1</v>
+      </c>
+      <c r="V87" s="28">
+        <v>0</v>
+      </c>
+      <c r="W87" s="28">
+        <v>2</v>
+      </c>
+      <c r="X87" s="28">
+        <v>0</v>
+      </c>
+      <c r="Y87" s="12">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="88" spans="1:25">
+      <c r="A88" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B88" s="28">
+        <v>0</v>
+      </c>
+      <c r="C88" s="28">
+        <v>3</v>
+      </c>
+      <c r="D88" s="28">
+        <v>3</v>
+      </c>
+      <c r="E88" s="28">
+        <v>0</v>
+      </c>
+      <c r="F88" s="6">
+        <v>1</v>
+      </c>
+      <c r="G88" s="12">
         <v>7</v>
       </c>
-      <c r="K81" s="9">
+      <c r="H88" s="6">
+        <v>0</v>
+      </c>
+      <c r="I88" s="6">
+        <v>3</v>
+      </c>
+      <c r="J88" s="28">
+        <v>5</v>
+      </c>
+      <c r="K88" s="28">
+        <v>0</v>
+      </c>
+      <c r="L88" s="6">
+        <v>0</v>
+      </c>
+      <c r="M88" s="12">
+        <v>8</v>
+      </c>
+      <c r="N88" s="6">
+        <v>0</v>
+      </c>
+      <c r="O88" s="28">
+        <v>5</v>
+      </c>
+      <c r="P88" s="28">
         <v>2</v>
       </c>
-      <c r="L81" s="40">
-[...32 lines deleted...]
-      <c r="W81" s="40">
+      <c r="Q88" s="28">
+        <v>0</v>
+      </c>
+      <c r="R88" s="6">
+        <v>1</v>
+      </c>
+      <c r="S88" s="12">
+        <v>8</v>
+      </c>
+      <c r="T88" s="28">
+        <v>0</v>
+      </c>
+      <c r="U88" s="28">
+        <v>6</v>
+      </c>
+      <c r="V88" s="28">
+        <v>11</v>
+      </c>
+      <c r="W88" s="28">
         <v>2</v>
       </c>
-      <c r="X81" s="40">
-[...28 lines deleted...]
-      <c r="H82" s="20">
+      <c r="X88" s="6">
+        <v>3</v>
+      </c>
+      <c r="Y88" s="12">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="89" spans="1:25">
+      <c r="A89" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B89" s="6">
+        <v>0</v>
+      </c>
+      <c r="C89" s="28">
+        <v>0</v>
+      </c>
+      <c r="D89" s="6">
+        <v>1</v>
+      </c>
+      <c r="E89" s="6">
+        <v>0</v>
+      </c>
+      <c r="F89" s="6">
+        <v>0</v>
+      </c>
+      <c r="G89" s="12">
+        <v>1</v>
+      </c>
+      <c r="H89" s="6">
+        <v>0</v>
+      </c>
+      <c r="I89" s="6">
+        <v>0</v>
+      </c>
+      <c r="J89" s="6">
+        <v>0</v>
+      </c>
+      <c r="K89" s="28">
+        <v>0</v>
+      </c>
+      <c r="L89" s="6">
+        <v>0</v>
+      </c>
+      <c r="M89" s="12">
+        <v>0</v>
+      </c>
+      <c r="N89" s="6">
+        <v>0</v>
+      </c>
+      <c r="O89" s="28">
+        <v>0</v>
+      </c>
+      <c r="P89" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q89" s="6">
+        <v>0</v>
+      </c>
+      <c r="R89" s="6">
+        <v>0</v>
+      </c>
+      <c r="S89" s="12">
+        <v>0</v>
+      </c>
+      <c r="T89" s="28">
+        <v>0</v>
+      </c>
+      <c r="U89" s="28">
+        <v>1</v>
+      </c>
+      <c r="V89" s="28">
+        <v>0</v>
+      </c>
+      <c r="W89" s="28">
+        <v>0</v>
+      </c>
+      <c r="X89" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y89" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="90" spans="1:25">
+      <c r="A90" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B90" s="6">
+        <v>0</v>
+      </c>
+      <c r="C90" s="6">
+        <v>0</v>
+      </c>
+      <c r="D90" s="6">
+        <v>0</v>
+      </c>
+      <c r="E90" s="6">
+        <v>0</v>
+      </c>
+      <c r="F90" s="6">
+        <v>0</v>
+      </c>
+      <c r="G90" s="17">
+        <v>0</v>
+      </c>
+      <c r="H90" s="6">
+        <v>0</v>
+      </c>
+      <c r="I90" s="6">
+        <v>0</v>
+      </c>
+      <c r="J90" s="6">
+        <v>0</v>
+      </c>
+      <c r="K90" s="6">
+        <v>0</v>
+      </c>
+      <c r="L90" s="6">
+        <v>0</v>
+      </c>
+      <c r="M90" s="17">
+        <v>0</v>
+      </c>
+      <c r="N90" s="6">
+        <v>0</v>
+      </c>
+      <c r="O90" s="6">
+        <v>0</v>
+      </c>
+      <c r="P90" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q90" s="6">
+        <v>0</v>
+      </c>
+      <c r="R90" s="6">
+        <v>0</v>
+      </c>
+      <c r="S90" s="17">
+        <v>0</v>
+      </c>
+      <c r="T90" s="28">
+        <v>0</v>
+      </c>
+      <c r="U90" s="28">
+        <v>0</v>
+      </c>
+      <c r="V90" s="28">
+        <v>0</v>
+      </c>
+      <c r="W90" s="28">
+        <v>0</v>
+      </c>
+      <c r="X90" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y90" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:25">
+      <c r="A91" s="80" t="s">
+        <v>96</v>
+      </c>
+      <c r="B91" s="81">
+        <v>196</v>
+      </c>
+      <c r="C91" s="81">
+        <v>186</v>
+      </c>
+      <c r="D91" s="81">
+        <v>173</v>
+      </c>
+      <c r="E91" s="81">
+        <v>20</v>
+      </c>
+      <c r="F91" s="81">
+        <v>49</v>
+      </c>
+      <c r="G91" s="82">
+        <v>624</v>
+      </c>
+      <c r="H91" s="81">
+        <v>285</v>
+      </c>
+      <c r="I91" s="81">
+        <v>206</v>
+      </c>
+      <c r="J91" s="81">
+        <v>183</v>
+      </c>
+      <c r="K91" s="81">
+        <v>41</v>
+      </c>
+      <c r="L91" s="81">
+        <v>47</v>
+      </c>
+      <c r="M91" s="81">
+        <v>762</v>
+      </c>
+      <c r="N91" s="83">
+        <v>295</v>
+      </c>
+      <c r="O91" s="81">
+        <v>202</v>
+      </c>
+      <c r="P91" s="81">
+        <v>154</v>
+      </c>
+      <c r="Q91" s="81">
+        <v>23</v>
+      </c>
+      <c r="R91" s="81">
         <v>44</v>
       </c>
-      <c r="I82" s="40">
-[...112 lines deleted...]
-      <c r="U83" s="40">
+      <c r="S91" s="82">
+        <v>718</v>
+      </c>
+      <c r="T91" s="81">
+        <v>359</v>
+      </c>
+      <c r="U91" s="81">
+        <v>219</v>
+      </c>
+      <c r="V91" s="81">
+        <v>192</v>
+      </c>
+      <c r="W91" s="81">
         <v>38</v>
       </c>
-      <c r="V83" s="40">
-[...621 lines deleted...]
-      <c r="X91" s="12">
+      <c r="X91" s="81">
         <v>65</v>
       </c>
-      <c r="Y91" s="19">
+      <c r="Y91" s="82">
         <v>873</v>
       </c>
     </row>
-    <row r="92" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A92" s="47"/>
+    <row r="92" spans="1:25">
+      <c r="A92" s="29"/>
       <c r="B92" s="1"/>
       <c r="C92" s="1"/>
       <c r="D92" s="1"/>
       <c r="E92" s="1"/>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
     </row>
-    <row r="93" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A93" s="47"/>
+    <row r="93" spans="1:25">
+      <c r="A93" s="29"/>
       <c r="B93" s="1"/>
       <c r="C93" s="1"/>
       <c r="D93" s="1"/>
       <c r="E93" s="1"/>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
     </row>
-    <row r="94" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A94" s="115" t="s">
+    <row r="94" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A94" s="114" t="s">
         <v>30</v>
       </c>
-      <c r="B94" s="117" t="s">
+      <c r="B94" s="116" t="s">
         <v>58</v>
       </c>
-      <c r="C94" s="117"/>
-[...4 lines deleted...]
-      <c r="H94" s="119" t="s">
+      <c r="C94" s="116"/>
+      <c r="D94" s="116"/>
+      <c r="E94" s="116"/>
+      <c r="F94" s="116"/>
+      <c r="G94" s="117"/>
+      <c r="H94" s="118" t="s">
         <v>59</v>
       </c>
-      <c r="I94" s="117"/>
-[...4 lines deleted...]
-      <c r="N94" s="119" t="s">
+      <c r="I94" s="116"/>
+      <c r="J94" s="116"/>
+      <c r="K94" s="116"/>
+      <c r="L94" s="116"/>
+      <c r="M94" s="117"/>
+      <c r="N94" s="118" t="s">
         <v>60</v>
       </c>
-      <c r="O94" s="117"/>
-[...4 lines deleted...]
-      <c r="T94" s="117" t="s">
+      <c r="O94" s="116"/>
+      <c r="P94" s="116"/>
+      <c r="Q94" s="116"/>
+      <c r="R94" s="116"/>
+      <c r="S94" s="117"/>
+      <c r="T94" s="116" t="s">
         <v>61</v>
       </c>
-      <c r="U94" s="117"/>
-[...7 lines deleted...]
-      <c r="B95" s="45" t="s">
+      <c r="U94" s="116"/>
+      <c r="V94" s="116"/>
+      <c r="W94" s="116"/>
+      <c r="X94" s="116"/>
+      <c r="Y94" s="117"/>
+    </row>
+    <row r="95" spans="1:25" ht="45" customHeight="1">
+      <c r="A95" s="115"/>
+      <c r="B95" s="78" t="s">
         <v>17</v>
       </c>
-      <c r="C95" s="45" t="s">
+      <c r="C95" s="78" t="s">
         <v>6</v>
       </c>
-      <c r="D95" s="45" t="s">
+      <c r="D95" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="E95" s="45" t="s">
+      <c r="E95" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="F95" s="45" t="s">
+      <c r="F95" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="G95" s="46" t="s">
+      <c r="G95" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="H95" s="44" t="s">
+      <c r="H95" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="I95" s="45" t="s">
+      <c r="I95" s="78" t="s">
         <v>6</v>
       </c>
-      <c r="J95" s="45" t="s">
+      <c r="J95" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="K95" s="45" t="s">
+      <c r="K95" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="L95" s="45" t="s">
+      <c r="L95" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="M95" s="46" t="s">
+      <c r="M95" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="N95" s="44" t="s">
+      <c r="N95" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="O95" s="45" t="s">
+      <c r="O95" s="78" t="s">
         <v>6</v>
       </c>
-      <c r="P95" s="45" t="s">
+      <c r="P95" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="Q95" s="45" t="s">
+      <c r="Q95" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="R95" s="45" t="s">
+      <c r="R95" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="S95" s="46" t="s">
+      <c r="S95" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="T95" s="45" t="s">
+      <c r="T95" s="78" t="s">
         <v>17</v>
       </c>
-      <c r="U95" s="45" t="s">
+      <c r="U95" s="78" t="s">
         <v>6</v>
       </c>
-      <c r="V95" s="45" t="s">
+      <c r="V95" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="W95" s="45" t="s">
+      <c r="W95" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="X95" s="45" t="s">
+      <c r="X95" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="Y95" s="46" t="s">
+      <c r="Y95" s="79" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="96" spans="1:25" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="A97" s="42" t="s">
+    <row r="96" spans="1:25">
+      <c r="A96" s="16"/>
+      <c r="B96" s="28"/>
+      <c r="C96" s="28"/>
+      <c r="D96" s="28"/>
+      <c r="E96" s="28"/>
+      <c r="F96" s="28"/>
+      <c r="G96" s="8"/>
+      <c r="H96" s="13"/>
+      <c r="I96" s="28"/>
+      <c r="J96" s="28"/>
+      <c r="K96" s="28"/>
+      <c r="L96" s="28"/>
+      <c r="M96" s="8"/>
+      <c r="N96" s="13"/>
+      <c r="O96" s="28"/>
+      <c r="P96" s="28"/>
+      <c r="Q96" s="28"/>
+      <c r="R96" s="28"/>
+      <c r="S96" s="8"/>
+      <c r="T96" s="28"/>
+      <c r="U96" s="28"/>
+      <c r="V96" s="28"/>
+      <c r="W96" s="28"/>
+      <c r="X96" s="28"/>
+      <c r="Y96" s="8"/>
+    </row>
+    <row r="97" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A97" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="B97" s="16"/>
-[...28 lines deleted...]
-      <c r="B98" s="40">
+      <c r="B97" s="9"/>
+      <c r="C97" s="9"/>
+      <c r="D97" s="9"/>
+      <c r="E97" s="9"/>
+      <c r="F97" s="9"/>
+      <c r="G97" s="11"/>
+      <c r="H97" s="14"/>
+      <c r="I97" s="9"/>
+      <c r="J97" s="9"/>
+      <c r="K97" s="9"/>
+      <c r="L97" s="9"/>
+      <c r="M97" s="11"/>
+      <c r="N97" s="14"/>
+      <c r="O97" s="9"/>
+      <c r="P97" s="9"/>
+      <c r="Q97" s="9"/>
+      <c r="R97" s="9"/>
+      <c r="S97" s="11"/>
+      <c r="T97" s="9"/>
+      <c r="U97" s="9"/>
+      <c r="V97" s="9"/>
+      <c r="W97" s="9"/>
+      <c r="X97" s="9"/>
+      <c r="Y97" s="11"/>
+    </row>
+    <row r="98" spans="1:25">
+      <c r="A98" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B98" s="28">
         <v>172</v>
       </c>
-      <c r="C98" s="40">
+      <c r="C98" s="28">
         <v>55</v>
       </c>
-      <c r="D98" s="40">
+      <c r="D98" s="28">
         <v>5</v>
       </c>
-      <c r="E98" s="9">
+      <c r="E98" s="6">
         <v>4</v>
       </c>
-      <c r="F98" s="40">
+      <c r="F98" s="28">
         <v>25</v>
       </c>
-      <c r="G98" s="18">
+      <c r="G98" s="12">
         <v>261</v>
       </c>
-      <c r="H98" s="20">
+      <c r="H98" s="13">
         <v>152</v>
       </c>
-      <c r="I98" s="40">
+      <c r="I98" s="28">
         <v>53</v>
       </c>
-      <c r="J98" s="40">
-[...5 lines deleted...]
-      <c r="L98" s="40">
+      <c r="J98" s="28">
+        <v>0</v>
+      </c>
+      <c r="K98" s="6">
+        <v>0</v>
+      </c>
+      <c r="L98" s="28">
         <v>33</v>
       </c>
-      <c r="M98" s="18">
+      <c r="M98" s="12">
         <v>238</v>
       </c>
-      <c r="N98" s="20">
+      <c r="N98" s="13">
         <v>181</v>
       </c>
-      <c r="O98" s="40">
+      <c r="O98" s="28">
         <v>55</v>
       </c>
-      <c r="P98" s="40">
+      <c r="P98" s="28">
         <v>6</v>
       </c>
-      <c r="Q98" s="40">
-[...2 lines deleted...]
-      <c r="R98" s="40">
+      <c r="Q98" s="28">
+        <v>1</v>
+      </c>
+      <c r="R98" s="28">
         <v>28</v>
       </c>
-      <c r="S98" s="18">
+      <c r="S98" s="12">
         <v>271</v>
       </c>
-      <c r="T98" s="40">
+      <c r="T98" s="28">
         <v>324</v>
       </c>
-      <c r="U98" s="40">
+      <c r="U98" s="28">
         <v>68</v>
       </c>
-      <c r="V98" s="40">
+      <c r="V98" s="28">
         <v>12</v>
       </c>
-      <c r="W98" s="40">
-[...2 lines deleted...]
-      <c r="X98" s="40">
+      <c r="W98" s="28">
+        <v>1</v>
+      </c>
+      <c r="X98" s="28">
         <v>41</v>
       </c>
-      <c r="Y98" s="18">
+      <c r="Y98" s="12">
         <v>446</v>
       </c>
     </row>
-    <row r="99" spans="1:25" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B99" s="40">
+    <row r="99" spans="1:25">
+      <c r="A99" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B99" s="28">
         <v>14</v>
       </c>
-      <c r="C99" s="40">
+      <c r="C99" s="28">
         <v>47</v>
       </c>
-      <c r="D99" s="40">
+      <c r="D99" s="28">
         <v>32</v>
       </c>
-      <c r="E99" s="40">
+      <c r="E99" s="28">
         <v>7</v>
       </c>
-      <c r="F99" s="40">
+      <c r="F99" s="28">
         <v>4</v>
       </c>
-      <c r="G99" s="18">
+      <c r="G99" s="12">
         <v>104</v>
       </c>
-      <c r="H99" s="20">
+      <c r="H99" s="13">
         <v>8</v>
       </c>
-      <c r="I99" s="40">
+      <c r="I99" s="28">
         <v>49</v>
       </c>
-      <c r="J99" s="40">
+      <c r="J99" s="28">
         <v>33</v>
       </c>
-      <c r="K99" s="40">
+      <c r="K99" s="28">
         <v>3</v>
       </c>
-      <c r="L99" s="40">
+      <c r="L99" s="28">
         <v>3</v>
       </c>
-      <c r="M99" s="18">
+      <c r="M99" s="12">
         <v>96</v>
       </c>
-      <c r="N99" s="20">
+      <c r="N99" s="13">
         <v>22</v>
       </c>
-      <c r="O99" s="40">
+      <c r="O99" s="28">
         <v>41</v>
       </c>
-      <c r="P99" s="40">
+      <c r="P99" s="28">
         <v>36</v>
       </c>
-      <c r="Q99" s="40">
+      <c r="Q99" s="28">
         <v>4</v>
       </c>
-      <c r="R99" s="40">
+      <c r="R99" s="28">
         <v>10</v>
       </c>
-      <c r="S99" s="18">
+      <c r="S99" s="12">
         <v>113</v>
       </c>
-      <c r="T99" s="40">
+      <c r="T99" s="28">
         <v>31</v>
       </c>
-      <c r="U99" s="40">
+      <c r="U99" s="28">
         <v>54</v>
       </c>
-      <c r="V99" s="40">
+      <c r="V99" s="28">
         <v>28</v>
       </c>
-      <c r="W99" s="40">
+      <c r="W99" s="28">
         <v>2</v>
       </c>
-      <c r="X99" s="40">
+      <c r="X99" s="28">
         <v>5</v>
       </c>
-      <c r="Y99" s="18">
+      <c r="Y99" s="12">
         <v>120</v>
       </c>
     </row>
-    <row r="100" spans="1:25" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B100" s="40">
+    <row r="100" spans="1:25">
+      <c r="A100" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B100" s="28">
         <v>18</v>
       </c>
-      <c r="C100" s="40">
+      <c r="C100" s="28">
         <v>34</v>
       </c>
-      <c r="D100" s="40">
+      <c r="D100" s="28">
         <v>4</v>
       </c>
-      <c r="E100" s="40">
+      <c r="E100" s="28">
         <v>2</v>
       </c>
-      <c r="F100" s="9">
-[...2 lines deleted...]
-      <c r="G100" s="18">
+      <c r="F100" s="6">
+        <v>0</v>
+      </c>
+      <c r="G100" s="12">
         <v>58</v>
       </c>
-      <c r="H100" s="20">
+      <c r="H100" s="13">
         <v>14</v>
       </c>
-      <c r="I100" s="40">
+      <c r="I100" s="28">
         <v>31</v>
       </c>
-      <c r="J100" s="40">
+      <c r="J100" s="28">
         <v>3</v>
       </c>
-      <c r="K100" s="40">
+      <c r="K100" s="28">
         <v>2</v>
       </c>
-      <c r="L100" s="9">
-[...2 lines deleted...]
-      <c r="M100" s="18">
+      <c r="L100" s="6">
+        <v>0</v>
+      </c>
+      <c r="M100" s="12">
         <v>50</v>
       </c>
-      <c r="N100" s="20">
+      <c r="N100" s="13">
         <v>21</v>
       </c>
-      <c r="O100" s="40">
+      <c r="O100" s="28">
         <v>28</v>
       </c>
-      <c r="P100" s="40">
+      <c r="P100" s="28">
         <v>10</v>
       </c>
-      <c r="Q100" s="40">
-[...5 lines deleted...]
-      <c r="S100" s="18">
+      <c r="Q100" s="28">
+        <v>1</v>
+      </c>
+      <c r="R100" s="28">
+        <v>1</v>
+      </c>
+      <c r="S100" s="12">
         <v>61</v>
       </c>
-      <c r="T100" s="40">
+      <c r="T100" s="28">
         <v>41</v>
       </c>
-      <c r="U100" s="40">
+      <c r="U100" s="28">
         <v>32</v>
       </c>
-      <c r="V100" s="40">
+      <c r="V100" s="28">
         <v>11</v>
       </c>
-      <c r="W100" s="40">
+      <c r="W100" s="28">
         <v>4</v>
       </c>
-      <c r="X100" s="40">
+      <c r="X100" s="28">
         <v>7</v>
       </c>
-      <c r="Y100" s="18">
+      <c r="Y100" s="12">
         <v>95</v>
       </c>
     </row>
-    <row r="101" spans="1:25" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B101" s="40">
+    <row r="101" spans="1:25">
+      <c r="A101" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B101" s="28">
         <v>3</v>
       </c>
-      <c r="C101" s="40">
+      <c r="C101" s="28">
         <v>36</v>
       </c>
-      <c r="D101" s="40">
+      <c r="D101" s="28">
         <v>50</v>
       </c>
-      <c r="E101" s="40">
+      <c r="E101" s="28">
         <v>5</v>
       </c>
-      <c r="F101" s="40">
+      <c r="F101" s="28">
         <v>3</v>
       </c>
-      <c r="G101" s="18">
+      <c r="G101" s="12">
         <v>97</v>
       </c>
-      <c r="H101" s="20">
+      <c r="H101" s="13">
         <v>10</v>
       </c>
-      <c r="I101" s="40">
+      <c r="I101" s="28">
         <v>25</v>
       </c>
-      <c r="J101" s="40">
+      <c r="J101" s="28">
         <v>75</v>
       </c>
-      <c r="K101" s="40">
+      <c r="K101" s="28">
         <v>13</v>
       </c>
-      <c r="L101" s="40">
+      <c r="L101" s="28">
         <v>2</v>
       </c>
-      <c r="M101" s="18">
+      <c r="M101" s="12">
         <v>125</v>
       </c>
-      <c r="N101" s="20">
+      <c r="N101" s="13">
         <v>8</v>
       </c>
-      <c r="O101" s="40">
+      <c r="O101" s="28">
         <v>37</v>
       </c>
-      <c r="P101" s="40">
+      <c r="P101" s="28">
         <v>40</v>
       </c>
-      <c r="Q101" s="40">
+      <c r="Q101" s="28">
         <v>8</v>
       </c>
-      <c r="R101" s="40">
-[...2 lines deleted...]
-      <c r="S101" s="18">
+      <c r="R101" s="28">
+        <v>0</v>
+      </c>
+      <c r="S101" s="12">
         <v>93</v>
       </c>
-      <c r="T101" s="40">
+      <c r="T101" s="28">
         <v>10</v>
       </c>
-      <c r="U101" s="40">
+      <c r="U101" s="28">
         <v>74</v>
       </c>
-      <c r="V101" s="40">
+      <c r="V101" s="28">
         <v>42</v>
       </c>
-      <c r="W101" s="40">
-[...2 lines deleted...]
-      <c r="X101" s="40">
+      <c r="W101" s="28">
+        <v>1</v>
+      </c>
+      <c r="X101" s="28">
         <v>5</v>
       </c>
-      <c r="Y101" s="18">
+      <c r="Y101" s="12">
         <v>132</v>
       </c>
     </row>
-    <row r="102" spans="1:25" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C102" s="40">
+    <row r="102" spans="1:25">
+      <c r="A102" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B102" s="6">
+        <v>1</v>
+      </c>
+      <c r="C102" s="28">
         <v>13</v>
       </c>
-      <c r="D102" s="40">
+      <c r="D102" s="28">
         <v>12</v>
       </c>
-      <c r="E102" s="40">
+      <c r="E102" s="28">
         <v>9</v>
       </c>
-      <c r="F102" s="40">
+      <c r="F102" s="28">
         <v>4</v>
       </c>
-      <c r="G102" s="18">
+      <c r="G102" s="12">
         <v>39</v>
       </c>
-      <c r="H102" s="20">
-[...2 lines deleted...]
-      <c r="I102" s="40">
+      <c r="H102" s="13">
+        <v>0</v>
+      </c>
+      <c r="I102" s="28">
         <v>16</v>
       </c>
-      <c r="J102" s="40">
+      <c r="J102" s="28">
         <v>11</v>
       </c>
-      <c r="K102" s="40">
+      <c r="K102" s="28">
         <v>9</v>
       </c>
-      <c r="L102" s="40">
+      <c r="L102" s="28">
         <v>2</v>
       </c>
-      <c r="M102" s="18">
+      <c r="M102" s="12">
         <v>38</v>
       </c>
-      <c r="N102" s="20">
-[...2 lines deleted...]
-      <c r="O102" s="40">
+      <c r="N102" s="13">
+        <v>1</v>
+      </c>
+      <c r="O102" s="28">
         <v>17</v>
       </c>
-      <c r="P102" s="40">
+      <c r="P102" s="28">
         <v>9</v>
       </c>
-      <c r="Q102" s="40">
+      <c r="Q102" s="28">
         <v>9</v>
       </c>
-      <c r="R102" s="40">
-[...2 lines deleted...]
-      <c r="S102" s="18">
+      <c r="R102" s="28">
+        <v>1</v>
+      </c>
+      <c r="S102" s="12">
         <v>37</v>
       </c>
-      <c r="T102" s="40">
-[...2 lines deleted...]
-      <c r="U102" s="40">
+      <c r="T102" s="28">
+        <v>0</v>
+      </c>
+      <c r="U102" s="28">
         <v>15</v>
       </c>
-      <c r="V102" s="40">
+      <c r="V102" s="28">
         <v>7</v>
       </c>
-      <c r="W102" s="40">
+      <c r="W102" s="28">
         <v>13</v>
       </c>
-      <c r="X102" s="40">
+      <c r="X102" s="28">
         <v>5</v>
       </c>
-      <c r="Y102" s="18">
+      <c r="Y102" s="12">
         <v>40</v>
       </c>
     </row>
-    <row r="103" spans="1:25" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C103" s="40">
+    <row r="103" spans="1:25">
+      <c r="A103" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B103" s="28">
+        <v>0</v>
+      </c>
+      <c r="C103" s="28">
         <v>8</v>
       </c>
-      <c r="D103" s="40">
+      <c r="D103" s="28">
         <v>14</v>
       </c>
-      <c r="E103" s="40">
+      <c r="E103" s="28">
         <v>4</v>
       </c>
-      <c r="F103" s="40">
+      <c r="F103" s="28">
         <v>2</v>
       </c>
-      <c r="G103" s="18">
+      <c r="G103" s="12">
         <v>28</v>
       </c>
-      <c r="H103" s="20">
+      <c r="H103" s="13">
         <v>2</v>
       </c>
-      <c r="I103" s="40">
+      <c r="I103" s="28">
         <v>11</v>
       </c>
-      <c r="J103" s="40">
+      <c r="J103" s="28">
         <v>11</v>
       </c>
-      <c r="K103" s="40">
-[...5 lines deleted...]
-      <c r="M103" s="18">
+      <c r="K103" s="28">
+        <v>1</v>
+      </c>
+      <c r="L103" s="28">
+        <v>0</v>
+      </c>
+      <c r="M103" s="12">
         <v>25</v>
       </c>
-      <c r="N103" s="20">
-[...2 lines deleted...]
-      <c r="O103" s="40">
+      <c r="N103" s="13">
+        <v>1</v>
+      </c>
+      <c r="O103" s="28">
         <v>10</v>
       </c>
-      <c r="P103" s="40">
+      <c r="P103" s="28">
         <v>8</v>
       </c>
-      <c r="Q103" s="40">
+      <c r="Q103" s="28">
         <v>4</v>
       </c>
-      <c r="R103" s="40">
+      <c r="R103" s="28">
         <v>5</v>
       </c>
-      <c r="S103" s="18">
+      <c r="S103" s="12">
         <v>28</v>
       </c>
-      <c r="T103" s="40">
-[...2 lines deleted...]
-      <c r="U103" s="40">
+      <c r="T103" s="28">
+        <v>0</v>
+      </c>
+      <c r="U103" s="28">
         <v>16</v>
       </c>
-      <c r="V103" s="40">
+      <c r="V103" s="28">
         <v>16</v>
       </c>
-      <c r="W103" s="40">
+      <c r="W103" s="28">
         <v>4</v>
       </c>
-      <c r="X103" s="40">
+      <c r="X103" s="28">
         <v>2</v>
       </c>
-      <c r="Y103" s="18">
+      <c r="Y103" s="12">
         <v>38</v>
       </c>
     </row>
-    <row r="104" spans="1:25" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C104" s="40">
+    <row r="104" spans="1:25">
+      <c r="A104" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B104" s="6">
+        <v>0</v>
+      </c>
+      <c r="C104" s="28">
         <v>4</v>
       </c>
-      <c r="D104" s="9">
-[...8 lines deleted...]
-      <c r="G104" s="18">
+      <c r="D104" s="6">
+        <v>1</v>
+      </c>
+      <c r="E104" s="6">
+        <v>0</v>
+      </c>
+      <c r="F104" s="6">
+        <v>0</v>
+      </c>
+      <c r="G104" s="12">
         <v>5</v>
       </c>
-      <c r="H104" s="22">
-[...2 lines deleted...]
-      <c r="I104" s="40">
+      <c r="H104" s="15">
+        <v>0</v>
+      </c>
+      <c r="I104" s="28">
         <v>4</v>
       </c>
-      <c r="J104" s="40">
+      <c r="J104" s="28">
         <v>2</v>
       </c>
-      <c r="K104" s="40">
-[...5 lines deleted...]
-      <c r="M104" s="18">
+      <c r="K104" s="28">
+        <v>0</v>
+      </c>
+      <c r="L104" s="6">
+        <v>0</v>
+      </c>
+      <c r="M104" s="12">
         <v>6</v>
       </c>
-      <c r="N104" s="9">
-[...5 lines deleted...]
-      <c r="P104" s="40">
+      <c r="N104" s="6">
+        <v>0</v>
+      </c>
+      <c r="O104" s="28">
+        <v>1</v>
+      </c>
+      <c r="P104" s="28">
         <v>2</v>
       </c>
-      <c r="Q104" s="9">
-[...5 lines deleted...]
-      <c r="S104" s="18">
+      <c r="Q104" s="6">
+        <v>0</v>
+      </c>
+      <c r="R104" s="6">
+        <v>0</v>
+      </c>
+      <c r="S104" s="12">
         <v>3</v>
       </c>
-      <c r="T104" s="9">
-[...2 lines deleted...]
-      <c r="U104" s="40">
+      <c r="T104" s="6">
+        <v>0</v>
+      </c>
+      <c r="U104" s="28">
         <v>2</v>
       </c>
-      <c r="V104" s="40">
+      <c r="V104" s="28">
         <v>2</v>
       </c>
-      <c r="W104" s="40">
-[...2 lines deleted...]
-      <c r="X104" s="40">
+      <c r="W104" s="28">
+        <v>0</v>
+      </c>
+      <c r="X104" s="28">
         <v>2</v>
       </c>
-      <c r="Y104" s="18">
+      <c r="Y104" s="12">
         <v>6</v>
       </c>
     </row>
-    <row r="105" spans="1:25" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B105" s="40">
+    <row r="105" spans="1:25">
+      <c r="A105" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B105" s="28">
         <v>2</v>
       </c>
-      <c r="C105" s="40">
+      <c r="C105" s="28">
         <v>4</v>
       </c>
-      <c r="D105" s="40">
+      <c r="D105" s="28">
         <v>4</v>
       </c>
-      <c r="E105" s="40">
-[...5 lines deleted...]
-      <c r="G105" s="18">
+      <c r="E105" s="28">
+        <v>0</v>
+      </c>
+      <c r="F105" s="6">
+        <v>1</v>
+      </c>
+      <c r="G105" s="12">
         <v>11</v>
       </c>
-      <c r="H105" s="9">
+      <c r="H105" s="6">
         <v>3</v>
       </c>
-      <c r="I105" s="9">
+      <c r="I105" s="6">
         <v>6</v>
       </c>
-      <c r="J105" s="40">
+      <c r="J105" s="28">
         <v>5</v>
       </c>
-      <c r="K105" s="40">
-[...5 lines deleted...]
-      <c r="M105" s="18">
+      <c r="K105" s="28">
+        <v>1</v>
+      </c>
+      <c r="L105" s="6">
+        <v>0</v>
+      </c>
+      <c r="M105" s="12">
         <v>15</v>
       </c>
-      <c r="N105" s="9">
-[...2 lines deleted...]
-      <c r="O105" s="40">
+      <c r="N105" s="6">
+        <v>1</v>
+      </c>
+      <c r="O105" s="28">
         <v>7</v>
       </c>
-      <c r="P105" s="40">
+      <c r="P105" s="28">
         <v>5</v>
       </c>
-      <c r="Q105" s="40">
+      <c r="Q105" s="28">
         <v>2</v>
       </c>
-      <c r="R105" s="9">
-[...2 lines deleted...]
-      <c r="S105" s="18">
+      <c r="R105" s="6">
+        <v>0</v>
+      </c>
+      <c r="S105" s="12">
         <v>15</v>
       </c>
-      <c r="T105" s="40">
-[...2 lines deleted...]
-      <c r="U105" s="40">
+      <c r="T105" s="28">
+        <v>0</v>
+      </c>
+      <c r="U105" s="28">
         <v>5</v>
       </c>
-      <c r="V105" s="40">
+      <c r="V105" s="28">
         <v>2</v>
       </c>
-      <c r="W105" s="40">
-[...5 lines deleted...]
-      <c r="Y105" s="18">
+      <c r="W105" s="28">
+        <v>1</v>
+      </c>
+      <c r="X105" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y105" s="12">
         <v>8</v>
       </c>
     </row>
-    <row r="106" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A106" s="25" t="s">
+    <row r="106" spans="1:25">
+      <c r="A106" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B106" s="6">
+        <v>0</v>
+      </c>
+      <c r="C106" s="28">
+        <v>0</v>
+      </c>
+      <c r="D106" s="6">
+        <v>0</v>
+      </c>
+      <c r="E106" s="6">
+        <v>0</v>
+      </c>
+      <c r="F106" s="6">
+        <v>0</v>
+      </c>
+      <c r="G106" s="12">
+        <v>0</v>
+      </c>
+      <c r="H106" s="6">
+        <v>0</v>
+      </c>
+      <c r="I106" s="6">
+        <v>1</v>
+      </c>
+      <c r="J106" s="6">
+        <v>0</v>
+      </c>
+      <c r="K106" s="28">
+        <v>0</v>
+      </c>
+      <c r="L106" s="6">
+        <v>0</v>
+      </c>
+      <c r="M106" s="12">
+        <v>1</v>
+      </c>
+      <c r="N106" s="6">
+        <v>0</v>
+      </c>
+      <c r="O106" s="28">
+        <v>0</v>
+      </c>
+      <c r="P106" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q106" s="6">
+        <v>2</v>
+      </c>
+      <c r="R106" s="6">
+        <v>0</v>
+      </c>
+      <c r="S106" s="12">
+        <v>2</v>
+      </c>
+      <c r="T106" s="28">
+        <v>1</v>
+      </c>
+      <c r="U106" s="28">
+        <v>1</v>
+      </c>
+      <c r="V106" s="28">
+        <v>1</v>
+      </c>
+      <c r="W106" s="28">
+        <v>0</v>
+      </c>
+      <c r="X106" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y106" s="12">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="107" spans="1:25">
+      <c r="A107" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B107" s="6">
+        <v>0</v>
+      </c>
+      <c r="C107" s="6">
+        <v>0</v>
+      </c>
+      <c r="D107" s="6">
+        <v>0</v>
+      </c>
+      <c r="E107" s="6">
+        <v>0</v>
+      </c>
+      <c r="F107" s="6">
+        <v>0</v>
+      </c>
+      <c r="G107" s="17">
+        <v>0</v>
+      </c>
+      <c r="H107" s="6">
+        <v>0</v>
+      </c>
+      <c r="I107" s="6">
+        <v>0</v>
+      </c>
+      <c r="J107" s="6">
+        <v>0</v>
+      </c>
+      <c r="K107" s="6">
+        <v>0</v>
+      </c>
+      <c r="L107" s="6">
+        <v>0</v>
+      </c>
+      <c r="M107" s="17">
+        <v>0</v>
+      </c>
+      <c r="N107" s="6">
+        <v>0</v>
+      </c>
+      <c r="O107" s="6">
+        <v>0</v>
+      </c>
+      <c r="P107" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q107" s="6">
+        <v>0</v>
+      </c>
+      <c r="R107" s="6">
+        <v>0</v>
+      </c>
+      <c r="S107" s="17">
+        <v>0</v>
+      </c>
+      <c r="T107" s="28">
+        <v>0</v>
+      </c>
+      <c r="U107" s="28">
+        <v>0</v>
+      </c>
+      <c r="V107" s="28">
+        <v>0</v>
+      </c>
+      <c r="W107" s="28">
+        <v>0</v>
+      </c>
+      <c r="X107" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y107" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="1:25">
+      <c r="A108" s="80" t="s">
         <v>96</v>
       </c>
-      <c r="B106" s="9">
-[...153 lines deleted...]
-      <c r="B108" s="12">
+      <c r="B108" s="81">
         <v>210</v>
       </c>
-      <c r="C108" s="12">
+      <c r="C108" s="81">
         <v>201</v>
       </c>
-      <c r="D108" s="12">
+      <c r="D108" s="81">
         <v>122</v>
       </c>
-      <c r="E108" s="12">
+      <c r="E108" s="81">
         <v>31</v>
       </c>
-      <c r="F108" s="12">
+      <c r="F108" s="81">
         <v>39</v>
       </c>
-      <c r="G108" s="19">
+      <c r="G108" s="82">
         <v>603</v>
       </c>
-      <c r="H108" s="12">
+      <c r="H108" s="81">
         <v>189</v>
       </c>
-      <c r="I108" s="12">
+      <c r="I108" s="81">
         <v>196</v>
       </c>
-      <c r="J108" s="12">
+      <c r="J108" s="81">
         <v>140</v>
       </c>
-      <c r="K108" s="12">
+      <c r="K108" s="81">
         <v>29</v>
       </c>
-      <c r="L108" s="12">
+      <c r="L108" s="81">
         <v>40</v>
       </c>
-      <c r="M108" s="12">
+      <c r="M108" s="81">
         <v>594</v>
       </c>
-      <c r="N108" s="23">
+      <c r="N108" s="83">
         <v>235</v>
       </c>
-      <c r="O108" s="12">
+      <c r="O108" s="81">
         <v>196</v>
       </c>
-      <c r="P108" s="12">
+      <c r="P108" s="81">
         <v>116</v>
       </c>
-      <c r="Q108" s="12">
+      <c r="Q108" s="81">
         <v>31</v>
       </c>
-      <c r="R108" s="12">
+      <c r="R108" s="81">
         <v>45</v>
       </c>
-      <c r="S108" s="19">
+      <c r="S108" s="82">
         <v>623</v>
       </c>
-      <c r="T108" s="12">
+      <c r="T108" s="81">
         <v>407</v>
       </c>
-      <c r="U108" s="12">
+      <c r="U108" s="81">
         <v>267</v>
       </c>
-      <c r="V108" s="12">
+      <c r="V108" s="81">
         <v>121</v>
       </c>
-      <c r="W108" s="12">
+      <c r="W108" s="81">
         <v>26</v>
       </c>
-      <c r="X108" s="12">
+      <c r="X108" s="81">
         <v>67</v>
       </c>
-      <c r="Y108" s="19">
+      <c r="Y108" s="82">
         <v>888</v>
       </c>
     </row>
-    <row r="109" spans="1:25" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="A110" s="47"/>
+    <row r="109" spans="1:25">
+      <c r="A109" s="3"/>
+      <c r="B109" s="4"/>
+      <c r="C109" s="4"/>
+      <c r="D109" s="4"/>
+      <c r="E109" s="4"/>
+      <c r="F109" s="4"/>
+      <c r="G109" s="4"/>
+      <c r="H109" s="4"/>
+      <c r="I109" s="4"/>
+      <c r="J109" s="4"/>
+      <c r="K109" s="4"/>
+      <c r="L109" s="4"/>
+      <c r="M109" s="4"/>
+      <c r="N109" s="4"/>
+      <c r="O109" s="4"/>
+      <c r="P109" s="4"/>
+      <c r="Q109" s="4"/>
+      <c r="R109" s="4"/>
+      <c r="S109" s="4"/>
+      <c r="T109" s="4"/>
+      <c r="U109" s="4"/>
+      <c r="V109" s="4"/>
+      <c r="W109" s="4"/>
+      <c r="X109" s="4"/>
+      <c r="Y109" s="4"/>
+    </row>
+    <row r="110" spans="1:25">
+      <c r="A110" s="29"/>
       <c r="B110" s="1"/>
       <c r="C110" s="1"/>
       <c r="D110" s="1"/>
       <c r="E110" s="1"/>
       <c r="F110" s="1"/>
       <c r="G110" s="1"/>
     </row>
-    <row r="111" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A111" s="115" t="s">
+    <row r="111" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A111" s="114" t="s">
         <v>30</v>
       </c>
-      <c r="B111" s="117" t="s">
+      <c r="B111" s="116" t="s">
         <v>62</v>
       </c>
-      <c r="C111" s="117"/>
-[...4 lines deleted...]
-      <c r="H111" s="119" t="s">
+      <c r="C111" s="116"/>
+      <c r="D111" s="116"/>
+      <c r="E111" s="116"/>
+      <c r="F111" s="116"/>
+      <c r="G111" s="117"/>
+      <c r="H111" s="118" t="s">
         <v>63</v>
       </c>
-      <c r="I111" s="117"/>
-[...4 lines deleted...]
-      <c r="N111" s="119" t="s">
+      <c r="I111" s="116"/>
+      <c r="J111" s="116"/>
+      <c r="K111" s="116"/>
+      <c r="L111" s="116"/>
+      <c r="M111" s="117"/>
+      <c r="N111" s="118" t="s">
         <v>69</v>
       </c>
-      <c r="O111" s="117"/>
-[...4 lines deleted...]
-      <c r="T111" s="117" t="s">
+      <c r="O111" s="116"/>
+      <c r="P111" s="116"/>
+      <c r="Q111" s="116"/>
+      <c r="R111" s="116"/>
+      <c r="S111" s="117"/>
+      <c r="T111" s="116" t="s">
         <v>64</v>
       </c>
-      <c r="U111" s="117"/>
-[...7 lines deleted...]
-      <c r="B112" s="45" t="s">
+      <c r="U111" s="116"/>
+      <c r="V111" s="116"/>
+      <c r="W111" s="116"/>
+      <c r="X111" s="116"/>
+      <c r="Y111" s="117"/>
+    </row>
+    <row r="112" spans="1:25" ht="45" customHeight="1">
+      <c r="A112" s="115"/>
+      <c r="B112" s="78" t="s">
         <v>17</v>
       </c>
-      <c r="C112" s="45" t="s">
+      <c r="C112" s="78" t="s">
         <v>6</v>
       </c>
-      <c r="D112" s="45" t="s">
+      <c r="D112" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="E112" s="45" t="s">
+      <c r="E112" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="F112" s="45" t="s">
+      <c r="F112" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="G112" s="46" t="s">
+      <c r="G112" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="H112" s="44" t="s">
+      <c r="H112" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="I112" s="45" t="s">
+      <c r="I112" s="78" t="s">
         <v>6</v>
       </c>
-      <c r="J112" s="45" t="s">
+      <c r="J112" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="K112" s="45" t="s">
+      <c r="K112" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="L112" s="45" t="s">
+      <c r="L112" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="M112" s="46" t="s">
+      <c r="M112" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="N112" s="44" t="s">
+      <c r="N112" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="O112" s="45" t="s">
+      <c r="O112" s="78" t="s">
         <v>6</v>
       </c>
-      <c r="P112" s="45" t="s">
+      <c r="P112" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="Q112" s="45" t="s">
+      <c r="Q112" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="R112" s="45" t="s">
+      <c r="R112" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="S112" s="46" t="s">
+      <c r="S112" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="T112" s="45" t="s">
+      <c r="T112" s="78" t="s">
         <v>17</v>
       </c>
-      <c r="U112" s="45" t="s">
+      <c r="U112" s="78" t="s">
         <v>6</v>
       </c>
-      <c r="V112" s="45" t="s">
+      <c r="V112" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="W112" s="45" t="s">
+      <c r="W112" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="X112" s="45" t="s">
+      <c r="X112" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="Y112" s="46" t="s">
+      <c r="Y112" s="79" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="113" spans="1:25" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="A114" s="42" t="s">
+    <row r="113" spans="1:25">
+      <c r="A113" s="16"/>
+      <c r="B113" s="28"/>
+      <c r="C113" s="28"/>
+      <c r="D113" s="28"/>
+      <c r="E113" s="28"/>
+      <c r="F113" s="28"/>
+      <c r="G113" s="8"/>
+      <c r="H113" s="13"/>
+      <c r="I113" s="28"/>
+      <c r="J113" s="28"/>
+      <c r="K113" s="28"/>
+      <c r="L113" s="28"/>
+      <c r="M113" s="8"/>
+      <c r="N113" s="13"/>
+      <c r="O113" s="28"/>
+      <c r="P113" s="28"/>
+      <c r="Q113" s="28"/>
+      <c r="R113" s="28"/>
+      <c r="S113" s="8"/>
+      <c r="T113" s="28"/>
+      <c r="U113" s="28"/>
+      <c r="V113" s="28"/>
+      <c r="W113" s="28"/>
+      <c r="X113" s="28"/>
+      <c r="Y113" s="8"/>
+    </row>
+    <row r="114" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A114" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="B114" s="16"/>
-[...25 lines deleted...]
-      <c r="A115" s="25" t="s">
+      <c r="B114" s="9"/>
+      <c r="C114" s="9"/>
+      <c r="D114" s="9"/>
+      <c r="E114" s="9"/>
+      <c r="F114" s="9"/>
+      <c r="G114" s="11"/>
+      <c r="H114" s="14"/>
+      <c r="I114" s="9"/>
+      <c r="J114" s="9"/>
+      <c r="K114" s="9"/>
+      <c r="L114" s="9"/>
+      <c r="M114" s="11"/>
+      <c r="N114" s="14"/>
+      <c r="O114" s="9"/>
+      <c r="P114" s="9"/>
+      <c r="Q114" s="9"/>
+      <c r="R114" s="9"/>
+      <c r="S114" s="11"/>
+      <c r="T114" s="9"/>
+      <c r="U114" s="9"/>
+      <c r="V114" s="9"/>
+      <c r="W114" s="9"/>
+      <c r="X114" s="9"/>
+      <c r="Y114" s="11"/>
+    </row>
+    <row r="115" spans="1:25">
+      <c r="A115" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B115" s="28">
+        <v>207</v>
+      </c>
+      <c r="C115" s="28">
+        <v>60</v>
+      </c>
+      <c r="D115" s="28">
+        <v>3</v>
+      </c>
+      <c r="E115" s="6">
+        <v>1</v>
+      </c>
+      <c r="F115" s="28">
+        <v>44</v>
+      </c>
+      <c r="G115" s="12">
+        <v>315</v>
+      </c>
+      <c r="H115" s="13">
+        <v>183</v>
+      </c>
+      <c r="I115" s="28">
+        <v>55</v>
+      </c>
+      <c r="J115" s="28">
+        <v>8</v>
+      </c>
+      <c r="K115" s="6">
+        <v>3</v>
+      </c>
+      <c r="L115" s="28">
+        <v>39</v>
+      </c>
+      <c r="M115" s="12">
+        <v>288</v>
+      </c>
+      <c r="N115" s="13">
+        <v>200</v>
+      </c>
+      <c r="O115" s="28">
+        <v>64</v>
+      </c>
+      <c r="P115" s="28">
+        <v>7</v>
+      </c>
+      <c r="Q115" s="28">
+        <v>1</v>
+      </c>
+      <c r="R115" s="28">
+        <v>25</v>
+      </c>
+      <c r="S115" s="12">
+        <v>297</v>
+      </c>
+      <c r="T115" s="28">
+        <v>365</v>
+      </c>
+      <c r="U115" s="28">
+        <v>57</v>
+      </c>
+      <c r="V115" s="28">
+        <v>7</v>
+      </c>
+      <c r="W115" s="28">
+        <v>0</v>
+      </c>
+      <c r="X115" s="28">
+        <v>41</v>
+      </c>
+      <c r="Y115" s="12">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="116" spans="1:25">
+      <c r="A116" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B116" s="28">
+        <v>13</v>
+      </c>
+      <c r="C116" s="28">
+        <v>33</v>
+      </c>
+      <c r="D116" s="28">
+        <v>26</v>
+      </c>
+      <c r="E116" s="28">
+        <v>1</v>
+      </c>
+      <c r="F116" s="28">
+        <v>3</v>
+      </c>
+      <c r="G116" s="12">
+        <v>76</v>
+      </c>
+      <c r="H116" s="13">
+        <v>11</v>
+      </c>
+      <c r="I116" s="28">
+        <v>27</v>
+      </c>
+      <c r="J116" s="28">
+        <v>18</v>
+      </c>
+      <c r="K116" s="28">
+        <v>3</v>
+      </c>
+      <c r="L116" s="28">
+        <v>12</v>
+      </c>
+      <c r="M116" s="12">
+        <v>71</v>
+      </c>
+      <c r="N116" s="13">
+        <v>14</v>
+      </c>
+      <c r="O116" s="28">
+        <v>38</v>
+      </c>
+      <c r="P116" s="28">
+        <v>21</v>
+      </c>
+      <c r="Q116" s="28">
+        <v>1</v>
+      </c>
+      <c r="R116" s="28">
+        <v>9</v>
+      </c>
+      <c r="S116" s="12">
+        <v>83</v>
+      </c>
+      <c r="T116" s="28">
+        <v>34</v>
+      </c>
+      <c r="U116" s="28">
+        <v>55</v>
+      </c>
+      <c r="V116" s="28">
+        <v>28</v>
+      </c>
+      <c r="W116" s="28">
+        <v>1</v>
+      </c>
+      <c r="X116" s="28">
+        <v>4</v>
+      </c>
+      <c r="Y116" s="12">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="117" spans="1:25">
+      <c r="A117" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B117" s="28">
+        <v>10</v>
+      </c>
+      <c r="C117" s="28">
+        <v>31</v>
+      </c>
+      <c r="D117" s="28">
+        <v>6</v>
+      </c>
+      <c r="E117" s="28">
+        <v>1</v>
+      </c>
+      <c r="F117" s="6">
+        <v>2</v>
+      </c>
+      <c r="G117" s="12">
+        <v>50</v>
+      </c>
+      <c r="H117" s="13">
+        <v>6</v>
+      </c>
+      <c r="I117" s="28">
+        <v>31</v>
+      </c>
+      <c r="J117" s="28">
+        <v>9</v>
+      </c>
+      <c r="K117" s="28">
+        <v>1</v>
+      </c>
+      <c r="L117" s="6">
+        <v>2</v>
+      </c>
+      <c r="M117" s="12">
+        <v>49</v>
+      </c>
+      <c r="N117" s="13">
+        <v>15</v>
+      </c>
+      <c r="O117" s="28">
+        <v>30</v>
+      </c>
+      <c r="P117" s="28">
+        <v>8</v>
+      </c>
+      <c r="Q117" s="28">
+        <v>2</v>
+      </c>
+      <c r="R117" s="28">
+        <v>2</v>
+      </c>
+      <c r="S117" s="12">
+        <v>57</v>
+      </c>
+      <c r="T117" s="28">
+        <v>26</v>
+      </c>
+      <c r="U117" s="28">
+        <v>31</v>
+      </c>
+      <c r="V117" s="28">
+        <v>8</v>
+      </c>
+      <c r="W117" s="28">
+        <v>0</v>
+      </c>
+      <c r="X117" s="28">
+        <v>5</v>
+      </c>
+      <c r="Y117" s="12">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="118" spans="1:25">
+      <c r="A118" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B118" s="28">
+        <v>6</v>
+      </c>
+      <c r="C118" s="28">
+        <v>58</v>
+      </c>
+      <c r="D118" s="28">
+        <v>111</v>
+      </c>
+      <c r="E118" s="28">
+        <v>4</v>
+      </c>
+      <c r="F118" s="28">
+        <v>1</v>
+      </c>
+      <c r="G118" s="12">
+        <v>180</v>
+      </c>
+      <c r="H118" s="13">
+        <v>8</v>
+      </c>
+      <c r="I118" s="28">
+        <v>55</v>
+      </c>
+      <c r="J118" s="28">
+        <v>45</v>
+      </c>
+      <c r="K118" s="28">
+        <v>2</v>
+      </c>
+      <c r="L118" s="28">
+        <v>0</v>
+      </c>
+      <c r="M118" s="12">
+        <v>110</v>
+      </c>
+      <c r="N118" s="13">
+        <v>3</v>
+      </c>
+      <c r="O118" s="28">
+        <v>30</v>
+      </c>
+      <c r="P118" s="28">
+        <v>41</v>
+      </c>
+      <c r="Q118" s="28">
+        <v>2</v>
+      </c>
+      <c r="R118" s="28">
+        <v>5</v>
+      </c>
+      <c r="S118" s="12">
+        <v>81</v>
+      </c>
+      <c r="T118" s="28">
+        <v>3</v>
+      </c>
+      <c r="U118" s="28">
+        <v>46</v>
+      </c>
+      <c r="V118" s="28">
+        <v>44</v>
+      </c>
+      <c r="W118" s="28">
+        <v>9</v>
+      </c>
+      <c r="X118" s="28">
+        <v>3</v>
+      </c>
+      <c r="Y118" s="12">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="119" spans="1:25">
+      <c r="A119" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B119" s="6">
+        <v>0</v>
+      </c>
+      <c r="C119" s="28">
+        <v>20</v>
+      </c>
+      <c r="D119" s="28">
+        <v>10</v>
+      </c>
+      <c r="E119" s="28">
+        <v>8</v>
+      </c>
+      <c r="F119" s="28">
+        <v>2</v>
+      </c>
+      <c r="G119" s="12">
+        <v>40</v>
+      </c>
+      <c r="H119" s="13">
+        <v>2</v>
+      </c>
+      <c r="I119" s="28">
+        <v>17</v>
+      </c>
+      <c r="J119" s="28">
+        <v>12</v>
+      </c>
+      <c r="K119" s="28">
+        <v>7</v>
+      </c>
+      <c r="L119" s="28">
+        <v>2</v>
+      </c>
+      <c r="M119" s="12">
+        <v>40</v>
+      </c>
+      <c r="N119" s="13">
+        <v>0</v>
+      </c>
+      <c r="O119" s="28">
+        <v>17</v>
+      </c>
+      <c r="P119" s="28">
+        <v>9</v>
+      </c>
+      <c r="Q119" s="28">
+        <v>15</v>
+      </c>
+      <c r="R119" s="28">
+        <v>5</v>
+      </c>
+      <c r="S119" s="12">
+        <v>46</v>
+      </c>
+      <c r="T119" s="28">
+        <v>1</v>
+      </c>
+      <c r="U119" s="28">
+        <v>14</v>
+      </c>
+      <c r="V119" s="28">
+        <v>10</v>
+      </c>
+      <c r="W119" s="28">
+        <v>21</v>
+      </c>
+      <c r="X119" s="28">
+        <v>5</v>
+      </c>
+      <c r="Y119" s="12">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="120" spans="1:25">
+      <c r="A120" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B120" s="28">
+        <v>0</v>
+      </c>
+      <c r="C120" s="28">
+        <v>12</v>
+      </c>
+      <c r="D120" s="28">
+        <v>10</v>
+      </c>
+      <c r="E120" s="28">
+        <v>4</v>
+      </c>
+      <c r="F120" s="28">
+        <v>1</v>
+      </c>
+      <c r="G120" s="12">
+        <v>27</v>
+      </c>
+      <c r="H120" s="13">
+        <v>1</v>
+      </c>
+      <c r="I120" s="28">
+        <v>12</v>
+      </c>
+      <c r="J120" s="28">
+        <v>19</v>
+      </c>
+      <c r="K120" s="28">
+        <v>4</v>
+      </c>
+      <c r="L120" s="28">
+        <v>2</v>
+      </c>
+      <c r="M120" s="12">
+        <v>38</v>
+      </c>
+      <c r="N120" s="13">
+        <v>1</v>
+      </c>
+      <c r="O120" s="28">
+        <v>6</v>
+      </c>
+      <c r="P120" s="28">
+        <v>6</v>
+      </c>
+      <c r="Q120" s="28">
+        <v>4</v>
+      </c>
+      <c r="R120" s="28">
+        <v>2</v>
+      </c>
+      <c r="S120" s="12">
+        <v>19</v>
+      </c>
+      <c r="T120" s="28">
+        <v>1</v>
+      </c>
+      <c r="U120" s="28">
+        <v>12</v>
+      </c>
+      <c r="V120" s="28">
+        <v>8</v>
+      </c>
+      <c r="W120" s="28">
+        <v>3</v>
+      </c>
+      <c r="X120" s="28">
+        <v>5</v>
+      </c>
+      <c r="Y120" s="12">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="121" spans="1:25">
+      <c r="A121" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B121" s="6">
+        <v>0</v>
+      </c>
+      <c r="C121" s="28">
+        <v>4</v>
+      </c>
+      <c r="D121" s="6">
+        <v>1</v>
+      </c>
+      <c r="E121" s="6">
+        <v>0</v>
+      </c>
+      <c r="F121" s="6">
+        <v>1</v>
+      </c>
+      <c r="G121" s="12">
+        <v>6</v>
+      </c>
+      <c r="H121" s="15">
+        <v>0</v>
+      </c>
+      <c r="I121" s="28">
+        <v>1</v>
+      </c>
+      <c r="J121" s="28">
+        <v>1</v>
+      </c>
+      <c r="K121" s="28">
+        <v>0</v>
+      </c>
+      <c r="L121" s="6">
+        <v>1</v>
+      </c>
+      <c r="M121" s="12">
+        <v>3</v>
+      </c>
+      <c r="N121" s="6">
+        <v>1</v>
+      </c>
+      <c r="O121" s="28">
+        <v>2</v>
+      </c>
+      <c r="P121" s="28">
+        <v>0</v>
+      </c>
+      <c r="Q121" s="6">
+        <v>0</v>
+      </c>
+      <c r="R121" s="6">
+        <v>0</v>
+      </c>
+      <c r="S121" s="12">
+        <v>3</v>
+      </c>
+      <c r="T121" s="6">
+        <v>0</v>
+      </c>
+      <c r="U121" s="28">
+        <v>0</v>
+      </c>
+      <c r="V121" s="28">
+        <v>0</v>
+      </c>
+      <c r="W121" s="28">
+        <v>1</v>
+      </c>
+      <c r="X121" s="28">
+        <v>0</v>
+      </c>
+      <c r="Y121" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="122" spans="1:25">
+      <c r="A122" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B122" s="28">
+        <v>1</v>
+      </c>
+      <c r="C122" s="28">
+        <v>4</v>
+      </c>
+      <c r="D122" s="28">
+        <v>1</v>
+      </c>
+      <c r="E122" s="28">
+        <v>1</v>
+      </c>
+      <c r="F122" s="6">
+        <v>2</v>
+      </c>
+      <c r="G122" s="12">
+        <v>9</v>
+      </c>
+      <c r="H122" s="6">
+        <v>0</v>
+      </c>
+      <c r="I122" s="6">
+        <v>4</v>
+      </c>
+      <c r="J122" s="28">
+        <v>3</v>
+      </c>
+      <c r="K122" s="28">
+        <v>0</v>
+      </c>
+      <c r="L122" s="6">
+        <v>0</v>
+      </c>
+      <c r="M122" s="12">
+        <v>7</v>
+      </c>
+      <c r="N122" s="6">
+        <v>0</v>
+      </c>
+      <c r="O122" s="28">
+        <v>4</v>
+      </c>
+      <c r="P122" s="28">
+        <v>1</v>
+      </c>
+      <c r="Q122" s="28">
+        <v>2</v>
+      </c>
+      <c r="R122" s="6">
+        <v>0</v>
+      </c>
+      <c r="S122" s="12">
+        <v>7</v>
+      </c>
+      <c r="T122" s="28">
+        <v>0</v>
+      </c>
+      <c r="U122" s="28">
+        <v>4</v>
+      </c>
+      <c r="V122" s="28">
+        <v>3</v>
+      </c>
+      <c r="W122" s="28">
+        <v>1</v>
+      </c>
+      <c r="X122" s="6">
+        <v>1</v>
+      </c>
+      <c r="Y122" s="12">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="123" spans="1:25">
+      <c r="A123" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B123" s="6">
+        <v>0</v>
+      </c>
+      <c r="C123" s="28">
+        <v>0</v>
+      </c>
+      <c r="D123" s="6">
+        <v>0</v>
+      </c>
+      <c r="E123" s="6">
+        <v>0</v>
+      </c>
+      <c r="F123" s="6">
+        <v>0</v>
+      </c>
+      <c r="G123" s="12">
+        <v>0</v>
+      </c>
+      <c r="H123" s="6">
+        <v>0</v>
+      </c>
+      <c r="I123" s="6">
+        <v>2</v>
+      </c>
+      <c r="J123" s="6">
+        <v>0</v>
+      </c>
+      <c r="K123" s="28">
+        <v>0</v>
+      </c>
+      <c r="L123" s="6">
+        <v>0</v>
+      </c>
+      <c r="M123" s="12">
+        <v>2</v>
+      </c>
+      <c r="N123" s="6">
+        <v>0</v>
+      </c>
+      <c r="O123" s="28">
+        <v>0</v>
+      </c>
+      <c r="P123" s="6">
+        <v>1</v>
+      </c>
+      <c r="Q123" s="6">
+        <v>0</v>
+      </c>
+      <c r="R123" s="6">
+        <v>0</v>
+      </c>
+      <c r="S123" s="12">
+        <v>1</v>
+      </c>
+      <c r="T123" s="28">
+        <v>0</v>
+      </c>
+      <c r="U123" s="28">
+        <v>0</v>
+      </c>
+      <c r="V123" s="28">
+        <v>0</v>
+      </c>
+      <c r="W123" s="28">
+        <v>0</v>
+      </c>
+      <c r="X123" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y123" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:25">
+      <c r="A124" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B124" s="6">
+        <v>0</v>
+      </c>
+      <c r="C124" s="6">
+        <v>0</v>
+      </c>
+      <c r="D124" s="6">
+        <v>0</v>
+      </c>
+      <c r="E124" s="6">
+        <v>0</v>
+      </c>
+      <c r="F124" s="6">
+        <v>0</v>
+      </c>
+      <c r="G124" s="17">
+        <v>0</v>
+      </c>
+      <c r="H124" s="6">
+        <v>0</v>
+      </c>
+      <c r="I124" s="6">
+        <v>0</v>
+      </c>
+      <c r="J124" s="6">
+        <v>0</v>
+      </c>
+      <c r="K124" s="6">
+        <v>0</v>
+      </c>
+      <c r="L124" s="6">
+        <v>0</v>
+      </c>
+      <c r="M124" s="17">
+        <v>0</v>
+      </c>
+      <c r="N124" s="6">
+        <v>0</v>
+      </c>
+      <c r="O124" s="6">
+        <v>0</v>
+      </c>
+      <c r="P124" s="6">
+        <v>1</v>
+      </c>
+      <c r="Q124" s="6">
+        <v>0</v>
+      </c>
+      <c r="R124" s="6">
+        <v>0</v>
+      </c>
+      <c r="S124" s="17">
+        <v>1</v>
+      </c>
+      <c r="T124" s="28">
+        <v>0</v>
+      </c>
+      <c r="U124" s="28">
+        <v>0</v>
+      </c>
+      <c r="V124" s="28">
+        <v>0</v>
+      </c>
+      <c r="W124" s="28">
+        <v>0</v>
+      </c>
+      <c r="X124" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y124" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:25">
+      <c r="A125" s="80" t="s">
+        <v>96</v>
+      </c>
+      <c r="B125" s="81">
+        <v>237</v>
+      </c>
+      <c r="C125" s="81">
+        <v>222</v>
+      </c>
+      <c r="D125" s="81">
+        <v>168</v>
+      </c>
+      <c r="E125" s="81">
+        <v>20</v>
+      </c>
+      <c r="F125" s="81">
+        <v>56</v>
+      </c>
+      <c r="G125" s="82">
+        <v>703</v>
+      </c>
+      <c r="H125" s="81">
+        <v>211</v>
+      </c>
+      <c r="I125" s="81">
+        <v>204</v>
+      </c>
+      <c r="J125" s="81">
+        <v>115</v>
+      </c>
+      <c r="K125" s="81">
+        <v>20</v>
+      </c>
+      <c r="L125" s="81">
+        <v>58</v>
+      </c>
+      <c r="M125" s="81">
+        <v>608</v>
+      </c>
+      <c r="N125" s="83">
+        <v>234</v>
+      </c>
+      <c r="O125" s="81">
+        <v>191</v>
+      </c>
+      <c r="P125" s="81">
+        <v>95</v>
+      </c>
+      <c r="Q125" s="81">
+        <v>27</v>
+      </c>
+      <c r="R125" s="81">
+        <v>48</v>
+      </c>
+      <c r="S125" s="82">
+        <v>595</v>
+      </c>
+      <c r="T125" s="81">
+        <v>430</v>
+      </c>
+      <c r="U125" s="81">
+        <v>219</v>
+      </c>
+      <c r="V125" s="81">
+        <v>108</v>
+      </c>
+      <c r="W125" s="81">
+        <v>36</v>
+      </c>
+      <c r="X125" s="81">
+        <v>64</v>
+      </c>
+      <c r="Y125" s="82">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="126" spans="1:25">
+      <c r="I126" s="28"/>
+      <c r="J126" s="28"/>
+      <c r="K126" s="28"/>
+      <c r="L126" s="28"/>
+      <c r="M126" s="28"/>
+    </row>
+    <row r="127" spans="1:25">
+      <c r="I127" s="28"/>
+      <c r="J127" s="28"/>
+      <c r="K127" s="28"/>
+      <c r="L127" s="28"/>
+      <c r="M127" s="28"/>
+    </row>
+    <row r="128" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A128" s="114" t="s">
+        <v>30</v>
+      </c>
+      <c r="B128" s="116" t="s">
+        <v>65</v>
+      </c>
+      <c r="C128" s="116"/>
+      <c r="D128" s="116"/>
+      <c r="E128" s="116"/>
+      <c r="F128" s="116"/>
+      <c r="G128" s="117"/>
+      <c r="H128" s="118" t="s">
+        <v>66</v>
+      </c>
+      <c r="I128" s="116"/>
+      <c r="J128" s="116"/>
+      <c r="K128" s="116"/>
+      <c r="L128" s="116"/>
+      <c r="M128" s="117"/>
+      <c r="N128" s="118" t="s">
+        <v>67</v>
+      </c>
+      <c r="O128" s="116"/>
+      <c r="P128" s="116"/>
+      <c r="Q128" s="116"/>
+      <c r="R128" s="116"/>
+      <c r="S128" s="117"/>
+      <c r="T128" s="116" t="s">
+        <v>68</v>
+      </c>
+      <c r="U128" s="116"/>
+      <c r="V128" s="116"/>
+      <c r="W128" s="116"/>
+      <c r="X128" s="116"/>
+      <c r="Y128" s="117"/>
+    </row>
+    <row r="129" spans="1:25" ht="45" customHeight="1">
+      <c r="A129" s="115"/>
+      <c r="B129" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="C129" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="D129" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="E129" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="F129" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="G129" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="H129" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="I129" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="J129" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="K129" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="L129" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="M129" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="N129" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="O129" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="P129" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="Q129" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="R129" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="S129" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="T129" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="U129" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="V129" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="W129" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="X129" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="Y129" s="79" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="130" spans="1:25">
+      <c r="A130" s="16"/>
+      <c r="B130" s="28"/>
+      <c r="C130" s="28"/>
+      <c r="D130" s="28"/>
+      <c r="E130" s="28"/>
+      <c r="F130" s="28"/>
+      <c r="G130" s="8"/>
+      <c r="H130" s="13"/>
+      <c r="I130" s="28"/>
+      <c r="J130" s="28"/>
+      <c r="K130" s="28"/>
+      <c r="L130" s="28"/>
+      <c r="M130" s="8"/>
+      <c r="N130" s="13"/>
+      <c r="O130" s="28"/>
+      <c r="P130" s="28"/>
+      <c r="Q130" s="28"/>
+      <c r="R130" s="28"/>
+      <c r="S130" s="8"/>
+      <c r="T130" s="28"/>
+      <c r="U130" s="28"/>
+      <c r="V130" s="28"/>
+      <c r="W130" s="28"/>
+      <c r="X130" s="28"/>
+      <c r="Y130" s="8"/>
+    </row>
+    <row r="131" spans="1:25" ht="15" customHeight="1">
+      <c r="A131" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="B131" s="9"/>
+      <c r="C131" s="9"/>
+      <c r="D131" s="9"/>
+      <c r="E131" s="9"/>
+      <c r="F131" s="9"/>
+      <c r="G131" s="11"/>
+      <c r="H131" s="14"/>
+      <c r="I131" s="9"/>
+      <c r="J131" s="9"/>
+      <c r="K131" s="9"/>
+      <c r="L131" s="9"/>
+      <c r="M131" s="11"/>
+      <c r="N131" s="14"/>
+      <c r="O131" s="9"/>
+      <c r="P131" s="9"/>
+      <c r="Q131" s="9"/>
+      <c r="R131" s="9"/>
+      <c r="S131" s="11"/>
+      <c r="T131" s="9"/>
+      <c r="U131" s="9"/>
+      <c r="V131" s="9"/>
+      <c r="W131" s="9"/>
+      <c r="X131" s="9"/>
+      <c r="Y131" s="11"/>
+    </row>
+    <row r="132" spans="1:25" ht="15" customHeight="1">
+      <c r="A132" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B132" s="28">
+        <v>185</v>
+      </c>
+      <c r="C132" s="28">
+        <v>67</v>
+      </c>
+      <c r="D132" s="28">
+        <v>2</v>
+      </c>
+      <c r="E132" s="6">
+        <v>1</v>
+      </c>
+      <c r="F132" s="28">
+        <v>33</v>
+      </c>
+      <c r="G132" s="12">
+        <v>288</v>
+      </c>
+      <c r="H132" s="13">
+        <v>160</v>
+      </c>
+      <c r="I132" s="28">
+        <v>51</v>
+      </c>
+      <c r="J132" s="28">
+        <v>5</v>
+      </c>
+      <c r="K132" s="6">
+        <v>4</v>
+      </c>
+      <c r="L132" s="28">
+        <v>37</v>
+      </c>
+      <c r="M132" s="12">
+        <v>257</v>
+      </c>
+      <c r="N132" s="13">
+        <v>167</v>
+      </c>
+      <c r="O132" s="28">
+        <v>52</v>
+      </c>
+      <c r="P132" s="28">
+        <v>2</v>
+      </c>
+      <c r="Q132" s="28">
+        <v>0</v>
+      </c>
+      <c r="R132" s="28">
+        <v>27</v>
+      </c>
+      <c r="S132" s="12">
+        <v>248</v>
+      </c>
+      <c r="T132" s="28">
+        <v>168</v>
+      </c>
+      <c r="U132" s="28">
+        <v>67</v>
+      </c>
+      <c r="V132" s="28">
+        <v>2</v>
+      </c>
+      <c r="W132" s="28">
+        <v>2</v>
+      </c>
+      <c r="X132" s="28">
+        <v>42</v>
+      </c>
+      <c r="Y132" s="12">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="133" spans="1:25">
+      <c r="A133" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B133" s="28">
+        <v>9</v>
+      </c>
+      <c r="C133" s="28">
+        <v>34</v>
+      </c>
+      <c r="D133" s="28">
+        <v>15</v>
+      </c>
+      <c r="E133" s="28">
+        <v>4</v>
+      </c>
+      <c r="F133" s="28">
+        <v>5</v>
+      </c>
+      <c r="G133" s="12">
+        <v>67</v>
+      </c>
+      <c r="H133" s="13">
+        <v>7</v>
+      </c>
+      <c r="I133" s="28">
+        <v>24</v>
+      </c>
+      <c r="J133" s="28">
+        <v>14</v>
+      </c>
+      <c r="K133" s="28">
+        <v>1</v>
+      </c>
+      <c r="L133" s="28">
+        <v>5</v>
+      </c>
+      <c r="M133" s="12">
+        <v>51</v>
+      </c>
+      <c r="N133" s="13">
+        <v>15</v>
+      </c>
+      <c r="O133" s="28">
+        <v>40</v>
+      </c>
+      <c r="P133" s="28">
+        <v>14</v>
+      </c>
+      <c r="Q133" s="28">
+        <v>2</v>
+      </c>
+      <c r="R133" s="28">
+        <v>12</v>
+      </c>
+      <c r="S133" s="12">
+        <v>83</v>
+      </c>
+      <c r="T133" s="28">
+        <v>16</v>
+      </c>
+      <c r="U133" s="28">
+        <v>32</v>
+      </c>
+      <c r="V133" s="28">
+        <v>17</v>
+      </c>
+      <c r="W133" s="28">
+        <v>0</v>
+      </c>
+      <c r="X133" s="28">
+        <v>4</v>
+      </c>
+      <c r="Y133" s="12">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="134" spans="1:25">
+      <c r="A134" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B134" s="28">
+        <v>11</v>
+      </c>
+      <c r="C134" s="28">
+        <v>30</v>
+      </c>
+      <c r="D134" s="28">
+        <v>5</v>
+      </c>
+      <c r="E134" s="28">
+        <v>2</v>
+      </c>
+      <c r="F134" s="6">
+        <v>5</v>
+      </c>
+      <c r="G134" s="12">
+        <v>53</v>
+      </c>
+      <c r="H134" s="13">
+        <v>5</v>
+      </c>
+      <c r="I134" s="28">
+        <v>31</v>
+      </c>
+      <c r="J134" s="28">
+        <v>7</v>
+      </c>
+      <c r="K134" s="28">
+        <v>2</v>
+      </c>
+      <c r="L134" s="6">
+        <v>3</v>
+      </c>
+      <c r="M134" s="12">
+        <v>48</v>
+      </c>
+      <c r="N134" s="13">
+        <v>16</v>
+      </c>
+      <c r="O134" s="28">
+        <v>43</v>
+      </c>
+      <c r="P134" s="28">
+        <v>4</v>
+      </c>
+      <c r="Q134" s="28">
+        <v>0</v>
+      </c>
+      <c r="R134" s="28">
+        <v>6</v>
+      </c>
+      <c r="S134" s="12">
+        <v>69</v>
+      </c>
+      <c r="T134" s="28">
+        <v>20</v>
+      </c>
+      <c r="U134" s="28">
+        <v>21</v>
+      </c>
+      <c r="V134" s="28">
+        <v>6</v>
+      </c>
+      <c r="W134" s="28">
+        <v>0</v>
+      </c>
+      <c r="X134" s="28">
+        <v>4</v>
+      </c>
+      <c r="Y134" s="12">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="135" spans="1:25">
+      <c r="A135" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B135" s="28">
+        <v>3</v>
+      </c>
+      <c r="C135" s="28">
+        <v>35</v>
+      </c>
+      <c r="D135" s="28">
+        <v>47</v>
+      </c>
+      <c r="E135" s="28">
+        <v>2</v>
+      </c>
+      <c r="F135" s="28">
+        <v>8</v>
+      </c>
+      <c r="G135" s="12">
+        <v>95</v>
+      </c>
+      <c r="H135" s="13">
+        <v>4</v>
+      </c>
+      <c r="I135" s="28">
+        <v>33</v>
+      </c>
+      <c r="J135" s="28">
+        <v>43</v>
+      </c>
+      <c r="K135" s="28">
+        <v>0</v>
+      </c>
+      <c r="L135" s="28">
+        <v>3</v>
+      </c>
+      <c r="M135" s="12">
+        <v>83</v>
+      </c>
+      <c r="N135" s="13">
+        <v>11</v>
+      </c>
+      <c r="O135" s="28">
+        <v>34</v>
+      </c>
+      <c r="P135" s="28">
+        <v>36</v>
+      </c>
+      <c r="Q135" s="28">
+        <v>3</v>
+      </c>
+      <c r="R135" s="28">
+        <v>11</v>
+      </c>
+      <c r="S135" s="12">
+        <v>95</v>
+      </c>
+      <c r="T135" s="28">
+        <v>6</v>
+      </c>
+      <c r="U135" s="28">
+        <v>45</v>
+      </c>
+      <c r="V135" s="28">
+        <v>56</v>
+      </c>
+      <c r="W135" s="28">
+        <v>2</v>
+      </c>
+      <c r="X135" s="28">
+        <v>4</v>
+      </c>
+      <c r="Y135" s="12">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="136" spans="1:25">
+      <c r="A136" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B136" s="6">
+        <v>0</v>
+      </c>
+      <c r="C136" s="28">
+        <v>6</v>
+      </c>
+      <c r="D136" s="28">
+        <v>9</v>
+      </c>
+      <c r="E136" s="28">
+        <v>8</v>
+      </c>
+      <c r="F136" s="28">
+        <v>8</v>
+      </c>
+      <c r="G136" s="12">
+        <v>31</v>
+      </c>
+      <c r="H136" s="13">
+        <v>1</v>
+      </c>
+      <c r="I136" s="28">
+        <v>23</v>
+      </c>
+      <c r="J136" s="28">
+        <v>10</v>
+      </c>
+      <c r="K136" s="28">
+        <v>7</v>
+      </c>
+      <c r="L136" s="28">
+        <v>8</v>
+      </c>
+      <c r="M136" s="12">
+        <v>49</v>
+      </c>
+      <c r="N136" s="13">
+        <v>0</v>
+      </c>
+      <c r="O136" s="28">
+        <v>18</v>
+      </c>
+      <c r="P136" s="28">
+        <v>7</v>
+      </c>
+      <c r="Q136" s="28">
+        <v>12</v>
+      </c>
+      <c r="R136" s="28">
+        <v>7</v>
+      </c>
+      <c r="S136" s="12">
+        <v>44</v>
+      </c>
+      <c r="T136" s="28">
+        <v>1</v>
+      </c>
+      <c r="U136" s="28">
+        <v>19</v>
+      </c>
+      <c r="V136" s="28">
+        <v>9</v>
+      </c>
+      <c r="W136" s="28">
+        <v>12</v>
+      </c>
+      <c r="X136" s="28">
+        <v>4</v>
+      </c>
+      <c r="Y136" s="12">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="137" spans="1:25">
+      <c r="A137" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B137" s="28">
+        <v>3</v>
+      </c>
+      <c r="C137" s="28">
+        <v>7</v>
+      </c>
+      <c r="D137" s="28">
+        <v>11</v>
+      </c>
+      <c r="E137" s="28">
+        <v>4</v>
+      </c>
+      <c r="F137" s="28">
+        <v>5</v>
+      </c>
+      <c r="G137" s="12">
+        <v>30</v>
+      </c>
+      <c r="H137" s="13">
+        <v>3</v>
+      </c>
+      <c r="I137" s="28">
+        <v>10</v>
+      </c>
+      <c r="J137" s="28">
+        <v>10</v>
+      </c>
+      <c r="K137" s="28">
+        <v>5</v>
+      </c>
+      <c r="L137" s="28">
+        <v>1</v>
+      </c>
+      <c r="M137" s="12">
+        <v>29</v>
+      </c>
+      <c r="N137" s="13">
+        <v>2</v>
+      </c>
+      <c r="O137" s="28">
+        <v>14</v>
+      </c>
+      <c r="P137" s="28">
+        <v>11</v>
+      </c>
+      <c r="Q137" s="28">
+        <v>4</v>
+      </c>
+      <c r="R137" s="28">
+        <v>2</v>
+      </c>
+      <c r="S137" s="12">
+        <v>33</v>
+      </c>
+      <c r="T137" s="28">
+        <v>14</v>
+      </c>
+      <c r="U137" s="28">
+        <v>12</v>
+      </c>
+      <c r="V137" s="28">
+        <v>11</v>
+      </c>
+      <c r="W137" s="28">
+        <v>6</v>
+      </c>
+      <c r="X137" s="28">
+        <v>3</v>
+      </c>
+      <c r="Y137" s="12">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="138" spans="1:25">
+      <c r="A138" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B138" s="6">
+        <v>0</v>
+      </c>
+      <c r="C138" s="28">
+        <v>4</v>
+      </c>
+      <c r="D138" s="6">
+        <v>1</v>
+      </c>
+      <c r="E138" s="6">
+        <v>0</v>
+      </c>
+      <c r="F138" s="6">
+        <v>2</v>
+      </c>
+      <c r="G138" s="12">
+        <v>7</v>
+      </c>
+      <c r="H138" s="15">
+        <v>0</v>
+      </c>
+      <c r="I138" s="28">
+        <v>2</v>
+      </c>
+      <c r="J138" s="28">
+        <v>1</v>
+      </c>
+      <c r="K138" s="28">
+        <v>2</v>
+      </c>
+      <c r="L138" s="6">
+        <v>2</v>
+      </c>
+      <c r="M138" s="12">
+        <v>7</v>
+      </c>
+      <c r="N138" s="6">
+        <v>0</v>
+      </c>
+      <c r="O138" s="28">
+        <v>2</v>
+      </c>
+      <c r="P138" s="28">
+        <v>4</v>
+      </c>
+      <c r="Q138" s="6">
+        <v>0</v>
+      </c>
+      <c r="R138" s="6">
+        <v>2</v>
+      </c>
+      <c r="S138" s="12">
+        <v>8</v>
+      </c>
+      <c r="T138" s="6">
+        <v>0</v>
+      </c>
+      <c r="U138" s="28">
+        <v>3</v>
+      </c>
+      <c r="V138" s="28">
+        <v>5</v>
+      </c>
+      <c r="W138" s="28">
+        <v>3</v>
+      </c>
+      <c r="X138" s="28">
+        <v>3</v>
+      </c>
+      <c r="Y138" s="12">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="139" spans="1:25">
+      <c r="A139" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B139" s="28">
+        <v>0</v>
+      </c>
+      <c r="C139" s="28">
+        <v>5</v>
+      </c>
+      <c r="D139" s="28">
+        <v>8</v>
+      </c>
+      <c r="E139" s="28">
+        <v>0</v>
+      </c>
+      <c r="F139" s="6">
+        <v>0</v>
+      </c>
+      <c r="G139" s="12">
+        <v>13</v>
+      </c>
+      <c r="H139" s="6">
+        <v>0</v>
+      </c>
+      <c r="I139" s="6">
+        <v>9</v>
+      </c>
+      <c r="J139" s="28">
+        <v>4</v>
+      </c>
+      <c r="K139" s="28">
+        <v>2</v>
+      </c>
+      <c r="L139" s="6">
+        <v>1</v>
+      </c>
+      <c r="M139" s="12">
+        <v>16</v>
+      </c>
+      <c r="N139" s="6">
+        <v>0</v>
+      </c>
+      <c r="O139" s="28">
+        <v>1</v>
+      </c>
+      <c r="P139" s="28">
+        <v>3</v>
+      </c>
+      <c r="Q139" s="28">
+        <v>0</v>
+      </c>
+      <c r="R139" s="6">
+        <v>1</v>
+      </c>
+      <c r="S139" s="12">
+        <v>5</v>
+      </c>
+      <c r="T139" s="28">
+        <v>0</v>
+      </c>
+      <c r="U139" s="28">
+        <v>2</v>
+      </c>
+      <c r="V139" s="28">
+        <v>2</v>
+      </c>
+      <c r="W139" s="28">
+        <v>3</v>
+      </c>
+      <c r="X139" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y139" s="12">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="140" spans="1:25">
+      <c r="A140" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B140" s="6">
+        <v>0</v>
+      </c>
+      <c r="C140" s="28">
+        <v>0</v>
+      </c>
+      <c r="D140" s="6">
+        <v>0</v>
+      </c>
+      <c r="E140" s="6">
+        <v>0</v>
+      </c>
+      <c r="F140" s="6">
+        <v>0</v>
+      </c>
+      <c r="G140" s="12">
+        <v>0</v>
+      </c>
+      <c r="H140" s="6">
+        <v>0</v>
+      </c>
+      <c r="I140" s="6">
+        <v>1</v>
+      </c>
+      <c r="J140" s="6">
+        <v>0</v>
+      </c>
+      <c r="K140" s="28">
+        <v>0</v>
+      </c>
+      <c r="L140" s="6">
+        <v>1</v>
+      </c>
+      <c r="M140" s="12">
+        <v>2</v>
+      </c>
+      <c r="N140" s="6">
+        <v>0</v>
+      </c>
+      <c r="O140" s="28">
+        <v>0</v>
+      </c>
+      <c r="P140" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q140" s="6">
+        <v>0</v>
+      </c>
+      <c r="R140" s="6">
+        <v>0</v>
+      </c>
+      <c r="S140" s="12">
+        <v>0</v>
+      </c>
+      <c r="T140" s="28">
+        <v>0</v>
+      </c>
+      <c r="U140" s="28">
+        <v>0</v>
+      </c>
+      <c r="V140" s="28">
+        <v>0</v>
+      </c>
+      <c r="W140" s="28">
+        <v>1</v>
+      </c>
+      <c r="X140" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y140" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="141" spans="1:25">
+      <c r="A141" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B141" s="6">
+        <v>0</v>
+      </c>
+      <c r="C141" s="6">
+        <v>0</v>
+      </c>
+      <c r="D141" s="6">
+        <v>0</v>
+      </c>
+      <c r="E141" s="6">
+        <v>0</v>
+      </c>
+      <c r="F141" s="6">
+        <v>0</v>
+      </c>
+      <c r="G141" s="17">
+        <v>0</v>
+      </c>
+      <c r="H141" s="6">
+        <v>0</v>
+      </c>
+      <c r="I141" s="6">
+        <v>0</v>
+      </c>
+      <c r="J141" s="6">
+        <v>1</v>
+      </c>
+      <c r="K141" s="6">
+        <v>0</v>
+      </c>
+      <c r="L141" s="6">
+        <v>0</v>
+      </c>
+      <c r="M141" s="17">
+        <v>1</v>
+      </c>
+      <c r="N141" s="6">
+        <v>0</v>
+      </c>
+      <c r="O141" s="6">
+        <v>0</v>
+      </c>
+      <c r="P141" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q141" s="6">
+        <v>0</v>
+      </c>
+      <c r="R141" s="6">
+        <v>0</v>
+      </c>
+      <c r="S141" s="17">
+        <v>0</v>
+      </c>
+      <c r="T141" s="28">
+        <v>0</v>
+      </c>
+      <c r="U141" s="28">
+        <v>0</v>
+      </c>
+      <c r="V141" s="28">
+        <v>0</v>
+      </c>
+      <c r="W141" s="28">
+        <v>1</v>
+      </c>
+      <c r="X141" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y141" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="142" spans="1:25">
+      <c r="A142" s="80" t="s">
+        <v>96</v>
+      </c>
+      <c r="B142" s="81">
+        <v>211</v>
+      </c>
+      <c r="C142" s="81">
+        <v>188</v>
+      </c>
+      <c r="D142" s="81">
+        <v>98</v>
+      </c>
+      <c r="E142" s="81">
+        <v>21</v>
+      </c>
+      <c r="F142" s="81">
+        <v>66</v>
+      </c>
+      <c r="G142" s="82">
+        <v>584</v>
+      </c>
+      <c r="H142" s="81">
+        <v>180</v>
+      </c>
+      <c r="I142" s="81">
+        <v>184</v>
+      </c>
+      <c r="J142" s="81">
+        <v>95</v>
+      </c>
+      <c r="K142" s="81">
+        <v>23</v>
+      </c>
+      <c r="L142" s="81">
+        <v>61</v>
+      </c>
+      <c r="M142" s="81">
+        <v>543</v>
+      </c>
+      <c r="N142" s="83">
+        <v>211</v>
+      </c>
+      <c r="O142" s="81">
+        <v>204</v>
+      </c>
+      <c r="P142" s="81">
+        <v>81</v>
+      </c>
+      <c r="Q142" s="81">
+        <v>21</v>
+      </c>
+      <c r="R142" s="81">
+        <v>68</v>
+      </c>
+      <c r="S142" s="82">
+        <v>585</v>
+      </c>
+      <c r="T142" s="81">
+        <v>225</v>
+      </c>
+      <c r="U142" s="81">
+        <v>201</v>
+      </c>
+      <c r="V142" s="81">
+        <v>108</v>
+      </c>
+      <c r="W142" s="81">
+        <v>30</v>
+      </c>
+      <c r="X142" s="81">
+        <v>64</v>
+      </c>
+      <c r="Y142" s="82">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="143" spans="1:25">
+      <c r="B143" s="28"/>
+      <c r="C143" s="28"/>
+      <c r="D143" s="28"/>
+      <c r="E143" s="28"/>
+      <c r="F143" s="28"/>
+      <c r="G143" s="28"/>
+      <c r="H143" s="28"/>
+      <c r="I143" s="28"/>
+      <c r="J143" s="28"/>
+      <c r="K143" s="28"/>
+      <c r="L143" s="28"/>
+      <c r="M143" s="28"/>
+    </row>
+    <row r="144" spans="1:25">
+      <c r="B144" s="28"/>
+      <c r="C144" s="28"/>
+      <c r="D144" s="28"/>
+      <c r="E144" s="28"/>
+      <c r="F144" s="28"/>
+      <c r="G144" s="28"/>
+      <c r="H144" s="28"/>
+      <c r="I144" s="28"/>
+      <c r="J144" s="28"/>
+      <c r="K144" s="28"/>
+      <c r="L144" s="28"/>
+      <c r="M144" s="28"/>
+    </row>
+    <row r="145" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A145" s="114" t="s">
+        <v>30</v>
+      </c>
+      <c r="B145" s="116" t="s">
+        <v>70</v>
+      </c>
+      <c r="C145" s="116"/>
+      <c r="D145" s="116"/>
+      <c r="E145" s="116"/>
+      <c r="F145" s="116"/>
+      <c r="G145" s="117"/>
+      <c r="H145" s="118" t="s">
+        <v>71</v>
+      </c>
+      <c r="I145" s="116"/>
+      <c r="J145" s="116"/>
+      <c r="K145" s="116"/>
+      <c r="L145" s="116"/>
+      <c r="M145" s="117"/>
+      <c r="N145" s="118" t="s">
+        <v>72</v>
+      </c>
+      <c r="O145" s="116"/>
+      <c r="P145" s="116"/>
+      <c r="Q145" s="116"/>
+      <c r="R145" s="116"/>
+      <c r="S145" s="117"/>
+      <c r="T145" s="116" t="s">
+        <v>73</v>
+      </c>
+      <c r="U145" s="116"/>
+      <c r="V145" s="116"/>
+      <c r="W145" s="116"/>
+      <c r="X145" s="116"/>
+      <c r="Y145" s="117"/>
+    </row>
+    <row r="146" spans="1:25" ht="45" customHeight="1">
+      <c r="A146" s="115"/>
+      <c r="B146" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="C146" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="D146" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="E146" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="F146" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="G146" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="H146" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="I146" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="J146" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="K146" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="L146" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="M146" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="N146" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="O146" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="P146" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="Q146" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="R146" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="S146" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="T146" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="U146" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="V146" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="W146" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="X146" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="Y146" s="79" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="147" spans="1:25">
+      <c r="A147" s="16"/>
+      <c r="B147" s="28"/>
+      <c r="C147" s="28"/>
+      <c r="D147" s="28"/>
+      <c r="E147" s="28"/>
+      <c r="F147" s="28"/>
+      <c r="G147" s="8"/>
+      <c r="H147" s="13"/>
+      <c r="I147" s="28"/>
+      <c r="J147" s="28"/>
+      <c r="K147" s="28"/>
+      <c r="L147" s="28"/>
+      <c r="M147" s="8"/>
+      <c r="N147" s="13"/>
+      <c r="O147" s="28"/>
+      <c r="P147" s="28"/>
+      <c r="Q147" s="28"/>
+      <c r="R147" s="28"/>
+      <c r="S147" s="8"/>
+      <c r="T147" s="28"/>
+      <c r="U147" s="28"/>
+      <c r="V147" s="28"/>
+      <c r="W147" s="28"/>
+      <c r="X147" s="28"/>
+      <c r="Y147" s="8"/>
+    </row>
+    <row r="148" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A148" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="B148" s="9"/>
+      <c r="C148" s="9"/>
+      <c r="D148" s="9"/>
+      <c r="E148" s="9"/>
+      <c r="F148" s="9"/>
+      <c r="G148" s="11"/>
+      <c r="H148" s="14"/>
+      <c r="I148" s="9"/>
+      <c r="J148" s="9"/>
+      <c r="K148" s="9"/>
+      <c r="L148" s="9"/>
+      <c r="M148" s="11"/>
+      <c r="N148" s="14"/>
+      <c r="O148" s="9"/>
+      <c r="P148" s="9"/>
+      <c r="Q148" s="9"/>
+      <c r="R148" s="9"/>
+      <c r="S148" s="11"/>
+      <c r="T148" s="9"/>
+      <c r="U148" s="9"/>
+      <c r="V148" s="9"/>
+      <c r="W148" s="9"/>
+      <c r="X148" s="9"/>
+      <c r="Y148" s="11"/>
+    </row>
+    <row r="149" spans="1:25">
+      <c r="A149" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B149" s="28">
+        <v>169</v>
+      </c>
+      <c r="C149" s="28">
+        <v>51</v>
+      </c>
+      <c r="D149" s="28">
+        <v>3</v>
+      </c>
+      <c r="E149" s="6">
+        <v>1</v>
+      </c>
+      <c r="F149" s="28">
+        <v>34</v>
+      </c>
+      <c r="G149" s="12">
+        <v>258</v>
+      </c>
+      <c r="H149" s="13">
+        <v>124</v>
+      </c>
+      <c r="I149" s="28">
+        <v>42</v>
+      </c>
+      <c r="J149" s="28">
+        <v>4</v>
+      </c>
+      <c r="K149" s="6">
+        <v>2</v>
+      </c>
+      <c r="L149" s="28">
+        <v>33</v>
+      </c>
+      <c r="M149" s="12">
+        <v>205</v>
+      </c>
+      <c r="N149" s="13">
+        <v>178</v>
+      </c>
+      <c r="O149" s="28">
+        <v>62</v>
+      </c>
+      <c r="P149" s="28">
+        <v>7</v>
+      </c>
+      <c r="Q149" s="28">
+        <v>4</v>
+      </c>
+      <c r="R149" s="28">
+        <v>45</v>
+      </c>
+      <c r="S149" s="12">
+        <v>296</v>
+      </c>
+      <c r="T149" s="28">
+        <v>208</v>
+      </c>
+      <c r="U149" s="28">
+        <v>98</v>
+      </c>
+      <c r="V149" s="28">
+        <v>3</v>
+      </c>
+      <c r="W149" s="28">
+        <v>1</v>
+      </c>
+      <c r="X149" s="28">
+        <v>35</v>
+      </c>
+      <c r="Y149" s="12">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="150" spans="1:25">
+      <c r="A150" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B150" s="28">
+        <v>4</v>
+      </c>
+      <c r="C150" s="28">
+        <v>26</v>
+      </c>
+      <c r="D150" s="28">
+        <v>15</v>
+      </c>
+      <c r="E150" s="28">
+        <v>4</v>
+      </c>
+      <c r="F150" s="28">
+        <v>9</v>
+      </c>
+      <c r="G150" s="12">
+        <v>58</v>
+      </c>
+      <c r="H150" s="13">
+        <v>13</v>
+      </c>
+      <c r="I150" s="28">
+        <v>31</v>
+      </c>
+      <c r="J150" s="28">
+        <v>6</v>
+      </c>
+      <c r="K150" s="28">
+        <v>3</v>
+      </c>
+      <c r="L150" s="28">
+        <v>5</v>
+      </c>
+      <c r="M150" s="12">
+        <v>58</v>
+      </c>
+      <c r="N150" s="13">
+        <v>11</v>
+      </c>
+      <c r="O150" s="28">
+        <v>33</v>
+      </c>
+      <c r="P150" s="28">
+        <v>13</v>
+      </c>
+      <c r="Q150" s="28">
+        <v>2</v>
+      </c>
+      <c r="R150" s="28">
+        <v>8</v>
+      </c>
+      <c r="S150" s="12">
+        <v>67</v>
+      </c>
+      <c r="T150" s="28">
+        <v>19</v>
+      </c>
+      <c r="U150" s="28">
+        <v>51</v>
+      </c>
+      <c r="V150" s="28">
+        <v>21</v>
+      </c>
+      <c r="W150" s="28">
+        <v>3</v>
+      </c>
+      <c r="X150" s="28">
+        <v>11</v>
+      </c>
+      <c r="Y150" s="12">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="151" spans="1:25">
+      <c r="A151" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B151" s="28">
+        <v>8</v>
+      </c>
+      <c r="C151" s="28">
+        <v>35</v>
+      </c>
+      <c r="D151" s="28">
+        <v>4</v>
+      </c>
+      <c r="E151" s="28">
+        <v>2</v>
+      </c>
+      <c r="F151" s="6">
+        <v>10</v>
+      </c>
+      <c r="G151" s="12">
+        <v>59</v>
+      </c>
+      <c r="H151" s="13">
+        <v>6</v>
+      </c>
+      <c r="I151" s="28">
+        <v>27</v>
+      </c>
+      <c r="J151" s="28">
+        <v>2</v>
+      </c>
+      <c r="K151" s="28">
+        <v>6</v>
+      </c>
+      <c r="L151" s="6">
+        <v>5</v>
+      </c>
+      <c r="M151" s="12">
+        <v>46</v>
+      </c>
+      <c r="N151" s="13">
+        <v>7</v>
+      </c>
+      <c r="O151" s="28">
+        <v>41</v>
+      </c>
+      <c r="P151" s="28">
+        <v>7</v>
+      </c>
+      <c r="Q151" s="28">
+        <v>3</v>
+      </c>
+      <c r="R151" s="28">
+        <v>2</v>
+      </c>
+      <c r="S151" s="12">
+        <v>60</v>
+      </c>
+      <c r="T151" s="28">
+        <v>9</v>
+      </c>
+      <c r="U151" s="28">
+        <v>33</v>
+      </c>
+      <c r="V151" s="28">
+        <v>7</v>
+      </c>
+      <c r="W151" s="28">
+        <v>3</v>
+      </c>
+      <c r="X151" s="28">
+        <v>2</v>
+      </c>
+      <c r="Y151" s="12">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="152" spans="1:25">
+      <c r="A152" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B152" s="28">
+        <v>5</v>
+      </c>
+      <c r="C152" s="28">
+        <v>23</v>
+      </c>
+      <c r="D152" s="28">
+        <v>36</v>
+      </c>
+      <c r="E152" s="28">
+        <v>3</v>
+      </c>
+      <c r="F152" s="28">
+        <v>2</v>
+      </c>
+      <c r="G152" s="12">
+        <v>69</v>
+      </c>
+      <c r="H152" s="13">
+        <v>2</v>
+      </c>
+      <c r="I152" s="28">
+        <v>33</v>
+      </c>
+      <c r="J152" s="28">
+        <v>39</v>
+      </c>
+      <c r="K152" s="28">
+        <v>3</v>
+      </c>
+      <c r="L152" s="28">
+        <v>2</v>
+      </c>
+      <c r="M152" s="12">
+        <v>79</v>
+      </c>
+      <c r="N152" s="13">
+        <v>3</v>
+      </c>
+      <c r="O152" s="28">
+        <v>45</v>
+      </c>
+      <c r="P152" s="28">
+        <v>49</v>
+      </c>
+      <c r="Q152" s="28">
+        <v>4</v>
+      </c>
+      <c r="R152" s="28">
+        <v>2</v>
+      </c>
+      <c r="S152" s="12">
+        <v>103</v>
+      </c>
+      <c r="T152" s="28">
+        <v>5</v>
+      </c>
+      <c r="U152" s="28">
+        <v>45</v>
+      </c>
+      <c r="V152" s="28">
+        <v>57</v>
+      </c>
+      <c r="W152" s="28">
+        <v>7</v>
+      </c>
+      <c r="X152" s="28">
+        <v>8</v>
+      </c>
+      <c r="Y152" s="12">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="153" spans="1:25">
+      <c r="A153" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B153" s="6">
+        <v>2</v>
+      </c>
+      <c r="C153" s="28">
+        <v>14</v>
+      </c>
+      <c r="D153" s="28">
+        <v>9</v>
+      </c>
+      <c r="E153" s="28">
+        <v>5</v>
+      </c>
+      <c r="F153" s="28">
+        <v>6</v>
+      </c>
+      <c r="G153" s="12">
+        <v>36</v>
+      </c>
+      <c r="H153" s="13">
+        <v>0</v>
+      </c>
+      <c r="I153" s="28">
+        <v>10</v>
+      </c>
+      <c r="J153" s="28">
+        <v>3</v>
+      </c>
+      <c r="K153" s="28">
+        <v>8</v>
+      </c>
+      <c r="L153" s="28">
+        <v>4</v>
+      </c>
+      <c r="M153" s="12">
+        <v>25</v>
+      </c>
+      <c r="N153" s="13">
+        <v>3</v>
+      </c>
+      <c r="O153" s="28">
+        <v>19</v>
+      </c>
+      <c r="P153" s="28">
+        <v>8</v>
+      </c>
+      <c r="Q153" s="28">
+        <v>9</v>
+      </c>
+      <c r="R153" s="28">
+        <v>3</v>
+      </c>
+      <c r="S153" s="12">
+        <v>42</v>
+      </c>
+      <c r="T153" s="28">
+        <v>0</v>
+      </c>
+      <c r="U153" s="28">
+        <v>26</v>
+      </c>
+      <c r="V153" s="28">
+        <v>16</v>
+      </c>
+      <c r="W153" s="28">
+        <v>7</v>
+      </c>
+      <c r="X153" s="28">
+        <v>4</v>
+      </c>
+      <c r="Y153" s="12">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="154" spans="1:25">
+      <c r="A154" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B154" s="28">
+        <v>1</v>
+      </c>
+      <c r="C154" s="28">
+        <v>10</v>
+      </c>
+      <c r="D154" s="28">
+        <v>3</v>
+      </c>
+      <c r="E154" s="28">
+        <v>3</v>
+      </c>
+      <c r="F154" s="28">
+        <v>2</v>
+      </c>
+      <c r="G154" s="12">
+        <v>19</v>
+      </c>
+      <c r="H154" s="13">
+        <v>1</v>
+      </c>
+      <c r="I154" s="28">
+        <v>6</v>
+      </c>
+      <c r="J154" s="28">
+        <v>6</v>
+      </c>
+      <c r="K154" s="28">
+        <v>8</v>
+      </c>
+      <c r="L154" s="28">
+        <v>3</v>
+      </c>
+      <c r="M154" s="12">
+        <v>24</v>
+      </c>
+      <c r="N154" s="13">
+        <v>1</v>
+      </c>
+      <c r="O154" s="28">
+        <v>17</v>
+      </c>
+      <c r="P154" s="28">
+        <v>8</v>
+      </c>
+      <c r="Q154" s="28">
+        <v>3</v>
+      </c>
+      <c r="R154" s="28">
+        <v>1</v>
+      </c>
+      <c r="S154" s="12">
+        <v>30</v>
+      </c>
+      <c r="T154" s="28">
+        <v>3</v>
+      </c>
+      <c r="U154" s="28">
+        <v>23</v>
+      </c>
+      <c r="V154" s="28">
+        <v>7</v>
+      </c>
+      <c r="W154" s="28">
+        <v>7</v>
+      </c>
+      <c r="X154" s="28">
+        <v>2</v>
+      </c>
+      <c r="Y154" s="12">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="155" spans="1:25">
+      <c r="A155" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B155" s="6">
+        <v>0</v>
+      </c>
+      <c r="C155" s="28">
+        <v>3</v>
+      </c>
+      <c r="D155" s="6">
+        <v>0</v>
+      </c>
+      <c r="E155" s="6">
+        <v>0</v>
+      </c>
+      <c r="F155" s="6">
+        <v>0</v>
+      </c>
+      <c r="G155" s="12">
+        <v>3</v>
+      </c>
+      <c r="H155" s="15">
+        <v>0</v>
+      </c>
+      <c r="I155" s="28">
+        <v>2</v>
+      </c>
+      <c r="J155" s="28">
+        <v>4</v>
+      </c>
+      <c r="K155" s="28">
+        <v>0</v>
+      </c>
+      <c r="L155" s="6">
+        <v>1</v>
+      </c>
+      <c r="M155" s="12">
+        <v>7</v>
+      </c>
+      <c r="N155" s="6">
+        <v>0</v>
+      </c>
+      <c r="O155" s="28">
+        <v>0</v>
+      </c>
+      <c r="P155" s="28">
+        <v>0</v>
+      </c>
+      <c r="Q155" s="6">
+        <v>0</v>
+      </c>
+      <c r="R155" s="6">
+        <v>0</v>
+      </c>
+      <c r="S155" s="12">
+        <v>0</v>
+      </c>
+      <c r="T155" s="6">
+        <v>0</v>
+      </c>
+      <c r="U155" s="28">
+        <v>2</v>
+      </c>
+      <c r="V155" s="28">
+        <v>3</v>
+      </c>
+      <c r="W155" s="28">
+        <v>0</v>
+      </c>
+      <c r="X155" s="28">
+        <v>0</v>
+      </c>
+      <c r="Y155" s="12">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="156" spans="1:25">
+      <c r="A156" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B156" s="28">
+        <v>0</v>
+      </c>
+      <c r="C156" s="28">
+        <v>4</v>
+      </c>
+      <c r="D156" s="28">
+        <v>2</v>
+      </c>
+      <c r="E156" s="28">
+        <v>1</v>
+      </c>
+      <c r="F156" s="6">
+        <v>3</v>
+      </c>
+      <c r="G156" s="12">
+        <v>10</v>
+      </c>
+      <c r="H156" s="6">
+        <v>0</v>
+      </c>
+      <c r="I156" s="6">
+        <v>4</v>
+      </c>
+      <c r="J156" s="28">
+        <v>1</v>
+      </c>
+      <c r="K156" s="28">
+        <v>1</v>
+      </c>
+      <c r="L156" s="6">
+        <v>0</v>
+      </c>
+      <c r="M156" s="12">
+        <v>6</v>
+      </c>
+      <c r="N156" s="6">
+        <v>0</v>
+      </c>
+      <c r="O156" s="28">
+        <v>7</v>
+      </c>
+      <c r="P156" s="28">
+        <v>3</v>
+      </c>
+      <c r="Q156" s="28">
+        <v>1</v>
+      </c>
+      <c r="R156" s="6">
+        <v>3</v>
+      </c>
+      <c r="S156" s="12">
+        <v>14</v>
+      </c>
+      <c r="T156" s="28">
+        <v>0</v>
+      </c>
+      <c r="U156" s="28">
+        <v>4</v>
+      </c>
+      <c r="V156" s="28">
+        <v>6</v>
+      </c>
+      <c r="W156" s="28">
+        <v>4</v>
+      </c>
+      <c r="X156" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y156" s="12">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="157" spans="1:25">
+      <c r="A157" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B157" s="6">
+        <v>0</v>
+      </c>
+      <c r="C157" s="28">
+        <v>0</v>
+      </c>
+      <c r="D157" s="6">
+        <v>0</v>
+      </c>
+      <c r="E157" s="6">
+        <v>0</v>
+      </c>
+      <c r="F157" s="6">
+        <v>0</v>
+      </c>
+      <c r="G157" s="12">
+        <v>0</v>
+      </c>
+      <c r="H157" s="6">
+        <v>0</v>
+      </c>
+      <c r="I157" s="6">
+        <v>0</v>
+      </c>
+      <c r="J157" s="6">
+        <v>0</v>
+      </c>
+      <c r="K157" s="28">
+        <v>0</v>
+      </c>
+      <c r="L157" s="6">
+        <v>1</v>
+      </c>
+      <c r="M157" s="12">
+        <v>1</v>
+      </c>
+      <c r="N157" s="6">
+        <v>0</v>
+      </c>
+      <c r="O157" s="28">
+        <v>1</v>
+      </c>
+      <c r="P157" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q157" s="6">
+        <v>0</v>
+      </c>
+      <c r="R157" s="6">
+        <v>0</v>
+      </c>
+      <c r="S157" s="12">
+        <v>1</v>
+      </c>
+      <c r="T157" s="28">
+        <v>0</v>
+      </c>
+      <c r="U157" s="28">
+        <v>0</v>
+      </c>
+      <c r="V157" s="28">
+        <v>0</v>
+      </c>
+      <c r="W157" s="28">
+        <v>0</v>
+      </c>
+      <c r="X157" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y157" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="158" spans="1:25">
+      <c r="A158" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B158" s="6">
+        <v>0</v>
+      </c>
+      <c r="C158" s="6">
+        <v>0</v>
+      </c>
+      <c r="D158" s="6">
+        <v>0</v>
+      </c>
+      <c r="E158" s="6">
+        <v>0</v>
+      </c>
+      <c r="F158" s="6">
+        <v>0</v>
+      </c>
+      <c r="G158" s="17">
+        <v>0</v>
+      </c>
+      <c r="H158" s="6">
+        <v>0</v>
+      </c>
+      <c r="I158" s="6">
+        <v>0</v>
+      </c>
+      <c r="J158" s="6">
+        <v>0</v>
+      </c>
+      <c r="K158" s="6">
+        <v>0</v>
+      </c>
+      <c r="L158" s="6">
+        <v>0</v>
+      </c>
+      <c r="M158" s="17">
+        <v>0</v>
+      </c>
+      <c r="N158" s="6">
+        <v>0</v>
+      </c>
+      <c r="O158" s="6">
+        <v>0</v>
+      </c>
+      <c r="P158" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q158" s="6">
+        <v>0</v>
+      </c>
+      <c r="R158" s="6">
+        <v>0</v>
+      </c>
+      <c r="S158" s="17">
+        <v>0</v>
+      </c>
+      <c r="T158" s="28">
+        <v>0</v>
+      </c>
+      <c r="U158" s="28">
+        <v>0</v>
+      </c>
+      <c r="V158" s="28">
+        <v>0</v>
+      </c>
+      <c r="W158" s="28">
+        <v>0</v>
+      </c>
+      <c r="X158" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y158" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="159" spans="1:25">
+      <c r="A159" s="80" t="s">
+        <v>96</v>
+      </c>
+      <c r="B159" s="81">
+        <v>189</v>
+      </c>
+      <c r="C159" s="81">
+        <v>166</v>
+      </c>
+      <c r="D159" s="81">
+        <v>72</v>
+      </c>
+      <c r="E159" s="81">
+        <v>19</v>
+      </c>
+      <c r="F159" s="81">
+        <v>66</v>
+      </c>
+      <c r="G159" s="82">
+        <v>512</v>
+      </c>
+      <c r="H159" s="81">
+        <v>146</v>
+      </c>
+      <c r="I159" s="81">
+        <v>155</v>
+      </c>
+      <c r="J159" s="81">
+        <v>65</v>
+      </c>
+      <c r="K159" s="81">
+        <v>31</v>
+      </c>
+      <c r="L159" s="81">
+        <v>54</v>
+      </c>
+      <c r="M159" s="81">
+        <v>451</v>
+      </c>
+      <c r="N159" s="83">
+        <v>203</v>
+      </c>
+      <c r="O159" s="81">
+        <v>225</v>
+      </c>
+      <c r="P159" s="81">
+        <v>95</v>
+      </c>
+      <c r="Q159" s="81">
+        <v>26</v>
+      </c>
+      <c r="R159" s="81">
+        <v>64</v>
+      </c>
+      <c r="S159" s="82">
+        <v>613</v>
+      </c>
+      <c r="T159" s="81">
+        <v>244</v>
+      </c>
+      <c r="U159" s="81">
+        <v>282</v>
+      </c>
+      <c r="V159" s="81">
+        <v>120</v>
+      </c>
+      <c r="W159" s="81">
+        <v>32</v>
+      </c>
+      <c r="X159" s="81">
+        <v>62</v>
+      </c>
+      <c r="Y159" s="82">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="160" spans="1:25">
+      <c r="I160" s="28"/>
+      <c r="J160" s="28"/>
+      <c r="K160" s="28"/>
+      <c r="L160" s="28"/>
+      <c r="M160" s="28"/>
+    </row>
+    <row r="161" spans="1:25">
+      <c r="I161" s="28"/>
+      <c r="J161" s="28"/>
+      <c r="K161" s="28"/>
+      <c r="L161" s="28"/>
+      <c r="M161" s="28"/>
+    </row>
+    <row r="162" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A162" s="114" t="s">
+        <v>30</v>
+      </c>
+      <c r="B162" s="116" t="s">
+        <v>74</v>
+      </c>
+      <c r="C162" s="116"/>
+      <c r="D162" s="116"/>
+      <c r="E162" s="116"/>
+      <c r="F162" s="116"/>
+      <c r="G162" s="117"/>
+      <c r="H162" s="118" t="s">
+        <v>75</v>
+      </c>
+      <c r="I162" s="116"/>
+      <c r="J162" s="116"/>
+      <c r="K162" s="116"/>
+      <c r="L162" s="116"/>
+      <c r="M162" s="117"/>
+      <c r="N162" s="118" t="s">
+        <v>76</v>
+      </c>
+      <c r="O162" s="116"/>
+      <c r="P162" s="116"/>
+      <c r="Q162" s="116"/>
+      <c r="R162" s="116"/>
+      <c r="S162" s="117"/>
+      <c r="T162" s="116" t="s">
+        <v>77</v>
+      </c>
+      <c r="U162" s="116"/>
+      <c r="V162" s="116"/>
+      <c r="W162" s="116"/>
+      <c r="X162" s="116"/>
+      <c r="Y162" s="117"/>
+    </row>
+    <row r="163" spans="1:25" ht="45" customHeight="1">
+      <c r="A163" s="115"/>
+      <c r="B163" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="C163" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="D163" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="E163" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="F163" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="G163" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="H163" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="I163" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="J163" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="K163" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="L163" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="M163" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="N163" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="O163" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="P163" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="Q163" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="R163" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="S163" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="T163" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="U163" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="V163" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="W163" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="X163" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="Y163" s="79" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="164" spans="1:25">
+      <c r="A164" s="16"/>
+      <c r="B164" s="28"/>
+      <c r="C164" s="28"/>
+      <c r="D164" s="28"/>
+      <c r="E164" s="28"/>
+      <c r="F164" s="28"/>
+      <c r="G164" s="8"/>
+      <c r="H164" s="13"/>
+      <c r="I164" s="28"/>
+      <c r="J164" s="28"/>
+      <c r="K164" s="28"/>
+      <c r="L164" s="28"/>
+      <c r="M164" s="8"/>
+      <c r="N164" s="13"/>
+      <c r="O164" s="28"/>
+      <c r="P164" s="28"/>
+      <c r="Q164" s="28"/>
+      <c r="R164" s="28"/>
+      <c r="S164" s="8"/>
+      <c r="T164" s="28"/>
+      <c r="U164" s="28"/>
+      <c r="V164" s="28"/>
+      <c r="W164" s="28"/>
+      <c r="X164" s="28"/>
+      <c r="Y164" s="8"/>
+    </row>
+    <row r="165" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A165" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="B165" s="9"/>
+      <c r="C165" s="9"/>
+      <c r="D165" s="9"/>
+      <c r="E165" s="9"/>
+      <c r="F165" s="9"/>
+      <c r="G165" s="11"/>
+      <c r="H165" s="14"/>
+      <c r="I165" s="9"/>
+      <c r="J165" s="9"/>
+      <c r="K165" s="9"/>
+      <c r="L165" s="9"/>
+      <c r="M165" s="11"/>
+      <c r="N165" s="14"/>
+      <c r="O165" s="9"/>
+      <c r="P165" s="9"/>
+      <c r="Q165" s="9"/>
+      <c r="R165" s="9"/>
+      <c r="S165" s="11"/>
+      <c r="T165" s="9"/>
+      <c r="U165" s="9"/>
+      <c r="V165" s="9"/>
+      <c r="W165" s="9"/>
+      <c r="X165" s="9"/>
+      <c r="Y165" s="11"/>
+    </row>
+    <row r="166" spans="1:25" ht="96" customHeight="1">
+      <c r="A166" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B166" s="28">
+        <v>120</v>
+      </c>
+      <c r="C166" s="28">
+        <v>57</v>
+      </c>
+      <c r="D166" s="28">
+        <v>5</v>
+      </c>
+      <c r="E166" s="6">
+        <v>0</v>
+      </c>
+      <c r="F166" s="28">
+        <v>34</v>
+      </c>
+      <c r="G166" s="12">
+        <v>216</v>
+      </c>
+      <c r="H166" s="13">
+        <v>117</v>
+      </c>
+      <c r="I166" s="28">
+        <v>71</v>
+      </c>
+      <c r="J166" s="28">
+        <v>4</v>
+      </c>
+      <c r="K166" s="6">
+        <v>5</v>
+      </c>
+      <c r="L166" s="28">
+        <v>34</v>
+      </c>
+      <c r="M166" s="12">
+        <v>231</v>
+      </c>
+      <c r="N166" s="13">
+        <v>166</v>
+      </c>
+      <c r="O166" s="28">
+        <v>80</v>
+      </c>
+      <c r="P166" s="28">
+        <v>5</v>
+      </c>
+      <c r="Q166" s="28">
+        <v>4</v>
+      </c>
+      <c r="R166" s="28">
+        <v>45</v>
+      </c>
+      <c r="S166" s="12">
+        <v>300</v>
+      </c>
+      <c r="T166" s="28">
+        <v>196</v>
+      </c>
+      <c r="U166" s="28">
+        <v>77</v>
+      </c>
+      <c r="V166" s="28">
+        <v>8</v>
+      </c>
+      <c r="W166" s="28">
+        <v>4</v>
+      </c>
+      <c r="X166" s="28">
+        <v>39</v>
+      </c>
+      <c r="Y166" s="12">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="167" spans="1:25" ht="15" customHeight="1">
+      <c r="A167" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B167" s="28">
+        <v>16</v>
+      </c>
+      <c r="C167" s="28">
+        <v>26</v>
+      </c>
+      <c r="D167" s="28">
+        <v>15</v>
+      </c>
+      <c r="E167" s="28">
+        <v>1</v>
+      </c>
+      <c r="F167" s="28">
+        <v>6</v>
+      </c>
+      <c r="G167" s="12">
+        <v>64</v>
+      </c>
+      <c r="H167" s="13">
+        <v>7</v>
+      </c>
+      <c r="I167" s="28">
+        <v>28</v>
+      </c>
+      <c r="J167" s="28">
+        <v>10</v>
+      </c>
+      <c r="K167" s="28">
+        <v>1</v>
+      </c>
+      <c r="L167" s="28">
+        <v>10</v>
+      </c>
+      <c r="M167" s="12">
+        <v>56</v>
+      </c>
+      <c r="N167" s="13">
+        <v>10</v>
+      </c>
+      <c r="O167" s="28">
+        <v>32</v>
+      </c>
+      <c r="P167" s="28">
+        <v>8</v>
+      </c>
+      <c r="Q167" s="28">
+        <v>3</v>
+      </c>
+      <c r="R167" s="28">
+        <v>7</v>
+      </c>
+      <c r="S167" s="12">
+        <v>60</v>
+      </c>
+      <c r="T167" s="28">
+        <v>10</v>
+      </c>
+      <c r="U167" s="28">
+        <v>41</v>
+      </c>
+      <c r="V167" s="28">
+        <v>12</v>
+      </c>
+      <c r="W167" s="28">
+        <v>3</v>
+      </c>
+      <c r="X167" s="28">
+        <v>7</v>
+      </c>
+      <c r="Y167" s="12">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="168" spans="1:25">
+      <c r="A168" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B168" s="28">
+        <v>2</v>
+      </c>
+      <c r="C168" s="28">
+        <v>30</v>
+      </c>
+      <c r="D168" s="28">
+        <v>8</v>
+      </c>
+      <c r="E168" s="28">
+        <v>1</v>
+      </c>
+      <c r="F168" s="6">
+        <v>6</v>
+      </c>
+      <c r="G168" s="12">
+        <v>47</v>
+      </c>
+      <c r="H168" s="13">
+        <v>5</v>
+      </c>
+      <c r="I168" s="28">
+        <v>20</v>
+      </c>
+      <c r="J168" s="28">
+        <v>6</v>
+      </c>
+      <c r="K168" s="28">
+        <v>3</v>
+      </c>
+      <c r="L168" s="6">
+        <v>1</v>
+      </c>
+      <c r="M168" s="12">
+        <v>35</v>
+      </c>
+      <c r="N168" s="13">
+        <v>9</v>
+      </c>
+      <c r="O168" s="28">
+        <v>27</v>
+      </c>
+      <c r="P168" s="28">
+        <v>2</v>
+      </c>
+      <c r="Q168" s="28">
+        <v>0</v>
+      </c>
+      <c r="R168" s="28">
+        <v>0</v>
+      </c>
+      <c r="S168" s="12">
+        <v>38</v>
+      </c>
+      <c r="T168" s="28">
+        <v>6</v>
+      </c>
+      <c r="U168" s="28">
+        <v>37</v>
+      </c>
+      <c r="V168" s="28">
+        <v>10</v>
+      </c>
+      <c r="W168" s="28">
+        <v>2</v>
+      </c>
+      <c r="X168" s="28">
+        <v>2</v>
+      </c>
+      <c r="Y168" s="12">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="169" spans="1:25">
+      <c r="A169" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B169" s="28">
+        <v>3</v>
+      </c>
+      <c r="C169" s="28">
+        <v>38</v>
+      </c>
+      <c r="D169" s="28">
+        <v>39</v>
+      </c>
+      <c r="E169" s="28">
+        <v>4</v>
+      </c>
+      <c r="F169" s="28">
+        <v>7</v>
+      </c>
+      <c r="G169" s="12">
+        <v>91</v>
+      </c>
+      <c r="H169" s="13">
+        <v>4</v>
+      </c>
+      <c r="I169" s="28">
+        <v>39</v>
+      </c>
+      <c r="J169" s="28">
+        <v>47</v>
+      </c>
+      <c r="K169" s="28">
+        <v>4</v>
+      </c>
+      <c r="L169" s="28">
+        <v>3</v>
+      </c>
+      <c r="M169" s="12">
+        <v>97</v>
+      </c>
+      <c r="N169" s="13">
+        <v>1</v>
+      </c>
+      <c r="O169" s="28">
+        <v>43</v>
+      </c>
+      <c r="P169" s="28">
+        <v>34</v>
+      </c>
+      <c r="Q169" s="28">
+        <v>4</v>
+      </c>
+      <c r="R169" s="28">
+        <v>3</v>
+      </c>
+      <c r="S169" s="12">
+        <v>85</v>
+      </c>
+      <c r="T169" s="28">
+        <v>2</v>
+      </c>
+      <c r="U169" s="28">
+        <v>30</v>
+      </c>
+      <c r="V169" s="28">
+        <v>44</v>
+      </c>
+      <c r="W169" s="28">
+        <v>6</v>
+      </c>
+      <c r="X169" s="28">
+        <v>6</v>
+      </c>
+      <c r="Y169" s="12">
         <v>88</v>
       </c>
-      <c r="B115" s="40">
-[...2 lines deleted...]
-      <c r="C115" s="40">
+    </row>
+    <row r="170" spans="1:25">
+      <c r="A170" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B170" s="6">
+        <v>0</v>
+      </c>
+      <c r="C170" s="28">
+        <v>11</v>
+      </c>
+      <c r="D170" s="28">
+        <v>6</v>
+      </c>
+      <c r="E170" s="28">
+        <v>9</v>
+      </c>
+      <c r="F170" s="28">
+        <v>2</v>
+      </c>
+      <c r="G170" s="12">
+        <v>28</v>
+      </c>
+      <c r="H170" s="13">
+        <v>1</v>
+      </c>
+      <c r="I170" s="28">
+        <v>7</v>
+      </c>
+      <c r="J170" s="28">
+        <v>5</v>
+      </c>
+      <c r="K170" s="28">
+        <v>13</v>
+      </c>
+      <c r="L170" s="28">
+        <v>3</v>
+      </c>
+      <c r="M170" s="12">
+        <v>29</v>
+      </c>
+      <c r="N170" s="13">
+        <v>0</v>
+      </c>
+      <c r="O170" s="28">
+        <v>23</v>
+      </c>
+      <c r="P170" s="28">
+        <v>6</v>
+      </c>
+      <c r="Q170" s="28">
+        <v>10</v>
+      </c>
+      <c r="R170" s="28">
+        <v>3</v>
+      </c>
+      <c r="S170" s="12">
+        <v>42</v>
+      </c>
+      <c r="T170" s="28">
+        <v>0</v>
+      </c>
+      <c r="U170" s="28">
+        <v>24</v>
+      </c>
+      <c r="V170" s="28">
+        <v>10</v>
+      </c>
+      <c r="W170" s="28">
+        <v>5</v>
+      </c>
+      <c r="X170" s="28">
+        <v>4</v>
+      </c>
+      <c r="Y170" s="12">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="171" spans="1:25">
+      <c r="A171" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B171" s="28">
+        <v>1</v>
+      </c>
+      <c r="C171" s="28">
+        <v>13</v>
+      </c>
+      <c r="D171" s="28">
+        <v>6</v>
+      </c>
+      <c r="E171" s="28">
+        <v>5</v>
+      </c>
+      <c r="F171" s="28">
+        <v>4</v>
+      </c>
+      <c r="G171" s="12">
+        <v>29</v>
+      </c>
+      <c r="H171" s="13">
+        <v>2</v>
+      </c>
+      <c r="I171" s="28">
+        <v>10</v>
+      </c>
+      <c r="J171" s="28">
+        <v>8</v>
+      </c>
+      <c r="K171" s="28">
+        <v>5</v>
+      </c>
+      <c r="L171" s="28">
+        <v>3</v>
+      </c>
+      <c r="M171" s="12">
+        <v>28</v>
+      </c>
+      <c r="N171" s="13">
+        <v>0</v>
+      </c>
+      <c r="O171" s="28">
+        <v>12</v>
+      </c>
+      <c r="P171" s="28">
+        <v>7</v>
+      </c>
+      <c r="Q171" s="28">
+        <v>7</v>
+      </c>
+      <c r="R171" s="28">
+        <v>1</v>
+      </c>
+      <c r="S171" s="12">
+        <v>27</v>
+      </c>
+      <c r="T171" s="28">
+        <v>1</v>
+      </c>
+      <c r="U171" s="28">
+        <v>11</v>
+      </c>
+      <c r="V171" s="28">
+        <v>17</v>
+      </c>
+      <c r="W171" s="28">
+        <v>2</v>
+      </c>
+      <c r="X171" s="28">
+        <v>2</v>
+      </c>
+      <c r="Y171" s="12">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="172" spans="1:25">
+      <c r="A172" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B172" s="6">
+        <v>0</v>
+      </c>
+      <c r="C172" s="28">
+        <v>2</v>
+      </c>
+      <c r="D172" s="6">
+        <v>3</v>
+      </c>
+      <c r="E172" s="6">
+        <v>0</v>
+      </c>
+      <c r="F172" s="6">
+        <v>0</v>
+      </c>
+      <c r="G172" s="12">
+        <v>5</v>
+      </c>
+      <c r="H172" s="15">
+        <v>0</v>
+      </c>
+      <c r="I172" s="28">
+        <v>1</v>
+      </c>
+      <c r="J172" s="28">
+        <v>3</v>
+      </c>
+      <c r="K172" s="28">
+        <v>1</v>
+      </c>
+      <c r="L172" s="6">
+        <v>0</v>
+      </c>
+      <c r="M172" s="12">
+        <v>5</v>
+      </c>
+      <c r="N172" s="6">
+        <v>0</v>
+      </c>
+      <c r="O172" s="28">
+        <v>5</v>
+      </c>
+      <c r="P172" s="28">
+        <v>0</v>
+      </c>
+      <c r="Q172" s="6">
+        <v>0</v>
+      </c>
+      <c r="R172" s="6">
+        <v>0</v>
+      </c>
+      <c r="S172" s="12">
+        <v>5</v>
+      </c>
+      <c r="T172" s="6">
+        <v>0</v>
+      </c>
+      <c r="U172" s="28">
+        <v>1</v>
+      </c>
+      <c r="V172" s="28">
+        <v>0</v>
+      </c>
+      <c r="W172" s="28">
+        <v>1</v>
+      </c>
+      <c r="X172" s="28">
+        <v>1</v>
+      </c>
+      <c r="Y172" s="12">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="173" spans="1:25">
+      <c r="A173" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B173" s="28">
+        <v>1</v>
+      </c>
+      <c r="C173" s="28">
+        <v>3</v>
+      </c>
+      <c r="D173" s="28">
+        <v>9</v>
+      </c>
+      <c r="E173" s="28">
+        <v>0</v>
+      </c>
+      <c r="F173" s="6">
+        <v>0</v>
+      </c>
+      <c r="G173" s="12">
+        <v>13</v>
+      </c>
+      <c r="H173" s="6">
+        <v>0</v>
+      </c>
+      <c r="I173" s="6">
+        <v>7</v>
+      </c>
+      <c r="J173" s="28">
+        <v>2</v>
+      </c>
+      <c r="K173" s="28">
+        <v>1</v>
+      </c>
+      <c r="L173" s="6">
+        <v>3</v>
+      </c>
+      <c r="M173" s="12">
+        <v>13</v>
+      </c>
+      <c r="N173" s="6">
+        <v>0</v>
+      </c>
+      <c r="O173" s="28">
+        <v>4</v>
+      </c>
+      <c r="P173" s="28">
+        <v>5</v>
+      </c>
+      <c r="Q173" s="28">
+        <v>1</v>
+      </c>
+      <c r="R173" s="6">
+        <v>0</v>
+      </c>
+      <c r="S173" s="12">
+        <v>10</v>
+      </c>
+      <c r="T173" s="28">
+        <v>0</v>
+      </c>
+      <c r="U173" s="28">
+        <v>2</v>
+      </c>
+      <c r="V173" s="28">
+        <v>3</v>
+      </c>
+      <c r="W173" s="28">
+        <v>1</v>
+      </c>
+      <c r="X173" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y173" s="12">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="174" spans="1:25">
+      <c r="A174" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B174" s="6">
+        <v>0</v>
+      </c>
+      <c r="C174" s="28">
+        <v>1</v>
+      </c>
+      <c r="D174" s="6">
+        <v>0</v>
+      </c>
+      <c r="E174" s="6">
+        <v>0</v>
+      </c>
+      <c r="F174" s="6">
+        <v>0</v>
+      </c>
+      <c r="G174" s="12">
+        <v>1</v>
+      </c>
+      <c r="H174" s="6">
+        <v>0</v>
+      </c>
+      <c r="I174" s="6">
+        <v>0</v>
+      </c>
+      <c r="J174" s="6">
+        <v>0</v>
+      </c>
+      <c r="K174" s="28">
+        <v>0</v>
+      </c>
+      <c r="L174" s="6">
+        <v>0</v>
+      </c>
+      <c r="M174" s="12">
+        <v>0</v>
+      </c>
+      <c r="N174" s="6">
+        <v>0</v>
+      </c>
+      <c r="O174" s="28">
+        <v>0</v>
+      </c>
+      <c r="P174" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q174" s="6">
+        <v>0</v>
+      </c>
+      <c r="R174" s="6">
+        <v>0</v>
+      </c>
+      <c r="S174" s="12">
+        <v>0</v>
+      </c>
+      <c r="T174" s="28">
+        <v>0</v>
+      </c>
+      <c r="U174" s="28">
+        <v>0</v>
+      </c>
+      <c r="V174" s="28">
+        <v>0</v>
+      </c>
+      <c r="W174" s="28">
+        <v>0</v>
+      </c>
+      <c r="X174" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y174" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="175" spans="1:25">
+      <c r="A175" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B175" s="6">
+        <v>0</v>
+      </c>
+      <c r="C175" s="6">
+        <v>0</v>
+      </c>
+      <c r="D175" s="6">
+        <v>0</v>
+      </c>
+      <c r="E175" s="6">
+        <v>0</v>
+      </c>
+      <c r="F175" s="6">
+        <v>0</v>
+      </c>
+      <c r="G175" s="17">
+        <v>0</v>
+      </c>
+      <c r="H175" s="6">
+        <v>0</v>
+      </c>
+      <c r="I175" s="6">
+        <v>0</v>
+      </c>
+      <c r="J175" s="6">
+        <v>0</v>
+      </c>
+      <c r="K175" s="6">
+        <v>0</v>
+      </c>
+      <c r="L175" s="6">
+        <v>0</v>
+      </c>
+      <c r="M175" s="17">
+        <v>0</v>
+      </c>
+      <c r="N175" s="6">
+        <v>0</v>
+      </c>
+      <c r="O175" s="6">
+        <v>0</v>
+      </c>
+      <c r="P175" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q175" s="6">
+        <v>0</v>
+      </c>
+      <c r="R175" s="6">
+        <v>0</v>
+      </c>
+      <c r="S175" s="17">
+        <v>0</v>
+      </c>
+      <c r="T175" s="28">
+        <v>0</v>
+      </c>
+      <c r="U175" s="28">
+        <v>0</v>
+      </c>
+      <c r="V175" s="28">
+        <v>0</v>
+      </c>
+      <c r="W175" s="28">
+        <v>0</v>
+      </c>
+      <c r="X175" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y175" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="176" spans="1:25">
+      <c r="A176" s="80" t="s">
+        <v>96</v>
+      </c>
+      <c r="B176" s="81">
+        <v>143</v>
+      </c>
+      <c r="C176" s="81">
+        <v>181</v>
+      </c>
+      <c r="D176" s="81">
+        <v>91</v>
+      </c>
+      <c r="E176" s="81">
+        <v>20</v>
+      </c>
+      <c r="F176" s="81">
+        <v>59</v>
+      </c>
+      <c r="G176" s="82">
+        <v>494</v>
+      </c>
+      <c r="H176" s="81">
+        <v>136</v>
+      </c>
+      <c r="I176" s="81">
+        <v>183</v>
+      </c>
+      <c r="J176" s="81">
+        <v>85</v>
+      </c>
+      <c r="K176" s="81">
+        <v>33</v>
+      </c>
+      <c r="L176" s="81">
+        <v>57</v>
+      </c>
+      <c r="M176" s="81">
+        <v>494</v>
+      </c>
+      <c r="N176" s="83">
+        <v>186</v>
+      </c>
+      <c r="O176" s="81">
+        <v>226</v>
+      </c>
+      <c r="P176" s="81">
+        <v>67</v>
+      </c>
+      <c r="Q176" s="81">
+        <v>29</v>
+      </c>
+      <c r="R176" s="81">
+        <v>59</v>
+      </c>
+      <c r="S176" s="82">
+        <v>567</v>
+      </c>
+      <c r="T176" s="81">
+        <v>215</v>
+      </c>
+      <c r="U176" s="81">
+        <v>223</v>
+      </c>
+      <c r="V176" s="81">
+        <v>104</v>
+      </c>
+      <c r="W176" s="81">
+        <v>24</v>
+      </c>
+      <c r="X176" s="81">
+        <v>61</v>
+      </c>
+      <c r="Y176" s="82">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="177" spans="1:25">
+      <c r="I177" s="28"/>
+      <c r="J177" s="28"/>
+      <c r="K177" s="28"/>
+      <c r="L177" s="28"/>
+      <c r="M177" s="28"/>
+    </row>
+    <row r="178" spans="1:25">
+      <c r="I178" s="28"/>
+      <c r="J178" s="28"/>
+      <c r="K178" s="28"/>
+      <c r="L178" s="28"/>
+      <c r="M178" s="28"/>
+    </row>
+    <row r="179" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A179" s="114" t="s">
+        <v>30</v>
+      </c>
+      <c r="B179" s="116" t="s">
+        <v>78</v>
+      </c>
+      <c r="C179" s="116"/>
+      <c r="D179" s="116"/>
+      <c r="E179" s="116"/>
+      <c r="F179" s="116"/>
+      <c r="G179" s="117"/>
+      <c r="H179" s="118" t="s">
+        <v>79</v>
+      </c>
+      <c r="I179" s="116"/>
+      <c r="J179" s="116"/>
+      <c r="K179" s="116"/>
+      <c r="L179" s="116"/>
+      <c r="M179" s="117"/>
+      <c r="N179" s="118" t="s">
+        <v>80</v>
+      </c>
+      <c r="O179" s="116"/>
+      <c r="P179" s="116"/>
+      <c r="Q179" s="116"/>
+      <c r="R179" s="116"/>
+      <c r="S179" s="117"/>
+      <c r="T179" s="116" t="s">
+        <v>81</v>
+      </c>
+      <c r="U179" s="116"/>
+      <c r="V179" s="116"/>
+      <c r="W179" s="116"/>
+      <c r="X179" s="116"/>
+      <c r="Y179" s="117"/>
+    </row>
+    <row r="180" spans="1:25" ht="45" customHeight="1">
+      <c r="A180" s="115"/>
+      <c r="B180" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="C180" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="D180" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="E180" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="F180" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="G180" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="H180" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="I180" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="J180" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="K180" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="L180" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="M180" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="N180" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="O180" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="P180" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="Q180" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="R180" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="S180" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="T180" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="U180" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="V180" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="W180" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="X180" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="Y180" s="79" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="181" spans="1:25">
+      <c r="A181" s="16"/>
+      <c r="B181" s="28"/>
+      <c r="C181" s="28"/>
+      <c r="D181" s="28"/>
+      <c r="E181" s="28"/>
+      <c r="F181" s="28"/>
+      <c r="G181" s="8"/>
+      <c r="H181" s="13"/>
+      <c r="I181" s="28"/>
+      <c r="J181" s="28"/>
+      <c r="K181" s="28"/>
+      <c r="L181" s="28"/>
+      <c r="M181" s="8"/>
+      <c r="N181" s="13"/>
+      <c r="O181" s="28"/>
+      <c r="P181" s="28"/>
+      <c r="Q181" s="28"/>
+      <c r="R181" s="28"/>
+      <c r="S181" s="8"/>
+      <c r="T181" s="28"/>
+      <c r="U181" s="28"/>
+      <c r="V181" s="28"/>
+      <c r="W181" s="28"/>
+      <c r="X181" s="28"/>
+      <c r="Y181" s="8"/>
+    </row>
+    <row r="182" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A182" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="B182" s="9"/>
+      <c r="C182" s="9"/>
+      <c r="D182" s="9"/>
+      <c r="E182" s="9"/>
+      <c r="F182" s="9"/>
+      <c r="G182" s="11"/>
+      <c r="H182" s="14"/>
+      <c r="I182" s="9"/>
+      <c r="J182" s="9"/>
+      <c r="K182" s="9"/>
+      <c r="L182" s="9"/>
+      <c r="M182" s="11"/>
+      <c r="N182" s="14"/>
+      <c r="O182" s="9"/>
+      <c r="P182" s="9"/>
+      <c r="Q182" s="9"/>
+      <c r="R182" s="9"/>
+      <c r="S182" s="11"/>
+      <c r="T182" s="9"/>
+      <c r="U182" s="9"/>
+      <c r="V182" s="9"/>
+      <c r="W182" s="9"/>
+      <c r="X182" s="9"/>
+      <c r="Y182" s="11"/>
+    </row>
+    <row r="183" spans="1:25" ht="96" customHeight="1">
+      <c r="A183" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B183" s="28">
+        <v>142</v>
+      </c>
+      <c r="C183" s="28">
+        <v>62</v>
+      </c>
+      <c r="D183" s="28">
+        <v>6</v>
+      </c>
+      <c r="E183" s="6">
+        <v>1</v>
+      </c>
+      <c r="F183" s="28">
+        <v>33</v>
+      </c>
+      <c r="G183" s="12">
+        <v>244</v>
+      </c>
+      <c r="H183" s="13">
+        <v>242</v>
+      </c>
+      <c r="I183" s="28">
+        <v>88</v>
+      </c>
+      <c r="J183" s="28">
+        <v>3</v>
+      </c>
+      <c r="K183" s="6">
+        <v>2</v>
+      </c>
+      <c r="L183" s="28">
+        <v>55</v>
+      </c>
+      <c r="M183" s="12">
+        <v>390</v>
+      </c>
+      <c r="N183" s="13">
+        <v>269</v>
+      </c>
+      <c r="O183" s="28">
+        <v>77</v>
+      </c>
+      <c r="P183" s="28">
+        <v>6</v>
+      </c>
+      <c r="Q183" s="28">
+        <v>1</v>
+      </c>
+      <c r="R183" s="28">
+        <v>58</v>
+      </c>
+      <c r="S183" s="12">
+        <v>411</v>
+      </c>
+      <c r="T183" s="28">
+        <v>299</v>
+      </c>
+      <c r="U183" s="28">
+        <v>70</v>
+      </c>
+      <c r="V183" s="28">
+        <v>4</v>
+      </c>
+      <c r="W183" s="28">
+        <v>5</v>
+      </c>
+      <c r="X183" s="28">
+        <v>67</v>
+      </c>
+      <c r="Y183" s="12">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="184" spans="1:25" ht="15" customHeight="1">
+      <c r="A184" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B184" s="28">
+        <v>10</v>
+      </c>
+      <c r="C184" s="28">
+        <v>28</v>
+      </c>
+      <c r="D184" s="28">
+        <v>15</v>
+      </c>
+      <c r="E184" s="28">
+        <v>1</v>
+      </c>
+      <c r="F184" s="28">
+        <v>3</v>
+      </c>
+      <c r="G184" s="12">
+        <v>57</v>
+      </c>
+      <c r="H184" s="13">
+        <v>18</v>
+      </c>
+      <c r="I184" s="28">
+        <v>45</v>
+      </c>
+      <c r="J184" s="28">
+        <v>14</v>
+      </c>
+      <c r="K184" s="28">
+        <v>3</v>
+      </c>
+      <c r="L184" s="28">
+        <v>7</v>
+      </c>
+      <c r="M184" s="12">
+        <v>87</v>
+      </c>
+      <c r="N184" s="13">
+        <v>15</v>
+      </c>
+      <c r="O184" s="28">
+        <v>55</v>
+      </c>
+      <c r="P184" s="28">
+        <v>17</v>
+      </c>
+      <c r="Q184" s="28">
+        <v>0</v>
+      </c>
+      <c r="R184" s="28">
+        <v>8</v>
+      </c>
+      <c r="S184" s="12">
+        <v>95</v>
+      </c>
+      <c r="T184" s="28">
+        <v>15</v>
+      </c>
+      <c r="U184" s="28">
+        <v>54</v>
+      </c>
+      <c r="V184" s="28">
+        <v>20</v>
+      </c>
+      <c r="W184" s="28">
+        <v>1</v>
+      </c>
+      <c r="X184" s="28">
+        <v>14</v>
+      </c>
+      <c r="Y184" s="12">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="185" spans="1:25">
+      <c r="A185" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B185" s="28">
+        <v>5</v>
+      </c>
+      <c r="C185" s="28">
+        <v>29</v>
+      </c>
+      <c r="D185" s="28">
+        <v>4</v>
+      </c>
+      <c r="E185" s="28">
+        <v>7</v>
+      </c>
+      <c r="F185" s="6">
+        <v>2</v>
+      </c>
+      <c r="G185" s="12">
+        <v>47</v>
+      </c>
+      <c r="H185" s="13">
+        <v>7</v>
+      </c>
+      <c r="I185" s="28">
+        <v>43</v>
+      </c>
+      <c r="J185" s="28">
+        <v>3</v>
+      </c>
+      <c r="K185" s="28">
+        <v>0</v>
+      </c>
+      <c r="L185" s="6">
+        <v>3</v>
+      </c>
+      <c r="M185" s="12">
+        <v>56</v>
+      </c>
+      <c r="N185" s="13">
+        <v>15</v>
+      </c>
+      <c r="O185" s="28">
+        <v>36</v>
+      </c>
+      <c r="P185" s="28">
+        <v>8</v>
+      </c>
+      <c r="Q185" s="28">
+        <v>2</v>
+      </c>
+      <c r="R185" s="28">
+        <v>3</v>
+      </c>
+      <c r="S185" s="12">
+        <v>64</v>
+      </c>
+      <c r="T185" s="28">
+        <v>14</v>
+      </c>
+      <c r="U185" s="28">
+        <v>40</v>
+      </c>
+      <c r="V185" s="28">
+        <v>9</v>
+      </c>
+      <c r="W185" s="28">
+        <v>2</v>
+      </c>
+      <c r="X185" s="28">
+        <v>7</v>
+      </c>
+      <c r="Y185" s="12">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="186" spans="1:25">
+      <c r="A186" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B186" s="28">
+        <v>4</v>
+      </c>
+      <c r="C186" s="28">
+        <v>28</v>
+      </c>
+      <c r="D186" s="28">
+        <v>35</v>
+      </c>
+      <c r="E186" s="28">
+        <v>6</v>
+      </c>
+      <c r="F186" s="28">
+        <v>4</v>
+      </c>
+      <c r="G186" s="12">
+        <v>77</v>
+      </c>
+      <c r="H186" s="13">
+        <v>6</v>
+      </c>
+      <c r="I186" s="28">
+        <v>58</v>
+      </c>
+      <c r="J186" s="28">
+        <v>36</v>
+      </c>
+      <c r="K186" s="28">
+        <v>6</v>
+      </c>
+      <c r="L186" s="28">
+        <v>8</v>
+      </c>
+      <c r="M186" s="12">
+        <v>114</v>
+      </c>
+      <c r="N186" s="13">
+        <v>5</v>
+      </c>
+      <c r="O186" s="28">
+        <v>48</v>
+      </c>
+      <c r="P186" s="28">
+        <v>36</v>
+      </c>
+      <c r="Q186" s="28">
+        <v>0</v>
+      </c>
+      <c r="R186" s="28">
+        <v>14</v>
+      </c>
+      <c r="S186" s="12">
+        <v>103</v>
+      </c>
+      <c r="T186" s="28">
+        <v>4</v>
+      </c>
+      <c r="U186" s="28">
+        <v>38</v>
+      </c>
+      <c r="V186" s="28">
+        <v>34</v>
+      </c>
+      <c r="W186" s="28">
+        <v>5</v>
+      </c>
+      <c r="X186" s="28">
+        <v>9</v>
+      </c>
+      <c r="Y186" s="12">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="187" spans="1:25">
+      <c r="A187" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B187" s="6">
+        <v>0</v>
+      </c>
+      <c r="C187" s="28">
+        <v>16</v>
+      </c>
+      <c r="D187" s="28">
+        <v>9</v>
+      </c>
+      <c r="E187" s="28">
+        <v>7</v>
+      </c>
+      <c r="F187" s="28">
+        <v>5</v>
+      </c>
+      <c r="G187" s="12">
+        <v>37</v>
+      </c>
+      <c r="H187" s="13">
+        <v>0</v>
+      </c>
+      <c r="I187" s="28">
+        <v>23</v>
+      </c>
+      <c r="J187" s="28">
+        <v>16</v>
+      </c>
+      <c r="K187" s="28">
+        <v>6</v>
+      </c>
+      <c r="L187" s="28">
+        <v>6</v>
+      </c>
+      <c r="M187" s="12">
+        <v>51</v>
+      </c>
+      <c r="N187" s="13">
+        <v>0</v>
+      </c>
+      <c r="O187" s="28">
+        <v>22</v>
+      </c>
+      <c r="P187" s="28">
+        <v>18</v>
+      </c>
+      <c r="Q187" s="28">
+        <v>8</v>
+      </c>
+      <c r="R187" s="28">
+        <v>5</v>
+      </c>
+      <c r="S187" s="12">
+        <v>53</v>
+      </c>
+      <c r="T187" s="28">
+        <v>0</v>
+      </c>
+      <c r="U187" s="28">
+        <v>17</v>
+      </c>
+      <c r="V187" s="28">
+        <v>21</v>
+      </c>
+      <c r="W187" s="28">
+        <v>9</v>
+      </c>
+      <c r="X187" s="28">
+        <v>5</v>
+      </c>
+      <c r="Y187" s="12">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="188" spans="1:25">
+      <c r="A188" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B188" s="28">
+        <v>1</v>
+      </c>
+      <c r="C188" s="28">
+        <v>8</v>
+      </c>
+      <c r="D188" s="28">
+        <v>7</v>
+      </c>
+      <c r="E188" s="28">
+        <v>4</v>
+      </c>
+      <c r="F188" s="28">
+        <v>3</v>
+      </c>
+      <c r="G188" s="12">
+        <v>23</v>
+      </c>
+      <c r="H188" s="13">
+        <v>0</v>
+      </c>
+      <c r="I188" s="28">
+        <v>12</v>
+      </c>
+      <c r="J188" s="28">
+        <v>7</v>
+      </c>
+      <c r="K188" s="28">
+        <v>6</v>
+      </c>
+      <c r="L188" s="28">
+        <v>7</v>
+      </c>
+      <c r="M188" s="12">
+        <v>32</v>
+      </c>
+      <c r="N188" s="13">
+        <v>1</v>
+      </c>
+      <c r="O188" s="28">
+        <v>12</v>
+      </c>
+      <c r="P188" s="28">
+        <v>12</v>
+      </c>
+      <c r="Q188" s="28">
+        <v>6</v>
+      </c>
+      <c r="R188" s="28">
+        <v>4</v>
+      </c>
+      <c r="S188" s="12">
+        <v>35</v>
+      </c>
+      <c r="T188" s="28">
+        <v>13</v>
+      </c>
+      <c r="U188" s="28">
+        <v>24</v>
+      </c>
+      <c r="V188" s="28">
+        <v>12</v>
+      </c>
+      <c r="W188" s="28">
+        <v>7</v>
+      </c>
+      <c r="X188" s="28">
+        <v>6</v>
+      </c>
+      <c r="Y188" s="12">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="189" spans="1:25">
+      <c r="A189" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B189" s="6">
+        <v>0</v>
+      </c>
+      <c r="C189" s="28">
+        <v>1</v>
+      </c>
+      <c r="D189" s="6">
+        <v>1</v>
+      </c>
+      <c r="E189" s="6">
+        <v>0</v>
+      </c>
+      <c r="F189" s="6">
+        <v>0</v>
+      </c>
+      <c r="G189" s="12">
+        <v>2</v>
+      </c>
+      <c r="H189" s="15">
+        <v>1</v>
+      </c>
+      <c r="I189" s="28">
+        <v>1</v>
+      </c>
+      <c r="J189" s="28">
+        <v>1</v>
+      </c>
+      <c r="K189" s="28">
+        <v>0</v>
+      </c>
+      <c r="L189" s="6">
+        <v>0</v>
+      </c>
+      <c r="M189" s="12">
+        <v>3</v>
+      </c>
+      <c r="N189" s="6">
+        <v>0</v>
+      </c>
+      <c r="O189" s="28">
+        <v>1</v>
+      </c>
+      <c r="P189" s="28">
+        <v>1</v>
+      </c>
+      <c r="Q189" s="6">
+        <v>0</v>
+      </c>
+      <c r="R189" s="6">
+        <v>2</v>
+      </c>
+      <c r="S189" s="12">
+        <v>4</v>
+      </c>
+      <c r="T189" s="6">
+        <v>0</v>
+      </c>
+      <c r="U189" s="28">
+        <v>5</v>
+      </c>
+      <c r="V189" s="28">
+        <v>1</v>
+      </c>
+      <c r="W189" s="28">
+        <v>0</v>
+      </c>
+      <c r="X189" s="28">
+        <v>0</v>
+      </c>
+      <c r="Y189" s="12">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="190" spans="1:25">
+      <c r="A190" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B190" s="28">
+        <v>0</v>
+      </c>
+      <c r="C190" s="28">
+        <v>5</v>
+      </c>
+      <c r="D190" s="28">
+        <v>9</v>
+      </c>
+      <c r="E190" s="28">
+        <v>3</v>
+      </c>
+      <c r="F190" s="6">
+        <v>0</v>
+      </c>
+      <c r="G190" s="12">
+        <v>17</v>
+      </c>
+      <c r="H190" s="6">
+        <v>0</v>
+      </c>
+      <c r="I190" s="6">
+        <v>12</v>
+      </c>
+      <c r="J190" s="28">
+        <v>3</v>
+      </c>
+      <c r="K190" s="28">
+        <v>0</v>
+      </c>
+      <c r="L190" s="6">
+        <v>2</v>
+      </c>
+      <c r="M190" s="12">
+        <v>17</v>
+      </c>
+      <c r="N190" s="6">
+        <v>1</v>
+      </c>
+      <c r="O190" s="28">
+        <v>5</v>
+      </c>
+      <c r="P190" s="28">
+        <v>6</v>
+      </c>
+      <c r="Q190" s="28">
+        <v>2</v>
+      </c>
+      <c r="R190" s="6">
+        <v>0</v>
+      </c>
+      <c r="S190" s="12">
+        <v>14</v>
+      </c>
+      <c r="T190" s="28">
+        <v>0</v>
+      </c>
+      <c r="U190" s="28">
+        <v>8</v>
+      </c>
+      <c r="V190" s="28">
+        <v>11</v>
+      </c>
+      <c r="W190" s="28">
+        <v>2</v>
+      </c>
+      <c r="X190" s="6">
+        <v>1</v>
+      </c>
+      <c r="Y190" s="12">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="191" spans="1:25">
+      <c r="A191" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B191" s="6">
+        <v>0</v>
+      </c>
+      <c r="C191" s="28">
+        <v>1</v>
+      </c>
+      <c r="D191" s="6">
+        <v>0</v>
+      </c>
+      <c r="E191" s="6">
+        <v>0</v>
+      </c>
+      <c r="F191" s="6">
+        <v>0</v>
+      </c>
+      <c r="G191" s="12">
+        <v>1</v>
+      </c>
+      <c r="H191" s="6">
+        <v>0</v>
+      </c>
+      <c r="I191" s="6">
+        <v>1</v>
+      </c>
+      <c r="J191" s="6">
+        <v>0</v>
+      </c>
+      <c r="K191" s="28">
+        <v>0</v>
+      </c>
+      <c r="L191" s="6">
+        <v>0</v>
+      </c>
+      <c r="M191" s="12">
+        <v>1</v>
+      </c>
+      <c r="N191" s="6">
+        <v>0</v>
+      </c>
+      <c r="O191" s="28">
+        <v>1</v>
+      </c>
+      <c r="P191" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q191" s="6">
+        <v>0</v>
+      </c>
+      <c r="R191" s="6">
+        <v>0</v>
+      </c>
+      <c r="S191" s="12">
+        <v>1</v>
+      </c>
+      <c r="T191" s="28">
+        <v>0</v>
+      </c>
+      <c r="U191" s="28">
+        <v>1</v>
+      </c>
+      <c r="V191" s="28">
+        <v>0</v>
+      </c>
+      <c r="W191" s="28">
+        <v>0</v>
+      </c>
+      <c r="X191" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y191" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="192" spans="1:25">
+      <c r="A192" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B192" s="6">
+        <v>0</v>
+      </c>
+      <c r="C192" s="6">
+        <v>0</v>
+      </c>
+      <c r="D192" s="6">
+        <v>0</v>
+      </c>
+      <c r="E192" s="6">
+        <v>0</v>
+      </c>
+      <c r="F192" s="6">
+        <v>0</v>
+      </c>
+      <c r="G192" s="17">
+        <v>0</v>
+      </c>
+      <c r="H192" s="6">
+        <v>0</v>
+      </c>
+      <c r="I192" s="6">
+        <v>0</v>
+      </c>
+      <c r="J192" s="6">
+        <v>0</v>
+      </c>
+      <c r="K192" s="6">
+        <v>0</v>
+      </c>
+      <c r="L192" s="6">
+        <v>1</v>
+      </c>
+      <c r="M192" s="17">
+        <v>1</v>
+      </c>
+      <c r="N192" s="6">
+        <v>0</v>
+      </c>
+      <c r="O192" s="6">
+        <v>0</v>
+      </c>
+      <c r="P192" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q192" s="6">
+        <v>0</v>
+      </c>
+      <c r="R192" s="6">
+        <v>0</v>
+      </c>
+      <c r="S192" s="17">
+        <v>0</v>
+      </c>
+      <c r="T192" s="28">
+        <v>0</v>
+      </c>
+      <c r="U192" s="28">
+        <v>0</v>
+      </c>
+      <c r="V192" s="28">
+        <v>0</v>
+      </c>
+      <c r="W192" s="28">
+        <v>0</v>
+      </c>
+      <c r="X192" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y192" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="193" spans="1:25">
+      <c r="A193" s="80" t="s">
+        <v>96</v>
+      </c>
+      <c r="B193" s="81">
+        <v>162</v>
+      </c>
+      <c r="C193" s="81">
+        <v>178</v>
+      </c>
+      <c r="D193" s="81">
+        <v>86</v>
+      </c>
+      <c r="E193" s="81">
+        <v>29</v>
+      </c>
+      <c r="F193" s="81">
+        <v>50</v>
+      </c>
+      <c r="G193" s="82">
+        <v>505</v>
+      </c>
+      <c r="H193" s="81">
+        <v>274</v>
+      </c>
+      <c r="I193" s="81">
+        <v>283</v>
+      </c>
+      <c r="J193" s="81">
+        <v>83</v>
+      </c>
+      <c r="K193" s="81">
+        <v>23</v>
+      </c>
+      <c r="L193" s="81">
+        <v>89</v>
+      </c>
+      <c r="M193" s="81">
+        <v>752</v>
+      </c>
+      <c r="N193" s="83">
+        <v>306</v>
+      </c>
+      <c r="O193" s="81">
+        <v>257</v>
+      </c>
+      <c r="P193" s="81">
+        <v>104</v>
+      </c>
+      <c r="Q193" s="81">
+        <v>19</v>
+      </c>
+      <c r="R193" s="81">
+        <v>94</v>
+      </c>
+      <c r="S193" s="82">
+        <v>780</v>
+      </c>
+      <c r="T193" s="81">
+        <v>345</v>
+      </c>
+      <c r="U193" s="81">
+        <v>257</v>
+      </c>
+      <c r="V193" s="81">
+        <v>112</v>
+      </c>
+      <c r="W193" s="81">
+        <v>31</v>
+      </c>
+      <c r="X193" s="81">
+        <v>109</v>
+      </c>
+      <c r="Y193" s="82">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="194" spans="1:25">
+      <c r="I194" s="28"/>
+      <c r="J194" s="28"/>
+      <c r="K194" s="28"/>
+      <c r="L194" s="28"/>
+      <c r="M194" s="28"/>
+    </row>
+    <row r="195" spans="1:25">
+      <c r="I195" s="28"/>
+      <c r="J195" s="28"/>
+      <c r="K195" s="28"/>
+      <c r="L195" s="28"/>
+      <c r="M195" s="28"/>
+    </row>
+    <row r="196" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A196" s="114" t="s">
+        <v>30</v>
+      </c>
+      <c r="B196" s="116" t="s">
+        <v>83</v>
+      </c>
+      <c r="C196" s="116"/>
+      <c r="D196" s="116"/>
+      <c r="E196" s="116"/>
+      <c r="F196" s="116"/>
+      <c r="G196" s="117"/>
+      <c r="H196" s="118" t="s">
+        <v>84</v>
+      </c>
+      <c r="I196" s="116"/>
+      <c r="J196" s="116"/>
+      <c r="K196" s="116"/>
+      <c r="L196" s="116"/>
+      <c r="M196" s="117"/>
+      <c r="N196" s="118" t="s">
+        <v>85</v>
+      </c>
+      <c r="O196" s="116"/>
+      <c r="P196" s="116"/>
+      <c r="Q196" s="116"/>
+      <c r="R196" s="116"/>
+      <c r="S196" s="117"/>
+      <c r="T196" s="116" t="s">
+        <v>86</v>
+      </c>
+      <c r="U196" s="116"/>
+      <c r="V196" s="116"/>
+      <c r="W196" s="116"/>
+      <c r="X196" s="116"/>
+      <c r="Y196" s="117"/>
+    </row>
+    <row r="197" spans="1:25" ht="45" customHeight="1">
+      <c r="A197" s="115"/>
+      <c r="B197" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="C197" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="D197" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="E197" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="F197" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="G197" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="H197" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="I197" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="J197" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="K197" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="L197" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="M197" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="N197" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="O197" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="P197" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="Q197" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="R197" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="S197" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="T197" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="U197" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="V197" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="W197" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="X197" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="Y197" s="79" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="198" spans="1:25">
+      <c r="A198" s="16"/>
+      <c r="B198" s="28"/>
+      <c r="C198" s="28"/>
+      <c r="D198" s="28"/>
+      <c r="E198" s="28"/>
+      <c r="F198" s="28"/>
+      <c r="G198" s="8"/>
+      <c r="H198" s="13"/>
+      <c r="I198" s="28"/>
+      <c r="J198" s="28"/>
+      <c r="K198" s="28"/>
+      <c r="L198" s="28"/>
+      <c r="M198" s="8"/>
+      <c r="N198" s="13"/>
+      <c r="O198" s="28"/>
+      <c r="P198" s="28"/>
+      <c r="Q198" s="28"/>
+      <c r="R198" s="28"/>
+      <c r="S198" s="8"/>
+      <c r="T198" s="28"/>
+      <c r="U198" s="28"/>
+      <c r="V198" s="28"/>
+      <c r="W198" s="28"/>
+      <c r="X198" s="28"/>
+      <c r="Y198" s="8"/>
+    </row>
+    <row r="199" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A199" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="B199" s="9"/>
+      <c r="C199" s="9"/>
+      <c r="D199" s="9"/>
+      <c r="E199" s="9"/>
+      <c r="F199" s="9"/>
+      <c r="G199" s="11"/>
+      <c r="H199" s="14"/>
+      <c r="I199" s="9"/>
+      <c r="J199" s="9"/>
+      <c r="K199" s="9"/>
+      <c r="L199" s="9"/>
+      <c r="M199" s="11"/>
+      <c r="N199" s="14"/>
+      <c r="O199" s="9"/>
+      <c r="P199" s="9"/>
+      <c r="Q199" s="9"/>
+      <c r="R199" s="9"/>
+      <c r="S199" s="11"/>
+      <c r="T199" s="9"/>
+      <c r="U199" s="9"/>
+      <c r="V199" s="9"/>
+      <c r="W199" s="9"/>
+      <c r="X199" s="9"/>
+      <c r="Y199" s="11"/>
+    </row>
+    <row r="200" spans="1:25" ht="96" customHeight="1">
+      <c r="A200" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B200" s="28">
+        <v>234</v>
+      </c>
+      <c r="C200" s="28">
+        <v>64</v>
+      </c>
+      <c r="D200" s="28">
+        <v>3</v>
+      </c>
+      <c r="E200" s="6">
+        <v>2</v>
+      </c>
+      <c r="F200" s="28">
+        <v>51</v>
+      </c>
+      <c r="G200" s="12">
+        <v>354</v>
+      </c>
+      <c r="H200" s="13">
+        <v>191</v>
+      </c>
+      <c r="I200" s="28">
+        <v>54</v>
+      </c>
+      <c r="J200" s="28">
+        <v>4</v>
+      </c>
+      <c r="K200" s="6">
+        <v>1</v>
+      </c>
+      <c r="L200" s="28">
+        <v>35</v>
+      </c>
+      <c r="M200" s="12">
+        <v>285</v>
+      </c>
+      <c r="N200" s="13">
+        <v>240</v>
+      </c>
+      <c r="O200" s="28">
+        <v>53</v>
+      </c>
+      <c r="P200" s="28">
+        <v>11</v>
+      </c>
+      <c r="Q200" s="28">
+        <v>1</v>
+      </c>
+      <c r="R200" s="28">
+        <v>51</v>
+      </c>
+      <c r="S200" s="12">
+        <v>356</v>
+      </c>
+      <c r="T200" s="28">
+        <v>187</v>
+      </c>
+      <c r="U200" s="28">
+        <v>48</v>
+      </c>
+      <c r="V200" s="28">
+        <v>13</v>
+      </c>
+      <c r="W200" s="28">
+        <v>2</v>
+      </c>
+      <c r="X200" s="28">
+        <v>45</v>
+      </c>
+      <c r="Y200" s="12">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="201" spans="1:25" ht="15" customHeight="1">
+      <c r="A201" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B201" s="28">
+        <v>16</v>
+      </c>
+      <c r="C201" s="28">
+        <v>34</v>
+      </c>
+      <c r="D201" s="28">
+        <v>13</v>
+      </c>
+      <c r="E201" s="28">
+        <v>1</v>
+      </c>
+      <c r="F201" s="28">
+        <v>7</v>
+      </c>
+      <c r="G201" s="12">
+        <v>71</v>
+      </c>
+      <c r="H201" s="13">
+        <v>9</v>
+      </c>
+      <c r="I201" s="28">
+        <v>44</v>
+      </c>
+      <c r="J201" s="28">
+        <v>9</v>
+      </c>
+      <c r="K201" s="28">
+        <v>3</v>
+      </c>
+      <c r="L201" s="28">
+        <v>11</v>
+      </c>
+      <c r="M201" s="12">
+        <v>76</v>
+      </c>
+      <c r="N201" s="13">
+        <v>13</v>
+      </c>
+      <c r="O201" s="28">
+        <v>28</v>
+      </c>
+      <c r="P201" s="28">
+        <v>5</v>
+      </c>
+      <c r="Q201" s="28">
+        <v>4</v>
+      </c>
+      <c r="R201" s="28">
+        <v>11</v>
+      </c>
+      <c r="S201" s="12">
+        <v>61</v>
+      </c>
+      <c r="T201" s="28">
+        <v>12</v>
+      </c>
+      <c r="U201" s="28">
+        <v>37</v>
+      </c>
+      <c r="V201" s="28">
+        <v>15</v>
+      </c>
+      <c r="W201" s="28">
+        <v>3</v>
+      </c>
+      <c r="X201" s="28">
+        <v>13</v>
+      </c>
+      <c r="Y201" s="12">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="202" spans="1:25">
+      <c r="A202" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B202" s="28">
+        <v>15</v>
+      </c>
+      <c r="C202" s="28">
+        <v>40</v>
+      </c>
+      <c r="D202" s="28">
+        <v>5</v>
+      </c>
+      <c r="E202" s="28">
+        <v>0</v>
+      </c>
+      <c r="F202" s="6">
+        <v>2</v>
+      </c>
+      <c r="G202" s="12">
+        <v>62</v>
+      </c>
+      <c r="H202" s="13">
+        <v>5</v>
+      </c>
+      <c r="I202" s="28">
+        <v>22</v>
+      </c>
+      <c r="J202" s="28">
+        <v>5</v>
+      </c>
+      <c r="K202" s="28">
+        <v>2</v>
+      </c>
+      <c r="L202" s="6">
+        <v>1</v>
+      </c>
+      <c r="M202" s="12">
+        <v>35</v>
+      </c>
+      <c r="N202" s="13">
+        <v>12</v>
+      </c>
+      <c r="O202" s="28">
+        <v>32</v>
+      </c>
+      <c r="P202" s="28">
+        <v>8</v>
+      </c>
+      <c r="Q202" s="28">
+        <v>1</v>
+      </c>
+      <c r="R202" s="28">
+        <v>9</v>
+      </c>
+      <c r="S202" s="12">
+        <v>62</v>
+      </c>
+      <c r="T202" s="28">
+        <v>5</v>
+      </c>
+      <c r="U202" s="28">
+        <v>14</v>
+      </c>
+      <c r="V202" s="28">
+        <v>11</v>
+      </c>
+      <c r="W202" s="28">
+        <v>3</v>
+      </c>
+      <c r="X202" s="28">
+        <v>2</v>
+      </c>
+      <c r="Y202" s="12">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="203" spans="1:25">
+      <c r="A203" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B203" s="28">
+        <v>5</v>
+      </c>
+      <c r="C203" s="28">
+        <v>34</v>
+      </c>
+      <c r="D203" s="28">
+        <v>21</v>
+      </c>
+      <c r="E203" s="28">
+        <v>2</v>
+      </c>
+      <c r="F203" s="28">
+        <v>5</v>
+      </c>
+      <c r="G203" s="12">
+        <v>67</v>
+      </c>
+      <c r="H203" s="13">
+        <v>5</v>
+      </c>
+      <c r="I203" s="28">
+        <v>42</v>
+      </c>
+      <c r="J203" s="28">
+        <v>12</v>
+      </c>
+      <c r="K203" s="28">
+        <v>4</v>
+      </c>
+      <c r="L203" s="28">
+        <v>8</v>
+      </c>
+      <c r="M203" s="12">
+        <v>71</v>
+      </c>
+      <c r="N203" s="13">
+        <v>3</v>
+      </c>
+      <c r="O203" s="28">
+        <v>38</v>
+      </c>
+      <c r="P203" s="28">
+        <v>19</v>
+      </c>
+      <c r="Q203" s="28">
+        <v>3</v>
+      </c>
+      <c r="R203" s="28">
+        <v>8</v>
+      </c>
+      <c r="S203" s="12">
+        <v>71</v>
+      </c>
+      <c r="T203" s="28">
+        <v>5</v>
+      </c>
+      <c r="U203" s="28">
+        <v>35</v>
+      </c>
+      <c r="V203" s="28">
+        <v>9</v>
+      </c>
+      <c r="W203" s="28">
+        <v>3</v>
+      </c>
+      <c r="X203" s="28">
+        <v>8</v>
+      </c>
+      <c r="Y203" s="12">
         <v>60</v>
       </c>
-      <c r="D115" s="40">
+    </row>
+    <row r="204" spans="1:25">
+      <c r="A204" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B204" s="6">
+        <v>0</v>
+      </c>
+      <c r="C204" s="28">
+        <v>11</v>
+      </c>
+      <c r="D204" s="28">
+        <v>5</v>
+      </c>
+      <c r="E204" s="28">
         <v>3</v>
       </c>
-      <c r="E115" s="9">
-[...8 lines deleted...]
-      <c r="H115" s="20">
+      <c r="F204" s="28">
+        <v>5</v>
+      </c>
+      <c r="G204" s="12">
+        <v>24</v>
+      </c>
+      <c r="H204" s="13">
+        <v>0</v>
+      </c>
+      <c r="I204" s="28">
+        <v>14</v>
+      </c>
+      <c r="J204" s="28">
+        <v>12</v>
+      </c>
+      <c r="K204" s="28">
+        <v>7</v>
+      </c>
+      <c r="L204" s="28">
+        <v>6</v>
+      </c>
+      <c r="M204" s="12">
+        <v>39</v>
+      </c>
+      <c r="N204" s="13">
+        <v>0</v>
+      </c>
+      <c r="O204" s="28">
+        <v>13</v>
+      </c>
+      <c r="P204" s="28">
+        <v>6</v>
+      </c>
+      <c r="Q204" s="28">
+        <v>9</v>
+      </c>
+      <c r="R204" s="28">
+        <v>9</v>
+      </c>
+      <c r="S204" s="12">
+        <v>37</v>
+      </c>
+      <c r="T204" s="28">
+        <v>0</v>
+      </c>
+      <c r="U204" s="28">
+        <v>13</v>
+      </c>
+      <c r="V204" s="28">
+        <v>12</v>
+      </c>
+      <c r="W204" s="28">
+        <v>12</v>
+      </c>
+      <c r="X204" s="28">
+        <v>10</v>
+      </c>
+      <c r="Y204" s="12">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="205" spans="1:25">
+      <c r="A205" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B205" s="28">
+        <v>5</v>
+      </c>
+      <c r="C205" s="28">
+        <v>16</v>
+      </c>
+      <c r="D205" s="28">
+        <v>7</v>
+      </c>
+      <c r="E205" s="28">
+        <v>7</v>
+      </c>
+      <c r="F205" s="28">
+        <v>7</v>
+      </c>
+      <c r="G205" s="12">
+        <v>42</v>
+      </c>
+      <c r="H205" s="13">
+        <v>1</v>
+      </c>
+      <c r="I205" s="28">
+        <v>9</v>
+      </c>
+      <c r="J205" s="28">
+        <v>6</v>
+      </c>
+      <c r="K205" s="28">
+        <v>1</v>
+      </c>
+      <c r="L205" s="28">
+        <v>2</v>
+      </c>
+      <c r="M205" s="12">
+        <v>19</v>
+      </c>
+      <c r="N205" s="13">
+        <v>18</v>
+      </c>
+      <c r="O205" s="28">
+        <v>13</v>
+      </c>
+      <c r="P205" s="28">
+        <v>3</v>
+      </c>
+      <c r="Q205" s="28">
+        <v>3</v>
+      </c>
+      <c r="R205" s="28">
+        <v>4</v>
+      </c>
+      <c r="S205" s="12">
+        <v>41</v>
+      </c>
+      <c r="T205" s="28">
+        <v>3</v>
+      </c>
+      <c r="U205" s="28">
+        <v>8</v>
+      </c>
+      <c r="V205" s="28">
+        <v>6</v>
+      </c>
+      <c r="W205" s="28">
+        <v>4</v>
+      </c>
+      <c r="X205" s="28">
+        <v>5</v>
+      </c>
+      <c r="Y205" s="12">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="206" spans="1:25">
+      <c r="A206" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B206" s="6">
+        <v>0</v>
+      </c>
+      <c r="C206" s="28">
+        <v>2</v>
+      </c>
+      <c r="D206" s="6">
+        <v>2</v>
+      </c>
+      <c r="E206" s="6">
+        <v>4</v>
+      </c>
+      <c r="F206" s="6">
+        <v>1</v>
+      </c>
+      <c r="G206" s="12">
+        <v>9</v>
+      </c>
+      <c r="H206" s="15">
+        <v>0</v>
+      </c>
+      <c r="I206" s="28">
+        <v>1</v>
+      </c>
+      <c r="J206" s="28">
+        <v>0</v>
+      </c>
+      <c r="K206" s="28">
+        <v>0</v>
+      </c>
+      <c r="L206" s="6">
+        <v>1</v>
+      </c>
+      <c r="M206" s="12">
+        <v>2</v>
+      </c>
+      <c r="N206" s="6">
+        <v>0</v>
+      </c>
+      <c r="O206" s="28">
+        <v>0</v>
+      </c>
+      <c r="P206" s="28">
+        <v>1</v>
+      </c>
+      <c r="Q206" s="6">
+        <v>0</v>
+      </c>
+      <c r="R206" s="6">
+        <v>0</v>
+      </c>
+      <c r="S206" s="12">
+        <v>1</v>
+      </c>
+      <c r="T206" s="6">
+        <v>0</v>
+      </c>
+      <c r="U206" s="28">
+        <v>1</v>
+      </c>
+      <c r="V206" s="28">
+        <v>1</v>
+      </c>
+      <c r="W206" s="28">
+        <v>2</v>
+      </c>
+      <c r="X206" s="28">
+        <v>2</v>
+      </c>
+      <c r="Y206" s="12">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="207" spans="1:25">
+      <c r="A207" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B207" s="28">
+        <v>1</v>
+      </c>
+      <c r="C207" s="28">
+        <v>4</v>
+      </c>
+      <c r="D207" s="28">
+        <v>4</v>
+      </c>
+      <c r="E207" s="28">
+        <v>2</v>
+      </c>
+      <c r="F207" s="6">
+        <v>3</v>
+      </c>
+      <c r="G207" s="12">
+        <v>14</v>
+      </c>
+      <c r="H207" s="6">
+        <v>1</v>
+      </c>
+      <c r="I207" s="6">
+        <v>3</v>
+      </c>
+      <c r="J207" s="28">
+        <v>5</v>
+      </c>
+      <c r="K207" s="28">
+        <v>0</v>
+      </c>
+      <c r="L207" s="6">
+        <v>4</v>
+      </c>
+      <c r="M207" s="12">
+        <v>13</v>
+      </c>
+      <c r="N207" s="6">
+        <v>1</v>
+      </c>
+      <c r="O207" s="28">
+        <v>6</v>
+      </c>
+      <c r="P207" s="28">
+        <v>6</v>
+      </c>
+      <c r="Q207" s="28">
+        <v>0</v>
+      </c>
+      <c r="R207" s="6">
+        <v>1</v>
+      </c>
+      <c r="S207" s="12">
+        <v>14</v>
+      </c>
+      <c r="T207" s="28">
+        <v>0</v>
+      </c>
+      <c r="U207" s="28">
+        <v>3</v>
+      </c>
+      <c r="V207" s="28">
+        <v>6</v>
+      </c>
+      <c r="W207" s="28">
+        <v>1</v>
+      </c>
+      <c r="X207" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y207" s="12">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="208" spans="1:25">
+      <c r="A208" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B208" s="6">
+        <v>0</v>
+      </c>
+      <c r="C208" s="28">
+        <v>0</v>
+      </c>
+      <c r="D208" s="6">
+        <v>0</v>
+      </c>
+      <c r="E208" s="6">
+        <v>0</v>
+      </c>
+      <c r="F208" s="6">
+        <v>0</v>
+      </c>
+      <c r="G208" s="12">
+        <v>0</v>
+      </c>
+      <c r="H208" s="6">
+        <v>0</v>
+      </c>
+      <c r="I208" s="6">
+        <v>0</v>
+      </c>
+      <c r="J208" s="6">
+        <v>0</v>
+      </c>
+      <c r="K208" s="28">
+        <v>0</v>
+      </c>
+      <c r="L208" s="6">
+        <v>0</v>
+      </c>
+      <c r="M208" s="12">
+        <v>0</v>
+      </c>
+      <c r="N208" s="6">
+        <v>0</v>
+      </c>
+      <c r="O208" s="28">
+        <v>0</v>
+      </c>
+      <c r="P208" s="6">
+        <v>1</v>
+      </c>
+      <c r="Q208" s="6">
+        <v>0</v>
+      </c>
+      <c r="R208" s="6">
+        <v>1</v>
+      </c>
+      <c r="S208" s="12">
+        <v>2</v>
+      </c>
+      <c r="T208" s="28">
+        <v>0</v>
+      </c>
+      <c r="U208" s="28">
+        <v>0</v>
+      </c>
+      <c r="V208" s="28">
+        <v>0</v>
+      </c>
+      <c r="W208" s="28">
+        <v>0</v>
+      </c>
+      <c r="X208" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y208" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="209" spans="1:25">
+      <c r="A209" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B209" s="6">
+        <v>0</v>
+      </c>
+      <c r="C209" s="6">
+        <v>0</v>
+      </c>
+      <c r="D209" s="6">
+        <v>0</v>
+      </c>
+      <c r="E209" s="6">
+        <v>0</v>
+      </c>
+      <c r="F209" s="6">
+        <v>0</v>
+      </c>
+      <c r="G209" s="17">
+        <v>0</v>
+      </c>
+      <c r="H209" s="6">
+        <v>0</v>
+      </c>
+      <c r="I209" s="6">
+        <v>0</v>
+      </c>
+      <c r="J209" s="6">
+        <v>0</v>
+      </c>
+      <c r="K209" s="6">
+        <v>0</v>
+      </c>
+      <c r="L209" s="6">
+        <v>0</v>
+      </c>
+      <c r="M209" s="17">
+        <v>0</v>
+      </c>
+      <c r="N209" s="6">
+        <v>0</v>
+      </c>
+      <c r="O209" s="6">
+        <v>0</v>
+      </c>
+      <c r="P209" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q209" s="6">
+        <v>0</v>
+      </c>
+      <c r="R209" s="6">
+        <v>0</v>
+      </c>
+      <c r="S209" s="17">
+        <v>0</v>
+      </c>
+      <c r="T209" s="28">
+        <v>0</v>
+      </c>
+      <c r="U209" s="28">
+        <v>0</v>
+      </c>
+      <c r="V209" s="28">
+        <v>0</v>
+      </c>
+      <c r="W209" s="28">
+        <v>0</v>
+      </c>
+      <c r="X209" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y209" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="210" spans="1:25">
+      <c r="A210" s="80" t="s">
+        <v>96</v>
+      </c>
+      <c r="B210" s="81">
+        <v>276</v>
+      </c>
+      <c r="C210" s="81">
+        <v>205</v>
+      </c>
+      <c r="D210" s="81">
+        <v>60</v>
+      </c>
+      <c r="E210" s="81">
+        <v>21</v>
+      </c>
+      <c r="F210" s="81">
+        <v>81</v>
+      </c>
+      <c r="G210" s="82">
+        <v>643</v>
+      </c>
+      <c r="H210" s="81">
+        <v>212</v>
+      </c>
+      <c r="I210" s="81">
+        <v>189</v>
+      </c>
+      <c r="J210" s="81">
+        <v>53</v>
+      </c>
+      <c r="K210" s="81">
+        <v>18</v>
+      </c>
+      <c r="L210" s="81">
+        <v>68</v>
+      </c>
+      <c r="M210" s="81">
+        <v>540</v>
+      </c>
+      <c r="N210" s="83">
+        <v>287</v>
+      </c>
+      <c r="O210" s="81">
         <v>183</v>
       </c>
-      <c r="I115" s="40">
-[...2 lines deleted...]
-      <c r="J115" s="40">
+      <c r="P210" s="81">
+        <v>60</v>
+      </c>
+      <c r="Q210" s="81">
+        <v>21</v>
+      </c>
+      <c r="R210" s="81">
+        <v>94</v>
+      </c>
+      <c r="S210" s="82">
+        <v>645</v>
+      </c>
+      <c r="T210" s="81">
+        <v>212</v>
+      </c>
+      <c r="U210" s="81">
+        <v>159</v>
+      </c>
+      <c r="V210" s="81">
+        <v>73</v>
+      </c>
+      <c r="W210" s="81">
+        <v>30</v>
+      </c>
+      <c r="X210" s="81">
+        <v>85</v>
+      </c>
+      <c r="Y210" s="82">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="211" spans="1:25">
+      <c r="I211" s="28"/>
+      <c r="J211" s="28"/>
+      <c r="K211" s="28"/>
+      <c r="L211" s="28"/>
+      <c r="M211" s="28"/>
+    </row>
+    <row r="212" spans="1:25">
+      <c r="I212" s="28"/>
+      <c r="J212" s="28"/>
+      <c r="K212" s="28"/>
+      <c r="L212" s="28"/>
+      <c r="M212" s="28"/>
+    </row>
+    <row r="213" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A213" s="114" t="s">
+        <v>30</v>
+      </c>
+      <c r="B213" s="116" t="s">
+        <v>87</v>
+      </c>
+      <c r="C213" s="116"/>
+      <c r="D213" s="116"/>
+      <c r="E213" s="116"/>
+      <c r="F213" s="116"/>
+      <c r="G213" s="117"/>
+      <c r="H213" s="118" t="s">
+        <v>88</v>
+      </c>
+      <c r="I213" s="116"/>
+      <c r="J213" s="116"/>
+      <c r="K213" s="116"/>
+      <c r="L213" s="116"/>
+      <c r="M213" s="117"/>
+      <c r="N213" s="118" t="s">
+        <v>89</v>
+      </c>
+      <c r="O213" s="116"/>
+      <c r="P213" s="116"/>
+      <c r="Q213" s="116"/>
+      <c r="R213" s="116"/>
+      <c r="S213" s="117"/>
+      <c r="T213" s="116" t="s">
+        <v>90</v>
+      </c>
+      <c r="U213" s="116"/>
+      <c r="V213" s="116"/>
+      <c r="W213" s="116"/>
+      <c r="X213" s="116"/>
+      <c r="Y213" s="117"/>
+    </row>
+    <row r="214" spans="1:25" ht="45" customHeight="1">
+      <c r="A214" s="115"/>
+      <c r="B214" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="C214" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="D214" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="E214" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="F214" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="G214" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="H214" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="I214" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="J214" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="K214" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="L214" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="M214" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="N214" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="O214" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="P214" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="Q214" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="R214" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="S214" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="T214" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="U214" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="V214" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="W214" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="X214" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="Y214" s="79" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="215" spans="1:25">
+      <c r="A215" s="16"/>
+      <c r="B215" s="28"/>
+      <c r="C215" s="28"/>
+      <c r="D215" s="28"/>
+      <c r="E215" s="28"/>
+      <c r="F215" s="28"/>
+      <c r="G215" s="8"/>
+      <c r="H215" s="13"/>
+      <c r="I215" s="28"/>
+      <c r="J215" s="28"/>
+      <c r="K215" s="28"/>
+      <c r="L215" s="28"/>
+      <c r="M215" s="8"/>
+      <c r="N215" s="13"/>
+      <c r="O215" s="28"/>
+      <c r="P215" s="28"/>
+      <c r="Q215" s="28"/>
+      <c r="R215" s="28"/>
+      <c r="S215" s="8"/>
+      <c r="T215" s="28"/>
+      <c r="U215" s="28"/>
+      <c r="V215" s="28"/>
+      <c r="W215" s="28"/>
+      <c r="X215" s="28"/>
+      <c r="Y215" s="8"/>
+    </row>
+    <row r="216" spans="1:25" ht="15.75" customHeight="1">
+      <c r="A216" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="B216" s="9"/>
+      <c r="C216" s="9"/>
+      <c r="D216" s="9"/>
+      <c r="E216" s="9"/>
+      <c r="F216" s="9"/>
+      <c r="G216" s="11"/>
+      <c r="H216" s="14"/>
+      <c r="I216" s="9"/>
+      <c r="J216" s="9"/>
+      <c r="K216" s="9"/>
+      <c r="L216" s="9"/>
+      <c r="M216" s="11"/>
+      <c r="N216" s="14"/>
+      <c r="O216" s="9"/>
+      <c r="P216" s="9"/>
+      <c r="Q216" s="9"/>
+      <c r="R216" s="9"/>
+      <c r="S216" s="11"/>
+      <c r="T216" s="9"/>
+      <c r="U216" s="9"/>
+      <c r="V216" s="9"/>
+      <c r="W216" s="9"/>
+      <c r="X216" s="9"/>
+      <c r="Y216" s="11"/>
+    </row>
+    <row r="217" spans="1:25">
+      <c r="A217" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B217" s="28">
+        <v>130</v>
+      </c>
+      <c r="C217" s="28">
+        <v>37</v>
+      </c>
+      <c r="D217" s="28">
+        <v>3</v>
+      </c>
+      <c r="E217" s="6">
+        <v>0</v>
+      </c>
+      <c r="F217" s="28">
+        <v>33</v>
+      </c>
+      <c r="G217" s="12">
+        <v>203</v>
+      </c>
+      <c r="H217" s="13">
+        <v>75</v>
+      </c>
+      <c r="I217" s="28">
+        <v>13</v>
+      </c>
+      <c r="J217" s="28">
+        <v>1</v>
+      </c>
+      <c r="K217" s="6">
+        <v>1</v>
+      </c>
+      <c r="L217" s="28">
+        <v>12</v>
+      </c>
+      <c r="M217" s="12">
+        <v>102</v>
+      </c>
+      <c r="N217" s="13">
+        <v>22</v>
+      </c>
+      <c r="O217" s="28">
         <v>8</v>
       </c>
-      <c r="K115" s="9">
+      <c r="P217" s="28">
+        <v>0</v>
+      </c>
+      <c r="Q217" s="28">
+        <v>2</v>
+      </c>
+      <c r="R217" s="28">
+        <v>8</v>
+      </c>
+      <c r="S217" s="12">
+        <v>40</v>
+      </c>
+      <c r="T217" s="28">
+        <v>26</v>
+      </c>
+      <c r="U217" s="28">
+        <v>12</v>
+      </c>
+      <c r="V217" s="28">
+        <v>1</v>
+      </c>
+      <c r="W217" s="28">
+        <v>1</v>
+      </c>
+      <c r="X217" s="28">
+        <v>18</v>
+      </c>
+      <c r="Y217" s="12">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="218" spans="1:25">
+      <c r="A218" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B218" s="28">
+        <v>6</v>
+      </c>
+      <c r="C218" s="28">
+        <v>14</v>
+      </c>
+      <c r="D218" s="28">
+        <v>7</v>
+      </c>
+      <c r="E218" s="28">
+        <v>1</v>
+      </c>
+      <c r="F218" s="28">
+        <v>10</v>
+      </c>
+      <c r="G218" s="12">
+        <v>38</v>
+      </c>
+      <c r="H218" s="13">
+        <v>4</v>
+      </c>
+      <c r="I218" s="28">
+        <v>8</v>
+      </c>
+      <c r="J218" s="28">
+        <v>7</v>
+      </c>
+      <c r="K218" s="28">
+        <v>0</v>
+      </c>
+      <c r="L218" s="28">
+        <v>1</v>
+      </c>
+      <c r="M218" s="12">
+        <v>20</v>
+      </c>
+      <c r="N218" s="13">
+        <v>2</v>
+      </c>
+      <c r="O218" s="28">
+        <v>4</v>
+      </c>
+      <c r="P218" s="28">
+        <v>1</v>
+      </c>
+      <c r="Q218" s="28">
+        <v>1</v>
+      </c>
+      <c r="R218" s="28">
+        <v>1</v>
+      </c>
+      <c r="S218" s="12">
+        <v>9</v>
+      </c>
+      <c r="T218" s="28">
+        <v>2</v>
+      </c>
+      <c r="U218" s="28">
+        <v>5</v>
+      </c>
+      <c r="V218" s="28">
         <v>3</v>
       </c>
-      <c r="L115" s="40">
-[...11 lines deleted...]
-      <c r="P115" s="40">
+      <c r="W218" s="28">
+        <v>2</v>
+      </c>
+      <c r="X218" s="28">
+        <v>3</v>
+      </c>
+      <c r="Y218" s="12">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="219" spans="1:25">
+      <c r="A219" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B219" s="28">
+        <v>3</v>
+      </c>
+      <c r="C219" s="28">
+        <v>19</v>
+      </c>
+      <c r="D219" s="28">
+        <v>6</v>
+      </c>
+      <c r="E219" s="28">
+        <v>1</v>
+      </c>
+      <c r="F219" s="6">
+        <v>8</v>
+      </c>
+      <c r="G219" s="12">
+        <v>37</v>
+      </c>
+      <c r="H219" s="13">
+        <v>1</v>
+      </c>
+      <c r="I219" s="28">
         <v>7</v>
       </c>
-      <c r="Q115" s="40">
-[...14 lines deleted...]
-      <c r="V115" s="40">
+      <c r="J219" s="28">
+        <v>1</v>
+      </c>
+      <c r="K219" s="28">
+        <v>4</v>
+      </c>
+      <c r="L219" s="6">
+        <v>2</v>
+      </c>
+      <c r="M219" s="12">
+        <v>15</v>
+      </c>
+      <c r="N219" s="13">
+        <v>0</v>
+      </c>
+      <c r="O219" s="28">
+        <v>2</v>
+      </c>
+      <c r="P219" s="28">
+        <v>1</v>
+      </c>
+      <c r="Q219" s="28">
+        <v>1</v>
+      </c>
+      <c r="R219" s="28">
+        <v>0</v>
+      </c>
+      <c r="S219" s="12">
+        <v>4</v>
+      </c>
+      <c r="T219" s="28">
+        <v>1</v>
+      </c>
+      <c r="U219" s="28">
+        <v>5</v>
+      </c>
+      <c r="V219" s="28">
+        <v>1</v>
+      </c>
+      <c r="W219" s="28">
+        <v>1</v>
+      </c>
+      <c r="X219" s="28">
+        <v>2</v>
+      </c>
+      <c r="Y219" s="12">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="220" spans="1:25">
+      <c r="A220" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B220" s="28">
+        <v>3</v>
+      </c>
+      <c r="C220" s="28">
+        <v>21</v>
+      </c>
+      <c r="D220" s="28">
+        <v>18</v>
+      </c>
+      <c r="E220" s="28">
+        <v>1</v>
+      </c>
+      <c r="F220" s="28">
+        <v>3</v>
+      </c>
+      <c r="G220" s="12">
+        <v>46</v>
+      </c>
+      <c r="H220" s="13">
+        <v>1</v>
+      </c>
+      <c r="I220" s="28">
+        <v>2</v>
+      </c>
+      <c r="J220" s="28">
+        <v>6</v>
+      </c>
+      <c r="K220" s="28">
+        <v>3</v>
+      </c>
+      <c r="L220" s="28">
+        <v>2</v>
+      </c>
+      <c r="M220" s="12">
+        <v>14</v>
+      </c>
+      <c r="N220" s="13">
+        <v>0</v>
+      </c>
+      <c r="O220" s="28">
         <v>7</v>
       </c>
-      <c r="W115" s="40">
-[...13 lines deleted...]
-      <c r="B116" s="40">
+      <c r="P220" s="28">
+        <v>6</v>
+      </c>
+      <c r="Q220" s="28">
+        <v>2</v>
+      </c>
+      <c r="R220" s="28">
+        <v>1</v>
+      </c>
+      <c r="S220" s="12">
+        <v>16</v>
+      </c>
+      <c r="T220" s="28">
+        <v>0</v>
+      </c>
+      <c r="U220" s="28">
+        <v>5</v>
+      </c>
+      <c r="V220" s="28">
+        <v>3</v>
+      </c>
+      <c r="W220" s="28">
+        <v>2</v>
+      </c>
+      <c r="X220" s="28">
+        <v>5</v>
+      </c>
+      <c r="Y220" s="12">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="221" spans="1:25">
+      <c r="A221" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B221" s="6">
+        <v>0</v>
+      </c>
+      <c r="C221" s="28">
+        <v>15</v>
+      </c>
+      <c r="D221" s="28">
+        <v>6</v>
+      </c>
+      <c r="E221" s="28">
         <v>13</v>
       </c>
-      <c r="C116" s="40">
-[...8 lines deleted...]
-      <c r="F116" s="40">
+      <c r="F221" s="28">
+        <v>2</v>
+      </c>
+      <c r="G221" s="12">
+        <v>36</v>
+      </c>
+      <c r="H221" s="13">
+        <v>0</v>
+      </c>
+      <c r="I221" s="28">
+        <v>5</v>
+      </c>
+      <c r="J221" s="28">
         <v>3</v>
       </c>
-      <c r="G116" s="18">
-[...2 lines deleted...]
-      <c r="H116" s="20">
+      <c r="K221" s="28">
+        <v>4</v>
+      </c>
+      <c r="L221" s="28">
+        <v>3</v>
+      </c>
+      <c r="M221" s="12">
+        <v>15</v>
+      </c>
+      <c r="N221" s="13">
+        <v>0</v>
+      </c>
+      <c r="O221" s="28">
+        <v>5</v>
+      </c>
+      <c r="P221" s="28">
+        <v>3</v>
+      </c>
+      <c r="Q221" s="28">
+        <v>5</v>
+      </c>
+      <c r="R221" s="28">
+        <v>0</v>
+      </c>
+      <c r="S221" s="12">
+        <v>13</v>
+      </c>
+      <c r="T221" s="28">
+        <v>0</v>
+      </c>
+      <c r="U221" s="28">
+        <v>7</v>
+      </c>
+      <c r="V221" s="28">
+        <v>4</v>
+      </c>
+      <c r="W221" s="28">
+        <v>2</v>
+      </c>
+      <c r="X221" s="28">
+        <v>5</v>
+      </c>
+      <c r="Y221" s="12">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="222" spans="1:25">
+      <c r="A222" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B222" s="28">
+        <v>0</v>
+      </c>
+      <c r="C222" s="28">
+        <v>2</v>
+      </c>
+      <c r="D222" s="28">
+        <v>6</v>
+      </c>
+      <c r="E222" s="28">
+        <v>5</v>
+      </c>
+      <c r="F222" s="28">
+        <v>4</v>
+      </c>
+      <c r="G222" s="12">
+        <v>17</v>
+      </c>
+      <c r="H222" s="13">
+        <v>0</v>
+      </c>
+      <c r="I222" s="28">
+        <v>0</v>
+      </c>
+      <c r="J222" s="28">
+        <v>1</v>
+      </c>
+      <c r="K222" s="28">
+        <v>7</v>
+      </c>
+      <c r="L222" s="28">
+        <v>0</v>
+      </c>
+      <c r="M222" s="12">
+        <v>8</v>
+      </c>
+      <c r="N222" s="13">
+        <v>0</v>
+      </c>
+      <c r="O222" s="28">
+        <v>2</v>
+      </c>
+      <c r="P222" s="28">
+        <v>3</v>
+      </c>
+      <c r="Q222" s="28">
+        <v>2</v>
+      </c>
+      <c r="R222" s="28">
+        <v>0</v>
+      </c>
+      <c r="S222" s="12">
+        <v>7</v>
+      </c>
+      <c r="T222" s="28">
+        <v>1</v>
+      </c>
+      <c r="U222" s="28">
+        <v>1</v>
+      </c>
+      <c r="V222" s="28">
+        <v>2</v>
+      </c>
+      <c r="W222" s="28">
+        <v>1</v>
+      </c>
+      <c r="X222" s="28">
+        <v>3</v>
+      </c>
+      <c r="Y222" s="12">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="223" spans="1:25">
+      <c r="A223" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B223" s="6">
+        <v>0</v>
+      </c>
+      <c r="C223" s="28">
+        <v>1</v>
+      </c>
+      <c r="D223" s="6">
+        <v>1</v>
+      </c>
+      <c r="E223" s="6">
+        <v>0</v>
+      </c>
+      <c r="F223" s="6">
+        <v>1</v>
+      </c>
+      <c r="G223" s="12">
+        <v>3</v>
+      </c>
+      <c r="H223" s="15">
+        <v>0</v>
+      </c>
+      <c r="I223" s="28">
+        <v>1</v>
+      </c>
+      <c r="J223" s="28">
+        <v>0</v>
+      </c>
+      <c r="K223" s="28">
+        <v>0</v>
+      </c>
+      <c r="L223" s="6">
+        <v>0</v>
+      </c>
+      <c r="M223" s="12">
+        <v>1</v>
+      </c>
+      <c r="N223" s="6">
+        <v>0</v>
+      </c>
+      <c r="O223" s="28">
+        <v>1</v>
+      </c>
+      <c r="P223" s="28">
+        <v>0</v>
+      </c>
+      <c r="Q223" s="6">
+        <v>0</v>
+      </c>
+      <c r="R223" s="6">
+        <v>0</v>
+      </c>
+      <c r="S223" s="12">
+        <v>1</v>
+      </c>
+      <c r="T223" s="6">
+        <v>0</v>
+      </c>
+      <c r="U223" s="28">
+        <v>1</v>
+      </c>
+      <c r="V223" s="28">
+        <v>1</v>
+      </c>
+      <c r="W223" s="28">
+        <v>0</v>
+      </c>
+      <c r="X223" s="28">
+        <v>0</v>
+      </c>
+      <c r="Y223" s="12">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="224" spans="1:25">
+      <c r="A224" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B224" s="28">
+        <v>0</v>
+      </c>
+      <c r="C224" s="28">
+        <v>0</v>
+      </c>
+      <c r="D224" s="28">
+        <v>2</v>
+      </c>
+      <c r="E224" s="28">
+        <v>2</v>
+      </c>
+      <c r="F224" s="6">
+        <v>1</v>
+      </c>
+      <c r="G224" s="12">
+        <v>5</v>
+      </c>
+      <c r="H224" s="6">
+        <v>0</v>
+      </c>
+      <c r="I224" s="6">
+        <v>2</v>
+      </c>
+      <c r="J224" s="28">
+        <v>1</v>
+      </c>
+      <c r="K224" s="28">
+        <v>0</v>
+      </c>
+      <c r="L224" s="6">
+        <v>0</v>
+      </c>
+      <c r="M224" s="12">
+        <v>3</v>
+      </c>
+      <c r="N224" s="6">
+        <v>0</v>
+      </c>
+      <c r="O224" s="28">
+        <v>1</v>
+      </c>
+      <c r="P224" s="28">
+        <v>6</v>
+      </c>
+      <c r="Q224" s="28">
+        <v>2</v>
+      </c>
+      <c r="R224" s="6">
+        <v>0</v>
+      </c>
+      <c r="S224" s="12">
+        <v>9</v>
+      </c>
+      <c r="T224" s="28">
+        <v>0</v>
+      </c>
+      <c r="U224" s="28">
+        <v>2</v>
+      </c>
+      <c r="V224" s="28">
+        <v>4</v>
+      </c>
+      <c r="W224" s="28">
+        <v>2</v>
+      </c>
+      <c r="X224" s="6">
+        <v>1</v>
+      </c>
+      <c r="Y224" s="12">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="225" spans="1:25">
+      <c r="A225" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B225" s="6">
+        <v>0</v>
+      </c>
+      <c r="C225" s="28">
+        <v>0</v>
+      </c>
+      <c r="D225" s="6">
+        <v>0</v>
+      </c>
+      <c r="E225" s="6">
+        <v>0</v>
+      </c>
+      <c r="F225" s="6">
+        <v>0</v>
+      </c>
+      <c r="G225" s="12">
+        <v>0</v>
+      </c>
+      <c r="H225" s="6">
+        <v>0</v>
+      </c>
+      <c r="I225" s="6">
+        <v>0</v>
+      </c>
+      <c r="J225" s="6">
+        <v>0</v>
+      </c>
+      <c r="K225" s="28">
+        <v>0</v>
+      </c>
+      <c r="L225" s="6">
+        <v>0</v>
+      </c>
+      <c r="M225" s="12">
+        <v>0</v>
+      </c>
+      <c r="N225" s="6">
+        <v>0</v>
+      </c>
+      <c r="O225" s="28">
+        <v>0</v>
+      </c>
+      <c r="P225" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q225" s="6">
+        <v>0</v>
+      </c>
+      <c r="R225" s="6">
+        <v>0</v>
+      </c>
+      <c r="S225" s="12">
+        <v>0</v>
+      </c>
+      <c r="T225" s="28">
+        <v>0</v>
+      </c>
+      <c r="U225" s="28">
+        <v>0</v>
+      </c>
+      <c r="V225" s="28">
+        <v>0</v>
+      </c>
+      <c r="W225" s="28">
+        <v>0</v>
+      </c>
+      <c r="X225" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y225" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="226" spans="1:25">
+      <c r="A226" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B226" s="6">
+        <v>0</v>
+      </c>
+      <c r="C226" s="6">
+        <v>0</v>
+      </c>
+      <c r="D226" s="6">
+        <v>0</v>
+      </c>
+      <c r="E226" s="6">
+        <v>0</v>
+      </c>
+      <c r="F226" s="6">
+        <v>0</v>
+      </c>
+      <c r="G226" s="17">
+        <v>0</v>
+      </c>
+      <c r="H226" s="6">
+        <v>0</v>
+      </c>
+      <c r="I226" s="6">
+        <v>0</v>
+      </c>
+      <c r="J226" s="6">
+        <v>0</v>
+      </c>
+      <c r="K226" s="6">
+        <v>0</v>
+      </c>
+      <c r="L226" s="6">
+        <v>0</v>
+      </c>
+      <c r="M226" s="17">
+        <v>0</v>
+      </c>
+      <c r="N226" s="6">
+        <v>0</v>
+      </c>
+      <c r="O226" s="6">
+        <v>0</v>
+      </c>
+      <c r="P226" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q226" s="6">
+        <v>0</v>
+      </c>
+      <c r="R226" s="6">
+        <v>0</v>
+      </c>
+      <c r="S226" s="17">
+        <v>0</v>
+      </c>
+      <c r="T226" s="28">
+        <v>0</v>
+      </c>
+      <c r="U226" s="28">
+        <v>0</v>
+      </c>
+      <c r="V226" s="28">
+        <v>0</v>
+      </c>
+      <c r="W226" s="28">
+        <v>0</v>
+      </c>
+      <c r="X226" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y226" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="227" spans="1:25">
+      <c r="A227" s="80" t="s">
+        <v>96</v>
+      </c>
+      <c r="B227" s="81">
+        <v>142</v>
+      </c>
+      <c r="C227" s="81">
+        <v>109</v>
+      </c>
+      <c r="D227" s="81">
+        <v>49</v>
+      </c>
+      <c r="E227" s="81">
+        <v>23</v>
+      </c>
+      <c r="F227" s="81">
+        <v>62</v>
+      </c>
+      <c r="G227" s="82">
+        <v>385</v>
+      </c>
+      <c r="H227" s="81">
+        <v>81</v>
+      </c>
+      <c r="I227" s="81">
+        <v>38</v>
+      </c>
+      <c r="J227" s="81">
+        <v>20</v>
+      </c>
+      <c r="K227" s="81">
+        <v>19</v>
+      </c>
+      <c r="L227" s="81">
+        <v>20</v>
+      </c>
+      <c r="M227" s="81">
+        <v>178</v>
+      </c>
+      <c r="N227" s="83">
+        <v>24</v>
+      </c>
+      <c r="O227" s="81">
+        <v>30</v>
+      </c>
+      <c r="P227" s="81">
+        <v>20</v>
+      </c>
+      <c r="Q227" s="81">
+        <v>15</v>
+      </c>
+      <c r="R227" s="81">
+        <v>10</v>
+      </c>
+      <c r="S227" s="82">
+        <v>99</v>
+      </c>
+      <c r="T227" s="81">
+        <v>30</v>
+      </c>
+      <c r="U227" s="81">
+        <v>38</v>
+      </c>
+      <c r="V227" s="81">
+        <v>19</v>
+      </c>
+      <c r="W227" s="81">
         <v>11</v>
       </c>
-      <c r="I116" s="40">
-[...58 lines deleted...]
-      <c r="C117" s="40">
+      <c r="X227" s="81">
+        <v>37</v>
+      </c>
+      <c r="Y227" s="82">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="228" spans="1:25">
+      <c r="I228" s="28"/>
+      <c r="J228" s="28"/>
+      <c r="K228" s="28"/>
+      <c r="L228" s="28"/>
+      <c r="M228" s="28"/>
+    </row>
+    <row r="229" spans="1:25">
+      <c r="I229" s="28"/>
+      <c r="J229" s="28"/>
+      <c r="K229" s="28"/>
+      <c r="L229" s="28"/>
+      <c r="M229" s="28"/>
+    </row>
+    <row r="230" spans="1:25">
+      <c r="I230" s="28"/>
+      <c r="J230" s="28"/>
+      <c r="K230" s="28"/>
+      <c r="L230" s="28"/>
+      <c r="M230" s="28"/>
+    </row>
+    <row r="231" spans="1:25">
+      <c r="A231" s="29" t="s">
+        <v>29</v>
+      </c>
+      <c r="I231" s="28"/>
+      <c r="J231" s="28"/>
+      <c r="K231" s="28"/>
+      <c r="L231" s="28"/>
+      <c r="M231" s="28"/>
+    </row>
+    <row r="232" spans="1:25">
+      <c r="I232" s="28"/>
+      <c r="J232" s="28"/>
+      <c r="K232" s="28"/>
+      <c r="L232" s="28"/>
+      <c r="M232" s="28"/>
+    </row>
+    <row r="233" spans="1:25" ht="97.5" customHeight="1">
+      <c r="A233" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B233" s="121" t="s">
         <v>31</v>
       </c>
-      <c r="D117" s="40">
-[...6449 lines deleted...]
-      <c r="M237" s="40"/>
+      <c r="C233" s="121"/>
+      <c r="D233" s="121"/>
+      <c r="E233" s="121"/>
+      <c r="F233" s="121"/>
+      <c r="G233" s="121"/>
+      <c r="H233" s="121"/>
+      <c r="I233" s="28"/>
+      <c r="J233" s="28"/>
+      <c r="K233" s="28"/>
+      <c r="L233" s="28"/>
+      <c r="M233" s="28"/>
+    </row>
+    <row r="234" spans="1:25">
+      <c r="B234" s="28"/>
+      <c r="C234" s="28"/>
+      <c r="D234" s="28"/>
+      <c r="E234" s="28"/>
+      <c r="F234" s="28"/>
+      <c r="G234" s="28"/>
+      <c r="H234" s="28"/>
+      <c r="I234" s="28"/>
+      <c r="J234" s="28"/>
+      <c r="K234" s="28"/>
+      <c r="L234" s="28"/>
+      <c r="M234" s="28"/>
+    </row>
+    <row r="235" spans="1:25">
+      <c r="B235" s="28"/>
+      <c r="C235" s="28"/>
+      <c r="D235" s="28"/>
+      <c r="E235" s="28"/>
+      <c r="F235" s="28"/>
+      <c r="G235" s="28"/>
+      <c r="H235" s="28"/>
+      <c r="I235" s="28"/>
+      <c r="J235" s="28"/>
+      <c r="K235" s="28"/>
+      <c r="L235" s="28"/>
+      <c r="M235" s="28"/>
+    </row>
+    <row r="236" spans="1:25">
+      <c r="B236" s="28"/>
+      <c r="C236" s="28"/>
+      <c r="D236" s="28"/>
+      <c r="E236" s="28"/>
+      <c r="F236" s="28"/>
+      <c r="G236" s="28"/>
+      <c r="H236" s="28"/>
+      <c r="I236" s="28"/>
+      <c r="J236" s="28"/>
+      <c r="K236" s="28"/>
+      <c r="L236" s="28"/>
+      <c r="M236" s="28"/>
+    </row>
+    <row r="237" spans="1:25">
+      <c r="I237" s="28"/>
+      <c r="J237" s="28"/>
+      <c r="K237" s="28"/>
+      <c r="L237" s="28"/>
+      <c r="M237" s="28"/>
+    </row>
+    <row r="238" spans="1:25">
+      <c r="I238" s="28"/>
+      <c r="J238" s="28"/>
+      <c r="K238" s="28"/>
+      <c r="L238" s="28"/>
+      <c r="M238" s="28"/>
+    </row>
+    <row r="239" spans="1:25">
+      <c r="I239" s="28"/>
+      <c r="J239" s="28"/>
+      <c r="K239" s="28"/>
+      <c r="L239" s="28"/>
+      <c r="M239" s="28"/>
+    </row>
+    <row r="240" spans="1:25">
+      <c r="I240" s="28"/>
+      <c r="J240" s="28"/>
+      <c r="K240" s="28"/>
+      <c r="L240" s="28"/>
+      <c r="M240" s="28"/>
+    </row>
+    <row r="241" spans="2:13">
+      <c r="B241" s="28"/>
+      <c r="C241" s="28"/>
+      <c r="D241" s="28"/>
+      <c r="E241" s="28"/>
+      <c r="F241" s="28"/>
+      <c r="G241" s="28"/>
+      <c r="H241" s="28"/>
+      <c r="I241" s="28"/>
+      <c r="J241" s="28"/>
+      <c r="K241" s="28"/>
+      <c r="L241" s="28"/>
+      <c r="M241" s="28"/>
+    </row>
+    <row r="242" spans="2:13">
+      <c r="B242" s="28"/>
+      <c r="C242" s="28"/>
+      <c r="D242" s="28"/>
+      <c r="E242" s="28"/>
+      <c r="F242" s="28"/>
+      <c r="G242" s="28"/>
+      <c r="H242" s="28"/>
+      <c r="I242" s="28"/>
+      <c r="J242" s="28"/>
+      <c r="K242" s="28"/>
+      <c r="L242" s="28"/>
+      <c r="M242" s="28"/>
+    </row>
+    <row r="243" spans="2:13">
+      <c r="B243" s="28"/>
+      <c r="C243" s="28"/>
+      <c r="D243" s="28"/>
+      <c r="E243" s="28"/>
+      <c r="F243" s="28"/>
+      <c r="G243" s="28"/>
+      <c r="H243" s="28"/>
+      <c r="I243" s="28"/>
+      <c r="J243" s="28"/>
+      <c r="K243" s="28"/>
+      <c r="L243" s="28"/>
+      <c r="M243" s="28"/>
+    </row>
+    <row r="244" spans="2:13">
+      <c r="B244" s="28"/>
+      <c r="C244" s="28"/>
+      <c r="D244" s="28"/>
+      <c r="E244" s="28"/>
+      <c r="F244" s="28"/>
+      <c r="G244" s="28"/>
+      <c r="H244" s="28"/>
+      <c r="I244" s="28"/>
+      <c r="J244" s="28"/>
+      <c r="K244" s="28"/>
+      <c r="L244" s="28"/>
+      <c r="M244" s="28"/>
+    </row>
+    <row r="245" spans="2:13">
+      <c r="B245" s="28"/>
+      <c r="C245" s="28"/>
+      <c r="D245" s="28"/>
+      <c r="E245" s="28"/>
+      <c r="F245" s="28"/>
+      <c r="G245" s="28"/>
+      <c r="H245" s="28"/>
+      <c r="I245" s="28"/>
+      <c r="J245" s="28"/>
+      <c r="K245" s="28"/>
+      <c r="L245" s="28"/>
+      <c r="M245" s="28"/>
+    </row>
+    <row r="246" spans="2:13">
+      <c r="B246" s="28"/>
+      <c r="C246" s="28"/>
+      <c r="D246" s="28"/>
+      <c r="E246" s="28"/>
+      <c r="F246" s="28"/>
+      <c r="G246" s="28"/>
+      <c r="H246" s="28"/>
+      <c r="I246" s="28"/>
+      <c r="J246" s="28"/>
+      <c r="K246" s="28"/>
+      <c r="L246" s="28"/>
+      <c r="M246" s="28"/>
+    </row>
+    <row r="247" spans="2:13">
+      <c r="B247" s="28"/>
+      <c r="C247" s="28"/>
+      <c r="D247" s="28"/>
+      <c r="E247" s="28"/>
+      <c r="F247" s="28"/>
+      <c r="G247" s="28"/>
+      <c r="H247" s="28"/>
+      <c r="I247" s="28"/>
+      <c r="J247" s="28"/>
+      <c r="K247" s="28"/>
+      <c r="L247" s="28"/>
+      <c r="M247" s="28"/>
+    </row>
+    <row r="248" spans="2:13">
+      <c r="B248" s="28"/>
+      <c r="C248" s="28"/>
+      <c r="D248" s="28"/>
+      <c r="E248" s="28"/>
+      <c r="F248" s="28"/>
+      <c r="G248" s="28"/>
+      <c r="H248" s="28"/>
+      <c r="I248" s="28"/>
+      <c r="J248" s="28"/>
+      <c r="K248" s="28"/>
+      <c r="L248" s="28"/>
+      <c r="M248" s="28"/>
+    </row>
+    <row r="249" spans="2:13">
+      <c r="B249" s="28"/>
+      <c r="C249" s="28"/>
+      <c r="D249" s="28"/>
+      <c r="E249" s="28"/>
+      <c r="F249" s="28"/>
+      <c r="G249" s="28"/>
+      <c r="H249" s="28"/>
+      <c r="I249" s="28"/>
+      <c r="J249" s="28"/>
+      <c r="K249" s="28"/>
+      <c r="L249" s="28"/>
+      <c r="M249" s="28"/>
+    </row>
+    <row r="250" spans="2:13">
+      <c r="B250" s="28"/>
+      <c r="C250" s="28"/>
+      <c r="D250" s="28"/>
+      <c r="E250" s="28"/>
+      <c r="F250" s="28"/>
+      <c r="G250" s="28"/>
+      <c r="H250" s="28"/>
+      <c r="I250" s="28"/>
+      <c r="J250" s="28"/>
+      <c r="K250" s="28"/>
+      <c r="L250" s="28"/>
+      <c r="M250" s="28"/>
+    </row>
+    <row r="251" spans="2:13">
+      <c r="B251" s="28"/>
+      <c r="C251" s="28"/>
+      <c r="D251" s="28"/>
+      <c r="E251" s="28"/>
+      <c r="F251" s="28"/>
+      <c r="G251" s="28"/>
+      <c r="H251" s="28"/>
+      <c r="I251" s="28"/>
+      <c r="J251" s="28"/>
+      <c r="K251" s="28"/>
+      <c r="L251" s="28"/>
+      <c r="M251" s="28"/>
+    </row>
+    <row r="252" spans="2:13">
+      <c r="B252" s="28"/>
+      <c r="C252" s="28"/>
+      <c r="D252" s="28"/>
+      <c r="E252" s="28"/>
+      <c r="F252" s="28"/>
+      <c r="G252" s="28"/>
+      <c r="H252" s="28"/>
+      <c r="I252" s="28"/>
+      <c r="J252" s="28"/>
+      <c r="K252" s="28"/>
+      <c r="L252" s="28"/>
+      <c r="M252" s="28"/>
+    </row>
+    <row r="253" spans="2:13">
+      <c r="B253" s="28"/>
+      <c r="C253" s="28"/>
+      <c r="D253" s="28"/>
+      <c r="E253" s="28"/>
+      <c r="F253" s="28"/>
+      <c r="G253" s="28"/>
+      <c r="H253" s="28"/>
+      <c r="I253" s="28"/>
+      <c r="J253" s="28"/>
+      <c r="K253" s="28"/>
+      <c r="L253" s="28"/>
+      <c r="M253" s="28"/>
+    </row>
+    <row r="254" spans="2:13">
+      <c r="B254" s="28"/>
+      <c r="C254" s="28"/>
+      <c r="D254" s="28"/>
+      <c r="E254" s="28"/>
+      <c r="F254" s="28"/>
+      <c r="G254" s="28"/>
+      <c r="H254" s="28"/>
+      <c r="I254" s="28"/>
+      <c r="J254" s="28"/>
+      <c r="K254" s="28"/>
+      <c r="L254" s="28"/>
+      <c r="M254" s="28"/>
+    </row>
+    <row r="255" spans="2:13">
+      <c r="B255" s="28"/>
+      <c r="C255" s="28"/>
+      <c r="D255" s="28"/>
+      <c r="E255" s="28"/>
+      <c r="F255" s="28"/>
+      <c r="G255" s="28"/>
+      <c r="H255" s="28"/>
+      <c r="I255" s="28"/>
+      <c r="J255" s="28"/>
+      <c r="K255" s="28"/>
+      <c r="L255" s="28"/>
+      <c r="M255" s="28"/>
+    </row>
+    <row r="256" spans="2:13">
+      <c r="B256" s="28"/>
+      <c r="C256" s="28"/>
+      <c r="D256" s="28"/>
+      <c r="E256" s="28"/>
+      <c r="F256" s="28"/>
+      <c r="G256" s="28"/>
+      <c r="H256" s="28"/>
+      <c r="I256" s="28"/>
+      <c r="J256" s="28"/>
+      <c r="K256" s="28"/>
+      <c r="L256" s="28"/>
+      <c r="M256" s="28"/>
     </row>
   </sheetData>
-  <mergeCells count="62">
-[...5 lines deleted...]
-    <mergeCell ref="T196:Y196"/>
+  <mergeCells count="68">
+    <mergeCell ref="AP8:AS8"/>
+    <mergeCell ref="A213:A214"/>
+    <mergeCell ref="B213:G213"/>
+    <mergeCell ref="H213:M213"/>
+    <mergeCell ref="N213:S213"/>
+    <mergeCell ref="T213:Y213"/>
     <mergeCell ref="Z8:AC8"/>
     <mergeCell ref="A145:A146"/>
     <mergeCell ref="B145:G145"/>
     <mergeCell ref="H145:M145"/>
     <mergeCell ref="N145:S145"/>
     <mergeCell ref="T145:Y145"/>
     <mergeCell ref="A128:A129"/>
     <mergeCell ref="B128:G128"/>
     <mergeCell ref="H128:M128"/>
     <mergeCell ref="N128:S128"/>
     <mergeCell ref="T128:Y128"/>
     <mergeCell ref="N94:S94"/>
     <mergeCell ref="T94:Y94"/>
     <mergeCell ref="N77:S77"/>
     <mergeCell ref="A77:A78"/>
     <mergeCell ref="B77:G77"/>
     <mergeCell ref="A94:A95"/>
     <mergeCell ref="B94:G94"/>
     <mergeCell ref="H94:M94"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="A179:A180"/>
     <mergeCell ref="B179:G179"/>
     <mergeCell ref="H179:M179"/>
     <mergeCell ref="A162:A163"/>
     <mergeCell ref="B162:G162"/>
     <mergeCell ref="H162:M162"/>
-    <mergeCell ref="B214:H214"/>
+    <mergeCell ref="A43:A44"/>
+    <mergeCell ref="H43:M43"/>
+    <mergeCell ref="A60:A61"/>
+    <mergeCell ref="B60:G60"/>
+    <mergeCell ref="B233:H233"/>
     <mergeCell ref="T77:Y77"/>
     <mergeCell ref="J8:M8"/>
     <mergeCell ref="T43:Y43"/>
     <mergeCell ref="N60:S60"/>
     <mergeCell ref="T60:Y60"/>
     <mergeCell ref="N43:S43"/>
     <mergeCell ref="N8:Q8"/>
     <mergeCell ref="R8:U8"/>
     <mergeCell ref="N179:S179"/>
     <mergeCell ref="T179:Y179"/>
     <mergeCell ref="N162:S162"/>
     <mergeCell ref="T162:Y162"/>
     <mergeCell ref="H77:M77"/>
+    <mergeCell ref="H60:M60"/>
+    <mergeCell ref="B43:G43"/>
+    <mergeCell ref="V8:Y8"/>
+    <mergeCell ref="F8:I8"/>
+    <mergeCell ref="AL8:AO8"/>
+    <mergeCell ref="A196:A197"/>
+    <mergeCell ref="B196:G196"/>
+    <mergeCell ref="H196:M196"/>
+    <mergeCell ref="N196:S196"/>
+    <mergeCell ref="T196:Y196"/>
     <mergeCell ref="AH8:AK8"/>
     <mergeCell ref="AD8:AG8"/>
     <mergeCell ref="A111:A112"/>
     <mergeCell ref="B111:G111"/>
     <mergeCell ref="H111:M111"/>
     <mergeCell ref="N111:S111"/>
     <mergeCell ref="T111:Y111"/>
     <mergeCell ref="A8:A9"/>
-    <mergeCell ref="A60:A61"/>
-[...6 lines deleted...]
-    <mergeCell ref="F8:I8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.42" bottom="0.59" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="68" fitToWidth="0" orientation="landscape"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;LISEE - Document édité le &amp;D</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A2:BI59"/>
+  <dimension ref="A1:BO59"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.85546875" customWidth="1"/>
-    <col min="2" max="11" width="19.140625" customWidth="1"/>
+    <col min="2" max="12" width="19.140625" customWidth="1"/>
     <col min="14" max="14" width="13.28515625" customWidth="1"/>
     <col min="15" max="15" width="14.85546875" customWidth="1"/>
     <col min="16" max="16" width="15.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:14" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="3" t="s">
+    <row r="1" spans="1:14" s="66" customFormat="1" ht="30" customHeight="1">
+      <c r="A1" s="65"/>
+    </row>
+    <row r="2" spans="1:14" s="68" customFormat="1" ht="31.5">
+      <c r="A2" s="67" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="48"/>
-[...21 lines deleted...]
-      <c r="A6" s="4" t="s">
+      <c r="B2" s="67"/>
+      <c r="C2" s="67"/>
+      <c r="D2" s="67"/>
+      <c r="E2" s="67"/>
+      <c r="F2" s="67"/>
+      <c r="G2" s="67"/>
+      <c r="H2" s="67"/>
+      <c r="I2" s="67"/>
+      <c r="J2" s="67"/>
+      <c r="K2" s="67"/>
+    </row>
+    <row r="3" spans="1:14" s="69" customFormat="1"/>
+    <row r="4" spans="1:14">
+      <c r="A4" s="69" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14">
+      <c r="A5" s="138" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="18.75" customHeight="1">
+      <c r="A6" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D6" s="1"/>
-[...8 lines deleted...]
-      <c r="A8" s="49" t="s">
+    </row>
+    <row r="7" spans="1:14">
+      <c r="A7" s="30"/>
+    </row>
+    <row r="8" spans="1:14" ht="17.25" customHeight="1">
+      <c r="A8" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="B8" s="50">
+      <c r="B8" s="85">
         <v>2014</v>
       </c>
-      <c r="C8" s="50">
+      <c r="C8" s="85">
         <v>2015</v>
       </c>
-      <c r="D8" s="50">
+      <c r="D8" s="85">
         <v>2016</v>
       </c>
-      <c r="E8" s="50">
+      <c r="E8" s="85">
         <v>2017</v>
       </c>
-      <c r="F8" s="50">
+      <c r="F8" s="85">
         <v>2018</v>
       </c>
-      <c r="G8" s="50">
+      <c r="G8" s="85">
         <v>2019</v>
       </c>
-      <c r="H8" s="50">
+      <c r="H8" s="85">
         <v>2020</v>
       </c>
-      <c r="I8" s="50">
+      <c r="I8" s="85">
         <v>2021</v>
       </c>
-      <c r="J8" s="50">
+      <c r="J8" s="85">
         <v>2022</v>
       </c>
-      <c r="K8" s="50">
+      <c r="K8" s="85">
         <v>2023</v>
       </c>
-    </row>
-[...17 lines deleted...]
-      <c r="A10" s="53" t="s">
+      <c r="L8" s="85">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14">
+      <c r="A9" s="31"/>
+      <c r="B9" s="32"/>
+      <c r="C9" s="32"/>
+      <c r="D9" s="32"/>
+      <c r="E9" s="32"/>
+      <c r="F9" s="32"/>
+      <c r="G9" s="32"/>
+      <c r="H9" s="32"/>
+      <c r="I9" s="32"/>
+      <c r="J9" s="32"/>
+      <c r="K9" s="32"/>
+      <c r="L9" s="32"/>
+      <c r="M9" s="28"/>
+      <c r="N9" s="28"/>
+    </row>
+    <row r="10" spans="1:14" ht="15.75" customHeight="1">
+      <c r="A10" s="33" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="54"/>
-[...14 lines deleted...]
-      <c r="A11" s="55" t="s">
+      <c r="B10" s="34"/>
+      <c r="C10" s="34"/>
+      <c r="D10" s="34"/>
+      <c r="E10" s="34"/>
+      <c r="F10" s="34"/>
+      <c r="G10" s="34"/>
+      <c r="H10" s="34"/>
+      <c r="I10" s="34"/>
+      <c r="J10" s="34"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="34"/>
+      <c r="M10" s="28"/>
+      <c r="N10" s="28"/>
+    </row>
+    <row r="11" spans="1:14">
+      <c r="A11" s="35" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" s="36">
+        <v>1132</v>
+      </c>
+      <c r="C11" s="36">
+        <v>1443</v>
+      </c>
+      <c r="D11" s="36">
+        <v>1135</v>
+      </c>
+      <c r="E11" s="36">
+        <v>1041</v>
+      </c>
+      <c r="F11" s="36">
+        <v>1112</v>
+      </c>
+      <c r="G11" s="36">
+        <v>827</v>
+      </c>
+      <c r="H11" s="36">
+        <v>782</v>
+      </c>
+      <c r="I11" s="36">
+        <v>680</v>
+      </c>
+      <c r="J11" s="36">
+        <v>1087</v>
+      </c>
+      <c r="K11" s="36">
+        <v>987</v>
+      </c>
+      <c r="L11" s="36">
+        <v>277</v>
+      </c>
+      <c r="M11" s="28"/>
+      <c r="N11" s="28"/>
+    </row>
+    <row r="12" spans="1:14">
+      <c r="A12" s="35" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" s="36">
+        <v>906</v>
+      </c>
+      <c r="C12" s="36">
+        <v>860</v>
+      </c>
+      <c r="D12" s="36">
+        <v>813</v>
+      </c>
+      <c r="E12" s="36">
+        <v>860</v>
+      </c>
+      <c r="F12" s="36">
+        <v>836</v>
+      </c>
+      <c r="G12" s="36">
+        <v>777</v>
+      </c>
+      <c r="H12" s="36">
+        <v>828</v>
+      </c>
+      <c r="I12" s="36">
+        <v>813</v>
+      </c>
+      <c r="J12" s="36">
+        <v>975</v>
+      </c>
+      <c r="K12" s="36">
+        <v>736</v>
+      </c>
+      <c r="L12" s="36">
+        <v>215</v>
+      </c>
+      <c r="M12" s="28"/>
+      <c r="N12" s="28"/>
+    </row>
+    <row r="13" spans="1:14">
+      <c r="A13" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" s="36">
+        <v>630</v>
+      </c>
+      <c r="C13" s="36">
+        <v>552</v>
+      </c>
+      <c r="D13" s="36">
+        <v>702</v>
+      </c>
+      <c r="E13" s="36">
+        <v>499</v>
+      </c>
+      <c r="F13" s="36">
+        <v>486</v>
+      </c>
+      <c r="G13" s="36">
+        <v>382</v>
+      </c>
+      <c r="H13" s="36">
+        <v>352</v>
+      </c>
+      <c r="I13" s="36">
+        <v>347</v>
+      </c>
+      <c r="J13" s="36">
+        <v>385</v>
+      </c>
+      <c r="K13" s="36">
+        <v>246</v>
+      </c>
+      <c r="L13" s="36">
+        <v>108</v>
+      </c>
+      <c r="M13" s="28"/>
+      <c r="N13" s="28"/>
+    </row>
+    <row r="14" spans="1:14">
+      <c r="A14" s="35" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" s="36">
+        <v>136</v>
+      </c>
+      <c r="C14" s="36">
+        <v>146</v>
+      </c>
+      <c r="D14" s="36">
+        <v>122</v>
+      </c>
+      <c r="E14" s="36">
+        <v>117</v>
+      </c>
+      <c r="F14" s="36">
+        <v>103</v>
+      </c>
+      <c r="G14" s="36">
+        <v>95</v>
+      </c>
+      <c r="H14" s="36">
+        <v>108</v>
+      </c>
+      <c r="I14" s="36">
+        <v>106</v>
+      </c>
+      <c r="J14" s="36">
+        <v>102</v>
+      </c>
+      <c r="K14" s="36">
+        <v>90</v>
+      </c>
+      <c r="L14" s="36">
+        <v>68</v>
+      </c>
+      <c r="M14" s="28"/>
+      <c r="N14" s="28"/>
+    </row>
+    <row r="15" spans="1:14">
+      <c r="A15" s="35" t="s">
+        <v>95</v>
+      </c>
+      <c r="B15" s="36">
+        <v>191</v>
+      </c>
+      <c r="C15" s="36">
+        <v>200</v>
+      </c>
+      <c r="D15" s="36">
+        <v>205</v>
+      </c>
+      <c r="E15" s="36">
+        <v>191</v>
+      </c>
+      <c r="F15" s="36">
+        <v>226</v>
+      </c>
+      <c r="G15" s="36">
+        <v>259</v>
+      </c>
+      <c r="H15" s="36">
+        <v>246</v>
+      </c>
+      <c r="I15" s="36">
+        <v>236</v>
+      </c>
+      <c r="J15" s="36">
+        <v>342</v>
+      </c>
+      <c r="K15" s="36">
+        <v>328</v>
+      </c>
+      <c r="L15" s="36">
+        <v>129</v>
+      </c>
+      <c r="M15" s="28"/>
+      <c r="N15" s="28"/>
+    </row>
+    <row r="16" spans="1:14">
+      <c r="A16" s="86" t="s">
+        <v>96</v>
+      </c>
+      <c r="B16" s="87">
+        <v>2995</v>
+      </c>
+      <c r="C16" s="87">
+        <v>3201</v>
+      </c>
+      <c r="D16" s="87">
+        <v>2977</v>
+      </c>
+      <c r="E16" s="87">
+        <v>2708</v>
+      </c>
+      <c r="F16" s="87">
+        <v>2763</v>
+      </c>
+      <c r="G16" s="87">
+        <v>2340</v>
+      </c>
+      <c r="H16" s="87">
+        <v>2316</v>
+      </c>
+      <c r="I16" s="87">
+        <v>2182</v>
+      </c>
+      <c r="J16" s="87">
+        <v>2891</v>
+      </c>
+      <c r="K16" s="87">
+        <v>2387</v>
+      </c>
+      <c r="L16" s="87">
+        <v>797</v>
+      </c>
+      <c r="M16" s="28"/>
+      <c r="N16" s="28"/>
+    </row>
+    <row r="17" spans="1:14">
+      <c r="A17" s="35"/>
+      <c r="B17" s="36"/>
+      <c r="C17" s="36"/>
+      <c r="D17" s="36"/>
+      <c r="E17" s="36"/>
+      <c r="F17" s="36"/>
+      <c r="G17" s="36"/>
+      <c r="H17" s="36"/>
+      <c r="I17" s="36"/>
+      <c r="J17" s="36"/>
+      <c r="K17" s="36"/>
+      <c r="L17" s="36"/>
+      <c r="M17" s="28"/>
+      <c r="N17" s="28"/>
+    </row>
+    <row r="18" spans="1:14" ht="15.75" customHeight="1">
+      <c r="A18" s="33" t="s">
+        <v>14</v>
+      </c>
+      <c r="B18" s="34"/>
+      <c r="C18" s="34"/>
+      <c r="D18" s="34"/>
+      <c r="E18" s="34"/>
+      <c r="F18" s="34"/>
+      <c r="G18" s="34"/>
+      <c r="H18" s="34"/>
+      <c r="I18" s="34"/>
+      <c r="J18" s="34"/>
+      <c r="K18" s="34"/>
+      <c r="L18" s="34"/>
+      <c r="M18" s="28"/>
+      <c r="N18" s="28"/>
+    </row>
+    <row r="19" spans="1:14">
+      <c r="A19" s="37" t="s">
+        <v>97</v>
+      </c>
+      <c r="B19" s="36">
+        <v>1261</v>
+      </c>
+      <c r="C19" s="36">
+        <v>1488</v>
+      </c>
+      <c r="D19" s="36">
+        <v>1217</v>
+      </c>
+      <c r="E19" s="36">
+        <v>1216</v>
+      </c>
+      <c r="F19" s="36">
+        <v>1370</v>
+      </c>
+      <c r="G19" s="36">
+        <v>1074</v>
+      </c>
+      <c r="H19" s="36">
+        <v>1104</v>
+      </c>
+      <c r="I19" s="36">
+        <v>1071</v>
+      </c>
+      <c r="J19" s="36">
+        <v>1490</v>
+      </c>
+      <c r="K19" s="36">
+        <v>1290</v>
+      </c>
+      <c r="L19" s="36">
+        <v>403</v>
+      </c>
+      <c r="M19" s="28"/>
+      <c r="N19" s="28"/>
+    </row>
+    <row r="20" spans="1:14">
+      <c r="A20" s="37" t="s">
+        <v>98</v>
+      </c>
+      <c r="B20" s="36">
+        <v>415</v>
+      </c>
+      <c r="C20" s="36">
+        <v>445</v>
+      </c>
+      <c r="D20" s="36">
+        <v>480</v>
+      </c>
+      <c r="E20" s="36">
+        <v>433</v>
+      </c>
+      <c r="F20" s="36">
+        <v>352</v>
+      </c>
+      <c r="G20" s="36">
+        <v>270</v>
+      </c>
+      <c r="H20" s="36">
+        <v>288</v>
+      </c>
+      <c r="I20" s="36">
+        <v>253</v>
+      </c>
+      <c r="J20" s="36">
+        <v>343</v>
+      </c>
+      <c r="K20" s="36">
+        <v>288</v>
+      </c>
+      <c r="L20" s="36">
         <v>82</v>
       </c>
-      <c r="B11" s="56">
+      <c r="M20" s="28"/>
+      <c r="N20" s="28"/>
+    </row>
+    <row r="21" spans="1:14">
+      <c r="A21" s="37" t="s">
+        <v>99</v>
+      </c>
+      <c r="B21" s="36">
+        <v>223</v>
+      </c>
+      <c r="C21" s="36">
+        <v>268</v>
+      </c>
+      <c r="D21" s="36">
+        <v>323</v>
+      </c>
+      <c r="E21" s="36">
+        <v>264</v>
+      </c>
+      <c r="F21" s="36">
+        <v>226</v>
+      </c>
+      <c r="G21" s="36">
+        <v>221</v>
+      </c>
+      <c r="H21" s="36">
+        <v>219</v>
+      </c>
+      <c r="I21" s="36">
+        <v>177</v>
+      </c>
+      <c r="J21" s="36">
+        <v>239</v>
+      </c>
+      <c r="K21" s="36">
+        <v>194</v>
+      </c>
+      <c r="L21" s="36">
+        <v>66</v>
+      </c>
+      <c r="M21" s="28"/>
+      <c r="N21" s="28"/>
+    </row>
+    <row r="22" spans="1:14">
+      <c r="A22" s="37" t="s">
+        <v>100</v>
+      </c>
+      <c r="B22" s="36">
+        <v>578</v>
+      </c>
+      <c r="C22" s="36">
+        <v>505</v>
+      </c>
+      <c r="D22" s="36">
+        <v>561</v>
+      </c>
+      <c r="E22" s="36">
+        <v>447</v>
+      </c>
+      <c r="F22" s="36">
+        <v>476</v>
+      </c>
+      <c r="G22" s="36">
+        <v>386</v>
+      </c>
+      <c r="H22" s="36">
+        <v>373</v>
+      </c>
+      <c r="I22" s="36">
+        <v>361</v>
+      </c>
+      <c r="J22" s="36">
+        <v>384</v>
+      </c>
+      <c r="K22" s="36">
+        <v>269</v>
+      </c>
+      <c r="L22" s="36">
+        <v>91</v>
+      </c>
+      <c r="M22" s="28"/>
+      <c r="N22" s="28"/>
+    </row>
+    <row r="23" spans="1:14">
+      <c r="A23" s="37" t="s">
+        <v>101</v>
+      </c>
+      <c r="B23" s="36">
+        <v>196</v>
+      </c>
+      <c r="C23" s="36">
+        <v>208</v>
+      </c>
+      <c r="D23" s="36">
+        <v>193</v>
+      </c>
+      <c r="E23" s="36">
+        <v>154</v>
+      </c>
+      <c r="F23" s="36">
+        <v>177</v>
+      </c>
+      <c r="G23" s="36">
+        <v>169</v>
+      </c>
+      <c r="H23" s="36">
+        <v>156</v>
+      </c>
+      <c r="I23" s="36">
+        <v>142</v>
+      </c>
+      <c r="J23" s="36">
+        <v>193</v>
+      </c>
+      <c r="K23" s="36">
+        <v>147</v>
+      </c>
+      <c r="L23" s="36">
+        <v>82</v>
+      </c>
+      <c r="M23" s="28"/>
+      <c r="N23" s="28"/>
+    </row>
+    <row r="24" spans="1:14">
+      <c r="A24" s="37" t="s">
+        <v>102</v>
+      </c>
+      <c r="B24" s="36">
+        <v>263</v>
+      </c>
+      <c r="C24" s="36">
+        <v>228</v>
+      </c>
+      <c r="D24" s="36">
+        <v>135</v>
+      </c>
+      <c r="E24" s="36">
+        <v>119</v>
+      </c>
+      <c r="F24" s="36">
+        <v>113</v>
+      </c>
+      <c r="G24" s="36">
+        <v>138</v>
+      </c>
+      <c r="H24" s="36">
+        <v>115</v>
+      </c>
+      <c r="I24" s="36">
+        <v>117</v>
+      </c>
+      <c r="J24" s="36">
+        <v>152</v>
+      </c>
+      <c r="K24" s="36">
+        <v>128</v>
+      </c>
+      <c r="L24" s="36">
+        <v>40</v>
+      </c>
+      <c r="M24" s="28"/>
+      <c r="N24" s="28"/>
+    </row>
+    <row r="25" spans="1:14">
+      <c r="A25" s="37" t="s">
+        <v>103</v>
+      </c>
+      <c r="B25" s="36">
+        <v>21</v>
+      </c>
+      <c r="C25" s="36">
+        <v>17</v>
+      </c>
+      <c r="D25" s="36">
+        <v>21</v>
+      </c>
+      <c r="E25" s="36">
+        <v>20</v>
+      </c>
+      <c r="F25" s="36">
+        <v>13</v>
+      </c>
+      <c r="G25" s="36">
+        <v>36</v>
+      </c>
+      <c r="H25" s="36">
+        <v>15</v>
+      </c>
+      <c r="I25" s="36">
+        <v>18</v>
+      </c>
+      <c r="J25" s="36">
+        <v>15</v>
+      </c>
+      <c r="K25" s="36">
+        <v>18</v>
+      </c>
+      <c r="L25" s="36">
+        <v>7</v>
+      </c>
+      <c r="M25" s="28"/>
+      <c r="N25" s="28"/>
+    </row>
+    <row r="26" spans="1:14">
+      <c r="A26" s="37" t="s">
+        <v>104</v>
+      </c>
+      <c r="B26" s="36">
+        <v>35</v>
+      </c>
+      <c r="C26" s="36">
+        <v>38</v>
+      </c>
+      <c r="D26" s="36">
+        <v>45</v>
+      </c>
+      <c r="E26" s="36">
+        <v>49</v>
+      </c>
+      <c r="F26" s="36">
+        <v>32</v>
+      </c>
+      <c r="G26" s="36">
+        <v>41</v>
+      </c>
+      <c r="H26" s="36">
+        <v>44</v>
+      </c>
+      <c r="I26" s="36">
+        <v>42</v>
+      </c>
+      <c r="J26" s="36">
+        <v>70</v>
+      </c>
+      <c r="K26" s="36">
+        <v>51</v>
+      </c>
+      <c r="L26" s="36">
+        <v>26</v>
+      </c>
+      <c r="M26" s="28"/>
+      <c r="N26" s="28"/>
+    </row>
+    <row r="27" spans="1:14">
+      <c r="A27" s="37" t="s">
+        <v>105</v>
+      </c>
+      <c r="B27" s="38">
+        <v>3</v>
+      </c>
+      <c r="C27" s="36">
+        <v>4</v>
+      </c>
+      <c r="D27" s="36">
+        <v>2</v>
+      </c>
+      <c r="E27" s="36">
+        <v>6</v>
+      </c>
+      <c r="F27" s="36">
+        <v>3</v>
+      </c>
+      <c r="G27" s="36">
+        <v>3</v>
+      </c>
+      <c r="H27" s="36">
+        <v>2</v>
+      </c>
+      <c r="I27" s="36">
+        <v>1</v>
+      </c>
+      <c r="J27" s="36">
+        <v>4</v>
+      </c>
+      <c r="K27" s="36">
+        <v>2</v>
+      </c>
+      <c r="L27" s="36">
+        <v>0</v>
+      </c>
+      <c r="M27" s="28"/>
+      <c r="N27" s="28"/>
+    </row>
+    <row r="28" spans="1:14">
+      <c r="A28" s="35" t="s">
+        <v>106</v>
+      </c>
+      <c r="B28" s="38">
+        <v>0</v>
+      </c>
+      <c r="C28" s="36">
+        <v>0</v>
+      </c>
+      <c r="D28" s="36">
+        <v>0</v>
+      </c>
+      <c r="E28" s="36">
+        <v>0</v>
+      </c>
+      <c r="F28" s="36">
+        <v>1</v>
+      </c>
+      <c r="G28" s="36">
+        <v>2</v>
+      </c>
+      <c r="H28" s="36">
+        <v>0</v>
+      </c>
+      <c r="I28" s="36">
+        <v>0</v>
+      </c>
+      <c r="J28" s="36">
+        <v>1</v>
+      </c>
+      <c r="K28" s="36">
+        <v>0</v>
+      </c>
+      <c r="L28" s="36">
+        <v>0</v>
+      </c>
+      <c r="M28" s="28"/>
+      <c r="N28" s="28"/>
+    </row>
+    <row r="29" spans="1:14">
+      <c r="A29" s="86" t="s">
+        <v>96</v>
+      </c>
+      <c r="B29" s="87">
+        <v>2995</v>
+      </c>
+      <c r="C29" s="87">
+        <v>3201</v>
+      </c>
+      <c r="D29" s="87">
+        <v>2977</v>
+      </c>
+      <c r="E29" s="87">
+        <v>2708</v>
+      </c>
+      <c r="F29" s="87">
+        <v>2763</v>
+      </c>
+      <c r="G29" s="87">
+        <v>2340</v>
+      </c>
+      <c r="H29" s="87">
+        <v>2316</v>
+      </c>
+      <c r="I29" s="87">
+        <v>2182</v>
+      </c>
+      <c r="J29" s="87">
+        <v>2891</v>
+      </c>
+      <c r="K29" s="87">
+        <v>2387</v>
+      </c>
+      <c r="L29" s="87">
+        <v>797</v>
+      </c>
+      <c r="M29" s="28"/>
+      <c r="N29" s="28"/>
+    </row>
+    <row r="30" spans="1:14">
+      <c r="A30" s="35"/>
+      <c r="B30" s="36"/>
+      <c r="C30" s="36"/>
+      <c r="D30" s="36"/>
+      <c r="E30" s="36"/>
+      <c r="F30" s="36"/>
+      <c r="G30" s="36"/>
+      <c r="H30" s="36"/>
+      <c r="I30" s="36"/>
+      <c r="J30" s="36"/>
+      <c r="K30" s="36"/>
+      <c r="L30" s="36"/>
+      <c r="M30" s="28"/>
+      <c r="N30" s="28"/>
+    </row>
+    <row r="31" spans="1:14" ht="15.75" customHeight="1">
+      <c r="A31" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="B31" s="34"/>
+      <c r="C31" s="34"/>
+      <c r="D31" s="34"/>
+      <c r="E31" s="34"/>
+      <c r="F31" s="34"/>
+      <c r="G31" s="34"/>
+      <c r="H31" s="34"/>
+      <c r="I31" s="34"/>
+      <c r="J31" s="34"/>
+      <c r="K31" s="34"/>
+      <c r="L31" s="34"/>
+      <c r="M31" s="28"/>
+      <c r="N31" s="28"/>
+    </row>
+    <row r="32" spans="1:14">
+      <c r="A32" s="35" t="s">
+        <v>91</v>
+      </c>
+      <c r="B32" s="36">
+        <v>29184</v>
+      </c>
+      <c r="C32" s="36">
+        <v>38847</v>
+      </c>
+      <c r="D32" s="36">
+        <v>30129</v>
+      </c>
+      <c r="E32" s="36">
+        <v>28737</v>
+      </c>
+      <c r="F32" s="36">
+        <v>32351</v>
+      </c>
+      <c r="G32" s="36">
+        <v>21698</v>
+      </c>
+      <c r="H32" s="36">
+        <v>20250</v>
+      </c>
+      <c r="I32" s="36">
+        <v>16893</v>
+      </c>
+      <c r="J32" s="36">
+        <v>28751</v>
+      </c>
+      <c r="K32" s="36">
+        <v>26785</v>
+      </c>
+      <c r="L32" s="36">
+        <v>7457.9</v>
+      </c>
+      <c r="M32" s="28"/>
+      <c r="N32" s="28"/>
+    </row>
+    <row r="33" spans="1:67">
+      <c r="A33" s="35" t="s">
+        <v>92</v>
+      </c>
+      <c r="B33" s="36">
+        <v>27646</v>
+      </c>
+      <c r="C33" s="36">
+        <v>28083</v>
+      </c>
+      <c r="D33" s="36">
+        <v>28530</v>
+      </c>
+      <c r="E33" s="36">
+        <v>30693</v>
+      </c>
+      <c r="F33" s="36">
+        <v>30556</v>
+      </c>
+      <c r="G33" s="36">
+        <v>27057</v>
+      </c>
+      <c r="H33" s="36">
+        <v>29925</v>
+      </c>
+      <c r="I33" s="36">
+        <v>28131</v>
+      </c>
+      <c r="J33" s="36">
+        <v>36601</v>
+      </c>
+      <c r="K33" s="36">
+        <v>27336</v>
+      </c>
+      <c r="L33" s="36">
+        <v>6776.2</v>
+      </c>
+      <c r="M33" s="28"/>
+      <c r="N33" s="28"/>
+    </row>
+    <row r="34" spans="1:67">
+      <c r="A34" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="B34" s="36">
+        <v>9473</v>
+      </c>
+      <c r="C34" s="36">
+        <v>10065</v>
+      </c>
+      <c r="D34" s="36">
+        <v>10991</v>
+      </c>
+      <c r="E34" s="36">
+        <v>10191</v>
+      </c>
+      <c r="F34" s="36">
+        <v>9815</v>
+      </c>
+      <c r="G34" s="36">
+        <v>6338</v>
+      </c>
+      <c r="H34" s="36">
+        <v>5207</v>
+      </c>
+      <c r="I34" s="36">
+        <v>5973</v>
+      </c>
+      <c r="J34" s="36">
+        <v>8678</v>
+      </c>
+      <c r="K34" s="36">
+        <v>4924</v>
+      </c>
+      <c r="L34" s="36">
+        <v>1361</v>
+      </c>
+      <c r="M34" s="28"/>
+      <c r="N34" s="28"/>
+    </row>
+    <row r="35" spans="1:67">
+      <c r="A35" s="35" t="s">
+        <v>94</v>
+      </c>
+      <c r="B35" s="36">
+        <v>8238</v>
+      </c>
+      <c r="C35" s="36">
+        <v>2360</v>
+      </c>
+      <c r="D35" s="36">
+        <v>3547</v>
+      </c>
+      <c r="E35" s="36">
+        <v>1841</v>
+      </c>
+      <c r="F35" s="36">
+        <v>1796</v>
+      </c>
+      <c r="G35" s="36">
+        <v>1655</v>
+      </c>
+      <c r="H35" s="36">
+        <v>1716</v>
+      </c>
+      <c r="I35" s="36">
+        <v>1606</v>
+      </c>
+      <c r="J35" s="36">
+        <v>2016</v>
+      </c>
+      <c r="K35" s="36">
+        <v>1601</v>
+      </c>
+      <c r="L35" s="36">
+        <v>770.1</v>
+      </c>
+      <c r="M35" s="28"/>
+      <c r="N35" s="28"/>
+    </row>
+    <row r="36" spans="1:67">
+      <c r="A36" s="35" t="s">
+        <v>95</v>
+      </c>
+      <c r="B36" s="36">
+        <v>7078</v>
+      </c>
+      <c r="C36" s="36">
+        <v>8733</v>
+      </c>
+      <c r="D36" s="36">
+        <v>7436</v>
+      </c>
+      <c r="E36" s="36">
+        <v>7776</v>
+      </c>
+      <c r="F36" s="36">
+        <v>12882</v>
+      </c>
+      <c r="G36" s="36">
+        <v>12455</v>
+      </c>
+      <c r="H36" s="36">
+        <v>15110</v>
+      </c>
+      <c r="I36" s="36">
+        <v>11487</v>
+      </c>
+      <c r="J36" s="36">
+        <v>15434</v>
+      </c>
+      <c r="K36" s="36">
+        <v>13210</v>
+      </c>
+      <c r="L36" s="36">
+        <v>9964.7000000000007</v>
+      </c>
+      <c r="M36" s="28"/>
+      <c r="N36" s="28"/>
+    </row>
+    <row r="37" spans="1:67">
+      <c r="A37" s="88" t="s">
+        <v>96</v>
+      </c>
+      <c r="B37" s="89">
+        <v>81619</v>
+      </c>
+      <c r="C37" s="89">
+        <v>88089</v>
+      </c>
+      <c r="D37" s="89">
+        <v>80632</v>
+      </c>
+      <c r="E37" s="89">
+        <v>79238</v>
+      </c>
+      <c r="F37" s="89">
+        <v>87400</v>
+      </c>
+      <c r="G37" s="89">
+        <v>69203</v>
+      </c>
+      <c r="H37" s="89">
+        <v>72208</v>
+      </c>
+      <c r="I37" s="89">
+        <v>64090</v>
+      </c>
+      <c r="J37" s="89">
+        <v>91480</v>
+      </c>
+      <c r="K37" s="89">
+        <v>73856</v>
+      </c>
+      <c r="L37" s="89">
+        <v>26329.9</v>
+      </c>
+      <c r="M37" s="28"/>
+      <c r="N37" s="28"/>
+    </row>
+    <row r="38" spans="1:67">
+      <c r="A38" s="29" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="40" spans="1:67" ht="18.75" customHeight="1">
+      <c r="A40" s="2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="41" spans="1:67">
+      <c r="A41" s="30"/>
+    </row>
+    <row r="42" spans="1:67" ht="17.25" customHeight="1">
+      <c r="A42" s="123" t="s">
+        <v>32</v>
+      </c>
+      <c r="B42" s="111">
+        <v>2014</v>
+      </c>
+      <c r="C42" s="112"/>
+      <c r="D42" s="112"/>
+      <c r="E42" s="112"/>
+      <c r="F42" s="112"/>
+      <c r="G42" s="113"/>
+      <c r="H42" s="111">
+        <v>2015</v>
+      </c>
+      <c r="I42" s="112"/>
+      <c r="J42" s="112"/>
+      <c r="K42" s="112"/>
+      <c r="L42" s="112"/>
+      <c r="M42" s="113"/>
+      <c r="N42" s="111">
+        <v>2016</v>
+      </c>
+      <c r="O42" s="112"/>
+      <c r="P42" s="112"/>
+      <c r="Q42" s="112"/>
+      <c r="R42" s="112"/>
+      <c r="S42" s="113"/>
+      <c r="T42" s="111">
+        <v>2017</v>
+      </c>
+      <c r="U42" s="112"/>
+      <c r="V42" s="112"/>
+      <c r="W42" s="112"/>
+      <c r="X42" s="112"/>
+      <c r="Y42" s="113"/>
+      <c r="Z42" s="111">
+        <v>2018</v>
+      </c>
+      <c r="AA42" s="112"/>
+      <c r="AB42" s="112"/>
+      <c r="AC42" s="112"/>
+      <c r="AD42" s="112"/>
+      <c r="AE42" s="113"/>
+      <c r="AF42" s="111">
+        <v>2019</v>
+      </c>
+      <c r="AG42" s="112"/>
+      <c r="AH42" s="112"/>
+      <c r="AI42" s="112"/>
+      <c r="AJ42" s="112"/>
+      <c r="AK42" s="113"/>
+      <c r="AL42" s="111">
+        <v>2020</v>
+      </c>
+      <c r="AM42" s="112"/>
+      <c r="AN42" s="112"/>
+      <c r="AO42" s="112"/>
+      <c r="AP42" s="112"/>
+      <c r="AQ42" s="113"/>
+      <c r="AR42" s="111">
+        <v>2021</v>
+      </c>
+      <c r="AS42" s="112"/>
+      <c r="AT42" s="112"/>
+      <c r="AU42" s="112"/>
+      <c r="AV42" s="112"/>
+      <c r="AW42" s="113"/>
+      <c r="AX42" s="111">
+        <v>2022</v>
+      </c>
+      <c r="AY42" s="112"/>
+      <c r="AZ42" s="112"/>
+      <c r="BA42" s="112"/>
+      <c r="BB42" s="112"/>
+      <c r="BC42" s="113"/>
+      <c r="BD42" s="111">
+        <v>2023</v>
+      </c>
+      <c r="BE42" s="112"/>
+      <c r="BF42" s="112"/>
+      <c r="BG42" s="112"/>
+      <c r="BH42" s="112"/>
+      <c r="BI42" s="113"/>
+      <c r="BJ42" s="111">
+        <v>2024</v>
+      </c>
+      <c r="BK42" s="112"/>
+      <c r="BL42" s="112"/>
+      <c r="BM42" s="112"/>
+      <c r="BN42" s="112"/>
+      <c r="BO42" s="113"/>
+    </row>
+    <row r="43" spans="1:67" ht="45" customHeight="1">
+      <c r="A43" s="124"/>
+      <c r="B43" s="77" t="s">
+        <v>35</v>
+      </c>
+      <c r="C43" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="D43" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="E43" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="F43" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="G43" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="H43" s="77" t="s">
+        <v>35</v>
+      </c>
+      <c r="I43" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="J43" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="K43" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="L43" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="M43" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="N43" s="77" t="s">
+        <v>35</v>
+      </c>
+      <c r="O43" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="P43" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="Q43" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="R43" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="S43" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="T43" s="77" t="s">
+        <v>35</v>
+      </c>
+      <c r="U43" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="V43" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="W43" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="X43" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="Y43" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="Z43" s="77" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA43" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="AB43" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="AC43" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="AD43" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE43" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="AF43" s="77" t="s">
+        <v>35</v>
+      </c>
+      <c r="AG43" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="AH43" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="AI43" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="AJ43" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="AK43" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="AL43" s="77" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM43" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="AN43" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="AO43" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP43" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="AQ43" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="AR43" s="77" t="s">
+        <v>35</v>
+      </c>
+      <c r="AS43" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="AT43" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="AU43" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="AV43" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="AW43" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="AX43" s="77" t="s">
+        <v>35</v>
+      </c>
+      <c r="AY43" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="AZ43" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="BA43" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="BB43" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="BC43" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="BD43" s="77" t="s">
+        <v>35</v>
+      </c>
+      <c r="BE43" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="BF43" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="BG43" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="BH43" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="BI43" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="BJ43" s="77" t="s">
+        <v>35</v>
+      </c>
+      <c r="BK43" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="BL43" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="BM43" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="BN43" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="BO43" s="79" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="44" spans="1:67">
+      <c r="B44" s="13"/>
+      <c r="C44" s="28"/>
+      <c r="D44" s="28"/>
+      <c r="E44" s="28"/>
+      <c r="F44" s="28"/>
+      <c r="G44" s="8"/>
+      <c r="H44" s="13"/>
+      <c r="I44" s="28"/>
+      <c r="J44" s="28"/>
+      <c r="K44" s="28"/>
+      <c r="L44" s="28"/>
+      <c r="M44" s="8"/>
+      <c r="N44" s="13"/>
+      <c r="O44" s="28"/>
+      <c r="P44" s="28"/>
+      <c r="Q44" s="28"/>
+      <c r="R44" s="28"/>
+      <c r="S44" s="8"/>
+      <c r="T44" s="13"/>
+      <c r="U44" s="28"/>
+      <c r="V44" s="28"/>
+      <c r="W44" s="28"/>
+      <c r="X44" s="28"/>
+      <c r="Y44" s="8"/>
+      <c r="Z44" s="13"/>
+      <c r="AA44" s="28"/>
+      <c r="AB44" s="28"/>
+      <c r="AC44" s="28"/>
+      <c r="AD44" s="28"/>
+      <c r="AE44" s="8"/>
+      <c r="AF44" s="13"/>
+      <c r="AG44" s="28"/>
+      <c r="AH44" s="28"/>
+      <c r="AI44" s="28"/>
+      <c r="AJ44" s="28"/>
+      <c r="AK44" s="8"/>
+      <c r="AL44" s="13"/>
+      <c r="AM44" s="28"/>
+      <c r="AN44" s="28"/>
+      <c r="AO44" s="28"/>
+      <c r="AP44" s="28"/>
+      <c r="AQ44" s="8"/>
+      <c r="AR44" s="13"/>
+      <c r="AS44" s="28"/>
+      <c r="AT44" s="28"/>
+      <c r="AU44" s="28"/>
+      <c r="AV44" s="28"/>
+      <c r="AW44" s="8"/>
+      <c r="AX44" s="13"/>
+      <c r="AY44" s="28"/>
+      <c r="AZ44" s="28"/>
+      <c r="BA44" s="28"/>
+      <c r="BB44" s="28"/>
+      <c r="BC44" s="8"/>
+      <c r="BD44" s="13"/>
+      <c r="BE44" s="28"/>
+      <c r="BF44" s="28"/>
+      <c r="BG44" s="28"/>
+      <c r="BH44" s="28"/>
+      <c r="BI44" s="8"/>
+      <c r="BJ44" s="13"/>
+      <c r="BK44" s="28"/>
+      <c r="BL44" s="28"/>
+      <c r="BM44" s="28"/>
+      <c r="BN44" s="28"/>
+      <c r="BO44" s="8"/>
+    </row>
+    <row r="45" spans="1:67" ht="15.75" customHeight="1">
+      <c r="A45" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B45" s="14"/>
+      <c r="C45" s="9"/>
+      <c r="D45" s="9"/>
+      <c r="E45" s="9"/>
+      <c r="F45" s="9"/>
+      <c r="G45" s="11"/>
+      <c r="H45" s="14"/>
+      <c r="I45" s="9"/>
+      <c r="J45" s="9"/>
+      <c r="K45" s="9"/>
+      <c r="L45" s="9"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="14"/>
+      <c r="O45" s="9"/>
+      <c r="P45" s="9"/>
+      <c r="Q45" s="9"/>
+      <c r="R45" s="9"/>
+      <c r="S45" s="11"/>
+      <c r="T45" s="14"/>
+      <c r="U45" s="9"/>
+      <c r="V45" s="9"/>
+      <c r="W45" s="9"/>
+      <c r="X45" s="9"/>
+      <c r="Y45" s="11"/>
+      <c r="Z45" s="14"/>
+      <c r="AA45" s="9"/>
+      <c r="AB45" s="9"/>
+      <c r="AC45" s="9"/>
+      <c r="AD45" s="9"/>
+      <c r="AE45" s="11"/>
+      <c r="AF45" s="14"/>
+      <c r="AG45" s="9"/>
+      <c r="AH45" s="9"/>
+      <c r="AI45" s="9"/>
+      <c r="AJ45" s="9"/>
+      <c r="AK45" s="11"/>
+      <c r="AL45" s="14"/>
+      <c r="AM45" s="9"/>
+      <c r="AN45" s="9"/>
+      <c r="AO45" s="9"/>
+      <c r="AP45" s="9"/>
+      <c r="AQ45" s="11"/>
+      <c r="AR45" s="14"/>
+      <c r="AS45" s="9"/>
+      <c r="AT45" s="9"/>
+      <c r="AU45" s="9"/>
+      <c r="AV45" s="9"/>
+      <c r="AW45" s="11"/>
+      <c r="AX45" s="14"/>
+      <c r="AY45" s="9"/>
+      <c r="AZ45" s="9"/>
+      <c r="BA45" s="9"/>
+      <c r="BB45" s="9"/>
+      <c r="BC45" s="11"/>
+      <c r="BD45" s="14"/>
+      <c r="BE45" s="9"/>
+      <c r="BF45" s="9"/>
+      <c r="BG45" s="9"/>
+      <c r="BH45" s="9"/>
+      <c r="BI45" s="11"/>
+      <c r="BJ45" s="14"/>
+      <c r="BK45" s="9"/>
+      <c r="BL45" s="9"/>
+      <c r="BM45" s="9"/>
+      <c r="BN45" s="9"/>
+      <c r="BO45" s="11"/>
+    </row>
+    <row r="46" spans="1:67">
+      <c r="A46" t="s">
+        <v>97</v>
+      </c>
+      <c r="B46" s="13">
+        <v>881</v>
+      </c>
+      <c r="C46" s="28">
+        <v>228</v>
+      </c>
+      <c r="D46" s="28">
+        <v>27</v>
+      </c>
+      <c r="E46" s="28">
+        <v>3</v>
+      </c>
+      <c r="F46" s="28">
+        <v>122</v>
+      </c>
+      <c r="G46" s="12">
+        <v>1261</v>
+      </c>
+      <c r="H46" s="13">
+        <v>1104</v>
+      </c>
+      <c r="I46" s="28">
+        <v>232</v>
+      </c>
+      <c r="J46" s="28">
+        <v>25</v>
+      </c>
+      <c r="K46" s="28">
+        <v>2</v>
+      </c>
+      <c r="L46" s="28">
+        <v>125</v>
+      </c>
+      <c r="M46" s="12">
+        <v>1488</v>
+      </c>
+      <c r="N46" s="13">
+        <v>839</v>
+      </c>
+      <c r="O46" s="28">
+        <v>225</v>
+      </c>
+      <c r="P46" s="28">
+        <v>25</v>
+      </c>
+      <c r="Q46" s="28">
+        <v>6</v>
+      </c>
+      <c r="R46" s="28">
+        <v>122</v>
+      </c>
+      <c r="S46" s="12">
+        <v>1217</v>
+      </c>
+      <c r="T46" s="13">
+        <v>829</v>
+      </c>
+      <c r="U46" s="28">
+        <v>231</v>
+      </c>
+      <c r="V46" s="28">
+        <v>23</v>
+      </c>
+      <c r="W46" s="28">
+        <v>6</v>
+      </c>
+      <c r="X46" s="28">
+        <v>127</v>
+      </c>
+      <c r="Y46" s="12">
+        <v>1216</v>
+      </c>
+      <c r="Z46" s="13">
+        <v>955</v>
+      </c>
+      <c r="AA46" s="28">
+        <v>236</v>
+      </c>
+      <c r="AB46" s="28">
+        <v>25</v>
+      </c>
+      <c r="AC46" s="28">
+        <v>5</v>
+      </c>
+      <c r="AD46" s="28">
+        <v>149</v>
+      </c>
+      <c r="AE46" s="12">
+        <v>1370</v>
+      </c>
+      <c r="AF46" s="13">
+        <v>680</v>
+      </c>
+      <c r="AG46" s="28">
+        <v>237</v>
+      </c>
+      <c r="AH46" s="28">
+        <v>11</v>
+      </c>
+      <c r="AI46" s="28">
+        <v>7</v>
+      </c>
+      <c r="AJ46" s="28">
+        <v>139</v>
+      </c>
+      <c r="AK46" s="12">
+        <v>1074</v>
+      </c>
+      <c r="AL46" s="13">
+        <v>679</v>
+      </c>
+      <c r="AM46" s="28">
+        <v>253</v>
+      </c>
+      <c r="AN46" s="28">
+        <v>17</v>
+      </c>
+      <c r="AO46" s="28">
+        <v>8</v>
+      </c>
+      <c r="AP46" s="28">
+        <v>147</v>
+      </c>
+      <c r="AQ46" s="12">
+        <v>1104</v>
+      </c>
+      <c r="AR46" s="13">
+        <v>599</v>
+      </c>
+      <c r="AS46" s="28">
+        <v>285</v>
+      </c>
+      <c r="AT46" s="28">
+        <v>22</v>
+      </c>
+      <c r="AU46" s="28">
+        <v>13</v>
+      </c>
+      <c r="AV46" s="28">
+        <v>152</v>
+      </c>
+      <c r="AW46" s="12">
+        <v>1071</v>
+      </c>
+      <c r="AX46" s="13">
+        <v>952</v>
+      </c>
+      <c r="AY46" s="28">
+        <v>297</v>
+      </c>
+      <c r="AZ46" s="28">
+        <v>19</v>
+      </c>
+      <c r="BA46" s="28">
+        <v>9</v>
+      </c>
+      <c r="BB46" s="28">
+        <v>213</v>
+      </c>
+      <c r="BC46" s="12">
+        <v>1490</v>
+      </c>
+      <c r="BD46" s="13">
+        <v>852</v>
+      </c>
+      <c r="BE46" s="28">
+        <v>219</v>
+      </c>
+      <c r="BF46" s="28">
+        <v>31</v>
+      </c>
+      <c r="BG46" s="28">
+        <v>6</v>
+      </c>
+      <c r="BH46" s="28">
+        <v>182</v>
+      </c>
+      <c r="BI46" s="12">
+        <v>1290</v>
+      </c>
+      <c r="BJ46" s="13">
+        <v>253</v>
+      </c>
+      <c r="BK46" s="28">
+        <v>70</v>
+      </c>
+      <c r="BL46" s="28">
+        <v>5</v>
+      </c>
+      <c r="BM46" s="28">
+        <v>4</v>
+      </c>
+      <c r="BN46" s="28">
+        <v>71</v>
+      </c>
+      <c r="BO46" s="12">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="47" spans="1:67">
+      <c r="A47" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" s="13">
+        <v>86</v>
+      </c>
+      <c r="C47" s="28">
+        <v>156</v>
+      </c>
+      <c r="D47" s="28">
+        <v>138</v>
+      </c>
+      <c r="E47" s="28">
+        <v>2</v>
+      </c>
+      <c r="F47" s="28">
+        <v>33</v>
+      </c>
+      <c r="G47" s="12">
+        <v>415</v>
+      </c>
+      <c r="H47" s="13">
+        <v>131</v>
+      </c>
+      <c r="I47" s="28">
+        <v>165</v>
+      </c>
+      <c r="J47" s="28">
+        <v>122</v>
+      </c>
+      <c r="K47" s="28">
+        <v>7</v>
+      </c>
+      <c r="L47" s="28">
+        <v>20</v>
+      </c>
+      <c r="M47" s="12">
+        <v>445</v>
+      </c>
+      <c r="N47" s="13">
+        <v>153</v>
+      </c>
+      <c r="O47" s="28">
+        <v>148</v>
+      </c>
+      <c r="P47" s="28">
+        <v>133</v>
+      </c>
+      <c r="Q47" s="28">
+        <v>18</v>
+      </c>
+      <c r="R47" s="28">
+        <v>28</v>
+      </c>
+      <c r="S47" s="12">
+        <v>480</v>
+      </c>
+      <c r="T47" s="13">
+        <v>75</v>
+      </c>
+      <c r="U47" s="28">
+        <v>191</v>
+      </c>
+      <c r="V47" s="28">
+        <v>129</v>
+      </c>
+      <c r="W47" s="28">
+        <v>16</v>
+      </c>
+      <c r="X47" s="28">
+        <v>22</v>
+      </c>
+      <c r="Y47" s="12">
+        <v>433</v>
+      </c>
+      <c r="Z47" s="13">
+        <v>72</v>
+      </c>
+      <c r="AA47" s="28">
+        <v>153</v>
+      </c>
+      <c r="AB47" s="28">
+        <v>93</v>
+      </c>
+      <c r="AC47" s="28">
+        <v>6</v>
+      </c>
+      <c r="AD47" s="28">
+        <v>28</v>
+      </c>
+      <c r="AE47" s="12">
+        <v>352</v>
+      </c>
+      <c r="AF47" s="13">
+        <v>47</v>
+      </c>
+      <c r="AG47" s="28">
+        <v>130</v>
+      </c>
+      <c r="AH47" s="28">
+        <v>60</v>
+      </c>
+      <c r="AI47" s="28">
+        <v>7</v>
+      </c>
+      <c r="AJ47" s="28">
+        <v>26</v>
+      </c>
+      <c r="AK47" s="12">
+        <v>270</v>
+      </c>
+      <c r="AL47" s="13">
+        <v>47</v>
+      </c>
+      <c r="AM47" s="28">
+        <v>141</v>
+      </c>
+      <c r="AN47" s="28">
+        <v>55</v>
+      </c>
+      <c r="AO47" s="28">
+        <v>12</v>
+      </c>
+      <c r="AP47" s="28">
+        <v>33</v>
+      </c>
+      <c r="AQ47" s="12">
+        <v>288</v>
+      </c>
+      <c r="AR47" s="13">
+        <v>43</v>
+      </c>
+      <c r="AS47" s="28">
+        <v>127</v>
+      </c>
+      <c r="AT47" s="28">
+        <v>45</v>
+      </c>
+      <c r="AU47" s="28">
+        <v>8</v>
+      </c>
+      <c r="AV47" s="28">
+        <v>30</v>
+      </c>
+      <c r="AW47" s="12">
+        <v>253</v>
+      </c>
+      <c r="AX47" s="13">
+        <v>58</v>
+      </c>
+      <c r="AY47" s="28">
+        <v>182</v>
+      </c>
+      <c r="AZ47" s="28">
+        <v>66</v>
+      </c>
+      <c r="BA47" s="28">
+        <v>5</v>
+      </c>
+      <c r="BB47" s="28">
+        <v>32</v>
+      </c>
+      <c r="BC47" s="12">
+        <v>343</v>
+      </c>
+      <c r="BD47" s="13">
+        <v>50</v>
+      </c>
+      <c r="BE47" s="28">
+        <v>143</v>
+      </c>
+      <c r="BF47" s="28">
+        <v>42</v>
+      </c>
+      <c r="BG47" s="28">
+        <v>11</v>
+      </c>
+      <c r="BH47" s="28">
+        <v>42</v>
+      </c>
+      <c r="BI47" s="12">
+        <v>288</v>
+      </c>
+      <c r="BJ47" s="13">
+        <v>14</v>
+      </c>
+      <c r="BK47" s="28">
+        <v>31</v>
+      </c>
+      <c r="BL47" s="28">
+        <v>18</v>
+      </c>
+      <c r="BM47" s="28">
+        <v>4</v>
+      </c>
+      <c r="BN47" s="28">
+        <v>15</v>
+      </c>
+      <c r="BO47" s="12">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="48" spans="1:67">
+      <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" s="13">
+        <v>59</v>
+      </c>
+      <c r="C48" s="28">
+        <v>110</v>
+      </c>
+      <c r="D48" s="28">
+        <v>35</v>
+      </c>
+      <c r="E48" s="28">
+        <v>8</v>
+      </c>
+      <c r="F48" s="28">
+        <v>11</v>
+      </c>
+      <c r="G48" s="12">
+        <v>223</v>
+      </c>
+      <c r="H48" s="13">
+        <v>88</v>
+      </c>
+      <c r="I48" s="28">
+        <v>119</v>
+      </c>
+      <c r="J48" s="28">
+        <v>34</v>
+      </c>
+      <c r="K48" s="28">
+        <v>18</v>
+      </c>
+      <c r="L48" s="28">
+        <v>9</v>
+      </c>
+      <c r="M48" s="12">
+        <v>268</v>
+      </c>
+      <c r="N48" s="13">
+        <v>117</v>
+      </c>
+      <c r="O48" s="28">
+        <v>137</v>
+      </c>
+      <c r="P48" s="28">
+        <v>46</v>
+      </c>
+      <c r="Q48" s="28">
+        <v>9</v>
+      </c>
+      <c r="R48" s="28">
+        <v>14</v>
+      </c>
+      <c r="S48" s="12">
+        <v>323</v>
+      </c>
+      <c r="T48" s="13">
+        <v>94</v>
+      </c>
+      <c r="U48" s="28">
+        <v>125</v>
+      </c>
+      <c r="V48" s="28">
+        <v>28</v>
+      </c>
+      <c r="W48" s="28">
+        <v>9</v>
+      </c>
+      <c r="X48" s="28">
+        <v>8</v>
+      </c>
+      <c r="Y48" s="12">
+        <v>264</v>
+      </c>
+      <c r="Z48" s="13">
+        <v>57</v>
+      </c>
+      <c r="AA48" s="28">
+        <v>123</v>
+      </c>
+      <c r="AB48" s="28">
+        <v>31</v>
+      </c>
+      <c r="AC48" s="28">
+        <v>4</v>
+      </c>
+      <c r="AD48" s="28">
+        <v>11</v>
+      </c>
+      <c r="AE48" s="12">
+        <v>226</v>
+      </c>
+      <c r="AF48" s="13">
+        <v>52</v>
+      </c>
+      <c r="AG48" s="28">
+        <v>125</v>
+      </c>
+      <c r="AH48" s="28">
+        <v>22</v>
+      </c>
+      <c r="AI48" s="28">
+        <v>4</v>
+      </c>
+      <c r="AJ48" s="28">
+        <v>18</v>
+      </c>
+      <c r="AK48" s="12">
+        <v>221</v>
+      </c>
+      <c r="AL48" s="13">
+        <v>30</v>
+      </c>
+      <c r="AM48" s="28">
+        <v>136</v>
+      </c>
+      <c r="AN48" s="28">
+        <v>20</v>
+      </c>
+      <c r="AO48" s="28">
+        <v>14</v>
+      </c>
+      <c r="AP48" s="28">
+        <v>19</v>
+      </c>
+      <c r="AQ48" s="12">
+        <v>219</v>
+      </c>
+      <c r="AR48" s="13">
+        <v>22</v>
+      </c>
+      <c r="AS48" s="28">
+        <v>114</v>
+      </c>
+      <c r="AT48" s="28">
+        <v>26</v>
+      </c>
+      <c r="AU48" s="28">
+        <v>6</v>
+      </c>
+      <c r="AV48" s="28">
+        <v>9</v>
+      </c>
+      <c r="AW48" s="12">
+        <v>177</v>
+      </c>
+      <c r="AX48" s="13">
+        <v>41</v>
+      </c>
+      <c r="AY48" s="28">
+        <v>148</v>
+      </c>
+      <c r="AZ48" s="28">
+        <v>24</v>
+      </c>
+      <c r="BA48" s="28">
+        <v>11</v>
+      </c>
+      <c r="BB48" s="28">
+        <v>15</v>
+      </c>
+      <c r="BC48" s="12">
+        <v>239</v>
+      </c>
+      <c r="BD48" s="13">
+        <v>37</v>
+      </c>
+      <c r="BE48" s="28">
+        <v>108</v>
+      </c>
+      <c r="BF48" s="28">
+        <v>29</v>
+      </c>
+      <c r="BG48" s="28">
+        <v>6</v>
+      </c>
+      <c r="BH48" s="28">
+        <v>14</v>
+      </c>
+      <c r="BI48" s="12">
+        <v>194</v>
+      </c>
+      <c r="BJ48" s="13">
+        <v>5</v>
+      </c>
+      <c r="BK48" s="28">
+        <v>33</v>
+      </c>
+      <c r="BL48" s="28">
+        <v>9</v>
+      </c>
+      <c r="BM48" s="28">
+        <v>7</v>
+      </c>
+      <c r="BN48" s="28">
+        <v>12</v>
+      </c>
+      <c r="BO48" s="12">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="49" spans="1:67">
+      <c r="A49" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" s="13">
+        <v>50</v>
+      </c>
+      <c r="C49" s="28">
+        <v>236</v>
+      </c>
+      <c r="D49" s="28">
+        <v>266</v>
+      </c>
+      <c r="E49" s="28">
+        <v>21</v>
+      </c>
+      <c r="F49" s="28">
+        <v>5</v>
+      </c>
+      <c r="G49" s="12">
+        <v>578</v>
+      </c>
+      <c r="H49" s="13">
+        <v>28</v>
+      </c>
+      <c r="I49" s="28">
+        <v>203</v>
+      </c>
+      <c r="J49" s="28">
+        <v>251</v>
+      </c>
+      <c r="K49" s="28">
+        <v>10</v>
+      </c>
+      <c r="L49" s="28">
+        <v>13</v>
+      </c>
+      <c r="M49" s="12">
+        <v>505</v>
+      </c>
+      <c r="N49" s="13">
+        <v>17</v>
+      </c>
+      <c r="O49" s="28">
+        <v>166</v>
+      </c>
+      <c r="P49" s="28">
+        <v>355</v>
+      </c>
+      <c r="Q49" s="28">
+        <v>16</v>
+      </c>
+      <c r="R49" s="28">
+        <v>7</v>
+      </c>
+      <c r="S49" s="12">
+        <v>561</v>
+      </c>
+      <c r="T49" s="13">
+        <v>31</v>
+      </c>
+      <c r="U49" s="28">
+        <v>172</v>
+      </c>
+      <c r="V49" s="28">
+        <v>207</v>
+      </c>
+      <c r="W49" s="28">
+        <v>27</v>
+      </c>
+      <c r="X49" s="28">
+        <v>10</v>
+      </c>
+      <c r="Y49" s="12">
+        <v>447</v>
+      </c>
+      <c r="Z49" s="13">
+        <v>20</v>
+      </c>
+      <c r="AA49" s="28">
+        <v>189</v>
+      </c>
+      <c r="AB49" s="28">
+        <v>241</v>
+      </c>
+      <c r="AC49" s="28">
+        <v>17</v>
+      </c>
+      <c r="AD49" s="28">
+        <v>9</v>
+      </c>
+      <c r="AE49" s="12">
+        <v>476</v>
+      </c>
+      <c r="AF49" s="13">
+        <v>24</v>
+      </c>
+      <c r="AG49" s="28">
+        <v>147</v>
+      </c>
+      <c r="AH49" s="28">
+        <v>182</v>
+      </c>
+      <c r="AI49" s="28">
+        <v>7</v>
+      </c>
+      <c r="AJ49" s="28">
+        <v>26</v>
+      </c>
+      <c r="AK49" s="12">
+        <v>386</v>
+      </c>
+      <c r="AL49" s="13">
+        <v>15</v>
+      </c>
+      <c r="AM49" s="28">
+        <v>146</v>
+      </c>
+      <c r="AN49" s="28">
+        <v>181</v>
+      </c>
+      <c r="AO49" s="28">
+        <v>17</v>
+      </c>
+      <c r="AP49" s="28">
+        <v>14</v>
+      </c>
+      <c r="AQ49" s="12">
+        <v>373</v>
+      </c>
+      <c r="AR49" s="13">
+        <v>10</v>
+      </c>
+      <c r="AS49" s="28">
+        <v>150</v>
+      </c>
+      <c r="AT49" s="28">
+        <v>164</v>
+      </c>
+      <c r="AU49" s="28">
+        <v>18</v>
+      </c>
+      <c r="AV49" s="28">
+        <v>19</v>
+      </c>
+      <c r="AW49" s="12">
+        <v>361</v>
+      </c>
+      <c r="AX49" s="13">
+        <v>19</v>
+      </c>
+      <c r="AY49" s="28">
+        <v>172</v>
+      </c>
+      <c r="AZ49" s="28">
+        <v>141</v>
+      </c>
+      <c r="BA49" s="28">
+        <v>17</v>
+      </c>
+      <c r="BB49" s="28">
+        <v>35</v>
+      </c>
+      <c r="BC49" s="12">
+        <v>384</v>
+      </c>
+      <c r="BD49" s="13">
+        <v>18</v>
+      </c>
+      <c r="BE49" s="28">
+        <v>149</v>
+      </c>
+      <c r="BF49" s="28">
+        <v>61</v>
+      </c>
+      <c r="BG49" s="28">
+        <v>12</v>
+      </c>
+      <c r="BH49" s="28">
+        <v>29</v>
+      </c>
+      <c r="BI49" s="12">
+        <v>269</v>
+      </c>
+      <c r="BJ49" s="13">
+        <v>4</v>
+      </c>
+      <c r="BK49" s="28">
+        <v>35</v>
+      </c>
+      <c r="BL49" s="28">
+        <v>33</v>
+      </c>
+      <c r="BM49" s="28">
+        <v>8</v>
+      </c>
+      <c r="BN49" s="28">
+        <v>11</v>
+      </c>
+      <c r="BO49" s="12">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="50" spans="1:67">
+      <c r="A50" t="s">
+        <v>101</v>
+      </c>
+      <c r="B50" s="13">
+        <v>1</v>
+      </c>
+      <c r="C50" s="28">
+        <v>65</v>
+      </c>
+      <c r="D50" s="28">
+        <v>59</v>
+      </c>
+      <c r="E50" s="28">
+        <v>60</v>
+      </c>
+      <c r="F50" s="28">
+        <v>11</v>
+      </c>
+      <c r="G50" s="12">
+        <v>196</v>
+      </c>
+      <c r="H50" s="13">
+        <v>3</v>
+      </c>
+      <c r="I50" s="28">
+        <v>68</v>
+      </c>
+      <c r="J50" s="28">
+        <v>52</v>
+      </c>
+      <c r="K50" s="28">
+        <v>66</v>
+      </c>
+      <c r="L50" s="28">
+        <v>19</v>
+      </c>
+      <c r="M50" s="12">
+        <v>208</v>
+      </c>
+      <c r="N50" s="13">
+        <v>3</v>
+      </c>
+      <c r="O50" s="28">
+        <v>60</v>
+      </c>
+      <c r="P50" s="28">
+        <v>67</v>
+      </c>
+      <c r="Q50" s="28">
+        <v>52</v>
+      </c>
+      <c r="R50" s="28">
+        <v>11</v>
+      </c>
+      <c r="S50" s="12">
+        <v>193</v>
+      </c>
+      <c r="T50" s="13">
+        <v>2</v>
+      </c>
+      <c r="U50" s="28">
+        <v>61</v>
+      </c>
+      <c r="V50" s="28">
+        <v>39</v>
+      </c>
+      <c r="W50" s="28">
+        <v>40</v>
+      </c>
+      <c r="X50" s="28">
+        <v>12</v>
+      </c>
+      <c r="Y50" s="12">
+        <v>154</v>
+      </c>
+      <c r="Z50" s="13">
+        <v>3</v>
+      </c>
+      <c r="AA50" s="28">
+        <v>68</v>
+      </c>
+      <c r="AB50" s="28">
+        <v>41</v>
+      </c>
+      <c r="AC50" s="28">
+        <v>51</v>
+      </c>
+      <c r="AD50" s="28">
+        <v>14</v>
+      </c>
+      <c r="AE50" s="12">
+        <v>177</v>
+      </c>
+      <c r="AF50" s="13">
+        <v>2</v>
+      </c>
+      <c r="AG50" s="28">
+        <v>66</v>
+      </c>
+      <c r="AH50" s="28">
+        <v>35</v>
+      </c>
+      <c r="AI50" s="28">
+        <v>39</v>
+      </c>
+      <c r="AJ50" s="28">
+        <v>27</v>
+      </c>
+      <c r="AK50" s="12">
+        <v>169</v>
+      </c>
+      <c r="AL50" s="13">
+        <v>5</v>
+      </c>
+      <c r="AM50" s="28">
+        <v>69</v>
+      </c>
+      <c r="AN50" s="28">
+        <v>36</v>
+      </c>
+      <c r="AO50" s="28">
+        <v>29</v>
+      </c>
+      <c r="AP50" s="28">
+        <v>17</v>
+      </c>
+      <c r="AQ50" s="12">
+        <v>156</v>
+      </c>
+      <c r="AR50" s="13">
+        <v>1</v>
+      </c>
+      <c r="AS50" s="28">
+        <v>65</v>
+      </c>
+      <c r="AT50" s="28">
+        <v>27</v>
+      </c>
+      <c r="AU50" s="28">
+        <v>37</v>
+      </c>
+      <c r="AV50" s="28">
+        <v>12</v>
+      </c>
+      <c r="AW50" s="12">
+        <v>142</v>
+      </c>
+      <c r="AX50" s="13">
+        <v>0</v>
+      </c>
+      <c r="AY50" s="28">
+        <v>78</v>
+      </c>
+      <c r="AZ50" s="28">
+        <v>64</v>
+      </c>
+      <c r="BA50" s="28">
+        <v>30</v>
+      </c>
+      <c r="BB50" s="28">
+        <v>21</v>
+      </c>
+      <c r="BC50" s="12">
+        <v>193</v>
+      </c>
+      <c r="BD50" s="13">
+        <v>0</v>
+      </c>
+      <c r="BE50" s="28">
+        <v>51</v>
+      </c>
+      <c r="BF50" s="28">
+        <v>35</v>
+      </c>
+      <c r="BG50" s="28">
+        <v>31</v>
+      </c>
+      <c r="BH50" s="28">
+        <v>30</v>
+      </c>
+      <c r="BI50" s="12">
+        <v>147</v>
+      </c>
+      <c r="BJ50" s="13">
+        <v>0</v>
+      </c>
+      <c r="BK50" s="28">
+        <v>32</v>
+      </c>
+      <c r="BL50" s="28">
+        <v>16</v>
+      </c>
+      <c r="BM50" s="28">
+        <v>24</v>
+      </c>
+      <c r="BN50" s="28">
+        <v>10</v>
+      </c>
+      <c r="BO50" s="12">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="51" spans="1:67">
+      <c r="A51" t="s">
+        <v>102</v>
+      </c>
+      <c r="B51" s="13">
+        <v>50</v>
+      </c>
+      <c r="C51" s="28">
+        <v>82</v>
+      </c>
+      <c r="D51" s="28">
+        <v>94</v>
+      </c>
+      <c r="E51" s="28">
+        <v>29</v>
+      </c>
+      <c r="F51" s="28">
+        <v>8</v>
+      </c>
+      <c r="G51" s="12">
+        <v>263</v>
+      </c>
+      <c r="H51" s="13">
+        <v>86</v>
+      </c>
+      <c r="I51" s="28">
+        <v>47</v>
+      </c>
+      <c r="J51" s="28">
+        <v>50</v>
+      </c>
+      <c r="K51" s="28">
+        <v>32</v>
+      </c>
+      <c r="L51" s="28">
+        <v>13</v>
+      </c>
+      <c r="M51" s="12">
+        <v>228</v>
+      </c>
+      <c r="N51" s="13">
+        <v>6</v>
+      </c>
+      <c r="O51" s="28">
+        <v>52</v>
+      </c>
+      <c r="P51" s="28">
+        <v>46</v>
+      </c>
+      <c r="Q51" s="28">
+        <v>14</v>
+      </c>
+      <c r="R51" s="28">
+        <v>17</v>
+      </c>
+      <c r="S51" s="12">
+        <v>135</v>
+      </c>
+      <c r="T51" s="13">
+        <v>3</v>
+      </c>
+      <c r="U51" s="28">
+        <v>45</v>
+      </c>
+      <c r="V51" s="28">
+        <v>49</v>
+      </c>
+      <c r="W51" s="28">
+        <v>13</v>
+      </c>
+      <c r="X51" s="28">
+        <v>9</v>
+      </c>
+      <c r="Y51" s="12">
+        <v>119</v>
+      </c>
+      <c r="Z51" s="13">
+        <v>3</v>
+      </c>
+      <c r="AA51" s="28">
+        <v>42</v>
+      </c>
+      <c r="AB51" s="28">
+        <v>43</v>
+      </c>
+      <c r="AC51" s="28">
+        <v>15</v>
+      </c>
+      <c r="AD51" s="28">
+        <v>10</v>
+      </c>
+      <c r="AE51" s="12">
+        <v>113</v>
+      </c>
+      <c r="AF51" s="13">
+        <v>22</v>
+      </c>
+      <c r="AG51" s="28">
+        <v>43</v>
+      </c>
+      <c r="AH51" s="28">
+        <v>43</v>
+      </c>
+      <c r="AI51" s="28">
+        <v>19</v>
+      </c>
+      <c r="AJ51" s="28">
+        <v>11</v>
+      </c>
+      <c r="AK51" s="12">
+        <v>138</v>
+      </c>
+      <c r="AL51" s="13">
+        <v>6</v>
+      </c>
+      <c r="AM51" s="28">
+        <v>56</v>
+      </c>
+      <c r="AN51" s="28">
+        <v>24</v>
+      </c>
+      <c r="AO51" s="28">
+        <v>21</v>
+      </c>
+      <c r="AP51" s="28">
+        <v>8</v>
+      </c>
+      <c r="AQ51" s="12">
+        <v>115</v>
+      </c>
+      <c r="AR51" s="13">
+        <v>4</v>
+      </c>
+      <c r="AS51" s="28">
+        <v>46</v>
+      </c>
+      <c r="AT51" s="28">
+        <v>38</v>
+      </c>
+      <c r="AU51" s="28">
+        <v>19</v>
+      </c>
+      <c r="AV51" s="28">
+        <v>10</v>
+      </c>
+      <c r="AW51" s="12">
+        <v>117</v>
+      </c>
+      <c r="AX51" s="13">
+        <v>15</v>
+      </c>
+      <c r="AY51" s="28">
+        <v>56</v>
+      </c>
+      <c r="AZ51" s="28">
+        <v>38</v>
+      </c>
+      <c r="BA51" s="28">
+        <v>23</v>
+      </c>
+      <c r="BB51" s="28">
+        <v>20</v>
+      </c>
+      <c r="BC51" s="12">
+        <v>152</v>
+      </c>
+      <c r="BD51" s="13">
+        <v>27</v>
+      </c>
+      <c r="BE51" s="28">
+        <v>46</v>
+      </c>
+      <c r="BF51" s="28">
+        <v>22</v>
+      </c>
+      <c r="BG51" s="28">
+        <v>15</v>
+      </c>
+      <c r="BH51" s="28">
+        <v>18</v>
+      </c>
+      <c r="BI51" s="12">
+        <v>128</v>
+      </c>
+      <c r="BJ51" s="13">
+        <v>1</v>
+      </c>
+      <c r="BK51" s="28">
+        <v>5</v>
+      </c>
+      <c r="BL51" s="28">
+        <v>12</v>
+      </c>
+      <c r="BM51" s="28">
+        <v>15</v>
+      </c>
+      <c r="BN51" s="28">
+        <v>7</v>
+      </c>
+      <c r="BO51" s="12">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="52" spans="1:67">
+      <c r="A52" t="s">
+        <v>103</v>
+      </c>
+      <c r="B52" s="15">
+        <v>0</v>
+      </c>
+      <c r="C52" s="28">
+        <v>11</v>
+      </c>
+      <c r="D52" s="28">
+        <v>3</v>
+      </c>
+      <c r="E52" s="28">
+        <v>6</v>
+      </c>
+      <c r="F52" s="28">
+        <v>1</v>
+      </c>
+      <c r="G52" s="12">
+        <v>21</v>
+      </c>
+      <c r="H52" s="15">
+        <v>1</v>
+      </c>
+      <c r="I52" s="28">
+        <v>6</v>
+      </c>
+      <c r="J52" s="28">
+        <v>7</v>
+      </c>
+      <c r="K52" s="28">
+        <v>3</v>
+      </c>
+      <c r="L52" s="28">
+        <v>0</v>
+      </c>
+      <c r="M52" s="12">
+        <v>17</v>
+      </c>
+      <c r="N52" s="15">
+        <v>0</v>
+      </c>
+      <c r="O52" s="28">
+        <v>7</v>
+      </c>
+      <c r="P52" s="28">
+        <v>8</v>
+      </c>
+      <c r="Q52" s="28">
+        <v>5</v>
+      </c>
+      <c r="R52" s="28">
+        <v>1</v>
+      </c>
+      <c r="S52" s="12">
+        <v>21</v>
+      </c>
+      <c r="T52" s="15">
+        <v>0</v>
+      </c>
+      <c r="U52" s="28">
+        <v>11</v>
+      </c>
+      <c r="V52" s="28">
+        <v>7</v>
+      </c>
+      <c r="W52" s="28">
+        <v>0</v>
+      </c>
+      <c r="X52" s="28">
+        <v>2</v>
+      </c>
+      <c r="Y52" s="12">
+        <v>20</v>
+      </c>
+      <c r="Z52" s="15">
+        <v>1</v>
+      </c>
+      <c r="AA52" s="28">
+        <v>7</v>
+      </c>
+      <c r="AB52" s="28">
+        <v>2</v>
+      </c>
+      <c r="AC52" s="28">
+        <v>1</v>
+      </c>
+      <c r="AD52" s="28">
+        <v>2</v>
+      </c>
+      <c r="AE52" s="12">
+        <v>13</v>
+      </c>
+      <c r="AF52" s="15">
+        <v>0</v>
+      </c>
+      <c r="AG52" s="28">
+        <v>11</v>
+      </c>
+      <c r="AH52" s="28">
+        <v>11</v>
+      </c>
+      <c r="AI52" s="28">
+        <v>5</v>
+      </c>
+      <c r="AJ52" s="28">
+        <v>9</v>
+      </c>
+      <c r="AK52" s="12">
+        <v>36</v>
+      </c>
+      <c r="AL52" s="15">
+        <v>0</v>
+      </c>
+      <c r="AM52" s="28">
+        <v>7</v>
+      </c>
+      <c r="AN52" s="28">
+        <v>7</v>
+      </c>
+      <c r="AO52" s="28">
+        <v>0</v>
+      </c>
+      <c r="AP52" s="28">
+        <v>1</v>
+      </c>
+      <c r="AQ52" s="12">
+        <v>15</v>
+      </c>
+      <c r="AR52" s="15">
+        <v>0</v>
+      </c>
+      <c r="AS52" s="28">
+        <v>9</v>
+      </c>
+      <c r="AT52" s="28">
+        <v>6</v>
+      </c>
+      <c r="AU52" s="28">
+        <v>2</v>
+      </c>
+      <c r="AV52" s="28">
+        <v>1</v>
+      </c>
+      <c r="AW52" s="12">
+        <v>18</v>
+      </c>
+      <c r="AX52" s="15">
+        <v>1</v>
+      </c>
+      <c r="AY52" s="28">
+        <v>8</v>
+      </c>
+      <c r="AZ52" s="28">
+        <v>4</v>
+      </c>
+      <c r="BA52" s="28">
+        <v>0</v>
+      </c>
+      <c r="BB52" s="28">
+        <v>2</v>
+      </c>
+      <c r="BC52" s="12">
+        <v>15</v>
+      </c>
+      <c r="BD52" s="15">
+        <v>0</v>
+      </c>
+      <c r="BE52" s="28">
+        <v>4</v>
+      </c>
+      <c r="BF52" s="28">
+        <v>4</v>
+      </c>
+      <c r="BG52" s="28">
+        <v>6</v>
+      </c>
+      <c r="BH52" s="28">
+        <v>4</v>
+      </c>
+      <c r="BI52" s="12">
+        <v>18</v>
+      </c>
+      <c r="BJ52" s="15">
+        <v>0</v>
+      </c>
+      <c r="BK52" s="28">
+        <v>4</v>
+      </c>
+      <c r="BL52" s="28">
+        <v>2</v>
+      </c>
+      <c r="BM52" s="28">
+        <v>0</v>
+      </c>
+      <c r="BN52" s="28">
+        <v>1</v>
+      </c>
+      <c r="BO52" s="12">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="53" spans="1:67">
+      <c r="A53" t="s">
+        <v>104</v>
+      </c>
+      <c r="B53" s="13">
+        <v>5</v>
+      </c>
+      <c r="C53" s="28">
+        <v>16</v>
+      </c>
+      <c r="D53" s="28">
+        <v>7</v>
+      </c>
+      <c r="E53" s="28">
+        <v>7</v>
+      </c>
+      <c r="F53" s="6">
+        <v>0</v>
+      </c>
+      <c r="G53" s="12">
+        <v>35</v>
+      </c>
+      <c r="H53" s="13">
+        <v>2</v>
+      </c>
+      <c r="I53" s="28">
+        <v>17</v>
+      </c>
+      <c r="J53" s="28">
+        <v>11</v>
+      </c>
+      <c r="K53" s="28">
+        <v>7</v>
+      </c>
+      <c r="L53" s="6">
+        <v>1</v>
+      </c>
+      <c r="M53" s="12">
+        <v>38</v>
+      </c>
+      <c r="N53" s="13">
+        <v>0</v>
+      </c>
+      <c r="O53" s="28">
+        <v>17</v>
+      </c>
+      <c r="P53" s="28">
+        <v>21</v>
+      </c>
+      <c r="Q53" s="28">
+        <v>2</v>
+      </c>
+      <c r="R53" s="6">
+        <v>5</v>
+      </c>
+      <c r="S53" s="12">
+        <v>45</v>
+      </c>
+      <c r="T53" s="13">
+        <v>6</v>
+      </c>
+      <c r="U53" s="28">
+        <v>22</v>
+      </c>
+      <c r="V53" s="28">
+        <v>16</v>
+      </c>
+      <c r="W53" s="28">
+        <v>4</v>
+      </c>
+      <c r="X53" s="6">
+        <v>1</v>
+      </c>
+      <c r="Y53" s="12">
+        <v>49</v>
+      </c>
+      <c r="Z53" s="13">
+        <v>1</v>
+      </c>
+      <c r="AA53" s="28">
+        <v>16</v>
+      </c>
+      <c r="AB53" s="28">
+        <v>8</v>
+      </c>
+      <c r="AC53" s="28">
+        <v>4</v>
+      </c>
+      <c r="AD53" s="6">
+        <v>3</v>
+      </c>
+      <c r="AE53" s="12">
+        <v>32</v>
+      </c>
+      <c r="AF53" s="13">
+        <v>0</v>
+      </c>
+      <c r="AG53" s="28">
+        <v>17</v>
+      </c>
+      <c r="AH53" s="28">
+        <v>17</v>
+      </c>
+      <c r="AI53" s="28">
+        <v>5</v>
+      </c>
+      <c r="AJ53" s="6">
+        <v>2</v>
+      </c>
+      <c r="AK53" s="12">
+        <v>41</v>
+      </c>
+      <c r="AL53" s="13">
+        <v>0</v>
+      </c>
+      <c r="AM53" s="28">
+        <v>19</v>
+      </c>
+      <c r="AN53" s="28">
+        <v>12</v>
+      </c>
+      <c r="AO53" s="28">
+        <v>7</v>
+      </c>
+      <c r="AP53" s="6">
+        <v>6</v>
+      </c>
+      <c r="AQ53" s="12">
+        <v>44</v>
+      </c>
+      <c r="AR53" s="13">
+        <v>1</v>
+      </c>
+      <c r="AS53" s="28">
+        <v>16</v>
+      </c>
+      <c r="AT53" s="28">
+        <v>19</v>
+      </c>
+      <c r="AU53" s="28">
+        <v>3</v>
+      </c>
+      <c r="AV53" s="6">
+        <v>3</v>
+      </c>
+      <c r="AW53" s="12">
+        <v>42</v>
+      </c>
+      <c r="AX53" s="13">
+        <v>1</v>
+      </c>
+      <c r="AY53" s="28">
+        <v>30</v>
+      </c>
+      <c r="AZ53" s="28">
+        <v>29</v>
+      </c>
+      <c r="BA53" s="28">
+        <v>7</v>
+      </c>
+      <c r="BB53" s="6">
+        <v>3</v>
+      </c>
+      <c r="BC53" s="12">
+        <v>70</v>
+      </c>
+      <c r="BD53" s="13">
+        <v>3</v>
+      </c>
+      <c r="BE53" s="28">
+        <v>16</v>
+      </c>
+      <c r="BF53" s="28">
+        <v>21</v>
+      </c>
+      <c r="BG53" s="28">
+        <v>3</v>
+      </c>
+      <c r="BH53" s="6">
+        <v>8</v>
+      </c>
+      <c r="BI53" s="12">
+        <v>51</v>
+      </c>
+      <c r="BJ53" s="13">
+        <v>0</v>
+      </c>
+      <c r="BK53" s="28">
+        <v>5</v>
+      </c>
+      <c r="BL53" s="28">
+        <v>13</v>
+      </c>
+      <c r="BM53" s="28">
+        <v>6</v>
+      </c>
+      <c r="BN53" s="6">
+        <v>2</v>
+      </c>
+      <c r="BO53" s="12">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="54" spans="1:67">
+      <c r="A54" t="s">
+        <v>105</v>
+      </c>
+      <c r="B54" s="13">
+        <v>0</v>
+      </c>
+      <c r="C54" s="28">
+        <v>2</v>
+      </c>
+      <c r="D54" s="28">
+        <v>1</v>
+      </c>
+      <c r="E54" s="28">
+        <v>0</v>
+      </c>
+      <c r="F54" s="6">
+        <v>0</v>
+      </c>
+      <c r="G54" s="12">
+        <v>3</v>
+      </c>
+      <c r="H54" s="13">
+        <v>0</v>
+      </c>
+      <c r="I54" s="28">
+        <v>3</v>
+      </c>
+      <c r="J54" s="28">
+        <v>0</v>
+      </c>
+      <c r="K54" s="28">
+        <v>1</v>
+      </c>
+      <c r="L54" s="6">
+        <v>0</v>
+      </c>
+      <c r="M54" s="12">
+        <v>4</v>
+      </c>
+      <c r="N54" s="13">
+        <v>0</v>
+      </c>
+      <c r="O54" s="28">
+        <v>1</v>
+      </c>
+      <c r="P54" s="28">
+        <v>1</v>
+      </c>
+      <c r="Q54" s="28">
+        <v>0</v>
+      </c>
+      <c r="R54" s="6">
+        <v>0</v>
+      </c>
+      <c r="S54" s="12">
+        <v>2</v>
+      </c>
+      <c r="T54" s="13">
+        <v>1</v>
+      </c>
+      <c r="U54" s="28">
+        <v>2</v>
+      </c>
+      <c r="V54" s="28">
+        <v>1</v>
+      </c>
+      <c r="W54" s="28">
+        <v>2</v>
+      </c>
+      <c r="X54" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y54" s="12">
+        <v>6</v>
+      </c>
+      <c r="Z54" s="13">
+        <v>0</v>
+      </c>
+      <c r="AA54" s="28">
+        <v>2</v>
+      </c>
+      <c r="AB54" s="28">
+        <v>1</v>
+      </c>
+      <c r="AC54" s="28">
+        <v>0</v>
+      </c>
+      <c r="AD54" s="6">
+        <v>0</v>
+      </c>
+      <c r="AE54" s="12">
+        <v>3</v>
+      </c>
+      <c r="AF54" s="13">
+        <v>0</v>
+      </c>
+      <c r="AG54" s="28">
+        <v>1</v>
+      </c>
+      <c r="AH54" s="28">
+        <v>0</v>
+      </c>
+      <c r="AI54" s="28">
+        <v>1</v>
+      </c>
+      <c r="AJ54" s="6">
+        <v>1</v>
+      </c>
+      <c r="AK54" s="12">
+        <v>3</v>
+      </c>
+      <c r="AL54" s="13">
+        <v>0</v>
+      </c>
+      <c r="AM54" s="28">
+        <v>1</v>
+      </c>
+      <c r="AN54" s="28">
+        <v>0</v>
+      </c>
+      <c r="AO54" s="28">
+        <v>0</v>
+      </c>
+      <c r="AP54" s="6">
+        <v>1</v>
+      </c>
+      <c r="AQ54" s="12">
+        <v>2</v>
+      </c>
+      <c r="AR54" s="13">
+        <v>0</v>
+      </c>
+      <c r="AS54" s="28">
+        <v>1</v>
+      </c>
+      <c r="AT54" s="28">
+        <v>0</v>
+      </c>
+      <c r="AU54" s="28">
+        <v>0</v>
+      </c>
+      <c r="AV54" s="6">
+        <v>0</v>
+      </c>
+      <c r="AW54" s="12">
+        <v>1</v>
+      </c>
+      <c r="AX54" s="13">
+        <v>0</v>
+      </c>
+      <c r="AY54" s="28">
+        <v>4</v>
+      </c>
+      <c r="AZ54" s="28">
+        <v>0</v>
+      </c>
+      <c r="BA54" s="28">
+        <v>0</v>
+      </c>
+      <c r="BB54" s="6">
+        <v>0</v>
+      </c>
+      <c r="BC54" s="12">
+        <v>4</v>
+      </c>
+      <c r="BD54" s="13">
+        <v>0</v>
+      </c>
+      <c r="BE54" s="28">
+        <v>0</v>
+      </c>
+      <c r="BF54" s="28">
+        <v>1</v>
+      </c>
+      <c r="BG54" s="28">
+        <v>0</v>
+      </c>
+      <c r="BH54" s="6">
+        <v>1</v>
+      </c>
+      <c r="BI54" s="12">
+        <v>2</v>
+      </c>
+      <c r="BJ54" s="13">
+        <v>0</v>
+      </c>
+      <c r="BK54" s="28">
+        <v>0</v>
+      </c>
+      <c r="BL54" s="28">
+        <v>0</v>
+      </c>
+      <c r="BM54" s="28">
+        <v>0</v>
+      </c>
+      <c r="BN54" s="6">
+        <v>0</v>
+      </c>
+      <c r="BO54" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:67">
+      <c r="A55" t="s">
+        <v>106</v>
+      </c>
+      <c r="B55" s="13">
+        <v>0</v>
+      </c>
+      <c r="C55" s="28">
+        <v>0</v>
+      </c>
+      <c r="D55" s="28">
+        <v>0</v>
+      </c>
+      <c r="E55" s="28">
+        <v>0</v>
+      </c>
+      <c r="F55" s="6">
+        <v>0</v>
+      </c>
+      <c r="G55" s="12">
+        <v>0</v>
+      </c>
+      <c r="H55" s="13">
+        <v>0</v>
+      </c>
+      <c r="I55" s="28">
+        <v>0</v>
+      </c>
+      <c r="J55" s="28">
+        <v>0</v>
+      </c>
+      <c r="K55" s="28">
+        <v>0</v>
+      </c>
+      <c r="L55" s="6">
+        <v>0</v>
+      </c>
+      <c r="M55" s="12">
+        <v>0</v>
+      </c>
+      <c r="N55" s="13">
+        <v>0</v>
+      </c>
+      <c r="O55" s="28">
+        <v>0</v>
+      </c>
+      <c r="P55" s="28">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="28">
+        <v>0</v>
+      </c>
+      <c r="R55" s="6">
+        <v>0</v>
+      </c>
+      <c r="S55" s="12">
+        <v>0</v>
+      </c>
+      <c r="T55" s="13">
+        <v>0</v>
+      </c>
+      <c r="U55" s="28">
+        <v>0</v>
+      </c>
+      <c r="V55" s="28">
+        <v>0</v>
+      </c>
+      <c r="W55" s="28">
+        <v>0</v>
+      </c>
+      <c r="X55" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y55" s="12">
+        <v>0</v>
+      </c>
+      <c r="Z55" s="13">
+        <v>0</v>
+      </c>
+      <c r="AA55" s="28">
+        <v>0</v>
+      </c>
+      <c r="AB55" s="28">
+        <v>1</v>
+      </c>
+      <c r="AC55" s="28">
+        <v>0</v>
+      </c>
+      <c r="AD55" s="6">
+        <v>0</v>
+      </c>
+      <c r="AE55" s="12">
+        <v>1</v>
+      </c>
+      <c r="AF55" s="13">
+        <v>0</v>
+      </c>
+      <c r="AG55" s="28">
+        <v>0</v>
+      </c>
+      <c r="AH55" s="28">
+        <v>1</v>
+      </c>
+      <c r="AI55" s="28">
+        <v>1</v>
+      </c>
+      <c r="AJ55" s="6">
+        <v>0</v>
+      </c>
+      <c r="AK55" s="12">
+        <v>2</v>
+      </c>
+      <c r="AL55" s="13">
+        <v>0</v>
+      </c>
+      <c r="AM55" s="28">
+        <v>0</v>
+      </c>
+      <c r="AN55" s="28">
+        <v>0</v>
+      </c>
+      <c r="AO55" s="28">
+        <v>0</v>
+      </c>
+      <c r="AP55" s="6">
+        <v>0</v>
+      </c>
+      <c r="AQ55" s="12">
+        <v>0</v>
+      </c>
+      <c r="AR55" s="13">
+        <v>0</v>
+      </c>
+      <c r="AS55" s="28">
+        <v>0</v>
+      </c>
+      <c r="AT55" s="28">
+        <v>0</v>
+      </c>
+      <c r="AU55" s="28">
+        <v>0</v>
+      </c>
+      <c r="AV55" s="6">
+        <v>0</v>
+      </c>
+      <c r="AW55" s="12">
+        <v>0</v>
+      </c>
+      <c r="AX55" s="13">
+        <v>0</v>
+      </c>
+      <c r="AY55" s="28">
+        <v>0</v>
+      </c>
+      <c r="AZ55" s="28">
+        <v>0</v>
+      </c>
+      <c r="BA55" s="28">
+        <v>0</v>
+      </c>
+      <c r="BB55" s="6">
+        <v>1</v>
+      </c>
+      <c r="BC55" s="12">
+        <v>1</v>
+      </c>
+      <c r="BD55" s="13">
+        <v>0</v>
+      </c>
+      <c r="BE55" s="28">
+        <v>0</v>
+      </c>
+      <c r="BF55" s="28">
+        <v>0</v>
+      </c>
+      <c r="BG55" s="28">
+        <v>0</v>
+      </c>
+      <c r="BH55" s="6">
+        <v>0</v>
+      </c>
+      <c r="BI55" s="12">
+        <v>0</v>
+      </c>
+      <c r="BJ55" s="13">
+        <v>0</v>
+      </c>
+      <c r="BK55" s="28">
+        <v>0</v>
+      </c>
+      <c r="BL55" s="28">
+        <v>0</v>
+      </c>
+      <c r="BM55" s="28">
+        <v>0</v>
+      </c>
+      <c r="BN55" s="6">
+        <v>0</v>
+      </c>
+      <c r="BO55" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:67">
+      <c r="A56" s="90" t="s">
+        <v>96</v>
+      </c>
+      <c r="B56" s="83">
         <v>1132</v>
       </c>
-      <c r="C11" s="56">
+      <c r="C56" s="81">
+        <v>906</v>
+      </c>
+      <c r="D56" s="81">
+        <v>630</v>
+      </c>
+      <c r="E56" s="81">
+        <v>136</v>
+      </c>
+      <c r="F56" s="81">
+        <v>191</v>
+      </c>
+      <c r="G56" s="82">
+        <v>2995</v>
+      </c>
+      <c r="H56" s="83">
         <v>1443</v>
       </c>
-      <c r="D11" s="56">
+      <c r="I56" s="81">
+        <v>860</v>
+      </c>
+      <c r="J56" s="81">
+        <v>552</v>
+      </c>
+      <c r="K56" s="81">
+        <v>146</v>
+      </c>
+      <c r="L56" s="81">
+        <v>200</v>
+      </c>
+      <c r="M56" s="82">
+        <v>3201</v>
+      </c>
+      <c r="N56" s="83">
         <v>1135</v>
       </c>
-      <c r="E11" s="56">
+      <c r="O56" s="81">
+        <v>813</v>
+      </c>
+      <c r="P56" s="81">
+        <v>702</v>
+      </c>
+      <c r="Q56" s="81">
+        <v>122</v>
+      </c>
+      <c r="R56" s="81">
+        <v>205</v>
+      </c>
+      <c r="S56" s="82">
+        <v>2977</v>
+      </c>
+      <c r="T56" s="83">
         <v>1041</v>
       </c>
-      <c r="F11" s="56">
+      <c r="U56" s="81">
+        <v>860</v>
+      </c>
+      <c r="V56" s="81">
+        <v>499</v>
+      </c>
+      <c r="W56" s="81">
+        <v>117</v>
+      </c>
+      <c r="X56" s="81">
+        <v>191</v>
+      </c>
+      <c r="Y56" s="82">
+        <v>2708</v>
+      </c>
+      <c r="Z56" s="83">
         <v>1112</v>
       </c>
-      <c r="G11" s="56">
+      <c r="AA56" s="81">
+        <v>836</v>
+      </c>
+      <c r="AB56" s="81">
+        <v>486</v>
+      </c>
+      <c r="AC56" s="81">
+        <v>103</v>
+      </c>
+      <c r="AD56" s="81">
+        <v>226</v>
+      </c>
+      <c r="AE56" s="82">
+        <v>2763</v>
+      </c>
+      <c r="AF56" s="83">
         <v>827</v>
       </c>
-      <c r="H11" s="56">
+      <c r="AG56" s="81">
+        <v>777</v>
+      </c>
+      <c r="AH56" s="81">
+        <v>382</v>
+      </c>
+      <c r="AI56" s="81">
+        <v>95</v>
+      </c>
+      <c r="AJ56" s="81">
+        <v>259</v>
+      </c>
+      <c r="AK56" s="82">
+        <v>2340</v>
+      </c>
+      <c r="AL56" s="83">
         <v>782</v>
       </c>
-      <c r="I11" s="56">
+      <c r="AM56" s="81">
+        <v>828</v>
+      </c>
+      <c r="AN56" s="81">
+        <v>352</v>
+      </c>
+      <c r="AO56" s="81">
+        <v>108</v>
+      </c>
+      <c r="AP56" s="81">
+        <v>246</v>
+      </c>
+      <c r="AQ56" s="82">
+        <v>2316</v>
+      </c>
+      <c r="AR56" s="83">
         <v>680</v>
       </c>
-      <c r="J11" s="56">
+      <c r="AS56" s="81">
+        <v>813</v>
+      </c>
+      <c r="AT56" s="81">
+        <v>347</v>
+      </c>
+      <c r="AU56" s="81">
+        <v>106</v>
+      </c>
+      <c r="AV56" s="81">
+        <v>236</v>
+      </c>
+      <c r="AW56" s="82">
+        <v>2182</v>
+      </c>
+      <c r="AX56" s="83">
         <v>1087</v>
       </c>
-      <c r="K11" s="56">
+      <c r="AY56" s="81">
+        <v>975</v>
+      </c>
+      <c r="AZ56" s="81">
+        <v>385</v>
+      </c>
+      <c r="BA56" s="81">
+        <v>102</v>
+      </c>
+      <c r="BB56" s="81">
+        <v>342</v>
+      </c>
+      <c r="BC56" s="82">
+        <v>2891</v>
+      </c>
+      <c r="BD56" s="83">
         <v>987</v>
       </c>
-      <c r="L11" s="40"/>
-[...34 lines deleted...]
-      <c r="K12" s="56">
+      <c r="BE56" s="81">
         <v>736</v>
       </c>
-      <c r="L12" s="40"/>
-[...34 lines deleted...]
-      <c r="K13" s="56">
+      <c r="BF56" s="81">
         <v>246</v>
       </c>
-      <c r="L13" s="40"/>
-[...25 lines deleted...]
-      <c r="H14" s="56">
+      <c r="BG56" s="81">
+        <v>90</v>
+      </c>
+      <c r="BH56" s="81">
+        <v>328</v>
+      </c>
+      <c r="BI56" s="82">
+        <v>2387</v>
+      </c>
+      <c r="BJ56" s="83">
+        <v>277</v>
+      </c>
+      <c r="BK56" s="81">
+        <v>215</v>
+      </c>
+      <c r="BL56" s="81">
         <v>108</v>
       </c>
-      <c r="I14" s="56">
-[...369 lines deleted...]
-      <c r="G25" s="56">
+      <c r="BM56" s="81">
+        <v>68</v>
+      </c>
+      <c r="BN56" s="81">
+        <v>129</v>
+      </c>
+      <c r="BO56" s="82">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="57" spans="1:67">
+      <c r="A57" s="29" t="s">
         <v>36</v>
       </c>
-      <c r="H25" s="56">
-[...1023 lines deleted...]
-      <c r="BF46" s="40">
+    </row>
+    <row r="59" spans="1:67" ht="81.75" customHeight="1">
+      <c r="A59" s="7" t="s">
+        <v>478</v>
+      </c>
+      <c r="B59" s="121" t="s">
         <v>31</v>
       </c>
-      <c r="BG46" s="40">
-[...1876 lines deleted...]
-      <c r="H59" s="10"/>
+      <c r="C59" s="122"/>
+      <c r="D59" s="122"/>
+      <c r="E59" s="122"/>
+      <c r="F59" s="122"/>
+      <c r="G59" s="122"/>
+      <c r="H59" s="5"/>
     </row>
   </sheetData>
-  <mergeCells count="12">
-[...2 lines deleted...]
-    <mergeCell ref="AR42:AW42"/>
+  <mergeCells count="13">
     <mergeCell ref="B59:G59"/>
     <mergeCell ref="AL42:AQ42"/>
+    <mergeCell ref="BJ42:BO42"/>
     <mergeCell ref="A42:A43"/>
     <mergeCell ref="B42:G42"/>
     <mergeCell ref="H42:M42"/>
     <mergeCell ref="AF42:AK42"/>
     <mergeCell ref="Z42:AE42"/>
     <mergeCell ref="T42:Y42"/>
     <mergeCell ref="N42:S42"/>
+    <mergeCell ref="BD42:BI42"/>
+    <mergeCell ref="AX42:BC42"/>
+    <mergeCell ref="AR42:AW42"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A2:DQ188"/>
+  <dimension ref="A1:EC188"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="D4" sqref="D4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.7109375" customWidth="1"/>
     <col min="2" max="2" width="14.140625" customWidth="1"/>
     <col min="4" max="4" width="12.5703125" customWidth="1"/>
     <col min="6" max="6" width="12.140625" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="12.140625" customWidth="1"/>
     <col min="10" max="10" width="12" customWidth="1"/>
     <col min="12" max="12" width="12.42578125" customWidth="1"/>
     <col min="14" max="14" width="12" customWidth="1"/>
     <col min="16" max="16" width="11.7109375" customWidth="1"/>
     <col min="18" max="18" width="11.85546875" customWidth="1"/>
     <col min="20" max="20" width="12.140625" customWidth="1"/>
     <col min="22" max="22" width="12.140625" customWidth="1"/>
     <col min="24" max="24" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:71" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="3" t="s">
+    <row r="1" spans="1:78" s="66" customFormat="1" ht="30" customHeight="1">
+      <c r="A1" s="65"/>
+    </row>
+    <row r="2" spans="1:78" s="68" customFormat="1" ht="31.5">
+      <c r="A2" s="67" t="s">
         <v>37</v>
       </c>
-      <c r="B2" s="48"/>
-[...18 lines deleted...]
-      <c r="I4" s="133" t="s">
+      <c r="B2" s="67"/>
+      <c r="C2" s="67"/>
+      <c r="D2" s="67"/>
+      <c r="E2" s="67"/>
+      <c r="F2" s="67"/>
+      <c r="G2" s="67"/>
+      <c r="H2" s="67"/>
+      <c r="I2" s="67"/>
+      <c r="J2" s="67"/>
+      <c r="K2" s="67"/>
+    </row>
+    <row r="3" spans="1:78" s="69" customFormat="1">
+      <c r="A3" s="69" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="4" spans="1:78" ht="85.5" customHeight="1">
+      <c r="A4" s="139" t="s">
+        <v>479</v>
+      </c>
+      <c r="I4" s="132" t="s">
         <v>53</v>
       </c>
-      <c r="J4" s="134"/>
-[...7 lines deleted...]
-      <c r="A6" s="4" t="s">
+      <c r="J4" s="133"/>
+      <c r="K4" s="133"/>
+      <c r="L4" s="134"/>
+    </row>
+    <row r="5" spans="1:78">
+      <c r="A5" s="30"/>
+    </row>
+    <row r="6" spans="1:78" ht="18.75" customHeight="1">
+      <c r="A6" s="2" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="7" spans="1:71" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="A8" s="136" t="s">
+    <row r="7" spans="1:78" ht="18.75" customHeight="1">
+      <c r="A7" s="2"/>
+    </row>
+    <row r="8" spans="1:78" ht="17.25" customHeight="1">
+      <c r="A8" s="135" t="s">
         <v>32</v>
       </c>
-      <c r="B8" s="113">
+      <c r="B8" s="112">
         <v>2014</v>
       </c>
-      <c r="C8" s="113"/>
-[...5 lines deleted...]
-      <c r="I8" s="113">
+      <c r="C8" s="112"/>
+      <c r="D8" s="112"/>
+      <c r="E8" s="112"/>
+      <c r="F8" s="112"/>
+      <c r="G8" s="112"/>
+      <c r="H8" s="113"/>
+      <c r="I8" s="112">
         <v>2015</v>
       </c>
-      <c r="J8" s="113"/>
-[...5 lines deleted...]
-      <c r="P8" s="113">
+      <c r="J8" s="112"/>
+      <c r="K8" s="112"/>
+      <c r="L8" s="112"/>
+      <c r="M8" s="112"/>
+      <c r="N8" s="112"/>
+      <c r="O8" s="113"/>
+      <c r="P8" s="112">
         <v>2016</v>
       </c>
-      <c r="Q8" s="113"/>
-[...5 lines deleted...]
-      <c r="W8" s="113">
+      <c r="Q8" s="112"/>
+      <c r="R8" s="112"/>
+      <c r="S8" s="112"/>
+      <c r="T8" s="112"/>
+      <c r="U8" s="112"/>
+      <c r="V8" s="113"/>
+      <c r="W8" s="112">
         <v>2017</v>
       </c>
-      <c r="X8" s="113"/>
-[...5 lines deleted...]
-      <c r="AD8" s="113">
+      <c r="X8" s="112"/>
+      <c r="Y8" s="112"/>
+      <c r="Z8" s="112"/>
+      <c r="AA8" s="112"/>
+      <c r="AB8" s="112"/>
+      <c r="AC8" s="113"/>
+      <c r="AD8" s="112">
         <v>2018</v>
       </c>
-      <c r="AE8" s="113"/>
-[...5 lines deleted...]
-      <c r="AK8" s="113">
+      <c r="AE8" s="112"/>
+      <c r="AF8" s="112"/>
+      <c r="AG8" s="112"/>
+      <c r="AH8" s="112"/>
+      <c r="AI8" s="112"/>
+      <c r="AJ8" s="113"/>
+      <c r="AK8" s="112">
         <v>2019</v>
       </c>
-      <c r="AL8" s="113"/>
-[...5 lines deleted...]
-      <c r="AR8" s="113">
+      <c r="AL8" s="112"/>
+      <c r="AM8" s="112"/>
+      <c r="AN8" s="112"/>
+      <c r="AO8" s="112"/>
+      <c r="AP8" s="112"/>
+      <c r="AQ8" s="113"/>
+      <c r="AR8" s="112">
         <v>2020</v>
       </c>
-      <c r="AS8" s="113"/>
-[...5 lines deleted...]
-      <c r="AY8" s="113">
+      <c r="AS8" s="112"/>
+      <c r="AT8" s="112"/>
+      <c r="AU8" s="112"/>
+      <c r="AV8" s="112"/>
+      <c r="AW8" s="112"/>
+      <c r="AX8" s="113"/>
+      <c r="AY8" s="112">
         <v>2021</v>
       </c>
-      <c r="AZ8" s="113"/>
-[...5 lines deleted...]
-      <c r="BF8" s="113">
+      <c r="AZ8" s="112"/>
+      <c r="BA8" s="112"/>
+      <c r="BB8" s="112"/>
+      <c r="BC8" s="112"/>
+      <c r="BD8" s="112"/>
+      <c r="BE8" s="113"/>
+      <c r="BF8" s="112">
         <v>2022</v>
       </c>
-      <c r="BG8" s="113"/>
-[...5 lines deleted...]
-      <c r="BM8" s="113">
+      <c r="BG8" s="112"/>
+      <c r="BH8" s="112"/>
+      <c r="BI8" s="112"/>
+      <c r="BJ8" s="112"/>
+      <c r="BK8" s="112"/>
+      <c r="BL8" s="113"/>
+      <c r="BM8" s="112">
         <v>2023</v>
       </c>
-      <c r="BN8" s="113"/>
-[...8 lines deleted...]
-      <c r="B9" s="46" t="s">
+      <c r="BN8" s="112"/>
+      <c r="BO8" s="112"/>
+      <c r="BP8" s="112"/>
+      <c r="BQ8" s="112"/>
+      <c r="BR8" s="112"/>
+      <c r="BS8" s="113"/>
+      <c r="BT8" s="112">
+        <v>2024</v>
+      </c>
+      <c r="BU8" s="112"/>
+      <c r="BV8" s="112"/>
+      <c r="BW8" s="112"/>
+      <c r="BX8" s="112"/>
+      <c r="BY8" s="112"/>
+      <c r="BZ8" s="113"/>
+    </row>
+    <row r="9" spans="1:78" ht="45" customHeight="1">
+      <c r="A9" s="136"/>
+      <c r="B9" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="C9" s="70" t="s">
+      <c r="C9" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="D9" s="71" t="s">
+      <c r="D9" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="E9" s="72" t="s">
+      <c r="E9" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="F9" s="73" t="s">
+      <c r="F9" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="G9" s="72" t="s">
+      <c r="G9" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="H9" s="74" t="s">
+      <c r="H9" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="I9" s="46" t="s">
+      <c r="I9" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="J9" s="70" t="s">
+      <c r="J9" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="K9" s="71" t="s">
+      <c r="K9" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="L9" s="72" t="s">
+      <c r="L9" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="M9" s="73" t="s">
+      <c r="M9" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="N9" s="72" t="s">
+      <c r="N9" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="O9" s="74" t="s">
+      <c r="O9" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="P9" s="46" t="s">
+      <c r="P9" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="Q9" s="70" t="s">
+      <c r="Q9" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="R9" s="71" t="s">
+      <c r="R9" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="S9" s="72" t="s">
+      <c r="S9" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="T9" s="73" t="s">
+      <c r="T9" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="U9" s="72" t="s">
+      <c r="U9" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="V9" s="74" t="s">
+      <c r="V9" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="W9" s="46" t="s">
+      <c r="W9" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="X9" s="70" t="s">
+      <c r="X9" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="Y9" s="71" t="s">
+      <c r="Y9" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="Z9" s="72" t="s">
+      <c r="Z9" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="AA9" s="73" t="s">
+      <c r="AA9" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="AB9" s="72" t="s">
+      <c r="AB9" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="AC9" s="74" t="s">
+      <c r="AC9" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="AD9" s="46" t="s">
+      <c r="AD9" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="AE9" s="70" t="s">
+      <c r="AE9" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="AF9" s="71" t="s">
+      <c r="AF9" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="AG9" s="72" t="s">
+      <c r="AG9" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="AH9" s="73" t="s">
+      <c r="AH9" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="AI9" s="72" t="s">
+      <c r="AI9" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="AJ9" s="74" t="s">
+      <c r="AJ9" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="AK9" s="46" t="s">
+      <c r="AK9" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="AL9" s="70" t="s">
+      <c r="AL9" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="AM9" s="71" t="s">
+      <c r="AM9" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="AN9" s="72" t="s">
+      <c r="AN9" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="AO9" s="73" t="s">
+      <c r="AO9" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="AP9" s="72" t="s">
+      <c r="AP9" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="AQ9" s="74" t="s">
+      <c r="AQ9" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="AR9" s="46" t="s">
+      <c r="AR9" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="AS9" s="70" t="s">
+      <c r="AS9" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="AT9" s="71" t="s">
+      <c r="AT9" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="AU9" s="72" t="s">
+      <c r="AU9" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="AV9" s="73" t="s">
+      <c r="AV9" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="AW9" s="72" t="s">
+      <c r="AW9" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="AX9" s="74" t="s">
+      <c r="AX9" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="AY9" s="46" t="s">
+      <c r="AY9" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="AZ9" s="70" t="s">
+      <c r="AZ9" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="BA9" s="71" t="s">
+      <c r="BA9" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="BB9" s="72" t="s">
+      <c r="BB9" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="BC9" s="73" t="s">
+      <c r="BC9" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="BD9" s="72" t="s">
+      <c r="BD9" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="BE9" s="74" t="s">
+      <c r="BE9" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="BF9" s="46" t="s">
+      <c r="BF9" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="BG9" s="70" t="s">
+      <c r="BG9" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="BH9" s="71" t="s">
+      <c r="BH9" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="BI9" s="72" t="s">
+      <c r="BI9" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="BJ9" s="73" t="s">
+      <c r="BJ9" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="BK9" s="72" t="s">
+      <c r="BK9" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="BL9" s="74" t="s">
+      <c r="BL9" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="BM9" s="46" t="s">
+      <c r="BM9" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="BN9" s="70" t="s">
+      <c r="BN9" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="BO9" s="71" t="s">
+      <c r="BO9" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="BP9" s="72" t="s">
+      <c r="BP9" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="BQ9" s="73" t="s">
+      <c r="BQ9" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="BR9" s="72" t="s">
+      <c r="BR9" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="BS9" s="74" t="s">
+      <c r="BS9" s="95" t="s">
         <v>45</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B10" s="83">
+      <c r="BT9" s="79" t="s">
+        <v>39</v>
+      </c>
+      <c r="BU9" s="91" t="s">
+        <v>40</v>
+      </c>
+      <c r="BV9" s="92" t="s">
+        <v>41</v>
+      </c>
+      <c r="BW9" s="93" t="s">
+        <v>42</v>
+      </c>
+      <c r="BX9" s="94" t="s">
+        <v>43</v>
+      </c>
+      <c r="BY9" s="93" t="s">
+        <v>44</v>
+      </c>
+      <c r="BZ9" s="95" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="10" spans="1:78">
+      <c r="A10" s="39" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" s="41">
         <v>618</v>
       </c>
-      <c r="C10" s="84" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="85" t="s">
+      <c r="C10" s="42" t="s">
+        <v>107</v>
+      </c>
+      <c r="D10" s="43" t="s">
+        <v>108</v>
+      </c>
+      <c r="E10" s="44" t="s">
+        <v>109</v>
+      </c>
+      <c r="F10" s="45" t="s">
+        <v>110</v>
+      </c>
+      <c r="G10" s="44" t="s">
+        <v>111</v>
+      </c>
+      <c r="H10" s="46" t="s">
+        <v>112</v>
+      </c>
+      <c r="I10" s="41">
+        <v>538</v>
+      </c>
+      <c r="J10" s="42" t="s">
+        <v>113</v>
+      </c>
+      <c r="K10" s="43" t="s">
+        <v>114</v>
+      </c>
+      <c r="L10" s="44" t="s">
+        <v>115</v>
+      </c>
+      <c r="M10" s="45" t="s">
+        <v>116</v>
+      </c>
+      <c r="N10" s="44" t="s">
+        <v>117</v>
+      </c>
+      <c r="O10" s="46" t="s">
+        <v>112</v>
+      </c>
+      <c r="P10" s="41">
+        <v>682</v>
+      </c>
+      <c r="Q10" s="42" t="s">
+        <v>111</v>
+      </c>
+      <c r="R10" s="43" t="s">
+        <v>118</v>
+      </c>
+      <c r="S10" s="44" t="s">
+        <v>119</v>
+      </c>
+      <c r="T10" s="45" t="s">
+        <v>120</v>
+      </c>
+      <c r="U10" s="44" t="s">
+        <v>121</v>
+      </c>
+      <c r="V10" s="46" t="s">
+        <v>122</v>
+      </c>
+      <c r="W10" s="41">
+        <v>480</v>
+      </c>
+      <c r="X10" s="42" t="s">
+        <v>123</v>
+      </c>
+      <c r="Y10" s="43" t="s">
+        <v>124</v>
+      </c>
+      <c r="Z10" s="44" t="s">
+        <v>125</v>
+      </c>
+      <c r="AA10" s="45" t="s">
+        <v>126</v>
+      </c>
+      <c r="AB10" s="44" t="s">
+        <v>127</v>
+      </c>
+      <c r="AC10" s="46" t="s">
+        <v>128</v>
+      </c>
+      <c r="AD10" s="41">
+        <v>476</v>
+      </c>
+      <c r="AE10" s="42" t="s">
+        <v>129</v>
+      </c>
+      <c r="AF10" s="43" t="s">
+        <v>130</v>
+      </c>
+      <c r="AG10" s="44" t="s">
+        <v>131</v>
+      </c>
+      <c r="AH10" s="45" t="s">
+        <v>132</v>
+      </c>
+      <c r="AI10" s="44" t="s">
+        <v>133</v>
+      </c>
+      <c r="AJ10" s="46" t="s">
+        <v>112</v>
+      </c>
+      <c r="AK10" s="41">
+        <v>366</v>
+      </c>
+      <c r="AL10" s="42" t="s">
+        <v>134</v>
+      </c>
+      <c r="AM10" s="43" t="s">
+        <v>135</v>
+      </c>
+      <c r="AN10" s="44" t="s">
+        <v>115</v>
+      </c>
+      <c r="AO10" s="45" t="s">
+        <v>136</v>
+      </c>
+      <c r="AP10" s="44" t="s">
+        <v>127</v>
+      </c>
+      <c r="AQ10" s="46" t="s">
+        <v>137</v>
+      </c>
+      <c r="AR10" s="41">
+        <v>348</v>
+      </c>
+      <c r="AS10" s="42" t="s">
+        <v>138</v>
+      </c>
+      <c r="AT10" s="43" t="s">
+        <v>139</v>
+      </c>
+      <c r="AU10" s="44" t="s">
+        <v>140</v>
+      </c>
+      <c r="AV10" s="45" t="s">
+        <v>141</v>
+      </c>
+      <c r="AW10" s="44" t="s">
+        <v>127</v>
+      </c>
+      <c r="AX10" s="46" t="s">
+        <v>142</v>
+      </c>
+      <c r="AY10" s="41">
+        <v>342</v>
+      </c>
+      <c r="AZ10" s="42" t="s">
+        <v>143</v>
+      </c>
+      <c r="BA10" s="43" t="s">
+        <v>124</v>
+      </c>
+      <c r="BB10" s="44" t="s">
+        <v>140</v>
+      </c>
+      <c r="BC10" s="45" t="s">
+        <v>141</v>
+      </c>
+      <c r="BD10" s="44" t="s">
+        <v>127</v>
+      </c>
+      <c r="BE10" s="46" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF10" s="41">
+        <v>369</v>
+      </c>
+      <c r="BG10" s="42" t="s">
+        <v>145</v>
+      </c>
+      <c r="BH10" s="43" t="s">
+        <v>146</v>
+      </c>
+      <c r="BI10" s="44" t="s">
+        <v>147</v>
+      </c>
+      <c r="BJ10" s="45" t="s">
+        <v>141</v>
+      </c>
+      <c r="BK10" s="44" t="s">
+        <v>133</v>
+      </c>
+      <c r="BL10" s="46" t="s">
+        <v>148</v>
+      </c>
+      <c r="BM10" s="41">
+        <v>230</v>
+      </c>
+      <c r="BN10" s="42" t="s">
+        <v>149</v>
+      </c>
+      <c r="BO10" s="43" t="s">
+        <v>150</v>
+      </c>
+      <c r="BP10" s="44" t="s">
+        <v>147</v>
+      </c>
+      <c r="BQ10" s="45" t="s">
+        <v>151</v>
+      </c>
+      <c r="BR10" s="44" t="s">
+        <v>152</v>
+      </c>
+      <c r="BS10" s="46" t="s">
+        <v>148</v>
+      </c>
+      <c r="BT10" s="41">
         <v>99</v>
       </c>
-      <c r="E10" s="86" t="s">
-[...26 lines deleted...]
-      <c r="N10" s="86" t="s">
+      <c r="BU10" s="42" t="s">
+        <v>153</v>
+      </c>
+      <c r="BV10" s="43" t="s">
+        <v>154</v>
+      </c>
+      <c r="BW10" s="44" t="s">
+        <v>155</v>
+      </c>
+      <c r="BX10" s="45" t="s">
+        <v>147</v>
+      </c>
+      <c r="BY10" s="44" t="s">
+        <v>117</v>
+      </c>
+      <c r="BZ10" s="46" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="11" spans="1:78">
+      <c r="A11" s="37" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" s="41">
+        <v>130</v>
+      </c>
+      <c r="C11" s="42" t="s">
+        <v>157</v>
+      </c>
+      <c r="D11" s="43" t="s">
+        <v>158</v>
+      </c>
+      <c r="E11" s="44" t="s">
+        <v>159</v>
+      </c>
+      <c r="F11" s="45" t="s">
+        <v>120</v>
+      </c>
+      <c r="G11" s="44" t="s">
+        <v>160</v>
+      </c>
+      <c r="H11" s="46" t="s">
+        <v>161</v>
+      </c>
+      <c r="I11" s="41">
+        <v>142</v>
+      </c>
+      <c r="J11" s="42" t="s">
+        <v>162</v>
+      </c>
+      <c r="K11" s="43" t="s">
+        <v>163</v>
+      </c>
+      <c r="L11" s="44" t="s">
+        <v>159</v>
+      </c>
+      <c r="M11" s="45" t="s">
+        <v>120</v>
+      </c>
+      <c r="N11" s="44" t="s">
+        <v>164</v>
+      </c>
+      <c r="O11" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="P11" s="41">
+        <v>119</v>
+      </c>
+      <c r="Q11" s="42" t="s">
+        <v>166</v>
+      </c>
+      <c r="R11" s="43" t="s">
+        <v>167</v>
+      </c>
+      <c r="S11" s="44" t="s">
+        <v>168</v>
+      </c>
+      <c r="T11" s="45" t="s">
+        <v>120</v>
+      </c>
+      <c r="U11" s="44" t="s">
+        <v>169</v>
+      </c>
+      <c r="V11" s="46" t="s">
+        <v>170</v>
+      </c>
+      <c r="W11" s="41">
         <v>108</v>
       </c>
-      <c r="O10" s="88" t="s">
-[...11 lines deleted...]
-      <c r="S10" s="86" t="s">
+      <c r="X11" s="42" t="s">
+        <v>171</v>
+      </c>
+      <c r="Y11" s="43" t="s">
+        <v>172</v>
+      </c>
+      <c r="Z11" s="44" t="s">
+        <v>118</v>
+      </c>
+      <c r="AA11" s="45" t="s">
+        <v>120</v>
+      </c>
+      <c r="AB11" s="44" t="s">
+        <v>152</v>
+      </c>
+      <c r="AC11" s="46" t="s">
+        <v>148</v>
+      </c>
+      <c r="AD11" s="41">
+        <v>93</v>
+      </c>
+      <c r="AE11" s="42" t="s">
+        <v>149</v>
+      </c>
+      <c r="AF11" s="43" t="s">
+        <v>167</v>
+      </c>
+      <c r="AG11" s="44" t="s">
+        <v>159</v>
+      </c>
+      <c r="AH11" s="45" t="s">
+        <v>120</v>
+      </c>
+      <c r="AI11" s="44" t="s">
+        <v>137</v>
+      </c>
+      <c r="AJ11" s="46" t="s">
+        <v>148</v>
+      </c>
+      <c r="AK11" s="41">
+        <v>93</v>
+      </c>
+      <c r="AL11" s="42" t="s">
+        <v>169</v>
+      </c>
+      <c r="AM11" s="43" t="s">
+        <v>173</v>
+      </c>
+      <c r="AN11" s="44" t="s">
+        <v>159</v>
+      </c>
+      <c r="AO11" s="45" t="s">
+        <v>151</v>
+      </c>
+      <c r="AP11" s="44" t="s">
+        <v>174</v>
+      </c>
+      <c r="AQ11" s="46" t="s">
+        <v>175</v>
+      </c>
+      <c r="AR11" s="41">
+        <v>97</v>
+      </c>
+      <c r="AS11" s="42" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT11" s="43" t="s">
+        <v>177</v>
+      </c>
+      <c r="AU11" s="44" t="s">
+        <v>178</v>
+      </c>
+      <c r="AV11" s="45" t="s">
+        <v>151</v>
+      </c>
+      <c r="AW11" s="44" t="s">
+        <v>179</v>
+      </c>
+      <c r="AX11" s="46" t="s">
+        <v>148</v>
+      </c>
+      <c r="AY11" s="41">
+        <v>92</v>
+      </c>
+      <c r="AZ11" s="42" t="s">
+        <v>180</v>
+      </c>
+      <c r="BA11" s="43" t="s">
+        <v>167</v>
+      </c>
+      <c r="BB11" s="44" t="s">
+        <v>159</v>
+      </c>
+      <c r="BC11" s="45" t="s">
+        <v>181</v>
+      </c>
+      <c r="BD11" s="44" t="s">
+        <v>182</v>
+      </c>
+      <c r="BE11" s="46" t="s">
+        <v>183</v>
+      </c>
+      <c r="BF11" s="41">
+        <v>95</v>
+      </c>
+      <c r="BG11" s="42" t="s">
+        <v>184</v>
+      </c>
+      <c r="BH11" s="43" t="s">
+        <v>185</v>
+      </c>
+      <c r="BI11" s="44" t="s">
+        <v>186</v>
+      </c>
+      <c r="BJ11" s="45" t="s">
+        <v>187</v>
+      </c>
+      <c r="BK11" s="44" t="s">
+        <v>156</v>
+      </c>
+      <c r="BL11" s="46" t="s">
+        <v>188</v>
+      </c>
+      <c r="BM11" s="41">
+        <v>76</v>
+      </c>
+      <c r="BN11" s="42" t="s">
+        <v>189</v>
+      </c>
+      <c r="BO11" s="43" t="s">
+        <v>167</v>
+      </c>
+      <c r="BP11" s="44" t="s">
+        <v>190</v>
+      </c>
+      <c r="BQ11" s="45" t="s">
+        <v>111</v>
+      </c>
+      <c r="BR11" s="44" t="s">
+        <v>156</v>
+      </c>
+      <c r="BS11" s="46" t="s">
+        <v>191</v>
+      </c>
+      <c r="BT11" s="41">
+        <v>57</v>
+      </c>
+      <c r="BU11" s="42" t="s">
+        <v>151</v>
+      </c>
+      <c r="BV11" s="43" t="s">
+        <v>185</v>
+      </c>
+      <c r="BW11" s="44" t="s">
+        <v>163</v>
+      </c>
+      <c r="BX11" s="45" t="s">
+        <v>192</v>
+      </c>
+      <c r="BY11" s="44" t="s">
+        <v>193</v>
+      </c>
+      <c r="BZ11" s="46" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="12" spans="1:78">
+      <c r="A12" s="37" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" s="41">
+        <v>901</v>
+      </c>
+      <c r="C12" s="42" t="s">
+        <v>195</v>
+      </c>
+      <c r="D12" s="43" t="s">
+        <v>141</v>
+      </c>
+      <c r="E12" s="44" t="s">
+        <v>152</v>
+      </c>
+      <c r="F12" s="45" t="s">
+        <v>196</v>
+      </c>
+      <c r="G12" s="44" t="s">
+        <v>197</v>
+      </c>
+      <c r="H12" s="46" t="s">
+        <v>198</v>
+      </c>
+      <c r="I12" s="41">
+        <v>856</v>
+      </c>
+      <c r="J12" s="42" t="s">
+        <v>199</v>
+      </c>
+      <c r="K12" s="43" t="s">
+        <v>117</v>
+      </c>
+      <c r="L12" s="44" t="s">
+        <v>200</v>
+      </c>
+      <c r="M12" s="45" t="s">
+        <v>201</v>
+      </c>
+      <c r="N12" s="44" t="s">
+        <v>191</v>
+      </c>
+      <c r="O12" s="46" t="s">
+        <v>202</v>
+      </c>
+      <c r="P12" s="41">
+        <v>811</v>
+      </c>
+      <c r="Q12" s="42" t="s">
+        <v>203</v>
+      </c>
+      <c r="R12" s="43" t="s">
+        <v>171</v>
+      </c>
+      <c r="S12" s="44" t="s">
+        <v>204</v>
+      </c>
+      <c r="T12" s="45" t="s">
+        <v>194</v>
+      </c>
+      <c r="U12" s="44" t="s">
+        <v>170</v>
+      </c>
+      <c r="V12" s="46" t="s">
+        <v>205</v>
+      </c>
+      <c r="W12" s="41">
+        <v>855</v>
+      </c>
+      <c r="X12" s="42" t="s">
+        <v>206</v>
+      </c>
+      <c r="Y12" s="43" t="s">
+        <v>111</v>
+      </c>
+      <c r="Z12" s="44" t="s">
+        <v>204</v>
+      </c>
+      <c r="AA12" s="45" t="s">
+        <v>207</v>
+      </c>
+      <c r="AB12" s="44" t="s">
+        <v>170</v>
+      </c>
+      <c r="AC12" s="46" t="s">
+        <v>208</v>
+      </c>
+      <c r="AD12" s="41">
+        <v>832</v>
+      </c>
+      <c r="AE12" s="42" t="s">
+        <v>209</v>
+      </c>
+      <c r="AF12" s="43" t="s">
+        <v>210</v>
+      </c>
+      <c r="AG12" s="44" t="s">
+        <v>156</v>
+      </c>
+      <c r="AH12" s="45" t="s">
+        <v>211</v>
+      </c>
+      <c r="AI12" s="44" t="s">
+        <v>212</v>
+      </c>
+      <c r="AJ12" s="46" t="s">
+        <v>213</v>
+      </c>
+      <c r="AK12" s="41">
+        <v>774</v>
+      </c>
+      <c r="AL12" s="42" t="s">
+        <v>148</v>
+      </c>
+      <c r="AM12" s="43" t="s">
+        <v>117</v>
+      </c>
+      <c r="AN12" s="44" t="s">
+        <v>204</v>
+      </c>
+      <c r="AO12" s="45" t="s">
+        <v>211</v>
+      </c>
+      <c r="AP12" s="44" t="s">
+        <v>214</v>
+      </c>
+      <c r="AQ12" s="46" t="s">
+        <v>215</v>
+      </c>
+      <c r="AR12" s="41">
+        <v>828</v>
+      </c>
+      <c r="AS12" s="42" t="s">
+        <v>216</v>
+      </c>
+      <c r="AT12" s="43" t="s">
+        <v>117</v>
+      </c>
+      <c r="AU12" s="44" t="s">
+        <v>122</v>
+      </c>
+      <c r="AV12" s="45" t="s">
+        <v>217</v>
+      </c>
+      <c r="AW12" s="44" t="s">
+        <v>212</v>
+      </c>
+      <c r="AX12" s="46" t="s">
+        <v>218</v>
+      </c>
+      <c r="AY12" s="41">
+        <v>813</v>
+      </c>
+      <c r="AZ12" s="42" t="s">
+        <v>219</v>
+      </c>
+      <c r="BA12" s="43" t="s">
+        <v>133</v>
+      </c>
+      <c r="BB12" s="44" t="s">
+        <v>137</v>
+      </c>
+      <c r="BC12" s="45" t="s">
+        <v>194</v>
+      </c>
+      <c r="BD12" s="44" t="s">
+        <v>220</v>
+      </c>
+      <c r="BE12" s="46" t="s">
+        <v>221</v>
+      </c>
+      <c r="BF12" s="41">
+        <v>975</v>
+      </c>
+      <c r="BG12" s="42" t="s">
+        <v>222</v>
+      </c>
+      <c r="BH12" s="43" t="s">
+        <v>164</v>
+      </c>
+      <c r="BI12" s="44" t="s">
+        <v>156</v>
+      </c>
+      <c r="BJ12" s="45" t="s">
+        <v>223</v>
+      </c>
+      <c r="BK12" s="44" t="s">
+        <v>224</v>
+      </c>
+      <c r="BL12" s="46" t="s">
+        <v>225</v>
+      </c>
+      <c r="BM12" s="41">
+        <v>736</v>
+      </c>
+      <c r="BN12" s="42" t="s">
+        <v>226</v>
+      </c>
+      <c r="BO12" s="43" t="s">
+        <v>164</v>
+      </c>
+      <c r="BP12" s="44" t="s">
+        <v>204</v>
+      </c>
+      <c r="BQ12" s="45" t="s">
+        <v>161</v>
+      </c>
+      <c r="BR12" s="44" t="s">
+        <v>227</v>
+      </c>
+      <c r="BS12" s="46" t="s">
+        <v>228</v>
+      </c>
+      <c r="BT12" s="41">
+        <v>215</v>
+      </c>
+      <c r="BU12" s="42" t="s">
+        <v>217</v>
+      </c>
+      <c r="BV12" s="43" t="s">
+        <v>229</v>
+      </c>
+      <c r="BW12" s="44" t="s">
+        <v>230</v>
+      </c>
+      <c r="BX12" s="45" t="s">
+        <v>231</v>
+      </c>
+      <c r="BY12" s="44" t="s">
+        <v>191</v>
+      </c>
+      <c r="BZ12" s="46" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="13" spans="1:78">
+      <c r="A13" s="37" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" s="41">
+        <v>1130</v>
+      </c>
+      <c r="C13" s="42" t="s">
+        <v>232</v>
+      </c>
+      <c r="D13" s="43" t="s">
+        <v>233</v>
+      </c>
+      <c r="E13" s="44" t="s">
+        <v>234</v>
+      </c>
+      <c r="F13" s="45" t="s">
+        <v>174</v>
+      </c>
+      <c r="G13" s="44" t="s">
+        <v>211</v>
+      </c>
+      <c r="H13" s="46" t="s">
+        <v>191</v>
+      </c>
+      <c r="I13" s="41">
+        <v>1438</v>
+      </c>
+      <c r="J13" s="42" t="s">
+        <v>231</v>
+      </c>
+      <c r="K13" s="43" t="s">
+        <v>235</v>
+      </c>
+      <c r="L13" s="44" t="s">
+        <v>129</v>
+      </c>
+      <c r="M13" s="45" t="s">
+        <v>156</v>
+      </c>
+      <c r="N13" s="44" t="s">
+        <v>223</v>
+      </c>
+      <c r="O13" s="46" t="s">
+        <v>214</v>
+      </c>
+      <c r="P13" s="41">
+        <v>1134</v>
+      </c>
+      <c r="Q13" s="42" t="s">
+        <v>236</v>
+      </c>
+      <c r="R13" s="43" t="s">
+        <v>237</v>
+      </c>
+      <c r="S13" s="44" t="s">
+        <v>230</v>
+      </c>
+      <c r="T13" s="45" t="s">
+        <v>112</v>
+      </c>
+      <c r="U13" s="44" t="s">
+        <v>238</v>
+      </c>
+      <c r="V13" s="46" t="s">
+        <v>170</v>
+      </c>
+      <c r="W13" s="41">
+        <v>1039</v>
+      </c>
+      <c r="X13" s="42" t="s">
+        <v>196</v>
+      </c>
+      <c r="Y13" s="43" t="s">
+        <v>151</v>
+      </c>
+      <c r="Z13" s="44" t="s">
+        <v>230</v>
+      </c>
+      <c r="AA13" s="45" t="s">
+        <v>239</v>
+      </c>
+      <c r="AB13" s="44" t="s">
+        <v>240</v>
+      </c>
+      <c r="AC13" s="46" t="s">
+        <v>220</v>
+      </c>
+      <c r="AD13" s="41">
+        <v>1110</v>
+      </c>
+      <c r="AE13" s="42" t="s">
+        <v>241</v>
+      </c>
+      <c r="AF13" s="43" t="s">
+        <v>121</v>
+      </c>
+      <c r="AG13" s="44" t="s">
+        <v>242</v>
+      </c>
+      <c r="AH13" s="45" t="s">
+        <v>243</v>
+      </c>
+      <c r="AI13" s="44" t="s">
+        <v>148</v>
+      </c>
+      <c r="AJ13" s="46" t="s">
+        <v>244</v>
+      </c>
+      <c r="AK13" s="41">
+        <v>826</v>
+      </c>
+      <c r="AL13" s="42" t="s">
+        <v>245</v>
+      </c>
+      <c r="AM13" s="43" t="s">
+        <v>246</v>
+      </c>
+      <c r="AN13" s="44" t="s">
+        <v>171</v>
+      </c>
+      <c r="AO13" s="45" t="s">
+        <v>156</v>
+      </c>
+      <c r="AP13" s="44" t="s">
+        <v>223</v>
+      </c>
+      <c r="AQ13" s="46" t="s">
+        <v>170</v>
+      </c>
+      <c r="AR13" s="41">
+        <v>782</v>
+      </c>
+      <c r="AS13" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT13" s="43" t="s">
+        <v>246</v>
+      </c>
+      <c r="AU13" s="44" t="s">
+        <v>133</v>
+      </c>
+      <c r="AV13" s="45" t="s">
+        <v>247</v>
+      </c>
+      <c r="AW13" s="44" t="s">
+        <v>217</v>
+      </c>
+      <c r="AX13" s="46" t="s">
+        <v>220</v>
+      </c>
+      <c r="AY13" s="41">
+        <v>679</v>
+      </c>
+      <c r="AZ13" s="42" t="s">
+        <v>239</v>
+      </c>
+      <c r="BA13" s="43" t="s">
         <v>110</v>
       </c>
-      <c r="T10" s="87" t="s">
-[...2 lines deleted...]
-      <c r="U10" s="86" t="s">
+      <c r="BB13" s="44" t="s">
+        <v>248</v>
+      </c>
+      <c r="BC13" s="45" t="s">
+        <v>249</v>
+      </c>
+      <c r="BD13" s="44" t="s">
+        <v>217</v>
+      </c>
+      <c r="BE13" s="46" t="s">
+        <v>250</v>
+      </c>
+      <c r="BF13" s="41">
+        <v>1087</v>
+      </c>
+      <c r="BG13" s="42" t="s">
+        <v>251</v>
+      </c>
+      <c r="BH13" s="43" t="s">
+        <v>126</v>
+      </c>
+      <c r="BI13" s="44" t="s">
+        <v>210</v>
+      </c>
+      <c r="BJ13" s="45" t="s">
+        <v>156</v>
+      </c>
+      <c r="BK13" s="44" t="s">
+        <v>252</v>
+      </c>
+      <c r="BL13" s="46" t="s">
+        <v>253</v>
+      </c>
+      <c r="BM13" s="41">
+        <v>987</v>
+      </c>
+      <c r="BN13" s="42" t="s">
+        <v>254</v>
+      </c>
+      <c r="BO13" s="43" t="s">
+        <v>116</v>
+      </c>
+      <c r="BP13" s="44" t="s">
+        <v>133</v>
+      </c>
+      <c r="BQ13" s="45" t="s">
+        <v>255</v>
+      </c>
+      <c r="BR13" s="44" t="s">
+        <v>240</v>
+      </c>
+      <c r="BS13" s="46" t="s">
+        <v>224</v>
+      </c>
+      <c r="BT13" s="41">
+        <v>277</v>
+      </c>
+      <c r="BU13" s="42" t="s">
+        <v>256</v>
+      </c>
+      <c r="BV13" s="43" t="s">
+        <v>110</v>
+      </c>
+      <c r="BW13" s="44" t="s">
+        <v>257</v>
+      </c>
+      <c r="BX13" s="45" t="s">
+        <v>204</v>
+      </c>
+      <c r="BY13" s="44" t="s">
+        <v>197</v>
+      </c>
+      <c r="BZ13" s="46" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="14" spans="1:78">
+      <c r="A14" s="37" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" s="41">
+        <v>188</v>
+      </c>
+      <c r="C14" s="42" t="s">
+        <v>259</v>
+      </c>
+      <c r="D14" s="43" t="s">
+        <v>173</v>
+      </c>
+      <c r="E14" s="44" t="s">
+        <v>126</v>
+      </c>
+      <c r="F14" s="45" t="s">
+        <v>260</v>
+      </c>
+      <c r="G14" s="44" t="s">
+        <v>261</v>
+      </c>
+      <c r="H14" s="46" t="s">
+        <v>215</v>
+      </c>
+      <c r="I14" s="41">
+        <v>192</v>
+      </c>
+      <c r="J14" s="42" t="s">
+        <v>206</v>
+      </c>
+      <c r="K14" s="43" t="s">
+        <v>172</v>
+      </c>
+      <c r="L14" s="44" t="s">
+        <v>126</v>
+      </c>
+      <c r="M14" s="45" t="s">
+        <v>262</v>
+      </c>
+      <c r="N14" s="44" t="s">
+        <v>263</v>
+      </c>
+      <c r="O14" s="46" t="s">
+        <v>264</v>
+      </c>
+      <c r="P14" s="41">
+        <v>201</v>
+      </c>
+      <c r="Q14" s="42" t="s">
+        <v>265</v>
+      </c>
+      <c r="R14" s="43" t="s">
+        <v>266</v>
+      </c>
+      <c r="S14" s="44" t="s">
+        <v>116</v>
+      </c>
+      <c r="T14" s="45" t="s">
+        <v>179</v>
+      </c>
+      <c r="U14" s="44" t="s">
+        <v>175</v>
+      </c>
+      <c r="V14" s="46" t="s">
+        <v>267</v>
+      </c>
+      <c r="W14" s="41">
+        <v>184</v>
+      </c>
+      <c r="X14" s="42" t="s">
+        <v>268</v>
+      </c>
+      <c r="Y14" s="43" t="s">
+        <v>269</v>
+      </c>
+      <c r="Z14" s="44" t="s">
+        <v>246</v>
+      </c>
+      <c r="AA14" s="45" t="s">
+        <v>247</v>
+      </c>
+      <c r="AB14" s="44" t="s">
+        <v>270</v>
+      </c>
+      <c r="AC14" s="46" t="s">
+        <v>271</v>
+      </c>
+      <c r="AD14" s="41">
+        <v>218</v>
+      </c>
+      <c r="AE14" s="42" t="s">
+        <v>272</v>
+      </c>
+      <c r="AF14" s="43" t="s">
+        <v>154</v>
+      </c>
+      <c r="AG14" s="44" t="s">
+        <v>273</v>
+      </c>
+      <c r="AH14" s="45" t="s">
+        <v>274</v>
+      </c>
+      <c r="AI14" s="44" t="s">
+        <v>275</v>
+      </c>
+      <c r="AJ14" s="46" t="s">
+        <v>276</v>
+      </c>
+      <c r="AK14" s="41">
+        <v>249</v>
+      </c>
+      <c r="AL14" s="42" t="s">
+        <v>277</v>
+      </c>
+      <c r="AM14" s="43" t="s">
+        <v>278</v>
+      </c>
+      <c r="AN14" s="44" t="s">
+        <v>126</v>
+      </c>
+      <c r="AO14" s="45" t="s">
+        <v>152</v>
+      </c>
+      <c r="AP14" s="44" t="s">
+        <v>220</v>
+      </c>
+      <c r="AQ14" s="46" t="s">
+        <v>279</v>
+      </c>
+      <c r="AR14" s="41">
+        <v>236</v>
+      </c>
+      <c r="AS14" s="42" t="s">
+        <v>280</v>
+      </c>
+      <c r="AT14" s="43" t="s">
+        <v>172</v>
+      </c>
+      <c r="AU14" s="44" t="s">
+        <v>281</v>
+      </c>
+      <c r="AV14" s="45" t="s">
+        <v>282</v>
+      </c>
+      <c r="AW14" s="44" t="s">
+        <v>283</v>
+      </c>
+      <c r="AX14" s="46" t="s">
+        <v>284</v>
+      </c>
+      <c r="AY14" s="41">
+        <v>231</v>
+      </c>
+      <c r="AZ14" s="42" t="s">
+        <v>203</v>
+      </c>
+      <c r="BA14" s="43" t="s">
+        <v>185</v>
+      </c>
+      <c r="BB14" s="44" t="s">
+        <v>147</v>
+      </c>
+      <c r="BC14" s="45" t="s">
+        <v>152</v>
+      </c>
+      <c r="BD14" s="44" t="s">
+        <v>285</v>
+      </c>
+      <c r="BE14" s="46" t="s">
+        <v>286</v>
+      </c>
+      <c r="BF14" s="41">
+        <v>335</v>
+      </c>
+      <c r="BG14" s="42" t="s">
+        <v>287</v>
+      </c>
+      <c r="BH14" s="43" t="s">
+        <v>288</v>
+      </c>
+      <c r="BI14" s="44" t="s">
+        <v>229</v>
+      </c>
+      <c r="BJ14" s="45" t="s">
+        <v>174</v>
+      </c>
+      <c r="BK14" s="44" t="s">
+        <v>289</v>
+      </c>
+      <c r="BL14" s="46" t="s">
+        <v>290</v>
+      </c>
+      <c r="BM14" s="41">
+        <v>322</v>
+      </c>
+      <c r="BN14" s="42" t="s">
+        <v>291</v>
+      </c>
+      <c r="BO14" s="43" t="s">
+        <v>159</v>
+      </c>
+      <c r="BP14" s="44" t="s">
+        <v>121</v>
+      </c>
+      <c r="BQ14" s="45" t="s">
+        <v>292</v>
+      </c>
+      <c r="BR14" s="44" t="s">
+        <v>220</v>
+      </c>
+      <c r="BS14" s="46" t="s">
+        <v>293</v>
+      </c>
+      <c r="BT14" s="41">
+        <v>125</v>
+      </c>
+      <c r="BU14" s="42" t="s">
+        <v>294</v>
+      </c>
+      <c r="BV14" s="43" t="s">
+        <v>163</v>
+      </c>
+      <c r="BW14" s="44" t="s">
+        <v>295</v>
+      </c>
+      <c r="BX14" s="45" t="s">
+        <v>200</v>
+      </c>
+      <c r="BY14" s="44" t="s">
+        <v>261</v>
+      </c>
+      <c r="BZ14" s="46" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="15" spans="1:78" ht="15.75" customHeight="1">
+      <c r="A15" s="96" t="s">
+        <v>96</v>
+      </c>
+      <c r="B15" s="97">
+        <v>2967</v>
+      </c>
+      <c r="C15" s="98" t="s">
+        <v>292</v>
+      </c>
+      <c r="D15" s="99" t="s">
+        <v>297</v>
+      </c>
+      <c r="E15" s="100" t="s">
+        <v>246</v>
+      </c>
+      <c r="F15" s="100" t="s">
+        <v>298</v>
+      </c>
+      <c r="G15" s="100" t="s">
+        <v>211</v>
+      </c>
+      <c r="H15" s="101" t="s">
+        <v>299</v>
+      </c>
+      <c r="I15" s="97">
+        <v>3166</v>
+      </c>
+      <c r="J15" s="98" t="s">
+        <v>256</v>
+      </c>
+      <c r="K15" s="99" t="s">
+        <v>147</v>
+      </c>
+      <c r="L15" s="100" t="s">
+        <v>127</v>
+      </c>
+      <c r="M15" s="100" t="s">
+        <v>204</v>
+      </c>
+      <c r="N15" s="100" t="s">
+        <v>223</v>
+      </c>
+      <c r="O15" s="101" t="s">
+        <v>300</v>
+      </c>
+      <c r="P15" s="97">
+        <v>2947</v>
+      </c>
+      <c r="Q15" s="98" t="s">
+        <v>251</v>
+      </c>
+      <c r="R15" s="99" t="s">
+        <v>301</v>
+      </c>
+      <c r="S15" s="100" t="s">
+        <v>153</v>
+      </c>
+      <c r="T15" s="100" t="s">
+        <v>122</v>
+      </c>
+      <c r="U15" s="100" t="s">
+        <v>238</v>
+      </c>
+      <c r="V15" s="101" t="s">
+        <v>258</v>
+      </c>
+      <c r="W15" s="97">
+        <v>2666</v>
+      </c>
+      <c r="X15" s="98" t="s">
+        <v>201</v>
+      </c>
+      <c r="Y15" s="99" t="s">
+        <v>302</v>
+      </c>
+      <c r="Z15" s="100" t="s">
+        <v>303</v>
+      </c>
+      <c r="AA15" s="100" t="s">
+        <v>156</v>
+      </c>
+      <c r="AB15" s="100" t="s">
+        <v>304</v>
+      </c>
+      <c r="AC15" s="101" t="s">
+        <v>305</v>
+      </c>
+      <c r="AD15" s="97">
+        <v>2729</v>
+      </c>
+      <c r="AE15" s="98" t="s">
+        <v>207</v>
+      </c>
+      <c r="AF15" s="99" t="s">
+        <v>120</v>
+      </c>
+      <c r="AG15" s="100" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH15" s="100" t="s">
         <v>112</v>
       </c>
-      <c r="V10" s="88" t="s">
-[...26 lines deleted...]
-      <c r="AE10" s="84" t="s">
+      <c r="AI15" s="100" t="s">
+        <v>197</v>
+      </c>
+      <c r="AJ15" s="101" t="s">
+        <v>306</v>
+      </c>
+      <c r="AK15" s="97">
+        <v>2308</v>
+      </c>
+      <c r="AL15" s="98" t="s">
+        <v>307</v>
+      </c>
+      <c r="AM15" s="99" t="s">
+        <v>147</v>
+      </c>
+      <c r="AN15" s="100" t="s">
+        <v>257</v>
+      </c>
+      <c r="AO15" s="100" t="s">
+        <v>255</v>
+      </c>
+      <c r="AP15" s="100" t="s">
+        <v>148</v>
+      </c>
+      <c r="AQ15" s="101" t="s">
+        <v>306</v>
+      </c>
+      <c r="AR15" s="97">
+        <v>2291</v>
+      </c>
+      <c r="AS15" s="98" t="s">
+        <v>308</v>
+      </c>
+      <c r="AT15" s="99" t="s">
+        <v>309</v>
+      </c>
+      <c r="AU15" s="100" t="s">
+        <v>138</v>
+      </c>
+      <c r="AV15" s="100" t="s">
+        <v>204</v>
+      </c>
+      <c r="AW15" s="100" t="s">
+        <v>197</v>
+      </c>
+      <c r="AX15" s="101" t="s">
+        <v>310</v>
+      </c>
+      <c r="AY15" s="97">
+        <v>2157</v>
+      </c>
+      <c r="AZ15" s="98" t="s">
+        <v>128</v>
+      </c>
+      <c r="BA15" s="99" t="s">
+        <v>311</v>
+      </c>
+      <c r="BB15" s="100" t="s">
+        <v>312</v>
+      </c>
+      <c r="BC15" s="100" t="s">
+        <v>204</v>
+      </c>
+      <c r="BD15" s="100" t="s">
+        <v>197</v>
+      </c>
+      <c r="BE15" s="101" t="s">
+        <v>313</v>
+      </c>
+      <c r="BF15" s="97">
+        <v>2861</v>
+      </c>
+      <c r="BG15" s="98" t="s">
+        <v>314</v>
+      </c>
+      <c r="BH15" s="99" t="s">
+        <v>273</v>
+      </c>
+      <c r="BI15" s="100" t="s">
+        <v>127</v>
+      </c>
+      <c r="BJ15" s="100" t="s">
+        <v>112</v>
+      </c>
+      <c r="BK15" s="100" t="s">
+        <v>175</v>
+      </c>
+      <c r="BL15" s="101" t="s">
+        <v>315</v>
+      </c>
+      <c r="BM15" s="97">
+        <v>2351</v>
+      </c>
+      <c r="BN15" s="98" t="s">
+        <v>195</v>
+      </c>
+      <c r="BO15" s="99" t="s">
         <v>120</v>
       </c>
-      <c r="AF10" s="85" t="s">
-[...130 lines deleted...]
-      <c r="D11" s="85" t="s">
+      <c r="BP15" s="100" t="s">
+        <v>316</v>
+      </c>
+      <c r="BQ15" s="100" t="s">
+        <v>112</v>
+      </c>
+      <c r="BR15" s="100" t="s">
+        <v>222</v>
+      </c>
+      <c r="BS15" s="101" t="s">
+        <v>317</v>
+      </c>
+      <c r="BT15" s="97">
+        <v>773</v>
+      </c>
+      <c r="BU15" s="98" t="s">
+        <v>318</v>
+      </c>
+      <c r="BV15" s="99" t="s">
+        <v>146</v>
+      </c>
+      <c r="BW15" s="100" t="s">
         <v>141</v>
       </c>
-      <c r="E11" s="86" t="s">
-[...343 lines deleted...]
-      <c r="AV12" s="87" t="s">
+      <c r="BX15" s="100" t="s">
         <v>200</v>
       </c>
-      <c r="AW12" s="86" t="s">
-[...715 lines deleted...]
-      <c r="A16" s="94" t="s">
+      <c r="BY15" s="100" t="s">
+        <v>319</v>
+      </c>
+      <c r="BZ15" s="101" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="16" spans="1:78">
+      <c r="A16" s="47" t="s">
         <v>33</v>
       </c>
-      <c r="B16" s="95"/>
-[...48 lines deleted...]
-      <c r="A19" s="4" t="s">
+      <c r="B16" s="48"/>
+      <c r="C16" s="48"/>
+      <c r="D16" s="48"/>
+      <c r="E16" s="48"/>
+      <c r="F16" s="48"/>
+      <c r="G16" s="48"/>
+      <c r="H16" s="48"/>
+      <c r="I16" s="28"/>
+      <c r="J16" s="28"/>
+      <c r="K16" s="28"/>
+      <c r="L16" s="28"/>
+      <c r="M16" s="28"/>
+      <c r="N16" s="28"/>
+      <c r="O16" s="28"/>
+    </row>
+    <row r="17" spans="1:78">
+      <c r="B17" s="40"/>
+      <c r="C17" s="40"/>
+      <c r="D17" s="40"/>
+      <c r="E17" s="40"/>
+      <c r="F17" s="40"/>
+      <c r="G17" s="40"/>
+      <c r="H17" s="40"/>
+      <c r="I17" s="28"/>
+      <c r="J17" s="28"/>
+      <c r="K17" s="28"/>
+      <c r="L17" s="28"/>
+      <c r="M17" s="28"/>
+      <c r="N17" s="28"/>
+      <c r="O17" s="28"/>
+    </row>
+    <row r="18" spans="1:78">
+      <c r="A18" s="47"/>
+      <c r="B18" s="40"/>
+      <c r="C18" s="40"/>
+      <c r="D18" s="40"/>
+      <c r="E18" s="40"/>
+      <c r="F18" s="40"/>
+      <c r="G18" s="40"/>
+      <c r="H18" s="40"/>
+      <c r="I18" s="28"/>
+      <c r="J18" s="28"/>
+      <c r="K18" s="28"/>
+      <c r="L18" s="28"/>
+      <c r="M18" s="28"/>
+      <c r="N18" s="28"/>
+      <c r="O18" s="28"/>
+    </row>
+    <row r="19" spans="1:78" ht="18.75" customHeight="1">
+      <c r="A19" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="B19" s="82"/>
-[...31 lines deleted...]
-      <c r="A21" s="136" t="s">
+      <c r="B19" s="40"/>
+      <c r="C19" s="40"/>
+      <c r="D19" s="40"/>
+      <c r="E19" s="40"/>
+      <c r="F19" s="40"/>
+      <c r="G19" s="40"/>
+      <c r="H19" s="40"/>
+      <c r="I19" s="28"/>
+      <c r="J19" s="28"/>
+      <c r="K19" s="28"/>
+      <c r="L19" s="28"/>
+      <c r="M19" s="28"/>
+      <c r="N19" s="28"/>
+      <c r="O19" s="28"/>
+    </row>
+    <row r="20" spans="1:78">
+      <c r="B20" s="28"/>
+      <c r="C20" s="28"/>
+      <c r="D20" s="28"/>
+      <c r="E20" s="28"/>
+      <c r="F20" s="28"/>
+      <c r="G20" s="28"/>
+      <c r="H20" s="28"/>
+      <c r="I20" s="28"/>
+      <c r="J20" s="28"/>
+      <c r="K20" s="28"/>
+      <c r="L20" s="28"/>
+      <c r="M20" s="28"/>
+      <c r="N20" s="28"/>
+      <c r="O20" s="28"/>
+    </row>
+    <row r="21" spans="1:78" ht="17.25" customHeight="1">
+      <c r="A21" s="135" t="s">
         <v>32</v>
       </c>
       <c r="B21" s="112">
         <v>2014</v>
       </c>
-      <c r="C21" s="113"/>
-[...4 lines deleted...]
-      <c r="H21" s="114"/>
+      <c r="C21" s="112"/>
+      <c r="D21" s="112"/>
+      <c r="E21" s="112"/>
+      <c r="F21" s="112"/>
+      <c r="G21" s="112"/>
+      <c r="H21" s="113"/>
       <c r="I21" s="112">
         <v>2015</v>
       </c>
-      <c r="J21" s="113"/>
-[...4 lines deleted...]
-      <c r="O21" s="114"/>
+      <c r="J21" s="112"/>
+      <c r="K21" s="112"/>
+      <c r="L21" s="112"/>
+      <c r="M21" s="112"/>
+      <c r="N21" s="112"/>
+      <c r="O21" s="113"/>
       <c r="P21" s="112">
         <v>2016</v>
       </c>
-      <c r="Q21" s="113"/>
-[...4 lines deleted...]
-      <c r="V21" s="114"/>
+      <c r="Q21" s="112"/>
+      <c r="R21" s="112"/>
+      <c r="S21" s="112"/>
+      <c r="T21" s="112"/>
+      <c r="U21" s="112"/>
+      <c r="V21" s="113"/>
       <c r="W21" s="112">
         <v>2017</v>
       </c>
-      <c r="X21" s="113"/>
-[...4 lines deleted...]
-      <c r="AC21" s="114"/>
+      <c r="X21" s="112"/>
+      <c r="Y21" s="112"/>
+      <c r="Z21" s="112"/>
+      <c r="AA21" s="112"/>
+      <c r="AB21" s="112"/>
+      <c r="AC21" s="113"/>
       <c r="AD21" s="112">
         <v>2018</v>
       </c>
-      <c r="AE21" s="113"/>
-[...4 lines deleted...]
-      <c r="AJ21" s="114"/>
+      <c r="AE21" s="112"/>
+      <c r="AF21" s="112"/>
+      <c r="AG21" s="112"/>
+      <c r="AH21" s="112"/>
+      <c r="AI21" s="112"/>
+      <c r="AJ21" s="113"/>
       <c r="AK21" s="112">
         <v>2019</v>
       </c>
-      <c r="AL21" s="113"/>
-[...4 lines deleted...]
-      <c r="AQ21" s="114"/>
+      <c r="AL21" s="112"/>
+      <c r="AM21" s="112"/>
+      <c r="AN21" s="112"/>
+      <c r="AO21" s="112"/>
+      <c r="AP21" s="112"/>
+      <c r="AQ21" s="113"/>
       <c r="AR21" s="112">
         <v>2020</v>
       </c>
-      <c r="AS21" s="113"/>
-[...4 lines deleted...]
-      <c r="AX21" s="114"/>
+      <c r="AS21" s="112"/>
+      <c r="AT21" s="112"/>
+      <c r="AU21" s="112"/>
+      <c r="AV21" s="112"/>
+      <c r="AW21" s="112"/>
+      <c r="AX21" s="113"/>
       <c r="AY21" s="112">
         <v>2021</v>
       </c>
-      <c r="AZ21" s="113"/>
-[...4 lines deleted...]
-      <c r="BE21" s="114"/>
+      <c r="AZ21" s="112"/>
+      <c r="BA21" s="112"/>
+      <c r="BB21" s="112"/>
+      <c r="BC21" s="112"/>
+      <c r="BD21" s="112"/>
+      <c r="BE21" s="113"/>
       <c r="BF21" s="112">
         <v>2022</v>
       </c>
-      <c r="BG21" s="113"/>
-[...4 lines deleted...]
-      <c r="BL21" s="114"/>
+      <c r="BG21" s="112"/>
+      <c r="BH21" s="112"/>
+      <c r="BI21" s="112"/>
+      <c r="BJ21" s="112"/>
+      <c r="BK21" s="112"/>
+      <c r="BL21" s="113"/>
       <c r="BM21" s="112">
         <v>2023</v>
       </c>
-      <c r="BN21" s="113"/>
-[...8 lines deleted...]
-      <c r="B22" s="46" t="s">
+      <c r="BN21" s="112"/>
+      <c r="BO21" s="112"/>
+      <c r="BP21" s="112"/>
+      <c r="BQ21" s="112"/>
+      <c r="BR21" s="112"/>
+      <c r="BS21" s="113"/>
+      <c r="BT21" s="112">
+        <v>2024</v>
+      </c>
+      <c r="BU21" s="112"/>
+      <c r="BV21" s="112"/>
+      <c r="BW21" s="112"/>
+      <c r="BX21" s="112"/>
+      <c r="BY21" s="112"/>
+      <c r="BZ21" s="113"/>
+    </row>
+    <row r="22" spans="1:78" ht="45" customHeight="1">
+      <c r="A22" s="136"/>
+      <c r="B22" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="C22" s="70" t="s">
+      <c r="C22" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="D22" s="71" t="s">
+      <c r="D22" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="E22" s="72" t="s">
+      <c r="E22" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="F22" s="73" t="s">
+      <c r="F22" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="G22" s="72" t="s">
+      <c r="G22" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="H22" s="74" t="s">
+      <c r="H22" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="I22" s="46" t="s">
+      <c r="I22" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="J22" s="70" t="s">
+      <c r="J22" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="K22" s="71" t="s">
+      <c r="K22" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="L22" s="72" t="s">
+      <c r="L22" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="M22" s="73" t="s">
+      <c r="M22" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="N22" s="72" t="s">
+      <c r="N22" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="O22" s="74" t="s">
+      <c r="O22" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="P22" s="46" t="s">
+      <c r="P22" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="Q22" s="70" t="s">
+      <c r="Q22" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="R22" s="71" t="s">
+      <c r="R22" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="S22" s="72" t="s">
+      <c r="S22" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="T22" s="73" t="s">
+      <c r="T22" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="U22" s="72" t="s">
+      <c r="U22" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="V22" s="74" t="s">
+      <c r="V22" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="W22" s="46" t="s">
+      <c r="W22" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="X22" s="70" t="s">
+      <c r="X22" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="Y22" s="71" t="s">
+      <c r="Y22" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="Z22" s="72" t="s">
+      <c r="Z22" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="AA22" s="73" t="s">
+      <c r="AA22" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="AB22" s="72" t="s">
+      <c r="AB22" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="AC22" s="74" t="s">
+      <c r="AC22" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="AD22" s="46" t="s">
+      <c r="AD22" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="AE22" s="70" t="s">
+      <c r="AE22" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="AF22" s="71" t="s">
+      <c r="AF22" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="AG22" s="72" t="s">
+      <c r="AG22" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="AH22" s="73" t="s">
+      <c r="AH22" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="AI22" s="72" t="s">
+      <c r="AI22" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="AJ22" s="74" t="s">
+      <c r="AJ22" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="AK22" s="46" t="s">
+      <c r="AK22" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="AL22" s="70" t="s">
+      <c r="AL22" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="AM22" s="71" t="s">
+      <c r="AM22" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="AN22" s="72" t="s">
+      <c r="AN22" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="AO22" s="73" t="s">
+      <c r="AO22" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="AP22" s="72" t="s">
+      <c r="AP22" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="AQ22" s="74" t="s">
+      <c r="AQ22" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="AR22" s="46" t="s">
+      <c r="AR22" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="AS22" s="70" t="s">
+      <c r="AS22" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="AT22" s="71" t="s">
+      <c r="AT22" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="AU22" s="72" t="s">
+      <c r="AU22" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="AV22" s="73" t="s">
+      <c r="AV22" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="AW22" s="72" t="s">
+      <c r="AW22" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="AX22" s="74" t="s">
+      <c r="AX22" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="AY22" s="46" t="s">
+      <c r="AY22" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="AZ22" s="70" t="s">
+      <c r="AZ22" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="BA22" s="71" t="s">
+      <c r="BA22" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="BB22" s="72" t="s">
+      <c r="BB22" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="BC22" s="73" t="s">
+      <c r="BC22" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="BD22" s="72" t="s">
+      <c r="BD22" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="BE22" s="74" t="s">
+      <c r="BE22" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="BF22" s="46" t="s">
+      <c r="BF22" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="BG22" s="70" t="s">
+      <c r="BG22" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="BH22" s="71" t="s">
+      <c r="BH22" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="BI22" s="72" t="s">
+      <c r="BI22" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="BJ22" s="73" t="s">
+      <c r="BJ22" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="BK22" s="72" t="s">
+      <c r="BK22" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="BL22" s="74" t="s">
+      <c r="BL22" s="95" t="s">
         <v>45</v>
       </c>
-      <c r="BM22" s="46" t="s">
+      <c r="BM22" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="BN22" s="70" t="s">
+      <c r="BN22" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="BO22" s="71" t="s">
+      <c r="BO22" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="BP22" s="72" t="s">
+      <c r="BP22" s="93" t="s">
         <v>42</v>
       </c>
-      <c r="BQ22" s="73" t="s">
+      <c r="BQ22" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="BR22" s="72" t="s">
+      <c r="BR22" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="BS22" s="74" t="s">
+      <c r="BS22" s="95" t="s">
         <v>45</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B23" s="83">
+      <c r="BT22" s="79" t="s">
+        <v>39</v>
+      </c>
+      <c r="BU22" s="91" t="s">
+        <v>40</v>
+      </c>
+      <c r="BV22" s="92" t="s">
+        <v>41</v>
+      </c>
+      <c r="BW22" s="93" t="s">
+        <v>42</v>
+      </c>
+      <c r="BX22" s="94" t="s">
+        <v>43</v>
+      </c>
+      <c r="BY22" s="93" t="s">
+        <v>44</v>
+      </c>
+      <c r="BZ22" s="95" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="23" spans="1:78">
+      <c r="A23" s="37" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" s="41">
         <v>1255</v>
       </c>
-      <c r="C23" s="96" t="s">
+      <c r="C23" s="49" t="s">
+        <v>320</v>
+      </c>
+      <c r="D23" s="50" t="s">
+        <v>116</v>
+      </c>
+      <c r="E23" s="51" t="s">
+        <v>193</v>
+      </c>
+      <c r="F23" s="52" t="s">
+        <v>232</v>
+      </c>
+      <c r="G23" s="51" t="s">
+        <v>321</v>
+      </c>
+      <c r="H23" s="53" t="s">
+        <v>322</v>
+      </c>
+      <c r="I23" s="41">
+        <v>1476</v>
+      </c>
+      <c r="J23" s="49" t="s">
+        <v>223</v>
+      </c>
+      <c r="K23" s="50" t="s">
+        <v>132</v>
+      </c>
+      <c r="L23" s="51" t="s">
+        <v>152</v>
+      </c>
+      <c r="M23" s="52" t="s">
+        <v>231</v>
+      </c>
+      <c r="N23" s="51" t="s">
+        <v>323</v>
+      </c>
+      <c r="O23" s="53" t="s">
+        <v>324</v>
+      </c>
+      <c r="P23" s="41">
+        <v>1209</v>
+      </c>
+      <c r="Q23" s="49" t="s">
+        <v>240</v>
+      </c>
+      <c r="R23" s="50" t="s">
+        <v>141</v>
+      </c>
+      <c r="S23" s="51" t="s">
+        <v>325</v>
+      </c>
+      <c r="T23" s="52" t="s">
+        <v>326</v>
+      </c>
+      <c r="U23" s="51" t="s">
+        <v>191</v>
+      </c>
+      <c r="V23" s="53" t="s">
+        <v>327</v>
+      </c>
+      <c r="W23" s="41">
+        <v>1209</v>
+      </c>
+      <c r="X23" s="49" t="s">
+        <v>206</v>
+      </c>
+      <c r="Y23" s="50" t="s">
+        <v>153</v>
+      </c>
+      <c r="Z23" s="51" t="s">
+        <v>328</v>
+      </c>
+      <c r="AA23" s="52" t="s">
+        <v>241</v>
+      </c>
+      <c r="AB23" s="51" t="s">
+        <v>170</v>
+      </c>
+      <c r="AC23" s="53" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD23" s="41">
+        <v>1362</v>
+      </c>
+      <c r="AE23" s="49" t="s">
+        <v>329</v>
+      </c>
+      <c r="AF23" s="50" t="s">
+        <v>136</v>
+      </c>
+      <c r="AG23" s="51" t="s">
+        <v>152</v>
+      </c>
+      <c r="AH23" s="52" t="s">
+        <v>201</v>
+      </c>
+      <c r="AI23" s="51" t="s">
+        <v>250</v>
+      </c>
+      <c r="AJ23" s="53" t="s">
+        <v>330</v>
+      </c>
+      <c r="AK23" s="41">
+        <v>1065</v>
+      </c>
+      <c r="AL23" s="49" t="s">
+        <v>331</v>
+      </c>
+      <c r="AM23" s="50" t="s">
+        <v>246</v>
+      </c>
+      <c r="AN23" s="51" t="s">
+        <v>164</v>
+      </c>
+      <c r="AO23" s="52" t="s">
+        <v>326</v>
+      </c>
+      <c r="AP23" s="51" t="s">
+        <v>214</v>
+      </c>
+      <c r="AQ23" s="53" t="s">
+        <v>218</v>
+      </c>
+      <c r="AR23" s="41">
+        <v>1096</v>
+      </c>
+      <c r="AS23" s="49" t="s">
+        <v>332</v>
+      </c>
+      <c r="AT23" s="50" t="s">
+        <v>333</v>
+      </c>
+      <c r="AU23" s="51" t="s">
+        <v>171</v>
+      </c>
+      <c r="AV23" s="52" t="s">
+        <v>231</v>
+      </c>
+      <c r="AW23" s="51" t="s">
+        <v>299</v>
+      </c>
+      <c r="AX23" s="53" t="s">
+        <v>225</v>
+      </c>
+      <c r="AY23" s="41">
+        <v>1062</v>
+      </c>
+      <c r="AZ23" s="49" t="s">
+        <v>334</v>
+      </c>
+      <c r="BA23" s="50" t="s">
+        <v>120</v>
+      </c>
+      <c r="BB23" s="51" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC23" s="52" t="s">
+        <v>335</v>
+      </c>
+      <c r="BD23" s="51" t="s">
+        <v>170</v>
+      </c>
+      <c r="BE23" s="53" t="s">
+        <v>205</v>
+      </c>
+      <c r="BF23" s="41">
+        <v>1484</v>
+      </c>
+      <c r="BG23" s="49" t="s">
+        <v>336</v>
+      </c>
+      <c r="BH23" s="50" t="s">
+        <v>337</v>
+      </c>
+      <c r="BI23" s="51" t="s">
+        <v>169</v>
+      </c>
+      <c r="BJ23" s="52" t="s">
+        <v>128</v>
+      </c>
+      <c r="BK23" s="51" t="s">
+        <v>299</v>
+      </c>
+      <c r="BL23" s="53" t="s">
+        <v>338</v>
+      </c>
+      <c r="BM23" s="41">
+        <v>1286</v>
+      </c>
+      <c r="BN23" s="49" t="s">
+        <v>240</v>
+      </c>
+      <c r="BO23" s="50" t="s">
+        <v>333</v>
+      </c>
+      <c r="BP23" s="51" t="s">
+        <v>164</v>
+      </c>
+      <c r="BQ23" s="52" t="s">
+        <v>318</v>
+      </c>
+      <c r="BR23" s="51" t="s">
+        <v>214</v>
+      </c>
+      <c r="BS23" s="53" t="s">
+        <v>218</v>
+      </c>
+      <c r="BT23" s="41">
+        <v>401</v>
+      </c>
+      <c r="BU23" s="49" t="s">
+        <v>339</v>
+      </c>
+      <c r="BV23" s="50" t="s">
+        <v>340</v>
+      </c>
+      <c r="BW23" s="51" t="s">
+        <v>111</v>
+      </c>
+      <c r="BX23" s="52" t="s">
+        <v>243</v>
+      </c>
+      <c r="BY23" s="51" t="s">
+        <v>170</v>
+      </c>
+      <c r="BZ23" s="53" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="24" spans="1:78">
+      <c r="A24" s="37" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" s="41">
+        <v>413</v>
+      </c>
+      <c r="C24" s="49" t="s">
+        <v>112</v>
+      </c>
+      <c r="D24" s="50" t="s">
+        <v>120</v>
+      </c>
+      <c r="E24" s="51" t="s">
+        <v>341</v>
+      </c>
+      <c r="F24" s="52" t="s">
+        <v>204</v>
+      </c>
+      <c r="G24" s="51" t="s">
+        <v>342</v>
+      </c>
+      <c r="H24" s="53" t="s">
+        <v>191</v>
+      </c>
+      <c r="I24" s="41">
+        <v>442</v>
+      </c>
+      <c r="J24" s="49" t="s">
+        <v>343</v>
+      </c>
+      <c r="K24" s="50" t="s">
+        <v>344</v>
+      </c>
+      <c r="L24" s="51" t="s">
+        <v>160</v>
+      </c>
+      <c r="M24" s="52" t="s">
+        <v>137</v>
+      </c>
+      <c r="N24" s="51" t="s">
+        <v>194</v>
+      </c>
+      <c r="O24" s="53" t="s">
+        <v>250</v>
+      </c>
+      <c r="P24" s="41">
+        <v>479</v>
+      </c>
+      <c r="Q24" s="49" t="s">
+        <v>345</v>
+      </c>
+      <c r="R24" s="50" t="s">
+        <v>295</v>
+      </c>
+      <c r="S24" s="51" t="s">
+        <v>210</v>
+      </c>
+      <c r="T24" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="U24" s="51" t="s">
+        <v>339</v>
+      </c>
+      <c r="V24" s="53" t="s">
+        <v>270</v>
+      </c>
+      <c r="W24" s="41">
+        <v>427</v>
+      </c>
+      <c r="X24" s="49" t="s">
+        <v>231</v>
+      </c>
+      <c r="Y24" s="50" t="s">
+        <v>347</v>
+      </c>
+      <c r="Z24" s="51" t="s">
+        <v>138</v>
+      </c>
+      <c r="AA24" s="52" t="s">
+        <v>232</v>
+      </c>
+      <c r="AB24" s="51" t="s">
+        <v>334</v>
+      </c>
+      <c r="AC24" s="53" t="s">
+        <v>348</v>
+      </c>
+      <c r="AD24" s="41">
+        <v>350</v>
+      </c>
+      <c r="AE24" s="49" t="s">
+        <v>349</v>
+      </c>
+      <c r="AF24" s="50" t="s">
+        <v>246</v>
+      </c>
+      <c r="AG24" s="51" t="s">
+        <v>171</v>
+      </c>
+      <c r="AH24" s="52" t="s">
+        <v>350</v>
+      </c>
+      <c r="AI24" s="51" t="s">
+        <v>148</v>
+      </c>
+      <c r="AJ24" s="53" t="s">
+        <v>351</v>
+      </c>
+      <c r="AK24" s="41">
+        <v>263</v>
+      </c>
+      <c r="AL24" s="49" t="s">
+        <v>352</v>
+      </c>
+      <c r="AM24" s="50" t="s">
+        <v>132</v>
+      </c>
+      <c r="AN24" s="51" t="s">
+        <v>180</v>
+      </c>
+      <c r="AO24" s="52" t="s">
+        <v>243</v>
+      </c>
+      <c r="AP24" s="51" t="s">
+        <v>353</v>
+      </c>
+      <c r="AQ24" s="53" t="s">
+        <v>270</v>
+      </c>
+      <c r="AR24" s="41">
+        <v>283</v>
+      </c>
+      <c r="AS24" s="49" t="s">
+        <v>161</v>
+      </c>
+      <c r="AT24" s="50" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU24" s="51" t="s">
+        <v>180</v>
+      </c>
+      <c r="AV24" s="52" t="s">
+        <v>354</v>
+      </c>
+      <c r="AW24" s="51" t="s">
+        <v>148</v>
+      </c>
+      <c r="AX24" s="53" t="s">
+        <v>355</v>
+      </c>
+      <c r="AY24" s="41">
+        <v>250</v>
+      </c>
+      <c r="AZ24" s="49" t="s">
+        <v>308</v>
+      </c>
+      <c r="BA24" s="50" t="s">
+        <v>136</v>
+      </c>
+      <c r="BB24" s="51" t="s">
+        <v>164</v>
+      </c>
+      <c r="BC24" s="52" t="s">
+        <v>356</v>
+      </c>
+      <c r="BD24" s="51" t="s">
+        <v>319</v>
+      </c>
+      <c r="BE24" s="53" t="s">
+        <v>289</v>
+      </c>
+      <c r="BF24" s="41">
+        <v>342</v>
+      </c>
+      <c r="BG24" s="49" t="s">
+        <v>211</v>
+      </c>
+      <c r="BH24" s="50" t="s">
+        <v>357</v>
+      </c>
+      <c r="BI24" s="51" t="s">
+        <v>171</v>
+      </c>
+      <c r="BJ24" s="52" t="s">
+        <v>236</v>
+      </c>
+      <c r="BK24" s="51" t="s">
+        <v>183</v>
+      </c>
+      <c r="BL24" s="53" t="s">
+        <v>358</v>
+      </c>
+      <c r="BM24" s="41">
+        <v>286</v>
+      </c>
+      <c r="BN24" s="49" t="s">
+        <v>349</v>
+      </c>
+      <c r="BO24" s="50" t="s">
+        <v>136</v>
+      </c>
+      <c r="BP24" s="51" t="s">
+        <v>157</v>
+      </c>
+      <c r="BQ24" s="52" t="s">
+        <v>142</v>
+      </c>
+      <c r="BR24" s="51" t="s">
+        <v>148</v>
+      </c>
+      <c r="BS24" s="53" t="s">
+        <v>322</v>
+      </c>
+      <c r="BT24" s="41">
+        <v>82</v>
+      </c>
+      <c r="BU24" s="49" t="s">
+        <v>359</v>
+      </c>
+      <c r="BV24" s="50" t="s">
+        <v>273</v>
+      </c>
+      <c r="BW24" s="51" t="s">
+        <v>229</v>
+      </c>
+      <c r="BX24" s="52" t="s">
+        <v>360</v>
+      </c>
+      <c r="BY24" s="51" t="s">
+        <v>361</v>
+      </c>
+      <c r="BZ24" s="53" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="25" spans="1:78">
+      <c r="A25" s="37" t="s">
+        <v>99</v>
+      </c>
+      <c r="B25" s="41">
+        <v>221</v>
+      </c>
+      <c r="C25" s="49" t="s">
+        <v>362</v>
+      </c>
+      <c r="D25" s="50" t="s">
+        <v>140</v>
+      </c>
+      <c r="E25" s="51" t="s">
+        <v>138</v>
+      </c>
+      <c r="F25" s="52" t="s">
+        <v>152</v>
+      </c>
+      <c r="G25" s="51" t="s">
+        <v>231</v>
+      </c>
+      <c r="H25" s="53" t="s">
+        <v>363</v>
+      </c>
+      <c r="I25" s="41">
+        <v>263</v>
+      </c>
+      <c r="J25" s="49" t="s">
+        <v>144</v>
+      </c>
+      <c r="K25" s="50" t="s">
+        <v>120</v>
+      </c>
+      <c r="L25" s="51" t="s">
+        <v>180</v>
+      </c>
+      <c r="M25" s="52" t="s">
+        <v>122</v>
+      </c>
+      <c r="N25" s="51" t="s">
+        <v>217</v>
+      </c>
+      <c r="O25" s="53" t="s">
+        <v>275</v>
+      </c>
+      <c r="P25" s="41">
+        <v>322</v>
+      </c>
+      <c r="Q25" s="49" t="s">
+        <v>364</v>
+      </c>
+      <c r="R25" s="50" t="s">
+        <v>273</v>
+      </c>
+      <c r="S25" s="51" t="s">
+        <v>160</v>
+      </c>
+      <c r="T25" s="52" t="s">
+        <v>156</v>
+      </c>
+      <c r="U25" s="51" t="s">
+        <v>211</v>
+      </c>
+      <c r="V25" s="53" t="s">
+        <v>197</v>
+      </c>
+      <c r="W25" s="41">
+        <v>262</v>
+      </c>
+      <c r="X25" s="49" t="s">
+        <v>251</v>
+      </c>
+      <c r="Y25" s="50" t="s">
+        <v>120</v>
+      </c>
+      <c r="Z25" s="51" t="s">
+        <v>193</v>
+      </c>
+      <c r="AA25" s="52" t="s">
+        <v>112</v>
+      </c>
+      <c r="AB25" s="51" t="s">
+        <v>238</v>
+      </c>
+      <c r="AC25" s="53" t="s">
+        <v>175</v>
+      </c>
+      <c r="AD25" s="41">
+        <v>223</v>
+      </c>
+      <c r="AE25" s="49" t="s">
+        <v>195</v>
+      </c>
+      <c r="AF25" s="50" t="s">
+        <v>120</v>
+      </c>
+      <c r="AG25" s="51" t="s">
+        <v>117</v>
+      </c>
+      <c r="AH25" s="52" t="s">
+        <v>354</v>
+      </c>
+      <c r="AI25" s="51" t="s">
+        <v>319</v>
+      </c>
+      <c r="AJ25" s="53" t="s">
+        <v>275</v>
+      </c>
+      <c r="AK25" s="41">
+        <v>220</v>
+      </c>
+      <c r="AL25" s="49" t="s">
         <v>292</v>
       </c>
-      <c r="D23" s="97" t="s">
+      <c r="AM25" s="50" t="s">
+        <v>120</v>
+      </c>
+      <c r="AN25" s="51" t="s">
+        <v>365</v>
+      </c>
+      <c r="AO25" s="52" t="s">
+        <v>366</v>
+      </c>
+      <c r="AP25" s="51" t="s">
+        <v>194</v>
+      </c>
+      <c r="AQ25" s="53" t="s">
+        <v>183</v>
+      </c>
+      <c r="AR25" s="41">
+        <v>218</v>
+      </c>
+      <c r="AS25" s="49" t="s">
+        <v>367</v>
+      </c>
+      <c r="AT25" s="50" t="s">
+        <v>140</v>
+      </c>
+      <c r="AU25" s="51" t="s">
+        <v>127</v>
+      </c>
+      <c r="AV25" s="52" t="s">
+        <v>204</v>
+      </c>
+      <c r="AW25" s="51" t="s">
+        <v>238</v>
+      </c>
+      <c r="AX25" s="53" t="s">
+        <v>191</v>
+      </c>
+      <c r="AY25" s="41">
+        <v>175</v>
+      </c>
+      <c r="AZ25" s="49" t="s">
+        <v>368</v>
+      </c>
+      <c r="BA25" s="50" t="s">
+        <v>120</v>
+      </c>
+      <c r="BB25" s="51" t="s">
+        <v>187</v>
+      </c>
+      <c r="BC25" s="52" t="s">
+        <v>137</v>
+      </c>
+      <c r="BD25" s="51" t="s">
+        <v>165</v>
+      </c>
+      <c r="BE25" s="53" t="s">
+        <v>191</v>
+      </c>
+      <c r="BF25" s="41">
+        <v>237</v>
+      </c>
+      <c r="BG25" s="49" t="s">
+        <v>369</v>
+      </c>
+      <c r="BH25" s="50" t="s">
+        <v>109</v>
+      </c>
+      <c r="BI25" s="51" t="s">
+        <v>229</v>
+      </c>
+      <c r="BJ25" s="52" t="s">
+        <v>368</v>
+      </c>
+      <c r="BK25" s="51" t="s">
+        <v>238</v>
+      </c>
+      <c r="BL25" s="53" t="s">
+        <v>250</v>
+      </c>
+      <c r="BM25" s="41">
+        <v>192</v>
+      </c>
+      <c r="BN25" s="49" t="s">
+        <v>370</v>
+      </c>
+      <c r="BO25" s="50" t="s">
+        <v>115</v>
+      </c>
+      <c r="BP25" s="51" t="s">
+        <v>257</v>
+      </c>
+      <c r="BQ25" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="BR25" s="51" t="s">
+        <v>371</v>
+      </c>
+      <c r="BS25" s="53" t="s">
+        <v>372</v>
+      </c>
+      <c r="BT25" s="41">
+        <v>65</v>
+      </c>
+      <c r="BU25" s="49" t="s">
+        <v>373</v>
+      </c>
+      <c r="BV25" s="50" t="s">
+        <v>374</v>
+      </c>
+      <c r="BW25" s="51" t="s">
+        <v>120</v>
+      </c>
+      <c r="BX25" s="52" t="s">
+        <v>164</v>
+      </c>
+      <c r="BY25" s="51" t="s">
+        <v>350</v>
+      </c>
+      <c r="BZ25" s="53" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="26" spans="1:78">
+      <c r="A26" s="37" t="s">
+        <v>100</v>
+      </c>
+      <c r="B26" s="41">
+        <v>570</v>
+      </c>
+      <c r="C26" s="49" t="s">
+        <v>328</v>
+      </c>
+      <c r="D26" s="50" t="s">
+        <v>130</v>
+      </c>
+      <c r="E26" s="51" t="s">
+        <v>147</v>
+      </c>
+      <c r="F26" s="52" t="s">
         <v>107</v>
       </c>
-      <c r="E23" s="98" t="s">
-[...8 lines deleted...]
-      <c r="H23" s="100" t="s">
+      <c r="G26" s="51" t="s">
+        <v>354</v>
+      </c>
+      <c r="H26" s="53" t="s">
+        <v>361</v>
+      </c>
+      <c r="I26" s="41">
+        <v>499</v>
+      </c>
+      <c r="J26" s="49" t="s">
+        <v>375</v>
+      </c>
+      <c r="K26" s="50" t="s">
+        <v>376</v>
+      </c>
+      <c r="L26" s="51" t="s">
+        <v>120</v>
+      </c>
+      <c r="M26" s="52" t="s">
+        <v>164</v>
+      </c>
+      <c r="N26" s="51" t="s">
+        <v>112</v>
+      </c>
+      <c r="O26" s="53" t="s">
+        <v>223</v>
+      </c>
+      <c r="P26" s="41">
+        <v>558</v>
+      </c>
+      <c r="Q26" s="49" t="s">
+        <v>377</v>
+      </c>
+      <c r="R26" s="50" t="s">
+        <v>130</v>
+      </c>
+      <c r="S26" s="51" t="s">
+        <v>140</v>
+      </c>
+      <c r="T26" s="52" t="s">
+        <v>246</v>
+      </c>
+      <c r="U26" s="51" t="s">
+        <v>274</v>
+      </c>
+      <c r="V26" s="53" t="s">
+        <v>223</v>
+      </c>
+      <c r="W26" s="41">
+        <v>434</v>
+      </c>
+      <c r="X26" s="49" t="s">
+        <v>137</v>
+      </c>
+      <c r="Y26" s="50" t="s">
+        <v>119</v>
+      </c>
+      <c r="Z26" s="51" t="s">
+        <v>273</v>
+      </c>
+      <c r="AA26" s="52" t="s">
+        <v>162</v>
+      </c>
+      <c r="AB26" s="51" t="s">
+        <v>378</v>
+      </c>
+      <c r="AC26" s="53" t="s">
+        <v>379</v>
+      </c>
+      <c r="AD26" s="41">
+        <v>465</v>
+      </c>
+      <c r="AE26" s="49" t="s">
+        <v>142</v>
+      </c>
+      <c r="AF26" s="50" t="s">
+        <v>110</v>
+      </c>
+      <c r="AG26" s="51" t="s">
+        <v>246</v>
+      </c>
+      <c r="AH26" s="52" t="s">
+        <v>171</v>
+      </c>
+      <c r="AI26" s="51" t="s">
+        <v>378</v>
+      </c>
+      <c r="AJ26" s="53" t="s">
+        <v>175</v>
+      </c>
+      <c r="AK26" s="41">
+        <v>383</v>
+      </c>
+      <c r="AL26" s="49" t="s">
+        <v>298</v>
+      </c>
+      <c r="AM26" s="50" t="s">
+        <v>147</v>
+      </c>
+      <c r="AN26" s="51" t="s">
+        <v>141</v>
+      </c>
+      <c r="AO26" s="52" t="s">
+        <v>365</v>
+      </c>
+      <c r="AP26" s="51" t="s">
+        <v>231</v>
+      </c>
+      <c r="AQ26" s="53" t="s">
+        <v>197</v>
+      </c>
+      <c r="AR26" s="41">
+        <v>366</v>
+      </c>
+      <c r="AS26" s="49" t="s">
+        <v>380</v>
+      </c>
+      <c r="AT26" s="50" t="s">
+        <v>297</v>
+      </c>
+      <c r="AU26" s="51" t="s">
+        <v>116</v>
+      </c>
+      <c r="AV26" s="52" t="s">
+        <v>162</v>
+      </c>
+      <c r="AW26" s="51" t="s">
+        <v>381</v>
+      </c>
+      <c r="AX26" s="53" t="s">
+        <v>191</v>
+      </c>
+      <c r="AY26" s="41">
+        <v>356</v>
+      </c>
+      <c r="AZ26" s="49" t="s">
+        <v>142</v>
+      </c>
+      <c r="BA26" s="50" t="s">
+        <v>109</v>
+      </c>
+      <c r="BB26" s="51" t="s">
+        <v>382</v>
+      </c>
+      <c r="BC26" s="52" t="s">
+        <v>230</v>
+      </c>
+      <c r="BD26" s="51" t="s">
+        <v>194</v>
+      </c>
+      <c r="BE26" s="53" t="s">
+        <v>191</v>
+      </c>
+      <c r="BF26" s="41">
+        <v>375</v>
+      </c>
+      <c r="BG26" s="49" t="s">
+        <v>165</v>
+      </c>
+      <c r="BH26" s="50" t="s">
+        <v>110</v>
+      </c>
+      <c r="BI26" s="51" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ26" s="52" t="s">
+        <v>137</v>
+      </c>
+      <c r="BK26" s="51" t="s">
+        <v>361</v>
+      </c>
+      <c r="BL26" s="53" t="s">
+        <v>285</v>
+      </c>
+      <c r="BM26" s="41">
+        <v>265</v>
+      </c>
+      <c r="BN26" s="49" t="s">
+        <v>217</v>
+      </c>
+      <c r="BO26" s="50" t="s">
+        <v>126</v>
+      </c>
+      <c r="BP26" s="51" t="s">
+        <v>133</v>
+      </c>
+      <c r="BQ26" s="52" t="s">
+        <v>112</v>
+      </c>
+      <c r="BR26" s="51" t="s">
+        <v>261</v>
+      </c>
+      <c r="BS26" s="53" t="s">
+        <v>310</v>
+      </c>
+      <c r="BT26" s="41">
+        <v>85</v>
+      </c>
+      <c r="BU26" s="49" t="s">
+        <v>383</v>
+      </c>
+      <c r="BV26" s="50" t="s">
+        <v>146</v>
+      </c>
+      <c r="BW26" s="51" t="s">
+        <v>126</v>
+      </c>
+      <c r="BX26" s="52" t="s">
+        <v>171</v>
+      </c>
+      <c r="BY26" s="51" t="s">
+        <v>231</v>
+      </c>
+      <c r="BZ26" s="53" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="27" spans="1:78">
+      <c r="A27" s="37" t="s">
+        <v>101</v>
+      </c>
+      <c r="B27" s="41">
+        <v>193</v>
+      </c>
+      <c r="C27" s="49" t="s">
+        <v>160</v>
+      </c>
+      <c r="D27" s="50" t="s">
+        <v>150</v>
+      </c>
+      <c r="E27" s="51" t="s">
+        <v>119</v>
+      </c>
+      <c r="F27" s="52" t="s">
+        <v>141</v>
+      </c>
+      <c r="G27" s="51" t="s">
+        <v>152</v>
+      </c>
+      <c r="H27" s="53" t="s">
+        <v>194</v>
+      </c>
+      <c r="I27" s="41">
+        <v>205</v>
+      </c>
+      <c r="J27" s="49" t="s">
+        <v>180</v>
+      </c>
+      <c r="K27" s="50" t="s">
+        <v>159</v>
+      </c>
+      <c r="L27" s="51" t="s">
+        <v>119</v>
+      </c>
+      <c r="M27" s="52" t="s">
+        <v>229</v>
+      </c>
+      <c r="N27" s="51" t="s">
+        <v>137</v>
+      </c>
+      <c r="O27" s="53" t="s">
+        <v>361</v>
+      </c>
+      <c r="P27" s="41">
+        <v>187</v>
+      </c>
+      <c r="Q27" s="49" t="s">
+        <v>384</v>
+      </c>
+      <c r="R27" s="50" t="s">
+        <v>159</v>
+      </c>
+      <c r="S27" s="51" t="s">
+        <v>119</v>
+      </c>
+      <c r="T27" s="52" t="s">
+        <v>151</v>
+      </c>
+      <c r="U27" s="51" t="s">
+        <v>122</v>
+      </c>
+      <c r="V27" s="53" t="s">
+        <v>319</v>
+      </c>
+      <c r="W27" s="41">
+        <v>148</v>
+      </c>
+      <c r="X27" s="49" t="s">
+        <v>129</v>
+      </c>
+      <c r="Y27" s="50" t="s">
+        <v>159</v>
+      </c>
+      <c r="Z27" s="51" t="s">
+        <v>115</v>
+      </c>
+      <c r="AA27" s="52" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB27" s="51" t="s">
+        <v>112</v>
+      </c>
+      <c r="AC27" s="53" t="s">
+        <v>175</v>
+      </c>
+      <c r="AD27" s="41">
+        <v>172</v>
+      </c>
+      <c r="AE27" s="49" t="s">
+        <v>373</v>
+      </c>
+      <c r="AF27" s="50" t="s">
+        <v>159</v>
+      </c>
+      <c r="AG27" s="51" t="s">
+        <v>147</v>
+      </c>
+      <c r="AH27" s="52" t="s">
+        <v>316</v>
+      </c>
+      <c r="AI27" s="51" t="s">
+        <v>232</v>
+      </c>
+      <c r="AJ27" s="53" t="s">
+        <v>291</v>
+      </c>
+      <c r="AK27" s="41">
+        <v>167</v>
+      </c>
+      <c r="AL27" s="49" t="s">
+        <v>145</v>
+      </c>
+      <c r="AM27" s="50" t="s">
+        <v>159</v>
+      </c>
+      <c r="AN27" s="51" t="s">
+        <v>147</v>
+      </c>
+      <c r="AO27" s="52" t="s">
+        <v>111</v>
+      </c>
+      <c r="AP27" s="51" t="s">
+        <v>385</v>
+      </c>
+      <c r="AQ27" s="53" t="s">
+        <v>386</v>
+      </c>
+      <c r="AR27" s="41">
+        <v>152</v>
+      </c>
+      <c r="AS27" s="49" t="s">
+        <v>387</v>
+      </c>
+      <c r="AT27" s="50" t="s">
+        <v>118</v>
+      </c>
+      <c r="AU27" s="51" t="s">
+        <v>388</v>
+      </c>
+      <c r="AV27" s="52" t="s">
+        <v>234</v>
+      </c>
+      <c r="AW27" s="51" t="s">
+        <v>207</v>
+      </c>
+      <c r="AX27" s="53" t="s">
+        <v>170</v>
+      </c>
+      <c r="AY27" s="41">
+        <v>138</v>
+      </c>
+      <c r="AZ27" s="49" t="s">
+        <v>373</v>
+      </c>
+      <c r="BA27" s="50" t="s">
+        <v>118</v>
+      </c>
+      <c r="BB27" s="51" t="s">
+        <v>120</v>
+      </c>
+      <c r="BC27" s="52" t="s">
+        <v>377</v>
+      </c>
+      <c r="BD27" s="51" t="s">
+        <v>236</v>
+      </c>
+      <c r="BE27" s="53" t="s">
+        <v>191</v>
+      </c>
+      <c r="BF27" s="41">
+        <v>186</v>
+      </c>
+      <c r="BG27" s="49" t="s">
+        <v>387</v>
+      </c>
+      <c r="BH27" s="50" t="s">
+        <v>159</v>
+      </c>
+      <c r="BI27" s="51" t="s">
+        <v>110</v>
+      </c>
+      <c r="BJ27" s="52" t="s">
+        <v>389</v>
+      </c>
+      <c r="BK27" s="51" t="s">
+        <v>201</v>
+      </c>
+      <c r="BL27" s="53" t="s">
+        <v>275</v>
+      </c>
+      <c r="BM27" s="41">
+        <v>139</v>
+      </c>
+      <c r="BN27" s="49" t="s">
+        <v>364</v>
+      </c>
+      <c r="BO27" s="50" t="s">
+        <v>119</v>
+      </c>
+      <c r="BP27" s="51" t="s">
+        <v>151</v>
+      </c>
+      <c r="BQ27" s="52" t="s">
+        <v>152</v>
+      </c>
+      <c r="BR27" s="51" t="s">
+        <v>201</v>
+      </c>
+      <c r="BS27" s="53" t="s">
+        <v>390</v>
+      </c>
+      <c r="BT27" s="41">
+        <v>73</v>
+      </c>
+      <c r="BU27" s="49" t="s">
+        <v>325</v>
+      </c>
+      <c r="BV27" s="50" t="s">
+        <v>163</v>
+      </c>
+      <c r="BW27" s="51" t="s">
+        <v>140</v>
+      </c>
+      <c r="BX27" s="52" t="s">
+        <v>171</v>
+      </c>
+      <c r="BY27" s="51" t="s">
+        <v>112</v>
+      </c>
+      <c r="BZ27" s="53" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="28" spans="1:78">
+      <c r="A28" s="37" t="s">
+        <v>102</v>
+      </c>
+      <c r="B28" s="41">
+        <v>258</v>
+      </c>
+      <c r="C28" s="49" t="s">
+        <v>166</v>
+      </c>
+      <c r="D28" s="50" t="s">
+        <v>125</v>
+      </c>
+      <c r="E28" s="51" t="s">
+        <v>126</v>
+      </c>
+      <c r="F28" s="52" t="s">
+        <v>391</v>
+      </c>
+      <c r="G28" s="51" t="s">
+        <v>243</v>
+      </c>
+      <c r="H28" s="53" t="s">
+        <v>361</v>
+      </c>
+      <c r="I28" s="41">
+        <v>225</v>
+      </c>
+      <c r="J28" s="49" t="s">
+        <v>122</v>
+      </c>
+      <c r="K28" s="50" t="s">
+        <v>392</v>
+      </c>
+      <c r="L28" s="51" t="s">
+        <v>187</v>
+      </c>
+      <c r="M28" s="52" t="s">
+        <v>393</v>
+      </c>
+      <c r="N28" s="51" t="s">
+        <v>243</v>
+      </c>
+      <c r="O28" s="53" t="s">
+        <v>211</v>
+      </c>
+      <c r="P28" s="41">
+        <v>129</v>
+      </c>
+      <c r="Q28" s="49" t="s">
+        <v>242</v>
+      </c>
+      <c r="R28" s="50" t="s">
+        <v>186</v>
+      </c>
+      <c r="S28" s="51" t="s">
+        <v>273</v>
+      </c>
+      <c r="T28" s="52" t="s">
+        <v>134</v>
+      </c>
+      <c r="U28" s="51" t="s">
+        <v>354</v>
+      </c>
+      <c r="V28" s="53" t="s">
+        <v>291</v>
+      </c>
+      <c r="W28" s="41">
+        <v>117</v>
+      </c>
+      <c r="X28" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="Y28" s="50" t="s">
+        <v>394</v>
+      </c>
+      <c r="Z28" s="51" t="s">
+        <v>119</v>
+      </c>
+      <c r="AA28" s="52" t="s">
+        <v>229</v>
+      </c>
+      <c r="AB28" s="51" t="s">
+        <v>112</v>
+      </c>
+      <c r="AC28" s="53" t="s">
+        <v>363</v>
+      </c>
+      <c r="AD28" s="41">
+        <v>109</v>
+      </c>
+      <c r="AE28" s="49" t="s">
+        <v>182</v>
+      </c>
+      <c r="AF28" s="50" t="s">
+        <v>288</v>
+      </c>
+      <c r="AG28" s="51" t="s">
+        <v>340</v>
+      </c>
+      <c r="AH28" s="52" t="s">
+        <v>164</v>
+      </c>
+      <c r="AI28" s="51" t="s">
+        <v>251</v>
+      </c>
+      <c r="AJ28" s="53" t="s">
+        <v>175</v>
+      </c>
+      <c r="AK28" s="41">
+        <v>135</v>
+      </c>
+      <c r="AL28" s="49" t="s">
+        <v>395</v>
+      </c>
+      <c r="AM28" s="50" t="s">
+        <v>159</v>
+      </c>
+      <c r="AN28" s="51" t="s">
+        <v>396</v>
+      </c>
+      <c r="AO28" s="52" t="s">
+        <v>138</v>
+      </c>
+      <c r="AP28" s="51" t="s">
+        <v>239</v>
+      </c>
+      <c r="AQ28" s="53" t="s">
+        <v>361</v>
+      </c>
+      <c r="AR28" s="41">
+        <v>115</v>
+      </c>
+      <c r="AS28" s="49" t="s">
+        <v>149</v>
+      </c>
+      <c r="AT28" s="50" t="s">
+        <v>115</v>
+      </c>
+      <c r="AU28" s="51" t="s">
         <v>295</v>
       </c>
-      <c r="I23" s="83">
-[...47 lines deleted...]
-      <c r="Y23" s="97" t="s">
+      <c r="AV28" s="52" t="s">
+        <v>397</v>
+      </c>
+      <c r="AW28" s="51" t="s">
+        <v>369</v>
+      </c>
+      <c r="AX28" s="53" t="s">
+        <v>194</v>
+      </c>
+      <c r="AY28" s="41">
+        <v>117</v>
+      </c>
+      <c r="AZ28" s="49" t="s">
+        <v>395</v>
+      </c>
+      <c r="BA28" s="50" t="s">
+        <v>119</v>
+      </c>
+      <c r="BB28" s="51" t="s">
+        <v>120</v>
+      </c>
+      <c r="BC28" s="52" t="s">
+        <v>127</v>
+      </c>
+      <c r="BD28" s="51" t="s">
+        <v>174</v>
+      </c>
+      <c r="BE28" s="53" t="s">
+        <v>398</v>
+      </c>
+      <c r="BF28" s="41">
+        <v>149</v>
+      </c>
+      <c r="BG28" s="49" t="s">
+        <v>375</v>
+      </c>
+      <c r="BH28" s="50" t="s">
+        <v>114</v>
+      </c>
+      <c r="BI28" s="51" t="s">
+        <v>396</v>
+      </c>
+      <c r="BJ28" s="52" t="s">
+        <v>179</v>
+      </c>
+      <c r="BK28" s="51" t="s">
+        <v>243</v>
+      </c>
+      <c r="BL28" s="53" t="s">
+        <v>148</v>
+      </c>
+      <c r="BM28" s="41">
+        <v>122</v>
+      </c>
+      <c r="BN28" s="49" t="s">
+        <v>182</v>
+      </c>
+      <c r="BO28" s="50" t="s">
+        <v>140</v>
+      </c>
+      <c r="BP28" s="51" t="s">
+        <v>312</v>
+      </c>
+      <c r="BQ28" s="52" t="s">
+        <v>200</v>
+      </c>
+      <c r="BR28" s="51" t="s">
+        <v>231</v>
+      </c>
+      <c r="BS28" s="53" t="s">
+        <v>244</v>
+      </c>
+      <c r="BT28" s="41">
+        <v>35</v>
+      </c>
+      <c r="BU28" s="49" t="s">
+        <v>134</v>
+      </c>
+      <c r="BV28" s="50" t="s">
+        <v>399</v>
+      </c>
+      <c r="BW28" s="51" t="s">
+        <v>146</v>
+      </c>
+      <c r="BX28" s="52" t="s">
+        <v>141</v>
+      </c>
+      <c r="BY28" s="51" t="s">
+        <v>200</v>
+      </c>
+      <c r="BZ28" s="53" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="29" spans="1:78">
+      <c r="A29" s="37" t="s">
+        <v>103</v>
+      </c>
+      <c r="B29" s="41">
+        <v>19</v>
+      </c>
+      <c r="C29" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="D29" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="E29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="F29" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="G29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="H29" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="I29" s="41">
+        <v>17</v>
+      </c>
+      <c r="J29" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="K29" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="L29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="M29" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="N29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="O29" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="P29" s="41">
+        <v>19</v>
+      </c>
+      <c r="Q29" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="R29" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="S29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="T29" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="U29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="V29" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="W29" s="41">
+        <v>19</v>
+      </c>
+      <c r="X29" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="Y29" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="Z29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AA29" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="AB29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AC29" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AD29" s="41">
+        <v>13</v>
+      </c>
+      <c r="AE29" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="AF29" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="AG29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AH29" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="AI29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AJ29" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AK29" s="41">
+        <v>34</v>
+      </c>
+      <c r="AL29" s="54" t="s">
+        <v>111</v>
+      </c>
+      <c r="AM29" s="50" t="s">
+        <v>177</v>
+      </c>
+      <c r="AN29" s="51" t="s">
+        <v>401</v>
+      </c>
+      <c r="AO29" s="52" t="s">
+        <v>273</v>
+      </c>
+      <c r="AP29" s="51" t="s">
+        <v>179</v>
+      </c>
+      <c r="AQ29" s="53" t="s">
+        <v>197</v>
+      </c>
+      <c r="AR29" s="41">
+        <v>15</v>
+      </c>
+      <c r="AS29" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="AT29" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="AU29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AV29" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="AW29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AX29" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AY29" s="41">
+        <v>17</v>
+      </c>
+      <c r="AZ29" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="BA29" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="BB29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="BC29" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="BD29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="BE29" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BF29" s="41">
+        <v>14</v>
+      </c>
+      <c r="BG29" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="BH29" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="BI29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="BJ29" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="BK29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="BL29" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BM29" s="41">
+        <v>13</v>
+      </c>
+      <c r="BN29" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="BO29" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="BP29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="BQ29" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="BR29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="BS29" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BT29" s="41">
+        <v>7</v>
+      </c>
+      <c r="BU29" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="BV29" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="BW29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="BX29" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="BY29" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="BZ29" s="53" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="30" spans="1:78">
+      <c r="A30" s="37" t="s">
+        <v>104</v>
+      </c>
+      <c r="B30" s="41">
+        <v>35</v>
+      </c>
+      <c r="C30" s="49" t="s">
+        <v>316</v>
+      </c>
+      <c r="D30" s="50" t="s">
+        <v>172</v>
+      </c>
+      <c r="E30" s="51" t="s">
+        <v>109</v>
+      </c>
+      <c r="F30" s="52" t="s">
+        <v>133</v>
+      </c>
+      <c r="G30" s="51" t="s">
+        <v>122</v>
+      </c>
+      <c r="H30" s="53" t="s">
+        <v>194</v>
+      </c>
+      <c r="I30" s="41">
+        <v>35</v>
+      </c>
+      <c r="J30" s="49" t="s">
+        <v>113</v>
+      </c>
+      <c r="K30" s="50" t="s">
+        <v>402</v>
+      </c>
+      <c r="L30" s="51" t="s">
+        <v>115</v>
+      </c>
+      <c r="M30" s="52" t="s">
+        <v>127</v>
+      </c>
+      <c r="N30" s="51" t="s">
+        <v>112</v>
+      </c>
+      <c r="O30" s="53" t="s">
+        <v>223</v>
+      </c>
+      <c r="P30" s="41">
+        <v>42</v>
+      </c>
+      <c r="Q30" s="49" t="s">
+        <v>200</v>
+      </c>
+      <c r="R30" s="50" t="s">
+        <v>403</v>
+      </c>
+      <c r="S30" s="51" t="s">
+        <v>119</v>
+      </c>
+      <c r="T30" s="52" t="s">
+        <v>127</v>
+      </c>
+      <c r="U30" s="51" t="s">
+        <v>326</v>
+      </c>
+      <c r="V30" s="53" t="s">
+        <v>363</v>
+      </c>
+      <c r="W30" s="41">
+        <v>45</v>
+      </c>
+      <c r="X30" s="49" t="s">
+        <v>127</v>
+      </c>
+      <c r="Y30" s="50" t="s">
+        <v>404</v>
+      </c>
+      <c r="Z30" s="51" t="s">
+        <v>159</v>
+      </c>
+      <c r="AA30" s="52" t="s">
+        <v>246</v>
+      </c>
+      <c r="AB30" s="51" t="s">
+        <v>405</v>
+      </c>
+      <c r="AC30" s="53" t="s">
+        <v>326</v>
+      </c>
+      <c r="AD30" s="41">
+        <v>31</v>
+      </c>
+      <c r="AE30" s="49" t="s">
+        <v>201</v>
+      </c>
+      <c r="AF30" s="50" t="s">
+        <v>402</v>
+      </c>
+      <c r="AG30" s="51" t="s">
+        <v>159</v>
+      </c>
+      <c r="AH30" s="52" t="s">
+        <v>117</v>
+      </c>
+      <c r="AI30" s="51" t="s">
+        <v>231</v>
+      </c>
+      <c r="AJ30" s="53" t="s">
+        <v>148</v>
+      </c>
+      <c r="AK30" s="41">
+        <v>37</v>
+      </c>
+      <c r="AL30" s="49" t="s">
+        <v>210</v>
+      </c>
+      <c r="AM30" s="50" t="s">
+        <v>163</v>
+      </c>
+      <c r="AN30" s="51" t="s">
+        <v>186</v>
+      </c>
+      <c r="AO30" s="52" t="s">
+        <v>141</v>
+      </c>
+      <c r="AP30" s="51" t="s">
+        <v>112</v>
+      </c>
+      <c r="AQ30" s="53" t="s">
+        <v>342</v>
+      </c>
+      <c r="AR30" s="41">
+        <v>44</v>
+      </c>
+      <c r="AS30" s="49" t="s">
+        <v>389</v>
+      </c>
+      <c r="AT30" s="50" t="s">
+        <v>135</v>
+      </c>
+      <c r="AU30" s="51" t="s">
+        <v>110</v>
+      </c>
+      <c r="AV30" s="52" t="s">
+        <v>113</v>
+      </c>
+      <c r="AW30" s="51" t="s">
         <v>274</v>
       </c>
-      <c r="Z23" s="98" t="s">
-[...47 lines deleted...]
-      <c r="AP23" s="98" t="s">
+      <c r="AX30" s="53" t="s">
+        <v>363</v>
+      </c>
+      <c r="AY30" s="41">
+        <v>41</v>
+      </c>
+      <c r="AZ30" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="BA30" s="50" t="s">
+        <v>406</v>
+      </c>
+      <c r="BB30" s="51" t="s">
+        <v>159</v>
+      </c>
+      <c r="BC30" s="52" t="s">
+        <v>141</v>
+      </c>
+      <c r="BD30" s="51" t="s">
+        <v>242</v>
+      </c>
+      <c r="BE30" s="53" t="s">
+        <v>291</v>
+      </c>
+      <c r="BF30" s="41">
+        <v>69</v>
+      </c>
+      <c r="BG30" s="49" t="s">
+        <v>133</v>
+      </c>
+      <c r="BH30" s="50" t="s">
+        <v>399</v>
+      </c>
+      <c r="BI30" s="51" t="s">
+        <v>150</v>
+      </c>
+      <c r="BJ30" s="52" t="s">
+        <v>181</v>
+      </c>
+      <c r="BK30" s="51" t="s">
+        <v>179</v>
+      </c>
+      <c r="BL30" s="53" t="s">
         <v>197</v>
       </c>
-      <c r="AQ23" s="100" t="s">
-[...11 lines deleted...]
-      <c r="AU23" s="98" t="s">
+      <c r="BM30" s="41">
+        <v>46</v>
+      </c>
+      <c r="BN30" s="49" t="s">
+        <v>407</v>
+      </c>
+      <c r="BO30" s="50" t="s">
+        <v>408</v>
+      </c>
+      <c r="BP30" s="51" t="s">
+        <v>409</v>
+      </c>
+      <c r="BQ30" s="52" t="s">
+        <v>410</v>
+      </c>
+      <c r="BR30" s="51" t="s">
+        <v>137</v>
+      </c>
+      <c r="BS30" s="53" t="s">
+        <v>194</v>
+      </c>
+      <c r="BT30" s="41">
+        <v>25</v>
+      </c>
+      <c r="BU30" s="49" t="s">
+        <v>389</v>
+      </c>
+      <c r="BV30" s="50" t="s">
+        <v>411</v>
+      </c>
+      <c r="BW30" s="51" t="s">
         <v>154</v>
       </c>
-      <c r="AV23" s="99" t="s">
-[...76 lines deleted...]
-      <c r="B24" s="83">
+      <c r="BX30" s="52" t="s">
+        <v>412</v>
+      </c>
+      <c r="BY30" s="51" t="s">
+        <v>204</v>
+      </c>
+      <c r="BZ30" s="53" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="31" spans="1:78">
+      <c r="A31" s="37" t="s">
+        <v>105</v>
+      </c>
+      <c r="B31" s="41">
+        <v>3</v>
+      </c>
+      <c r="C31" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="D31" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="E31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="F31" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="G31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="H31" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="I31" s="41">
+        <v>4</v>
+      </c>
+      <c r="J31" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="K31" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="L31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="M31" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="N31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="O31" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="P31" s="41">
+        <v>2</v>
+      </c>
+      <c r="Q31" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="R31" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="S31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="T31" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="U31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="V31" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="W31" s="41">
+        <v>5</v>
+      </c>
+      <c r="X31" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="Y31" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="Z31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AA31" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="AB31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AC31" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AD31" s="41">
+        <v>3</v>
+      </c>
+      <c r="AE31" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="AF31" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="AG31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AH31" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="AI31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AJ31" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AK31" s="41">
+        <v>2</v>
+      </c>
+      <c r="AL31" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="AM31" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="AN31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AO31" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="AP31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AQ31" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AR31" s="41">
+        <v>2</v>
+      </c>
+      <c r="AS31" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="AT31" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="AU31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AV31" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="AW31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AX31" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AY31" s="41">
+        <v>1</v>
+      </c>
+      <c r="AZ31" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="BA31" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="BB31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="BC31" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="BD31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="BE31" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BF31" s="41">
+        <v>4</v>
+      </c>
+      <c r="BG31" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="BH31" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="BI31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="BJ31" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="BK31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="BL31" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BM31" s="41">
+        <v>2</v>
+      </c>
+      <c r="BN31" s="54" t="s">
+        <v>400</v>
+      </c>
+      <c r="BO31" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="BP31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="BQ31" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="BR31" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="BS31" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BT31" s="41">
+        <v>0</v>
+      </c>
+      <c r="BU31" s="54" t="s">
         <v>413</v>
       </c>
-      <c r="C24" s="96" t="s">
-[...406 lines deleted...]
-      <c r="BO25" s="97" t="s">
+      <c r="BV31" s="50" t="s">
+        <v>413</v>
+      </c>
+      <c r="BW31" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="BX31" s="52" t="s">
+        <v>413</v>
+      </c>
+      <c r="BY31" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="BZ31" s="53" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="32" spans="1:78">
+      <c r="A32" s="37" t="s">
         <v>106</v>
       </c>
-      <c r="BP25" s="98" t="s">
-[...1088 lines deleted...]
-      <c r="A31" s="59" t="s">
+      <c r="B32" s="41">
+        <v>0</v>
+      </c>
+      <c r="C32" s="55" t="s">
+        <v>413</v>
+      </c>
+      <c r="D32" s="50" t="s">
+        <v>413</v>
+      </c>
+      <c r="E32" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="F32" s="52" t="s">
+        <v>413</v>
+      </c>
+      <c r="G32" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="H32" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="I32" s="41">
+        <v>0</v>
+      </c>
+      <c r="J32" s="55" t="s">
+        <v>413</v>
+      </c>
+      <c r="K32" s="50" t="s">
+        <v>413</v>
+      </c>
+      <c r="L32" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="M32" s="52" t="s">
+        <v>413</v>
+      </c>
+      <c r="N32" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="O32" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="P32" s="41">
+        <v>0</v>
+      </c>
+      <c r="Q32" s="55" t="s">
+        <v>413</v>
+      </c>
+      <c r="R32" s="50" t="s">
+        <v>413</v>
+      </c>
+      <c r="S32" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="T32" s="52" t="s">
+        <v>413</v>
+      </c>
+      <c r="U32" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="V32" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="W32" s="41">
+        <v>0</v>
+      </c>
+      <c r="X32" s="55" t="s">
+        <v>413</v>
+      </c>
+      <c r="Y32" s="50" t="s">
+        <v>413</v>
+      </c>
+      <c r="Z32" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="AA32" s="52" t="s">
+        <v>413</v>
+      </c>
+      <c r="AB32" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="AC32" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="AD32" s="41">
+        <v>1</v>
+      </c>
+      <c r="AE32" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="AF32" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="AG32" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AH32" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="AI32" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AJ32" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AK32" s="41">
+        <v>2</v>
+      </c>
+      <c r="AL32" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="AM32" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="AN32" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AO32" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="AP32" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="AQ32" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AR32" s="41">
+        <v>0</v>
+      </c>
+      <c r="AS32" s="55" t="s">
+        <v>413</v>
+      </c>
+      <c r="AT32" s="50" t="s">
+        <v>413</v>
+      </c>
+      <c r="AU32" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="AV32" s="52" t="s">
+        <v>413</v>
+      </c>
+      <c r="AW32" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="AX32" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="AY32" s="41">
+        <v>0</v>
+      </c>
+      <c r="AZ32" s="55" t="s">
+        <v>413</v>
+      </c>
+      <c r="BA32" s="50" t="s">
+        <v>413</v>
+      </c>
+      <c r="BB32" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="BC32" s="52" t="s">
+        <v>413</v>
+      </c>
+      <c r="BD32" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="BE32" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="BF32" s="41">
+        <v>1</v>
+      </c>
+      <c r="BG32" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="BH32" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="BI32" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="BJ32" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="BK32" s="51" t="s">
+        <v>400</v>
+      </c>
+      <c r="BL32" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BM32" s="41">
+        <v>0</v>
+      </c>
+      <c r="BN32" s="55" t="s">
+        <v>413</v>
+      </c>
+      <c r="BO32" s="50" t="s">
+        <v>413</v>
+      </c>
+      <c r="BP32" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="BQ32" s="52" t="s">
+        <v>413</v>
+      </c>
+      <c r="BR32" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="BS32" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="BT32" s="41">
+        <v>0</v>
+      </c>
+      <c r="BU32" s="55" t="s">
+        <v>413</v>
+      </c>
+      <c r="BV32" s="50" t="s">
+        <v>413</v>
+      </c>
+      <c r="BW32" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="BX32" s="52" t="s">
+        <v>413</v>
+      </c>
+      <c r="BY32" s="51" t="s">
+        <v>413</v>
+      </c>
+      <c r="BZ32" s="53" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="33" spans="1:133">
+      <c r="A33" s="102" t="s">
         <v>96</v>
-      </c>
-[...428 lines deleted...]
-        <v>87</v>
       </c>
       <c r="B33" s="103">
         <v>2967</v>
       </c>
       <c r="C33" s="104" t="s">
-        <v>267</v>
+        <v>292</v>
       </c>
       <c r="D33" s="105" t="s">
-        <v>268</v>
+        <v>297</v>
       </c>
       <c r="E33" s="106" t="s">
-        <v>225</v>
+        <v>246</v>
       </c>
       <c r="F33" s="106" t="s">
-        <v>269</v>
+        <v>298</v>
       </c>
       <c r="G33" s="106" t="s">
-        <v>194</v>
+        <v>211</v>
       </c>
       <c r="H33" s="107" t="s">
-        <v>270</v>
+        <v>299</v>
       </c>
       <c r="I33" s="103">
         <v>3166</v>
       </c>
       <c r="J33" s="104" t="s">
-        <v>271</v>
+        <v>256</v>
       </c>
       <c r="K33" s="105" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="L33" s="106" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="M33" s="106" t="s">
-        <v>186</v>
+        <v>204</v>
       </c>
       <c r="N33" s="106" t="s">
-        <v>206</v>
+        <v>223</v>
       </c>
       <c r="O33" s="107" t="s">
-        <v>272</v>
+        <v>300</v>
       </c>
       <c r="P33" s="103">
         <v>2947</v>
       </c>
       <c r="Q33" s="104" t="s">
-        <v>230</v>
+        <v>251</v>
       </c>
       <c r="R33" s="105" t="s">
-        <v>273</v>
+        <v>301</v>
       </c>
       <c r="S33" s="106" t="s">
-        <v>274</v>
+        <v>153</v>
       </c>
       <c r="T33" s="106" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="U33" s="106" t="s">
-        <v>217</v>
+        <v>238</v>
       </c>
       <c r="V33" s="107" t="s">
-        <v>275</v>
+        <v>258</v>
       </c>
       <c r="W33" s="103">
         <v>2666</v>
       </c>
       <c r="X33" s="104" t="s">
-        <v>182</v>
+        <v>201</v>
       </c>
       <c r="Y33" s="105" t="s">
-        <v>276</v>
+        <v>302</v>
       </c>
       <c r="Z33" s="106" t="s">
-        <v>277</v>
+        <v>303</v>
       </c>
       <c r="AA33" s="106" t="s">
-        <v>174</v>
+        <v>156</v>
       </c>
       <c r="AB33" s="106" t="s">
-        <v>278</v>
+        <v>304</v>
       </c>
       <c r="AC33" s="107" t="s">
-        <v>279</v>
+        <v>305</v>
       </c>
       <c r="AD33" s="103">
         <v>2729</v>
       </c>
       <c r="AE33" s="104" t="s">
-        <v>190</v>
+        <v>207</v>
       </c>
       <c r="AF33" s="105" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="AG33" s="106" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="AH33" s="106" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="AI33" s="106" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="AJ33" s="107" t="s">
-        <v>280</v>
+        <v>306</v>
       </c>
       <c r="AK33" s="103">
         <v>2308</v>
       </c>
       <c r="AL33" s="104" t="s">
-        <v>281</v>
+        <v>307</v>
       </c>
       <c r="AM33" s="105" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="AN33" s="106" t="s">
-        <v>282</v>
+        <v>257</v>
       </c>
       <c r="AO33" s="106" t="s">
-        <v>283</v>
+        <v>255</v>
       </c>
       <c r="AP33" s="106" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="AQ33" s="107" t="s">
-        <v>280</v>
+        <v>306</v>
       </c>
       <c r="AR33" s="103">
         <v>2291</v>
       </c>
       <c r="AS33" s="104" t="s">
-        <v>284</v>
+        <v>308</v>
       </c>
       <c r="AT33" s="105" t="s">
-        <v>285</v>
+        <v>309</v>
       </c>
       <c r="AU33" s="106" t="s">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="AV33" s="106" t="s">
-        <v>186</v>
+        <v>204</v>
       </c>
       <c r="AW33" s="106" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="AX33" s="107" t="s">
-        <v>286</v>
+        <v>310</v>
       </c>
       <c r="AY33" s="103">
         <v>2157</v>
       </c>
       <c r="AZ33" s="104" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="BA33" s="105" t="s">
-        <v>287</v>
+        <v>311</v>
       </c>
       <c r="BB33" s="106" t="s">
-        <v>288</v>
+        <v>312</v>
       </c>
       <c r="BC33" s="106" t="s">
-        <v>186</v>
+        <v>204</v>
       </c>
       <c r="BD33" s="106" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="BE33" s="107" t="s">
-        <v>289</v>
+        <v>313</v>
       </c>
       <c r="BF33" s="103">
         <v>2861</v>
       </c>
       <c r="BG33" s="104" t="s">
-        <v>290</v>
+        <v>314</v>
       </c>
       <c r="BH33" s="105" t="s">
-        <v>248</v>
+        <v>273</v>
       </c>
       <c r="BI33" s="106" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="BJ33" s="106" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="BK33" s="106" t="s">
-        <v>161</v>
+        <v>175</v>
       </c>
       <c r="BL33" s="107" t="s">
-        <v>291</v>
+        <v>315</v>
       </c>
       <c r="BM33" s="103">
         <v>2351</v>
       </c>
       <c r="BN33" s="104" t="s">
+        <v>195</v>
+      </c>
+      <c r="BO33" s="105" t="s">
+        <v>120</v>
+      </c>
+      <c r="BP33" s="106" t="s">
+        <v>316</v>
+      </c>
+      <c r="BQ33" s="106" t="s">
+        <v>112</v>
+      </c>
+      <c r="BR33" s="106" t="s">
+        <v>222</v>
+      </c>
+      <c r="BS33" s="107" t="s">
+        <v>317</v>
+      </c>
+      <c r="BT33" s="103">
+        <v>773</v>
+      </c>
+      <c r="BU33" s="104" t="s">
+        <v>318</v>
+      </c>
+      <c r="BV33" s="105" t="s">
+        <v>146</v>
+      </c>
+      <c r="BW33" s="106" t="s">
+        <v>141</v>
+      </c>
+      <c r="BX33" s="106" t="s">
+        <v>200</v>
+      </c>
+      <c r="BY33" s="106" t="s">
+        <v>319</v>
+      </c>
+      <c r="BZ33" s="107" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="34" spans="1:133">
+      <c r="A34" s="47" t="s">
+        <v>33</v>
+      </c>
+      <c r="B34" s="48"/>
+      <c r="C34" s="48"/>
+      <c r="D34" s="48"/>
+      <c r="E34" s="48"/>
+      <c r="F34" s="48"/>
+      <c r="G34" s="48"/>
+      <c r="H34" s="48"/>
+      <c r="I34" s="56"/>
+      <c r="J34" s="56"/>
+      <c r="K34" s="56"/>
+      <c r="L34" s="56"/>
+      <c r="M34" s="56"/>
+      <c r="N34" s="28"/>
+      <c r="O34" s="28"/>
+    </row>
+    <row r="35" spans="1:133">
+      <c r="B35" s="40"/>
+      <c r="C35" s="40"/>
+      <c r="D35" s="40"/>
+      <c r="E35" s="40"/>
+      <c r="F35" s="40"/>
+      <c r="G35" s="40"/>
+      <c r="H35" s="40"/>
+      <c r="I35" s="56"/>
+      <c r="J35" s="56"/>
+      <c r="K35" s="56"/>
+      <c r="L35" s="56"/>
+      <c r="M35" s="56"/>
+      <c r="N35" s="28"/>
+      <c r="O35" s="28"/>
+    </row>
+    <row r="36" spans="1:133">
+      <c r="A36" s="40"/>
+      <c r="B36" s="40"/>
+      <c r="C36" s="40"/>
+      <c r="D36" s="40"/>
+      <c r="E36" s="40"/>
+      <c r="F36" s="40"/>
+      <c r="G36" s="40"/>
+      <c r="H36" s="40"/>
+      <c r="I36" s="56"/>
+      <c r="J36" s="56"/>
+      <c r="K36" s="56"/>
+      <c r="L36" s="56"/>
+      <c r="M36" s="56"/>
+      <c r="N36" s="28"/>
+      <c r="O36" s="28"/>
+    </row>
+    <row r="37" spans="1:133" ht="18.75" customHeight="1">
+      <c r="A37" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B37" s="40"/>
+      <c r="C37" s="40"/>
+      <c r="D37" s="40"/>
+      <c r="E37" s="40"/>
+      <c r="F37" s="40"/>
+      <c r="G37" s="40"/>
+      <c r="H37" s="40"/>
+      <c r="I37" s="56"/>
+      <c r="J37" s="56"/>
+      <c r="K37" s="56"/>
+      <c r="L37" s="56"/>
+      <c r="M37" s="56"/>
+      <c r="N37" s="28"/>
+      <c r="O37" s="28"/>
+    </row>
+    <row r="38" spans="1:133">
+      <c r="B38" s="28"/>
+      <c r="C38" s="28"/>
+      <c r="D38" s="28"/>
+      <c r="E38" s="28"/>
+      <c r="F38" s="28"/>
+      <c r="G38" s="28"/>
+      <c r="H38" s="28"/>
+      <c r="I38" s="28"/>
+      <c r="J38" s="28"/>
+      <c r="K38" s="28"/>
+      <c r="L38" s="28"/>
+      <c r="M38" s="28"/>
+      <c r="N38" s="28"/>
+      <c r="O38" s="28"/>
+    </row>
+    <row r="39" spans="1:133" ht="17.25" customHeight="1">
+      <c r="A39" s="135" t="s">
+        <v>32</v>
+      </c>
+      <c r="B39" s="125">
+        <v>2014</v>
+      </c>
+      <c r="C39" s="126"/>
+      <c r="D39" s="126"/>
+      <c r="E39" s="126"/>
+      <c r="F39" s="126"/>
+      <c r="G39" s="126"/>
+      <c r="H39" s="126"/>
+      <c r="I39" s="126"/>
+      <c r="J39" s="126"/>
+      <c r="K39" s="126"/>
+      <c r="L39" s="126"/>
+      <c r="M39" s="127"/>
+      <c r="N39" s="125">
+        <v>2015</v>
+      </c>
+      <c r="O39" s="126"/>
+      <c r="P39" s="126"/>
+      <c r="Q39" s="126"/>
+      <c r="R39" s="126"/>
+      <c r="S39" s="126"/>
+      <c r="T39" s="126"/>
+      <c r="U39" s="126"/>
+      <c r="V39" s="126"/>
+      <c r="W39" s="126"/>
+      <c r="X39" s="126"/>
+      <c r="Y39" s="127"/>
+      <c r="Z39" s="125">
+        <v>2016</v>
+      </c>
+      <c r="AA39" s="126"/>
+      <c r="AB39" s="126"/>
+      <c r="AC39" s="126"/>
+      <c r="AD39" s="126"/>
+      <c r="AE39" s="126"/>
+      <c r="AF39" s="126"/>
+      <c r="AG39" s="126"/>
+      <c r="AH39" s="126"/>
+      <c r="AI39" s="126"/>
+      <c r="AJ39" s="126"/>
+      <c r="AK39" s="127"/>
+      <c r="AL39" s="125">
+        <v>2017</v>
+      </c>
+      <c r="AM39" s="126"/>
+      <c r="AN39" s="126"/>
+      <c r="AO39" s="126"/>
+      <c r="AP39" s="126"/>
+      <c r="AQ39" s="126"/>
+      <c r="AR39" s="126"/>
+      <c r="AS39" s="126"/>
+      <c r="AT39" s="126"/>
+      <c r="AU39" s="126"/>
+      <c r="AV39" s="126"/>
+      <c r="AW39" s="127"/>
+      <c r="AX39" s="125">
+        <v>2018</v>
+      </c>
+      <c r="AY39" s="126"/>
+      <c r="AZ39" s="126"/>
+      <c r="BA39" s="126"/>
+      <c r="BB39" s="126"/>
+      <c r="BC39" s="126"/>
+      <c r="BD39" s="126"/>
+      <c r="BE39" s="126"/>
+      <c r="BF39" s="126"/>
+      <c r="BG39" s="126"/>
+      <c r="BH39" s="126"/>
+      <c r="BI39" s="127"/>
+      <c r="BJ39" s="125">
+        <v>2019</v>
+      </c>
+      <c r="BK39" s="126"/>
+      <c r="BL39" s="126"/>
+      <c r="BM39" s="126"/>
+      <c r="BN39" s="126"/>
+      <c r="BO39" s="126"/>
+      <c r="BP39" s="126"/>
+      <c r="BQ39" s="126"/>
+      <c r="BR39" s="126"/>
+      <c r="BS39" s="126"/>
+      <c r="BT39" s="126"/>
+      <c r="BU39" s="127"/>
+      <c r="BV39" s="125">
+        <v>2020</v>
+      </c>
+      <c r="BW39" s="126"/>
+      <c r="BX39" s="126"/>
+      <c r="BY39" s="126"/>
+      <c r="BZ39" s="126"/>
+      <c r="CA39" s="126"/>
+      <c r="CB39" s="126"/>
+      <c r="CC39" s="126"/>
+      <c r="CD39" s="126"/>
+      <c r="CE39" s="126"/>
+      <c r="CF39" s="126"/>
+      <c r="CG39" s="127"/>
+      <c r="CH39" s="125">
+        <v>2021</v>
+      </c>
+      <c r="CI39" s="126"/>
+      <c r="CJ39" s="126"/>
+      <c r="CK39" s="126"/>
+      <c r="CL39" s="126"/>
+      <c r="CM39" s="126"/>
+      <c r="CN39" s="126"/>
+      <c r="CO39" s="126"/>
+      <c r="CP39" s="126"/>
+      <c r="CQ39" s="126"/>
+      <c r="CR39" s="126"/>
+      <c r="CS39" s="127"/>
+      <c r="CT39" s="125">
+        <v>2022</v>
+      </c>
+      <c r="CU39" s="126"/>
+      <c r="CV39" s="126"/>
+      <c r="CW39" s="126"/>
+      <c r="CX39" s="126"/>
+      <c r="CY39" s="126"/>
+      <c r="CZ39" s="126"/>
+      <c r="DA39" s="126"/>
+      <c r="DB39" s="126"/>
+      <c r="DC39" s="126"/>
+      <c r="DD39" s="126"/>
+      <c r="DE39" s="127"/>
+      <c r="DF39" s="125">
+        <v>2023</v>
+      </c>
+      <c r="DG39" s="126"/>
+      <c r="DH39" s="126"/>
+      <c r="DI39" s="126"/>
+      <c r="DJ39" s="126"/>
+      <c r="DK39" s="126"/>
+      <c r="DL39" s="126"/>
+      <c r="DM39" s="126"/>
+      <c r="DN39" s="126"/>
+      <c r="DO39" s="126"/>
+      <c r="DP39" s="126"/>
+      <c r="DQ39" s="127"/>
+      <c r="DR39" s="125">
+        <v>2024</v>
+      </c>
+      <c r="DS39" s="126"/>
+      <c r="DT39" s="126"/>
+      <c r="DU39" s="126"/>
+      <c r="DV39" s="126"/>
+      <c r="DW39" s="126"/>
+      <c r="DX39" s="126"/>
+      <c r="DY39" s="126"/>
+      <c r="DZ39" s="126"/>
+      <c r="EA39" s="126"/>
+      <c r="EB39" s="126"/>
+      <c r="EC39" s="127"/>
+    </row>
+    <row r="40" spans="1:133" ht="17.25" customHeight="1">
+      <c r="A40" s="137"/>
+      <c r="B40" s="128" t="s">
+        <v>7</v>
+      </c>
+      <c r="C40" s="129"/>
+      <c r="D40" s="128" t="s">
+        <v>18</v>
+      </c>
+      <c r="E40" s="129"/>
+      <c r="F40" s="128" t="s">
+        <v>48</v>
+      </c>
+      <c r="G40" s="129"/>
+      <c r="H40" s="128" t="s">
+        <v>5</v>
+      </c>
+      <c r="I40" s="129"/>
+      <c r="J40" s="128" t="s">
+        <v>9</v>
+      </c>
+      <c r="K40" s="129"/>
+      <c r="L40" s="130" t="s">
+        <v>8</v>
+      </c>
+      <c r="M40" s="129"/>
+      <c r="N40" s="128" t="s">
+        <v>7</v>
+      </c>
+      <c r="O40" s="129"/>
+      <c r="P40" s="128" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q40" s="129"/>
+      <c r="R40" s="128" t="s">
+        <v>48</v>
+      </c>
+      <c r="S40" s="129"/>
+      <c r="T40" s="128" t="s">
+        <v>5</v>
+      </c>
+      <c r="U40" s="129"/>
+      <c r="V40" s="128" t="s">
+        <v>9</v>
+      </c>
+      <c r="W40" s="129"/>
+      <c r="X40" s="130" t="s">
+        <v>8</v>
+      </c>
+      <c r="Y40" s="129"/>
+      <c r="Z40" s="128" t="s">
+        <v>7</v>
+      </c>
+      <c r="AA40" s="129"/>
+      <c r="AB40" s="128" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC40" s="129"/>
+      <c r="AD40" s="128" t="s">
+        <v>48</v>
+      </c>
+      <c r="AE40" s="129"/>
+      <c r="AF40" s="128" t="s">
+        <v>5</v>
+      </c>
+      <c r="AG40" s="129"/>
+      <c r="AH40" s="128" t="s">
+        <v>9</v>
+      </c>
+      <c r="AI40" s="129"/>
+      <c r="AJ40" s="130" t="s">
+        <v>8</v>
+      </c>
+      <c r="AK40" s="129"/>
+      <c r="AL40" s="128" t="s">
+        <v>7</v>
+      </c>
+      <c r="AM40" s="129"/>
+      <c r="AN40" s="128" t="s">
+        <v>18</v>
+      </c>
+      <c r="AO40" s="129"/>
+      <c r="AP40" s="128" t="s">
+        <v>48</v>
+      </c>
+      <c r="AQ40" s="129"/>
+      <c r="AR40" s="128" t="s">
+        <v>5</v>
+      </c>
+      <c r="AS40" s="129"/>
+      <c r="AT40" s="128" t="s">
+        <v>9</v>
+      </c>
+      <c r="AU40" s="129"/>
+      <c r="AV40" s="130" t="s">
+        <v>8</v>
+      </c>
+      <c r="AW40" s="129"/>
+      <c r="AX40" s="128" t="s">
+        <v>7</v>
+      </c>
+      <c r="AY40" s="129"/>
+      <c r="AZ40" s="128" t="s">
+        <v>18</v>
+      </c>
+      <c r="BA40" s="129"/>
+      <c r="BB40" s="128" t="s">
+        <v>48</v>
+      </c>
+      <c r="BC40" s="129"/>
+      <c r="BD40" s="128" t="s">
+        <v>5</v>
+      </c>
+      <c r="BE40" s="129"/>
+      <c r="BF40" s="128" t="s">
+        <v>9</v>
+      </c>
+      <c r="BG40" s="129"/>
+      <c r="BH40" s="130" t="s">
+        <v>8</v>
+      </c>
+      <c r="BI40" s="129"/>
+      <c r="BJ40" s="128" t="s">
+        <v>7</v>
+      </c>
+      <c r="BK40" s="129"/>
+      <c r="BL40" s="128" t="s">
+        <v>18</v>
+      </c>
+      <c r="BM40" s="129"/>
+      <c r="BN40" s="128" t="s">
+        <v>48</v>
+      </c>
+      <c r="BO40" s="129"/>
+      <c r="BP40" s="128" t="s">
+        <v>5</v>
+      </c>
+      <c r="BQ40" s="129"/>
+      <c r="BR40" s="128" t="s">
+        <v>9</v>
+      </c>
+      <c r="BS40" s="129"/>
+      <c r="BT40" s="130" t="s">
+        <v>8</v>
+      </c>
+      <c r="BU40" s="129"/>
+      <c r="BV40" s="128" t="s">
+        <v>7</v>
+      </c>
+      <c r="BW40" s="129"/>
+      <c r="BX40" s="128" t="s">
+        <v>18</v>
+      </c>
+      <c r="BY40" s="129"/>
+      <c r="BZ40" s="128" t="s">
+        <v>48</v>
+      </c>
+      <c r="CA40" s="129"/>
+      <c r="CB40" s="128" t="s">
+        <v>5</v>
+      </c>
+      <c r="CC40" s="129"/>
+      <c r="CD40" s="128" t="s">
+        <v>9</v>
+      </c>
+      <c r="CE40" s="129"/>
+      <c r="CF40" s="130" t="s">
+        <v>8</v>
+      </c>
+      <c r="CG40" s="129"/>
+      <c r="CH40" s="128" t="s">
+        <v>7</v>
+      </c>
+      <c r="CI40" s="129"/>
+      <c r="CJ40" s="128" t="s">
+        <v>18</v>
+      </c>
+      <c r="CK40" s="129"/>
+      <c r="CL40" s="128" t="s">
+        <v>48</v>
+      </c>
+      <c r="CM40" s="129"/>
+      <c r="CN40" s="128" t="s">
+        <v>5</v>
+      </c>
+      <c r="CO40" s="129"/>
+      <c r="CP40" s="128" t="s">
+        <v>9</v>
+      </c>
+      <c r="CQ40" s="129"/>
+      <c r="CR40" s="130" t="s">
+        <v>8</v>
+      </c>
+      <c r="CS40" s="129"/>
+      <c r="CT40" s="128" t="s">
+        <v>7</v>
+      </c>
+      <c r="CU40" s="129"/>
+      <c r="CV40" s="128" t="s">
+        <v>18</v>
+      </c>
+      <c r="CW40" s="129"/>
+      <c r="CX40" s="128" t="s">
+        <v>48</v>
+      </c>
+      <c r="CY40" s="129"/>
+      <c r="CZ40" s="128" t="s">
+        <v>5</v>
+      </c>
+      <c r="DA40" s="129"/>
+      <c r="DB40" s="128" t="s">
+        <v>9</v>
+      </c>
+      <c r="DC40" s="129"/>
+      <c r="DD40" s="130" t="s">
+        <v>8</v>
+      </c>
+      <c r="DE40" s="129"/>
+      <c r="DF40" s="128" t="s">
+        <v>7</v>
+      </c>
+      <c r="DG40" s="129"/>
+      <c r="DH40" s="128" t="s">
+        <v>18</v>
+      </c>
+      <c r="DI40" s="129"/>
+      <c r="DJ40" s="128" t="s">
+        <v>48</v>
+      </c>
+      <c r="DK40" s="129"/>
+      <c r="DL40" s="128" t="s">
+        <v>5</v>
+      </c>
+      <c r="DM40" s="129"/>
+      <c r="DN40" s="128" t="s">
+        <v>9</v>
+      </c>
+      <c r="DO40" s="129"/>
+      <c r="DP40" s="130" t="s">
+        <v>8</v>
+      </c>
+      <c r="DQ40" s="129"/>
+      <c r="DR40" s="128" t="s">
+        <v>7</v>
+      </c>
+      <c r="DS40" s="129"/>
+      <c r="DT40" s="128" t="s">
+        <v>18</v>
+      </c>
+      <c r="DU40" s="129"/>
+      <c r="DV40" s="128" t="s">
+        <v>48</v>
+      </c>
+      <c r="DW40" s="129"/>
+      <c r="DX40" s="128" t="s">
+        <v>5</v>
+      </c>
+      <c r="DY40" s="129"/>
+      <c r="DZ40" s="128" t="s">
+        <v>9</v>
+      </c>
+      <c r="EA40" s="129"/>
+      <c r="EB40" s="130" t="s">
+        <v>8</v>
+      </c>
+      <c r="EC40" s="129"/>
+    </row>
+    <row r="41" spans="1:133" ht="45" customHeight="1">
+      <c r="A41" s="136"/>
+      <c r="B41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="C41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="D41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="E41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="F41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="G41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="H41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="I41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="J41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="K41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="L41" s="108" t="s">
+        <v>39</v>
+      </c>
+      <c r="M41" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="N41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="O41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="P41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="R41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="S41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="T41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="U41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="V41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="W41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="X41" s="108" t="s">
+        <v>39</v>
+      </c>
+      <c r="Y41" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="AA41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="AB41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="AC41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="AE41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="AF41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="AG41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="AH41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="AI41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="AJ41" s="108" t="s">
+        <v>39</v>
+      </c>
+      <c r="AK41" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="AL41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="AM41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="AN41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="AO41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="AP41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="AQ41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="AR41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="AS41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="AT41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="AU41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="AV41" s="108" t="s">
+        <v>39</v>
+      </c>
+      <c r="AW41" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="AX41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="AY41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="AZ41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="BA41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="BB41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="BC41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="BD41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="BE41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="BF41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="BG41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="BH41" s="108" t="s">
+        <v>39</v>
+      </c>
+      <c r="BI41" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="BJ41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="BK41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="BL41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="BM41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="BN41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="BO41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="BP41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="BQ41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="BR41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="BS41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="BT41" s="108" t="s">
+        <v>39</v>
+      </c>
+      <c r="BU41" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="BV41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="BW41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="BX41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="BY41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="BZ41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="CA41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="CB41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="CC41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="CD41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="CE41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="CF41" s="108" t="s">
+        <v>39</v>
+      </c>
+      <c r="CG41" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="CH41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="CI41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="CJ41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="CK41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="CL41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="CM41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="CN41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="CO41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="CP41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="CQ41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="CR41" s="108" t="s">
+        <v>39</v>
+      </c>
+      <c r="CS41" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="CT41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="CU41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="CV41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="CW41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="CX41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="CY41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="CZ41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="DA41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="DB41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="DC41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="DD41" s="108" t="s">
+        <v>39</v>
+      </c>
+      <c r="DE41" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="DF41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="DG41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="DH41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="DI41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="DJ41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="DK41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="DL41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="DM41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="DN41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="DO41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="DP41" s="108" t="s">
+        <v>39</v>
+      </c>
+      <c r="DQ41" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="DR41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="DS41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="DT41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="DU41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="DV41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="DW41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="DX41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="DY41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="DZ41" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="EA41" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="EB41" s="108" t="s">
+        <v>39</v>
+      </c>
+      <c r="EC41" s="79" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="42" spans="1:133">
+      <c r="A42" s="39" t="s">
+        <v>97</v>
+      </c>
+      <c r="B42" s="57">
+        <v>27</v>
+      </c>
+      <c r="C42" s="53" t="s">
+        <v>379</v>
+      </c>
+      <c r="D42" s="57">
+        <v>3</v>
+      </c>
+      <c r="E42" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="F42" s="57">
+        <v>227</v>
+      </c>
+      <c r="G42" s="53" t="s">
+        <v>414</v>
+      </c>
+      <c r="H42" s="58">
+        <v>879</v>
+      </c>
+      <c r="I42" s="53" t="s">
+        <v>231</v>
+      </c>
+      <c r="J42" s="57">
+        <v>119</v>
+      </c>
+      <c r="K42" s="53" t="s">
+        <v>196</v>
+      </c>
+      <c r="L42" s="59">
+        <v>1255</v>
+      </c>
+      <c r="M42" s="55" t="s">
+        <v>320</v>
+      </c>
+      <c r="N42" s="57">
+        <v>22</v>
+      </c>
+      <c r="O42" s="53" t="s">
+        <v>415</v>
+      </c>
+      <c r="P42" s="57">
+        <v>2</v>
+      </c>
+      <c r="Q42" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="R42" s="57">
+        <v>232</v>
+      </c>
+      <c r="S42" s="53" t="s">
+        <v>416</v>
+      </c>
+      <c r="T42" s="58">
+        <v>1102</v>
+      </c>
+      <c r="U42" s="53" t="s">
+        <v>307</v>
+      </c>
+      <c r="V42" s="57">
+        <v>118</v>
+      </c>
+      <c r="W42" s="53" t="s">
+        <v>319</v>
+      </c>
+      <c r="X42" s="59">
+        <v>1476</v>
+      </c>
+      <c r="Y42" s="55" t="s">
+        <v>223</v>
+      </c>
+      <c r="Z42" s="57">
+        <v>24</v>
+      </c>
+      <c r="AA42" s="53" t="s">
+        <v>417</v>
+      </c>
+      <c r="AB42" s="57">
+        <v>3</v>
+      </c>
+      <c r="AC42" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AD42" s="57">
+        <v>225</v>
+      </c>
+      <c r="AE42" s="53" t="s">
+        <v>418</v>
+      </c>
+      <c r="AF42" s="58">
+        <v>838</v>
+      </c>
+      <c r="AG42" s="53" t="s">
+        <v>419</v>
+      </c>
+      <c r="AH42" s="57">
+        <v>119</v>
+      </c>
+      <c r="AI42" s="53" t="s">
+        <v>334</v>
+      </c>
+      <c r="AJ42" s="59">
+        <v>1209</v>
+      </c>
+      <c r="AK42" s="55" t="s">
+        <v>240</v>
+      </c>
+      <c r="AL42" s="57">
+        <v>23</v>
+      </c>
+      <c r="AM42" s="53" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN42" s="57">
+        <v>5</v>
+      </c>
+      <c r="AO42" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AP42" s="57">
+        <v>230</v>
+      </c>
+      <c r="AQ42" s="53" t="s">
+        <v>421</v>
+      </c>
+      <c r="AR42" s="58">
+        <v>828</v>
+      </c>
+      <c r="AS42" s="53" t="s">
+        <v>385</v>
+      </c>
+      <c r="AT42" s="57">
+        <v>123</v>
+      </c>
+      <c r="AU42" s="53" t="s">
+        <v>422</v>
+      </c>
+      <c r="AV42" s="59">
+        <v>1209</v>
+      </c>
+      <c r="AW42" s="55" t="s">
+        <v>206</v>
+      </c>
+      <c r="AX42" s="57">
+        <v>24</v>
+      </c>
+      <c r="AY42" s="53" t="s">
+        <v>423</v>
+      </c>
+      <c r="AZ42" s="57">
+        <v>5</v>
+      </c>
+      <c r="BA42" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BB42" s="57">
+        <v>236</v>
+      </c>
+      <c r="BC42" s="53" t="s">
+        <v>424</v>
+      </c>
+      <c r="BD42" s="58">
+        <v>953</v>
+      </c>
+      <c r="BE42" s="53" t="s">
+        <v>308</v>
+      </c>
+      <c r="BF42" s="57">
+        <v>144</v>
+      </c>
+      <c r="BG42" s="53" t="s">
+        <v>425</v>
+      </c>
+      <c r="BH42" s="59">
+        <v>1362</v>
+      </c>
+      <c r="BI42" s="55" t="s">
+        <v>329</v>
+      </c>
+      <c r="BJ42" s="57">
+        <v>10</v>
+      </c>
+      <c r="BK42" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BL42" s="57">
+        <v>7</v>
+      </c>
+      <c r="BM42" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BN42" s="57">
+        <v>237</v>
+      </c>
+      <c r="BO42" s="53" t="s">
+        <v>289</v>
+      </c>
+      <c r="BP42" s="58">
+        <v>679</v>
+      </c>
+      <c r="BQ42" s="53" t="s">
+        <v>383</v>
+      </c>
+      <c r="BR42" s="57">
+        <v>132</v>
+      </c>
+      <c r="BS42" s="53" t="s">
+        <v>426</v>
+      </c>
+      <c r="BT42" s="59">
+        <v>1065</v>
+      </c>
+      <c r="BU42" s="55" t="s">
+        <v>331</v>
+      </c>
+      <c r="BV42" s="57">
+        <v>17</v>
+      </c>
+      <c r="BW42" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BX42" s="57">
+        <v>5</v>
+      </c>
+      <c r="BY42" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BZ42" s="57">
+        <v>253</v>
+      </c>
+      <c r="CA42" s="53" t="s">
+        <v>427</v>
+      </c>
+      <c r="CB42" s="58">
+        <v>679</v>
+      </c>
+      <c r="CC42" s="53" t="s">
+        <v>428</v>
+      </c>
+      <c r="CD42" s="57">
+        <v>142</v>
+      </c>
+      <c r="CE42" s="53" t="s">
+        <v>429</v>
+      </c>
+      <c r="CF42" s="59">
+        <v>1096</v>
+      </c>
+      <c r="CG42" s="55" t="s">
+        <v>332</v>
+      </c>
+      <c r="CH42" s="57">
+        <v>22</v>
+      </c>
+      <c r="CI42" s="53" t="s">
+        <v>430</v>
+      </c>
+      <c r="CJ42" s="57">
+        <v>7</v>
+      </c>
+      <c r="CK42" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CL42" s="57">
+        <v>285</v>
+      </c>
+      <c r="CM42" s="53" t="s">
+        <v>224</v>
+      </c>
+      <c r="CN42" s="58">
+        <v>598</v>
+      </c>
+      <c r="CO42" s="53" t="s">
+        <v>354</v>
+      </c>
+      <c r="CP42" s="57">
+        <v>150</v>
+      </c>
+      <c r="CQ42" s="53" t="s">
+        <v>431</v>
+      </c>
+      <c r="CR42" s="59">
+        <v>1062</v>
+      </c>
+      <c r="CS42" s="55" t="s">
+        <v>334</v>
+      </c>
+      <c r="CT42" s="57">
+        <v>18</v>
+      </c>
+      <c r="CU42" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CV42" s="57">
+        <v>9</v>
+      </c>
+      <c r="CW42" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CX42" s="57">
+        <v>297</v>
+      </c>
+      <c r="CY42" s="53" t="s">
+        <v>432</v>
+      </c>
+      <c r="CZ42" s="58">
+        <v>952</v>
+      </c>
+      <c r="DA42" s="53" t="s">
+        <v>378</v>
+      </c>
+      <c r="DB42" s="57">
+        <v>208</v>
+      </c>
+      <c r="DC42" s="53" t="s">
+        <v>433</v>
+      </c>
+      <c r="DD42" s="59">
+        <v>1484</v>
+      </c>
+      <c r="DE42" s="55" t="s">
+        <v>336</v>
+      </c>
+      <c r="DF42" s="57">
+        <v>31</v>
+      </c>
+      <c r="DG42" s="53" t="s">
+        <v>201</v>
+      </c>
+      <c r="DH42" s="57">
+        <v>4</v>
+      </c>
+      <c r="DI42" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DJ42" s="57">
+        <v>219</v>
+      </c>
+      <c r="DK42" s="53" t="s">
+        <v>434</v>
+      </c>
+      <c r="DL42" s="58">
+        <v>852</v>
+      </c>
+      <c r="DM42" s="53" t="s">
+        <v>241</v>
+      </c>
+      <c r="DN42" s="57">
+        <v>180</v>
+      </c>
+      <c r="DO42" s="53" t="s">
+        <v>148</v>
+      </c>
+      <c r="DP42" s="59">
+        <v>1286</v>
+      </c>
+      <c r="DQ42" s="55" t="s">
+        <v>240</v>
+      </c>
+      <c r="DR42" s="57">
+        <v>5</v>
+      </c>
+      <c r="DS42" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DT42" s="57">
+        <v>4</v>
+      </c>
+      <c r="DU42" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DV42" s="57">
+        <v>70</v>
+      </c>
+      <c r="DW42" s="53" t="s">
+        <v>435</v>
+      </c>
+      <c r="DX42" s="58">
+        <v>253</v>
+      </c>
+      <c r="DY42" s="53" t="s">
+        <v>128</v>
+      </c>
+      <c r="DZ42" s="57">
+        <v>69</v>
+      </c>
+      <c r="EA42" s="53" t="s">
+        <v>436</v>
+      </c>
+      <c r="EB42" s="59">
+        <v>401</v>
+      </c>
+      <c r="EC42" s="55" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="43" spans="1:133">
+      <c r="A43" s="37" t="s">
+        <v>98</v>
+      </c>
+      <c r="B43" s="57">
+        <v>137</v>
+      </c>
+      <c r="C43" s="53" t="s">
+        <v>184</v>
+      </c>
+      <c r="D43" s="57">
+        <v>2</v>
+      </c>
+      <c r="E43" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="F43" s="57">
+        <v>155</v>
+      </c>
+      <c r="G43" s="53" t="s">
+        <v>437</v>
+      </c>
+      <c r="H43" s="58">
+        <v>86</v>
+      </c>
+      <c r="I43" s="53" t="s">
+        <v>438</v>
+      </c>
+      <c r="J43" s="57">
+        <v>33</v>
+      </c>
+      <c r="K43" s="53" t="s">
+        <v>236</v>
+      </c>
+      <c r="L43" s="59">
+        <v>413</v>
+      </c>
+      <c r="M43" s="55" t="s">
+        <v>112</v>
+      </c>
+      <c r="N43" s="57">
+        <v>121</v>
+      </c>
+      <c r="O43" s="53" t="s">
+        <v>230</v>
+      </c>
+      <c r="P43" s="57">
+        <v>6</v>
+      </c>
+      <c r="Q43" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="R43" s="57">
+        <v>164</v>
+      </c>
+      <c r="S43" s="53" t="s">
+        <v>320</v>
+      </c>
+      <c r="T43" s="58">
+        <v>131</v>
+      </c>
+      <c r="U43" s="53" t="s">
+        <v>182</v>
+      </c>
+      <c r="V43" s="57">
+        <v>20</v>
+      </c>
+      <c r="W43" s="53" t="s">
+        <v>439</v>
+      </c>
+      <c r="X43" s="59">
+        <v>442</v>
+      </c>
+      <c r="Y43" s="55" t="s">
+        <v>343</v>
+      </c>
+      <c r="Z43" s="57">
+        <v>132</v>
+      </c>
+      <c r="AA43" s="53" t="s">
+        <v>440</v>
+      </c>
+      <c r="AB43" s="57">
+        <v>18</v>
+      </c>
+      <c r="AC43" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AD43" s="57">
+        <v>148</v>
+      </c>
+      <c r="AE43" s="53" t="s">
+        <v>441</v>
+      </c>
+      <c r="AF43" s="58">
+        <v>153</v>
+      </c>
+      <c r="AG43" s="53" t="s">
+        <v>356</v>
+      </c>
+      <c r="AH43" s="57">
+        <v>28</v>
+      </c>
+      <c r="AI43" s="53" t="s">
+        <v>442</v>
+      </c>
+      <c r="AJ43" s="59">
+        <v>479</v>
+      </c>
+      <c r="AK43" s="55" t="s">
+        <v>345</v>
+      </c>
+      <c r="AL43" s="57">
+        <v>126</v>
+      </c>
+      <c r="AM43" s="53" t="s">
+        <v>443</v>
+      </c>
+      <c r="AN43" s="57">
+        <v>16</v>
+      </c>
+      <c r="AO43" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AP43" s="57">
+        <v>190</v>
+      </c>
+      <c r="AQ43" s="53" t="s">
+        <v>319</v>
+      </c>
+      <c r="AR43" s="58">
+        <v>74</v>
+      </c>
+      <c r="AS43" s="53" t="s">
+        <v>367</v>
+      </c>
+      <c r="AT43" s="57">
+        <v>21</v>
+      </c>
+      <c r="AU43" s="53" t="s">
+        <v>444</v>
+      </c>
+      <c r="AV43" s="59">
+        <v>427</v>
+      </c>
+      <c r="AW43" s="55" t="s">
+        <v>231</v>
+      </c>
+      <c r="AX43" s="57">
+        <v>92</v>
+      </c>
+      <c r="AY43" s="53" t="s">
+        <v>249</v>
+      </c>
+      <c r="AZ43" s="57">
+        <v>6</v>
+      </c>
+      <c r="BA43" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BB43" s="57">
+        <v>153</v>
+      </c>
+      <c r="BC43" s="53" t="s">
+        <v>329</v>
+      </c>
+      <c r="BD43" s="58">
+        <v>72</v>
+      </c>
+      <c r="BE43" s="53" t="s">
+        <v>445</v>
+      </c>
+      <c r="BF43" s="57">
+        <v>27</v>
+      </c>
+      <c r="BG43" s="53" t="s">
+        <v>421</v>
+      </c>
+      <c r="BH43" s="59">
+        <v>350</v>
+      </c>
+      <c r="BI43" s="55" t="s">
+        <v>349</v>
+      </c>
+      <c r="BJ43" s="57">
+        <v>54</v>
+      </c>
+      <c r="BK43" s="53" t="s">
+        <v>445</v>
+      </c>
+      <c r="BL43" s="57">
+        <v>7</v>
+      </c>
+      <c r="BM43" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BN43" s="57">
+        <v>130</v>
+      </c>
+      <c r="BO43" s="53" t="s">
+        <v>199</v>
+      </c>
+      <c r="BP43" s="58">
+        <v>47</v>
+      </c>
+      <c r="BQ43" s="53" t="s">
+        <v>254</v>
+      </c>
+      <c r="BR43" s="57">
+        <v>25</v>
+      </c>
+      <c r="BS43" s="53" t="s">
+        <v>446</v>
+      </c>
+      <c r="BT43" s="59">
+        <v>263</v>
+      </c>
+      <c r="BU43" s="55" t="s">
+        <v>352</v>
+      </c>
+      <c r="BV43" s="57">
+        <v>55</v>
+      </c>
+      <c r="BW43" s="53" t="s">
+        <v>122</v>
+      </c>
+      <c r="BX43" s="57">
+        <v>10</v>
+      </c>
+      <c r="BY43" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BZ43" s="57">
+        <v>141</v>
+      </c>
+      <c r="CA43" s="53" t="s">
+        <v>329</v>
+      </c>
+      <c r="CB43" s="58">
+        <v>47</v>
+      </c>
+      <c r="CC43" s="53" t="s">
+        <v>179</v>
+      </c>
+      <c r="CD43" s="57">
+        <v>30</v>
+      </c>
+      <c r="CE43" s="53" t="s">
+        <v>447</v>
+      </c>
+      <c r="CF43" s="59">
+        <v>283</v>
+      </c>
+      <c r="CG43" s="55" t="s">
+        <v>161</v>
+      </c>
+      <c r="CH43" s="57">
+        <v>45</v>
+      </c>
+      <c r="CI43" s="53" t="s">
+        <v>241</v>
+      </c>
+      <c r="CJ43" s="57">
+        <v>6</v>
+      </c>
+      <c r="CK43" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CL43" s="57">
+        <v>127</v>
+      </c>
+      <c r="CM43" s="53" t="s">
+        <v>161</v>
+      </c>
+      <c r="CN43" s="58">
+        <v>43</v>
+      </c>
+      <c r="CO43" s="53" t="s">
+        <v>448</v>
+      </c>
+      <c r="CP43" s="57">
+        <v>29</v>
+      </c>
+      <c r="CQ43" s="53" t="s">
+        <v>223</v>
+      </c>
+      <c r="CR43" s="59">
+        <v>250</v>
+      </c>
+      <c r="CS43" s="55" t="s">
+        <v>308</v>
+      </c>
+      <c r="CT43" s="57">
+        <v>66</v>
+      </c>
+      <c r="CU43" s="53" t="s">
+        <v>247</v>
+      </c>
+      <c r="CV43" s="57">
+        <v>4</v>
+      </c>
+      <c r="CW43" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CX43" s="57">
+        <v>182</v>
+      </c>
+      <c r="CY43" s="53" t="s">
+        <v>449</v>
+      </c>
+      <c r="CZ43" s="58">
+        <v>58</v>
+      </c>
+      <c r="DA43" s="53" t="s">
+        <v>373</v>
+      </c>
+      <c r="DB43" s="57">
+        <v>32</v>
+      </c>
+      <c r="DC43" s="53" t="s">
+        <v>265</v>
+      </c>
+      <c r="DD43" s="59">
+        <v>342</v>
+      </c>
+      <c r="DE43" s="55" t="s">
+        <v>211</v>
+      </c>
+      <c r="DF43" s="57">
+        <v>42</v>
+      </c>
+      <c r="DG43" s="53" t="s">
+        <v>298</v>
+      </c>
+      <c r="DH43" s="57">
+        <v>9</v>
+      </c>
+      <c r="DI43" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DJ43" s="57">
+        <v>143</v>
+      </c>
+      <c r="DK43" s="53" t="s">
+        <v>450</v>
+      </c>
+      <c r="DL43" s="58">
+        <v>50</v>
+      </c>
+      <c r="DM43" s="53" t="s">
+        <v>234</v>
+      </c>
+      <c r="DN43" s="57">
+        <v>42</v>
+      </c>
+      <c r="DO43" s="53" t="s">
+        <v>451</v>
+      </c>
+      <c r="DP43" s="59">
+        <v>286</v>
+      </c>
+      <c r="DQ43" s="55" t="s">
+        <v>349</v>
+      </c>
+      <c r="DR43" s="57">
+        <v>18</v>
+      </c>
+      <c r="DS43" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DT43" s="57">
+        <v>4</v>
+      </c>
+      <c r="DU43" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DV43" s="57">
+        <v>31</v>
+      </c>
+      <c r="DW43" s="53" t="s">
+        <v>452</v>
+      </c>
+      <c r="DX43" s="58">
+        <v>14</v>
+      </c>
+      <c r="DY43" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DZ43" s="57">
+        <v>15</v>
+      </c>
+      <c r="EA43" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="EB43" s="59">
+        <v>82</v>
+      </c>
+      <c r="EC43" s="55" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="44" spans="1:133">
+      <c r="A44" s="37" t="s">
+        <v>99</v>
+      </c>
+      <c r="B44" s="57">
+        <v>35</v>
+      </c>
+      <c r="C44" s="53" t="s">
+        <v>120</v>
+      </c>
+      <c r="D44" s="57">
+        <v>7</v>
+      </c>
+      <c r="E44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="F44" s="57">
+        <v>109</v>
+      </c>
+      <c r="G44" s="53" t="s">
+        <v>112</v>
+      </c>
+      <c r="H44" s="58">
+        <v>59</v>
+      </c>
+      <c r="I44" s="53" t="s">
+        <v>298</v>
+      </c>
+      <c r="J44" s="57">
+        <v>11</v>
+      </c>
+      <c r="K44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="L44" s="59">
+        <v>221</v>
+      </c>
+      <c r="M44" s="55" t="s">
+        <v>362</v>
+      </c>
+      <c r="N44" s="57">
+        <v>33</v>
+      </c>
+      <c r="O44" s="53" t="s">
+        <v>143</v>
+      </c>
+      <c r="P44" s="57">
+        <v>18</v>
+      </c>
+      <c r="Q44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="R44" s="57">
+        <v>118</v>
+      </c>
+      <c r="S44" s="53" t="s">
+        <v>207</v>
+      </c>
+      <c r="T44" s="58">
+        <v>85</v>
+      </c>
+      <c r="U44" s="53" t="s">
+        <v>438</v>
+      </c>
+      <c r="V44" s="57">
+        <v>9</v>
+      </c>
+      <c r="W44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="X44" s="59">
+        <v>263</v>
+      </c>
+      <c r="Y44" s="55" t="s">
+        <v>144</v>
+      </c>
+      <c r="Z44" s="57">
+        <v>45</v>
+      </c>
+      <c r="AA44" s="53" t="s">
+        <v>138</v>
+      </c>
+      <c r="AB44" s="57">
+        <v>9</v>
+      </c>
+      <c r="AC44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AD44" s="57">
+        <v>137</v>
+      </c>
+      <c r="AE44" s="53" t="s">
+        <v>453</v>
+      </c>
+      <c r="AF44" s="58">
+        <v>117</v>
+      </c>
+      <c r="AG44" s="53" t="s">
+        <v>356</v>
+      </c>
+      <c r="AH44" s="57">
+        <v>14</v>
+      </c>
+      <c r="AI44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AJ44" s="59">
+        <v>322</v>
+      </c>
+      <c r="AK44" s="55" t="s">
+        <v>364</v>
+      </c>
+      <c r="AL44" s="57">
+        <v>28</v>
+      </c>
+      <c r="AM44" s="53" t="s">
+        <v>151</v>
+      </c>
+      <c r="AN44" s="57">
+        <v>9</v>
+      </c>
+      <c r="AO44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AP44" s="57">
+        <v>124</v>
+      </c>
+      <c r="AQ44" s="53" t="s">
+        <v>223</v>
+      </c>
+      <c r="AR44" s="58">
+        <v>94</v>
+      </c>
+      <c r="AS44" s="53" t="s">
+        <v>370</v>
+      </c>
+      <c r="AT44" s="57">
+        <v>7</v>
+      </c>
+      <c r="AU44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AV44" s="59">
+        <v>262</v>
+      </c>
+      <c r="AW44" s="55" t="s">
+        <v>251</v>
+      </c>
+      <c r="AX44" s="57">
+        <v>30</v>
+      </c>
+      <c r="AY44" s="53" t="s">
+        <v>111</v>
+      </c>
+      <c r="AZ44" s="57">
+        <v>4</v>
+      </c>
+      <c r="BA44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BB44" s="57">
+        <v>121</v>
+      </c>
+      <c r="BC44" s="53" t="s">
+        <v>436</v>
+      </c>
+      <c r="BD44" s="58">
+        <v>57</v>
+      </c>
+      <c r="BE44" s="53" t="s">
+        <v>232</v>
+      </c>
+      <c r="BF44" s="57">
+        <v>11</v>
+      </c>
+      <c r="BG44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BH44" s="59">
+        <v>223</v>
+      </c>
+      <c r="BI44" s="55" t="s">
+        <v>195</v>
+      </c>
+      <c r="BJ44" s="57">
+        <v>22</v>
+      </c>
+      <c r="BK44" s="53" t="s">
+        <v>181</v>
+      </c>
+      <c r="BL44" s="57">
+        <v>4</v>
+      </c>
+      <c r="BM44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BN44" s="57">
+        <v>125</v>
+      </c>
+      <c r="BO44" s="53" t="s">
+        <v>454</v>
+      </c>
+      <c r="BP44" s="58">
+        <v>52</v>
+      </c>
+      <c r="BQ44" s="53" t="s">
+        <v>455</v>
+      </c>
+      <c r="BR44" s="57">
+        <v>17</v>
+      </c>
+      <c r="BS44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BT44" s="59">
+        <v>220</v>
+      </c>
+      <c r="BU44" s="55" t="s">
+        <v>292</v>
+      </c>
+      <c r="BV44" s="57">
+        <v>20</v>
+      </c>
+      <c r="BW44" s="53" t="s">
+        <v>456</v>
+      </c>
+      <c r="BX44" s="57">
+        <v>13</v>
+      </c>
+      <c r="BY44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BZ44" s="57">
+        <v>136</v>
+      </c>
+      <c r="CA44" s="53" t="s">
+        <v>259</v>
+      </c>
+      <c r="CB44" s="58">
+        <v>30</v>
+      </c>
+      <c r="CC44" s="53" t="s">
+        <v>393</v>
+      </c>
+      <c r="CD44" s="57">
+        <v>19</v>
+      </c>
+      <c r="CE44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CF44" s="59">
+        <v>218</v>
+      </c>
+      <c r="CG44" s="55" t="s">
+        <v>367</v>
+      </c>
+      <c r="CH44" s="57">
+        <v>26</v>
+      </c>
+      <c r="CI44" s="53" t="s">
+        <v>457</v>
+      </c>
+      <c r="CJ44" s="57">
+        <v>6</v>
+      </c>
+      <c r="CK44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CL44" s="57">
+        <v>114</v>
+      </c>
+      <c r="CM44" s="53" t="s">
+        <v>307</v>
+      </c>
+      <c r="CN44" s="58">
+        <v>22</v>
+      </c>
+      <c r="CO44" s="53" t="s">
+        <v>391</v>
+      </c>
+      <c r="CP44" s="57">
+        <v>7</v>
+      </c>
+      <c r="CQ44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CR44" s="59">
+        <v>175</v>
+      </c>
+      <c r="CS44" s="55" t="s">
+        <v>368</v>
+      </c>
+      <c r="CT44" s="57">
+        <v>24</v>
+      </c>
+      <c r="CU44" s="53" t="s">
+        <v>389</v>
+      </c>
+      <c r="CV44" s="57">
+        <v>10</v>
+      </c>
+      <c r="CW44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CX44" s="57">
+        <v>148</v>
+      </c>
+      <c r="CY44" s="53" t="s">
+        <v>385</v>
+      </c>
+      <c r="CZ44" s="58">
+        <v>41</v>
+      </c>
+      <c r="DA44" s="53" t="s">
         <v>176</v>
       </c>
-      <c r="BO33" s="105" t="s">
+      <c r="DB44" s="57">
+        <v>14</v>
+      </c>
+      <c r="DC44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DD44" s="59">
+        <v>237</v>
+      </c>
+      <c r="DE44" s="55" t="s">
+        <v>369</v>
+      </c>
+      <c r="DF44" s="57">
+        <v>28</v>
+      </c>
+      <c r="DG44" s="53" t="s">
+        <v>458</v>
+      </c>
+      <c r="DH44" s="57">
+        <v>6</v>
+      </c>
+      <c r="DI44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DJ44" s="57">
+        <v>108</v>
+      </c>
+      <c r="DK44" s="53" t="s">
+        <v>339</v>
+      </c>
+      <c r="DL44" s="58">
+        <v>37</v>
+      </c>
+      <c r="DM44" s="53" t="s">
+        <v>242</v>
+      </c>
+      <c r="DN44" s="57">
+        <v>13</v>
+      </c>
+      <c r="DO44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DP44" s="59">
+        <v>192</v>
+      </c>
+      <c r="DQ44" s="55" t="s">
+        <v>370</v>
+      </c>
+      <c r="DR44" s="57">
+        <v>9</v>
+      </c>
+      <c r="DS44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DT44" s="57">
+        <v>6</v>
+      </c>
+      <c r="DU44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DV44" s="57">
+        <v>33</v>
+      </c>
+      <c r="DW44" s="53" t="s">
+        <v>405</v>
+      </c>
+      <c r="DX44" s="58">
+        <v>5</v>
+      </c>
+      <c r="DY44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DZ44" s="57">
+        <v>12</v>
+      </c>
+      <c r="EA44" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="EB44" s="59">
+        <v>65</v>
+      </c>
+      <c r="EC44" s="55" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="45" spans="1:133">
+      <c r="A45" s="37" t="s">
+        <v>100</v>
+      </c>
+      <c r="B45" s="57">
+        <v>262</v>
+      </c>
+      <c r="C45" s="53" t="s">
+        <v>459</v>
+      </c>
+      <c r="D45" s="57">
+        <v>19</v>
+      </c>
+      <c r="E45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="F45" s="57">
+        <v>234</v>
+      </c>
+      <c r="G45" s="53" t="s">
+        <v>367</v>
+      </c>
+      <c r="H45" s="58">
+        <v>50</v>
+      </c>
+      <c r="I45" s="53" t="s">
+        <v>460</v>
+      </c>
+      <c r="J45" s="57">
+        <v>5</v>
+      </c>
+      <c r="K45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="L45" s="59">
+        <v>570</v>
+      </c>
+      <c r="M45" s="55" t="s">
+        <v>328</v>
+      </c>
+      <c r="N45" s="57">
+        <v>247</v>
+      </c>
+      <c r="O45" s="53" t="s">
+        <v>461</v>
+      </c>
+      <c r="P45" s="57">
+        <v>9</v>
+      </c>
+      <c r="Q45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="R45" s="57">
+        <v>202</v>
+      </c>
+      <c r="S45" s="53" t="s">
+        <v>462</v>
+      </c>
+      <c r="T45" s="58">
+        <v>28</v>
+      </c>
+      <c r="U45" s="53" t="s">
+        <v>367</v>
+      </c>
+      <c r="V45" s="57">
+        <v>13</v>
+      </c>
+      <c r="W45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="X45" s="59">
+        <v>499</v>
+      </c>
+      <c r="Y45" s="55" t="s">
+        <v>375</v>
+      </c>
+      <c r="Z45" s="57">
+        <v>352</v>
+      </c>
+      <c r="AA45" s="53" t="s">
+        <v>281</v>
+      </c>
+      <c r="AB45" s="57">
+        <v>16</v>
+      </c>
+      <c r="AC45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AD45" s="57">
+        <v>166</v>
+      </c>
+      <c r="AE45" s="53" t="s">
+        <v>419</v>
+      </c>
+      <c r="AF45" s="58">
+        <v>17</v>
+      </c>
+      <c r="AG45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AH45" s="57">
+        <v>7</v>
+      </c>
+      <c r="AI45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AJ45" s="59">
+        <v>558</v>
+      </c>
+      <c r="AK45" s="55" t="s">
+        <v>377</v>
+      </c>
+      <c r="AL45" s="57">
+        <v>203</v>
+      </c>
+      <c r="AM45" s="53" t="s">
+        <v>463</v>
+      </c>
+      <c r="AN45" s="57">
+        <v>19</v>
+      </c>
+      <c r="AO45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AP45" s="57">
+        <v>172</v>
+      </c>
+      <c r="AQ45" s="53" t="s">
+        <v>307</v>
+      </c>
+      <c r="AR45" s="58">
+        <v>31</v>
+      </c>
+      <c r="AS45" s="53" t="s">
+        <v>464</v>
+      </c>
+      <c r="AT45" s="57">
+        <v>9</v>
+      </c>
+      <c r="AU45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AV45" s="59">
+        <v>434</v>
+      </c>
+      <c r="AW45" s="55" t="s">
+        <v>137</v>
+      </c>
+      <c r="AX45" s="57">
+        <v>238</v>
+      </c>
+      <c r="AY45" s="53" t="s">
+        <v>127</v>
+      </c>
+      <c r="AZ45" s="57">
+        <v>11</v>
+      </c>
+      <c r="BA45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BB45" s="57">
+        <v>189</v>
+      </c>
+      <c r="BC45" s="53" t="s">
+        <v>349</v>
+      </c>
+      <c r="BD45" s="58">
+        <v>20</v>
+      </c>
+      <c r="BE45" s="53" t="s">
+        <v>239</v>
+      </c>
+      <c r="BF45" s="57">
+        <v>7</v>
+      </c>
+      <c r="BG45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BH45" s="59">
+        <v>465</v>
+      </c>
+      <c r="BI45" s="55" t="s">
+        <v>142</v>
+      </c>
+      <c r="BJ45" s="57">
+        <v>180</v>
+      </c>
+      <c r="BK45" s="53" t="s">
+        <v>187</v>
+      </c>
+      <c r="BL45" s="57">
+        <v>7</v>
+      </c>
+      <c r="BM45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BN45" s="57">
+        <v>146</v>
+      </c>
+      <c r="BO45" s="53" t="s">
+        <v>381</v>
+      </c>
+      <c r="BP45" s="58">
+        <v>24</v>
+      </c>
+      <c r="BQ45" s="53" t="s">
+        <v>184</v>
+      </c>
+      <c r="BR45" s="57">
+        <v>26</v>
+      </c>
+      <c r="BS45" s="53" t="s">
+        <v>465</v>
+      </c>
+      <c r="BT45" s="59">
+        <v>383</v>
+      </c>
+      <c r="BU45" s="55" t="s">
+        <v>298</v>
+      </c>
+      <c r="BV45" s="57">
+        <v>180</v>
+      </c>
+      <c r="BW45" s="53" t="s">
+        <v>466</v>
+      </c>
+      <c r="BX45" s="57">
+        <v>13</v>
+      </c>
+      <c r="BY45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BZ45" s="57">
+        <v>146</v>
+      </c>
+      <c r="CA45" s="53" t="s">
+        <v>467</v>
+      </c>
+      <c r="CB45" s="58">
+        <v>15</v>
+      </c>
+      <c r="CC45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CD45" s="57">
+        <v>12</v>
+      </c>
+      <c r="CE45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CF45" s="59">
+        <v>366</v>
+      </c>
+      <c r="CG45" s="55" t="s">
+        <v>380</v>
+      </c>
+      <c r="CH45" s="57">
+        <v>164</v>
+      </c>
+      <c r="CI45" s="53" t="s">
+        <v>134</v>
+      </c>
+      <c r="CJ45" s="57">
+        <v>13</v>
+      </c>
+      <c r="CK45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CL45" s="57">
+        <v>150</v>
+      </c>
+      <c r="CM45" s="53" t="s">
+        <v>211</v>
+      </c>
+      <c r="CN45" s="58">
+        <v>10</v>
+      </c>
+      <c r="CO45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CP45" s="57">
+        <v>19</v>
+      </c>
+      <c r="CQ45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CR45" s="59">
+        <v>356</v>
+      </c>
+      <c r="CS45" s="55" t="s">
+        <v>142</v>
+      </c>
+      <c r="CT45" s="57">
+        <v>136</v>
+      </c>
+      <c r="CU45" s="53" t="s">
+        <v>152</v>
+      </c>
+      <c r="CV45" s="57">
+        <v>14</v>
+      </c>
+      <c r="CW45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CX45" s="57">
+        <v>172</v>
+      </c>
+      <c r="CY45" s="53" t="s">
+        <v>468</v>
+      </c>
+      <c r="CZ45" s="58">
+        <v>19</v>
+      </c>
+      <c r="DA45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DB45" s="57">
+        <v>34</v>
+      </c>
+      <c r="DC45" s="53" t="s">
+        <v>469</v>
+      </c>
+      <c r="DD45" s="59">
+        <v>375</v>
+      </c>
+      <c r="DE45" s="55" t="s">
+        <v>165</v>
+      </c>
+      <c r="DF45" s="57">
+        <v>60</v>
+      </c>
+      <c r="DG45" s="53" t="s">
+        <v>345</v>
+      </c>
+      <c r="DH45" s="57">
+        <v>11</v>
+      </c>
+      <c r="DI45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DJ45" s="57">
+        <v>149</v>
+      </c>
+      <c r="DK45" s="53" t="s">
+        <v>334</v>
+      </c>
+      <c r="DL45" s="58">
+        <v>18</v>
+      </c>
+      <c r="DM45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DN45" s="57">
+        <v>27</v>
+      </c>
+      <c r="DO45" s="53" t="s">
+        <v>198</v>
+      </c>
+      <c r="DP45" s="59">
+        <v>265</v>
+      </c>
+      <c r="DQ45" s="55" t="s">
+        <v>217</v>
+      </c>
+      <c r="DR45" s="57">
+        <v>31</v>
+      </c>
+      <c r="DS45" s="53" t="s">
+        <v>458</v>
+      </c>
+      <c r="DT45" s="57">
+        <v>6</v>
+      </c>
+      <c r="DU45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DV45" s="57">
+        <v>35</v>
+      </c>
+      <c r="DW45" s="53" t="s">
+        <v>259</v>
+      </c>
+      <c r="DX45" s="58">
+        <v>4</v>
+      </c>
+      <c r="DY45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DZ45" s="57">
+        <v>9</v>
+      </c>
+      <c r="EA45" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="EB45" s="59">
+        <v>85</v>
+      </c>
+      <c r="EC45" s="55" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="46" spans="1:133">
+      <c r="A46" s="37" t="s">
+        <v>101</v>
+      </c>
+      <c r="B46" s="57">
+        <v>57</v>
+      </c>
+      <c r="C46" s="53" t="s">
+        <v>396</v>
+      </c>
+      <c r="D46" s="57">
+        <v>59</v>
+      </c>
+      <c r="E46" s="53" t="s">
+        <v>160</v>
+      </c>
+      <c r="F46" s="57">
+        <v>65</v>
+      </c>
+      <c r="G46" s="53" t="s">
+        <v>362</v>
+      </c>
+      <c r="H46" s="58">
+        <v>1</v>
+      </c>
+      <c r="I46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="J46" s="57">
+        <v>11</v>
+      </c>
+      <c r="K46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="L46" s="59">
+        <v>193</v>
+      </c>
+      <c r="M46" s="55" t="s">
+        <v>160</v>
+      </c>
+      <c r="N46" s="57">
+        <v>51</v>
+      </c>
+      <c r="O46" s="53" t="s">
+        <v>246</v>
+      </c>
+      <c r="P46" s="57">
+        <v>65</v>
+      </c>
+      <c r="Q46" s="53" t="s">
+        <v>281</v>
+      </c>
+      <c r="R46" s="57">
+        <v>68</v>
+      </c>
+      <c r="S46" s="53" t="s">
+        <v>470</v>
+      </c>
+      <c r="T46" s="58">
+        <v>3</v>
+      </c>
+      <c r="U46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="V46" s="57">
+        <v>18</v>
+      </c>
+      <c r="W46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="X46" s="59">
+        <v>205</v>
+      </c>
+      <c r="Y46" s="55" t="s">
+        <v>180</v>
+      </c>
+      <c r="Z46" s="57">
+        <v>61</v>
+      </c>
+      <c r="AA46" s="53" t="s">
+        <v>456</v>
+      </c>
+      <c r="AB46" s="57">
+        <v>52</v>
+      </c>
+      <c r="AC46" s="53" t="s">
+        <v>229</v>
+      </c>
+      <c r="AD46" s="57">
+        <v>60</v>
+      </c>
+      <c r="AE46" s="53" t="s">
+        <v>356</v>
+      </c>
+      <c r="AF46" s="58">
+        <v>3</v>
+      </c>
+      <c r="AG46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AH46" s="57">
+        <v>11</v>
+      </c>
+      <c r="AI46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AJ46" s="59">
+        <v>187</v>
+      </c>
+      <c r="AK46" s="55" t="s">
+        <v>384</v>
+      </c>
+      <c r="AL46" s="57">
+        <v>34</v>
+      </c>
+      <c r="AM46" s="53" t="s">
+        <v>110</v>
+      </c>
+      <c r="AN46" s="57">
+        <v>40</v>
+      </c>
+      <c r="AO46" s="53" t="s">
+        <v>471</v>
+      </c>
+      <c r="AP46" s="57">
+        <v>60</v>
+      </c>
+      <c r="AQ46" s="53" t="s">
+        <v>292</v>
+      </c>
+      <c r="AR46" s="58">
+        <v>2</v>
+      </c>
+      <c r="AS46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AT46" s="57">
+        <v>12</v>
+      </c>
+      <c r="AU46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AV46" s="59">
+        <v>148</v>
+      </c>
+      <c r="AW46" s="55" t="s">
+        <v>129</v>
+      </c>
+      <c r="AX46" s="57">
+        <v>39</v>
+      </c>
+      <c r="AY46" s="53" t="s">
+        <v>459</v>
+      </c>
+      <c r="AZ46" s="57">
+        <v>50</v>
+      </c>
+      <c r="BA46" s="53" t="s">
         <v>111</v>
       </c>
-      <c r="BP33" s="106" t="s">
-[...2 lines deleted...]
-      <c r="BQ33" s="106" t="s">
+      <c r="BB46" s="57">
+        <v>66</v>
+      </c>
+      <c r="BC46" s="53" t="s">
+        <v>236</v>
+      </c>
+      <c r="BD46" s="58">
+        <v>3</v>
+      </c>
+      <c r="BE46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BF46" s="57">
+        <v>14</v>
+      </c>
+      <c r="BG46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BH46" s="59">
+        <v>172</v>
+      </c>
+      <c r="BI46" s="55" t="s">
+        <v>373</v>
+      </c>
+      <c r="BJ46" s="57">
+        <v>35</v>
+      </c>
+      <c r="BK46" s="53" t="s">
+        <v>309</v>
+      </c>
+      <c r="BL46" s="57">
+        <v>39</v>
+      </c>
+      <c r="BM46" s="53" t="s">
+        <v>152</v>
+      </c>
+      <c r="BN46" s="57">
+        <v>64</v>
+      </c>
+      <c r="BO46" s="53" t="s">
+        <v>292</v>
+      </c>
+      <c r="BP46" s="58">
+        <v>2</v>
+      </c>
+      <c r="BQ46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BR46" s="57">
+        <v>27</v>
+      </c>
+      <c r="BS46" s="53" t="s">
+        <v>196</v>
+      </c>
+      <c r="BT46" s="59">
+        <v>167</v>
+      </c>
+      <c r="BU46" s="55" t="s">
+        <v>145</v>
+      </c>
+      <c r="BV46" s="57">
+        <v>33</v>
+      </c>
+      <c r="BW46" s="53" t="s">
+        <v>472</v>
+      </c>
+      <c r="BX46" s="57">
+        <v>28</v>
+      </c>
+      <c r="BY46" s="53" t="s">
+        <v>260</v>
+      </c>
+      <c r="BZ46" s="57">
+        <v>69</v>
+      </c>
+      <c r="CA46" s="53" t="s">
+        <v>318</v>
+      </c>
+      <c r="CB46" s="58">
+        <v>5</v>
+      </c>
+      <c r="CC46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CD46" s="57">
+        <v>17</v>
+      </c>
+      <c r="CE46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CF46" s="59">
+        <v>152</v>
+      </c>
+      <c r="CG46" s="55" t="s">
+        <v>387</v>
+      </c>
+      <c r="CH46" s="57">
+        <v>23</v>
+      </c>
+      <c r="CI46" s="53" t="s">
+        <v>466</v>
+      </c>
+      <c r="CJ46" s="57">
+        <v>37</v>
+      </c>
+      <c r="CK46" s="53" t="s">
+        <v>166</v>
+      </c>
+      <c r="CL46" s="57">
+        <v>65</v>
+      </c>
+      <c r="CM46" s="53" t="s">
+        <v>112</v>
+      </c>
+      <c r="CN46" s="58">
+        <v>1</v>
+      </c>
+      <c r="CO46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CP46" s="57">
+        <v>12</v>
+      </c>
+      <c r="CQ46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CR46" s="59">
+        <v>138</v>
+      </c>
+      <c r="CS46" s="55" t="s">
+        <v>373</v>
+      </c>
+      <c r="CT46" s="57">
+        <v>58</v>
+      </c>
+      <c r="CU46" s="53" t="s">
+        <v>303</v>
+      </c>
+      <c r="CV46" s="57">
+        <v>29</v>
+      </c>
+      <c r="CW46" s="53" t="s">
+        <v>152</v>
+      </c>
+      <c r="CX46" s="57">
+        <v>78</v>
+      </c>
+      <c r="CY46" s="53" t="s">
+        <v>473</v>
+      </c>
+      <c r="CZ46" s="58">
+        <v>0</v>
+      </c>
+      <c r="DA46" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="DB46" s="57">
+        <v>21</v>
+      </c>
+      <c r="DC46" s="53" t="s">
+        <v>211</v>
+      </c>
+      <c r="DD46" s="59">
+        <v>186</v>
+      </c>
+      <c r="DE46" s="55" t="s">
+        <v>387</v>
+      </c>
+      <c r="DF46" s="57">
+        <v>29</v>
+      </c>
+      <c r="DG46" s="53" t="s">
+        <v>248</v>
+      </c>
+      <c r="DH46" s="57">
+        <v>29</v>
+      </c>
+      <c r="DI46" s="53" t="s">
+        <v>256</v>
+      </c>
+      <c r="DJ46" s="57">
+        <v>51</v>
+      </c>
+      <c r="DK46" s="53" t="s">
+        <v>385</v>
+      </c>
+      <c r="DL46" s="58">
+        <v>0</v>
+      </c>
+      <c r="DM46" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="DN46" s="57">
+        <v>30</v>
+      </c>
+      <c r="DO46" s="53" t="s">
+        <v>239</v>
+      </c>
+      <c r="DP46" s="59">
+        <v>139</v>
+      </c>
+      <c r="DQ46" s="55" t="s">
+        <v>364</v>
+      </c>
+      <c r="DR46" s="57">
+        <v>14</v>
+      </c>
+      <c r="DS46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DT46" s="57">
+        <v>17</v>
+      </c>
+      <c r="DU46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DV46" s="57">
+        <v>32</v>
+      </c>
+      <c r="DW46" s="53" t="s">
+        <v>137</v>
+      </c>
+      <c r="DX46" s="58">
+        <v>0</v>
+      </c>
+      <c r="DY46" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="DZ46" s="57">
+        <v>10</v>
+      </c>
+      <c r="EA46" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="EB46" s="59">
+        <v>73</v>
+      </c>
+      <c r="EC46" s="55" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="47" spans="1:133">
+      <c r="A47" s="37" t="s">
+        <v>102</v>
+      </c>
+      <c r="B47" s="57">
+        <v>89</v>
+      </c>
+      <c r="C47" s="53" t="s">
+        <v>229</v>
+      </c>
+      <c r="D47" s="57">
+        <v>29</v>
+      </c>
+      <c r="E47" s="53" t="s">
+        <v>233</v>
+      </c>
+      <c r="F47" s="57">
+        <v>82</v>
+      </c>
+      <c r="G47" s="53" t="s">
+        <v>245</v>
+      </c>
+      <c r="H47" s="58">
+        <v>50</v>
+      </c>
+      <c r="I47" s="53" t="s">
+        <v>242</v>
+      </c>
+      <c r="J47" s="57">
+        <v>8</v>
+      </c>
+      <c r="K47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="L47" s="59">
+        <v>258</v>
+      </c>
+      <c r="M47" s="55" t="s">
+        <v>166</v>
+      </c>
+      <c r="N47" s="57">
+        <v>48</v>
+      </c>
+      <c r="O47" s="53" t="s">
+        <v>303</v>
+      </c>
+      <c r="P47" s="57">
+        <v>31</v>
+      </c>
+      <c r="Q47" s="53" t="s">
+        <v>121</v>
+      </c>
+      <c r="R47" s="57">
+        <v>47</v>
+      </c>
+      <c r="S47" s="53" t="s">
+        <v>335</v>
+      </c>
+      <c r="T47" s="58">
+        <v>86</v>
+      </c>
+      <c r="U47" s="53" t="s">
+        <v>474</v>
+      </c>
+      <c r="V47" s="57">
+        <v>13</v>
+      </c>
+      <c r="W47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="X47" s="59">
+        <v>225</v>
+      </c>
+      <c r="Y47" s="55" t="s">
+        <v>122</v>
+      </c>
+      <c r="Z47" s="57">
+        <v>43</v>
+      </c>
+      <c r="AA47" s="53" t="s">
+        <v>475</v>
+      </c>
+      <c r="AB47" s="57">
+        <v>14</v>
+      </c>
+      <c r="AC47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AD47" s="57">
+        <v>50</v>
+      </c>
+      <c r="AE47" s="53" t="s">
+        <v>243</v>
+      </c>
+      <c r="AF47" s="58">
+        <v>6</v>
+      </c>
+      <c r="AG47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AH47" s="57">
+        <v>16</v>
+      </c>
+      <c r="AI47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AJ47" s="59">
+        <v>129</v>
+      </c>
+      <c r="AK47" s="55" t="s">
+        <v>242</v>
+      </c>
+      <c r="AL47" s="57">
+        <v>48</v>
+      </c>
+      <c r="AM47" s="53" t="s">
+        <v>115</v>
+      </c>
+      <c r="AN47" s="57">
+        <v>13</v>
+      </c>
+      <c r="AO47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AP47" s="57">
+        <v>44</v>
+      </c>
+      <c r="AQ47" s="53" t="s">
+        <v>274</v>
+      </c>
+      <c r="AR47" s="58">
+        <v>3</v>
+      </c>
+      <c r="AS47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AT47" s="57">
+        <v>9</v>
+      </c>
+      <c r="AU47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AV47" s="59">
+        <v>117</v>
+      </c>
+      <c r="AW47" s="55" t="s">
+        <v>143</v>
+      </c>
+      <c r="AX47" s="57">
+        <v>41</v>
+      </c>
+      <c r="AY47" s="53" t="s">
+        <v>116</v>
+      </c>
+      <c r="AZ47" s="57">
+        <v>13</v>
+      </c>
+      <c r="BA47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BB47" s="57">
+        <v>42</v>
+      </c>
+      <c r="BC47" s="53" t="s">
+        <v>370</v>
+      </c>
+      <c r="BD47" s="58">
+        <v>3</v>
+      </c>
+      <c r="BE47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BF47" s="57">
+        <v>10</v>
+      </c>
+      <c r="BG47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BH47" s="59">
+        <v>109</v>
+      </c>
+      <c r="BI47" s="55" t="s">
+        <v>182</v>
+      </c>
+      <c r="BJ47" s="57">
+        <v>40</v>
+      </c>
+      <c r="BK47" s="53" t="s">
+        <v>472</v>
+      </c>
+      <c r="BL47" s="57">
+        <v>19</v>
+      </c>
+      <c r="BM47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BN47" s="57">
+        <v>43</v>
+      </c>
+      <c r="BO47" s="53" t="s">
+        <v>405</v>
+      </c>
+      <c r="BP47" s="58">
+        <v>22</v>
+      </c>
+      <c r="BQ47" s="53" t="s">
+        <v>233</v>
+      </c>
+      <c r="BR47" s="57">
+        <v>11</v>
+      </c>
+      <c r="BS47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BT47" s="59">
+        <v>135</v>
+      </c>
+      <c r="BU47" s="55" t="s">
+        <v>395</v>
+      </c>
+      <c r="BV47" s="57">
+        <v>24</v>
+      </c>
+      <c r="BW47" s="53" t="s">
+        <v>476</v>
+      </c>
+      <c r="BX47" s="57">
+        <v>21</v>
+      </c>
+      <c r="BY47" s="53" t="s">
+        <v>242</v>
+      </c>
+      <c r="BZ47" s="57">
+        <v>56</v>
+      </c>
+      <c r="CA47" s="53" t="s">
+        <v>122</v>
+      </c>
+      <c r="CB47" s="58">
+        <v>6</v>
+      </c>
+      <c r="CC47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CD47" s="57">
+        <v>8</v>
+      </c>
+      <c r="CE47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CF47" s="59">
+        <v>115</v>
+      </c>
+      <c r="CG47" s="55" t="s">
+        <v>149</v>
+      </c>
+      <c r="CH47" s="57">
+        <v>38</v>
+      </c>
+      <c r="CI47" s="53" t="s">
+        <v>235</v>
+      </c>
+      <c r="CJ47" s="57">
+        <v>19</v>
+      </c>
+      <c r="CK47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CL47" s="57">
+        <v>46</v>
+      </c>
+      <c r="CM47" s="53" t="s">
+        <v>346</v>
+      </c>
+      <c r="CN47" s="58">
+        <v>4</v>
+      </c>
+      <c r="CO47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CP47" s="57">
+        <v>10</v>
+      </c>
+      <c r="CQ47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CR47" s="59">
+        <v>117</v>
+      </c>
+      <c r="CS47" s="55" t="s">
+        <v>395</v>
+      </c>
+      <c r="CT47" s="57">
+        <v>35</v>
+      </c>
+      <c r="CU47" s="53" t="s">
+        <v>134</v>
+      </c>
+      <c r="CV47" s="57">
+        <v>23</v>
+      </c>
+      <c r="CW47" s="53" t="s">
+        <v>149</v>
+      </c>
+      <c r="CX47" s="57">
+        <v>56</v>
+      </c>
+      <c r="CY47" s="53" t="s">
+        <v>477</v>
+      </c>
+      <c r="CZ47" s="58">
+        <v>15</v>
+      </c>
+      <c r="DA47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DB47" s="57">
+        <v>20</v>
+      </c>
+      <c r="DC47" s="53" t="s">
+        <v>437</v>
+      </c>
+      <c r="DD47" s="59">
+        <v>149</v>
+      </c>
+      <c r="DE47" s="55" t="s">
+        <v>375</v>
+      </c>
+      <c r="DF47" s="57">
+        <v>19</v>
+      </c>
+      <c r="DG47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DH47" s="57">
+        <v>13</v>
+      </c>
+      <c r="DI47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DJ47" s="57">
+        <v>46</v>
+      </c>
+      <c r="DK47" s="53" t="s">
+        <v>428</v>
+      </c>
+      <c r="DL47" s="58">
+        <v>27</v>
+      </c>
+      <c r="DM47" s="53" t="s">
+        <v>230</v>
+      </c>
+      <c r="DN47" s="57">
+        <v>17</v>
+      </c>
+      <c r="DO47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DP47" s="59">
+        <v>122</v>
+      </c>
+      <c r="DQ47" s="55" t="s">
+        <v>182</v>
+      </c>
+      <c r="DR47" s="57">
+        <v>8</v>
+      </c>
+      <c r="DS47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DT47" s="57">
+        <v>14</v>
+      </c>
+      <c r="DU47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DV47" s="57">
+        <v>5</v>
+      </c>
+      <c r="DW47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DX47" s="58">
+        <v>1</v>
+      </c>
+      <c r="DY47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DZ47" s="57">
+        <v>7</v>
+      </c>
+      <c r="EA47" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="EB47" s="59">
+        <v>35</v>
+      </c>
+      <c r="EC47" s="55" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="48" spans="1:133">
+      <c r="A48" s="37" t="s">
         <v>103</v>
       </c>
-      <c r="BR33" s="106" t="s">
-[...7 lines deleted...]
-      <c r="A34" s="94" t="s">
+      <c r="B48" s="57">
+        <v>3</v>
+      </c>
+      <c r="C48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="D48" s="57">
+        <v>4</v>
+      </c>
+      <c r="E48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="F48" s="57">
+        <v>11</v>
+      </c>
+      <c r="G48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="H48" s="58">
+        <v>0</v>
+      </c>
+      <c r="I48" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="J48" s="57">
+        <v>1</v>
+      </c>
+      <c r="K48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="L48" s="59">
+        <v>19</v>
+      </c>
+      <c r="M48" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="N48" s="57">
+        <v>7</v>
+      </c>
+      <c r="O48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="P48" s="57">
+        <v>3</v>
+      </c>
+      <c r="Q48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="R48" s="57">
+        <v>6</v>
+      </c>
+      <c r="S48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="T48" s="58">
+        <v>1</v>
+      </c>
+      <c r="U48" s="60" t="s">
+        <v>400</v>
+      </c>
+      <c r="V48" s="57">
+        <v>0</v>
+      </c>
+      <c r="W48" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="X48" s="59">
+        <v>17</v>
+      </c>
+      <c r="Y48" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="Z48" s="57">
+        <v>6</v>
+      </c>
+      <c r="AA48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AB48" s="57">
+        <v>5</v>
+      </c>
+      <c r="AC48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AD48" s="57">
+        <v>7</v>
+      </c>
+      <c r="AE48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AF48" s="58">
+        <v>0</v>
+      </c>
+      <c r="AG48" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="AH48" s="57">
+        <v>1</v>
+      </c>
+      <c r="AI48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AJ48" s="59">
+        <v>19</v>
+      </c>
+      <c r="AK48" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="AL48" s="57">
+        <v>6</v>
+      </c>
+      <c r="AM48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AN48" s="57">
+        <v>0</v>
+      </c>
+      <c r="AO48" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="AP48" s="57">
+        <v>11</v>
+      </c>
+      <c r="AQ48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AR48" s="58">
+        <v>0</v>
+      </c>
+      <c r="AS48" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="AT48" s="57">
+        <v>2</v>
+      </c>
+      <c r="AU48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AV48" s="59">
+        <v>19</v>
+      </c>
+      <c r="AW48" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="AX48" s="57">
+        <v>2</v>
+      </c>
+      <c r="AY48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AZ48" s="57">
+        <v>1</v>
+      </c>
+      <c r="BA48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BB48" s="57">
+        <v>7</v>
+      </c>
+      <c r="BC48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BD48" s="58">
+        <v>1</v>
+      </c>
+      <c r="BE48" s="60" t="s">
+        <v>400</v>
+      </c>
+      <c r="BF48" s="57">
+        <v>2</v>
+      </c>
+      <c r="BG48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BH48" s="59">
+        <v>13</v>
+      </c>
+      <c r="BI48" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="BJ48" s="57">
+        <v>10</v>
+      </c>
+      <c r="BK48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BL48" s="57">
+        <v>5</v>
+      </c>
+      <c r="BM48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BN48" s="57">
+        <v>11</v>
+      </c>
+      <c r="BO48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BP48" s="58">
+        <v>0</v>
+      </c>
+      <c r="BQ48" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="BR48" s="57">
+        <v>8</v>
+      </c>
+      <c r="BS48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BT48" s="59">
+        <v>34</v>
+      </c>
+      <c r="BU48" s="55" t="s">
+        <v>111</v>
+      </c>
+      <c r="BV48" s="57">
+        <v>7</v>
+      </c>
+      <c r="BW48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BX48" s="57">
+        <v>0</v>
+      </c>
+      <c r="BY48" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="BZ48" s="57">
+        <v>7</v>
+      </c>
+      <c r="CA48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CB48" s="58">
+        <v>0</v>
+      </c>
+      <c r="CC48" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="CD48" s="57">
+        <v>1</v>
+      </c>
+      <c r="CE48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CF48" s="59">
+        <v>15</v>
+      </c>
+      <c r="CG48" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="CH48" s="57">
+        <v>6</v>
+      </c>
+      <c r="CI48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CJ48" s="57">
+        <v>1</v>
+      </c>
+      <c r="CK48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CL48" s="57">
+        <v>9</v>
+      </c>
+      <c r="CM48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CN48" s="58">
+        <v>0</v>
+      </c>
+      <c r="CO48" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="CP48" s="57">
+        <v>1</v>
+      </c>
+      <c r="CQ48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CR48" s="59">
+        <v>17</v>
+      </c>
+      <c r="CS48" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="CT48" s="57">
+        <v>3</v>
+      </c>
+      <c r="CU48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CV48" s="57">
+        <v>0</v>
+      </c>
+      <c r="CW48" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="CX48" s="57">
+        <v>8</v>
+      </c>
+      <c r="CY48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CZ48" s="58">
+        <v>1</v>
+      </c>
+      <c r="DA48" s="60" t="s">
+        <v>400</v>
+      </c>
+      <c r="DB48" s="57">
+        <v>2</v>
+      </c>
+      <c r="DC48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DD48" s="59">
+        <v>14</v>
+      </c>
+      <c r="DE48" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="DF48" s="57">
+        <v>4</v>
+      </c>
+      <c r="DG48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DH48" s="57">
+        <v>1</v>
+      </c>
+      <c r="DI48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DJ48" s="57">
+        <v>4</v>
+      </c>
+      <c r="DK48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DL48" s="58">
+        <v>0</v>
+      </c>
+      <c r="DM48" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="DN48" s="57">
+        <v>4</v>
+      </c>
+      <c r="DO48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DP48" s="59">
+        <v>13</v>
+      </c>
+      <c r="DQ48" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="DR48" s="57">
+        <v>2</v>
+      </c>
+      <c r="DS48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DT48" s="57">
+        <v>0</v>
+      </c>
+      <c r="DU48" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="DV48" s="57">
+        <v>4</v>
+      </c>
+      <c r="DW48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DX48" s="58">
+        <v>0</v>
+      </c>
+      <c r="DY48" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="DZ48" s="57">
+        <v>1</v>
+      </c>
+      <c r="EA48" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="EB48" s="59">
+        <v>7</v>
+      </c>
+      <c r="EC48" s="55" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="49" spans="1:133">
+      <c r="A49" s="37" t="s">
+        <v>104</v>
+      </c>
+      <c r="B49" s="57">
+        <v>7</v>
+      </c>
+      <c r="C49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="D49" s="57">
+        <v>7</v>
+      </c>
+      <c r="E49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="F49" s="57">
+        <v>16</v>
+      </c>
+      <c r="G49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="H49" s="58">
+        <v>5</v>
+      </c>
+      <c r="I49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="J49" s="57">
+        <v>0</v>
+      </c>
+      <c r="K49" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="L49" s="59">
+        <v>35</v>
+      </c>
+      <c r="M49" s="55" t="s">
+        <v>316</v>
+      </c>
+      <c r="N49" s="57">
+        <v>9</v>
+      </c>
+      <c r="O49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="P49" s="57">
+        <v>7</v>
+      </c>
+      <c r="Q49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="R49" s="57">
+        <v>16</v>
+      </c>
+      <c r="S49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="T49" s="58">
+        <v>2</v>
+      </c>
+      <c r="U49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="V49" s="57">
+        <v>1</v>
+      </c>
+      <c r="W49" s="61" t="s">
+        <v>400</v>
+      </c>
+      <c r="X49" s="59">
+        <v>35</v>
+      </c>
+      <c r="Y49" s="55" t="s">
+        <v>113</v>
+      </c>
+      <c r="Z49" s="57">
+        <v>18</v>
+      </c>
+      <c r="AA49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AB49" s="57">
+        <v>2</v>
+      </c>
+      <c r="AC49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AD49" s="57">
+        <v>17</v>
+      </c>
+      <c r="AE49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AF49" s="58">
+        <v>0</v>
+      </c>
+      <c r="AG49" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="AH49" s="57">
+        <v>5</v>
+      </c>
+      <c r="AI49" s="61" t="s">
+        <v>400</v>
+      </c>
+      <c r="AJ49" s="59">
+        <v>42</v>
+      </c>
+      <c r="AK49" s="55" t="s">
+        <v>200</v>
+      </c>
+      <c r="AL49" s="57">
+        <v>12</v>
+      </c>
+      <c r="AM49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AN49" s="57">
+        <v>4</v>
+      </c>
+      <c r="AO49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AP49" s="57">
+        <v>22</v>
+      </c>
+      <c r="AQ49" s="53" t="s">
+        <v>200</v>
+      </c>
+      <c r="AR49" s="58">
+        <v>6</v>
+      </c>
+      <c r="AS49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AT49" s="57">
+        <v>1</v>
+      </c>
+      <c r="AU49" s="61" t="s">
+        <v>400</v>
+      </c>
+      <c r="AV49" s="59">
+        <v>45</v>
+      </c>
+      <c r="AW49" s="55" t="s">
+        <v>127</v>
+      </c>
+      <c r="AX49" s="57">
+        <v>8</v>
+      </c>
+      <c r="AY49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AZ49" s="57">
+        <v>3</v>
+      </c>
+      <c r="BA49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BB49" s="57">
+        <v>16</v>
+      </c>
+      <c r="BC49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BD49" s="58">
+        <v>1</v>
+      </c>
+      <c r="BE49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BF49" s="57">
+        <v>3</v>
+      </c>
+      <c r="BG49" s="61" t="s">
+        <v>400</v>
+      </c>
+      <c r="BH49" s="59">
+        <v>31</v>
+      </c>
+      <c r="BI49" s="55" t="s">
+        <v>201</v>
+      </c>
+      <c r="BJ49" s="57">
+        <v>14</v>
+      </c>
+      <c r="BK49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BL49" s="57">
+        <v>4</v>
+      </c>
+      <c r="BM49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BN49" s="57">
+        <v>17</v>
+      </c>
+      <c r="BO49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BP49" s="58">
+        <v>0</v>
+      </c>
+      <c r="BQ49" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="BR49" s="57">
+        <v>2</v>
+      </c>
+      <c r="BS49" s="61" t="s">
+        <v>400</v>
+      </c>
+      <c r="BT49" s="59">
+        <v>37</v>
+      </c>
+      <c r="BU49" s="55" t="s">
+        <v>210</v>
+      </c>
+      <c r="BV49" s="57">
+        <v>12</v>
+      </c>
+      <c r="BW49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BX49" s="57">
+        <v>7</v>
+      </c>
+      <c r="BY49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BZ49" s="57">
+        <v>19</v>
+      </c>
+      <c r="CA49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CB49" s="58">
+        <v>0</v>
+      </c>
+      <c r="CC49" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="CD49" s="57">
+        <v>6</v>
+      </c>
+      <c r="CE49" s="61" t="s">
+        <v>400</v>
+      </c>
+      <c r="CF49" s="59">
+        <v>44</v>
+      </c>
+      <c r="CG49" s="55" t="s">
+        <v>389</v>
+      </c>
+      <c r="CH49" s="57">
+        <v>18</v>
+      </c>
+      <c r="CI49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CJ49" s="57">
+        <v>3</v>
+      </c>
+      <c r="CK49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CL49" s="57">
+        <v>16</v>
+      </c>
+      <c r="CM49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CN49" s="58">
+        <v>1</v>
+      </c>
+      <c r="CO49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CP49" s="57">
+        <v>3</v>
+      </c>
+      <c r="CQ49" s="61" t="s">
+        <v>400</v>
+      </c>
+      <c r="CR49" s="59">
+        <v>41</v>
+      </c>
+      <c r="CS49" s="55" t="s">
+        <v>397</v>
+      </c>
+      <c r="CT49" s="57">
+        <v>29</v>
+      </c>
+      <c r="CU49" s="53" t="s">
+        <v>120</v>
+      </c>
+      <c r="CV49" s="57">
+        <v>6</v>
+      </c>
+      <c r="CW49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CX49" s="57">
+        <v>30</v>
+      </c>
+      <c r="CY49" s="53" t="s">
+        <v>438</v>
+      </c>
+      <c r="CZ49" s="58">
+        <v>1</v>
+      </c>
+      <c r="DA49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DB49" s="57">
+        <v>3</v>
+      </c>
+      <c r="DC49" s="61" t="s">
+        <v>400</v>
+      </c>
+      <c r="DD49" s="59">
+        <v>69</v>
+      </c>
+      <c r="DE49" s="55" t="s">
+        <v>133</v>
+      </c>
+      <c r="DF49" s="57">
+        <v>16</v>
+      </c>
+      <c r="DG49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DH49" s="57">
+        <v>3</v>
+      </c>
+      <c r="DI49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DJ49" s="57">
+        <v>16</v>
+      </c>
+      <c r="DK49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DL49" s="58">
+        <v>3</v>
+      </c>
+      <c r="DM49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DN49" s="57">
+        <v>8</v>
+      </c>
+      <c r="DO49" s="61" t="s">
+        <v>400</v>
+      </c>
+      <c r="DP49" s="59">
+        <v>46</v>
+      </c>
+      <c r="DQ49" s="55" t="s">
+        <v>407</v>
+      </c>
+      <c r="DR49" s="57">
+        <v>12</v>
+      </c>
+      <c r="DS49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DT49" s="57">
+        <v>6</v>
+      </c>
+      <c r="DU49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DV49" s="57">
+        <v>5</v>
+      </c>
+      <c r="DW49" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DX49" s="58">
+        <v>0</v>
+      </c>
+      <c r="DY49" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="DZ49" s="57">
+        <v>2</v>
+      </c>
+      <c r="EA49" s="61" t="s">
+        <v>400</v>
+      </c>
+      <c r="EB49" s="59">
+        <v>25</v>
+      </c>
+      <c r="EC49" s="55" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="50" spans="1:133">
+      <c r="A50" s="37" t="s">
+        <v>105</v>
+      </c>
+      <c r="B50" s="57">
+        <v>1</v>
+      </c>
+      <c r="C50" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="D50" s="57">
+        <v>0</v>
+      </c>
+      <c r="E50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="F50" s="57">
+        <v>2</v>
+      </c>
+      <c r="G50" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="H50" s="58">
+        <v>0</v>
+      </c>
+      <c r="I50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="J50" s="57">
+        <v>0</v>
+      </c>
+      <c r="K50" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="L50" s="59">
+        <v>3</v>
+      </c>
+      <c r="M50" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="N50" s="57">
+        <v>0</v>
+      </c>
+      <c r="O50" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="P50" s="57">
+        <v>1</v>
+      </c>
+      <c r="Q50" s="60" t="s">
+        <v>400</v>
+      </c>
+      <c r="R50" s="57">
+        <v>3</v>
+      </c>
+      <c r="S50" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="T50" s="58">
+        <v>0</v>
+      </c>
+      <c r="U50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="V50" s="57">
+        <v>0</v>
+      </c>
+      <c r="W50" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="X50" s="59">
+        <v>4</v>
+      </c>
+      <c r="Y50" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="Z50" s="57">
+        <v>1</v>
+      </c>
+      <c r="AA50" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AB50" s="57">
+        <v>0</v>
+      </c>
+      <c r="AC50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="AD50" s="57">
+        <v>1</v>
+      </c>
+      <c r="AE50" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AF50" s="58">
+        <v>0</v>
+      </c>
+      <c r="AG50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="AH50" s="57">
+        <v>0</v>
+      </c>
+      <c r="AI50" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="AJ50" s="59">
+        <v>2</v>
+      </c>
+      <c r="AK50" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="AL50" s="57">
+        <v>0</v>
+      </c>
+      <c r="AM50" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="AN50" s="57">
+        <v>2</v>
+      </c>
+      <c r="AO50" s="60" t="s">
+        <v>400</v>
+      </c>
+      <c r="AP50" s="57">
+        <v>2</v>
+      </c>
+      <c r="AQ50" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AR50" s="58">
+        <v>1</v>
+      </c>
+      <c r="AS50" s="60" t="s">
+        <v>400</v>
+      </c>
+      <c r="AT50" s="57">
+        <v>0</v>
+      </c>
+      <c r="AU50" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="AV50" s="59">
+        <v>5</v>
+      </c>
+      <c r="AW50" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="AX50" s="57">
+        <v>1</v>
+      </c>
+      <c r="AY50" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AZ50" s="57">
+        <v>0</v>
+      </c>
+      <c r="BA50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="BB50" s="57">
+        <v>2</v>
+      </c>
+      <c r="BC50" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BD50" s="58">
+        <v>0</v>
+      </c>
+      <c r="BE50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="BF50" s="57">
+        <v>0</v>
+      </c>
+      <c r="BG50" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="BH50" s="59">
+        <v>3</v>
+      </c>
+      <c r="BI50" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="BJ50" s="57">
+        <v>0</v>
+      </c>
+      <c r="BK50" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="BL50" s="57">
+        <v>0</v>
+      </c>
+      <c r="BM50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="BN50" s="57">
+        <v>1</v>
+      </c>
+      <c r="BO50" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BP50" s="58">
+        <v>0</v>
+      </c>
+      <c r="BQ50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="BR50" s="57">
+        <v>1</v>
+      </c>
+      <c r="BS50" s="61" t="s">
+        <v>400</v>
+      </c>
+      <c r="BT50" s="59">
+        <v>2</v>
+      </c>
+      <c r="BU50" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="BV50" s="57">
+        <v>0</v>
+      </c>
+      <c r="BW50" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="BX50" s="57">
+        <v>0</v>
+      </c>
+      <c r="BY50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="BZ50" s="57">
+        <v>1</v>
+      </c>
+      <c r="CA50" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CB50" s="58">
+        <v>0</v>
+      </c>
+      <c r="CC50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="CD50" s="57">
+        <v>1</v>
+      </c>
+      <c r="CE50" s="61" t="s">
+        <v>400</v>
+      </c>
+      <c r="CF50" s="59">
+        <v>2</v>
+      </c>
+      <c r="CG50" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="CH50" s="57">
+        <v>0</v>
+      </c>
+      <c r="CI50" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="CJ50" s="57">
+        <v>0</v>
+      </c>
+      <c r="CK50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="CL50" s="57">
+        <v>1</v>
+      </c>
+      <c r="CM50" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CN50" s="58">
+        <v>0</v>
+      </c>
+      <c r="CO50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="CP50" s="57">
+        <v>0</v>
+      </c>
+      <c r="CQ50" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="CR50" s="59">
+        <v>1</v>
+      </c>
+      <c r="CS50" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="CT50" s="57">
+        <v>0</v>
+      </c>
+      <c r="CU50" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="CV50" s="57">
+        <v>0</v>
+      </c>
+      <c r="CW50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="CX50" s="57">
+        <v>4</v>
+      </c>
+      <c r="CY50" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="CZ50" s="58">
+        <v>0</v>
+      </c>
+      <c r="DA50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="DB50" s="57">
+        <v>0</v>
+      </c>
+      <c r="DC50" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="DD50" s="59">
+        <v>4</v>
+      </c>
+      <c r="DE50" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="DF50" s="57">
+        <v>1</v>
+      </c>
+      <c r="DG50" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="DH50" s="57">
+        <v>0</v>
+      </c>
+      <c r="DI50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="DJ50" s="57">
+        <v>0</v>
+      </c>
+      <c r="DK50" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="DL50" s="58">
+        <v>0</v>
+      </c>
+      <c r="DM50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="DN50" s="57">
+        <v>1</v>
+      </c>
+      <c r="DO50" s="61" t="s">
+        <v>400</v>
+      </c>
+      <c r="DP50" s="59">
+        <v>2</v>
+      </c>
+      <c r="DQ50" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="DR50" s="57">
+        <v>0</v>
+      </c>
+      <c r="DS50" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="DT50" s="57">
+        <v>0</v>
+      </c>
+      <c r="DU50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="DV50" s="57">
+        <v>0</v>
+      </c>
+      <c r="DW50" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="DX50" s="58">
+        <v>0</v>
+      </c>
+      <c r="DY50" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="DZ50" s="57">
+        <v>0</v>
+      </c>
+      <c r="EA50" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="EB50" s="59">
+        <v>0</v>
+      </c>
+      <c r="EC50" s="55" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="51" spans="1:133">
+      <c r="A51" s="37" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" s="57">
+        <v>0</v>
+      </c>
+      <c r="C51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="D51" s="57">
+        <v>0</v>
+      </c>
+      <c r="E51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="F51" s="57">
+        <v>0</v>
+      </c>
+      <c r="G51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="H51" s="58">
+        <v>0</v>
+      </c>
+      <c r="I51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="J51" s="57">
+        <v>0</v>
+      </c>
+      <c r="K51" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="L51" s="59">
+        <v>0</v>
+      </c>
+      <c r="M51" s="55" t="s">
+        <v>413</v>
+      </c>
+      <c r="N51" s="57">
+        <v>0</v>
+      </c>
+      <c r="O51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="P51" s="57">
+        <v>0</v>
+      </c>
+      <c r="Q51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="R51" s="57">
+        <v>0</v>
+      </c>
+      <c r="S51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="T51" s="58">
+        <v>0</v>
+      </c>
+      <c r="U51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="V51" s="57">
+        <v>0</v>
+      </c>
+      <c r="W51" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="X51" s="59">
+        <v>0</v>
+      </c>
+      <c r="Y51" s="55" t="s">
+        <v>413</v>
+      </c>
+      <c r="Z51" s="57">
+        <v>0</v>
+      </c>
+      <c r="AA51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="AB51" s="57">
+        <v>0</v>
+      </c>
+      <c r="AC51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="AD51" s="57">
+        <v>0</v>
+      </c>
+      <c r="AE51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="AF51" s="58">
+        <v>0</v>
+      </c>
+      <c r="AG51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="AH51" s="57">
+        <v>0</v>
+      </c>
+      <c r="AI51" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="AJ51" s="59">
+        <v>0</v>
+      </c>
+      <c r="AK51" s="55" t="s">
+        <v>413</v>
+      </c>
+      <c r="AL51" s="57">
+        <v>0</v>
+      </c>
+      <c r="AM51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="AN51" s="57">
+        <v>0</v>
+      </c>
+      <c r="AO51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="AP51" s="57">
+        <v>0</v>
+      </c>
+      <c r="AQ51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="AR51" s="58">
+        <v>0</v>
+      </c>
+      <c r="AS51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="AT51" s="57">
+        <v>0</v>
+      </c>
+      <c r="AU51" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="AV51" s="59">
+        <v>0</v>
+      </c>
+      <c r="AW51" s="55" t="s">
+        <v>413</v>
+      </c>
+      <c r="AX51" s="57">
+        <v>1</v>
+      </c>
+      <c r="AY51" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="AZ51" s="57">
+        <v>0</v>
+      </c>
+      <c r="BA51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="BB51" s="57">
+        <v>0</v>
+      </c>
+      <c r="BC51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="BD51" s="58">
+        <v>0</v>
+      </c>
+      <c r="BE51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="BF51" s="57">
+        <v>0</v>
+      </c>
+      <c r="BG51" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="BH51" s="59">
+        <v>1</v>
+      </c>
+      <c r="BI51" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="BJ51" s="57">
+        <v>1</v>
+      </c>
+      <c r="BK51" s="53" t="s">
+        <v>400</v>
+      </c>
+      <c r="BL51" s="57">
+        <v>1</v>
+      </c>
+      <c r="BM51" s="60" t="s">
+        <v>400</v>
+      </c>
+      <c r="BN51" s="57">
+        <v>0</v>
+      </c>
+      <c r="BO51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="BP51" s="58">
+        <v>0</v>
+      </c>
+      <c r="BQ51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="BR51" s="57">
+        <v>0</v>
+      </c>
+      <c r="BS51" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="BT51" s="59">
+        <v>2</v>
+      </c>
+      <c r="BU51" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="BV51" s="57">
+        <v>0</v>
+      </c>
+      <c r="BW51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="BX51" s="57">
+        <v>0</v>
+      </c>
+      <c r="BY51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="BZ51" s="57">
+        <v>0</v>
+      </c>
+      <c r="CA51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="CB51" s="58">
+        <v>0</v>
+      </c>
+      <c r="CC51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="CD51" s="57">
+        <v>0</v>
+      </c>
+      <c r="CE51" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="CF51" s="59">
+        <v>0</v>
+      </c>
+      <c r="CG51" s="55" t="s">
+        <v>413</v>
+      </c>
+      <c r="CH51" s="57">
+        <v>0</v>
+      </c>
+      <c r="CI51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="CJ51" s="57">
+        <v>0</v>
+      </c>
+      <c r="CK51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="CL51" s="57">
+        <v>0</v>
+      </c>
+      <c r="CM51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="CN51" s="58">
+        <v>0</v>
+      </c>
+      <c r="CO51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="CP51" s="57">
+        <v>0</v>
+      </c>
+      <c r="CQ51" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="CR51" s="59">
+        <v>0</v>
+      </c>
+      <c r="CS51" s="55" t="s">
+        <v>413</v>
+      </c>
+      <c r="CT51" s="57">
+        <v>0</v>
+      </c>
+      <c r="CU51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="CV51" s="57">
+        <v>0</v>
+      </c>
+      <c r="CW51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="CX51" s="57">
+        <v>0</v>
+      </c>
+      <c r="CY51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="CZ51" s="58">
+        <v>0</v>
+      </c>
+      <c r="DA51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="DB51" s="57">
+        <v>1</v>
+      </c>
+      <c r="DC51" s="61" t="s">
+        <v>400</v>
+      </c>
+      <c r="DD51" s="59">
+        <v>1</v>
+      </c>
+      <c r="DE51" s="55" t="s">
+        <v>400</v>
+      </c>
+      <c r="DF51" s="57">
+        <v>0</v>
+      </c>
+      <c r="DG51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="DH51" s="57">
+        <v>0</v>
+      </c>
+      <c r="DI51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="DJ51" s="57">
+        <v>0</v>
+      </c>
+      <c r="DK51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="DL51" s="58">
+        <v>0</v>
+      </c>
+      <c r="DM51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="DN51" s="57">
+        <v>0</v>
+      </c>
+      <c r="DO51" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="DP51" s="59">
+        <v>0</v>
+      </c>
+      <c r="DQ51" s="55" t="s">
+        <v>413</v>
+      </c>
+      <c r="DR51" s="57">
+        <v>0</v>
+      </c>
+      <c r="DS51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="DT51" s="57">
+        <v>0</v>
+      </c>
+      <c r="DU51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="DV51" s="57">
+        <v>0</v>
+      </c>
+      <c r="DW51" s="53" t="s">
+        <v>413</v>
+      </c>
+      <c r="DX51" s="58">
+        <v>0</v>
+      </c>
+      <c r="DY51" s="60" t="s">
+        <v>413</v>
+      </c>
+      <c r="DZ51" s="57">
+        <v>0</v>
+      </c>
+      <c r="EA51" s="61" t="s">
+        <v>413</v>
+      </c>
+      <c r="EB51" s="59">
+        <v>0</v>
+      </c>
+      <c r="EC51" s="55" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="52" spans="1:133">
+      <c r="A52" s="102" t="s">
+        <v>96</v>
+      </c>
+      <c r="B52" s="109">
+        <v>618</v>
+      </c>
+      <c r="C52" s="107" t="s">
+        <v>107</v>
+      </c>
+      <c r="D52" s="109">
+        <v>130</v>
+      </c>
+      <c r="E52" s="107" t="s">
+        <v>157</v>
+      </c>
+      <c r="F52" s="109">
+        <v>901</v>
+      </c>
+      <c r="G52" s="107" t="s">
+        <v>195</v>
+      </c>
+      <c r="H52" s="110">
+        <v>1130</v>
+      </c>
+      <c r="I52" s="107" t="s">
+        <v>232</v>
+      </c>
+      <c r="J52" s="109">
+        <v>188</v>
+      </c>
+      <c r="K52" s="107" t="s">
+        <v>259</v>
+      </c>
+      <c r="L52" s="110">
+        <v>2967</v>
+      </c>
+      <c r="M52" s="107" t="s">
+        <v>292</v>
+      </c>
+      <c r="N52" s="109">
+        <v>538</v>
+      </c>
+      <c r="O52" s="107" t="s">
+        <v>113</v>
+      </c>
+      <c r="P52" s="109">
+        <v>142</v>
+      </c>
+      <c r="Q52" s="107" t="s">
+        <v>162</v>
+      </c>
+      <c r="R52" s="109">
+        <v>856</v>
+      </c>
+      <c r="S52" s="107" t="s">
+        <v>199</v>
+      </c>
+      <c r="T52" s="110">
+        <v>1438</v>
+      </c>
+      <c r="U52" s="107" t="s">
+        <v>231</v>
+      </c>
+      <c r="V52" s="109">
+        <v>192</v>
+      </c>
+      <c r="W52" s="107" t="s">
+        <v>206</v>
+      </c>
+      <c r="X52" s="110">
+        <v>3166</v>
+      </c>
+      <c r="Y52" s="107" t="s">
+        <v>256</v>
+      </c>
+      <c r="Z52" s="109">
+        <v>682</v>
+      </c>
+      <c r="AA52" s="107" t="s">
+        <v>111</v>
+      </c>
+      <c r="AB52" s="109">
+        <v>119</v>
+      </c>
+      <c r="AC52" s="107" t="s">
+        <v>166</v>
+      </c>
+      <c r="AD52" s="109">
+        <v>811</v>
+      </c>
+      <c r="AE52" s="107" t="s">
+        <v>203</v>
+      </c>
+      <c r="AF52" s="110">
+        <v>1134</v>
+      </c>
+      <c r="AG52" s="107" t="s">
+        <v>236</v>
+      </c>
+      <c r="AH52" s="109">
+        <v>201</v>
+      </c>
+      <c r="AI52" s="107" t="s">
+        <v>265</v>
+      </c>
+      <c r="AJ52" s="110">
+        <v>2947</v>
+      </c>
+      <c r="AK52" s="107" t="s">
+        <v>251</v>
+      </c>
+      <c r="AL52" s="109">
+        <v>480</v>
+      </c>
+      <c r="AM52" s="107" t="s">
+        <v>123</v>
+      </c>
+      <c r="AN52" s="109">
+        <v>108</v>
+      </c>
+      <c r="AO52" s="107" t="s">
+        <v>171</v>
+      </c>
+      <c r="AP52" s="109">
+        <v>855</v>
+      </c>
+      <c r="AQ52" s="107" t="s">
+        <v>206</v>
+      </c>
+      <c r="AR52" s="110">
+        <v>1039</v>
+      </c>
+      <c r="AS52" s="107" t="s">
+        <v>196</v>
+      </c>
+      <c r="AT52" s="109">
+        <v>184</v>
+      </c>
+      <c r="AU52" s="107" t="s">
+        <v>268</v>
+      </c>
+      <c r="AV52" s="110">
+        <v>2666</v>
+      </c>
+      <c r="AW52" s="107" t="s">
+        <v>201</v>
+      </c>
+      <c r="AX52" s="109">
+        <v>476</v>
+      </c>
+      <c r="AY52" s="107" t="s">
+        <v>129</v>
+      </c>
+      <c r="AZ52" s="109">
+        <v>93</v>
+      </c>
+      <c r="BA52" s="107" t="s">
+        <v>149</v>
+      </c>
+      <c r="BB52" s="109">
+        <v>832</v>
+      </c>
+      <c r="BC52" s="107" t="s">
+        <v>209</v>
+      </c>
+      <c r="BD52" s="110">
+        <v>1110</v>
+      </c>
+      <c r="BE52" s="107" t="s">
+        <v>241</v>
+      </c>
+      <c r="BF52" s="109">
+        <v>218</v>
+      </c>
+      <c r="BG52" s="107" t="s">
+        <v>272</v>
+      </c>
+      <c r="BH52" s="110">
+        <v>2729</v>
+      </c>
+      <c r="BI52" s="107" t="s">
+        <v>207</v>
+      </c>
+      <c r="BJ52" s="109">
+        <v>366</v>
+      </c>
+      <c r="BK52" s="107" t="s">
+        <v>134</v>
+      </c>
+      <c r="BL52" s="109">
+        <v>93</v>
+      </c>
+      <c r="BM52" s="107" t="s">
+        <v>169</v>
+      </c>
+      <c r="BN52" s="109">
+        <v>774</v>
+      </c>
+      <c r="BO52" s="107" t="s">
+        <v>148</v>
+      </c>
+      <c r="BP52" s="110">
+        <v>826</v>
+      </c>
+      <c r="BQ52" s="107" t="s">
+        <v>245</v>
+      </c>
+      <c r="BR52" s="109">
+        <v>249</v>
+      </c>
+      <c r="BS52" s="107" t="s">
+        <v>277</v>
+      </c>
+      <c r="BT52" s="110">
+        <v>2308</v>
+      </c>
+      <c r="BU52" s="107" t="s">
+        <v>307</v>
+      </c>
+      <c r="BV52" s="109">
+        <v>348</v>
+      </c>
+      <c r="BW52" s="107" t="s">
+        <v>138</v>
+      </c>
+      <c r="BX52" s="109">
+        <v>97</v>
+      </c>
+      <c r="BY52" s="107" t="s">
+        <v>176</v>
+      </c>
+      <c r="BZ52" s="109">
+        <v>828</v>
+      </c>
+      <c r="CA52" s="107" t="s">
+        <v>216</v>
+      </c>
+      <c r="CB52" s="110">
+        <v>782</v>
+      </c>
+      <c r="CC52" s="107" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD52" s="109">
+        <v>236</v>
+      </c>
+      <c r="CE52" s="107" t="s">
+        <v>280</v>
+      </c>
+      <c r="CF52" s="110">
+        <v>2291</v>
+      </c>
+      <c r="CG52" s="107" t="s">
+        <v>308</v>
+      </c>
+      <c r="CH52" s="109">
+        <v>342</v>
+      </c>
+      <c r="CI52" s="107" t="s">
+        <v>143</v>
+      </c>
+      <c r="CJ52" s="109">
+        <v>92</v>
+      </c>
+      <c r="CK52" s="107" t="s">
+        <v>180</v>
+      </c>
+      <c r="CL52" s="109">
+        <v>813</v>
+      </c>
+      <c r="CM52" s="107" t="s">
+        <v>219</v>
+      </c>
+      <c r="CN52" s="110">
+        <v>679</v>
+      </c>
+      <c r="CO52" s="107" t="s">
+        <v>239</v>
+      </c>
+      <c r="CP52" s="109">
+        <v>231</v>
+      </c>
+      <c r="CQ52" s="107" t="s">
+        <v>203</v>
+      </c>
+      <c r="CR52" s="110">
+        <v>2157</v>
+      </c>
+      <c r="CS52" s="107" t="s">
+        <v>128</v>
+      </c>
+      <c r="CT52" s="109">
+        <v>369</v>
+      </c>
+      <c r="CU52" s="107" t="s">
+        <v>145</v>
+      </c>
+      <c r="CV52" s="109">
+        <v>95</v>
+      </c>
+      <c r="CW52" s="107" t="s">
+        <v>184</v>
+      </c>
+      <c r="CX52" s="109">
+        <v>975</v>
+      </c>
+      <c r="CY52" s="107" t="s">
+        <v>222</v>
+      </c>
+      <c r="CZ52" s="110">
+        <v>1087</v>
+      </c>
+      <c r="DA52" s="107" t="s">
+        <v>251</v>
+      </c>
+      <c r="DB52" s="109">
+        <v>335</v>
+      </c>
+      <c r="DC52" s="107" t="s">
+        <v>287</v>
+      </c>
+      <c r="DD52" s="110">
+        <v>2861</v>
+      </c>
+      <c r="DE52" s="107" t="s">
+        <v>314</v>
+      </c>
+      <c r="DF52" s="109">
+        <v>230</v>
+      </c>
+      <c r="DG52" s="107" t="s">
+        <v>149</v>
+      </c>
+      <c r="DH52" s="109">
+        <v>76</v>
+      </c>
+      <c r="DI52" s="107" t="s">
+        <v>189</v>
+      </c>
+      <c r="DJ52" s="109">
+        <v>736</v>
+      </c>
+      <c r="DK52" s="107" t="s">
+        <v>226</v>
+      </c>
+      <c r="DL52" s="110">
+        <v>987</v>
+      </c>
+      <c r="DM52" s="107" t="s">
+        <v>254</v>
+      </c>
+      <c r="DN52" s="109">
+        <v>322</v>
+      </c>
+      <c r="DO52" s="107" t="s">
+        <v>291</v>
+      </c>
+      <c r="DP52" s="110">
+        <v>2351</v>
+      </c>
+      <c r="DQ52" s="107" t="s">
+        <v>195</v>
+      </c>
+      <c r="DR52" s="109">
+        <v>99</v>
+      </c>
+      <c r="DS52" s="107" t="s">
+        <v>153</v>
+      </c>
+      <c r="DT52" s="109">
+        <v>57</v>
+      </c>
+      <c r="DU52" s="107" t="s">
+        <v>151</v>
+      </c>
+      <c r="DV52" s="109">
+        <v>215</v>
+      </c>
+      <c r="DW52" s="107" t="s">
+        <v>217</v>
+      </c>
+      <c r="DX52" s="110">
+        <v>277</v>
+      </c>
+      <c r="DY52" s="107" t="s">
+        <v>256</v>
+      </c>
+      <c r="DZ52" s="109">
+        <v>125</v>
+      </c>
+      <c r="EA52" s="107" t="s">
+        <v>294</v>
+      </c>
+      <c r="EB52" s="110">
+        <v>773</v>
+      </c>
+      <c r="EC52" s="107" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="53" spans="1:133">
+      <c r="A53" s="47" t="s">
         <v>33</v>
       </c>
-      <c r="B34" s="95"/>
-[...1317 lines deleted...]
-      <c r="AN43" s="109">
+      <c r="B53" s="48"/>
+      <c r="C53" s="48"/>
+      <c r="D53" s="48"/>
+      <c r="E53" s="48"/>
+      <c r="F53" s="48"/>
+      <c r="G53" s="48"/>
+      <c r="H53" s="48"/>
+      <c r="I53" s="48"/>
+      <c r="J53" s="48"/>
+      <c r="K53" s="48"/>
+      <c r="L53" s="48"/>
+      <c r="M53" s="48"/>
+      <c r="N53" s="28"/>
+      <c r="O53" s="28"/>
+    </row>
+    <row r="54" spans="1:133">
+      <c r="B54" s="28"/>
+      <c r="C54" s="28"/>
+      <c r="D54" s="28"/>
+      <c r="E54" s="28"/>
+      <c r="F54" s="28"/>
+      <c r="G54" s="28"/>
+      <c r="H54" s="28"/>
+      <c r="I54" s="28"/>
+      <c r="J54" s="28"/>
+      <c r="K54" s="28"/>
+      <c r="L54" s="28"/>
+      <c r="M54" s="28"/>
+      <c r="N54" s="28"/>
+      <c r="O54" s="28"/>
+    </row>
+    <row r="55" spans="1:133" ht="71.25" customHeight="1">
+      <c r="A55" s="62" t="s">
         <v>16</v>
       </c>
-      <c r="AO43" s="100" t="s">
-[...224 lines deleted...]
-      <c r="DL43" s="110">
+      <c r="B55" s="131" t="s">
+        <v>49</v>
+      </c>
+      <c r="C55" s="131"/>
+      <c r="D55" s="131"/>
+      <c r="E55" s="131"/>
+      <c r="F55" s="131"/>
+      <c r="G55" s="131"/>
+      <c r="H55" s="131"/>
+      <c r="I55" s="131"/>
+      <c r="J55" s="131"/>
+      <c r="K55" s="131"/>
+      <c r="L55" s="131"/>
+      <c r="M55" s="131"/>
+      <c r="N55" s="28"/>
+      <c r="O55" s="28"/>
+    </row>
+    <row r="56" spans="1:133">
+      <c r="A56" s="63" t="s">
         <v>50</v>
       </c>
-      <c r="DM43" s="100" t="s">
-[...785 lines deleted...]
-      <c r="N46" s="109">
+      <c r="B56" s="64" t="s">
         <v>51</v>
       </c>
-      <c r="O46" s="100" t="s">
-[...2604 lines deleted...]
-    <row r="58" spans="1:121" x14ac:dyDescent="0.25">
+      <c r="C56" s="28"/>
+      <c r="D56" s="28"/>
+      <c r="E56" s="28"/>
+      <c r="F56" s="28"/>
+      <c r="G56" s="28"/>
+      <c r="H56" s="28"/>
+      <c r="I56" s="28"/>
+      <c r="J56" s="28"/>
+      <c r="K56" s="28"/>
+      <c r="L56" s="28"/>
+      <c r="M56" s="28"/>
+      <c r="N56" s="28"/>
+      <c r="O56" s="28"/>
+    </row>
+    <row r="57" spans="1:133">
+      <c r="B57" s="28"/>
+      <c r="C57" s="28"/>
+      <c r="D57" s="28"/>
+      <c r="E57" s="28"/>
+      <c r="F57" s="28"/>
+      <c r="G57" s="28"/>
+      <c r="H57" s="28"/>
+      <c r="I57" s="28"/>
+      <c r="J57" s="28"/>
+      <c r="K57" s="28"/>
+      <c r="L57" s="28"/>
+      <c r="M57" s="28"/>
+      <c r="N57" s="28"/>
+      <c r="O57" s="28"/>
+    </row>
+    <row r="58" spans="1:133">
       <c r="A58" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B58" s="40"/>
-[...2079 lines deleted...]
-      <c r="N188" s="40"/>
+      <c r="B58" s="28"/>
+      <c r="C58" s="28"/>
+      <c r="D58" s="28"/>
+      <c r="E58" s="28"/>
+      <c r="F58" s="28"/>
+      <c r="G58" s="28"/>
+      <c r="H58" s="28"/>
+      <c r="I58" s="28"/>
+      <c r="J58" s="28"/>
+      <c r="K58" s="28"/>
+      <c r="L58" s="28"/>
+      <c r="M58" s="28"/>
+      <c r="N58" s="28"/>
+      <c r="O58" s="28"/>
+    </row>
+    <row r="59" spans="1:133">
+      <c r="B59" s="28"/>
+      <c r="C59" s="28"/>
+      <c r="D59" s="28"/>
+      <c r="E59" s="28"/>
+      <c r="F59" s="28"/>
+      <c r="G59" s="28"/>
+      <c r="H59" s="28"/>
+      <c r="I59" s="28"/>
+      <c r="J59" s="28"/>
+      <c r="K59" s="28"/>
+      <c r="L59" s="28"/>
+      <c r="M59" s="28"/>
+      <c r="N59" s="28"/>
+      <c r="O59" s="28"/>
+    </row>
+    <row r="60" spans="1:133">
+      <c r="B60" s="28"/>
+      <c r="C60" s="28"/>
+      <c r="D60" s="28"/>
+      <c r="E60" s="28"/>
+      <c r="F60" s="28"/>
+      <c r="G60" s="28"/>
+      <c r="H60" s="28"/>
+      <c r="I60" s="28"/>
+      <c r="J60" s="28"/>
+      <c r="K60" s="28"/>
+      <c r="L60" s="28"/>
+      <c r="M60" s="28"/>
+      <c r="N60" s="28"/>
+      <c r="O60" s="28"/>
+    </row>
+    <row r="61" spans="1:133">
+      <c r="B61" s="28"/>
+      <c r="C61" s="28"/>
+      <c r="D61" s="28"/>
+      <c r="E61" s="28"/>
+      <c r="F61" s="28"/>
+      <c r="G61" s="28"/>
+      <c r="H61" s="28"/>
+      <c r="I61" s="28"/>
+      <c r="J61" s="28"/>
+      <c r="K61" s="28"/>
+      <c r="L61" s="28"/>
+      <c r="M61" s="28"/>
+      <c r="N61" s="28"/>
+      <c r="O61" s="28"/>
+    </row>
+    <row r="62" spans="1:133">
+      <c r="B62" s="28"/>
+      <c r="C62" s="28"/>
+      <c r="D62" s="28"/>
+      <c r="E62" s="28"/>
+      <c r="F62" s="28"/>
+      <c r="G62" s="28"/>
+      <c r="H62" s="28"/>
+      <c r="I62" s="28"/>
+      <c r="J62" s="28"/>
+      <c r="K62" s="28"/>
+      <c r="L62" s="28"/>
+      <c r="M62" s="28"/>
+      <c r="N62" s="28"/>
+      <c r="O62" s="28"/>
+    </row>
+    <row r="63" spans="1:133">
+      <c r="B63" s="28"/>
+      <c r="C63" s="28"/>
+      <c r="D63" s="28"/>
+      <c r="E63" s="28"/>
+      <c r="F63" s="28"/>
+      <c r="G63" s="28"/>
+      <c r="H63" s="28"/>
+      <c r="I63" s="28"/>
+      <c r="J63" s="28"/>
+      <c r="K63" s="28"/>
+      <c r="L63" s="28"/>
+      <c r="M63" s="28"/>
+      <c r="N63" s="28"/>
+      <c r="O63" s="28"/>
+    </row>
+    <row r="64" spans="1:133">
+      <c r="B64" s="28"/>
+      <c r="C64" s="28"/>
+      <c r="D64" s="28"/>
+      <c r="E64" s="28"/>
+      <c r="F64" s="28"/>
+      <c r="G64" s="28"/>
+      <c r="H64" s="28"/>
+      <c r="I64" s="28"/>
+      <c r="J64" s="28"/>
+      <c r="K64" s="28"/>
+      <c r="L64" s="28"/>
+      <c r="M64" s="28"/>
+      <c r="N64" s="28"/>
+      <c r="O64" s="28"/>
+    </row>
+    <row r="65" spans="2:15">
+      <c r="B65" s="28"/>
+      <c r="C65" s="28"/>
+      <c r="D65" s="28"/>
+      <c r="E65" s="28"/>
+      <c r="F65" s="28"/>
+      <c r="G65" s="28"/>
+      <c r="H65" s="28"/>
+      <c r="I65" s="28"/>
+      <c r="J65" s="28"/>
+      <c r="K65" s="28"/>
+      <c r="L65" s="28"/>
+      <c r="M65" s="28"/>
+      <c r="N65" s="28"/>
+      <c r="O65" s="28"/>
+    </row>
+    <row r="66" spans="2:15">
+      <c r="B66" s="28"/>
+      <c r="C66" s="28"/>
+      <c r="D66" s="28"/>
+      <c r="E66" s="28"/>
+      <c r="F66" s="28"/>
+      <c r="G66" s="28"/>
+      <c r="H66" s="28"/>
+      <c r="I66" s="28"/>
+      <c r="J66" s="28"/>
+      <c r="K66" s="28"/>
+      <c r="L66" s="28"/>
+      <c r="M66" s="28"/>
+      <c r="N66" s="28"/>
+      <c r="O66" s="28"/>
+    </row>
+    <row r="67" spans="2:15">
+      <c r="B67" s="28"/>
+      <c r="C67" s="28"/>
+      <c r="D67" s="28"/>
+      <c r="E67" s="28"/>
+      <c r="F67" s="28"/>
+      <c r="G67" s="28"/>
+      <c r="H67" s="28"/>
+      <c r="I67" s="28"/>
+      <c r="J67" s="28"/>
+      <c r="K67" s="28"/>
+      <c r="L67" s="28"/>
+      <c r="M67" s="28"/>
+      <c r="N67" s="28"/>
+      <c r="O67" s="28"/>
+    </row>
+    <row r="68" spans="2:15">
+      <c r="B68" s="28"/>
+      <c r="C68" s="28"/>
+      <c r="D68" s="28"/>
+      <c r="E68" s="28"/>
+      <c r="F68" s="28"/>
+      <c r="G68" s="28"/>
+      <c r="H68" s="28"/>
+      <c r="I68" s="28"/>
+      <c r="J68" s="28"/>
+      <c r="K68" s="28"/>
+      <c r="L68" s="28"/>
+      <c r="M68" s="28"/>
+      <c r="N68" s="28"/>
+      <c r="O68" s="28"/>
+    </row>
+    <row r="69" spans="2:15">
+      <c r="B69" s="28"/>
+      <c r="C69" s="28"/>
+      <c r="D69" s="28"/>
+      <c r="E69" s="28"/>
+      <c r="F69" s="28"/>
+      <c r="G69" s="28"/>
+      <c r="H69" s="28"/>
+      <c r="I69" s="28"/>
+      <c r="J69" s="28"/>
+      <c r="K69" s="28"/>
+      <c r="L69" s="28"/>
+      <c r="M69" s="28"/>
+      <c r="N69" s="28"/>
+      <c r="O69" s="28"/>
+    </row>
+    <row r="70" spans="2:15">
+      <c r="B70" s="28"/>
+      <c r="C70" s="28"/>
+      <c r="D70" s="28"/>
+      <c r="E70" s="28"/>
+      <c r="F70" s="28"/>
+      <c r="G70" s="28"/>
+      <c r="H70" s="28"/>
+      <c r="I70" s="28"/>
+      <c r="J70" s="28"/>
+      <c r="K70" s="28"/>
+      <c r="L70" s="28"/>
+      <c r="M70" s="28"/>
+      <c r="N70" s="28"/>
+      <c r="O70" s="28"/>
+    </row>
+    <row r="71" spans="2:15">
+      <c r="B71" s="28"/>
+      <c r="C71" s="28"/>
+      <c r="D71" s="28"/>
+      <c r="E71" s="28"/>
+      <c r="F71" s="28"/>
+      <c r="G71" s="28"/>
+      <c r="H71" s="28"/>
+      <c r="I71" s="28"/>
+      <c r="J71" s="28"/>
+      <c r="K71" s="28"/>
+      <c r="L71" s="28"/>
+      <c r="M71" s="28"/>
+      <c r="N71" s="28"/>
+      <c r="O71" s="28"/>
+    </row>
+    <row r="72" spans="2:15">
+      <c r="B72" s="28"/>
+      <c r="C72" s="28"/>
+      <c r="D72" s="28"/>
+      <c r="E72" s="28"/>
+      <c r="F72" s="28"/>
+      <c r="G72" s="28"/>
+      <c r="H72" s="28"/>
+      <c r="I72" s="28"/>
+      <c r="J72" s="28"/>
+      <c r="K72" s="28"/>
+      <c r="L72" s="28"/>
+      <c r="M72" s="28"/>
+      <c r="N72" s="28"/>
+      <c r="O72" s="28"/>
+    </row>
+    <row r="73" spans="2:15">
+      <c r="B73" s="28"/>
+      <c r="C73" s="28"/>
+      <c r="D73" s="28"/>
+      <c r="E73" s="28"/>
+      <c r="F73" s="28"/>
+      <c r="G73" s="28"/>
+      <c r="H73" s="28"/>
+      <c r="I73" s="28"/>
+      <c r="J73" s="28"/>
+      <c r="K73" s="28"/>
+      <c r="L73" s="28"/>
+      <c r="M73" s="28"/>
+      <c r="N73" s="28"/>
+      <c r="O73" s="28"/>
+    </row>
+    <row r="74" spans="2:15">
+      <c r="B74" s="28"/>
+      <c r="C74" s="28"/>
+      <c r="D74" s="28"/>
+      <c r="E74" s="28"/>
+      <c r="F74" s="28"/>
+      <c r="G74" s="28"/>
+      <c r="H74" s="28"/>
+      <c r="I74" s="28"/>
+      <c r="J74" s="28"/>
+      <c r="K74" s="28"/>
+      <c r="L74" s="28"/>
+      <c r="M74" s="28"/>
+      <c r="N74" s="28"/>
+      <c r="O74" s="28"/>
+    </row>
+    <row r="75" spans="2:15">
+      <c r="B75" s="28"/>
+      <c r="C75" s="28"/>
+      <c r="D75" s="28"/>
+      <c r="E75" s="28"/>
+      <c r="F75" s="28"/>
+      <c r="G75" s="28"/>
+      <c r="H75" s="28"/>
+      <c r="I75" s="28"/>
+      <c r="J75" s="28"/>
+      <c r="K75" s="28"/>
+      <c r="L75" s="28"/>
+      <c r="M75" s="28"/>
+      <c r="N75" s="28"/>
+      <c r="O75" s="28"/>
+    </row>
+    <row r="76" spans="2:15">
+      <c r="B76" s="28"/>
+      <c r="C76" s="28"/>
+      <c r="D76" s="28"/>
+      <c r="E76" s="28"/>
+      <c r="F76" s="28"/>
+      <c r="G76" s="28"/>
+      <c r="H76" s="28"/>
+      <c r="I76" s="28"/>
+      <c r="J76" s="28"/>
+      <c r="K76" s="28"/>
+      <c r="L76" s="28"/>
+      <c r="M76" s="28"/>
+      <c r="N76" s="28"/>
+      <c r="O76" s="28"/>
+    </row>
+    <row r="77" spans="2:15">
+      <c r="B77" s="28"/>
+      <c r="C77" s="28"/>
+      <c r="D77" s="28"/>
+      <c r="E77" s="28"/>
+      <c r="F77" s="28"/>
+      <c r="G77" s="28"/>
+      <c r="H77" s="28"/>
+      <c r="I77" s="28"/>
+      <c r="J77" s="28"/>
+      <c r="K77" s="28"/>
+      <c r="L77" s="28"/>
+      <c r="M77" s="28"/>
+      <c r="N77" s="28"/>
+      <c r="O77" s="28"/>
+    </row>
+    <row r="78" spans="2:15">
+      <c r="B78" s="28"/>
+      <c r="C78" s="28"/>
+      <c r="D78" s="28"/>
+      <c r="E78" s="28"/>
+      <c r="F78" s="28"/>
+      <c r="G78" s="28"/>
+      <c r="H78" s="28"/>
+      <c r="I78" s="28"/>
+      <c r="J78" s="28"/>
+      <c r="K78" s="28"/>
+      <c r="L78" s="28"/>
+      <c r="M78" s="28"/>
+      <c r="N78" s="28"/>
+      <c r="O78" s="28"/>
+    </row>
+    <row r="79" spans="2:15">
+      <c r="B79" s="28"/>
+      <c r="C79" s="28"/>
+      <c r="D79" s="28"/>
+      <c r="E79" s="28"/>
+      <c r="F79" s="28"/>
+      <c r="G79" s="28"/>
+      <c r="H79" s="28"/>
+      <c r="I79" s="28"/>
+      <c r="J79" s="28"/>
+      <c r="K79" s="28"/>
+      <c r="L79" s="28"/>
+      <c r="M79" s="28"/>
+      <c r="N79" s="28"/>
+      <c r="O79" s="28"/>
+    </row>
+    <row r="80" spans="2:15">
+      <c r="B80" s="28"/>
+      <c r="C80" s="28"/>
+      <c r="D80" s="28"/>
+      <c r="E80" s="28"/>
+      <c r="F80" s="28"/>
+      <c r="G80" s="28"/>
+      <c r="H80" s="28"/>
+      <c r="I80" s="28"/>
+      <c r="J80" s="28"/>
+      <c r="K80" s="28"/>
+      <c r="L80" s="28"/>
+      <c r="M80" s="28"/>
+      <c r="N80" s="28"/>
+      <c r="O80" s="28"/>
+    </row>
+    <row r="81" spans="2:15">
+      <c r="B81" s="28"/>
+      <c r="C81" s="28"/>
+      <c r="D81" s="28"/>
+      <c r="E81" s="28"/>
+      <c r="F81" s="28"/>
+      <c r="G81" s="28"/>
+      <c r="H81" s="28"/>
+      <c r="I81" s="28"/>
+      <c r="J81" s="28"/>
+      <c r="K81" s="28"/>
+      <c r="L81" s="28"/>
+      <c r="M81" s="28"/>
+      <c r="N81" s="28"/>
+      <c r="O81" s="28"/>
+    </row>
+    <row r="82" spans="2:15">
+      <c r="B82" s="28"/>
+      <c r="C82" s="28"/>
+      <c r="D82" s="28"/>
+      <c r="E82" s="28"/>
+      <c r="F82" s="28"/>
+      <c r="G82" s="28"/>
+      <c r="H82" s="28"/>
+      <c r="I82" s="28"/>
+      <c r="J82" s="28"/>
+      <c r="K82" s="28"/>
+      <c r="L82" s="28"/>
+      <c r="M82" s="28"/>
+      <c r="N82" s="28"/>
+      <c r="O82" s="28"/>
+    </row>
+    <row r="83" spans="2:15">
+      <c r="B83" s="28"/>
+      <c r="C83" s="28"/>
+      <c r="D83" s="28"/>
+      <c r="E83" s="28"/>
+      <c r="F83" s="28"/>
+      <c r="G83" s="28"/>
+      <c r="H83" s="28"/>
+      <c r="I83" s="28"/>
+      <c r="J83" s="28"/>
+      <c r="K83" s="28"/>
+      <c r="L83" s="28"/>
+      <c r="M83" s="28"/>
+      <c r="N83" s="28"/>
+      <c r="O83" s="28"/>
+    </row>
+    <row r="84" spans="2:15">
+      <c r="B84" s="28"/>
+      <c r="C84" s="28"/>
+      <c r="D84" s="28"/>
+      <c r="E84" s="28"/>
+      <c r="F84" s="28"/>
+      <c r="G84" s="28"/>
+      <c r="H84" s="28"/>
+      <c r="I84" s="28"/>
+      <c r="J84" s="28"/>
+      <c r="K84" s="28"/>
+      <c r="L84" s="28"/>
+      <c r="M84" s="28"/>
+      <c r="N84" s="28"/>
+      <c r="O84" s="28"/>
+    </row>
+    <row r="85" spans="2:15">
+      <c r="B85" s="28"/>
+      <c r="C85" s="28"/>
+      <c r="D85" s="28"/>
+      <c r="E85" s="28"/>
+      <c r="F85" s="28"/>
+      <c r="G85" s="28"/>
+      <c r="H85" s="28"/>
+      <c r="I85" s="28"/>
+      <c r="J85" s="28"/>
+      <c r="K85" s="28"/>
+      <c r="L85" s="28"/>
+      <c r="M85" s="28"/>
+      <c r="N85" s="28"/>
+      <c r="O85" s="28"/>
+    </row>
+    <row r="86" spans="2:15">
+      <c r="B86" s="28"/>
+      <c r="C86" s="28"/>
+      <c r="D86" s="28"/>
+      <c r="E86" s="28"/>
+      <c r="F86" s="28"/>
+      <c r="G86" s="28"/>
+      <c r="H86" s="28"/>
+      <c r="I86" s="28"/>
+      <c r="J86" s="28"/>
+      <c r="K86" s="28"/>
+      <c r="L86" s="28"/>
+      <c r="M86" s="28"/>
+      <c r="N86" s="28"/>
+      <c r="O86" s="28"/>
+    </row>
+    <row r="87" spans="2:15">
+      <c r="B87" s="28"/>
+      <c r="C87" s="28"/>
+      <c r="D87" s="28"/>
+      <c r="E87" s="28"/>
+      <c r="F87" s="28"/>
+      <c r="G87" s="28"/>
+      <c r="H87" s="28"/>
+      <c r="I87" s="28"/>
+      <c r="J87" s="28"/>
+      <c r="K87" s="28"/>
+      <c r="L87" s="28"/>
+      <c r="M87" s="28"/>
+      <c r="N87" s="28"/>
+      <c r="O87" s="28"/>
+    </row>
+    <row r="88" spans="2:15">
+      <c r="B88" s="28"/>
+      <c r="C88" s="28"/>
+      <c r="D88" s="28"/>
+      <c r="E88" s="28"/>
+      <c r="F88" s="28"/>
+      <c r="G88" s="28"/>
+      <c r="H88" s="28"/>
+      <c r="I88" s="28"/>
+      <c r="J88" s="28"/>
+      <c r="K88" s="28"/>
+      <c r="L88" s="28"/>
+      <c r="M88" s="28"/>
+      <c r="N88" s="28"/>
+      <c r="O88" s="28"/>
+    </row>
+    <row r="89" spans="2:15">
+      <c r="B89" s="28"/>
+      <c r="C89" s="28"/>
+      <c r="D89" s="28"/>
+      <c r="E89" s="28"/>
+      <c r="F89" s="28"/>
+      <c r="G89" s="28"/>
+      <c r="H89" s="28"/>
+      <c r="I89" s="28"/>
+      <c r="J89" s="28"/>
+      <c r="K89" s="28"/>
+      <c r="L89" s="28"/>
+      <c r="M89" s="28"/>
+      <c r="N89" s="28"/>
+      <c r="O89" s="28"/>
+    </row>
+    <row r="90" spans="2:15">
+      <c r="B90" s="28"/>
+      <c r="C90" s="28"/>
+      <c r="D90" s="28"/>
+      <c r="E90" s="28"/>
+      <c r="F90" s="28"/>
+      <c r="G90" s="28"/>
+      <c r="H90" s="28"/>
+      <c r="I90" s="28"/>
+      <c r="J90" s="28"/>
+      <c r="K90" s="28"/>
+      <c r="L90" s="28"/>
+      <c r="M90" s="28"/>
+      <c r="N90" s="28"/>
+      <c r="O90" s="28"/>
+    </row>
+    <row r="91" spans="2:15">
+      <c r="B91" s="28"/>
+      <c r="C91" s="28"/>
+      <c r="D91" s="28"/>
+      <c r="E91" s="28"/>
+      <c r="F91" s="28"/>
+      <c r="G91" s="28"/>
+      <c r="H91" s="28"/>
+      <c r="I91" s="28"/>
+      <c r="J91" s="28"/>
+      <c r="K91" s="28"/>
+      <c r="L91" s="28"/>
+      <c r="M91" s="28"/>
+      <c r="N91" s="28"/>
+      <c r="O91" s="28"/>
+    </row>
+    <row r="92" spans="2:15">
+      <c r="B92" s="28"/>
+      <c r="C92" s="28"/>
+      <c r="D92" s="28"/>
+      <c r="E92" s="28"/>
+      <c r="F92" s="28"/>
+      <c r="G92" s="28"/>
+      <c r="H92" s="28"/>
+      <c r="I92" s="28"/>
+      <c r="J92" s="28"/>
+      <c r="K92" s="28"/>
+      <c r="L92" s="28"/>
+      <c r="M92" s="28"/>
+      <c r="N92" s="28"/>
+      <c r="O92" s="28"/>
+    </row>
+    <row r="93" spans="2:15">
+      <c r="B93" s="28"/>
+      <c r="C93" s="28"/>
+      <c r="D93" s="28"/>
+      <c r="E93" s="28"/>
+      <c r="F93" s="28"/>
+      <c r="G93" s="28"/>
+      <c r="H93" s="28"/>
+      <c r="I93" s="28"/>
+      <c r="J93" s="28"/>
+      <c r="K93" s="28"/>
+      <c r="L93" s="28"/>
+      <c r="M93" s="28"/>
+      <c r="N93" s="28"/>
+      <c r="O93" s="28"/>
+    </row>
+    <row r="94" spans="2:15">
+      <c r="B94" s="28"/>
+      <c r="C94" s="28"/>
+      <c r="D94" s="28"/>
+      <c r="E94" s="28"/>
+      <c r="F94" s="28"/>
+      <c r="G94" s="28"/>
+      <c r="H94" s="28"/>
+      <c r="I94" s="28"/>
+      <c r="J94" s="28"/>
+      <c r="K94" s="28"/>
+      <c r="L94" s="28"/>
+      <c r="M94" s="28"/>
+      <c r="N94" s="28"/>
+      <c r="O94" s="28"/>
+    </row>
+    <row r="95" spans="2:15">
+      <c r="B95" s="28"/>
+      <c r="C95" s="28"/>
+      <c r="D95" s="28"/>
+      <c r="E95" s="28"/>
+      <c r="F95" s="28"/>
+      <c r="G95" s="28"/>
+      <c r="H95" s="28"/>
+      <c r="I95" s="28"/>
+      <c r="J95" s="28"/>
+      <c r="K95" s="28"/>
+      <c r="L95" s="28"/>
+      <c r="M95" s="28"/>
+      <c r="N95" s="28"/>
+      <c r="O95" s="28"/>
+    </row>
+    <row r="96" spans="2:15">
+      <c r="B96" s="28"/>
+      <c r="C96" s="28"/>
+      <c r="D96" s="28"/>
+      <c r="E96" s="28"/>
+      <c r="F96" s="28"/>
+      <c r="G96" s="28"/>
+      <c r="H96" s="28"/>
+      <c r="I96" s="28"/>
+      <c r="J96" s="28"/>
+      <c r="K96" s="28"/>
+      <c r="L96" s="28"/>
+      <c r="M96" s="28"/>
+      <c r="N96" s="28"/>
+      <c r="O96" s="28"/>
+    </row>
+    <row r="97" spans="2:15">
+      <c r="B97" s="28"/>
+      <c r="C97" s="28"/>
+      <c r="D97" s="28"/>
+      <c r="E97" s="28"/>
+      <c r="F97" s="28"/>
+      <c r="G97" s="28"/>
+      <c r="H97" s="28"/>
+      <c r="I97" s="28"/>
+      <c r="J97" s="28"/>
+      <c r="K97" s="28"/>
+      <c r="L97" s="28"/>
+      <c r="M97" s="28"/>
+      <c r="N97" s="28"/>
+      <c r="O97" s="28"/>
+    </row>
+    <row r="98" spans="2:15">
+      <c r="B98" s="28"/>
+      <c r="C98" s="28"/>
+      <c r="D98" s="28"/>
+      <c r="E98" s="28"/>
+      <c r="F98" s="28"/>
+      <c r="G98" s="28"/>
+      <c r="H98" s="28"/>
+      <c r="I98" s="28"/>
+      <c r="J98" s="28"/>
+      <c r="K98" s="28"/>
+      <c r="L98" s="28"/>
+      <c r="M98" s="28"/>
+      <c r="N98" s="28"/>
+      <c r="O98" s="28"/>
+    </row>
+    <row r="99" spans="2:15">
+      <c r="B99" s="28"/>
+      <c r="C99" s="28"/>
+      <c r="D99" s="28"/>
+      <c r="E99" s="28"/>
+      <c r="F99" s="28"/>
+      <c r="G99" s="28"/>
+      <c r="H99" s="28"/>
+      <c r="I99" s="28"/>
+      <c r="J99" s="28"/>
+      <c r="K99" s="28"/>
+      <c r="L99" s="28"/>
+      <c r="M99" s="28"/>
+      <c r="N99" s="28"/>
+      <c r="O99" s="28"/>
+    </row>
+    <row r="100" spans="2:15">
+      <c r="B100" s="28"/>
+      <c r="C100" s="28"/>
+      <c r="D100" s="28"/>
+      <c r="E100" s="28"/>
+      <c r="F100" s="28"/>
+      <c r="G100" s="28"/>
+      <c r="H100" s="28"/>
+      <c r="I100" s="28"/>
+      <c r="J100" s="28"/>
+      <c r="K100" s="28"/>
+      <c r="L100" s="28"/>
+      <c r="M100" s="28"/>
+      <c r="N100" s="28"/>
+      <c r="O100" s="28"/>
+    </row>
+    <row r="101" spans="2:15">
+      <c r="B101" s="28"/>
+      <c r="C101" s="28"/>
+      <c r="D101" s="28"/>
+      <c r="E101" s="28"/>
+      <c r="F101" s="28"/>
+      <c r="G101" s="28"/>
+      <c r="H101" s="28"/>
+      <c r="I101" s="28"/>
+      <c r="J101" s="28"/>
+      <c r="K101" s="28"/>
+      <c r="L101" s="28"/>
+      <c r="M101" s="28"/>
+      <c r="N101" s="28"/>
+      <c r="O101" s="28"/>
+    </row>
+    <row r="102" spans="2:15">
+      <c r="B102" s="28"/>
+      <c r="C102" s="28"/>
+      <c r="D102" s="28"/>
+      <c r="E102" s="28"/>
+      <c r="F102" s="28"/>
+      <c r="G102" s="28"/>
+      <c r="H102" s="28"/>
+      <c r="I102" s="28"/>
+      <c r="J102" s="28"/>
+      <c r="K102" s="28"/>
+      <c r="L102" s="28"/>
+      <c r="M102" s="28"/>
+      <c r="N102" s="28"/>
+      <c r="O102" s="28"/>
+    </row>
+    <row r="103" spans="2:15">
+      <c r="B103" s="28"/>
+      <c r="C103" s="28"/>
+      <c r="D103" s="28"/>
+      <c r="E103" s="28"/>
+      <c r="F103" s="28"/>
+      <c r="G103" s="28"/>
+      <c r="H103" s="28"/>
+      <c r="I103" s="28"/>
+      <c r="J103" s="28"/>
+      <c r="K103" s="28"/>
+      <c r="L103" s="28"/>
+      <c r="M103" s="28"/>
+      <c r="N103" s="28"/>
+      <c r="O103" s="28"/>
+    </row>
+    <row r="104" spans="2:15">
+      <c r="B104" s="28"/>
+      <c r="C104" s="28"/>
+      <c r="D104" s="28"/>
+      <c r="E104" s="28"/>
+      <c r="F104" s="28"/>
+      <c r="G104" s="28"/>
+      <c r="H104" s="28"/>
+      <c r="I104" s="28"/>
+      <c r="J104" s="28"/>
+      <c r="K104" s="28"/>
+      <c r="L104" s="28"/>
+      <c r="M104" s="28"/>
+      <c r="N104" s="28"/>
+      <c r="O104" s="28"/>
+    </row>
+    <row r="105" spans="2:15">
+      <c r="B105" s="28"/>
+      <c r="C105" s="28"/>
+      <c r="D105" s="28"/>
+      <c r="E105" s="28"/>
+      <c r="F105" s="28"/>
+      <c r="G105" s="28"/>
+      <c r="H105" s="28"/>
+      <c r="I105" s="28"/>
+      <c r="J105" s="28"/>
+      <c r="K105" s="28"/>
+      <c r="L105" s="28"/>
+      <c r="M105" s="28"/>
+      <c r="N105" s="28"/>
+      <c r="O105" s="28"/>
+    </row>
+    <row r="106" spans="2:15">
+      <c r="B106" s="28"/>
+      <c r="C106" s="28"/>
+      <c r="D106" s="28"/>
+      <c r="E106" s="28"/>
+      <c r="F106" s="28"/>
+      <c r="G106" s="28"/>
+      <c r="H106" s="28"/>
+      <c r="I106" s="28"/>
+      <c r="J106" s="28"/>
+      <c r="K106" s="28"/>
+      <c r="L106" s="28"/>
+      <c r="M106" s="28"/>
+      <c r="N106" s="28"/>
+      <c r="O106" s="28"/>
+    </row>
+    <row r="107" spans="2:15">
+      <c r="B107" s="28"/>
+      <c r="C107" s="28"/>
+      <c r="D107" s="28"/>
+      <c r="E107" s="28"/>
+      <c r="F107" s="28"/>
+      <c r="G107" s="28"/>
+      <c r="H107" s="28"/>
+      <c r="I107" s="28"/>
+      <c r="J107" s="28"/>
+      <c r="K107" s="28"/>
+      <c r="L107" s="28"/>
+      <c r="M107" s="28"/>
+      <c r="N107" s="28"/>
+      <c r="O107" s="28"/>
+    </row>
+    <row r="108" spans="2:15">
+      <c r="B108" s="28"/>
+      <c r="C108" s="28"/>
+      <c r="D108" s="28"/>
+      <c r="E108" s="28"/>
+      <c r="F108" s="28"/>
+      <c r="G108" s="28"/>
+      <c r="H108" s="28"/>
+      <c r="I108" s="28"/>
+      <c r="J108" s="28"/>
+      <c r="K108" s="28"/>
+      <c r="L108" s="28"/>
+      <c r="M108" s="28"/>
+      <c r="N108" s="28"/>
+      <c r="O108" s="28"/>
+    </row>
+    <row r="109" spans="2:15">
+      <c r="B109" s="28"/>
+      <c r="C109" s="28"/>
+      <c r="D109" s="28"/>
+      <c r="E109" s="28"/>
+      <c r="F109" s="28"/>
+      <c r="G109" s="28"/>
+      <c r="H109" s="28"/>
+      <c r="I109" s="28"/>
+      <c r="J109" s="28"/>
+      <c r="K109" s="28"/>
+      <c r="L109" s="28"/>
+      <c r="M109" s="28"/>
+      <c r="N109" s="28"/>
+      <c r="O109" s="28"/>
+    </row>
+    <row r="110" spans="2:15">
+      <c r="B110" s="28"/>
+      <c r="C110" s="28"/>
+      <c r="D110" s="28"/>
+      <c r="E110" s="28"/>
+      <c r="F110" s="28"/>
+      <c r="G110" s="28"/>
+      <c r="H110" s="28"/>
+      <c r="I110" s="28"/>
+      <c r="J110" s="28"/>
+      <c r="K110" s="28"/>
+      <c r="L110" s="28"/>
+      <c r="M110" s="28"/>
+      <c r="N110" s="28"/>
+      <c r="O110" s="28"/>
+    </row>
+    <row r="111" spans="2:15">
+      <c r="B111" s="28"/>
+      <c r="C111" s="28"/>
+      <c r="D111" s="28"/>
+      <c r="E111" s="28"/>
+      <c r="F111" s="28"/>
+      <c r="G111" s="28"/>
+      <c r="H111" s="28"/>
+      <c r="I111" s="28"/>
+      <c r="J111" s="28"/>
+      <c r="K111" s="28"/>
+      <c r="L111" s="28"/>
+      <c r="M111" s="28"/>
+      <c r="N111" s="28"/>
+      <c r="O111" s="28"/>
+    </row>
+    <row r="112" spans="2:15">
+      <c r="B112" s="28"/>
+      <c r="C112" s="28"/>
+      <c r="D112" s="28"/>
+      <c r="E112" s="28"/>
+      <c r="F112" s="28"/>
+      <c r="G112" s="28"/>
+      <c r="H112" s="28"/>
+      <c r="I112" s="28"/>
+      <c r="J112" s="28"/>
+      <c r="K112" s="28"/>
+      <c r="L112" s="28"/>
+      <c r="M112" s="28"/>
+      <c r="N112" s="28"/>
+      <c r="O112" s="28"/>
+    </row>
+    <row r="113" spans="2:15">
+      <c r="B113" s="28"/>
+      <c r="C113" s="28"/>
+      <c r="D113" s="28"/>
+      <c r="E113" s="28"/>
+      <c r="F113" s="28"/>
+      <c r="G113" s="28"/>
+      <c r="H113" s="28"/>
+      <c r="I113" s="28"/>
+      <c r="J113" s="28"/>
+      <c r="K113" s="28"/>
+      <c r="L113" s="28"/>
+      <c r="M113" s="28"/>
+      <c r="N113" s="28"/>
+      <c r="O113" s="28"/>
+    </row>
+    <row r="114" spans="2:15">
+      <c r="B114" s="28"/>
+      <c r="C114" s="28"/>
+      <c r="D114" s="28"/>
+      <c r="E114" s="28"/>
+      <c r="F114" s="28"/>
+      <c r="G114" s="28"/>
+      <c r="H114" s="28"/>
+      <c r="I114" s="28"/>
+      <c r="J114" s="28"/>
+      <c r="K114" s="28"/>
+      <c r="L114" s="28"/>
+      <c r="M114" s="28"/>
+      <c r="N114" s="28"/>
+      <c r="O114" s="28"/>
+    </row>
+    <row r="115" spans="2:15">
+      <c r="B115" s="28"/>
+      <c r="C115" s="28"/>
+      <c r="D115" s="28"/>
+      <c r="E115" s="28"/>
+      <c r="F115" s="28"/>
+      <c r="G115" s="28"/>
+      <c r="H115" s="28"/>
+      <c r="I115" s="28"/>
+      <c r="J115" s="28"/>
+      <c r="K115" s="28"/>
+      <c r="L115" s="28"/>
+      <c r="M115" s="28"/>
+      <c r="N115" s="28"/>
+      <c r="O115" s="28"/>
+    </row>
+    <row r="116" spans="2:15">
+      <c r="B116" s="28"/>
+      <c r="C116" s="28"/>
+      <c r="D116" s="28"/>
+      <c r="E116" s="28"/>
+      <c r="F116" s="28"/>
+      <c r="G116" s="28"/>
+      <c r="H116" s="28"/>
+      <c r="I116" s="28"/>
+      <c r="J116" s="28"/>
+      <c r="K116" s="28"/>
+      <c r="L116" s="28"/>
+      <c r="M116" s="28"/>
+      <c r="N116" s="28"/>
+      <c r="O116" s="28"/>
+    </row>
+    <row r="117" spans="2:15">
+      <c r="B117" s="28"/>
+      <c r="C117" s="28"/>
+      <c r="D117" s="28"/>
+      <c r="E117" s="28"/>
+      <c r="F117" s="28"/>
+      <c r="G117" s="28"/>
+      <c r="H117" s="28"/>
+      <c r="I117" s="28"/>
+      <c r="J117" s="28"/>
+      <c r="K117" s="28"/>
+      <c r="L117" s="28"/>
+      <c r="M117" s="28"/>
+      <c r="N117" s="28"/>
+      <c r="O117" s="28"/>
+    </row>
+    <row r="118" spans="2:15">
+      <c r="B118" s="28"/>
+      <c r="C118" s="28"/>
+      <c r="D118" s="28"/>
+      <c r="E118" s="28"/>
+      <c r="F118" s="28"/>
+      <c r="G118" s="28"/>
+      <c r="H118" s="28"/>
+      <c r="I118" s="28"/>
+      <c r="J118" s="28"/>
+      <c r="K118" s="28"/>
+      <c r="L118" s="28"/>
+      <c r="M118" s="28"/>
+      <c r="N118" s="28"/>
+      <c r="O118" s="28"/>
+    </row>
+    <row r="119" spans="2:15">
+      <c r="B119" s="28"/>
+      <c r="C119" s="28"/>
+      <c r="D119" s="28"/>
+      <c r="E119" s="28"/>
+      <c r="F119" s="28"/>
+      <c r="G119" s="28"/>
+      <c r="H119" s="28"/>
+      <c r="I119" s="28"/>
+      <c r="J119" s="28"/>
+      <c r="K119" s="28"/>
+      <c r="L119" s="28"/>
+      <c r="M119" s="28"/>
+      <c r="N119" s="28"/>
+      <c r="O119" s="28"/>
+    </row>
+    <row r="120" spans="2:15">
+      <c r="B120" s="28"/>
+      <c r="C120" s="28"/>
+      <c r="D120" s="28"/>
+      <c r="E120" s="28"/>
+      <c r="F120" s="28"/>
+      <c r="G120" s="28"/>
+      <c r="H120" s="28"/>
+      <c r="I120" s="28"/>
+      <c r="J120" s="28"/>
+      <c r="K120" s="28"/>
+      <c r="L120" s="28"/>
+      <c r="M120" s="28"/>
+      <c r="N120" s="28"/>
+      <c r="O120" s="28"/>
+    </row>
+    <row r="121" spans="2:15">
+      <c r="B121" s="28"/>
+      <c r="C121" s="28"/>
+      <c r="D121" s="28"/>
+      <c r="E121" s="28"/>
+      <c r="F121" s="28"/>
+      <c r="G121" s="28"/>
+      <c r="H121" s="28"/>
+      <c r="I121" s="28"/>
+      <c r="J121" s="28"/>
+      <c r="K121" s="28"/>
+      <c r="L121" s="28"/>
+      <c r="M121" s="28"/>
+      <c r="N121" s="28"/>
+      <c r="O121" s="28"/>
+    </row>
+    <row r="122" spans="2:15">
+      <c r="B122" s="28"/>
+      <c r="C122" s="28"/>
+      <c r="D122" s="28"/>
+      <c r="E122" s="28"/>
+      <c r="F122" s="28"/>
+      <c r="G122" s="28"/>
+      <c r="H122" s="28"/>
+      <c r="I122" s="28"/>
+      <c r="J122" s="28"/>
+      <c r="K122" s="28"/>
+      <c r="L122" s="28"/>
+      <c r="M122" s="28"/>
+      <c r="N122" s="28"/>
+      <c r="O122" s="28"/>
+    </row>
+    <row r="123" spans="2:15">
+      <c r="B123" s="28"/>
+      <c r="C123" s="28"/>
+      <c r="D123" s="28"/>
+      <c r="E123" s="28"/>
+      <c r="F123" s="28"/>
+      <c r="G123" s="28"/>
+      <c r="H123" s="28"/>
+      <c r="I123" s="28"/>
+      <c r="J123" s="28"/>
+      <c r="K123" s="28"/>
+      <c r="L123" s="28"/>
+      <c r="M123" s="28"/>
+      <c r="N123" s="28"/>
+      <c r="O123" s="28"/>
+    </row>
+    <row r="124" spans="2:15">
+      <c r="B124" s="28"/>
+      <c r="C124" s="28"/>
+      <c r="D124" s="28"/>
+      <c r="E124" s="28"/>
+      <c r="F124" s="28"/>
+      <c r="G124" s="28"/>
+      <c r="H124" s="28"/>
+      <c r="I124" s="28"/>
+      <c r="J124" s="28"/>
+      <c r="K124" s="28"/>
+      <c r="L124" s="28"/>
+      <c r="M124" s="28"/>
+      <c r="N124" s="28"/>
+      <c r="O124" s="28"/>
+    </row>
+    <row r="125" spans="2:15">
+      <c r="B125" s="28"/>
+      <c r="C125" s="28"/>
+      <c r="D125" s="28"/>
+      <c r="E125" s="28"/>
+      <c r="F125" s="28"/>
+      <c r="G125" s="28"/>
+      <c r="H125" s="28"/>
+      <c r="I125" s="28"/>
+      <c r="J125" s="28"/>
+      <c r="K125" s="28"/>
+      <c r="L125" s="28"/>
+      <c r="M125" s="28"/>
+      <c r="N125" s="28"/>
+      <c r="O125" s="28"/>
+    </row>
+    <row r="126" spans="2:15">
+      <c r="B126" s="28"/>
+      <c r="C126" s="28"/>
+      <c r="D126" s="28"/>
+      <c r="E126" s="28"/>
+      <c r="F126" s="28"/>
+      <c r="G126" s="28"/>
+      <c r="H126" s="28"/>
+      <c r="I126" s="28"/>
+      <c r="J126" s="28"/>
+      <c r="K126" s="28"/>
+      <c r="L126" s="28"/>
+      <c r="M126" s="28"/>
+      <c r="N126" s="28"/>
+      <c r="O126" s="28"/>
+    </row>
+    <row r="127" spans="2:15">
+      <c r="B127" s="28"/>
+      <c r="C127" s="28"/>
+      <c r="D127" s="28"/>
+      <c r="E127" s="28"/>
+      <c r="F127" s="28"/>
+      <c r="G127" s="28"/>
+      <c r="H127" s="28"/>
+      <c r="I127" s="28"/>
+      <c r="J127" s="28"/>
+      <c r="K127" s="28"/>
+      <c r="L127" s="28"/>
+      <c r="M127" s="28"/>
+      <c r="N127" s="28"/>
+      <c r="O127" s="28"/>
+    </row>
+    <row r="128" spans="2:15">
+      <c r="B128" s="28"/>
+      <c r="C128" s="28"/>
+      <c r="D128" s="28"/>
+      <c r="E128" s="28"/>
+      <c r="F128" s="28"/>
+      <c r="G128" s="28"/>
+      <c r="H128" s="28"/>
+      <c r="I128" s="28"/>
+      <c r="J128" s="28"/>
+      <c r="K128" s="28"/>
+      <c r="L128" s="28"/>
+      <c r="M128" s="28"/>
+      <c r="N128" s="28"/>
+      <c r="O128" s="28"/>
+    </row>
+    <row r="129" spans="2:15">
+      <c r="B129" s="28"/>
+      <c r="C129" s="28"/>
+      <c r="D129" s="28"/>
+      <c r="E129" s="28"/>
+      <c r="F129" s="28"/>
+      <c r="G129" s="28"/>
+      <c r="H129" s="28"/>
+      <c r="I129" s="28"/>
+      <c r="J129" s="28"/>
+      <c r="K129" s="28"/>
+      <c r="L129" s="28"/>
+      <c r="M129" s="28"/>
+      <c r="N129" s="28"/>
+      <c r="O129" s="28"/>
+    </row>
+    <row r="130" spans="2:15">
+      <c r="B130" s="28"/>
+      <c r="C130" s="28"/>
+      <c r="D130" s="28"/>
+      <c r="E130" s="28"/>
+      <c r="F130" s="28"/>
+      <c r="G130" s="28"/>
+      <c r="H130" s="28"/>
+      <c r="I130" s="28"/>
+      <c r="J130" s="28"/>
+      <c r="K130" s="28"/>
+      <c r="L130" s="28"/>
+      <c r="M130" s="28"/>
+      <c r="N130" s="28"/>
+      <c r="O130" s="28"/>
+    </row>
+    <row r="131" spans="2:15">
+      <c r="B131" s="28"/>
+      <c r="C131" s="28"/>
+      <c r="D131" s="28"/>
+      <c r="E131" s="28"/>
+      <c r="F131" s="28"/>
+      <c r="G131" s="28"/>
+      <c r="H131" s="28"/>
+      <c r="I131" s="28"/>
+      <c r="J131" s="28"/>
+      <c r="K131" s="28"/>
+      <c r="L131" s="28"/>
+      <c r="M131" s="28"/>
+      <c r="N131" s="28"/>
+      <c r="O131" s="28"/>
+    </row>
+    <row r="132" spans="2:15">
+      <c r="B132" s="28"/>
+      <c r="C132" s="28"/>
+      <c r="D132" s="28"/>
+      <c r="E132" s="28"/>
+      <c r="F132" s="28"/>
+      <c r="G132" s="28"/>
+      <c r="H132" s="28"/>
+      <c r="I132" s="28"/>
+      <c r="J132" s="28"/>
+      <c r="K132" s="28"/>
+      <c r="L132" s="28"/>
+      <c r="M132" s="28"/>
+      <c r="N132" s="28"/>
+      <c r="O132" s="28"/>
+    </row>
+    <row r="133" spans="2:15">
+      <c r="B133" s="28"/>
+      <c r="C133" s="28"/>
+      <c r="D133" s="28"/>
+      <c r="E133" s="28"/>
+      <c r="F133" s="28"/>
+      <c r="G133" s="28"/>
+      <c r="H133" s="28"/>
+      <c r="I133" s="28"/>
+      <c r="J133" s="28"/>
+      <c r="K133" s="28"/>
+      <c r="L133" s="28"/>
+      <c r="M133" s="28"/>
+      <c r="N133" s="28"/>
+      <c r="O133" s="28"/>
+    </row>
+    <row r="134" spans="2:15">
+      <c r="B134" s="28"/>
+      <c r="C134" s="28"/>
+      <c r="D134" s="28"/>
+      <c r="E134" s="28"/>
+      <c r="F134" s="28"/>
+      <c r="G134" s="28"/>
+      <c r="H134" s="28"/>
+      <c r="I134" s="28"/>
+      <c r="J134" s="28"/>
+      <c r="K134" s="28"/>
+      <c r="L134" s="28"/>
+      <c r="M134" s="28"/>
+      <c r="N134" s="28"/>
+      <c r="O134" s="28"/>
+    </row>
+    <row r="135" spans="2:15">
+      <c r="B135" s="28"/>
+      <c r="C135" s="28"/>
+      <c r="D135" s="28"/>
+      <c r="E135" s="28"/>
+      <c r="F135" s="28"/>
+      <c r="G135" s="28"/>
+      <c r="H135" s="28"/>
+      <c r="I135" s="28"/>
+      <c r="J135" s="28"/>
+      <c r="K135" s="28"/>
+      <c r="L135" s="28"/>
+      <c r="M135" s="28"/>
+      <c r="N135" s="28"/>
+      <c r="O135" s="28"/>
+    </row>
+    <row r="136" spans="2:15">
+      <c r="B136" s="28"/>
+      <c r="C136" s="28"/>
+      <c r="D136" s="28"/>
+      <c r="E136" s="28"/>
+      <c r="F136" s="28"/>
+      <c r="G136" s="28"/>
+      <c r="H136" s="28"/>
+      <c r="I136" s="28"/>
+      <c r="J136" s="28"/>
+      <c r="K136" s="28"/>
+      <c r="L136" s="28"/>
+      <c r="M136" s="28"/>
+      <c r="N136" s="28"/>
+      <c r="O136" s="28"/>
+    </row>
+    <row r="137" spans="2:15">
+      <c r="B137" s="28"/>
+      <c r="C137" s="28"/>
+      <c r="D137" s="28"/>
+      <c r="E137" s="28"/>
+      <c r="F137" s="28"/>
+      <c r="G137" s="28"/>
+      <c r="H137" s="28"/>
+      <c r="I137" s="28"/>
+      <c r="J137" s="28"/>
+      <c r="K137" s="28"/>
+      <c r="L137" s="28"/>
+      <c r="M137" s="28"/>
+      <c r="N137" s="28"/>
+      <c r="O137" s="28"/>
+    </row>
+    <row r="138" spans="2:15">
+      <c r="B138" s="28"/>
+      <c r="C138" s="28"/>
+      <c r="D138" s="28"/>
+      <c r="E138" s="28"/>
+      <c r="F138" s="28"/>
+      <c r="G138" s="28"/>
+      <c r="H138" s="28"/>
+      <c r="I138" s="28"/>
+      <c r="J138" s="28"/>
+      <c r="K138" s="28"/>
+      <c r="L138" s="28"/>
+      <c r="M138" s="28"/>
+      <c r="N138" s="28"/>
+      <c r="O138" s="28"/>
+    </row>
+    <row r="139" spans="2:15">
+      <c r="B139" s="28"/>
+      <c r="C139" s="28"/>
+      <c r="D139" s="28"/>
+      <c r="E139" s="28"/>
+      <c r="F139" s="28"/>
+      <c r="G139" s="28"/>
+      <c r="H139" s="28"/>
+      <c r="I139" s="28"/>
+      <c r="J139" s="28"/>
+      <c r="K139" s="28"/>
+      <c r="L139" s="28"/>
+      <c r="M139" s="28"/>
+      <c r="N139" s="28"/>
+      <c r="O139" s="28"/>
+    </row>
+    <row r="140" spans="2:15">
+      <c r="B140" s="28"/>
+      <c r="C140" s="28"/>
+      <c r="D140" s="28"/>
+      <c r="E140" s="28"/>
+      <c r="F140" s="28"/>
+      <c r="G140" s="28"/>
+      <c r="H140" s="28"/>
+      <c r="I140" s="28"/>
+      <c r="J140" s="28"/>
+      <c r="K140" s="28"/>
+      <c r="L140" s="28"/>
+      <c r="M140" s="28"/>
+      <c r="N140" s="28"/>
+      <c r="O140" s="28"/>
+    </row>
+    <row r="141" spans="2:15">
+      <c r="B141" s="28"/>
+      <c r="C141" s="28"/>
+      <c r="D141" s="28"/>
+      <c r="E141" s="28"/>
+      <c r="F141" s="28"/>
+      <c r="G141" s="28"/>
+      <c r="H141" s="28"/>
+      <c r="I141" s="28"/>
+      <c r="J141" s="28"/>
+      <c r="K141" s="28"/>
+      <c r="L141" s="28"/>
+      <c r="M141" s="28"/>
+      <c r="N141" s="28"/>
+      <c r="O141" s="28"/>
+    </row>
+    <row r="142" spans="2:15">
+      <c r="B142" s="28"/>
+      <c r="C142" s="28"/>
+      <c r="D142" s="28"/>
+      <c r="E142" s="28"/>
+      <c r="F142" s="28"/>
+      <c r="G142" s="28"/>
+      <c r="H142" s="28"/>
+      <c r="I142" s="28"/>
+      <c r="J142" s="28"/>
+      <c r="K142" s="28"/>
+      <c r="L142" s="28"/>
+      <c r="M142" s="28"/>
+      <c r="N142" s="28"/>
+      <c r="O142" s="28"/>
+    </row>
+    <row r="143" spans="2:15">
+      <c r="B143" s="28"/>
+      <c r="C143" s="28"/>
+      <c r="D143" s="28"/>
+      <c r="E143" s="28"/>
+      <c r="F143" s="28"/>
+      <c r="G143" s="28"/>
+      <c r="H143" s="28"/>
+      <c r="I143" s="28"/>
+      <c r="J143" s="28"/>
+      <c r="K143" s="28"/>
+      <c r="L143" s="28"/>
+      <c r="M143" s="28"/>
+      <c r="N143" s="28"/>
+      <c r="O143" s="28"/>
+    </row>
+    <row r="144" spans="2:15">
+      <c r="B144" s="28"/>
+      <c r="C144" s="28"/>
+      <c r="D144" s="28"/>
+      <c r="E144" s="28"/>
+      <c r="F144" s="28"/>
+      <c r="G144" s="28"/>
+      <c r="H144" s="28"/>
+      <c r="I144" s="28"/>
+      <c r="J144" s="28"/>
+      <c r="K144" s="28"/>
+      <c r="L144" s="28"/>
+      <c r="M144" s="28"/>
+      <c r="N144" s="28"/>
+      <c r="O144" s="28"/>
+    </row>
+    <row r="145" spans="2:15">
+      <c r="B145" s="28"/>
+      <c r="C145" s="28"/>
+      <c r="D145" s="28"/>
+      <c r="E145" s="28"/>
+      <c r="F145" s="28"/>
+      <c r="G145" s="28"/>
+      <c r="H145" s="28"/>
+      <c r="I145" s="28"/>
+      <c r="J145" s="28"/>
+      <c r="K145" s="28"/>
+      <c r="L145" s="28"/>
+      <c r="M145" s="28"/>
+      <c r="N145" s="28"/>
+      <c r="O145" s="28"/>
+    </row>
+    <row r="146" spans="2:15">
+      <c r="B146" s="28"/>
+      <c r="C146" s="28"/>
+      <c r="D146" s="28"/>
+      <c r="E146" s="28"/>
+      <c r="F146" s="28"/>
+      <c r="G146" s="28"/>
+      <c r="H146" s="28"/>
+      <c r="I146" s="28"/>
+      <c r="J146" s="28"/>
+      <c r="K146" s="28"/>
+      <c r="L146" s="28"/>
+      <c r="M146" s="28"/>
+      <c r="N146" s="28"/>
+      <c r="O146" s="28"/>
+    </row>
+    <row r="147" spans="2:15">
+      <c r="B147" s="28"/>
+      <c r="C147" s="28"/>
+      <c r="D147" s="28"/>
+      <c r="E147" s="28"/>
+      <c r="F147" s="28"/>
+      <c r="G147" s="28"/>
+      <c r="H147" s="28"/>
+      <c r="I147" s="28"/>
+      <c r="J147" s="28"/>
+      <c r="K147" s="28"/>
+      <c r="L147" s="28"/>
+      <c r="M147" s="28"/>
+      <c r="N147" s="28"/>
+      <c r="O147" s="28"/>
+    </row>
+    <row r="148" spans="2:15">
+      <c r="B148" s="28"/>
+      <c r="C148" s="28"/>
+      <c r="D148" s="28"/>
+      <c r="E148" s="28"/>
+      <c r="F148" s="28"/>
+      <c r="G148" s="28"/>
+      <c r="H148" s="28"/>
+      <c r="I148" s="28"/>
+      <c r="J148" s="28"/>
+      <c r="K148" s="28"/>
+      <c r="L148" s="28"/>
+      <c r="M148" s="28"/>
+      <c r="N148" s="28"/>
+      <c r="O148" s="28"/>
+    </row>
+    <row r="149" spans="2:15">
+      <c r="B149" s="28"/>
+      <c r="C149" s="28"/>
+      <c r="D149" s="28"/>
+      <c r="E149" s="28"/>
+      <c r="F149" s="28"/>
+      <c r="G149" s="28"/>
+      <c r="H149" s="28"/>
+      <c r="I149" s="28"/>
+      <c r="J149" s="28"/>
+      <c r="K149" s="28"/>
+      <c r="L149" s="28"/>
+      <c r="M149" s="28"/>
+      <c r="N149" s="28"/>
+      <c r="O149" s="28"/>
+    </row>
+    <row r="150" spans="2:15">
+      <c r="B150" s="28"/>
+      <c r="C150" s="28"/>
+      <c r="D150" s="28"/>
+      <c r="E150" s="28"/>
+      <c r="F150" s="28"/>
+      <c r="G150" s="28"/>
+      <c r="H150" s="28"/>
+      <c r="I150" s="28"/>
+      <c r="J150" s="28"/>
+      <c r="K150" s="28"/>
+      <c r="L150" s="28"/>
+      <c r="M150" s="28"/>
+      <c r="N150" s="28"/>
+      <c r="O150" s="28"/>
+    </row>
+    <row r="151" spans="2:15">
+      <c r="B151" s="28"/>
+      <c r="C151" s="28"/>
+      <c r="D151" s="28"/>
+      <c r="E151" s="28"/>
+      <c r="F151" s="28"/>
+      <c r="G151" s="28"/>
+      <c r="H151" s="28"/>
+      <c r="I151" s="28"/>
+      <c r="J151" s="28"/>
+      <c r="K151" s="28"/>
+      <c r="L151" s="28"/>
+      <c r="M151" s="28"/>
+      <c r="N151" s="28"/>
+      <c r="O151" s="28"/>
+    </row>
+    <row r="152" spans="2:15">
+      <c r="B152" s="28"/>
+      <c r="C152" s="28"/>
+      <c r="D152" s="28"/>
+      <c r="E152" s="28"/>
+      <c r="F152" s="28"/>
+      <c r="G152" s="28"/>
+      <c r="H152" s="28"/>
+      <c r="I152" s="28"/>
+      <c r="J152" s="28"/>
+      <c r="K152" s="28"/>
+      <c r="L152" s="28"/>
+      <c r="M152" s="28"/>
+      <c r="N152" s="28"/>
+      <c r="O152" s="28"/>
+    </row>
+    <row r="153" spans="2:15">
+      <c r="B153" s="28"/>
+      <c r="C153" s="28"/>
+      <c r="D153" s="28"/>
+      <c r="E153" s="28"/>
+      <c r="F153" s="28"/>
+      <c r="G153" s="28"/>
+      <c r="H153" s="28"/>
+      <c r="I153" s="28"/>
+      <c r="J153" s="28"/>
+      <c r="K153" s="28"/>
+      <c r="L153" s="28"/>
+      <c r="M153" s="28"/>
+      <c r="N153" s="28"/>
+      <c r="O153" s="28"/>
+    </row>
+    <row r="154" spans="2:15">
+      <c r="B154" s="28"/>
+      <c r="C154" s="28"/>
+      <c r="D154" s="28"/>
+      <c r="E154" s="28"/>
+      <c r="F154" s="28"/>
+      <c r="G154" s="28"/>
+      <c r="H154" s="28"/>
+      <c r="I154" s="28"/>
+      <c r="J154" s="28"/>
+      <c r="K154" s="28"/>
+      <c r="L154" s="28"/>
+      <c r="M154" s="28"/>
+      <c r="N154" s="28"/>
+      <c r="O154" s="28"/>
+    </row>
+    <row r="155" spans="2:15">
+      <c r="B155" s="28"/>
+      <c r="C155" s="28"/>
+      <c r="D155" s="28"/>
+      <c r="E155" s="28"/>
+      <c r="F155" s="28"/>
+      <c r="G155" s="28"/>
+      <c r="H155" s="28"/>
+      <c r="I155" s="28"/>
+      <c r="J155" s="28"/>
+      <c r="K155" s="28"/>
+      <c r="L155" s="28"/>
+      <c r="M155" s="28"/>
+      <c r="N155" s="28"/>
+      <c r="O155" s="28"/>
+    </row>
+    <row r="156" spans="2:15">
+      <c r="B156" s="28"/>
+      <c r="C156" s="28"/>
+      <c r="D156" s="28"/>
+      <c r="E156" s="28"/>
+      <c r="F156" s="28"/>
+      <c r="G156" s="28"/>
+      <c r="H156" s="28"/>
+      <c r="I156" s="28"/>
+      <c r="J156" s="28"/>
+      <c r="K156" s="28"/>
+      <c r="L156" s="28"/>
+      <c r="M156" s="28"/>
+      <c r="N156" s="28"/>
+      <c r="O156" s="28"/>
+    </row>
+    <row r="157" spans="2:15">
+      <c r="B157" s="28"/>
+      <c r="C157" s="28"/>
+      <c r="D157" s="28"/>
+      <c r="E157" s="28"/>
+      <c r="F157" s="28"/>
+      <c r="G157" s="28"/>
+      <c r="H157" s="28"/>
+      <c r="I157" s="28"/>
+      <c r="J157" s="28"/>
+      <c r="K157" s="28"/>
+      <c r="L157" s="28"/>
+      <c r="M157" s="28"/>
+      <c r="N157" s="28"/>
+      <c r="O157" s="28"/>
+    </row>
+    <row r="158" spans="2:15">
+      <c r="B158" s="28"/>
+      <c r="C158" s="28"/>
+      <c r="D158" s="28"/>
+      <c r="E158" s="28"/>
+      <c r="F158" s="28"/>
+      <c r="G158" s="28"/>
+      <c r="H158" s="28"/>
+      <c r="I158" s="28"/>
+      <c r="J158" s="28"/>
+      <c r="K158" s="28"/>
+      <c r="L158" s="28"/>
+      <c r="M158" s="28"/>
+      <c r="N158" s="28"/>
+      <c r="O158" s="28"/>
+    </row>
+    <row r="159" spans="2:15">
+      <c r="B159" s="28"/>
+      <c r="C159" s="28"/>
+      <c r="D159" s="28"/>
+      <c r="E159" s="28"/>
+      <c r="F159" s="28"/>
+      <c r="G159" s="28"/>
+      <c r="H159" s="28"/>
+      <c r="I159" s="28"/>
+      <c r="J159" s="28"/>
+      <c r="K159" s="28"/>
+      <c r="L159" s="28"/>
+      <c r="M159" s="28"/>
+      <c r="N159" s="28"/>
+      <c r="O159" s="28"/>
+    </row>
+    <row r="160" spans="2:15">
+      <c r="B160" s="28"/>
+      <c r="C160" s="28"/>
+      <c r="D160" s="28"/>
+      <c r="E160" s="28"/>
+      <c r="F160" s="28"/>
+      <c r="G160" s="28"/>
+      <c r="H160" s="28"/>
+      <c r="I160" s="28"/>
+      <c r="J160" s="28"/>
+      <c r="K160" s="28"/>
+      <c r="L160" s="28"/>
+      <c r="M160" s="28"/>
+      <c r="N160" s="28"/>
+      <c r="O160" s="28"/>
+    </row>
+    <row r="161" spans="2:15">
+      <c r="B161" s="28"/>
+      <c r="C161" s="28"/>
+      <c r="D161" s="28"/>
+      <c r="E161" s="28"/>
+      <c r="F161" s="28"/>
+      <c r="G161" s="28"/>
+      <c r="H161" s="28"/>
+      <c r="I161" s="28"/>
+      <c r="J161" s="28"/>
+      <c r="K161" s="28"/>
+      <c r="L161" s="28"/>
+      <c r="M161" s="28"/>
+      <c r="N161" s="28"/>
+      <c r="O161" s="28"/>
+    </row>
+    <row r="162" spans="2:15">
+      <c r="B162" s="28"/>
+      <c r="C162" s="28"/>
+      <c r="D162" s="28"/>
+      <c r="E162" s="28"/>
+      <c r="F162" s="28"/>
+      <c r="G162" s="28"/>
+      <c r="H162" s="28"/>
+      <c r="I162" s="28"/>
+      <c r="J162" s="28"/>
+      <c r="K162" s="28"/>
+      <c r="L162" s="28"/>
+      <c r="M162" s="28"/>
+      <c r="N162" s="28"/>
+      <c r="O162" s="28"/>
+    </row>
+    <row r="163" spans="2:15">
+      <c r="B163" s="28"/>
+      <c r="C163" s="28"/>
+      <c r="D163" s="28"/>
+      <c r="E163" s="28"/>
+      <c r="F163" s="28"/>
+      <c r="G163" s="28"/>
+      <c r="H163" s="28"/>
+      <c r="I163" s="28"/>
+      <c r="J163" s="28"/>
+      <c r="K163" s="28"/>
+      <c r="L163" s="28"/>
+      <c r="M163" s="28"/>
+      <c r="N163" s="28"/>
+      <c r="O163" s="28"/>
+    </row>
+    <row r="164" spans="2:15">
+      <c r="B164" s="28"/>
+      <c r="C164" s="28"/>
+      <c r="D164" s="28"/>
+      <c r="E164" s="28"/>
+      <c r="F164" s="28"/>
+      <c r="G164" s="28"/>
+      <c r="H164" s="28"/>
+      <c r="I164" s="28"/>
+      <c r="J164" s="28"/>
+      <c r="K164" s="28"/>
+      <c r="L164" s="28"/>
+      <c r="M164" s="28"/>
+      <c r="N164" s="28"/>
+      <c r="O164" s="28"/>
+    </row>
+    <row r="165" spans="2:15">
+      <c r="B165" s="28"/>
+      <c r="C165" s="28"/>
+      <c r="D165" s="28"/>
+      <c r="E165" s="28"/>
+      <c r="F165" s="28"/>
+      <c r="G165" s="28"/>
+      <c r="H165" s="28"/>
+      <c r="I165" s="28"/>
+      <c r="J165" s="28"/>
+      <c r="K165" s="28"/>
+      <c r="L165" s="28"/>
+      <c r="M165" s="28"/>
+      <c r="N165" s="28"/>
+      <c r="O165" s="28"/>
+    </row>
+    <row r="166" spans="2:15">
+      <c r="B166" s="28"/>
+      <c r="C166" s="28"/>
+      <c r="D166" s="28"/>
+      <c r="E166" s="28"/>
+      <c r="F166" s="28"/>
+      <c r="G166" s="28"/>
+      <c r="H166" s="28"/>
+      <c r="I166" s="28"/>
+      <c r="J166" s="28"/>
+      <c r="K166" s="28"/>
+      <c r="L166" s="28"/>
+      <c r="M166" s="28"/>
+      <c r="N166" s="28"/>
+      <c r="O166" s="28"/>
+    </row>
+    <row r="167" spans="2:15">
+      <c r="B167" s="28"/>
+      <c r="C167" s="28"/>
+      <c r="D167" s="28"/>
+      <c r="E167" s="28"/>
+      <c r="F167" s="28"/>
+      <c r="G167" s="28"/>
+      <c r="H167" s="28"/>
+      <c r="I167" s="28"/>
+      <c r="J167" s="28"/>
+      <c r="K167" s="28"/>
+      <c r="L167" s="28"/>
+      <c r="M167" s="28"/>
+      <c r="N167" s="28"/>
+      <c r="O167" s="28"/>
+    </row>
+    <row r="168" spans="2:15">
+      <c r="B168" s="28"/>
+      <c r="C168" s="28"/>
+      <c r="D168" s="28"/>
+      <c r="E168" s="28"/>
+      <c r="F168" s="28"/>
+      <c r="G168" s="28"/>
+      <c r="H168" s="28"/>
+      <c r="I168" s="28"/>
+      <c r="J168" s="28"/>
+      <c r="K168" s="28"/>
+      <c r="L168" s="28"/>
+      <c r="M168" s="28"/>
+      <c r="N168" s="28"/>
+      <c r="O168" s="28"/>
+    </row>
+    <row r="169" spans="2:15">
+      <c r="B169" s="28"/>
+      <c r="C169" s="28"/>
+      <c r="D169" s="28"/>
+      <c r="E169" s="28"/>
+      <c r="F169" s="28"/>
+      <c r="G169" s="28"/>
+      <c r="H169" s="28"/>
+      <c r="I169" s="28"/>
+      <c r="J169" s="28"/>
+      <c r="K169" s="28"/>
+      <c r="L169" s="28"/>
+      <c r="M169" s="28"/>
+      <c r="N169" s="28"/>
+      <c r="O169" s="28"/>
+    </row>
+    <row r="170" spans="2:15">
+      <c r="B170" s="28"/>
+      <c r="C170" s="28"/>
+      <c r="D170" s="28"/>
+      <c r="E170" s="28"/>
+      <c r="F170" s="28"/>
+      <c r="G170" s="28"/>
+      <c r="H170" s="28"/>
+      <c r="I170" s="28"/>
+      <c r="J170" s="28"/>
+      <c r="K170" s="28"/>
+      <c r="L170" s="28"/>
+      <c r="M170" s="28"/>
+      <c r="N170" s="28"/>
+      <c r="O170" s="28"/>
+    </row>
+    <row r="171" spans="2:15">
+      <c r="B171" s="28"/>
+      <c r="C171" s="28"/>
+      <c r="D171" s="28"/>
+      <c r="E171" s="28"/>
+      <c r="F171" s="28"/>
+      <c r="G171" s="28"/>
+      <c r="H171" s="28"/>
+      <c r="I171" s="28"/>
+      <c r="J171" s="28"/>
+      <c r="K171" s="28"/>
+      <c r="L171" s="28"/>
+      <c r="M171" s="28"/>
+      <c r="N171" s="28"/>
+      <c r="O171" s="28"/>
+    </row>
+    <row r="172" spans="2:15">
+      <c r="B172" s="28"/>
+      <c r="C172" s="28"/>
+      <c r="D172" s="28"/>
+      <c r="E172" s="28"/>
+      <c r="F172" s="28"/>
+      <c r="G172" s="28"/>
+      <c r="H172" s="28"/>
+      <c r="I172" s="28"/>
+      <c r="J172" s="28"/>
+      <c r="K172" s="28"/>
+      <c r="L172" s="28"/>
+      <c r="M172" s="28"/>
+      <c r="N172" s="28"/>
+      <c r="O172" s="28"/>
+    </row>
+    <row r="173" spans="2:15">
+      <c r="B173" s="28"/>
+      <c r="C173" s="28"/>
+      <c r="D173" s="28"/>
+      <c r="E173" s="28"/>
+      <c r="F173" s="28"/>
+      <c r="G173" s="28"/>
+      <c r="H173" s="28"/>
+      <c r="I173" s="28"/>
+      <c r="J173" s="28"/>
+      <c r="K173" s="28"/>
+      <c r="L173" s="28"/>
+      <c r="M173" s="28"/>
+      <c r="N173" s="28"/>
+      <c r="O173" s="28"/>
+    </row>
+    <row r="174" spans="2:15">
+      <c r="B174" s="28"/>
+      <c r="C174" s="28"/>
+      <c r="D174" s="28"/>
+      <c r="E174" s="28"/>
+      <c r="F174" s="28"/>
+      <c r="G174" s="28"/>
+      <c r="H174" s="28"/>
+      <c r="I174" s="28"/>
+      <c r="J174" s="28"/>
+      <c r="K174" s="28"/>
+      <c r="L174" s="28"/>
+      <c r="M174" s="28"/>
+      <c r="N174" s="28"/>
+      <c r="O174" s="28"/>
+    </row>
+    <row r="175" spans="2:15">
+      <c r="B175" s="28"/>
+      <c r="C175" s="28"/>
+      <c r="D175" s="28"/>
+      <c r="E175" s="28"/>
+      <c r="F175" s="28"/>
+      <c r="G175" s="28"/>
+      <c r="H175" s="28"/>
+      <c r="I175" s="28"/>
+      <c r="J175" s="28"/>
+      <c r="K175" s="28"/>
+      <c r="L175" s="28"/>
+      <c r="M175" s="28"/>
+      <c r="N175" s="28"/>
+      <c r="O175" s="28"/>
+    </row>
+    <row r="176" spans="2:15">
+      <c r="B176" s="28"/>
+      <c r="C176" s="28"/>
+      <c r="D176" s="28"/>
+      <c r="E176" s="28"/>
+      <c r="F176" s="28"/>
+      <c r="G176" s="28"/>
+      <c r="H176" s="28"/>
+      <c r="I176" s="28"/>
+      <c r="J176" s="28"/>
+      <c r="K176" s="28"/>
+      <c r="L176" s="28"/>
+      <c r="M176" s="28"/>
+      <c r="N176" s="28"/>
+      <c r="O176" s="28"/>
+    </row>
+    <row r="177" spans="2:15">
+      <c r="B177" s="28"/>
+      <c r="C177" s="28"/>
+      <c r="D177" s="28"/>
+      <c r="E177" s="28"/>
+      <c r="F177" s="28"/>
+      <c r="G177" s="28"/>
+      <c r="H177" s="28"/>
+      <c r="I177" s="28"/>
+      <c r="J177" s="28"/>
+      <c r="K177" s="28"/>
+      <c r="L177" s="28"/>
+      <c r="M177" s="28"/>
+      <c r="N177" s="28"/>
+      <c r="O177" s="28"/>
+    </row>
+    <row r="178" spans="2:15">
+      <c r="B178" s="28"/>
+      <c r="C178" s="28"/>
+      <c r="D178" s="28"/>
+      <c r="E178" s="28"/>
+      <c r="F178" s="28"/>
+      <c r="G178" s="28"/>
+      <c r="H178" s="28"/>
+      <c r="I178" s="28"/>
+      <c r="J178" s="28"/>
+      <c r="K178" s="28"/>
+      <c r="L178" s="28"/>
+      <c r="M178" s="28"/>
+      <c r="N178" s="28"/>
+      <c r="O178" s="28"/>
+    </row>
+    <row r="179" spans="2:15">
+      <c r="B179" s="28"/>
+      <c r="C179" s="28"/>
+      <c r="D179" s="28"/>
+      <c r="E179" s="28"/>
+      <c r="F179" s="28"/>
+      <c r="G179" s="28"/>
+      <c r="H179" s="28"/>
+      <c r="I179" s="28"/>
+      <c r="J179" s="28"/>
+      <c r="K179" s="28"/>
+      <c r="L179" s="28"/>
+      <c r="M179" s="28"/>
+      <c r="N179" s="28"/>
+      <c r="O179" s="28"/>
+    </row>
+    <row r="180" spans="2:15">
+      <c r="B180" s="28"/>
+      <c r="C180" s="28"/>
+      <c r="D180" s="28"/>
+      <c r="E180" s="28"/>
+      <c r="F180" s="28"/>
+      <c r="G180" s="28"/>
+      <c r="H180" s="28"/>
+      <c r="I180" s="28"/>
+      <c r="J180" s="28"/>
+      <c r="K180" s="28"/>
+      <c r="L180" s="28"/>
+      <c r="M180" s="28"/>
+      <c r="N180" s="28"/>
+      <c r="O180" s="28"/>
+    </row>
+    <row r="181" spans="2:15">
+      <c r="B181" s="28"/>
+      <c r="C181" s="28"/>
+      <c r="D181" s="28"/>
+      <c r="E181" s="28"/>
+      <c r="F181" s="28"/>
+      <c r="G181" s="28"/>
+      <c r="H181" s="28"/>
+      <c r="I181" s="28"/>
+      <c r="J181" s="28"/>
+      <c r="K181" s="28"/>
+      <c r="L181" s="28"/>
+      <c r="M181" s="28"/>
+      <c r="N181" s="28"/>
+      <c r="O181" s="28"/>
+    </row>
+    <row r="182" spans="2:15">
+      <c r="B182" s="28"/>
+      <c r="C182" s="28"/>
+      <c r="D182" s="28"/>
+      <c r="E182" s="28"/>
+      <c r="F182" s="28"/>
+      <c r="G182" s="28"/>
+      <c r="H182" s="28"/>
+      <c r="I182" s="28"/>
+      <c r="J182" s="28"/>
+      <c r="K182" s="28"/>
+      <c r="L182" s="28"/>
+      <c r="M182" s="28"/>
+      <c r="N182" s="28"/>
+      <c r="O182" s="28"/>
+    </row>
+    <row r="183" spans="2:15">
+      <c r="B183" s="28"/>
+      <c r="C183" s="28"/>
+      <c r="D183" s="28"/>
+      <c r="E183" s="28"/>
+      <c r="F183" s="28"/>
+      <c r="G183" s="28"/>
+      <c r="H183" s="28"/>
+      <c r="I183" s="28"/>
+      <c r="J183" s="28"/>
+      <c r="K183" s="28"/>
+      <c r="L183" s="28"/>
+      <c r="M183" s="28"/>
+      <c r="N183" s="28"/>
+      <c r="O183" s="28"/>
+    </row>
+    <row r="184" spans="2:15">
+      <c r="B184" s="28"/>
+      <c r="C184" s="28"/>
+      <c r="D184" s="28"/>
+      <c r="E184" s="28"/>
+      <c r="F184" s="28"/>
+      <c r="G184" s="28"/>
+      <c r="H184" s="28"/>
+      <c r="I184" s="28"/>
+      <c r="J184" s="28"/>
+      <c r="K184" s="28"/>
+      <c r="L184" s="28"/>
+      <c r="M184" s="28"/>
+      <c r="N184" s="28"/>
+      <c r="O184" s="28"/>
+    </row>
+    <row r="185" spans="2:15">
+      <c r="B185" s="28"/>
+      <c r="C185" s="28"/>
+      <c r="D185" s="28"/>
+      <c r="E185" s="28"/>
+      <c r="F185" s="28"/>
+      <c r="G185" s="28"/>
+      <c r="H185" s="28"/>
+      <c r="I185" s="28"/>
+      <c r="J185" s="28"/>
+      <c r="K185" s="28"/>
+      <c r="L185" s="28"/>
+      <c r="M185" s="28"/>
+      <c r="N185" s="28"/>
+      <c r="O185" s="28"/>
+    </row>
+    <row r="186" spans="2:15">
+      <c r="B186" s="28"/>
+      <c r="C186" s="28"/>
+      <c r="D186" s="28"/>
+      <c r="E186" s="28"/>
+      <c r="F186" s="28"/>
+      <c r="G186" s="28"/>
+      <c r="H186" s="28"/>
+      <c r="I186" s="28"/>
+      <c r="J186" s="28"/>
+      <c r="K186" s="28"/>
+      <c r="L186" s="28"/>
+      <c r="M186" s="28"/>
+      <c r="N186" s="28"/>
+      <c r="O186" s="28"/>
+    </row>
+    <row r="187" spans="2:15">
+      <c r="B187" s="28"/>
+      <c r="C187" s="28"/>
+      <c r="D187" s="28"/>
+      <c r="E187" s="28"/>
+      <c r="F187" s="28"/>
+      <c r="G187" s="28"/>
+      <c r="H187" s="28"/>
+      <c r="I187" s="28"/>
+      <c r="J187" s="28"/>
+      <c r="K187" s="28"/>
+      <c r="L187" s="28"/>
+      <c r="M187" s="28"/>
+      <c r="N187" s="28"/>
+      <c r="O187" s="28"/>
+    </row>
+    <row r="188" spans="2:15">
+      <c r="N188" s="28"/>
     </row>
   </sheetData>
-  <mergeCells count="95">
-[...10 lines deleted...]
-    <mergeCell ref="BF21:BL21"/>
+  <mergeCells count="104">
+    <mergeCell ref="AY8:BE8"/>
+    <mergeCell ref="AY21:BE21"/>
+    <mergeCell ref="AR21:AX21"/>
+    <mergeCell ref="BB40:BC40"/>
+    <mergeCell ref="DR39:EC39"/>
+    <mergeCell ref="DR40:DS40"/>
+    <mergeCell ref="DT40:DU40"/>
+    <mergeCell ref="DV40:DW40"/>
+    <mergeCell ref="DX40:DY40"/>
+    <mergeCell ref="DZ40:EA40"/>
+    <mergeCell ref="EB40:EC40"/>
+    <mergeCell ref="CH39:CS39"/>
+    <mergeCell ref="CH40:CI40"/>
+    <mergeCell ref="CJ40:CK40"/>
+    <mergeCell ref="CL40:CM40"/>
+    <mergeCell ref="CN40:CO40"/>
     <mergeCell ref="CT39:DE39"/>
     <mergeCell ref="CT40:CU40"/>
     <mergeCell ref="CV40:CW40"/>
     <mergeCell ref="CX40:CY40"/>
     <mergeCell ref="CZ40:DA40"/>
     <mergeCell ref="DB40:DC40"/>
     <mergeCell ref="DD40:DE40"/>
-    <mergeCell ref="BF40:BG40"/>
-[...26 lines deleted...]
-    <mergeCell ref="AR8:AX8"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:H8"/>
     <mergeCell ref="I8:O8"/>
     <mergeCell ref="A21:A22"/>
     <mergeCell ref="B21:H21"/>
     <mergeCell ref="I21:O21"/>
     <mergeCell ref="X40:Y40"/>
     <mergeCell ref="A39:A41"/>
     <mergeCell ref="B39:M39"/>
     <mergeCell ref="N39:Y39"/>
     <mergeCell ref="B40:C40"/>
     <mergeCell ref="D40:E40"/>
     <mergeCell ref="F40:G40"/>
     <mergeCell ref="H40:I40"/>
     <mergeCell ref="J40:K40"/>
     <mergeCell ref="L40:M40"/>
     <mergeCell ref="N40:O40"/>
     <mergeCell ref="B55:M55"/>
     <mergeCell ref="I4:L4"/>
     <mergeCell ref="P40:Q40"/>
     <mergeCell ref="R40:S40"/>
     <mergeCell ref="T40:U40"/>
     <mergeCell ref="P8:V8"/>
     <mergeCell ref="P21:V21"/>
     <mergeCell ref="V40:W40"/>
     <mergeCell ref="W8:AC8"/>
     <mergeCell ref="W21:AC21"/>
     <mergeCell ref="Z39:AK39"/>
     <mergeCell ref="Z40:AA40"/>
     <mergeCell ref="AB40:AC40"/>
     <mergeCell ref="AD40:AE40"/>
     <mergeCell ref="AF40:AG40"/>
     <mergeCell ref="AH40:AI40"/>
-    <mergeCell ref="CP40:CQ40"/>
-[...4 lines deleted...]
-    <mergeCell ref="BB40:BC40"/>
     <mergeCell ref="BD40:BE40"/>
     <mergeCell ref="AL39:AW39"/>
     <mergeCell ref="AL40:AM40"/>
     <mergeCell ref="AN40:AO40"/>
     <mergeCell ref="AP40:AQ40"/>
+    <mergeCell ref="AK8:AQ8"/>
+    <mergeCell ref="AK21:AQ21"/>
+    <mergeCell ref="AJ40:AK40"/>
+    <mergeCell ref="AD8:AJ8"/>
+    <mergeCell ref="AD21:AJ21"/>
+    <mergeCell ref="AX39:BI39"/>
+    <mergeCell ref="AX40:AY40"/>
+    <mergeCell ref="AZ40:BA40"/>
+    <mergeCell ref="AR8:AX8"/>
+    <mergeCell ref="AR40:AS40"/>
+    <mergeCell ref="AT40:AU40"/>
+    <mergeCell ref="AV40:AW40"/>
+    <mergeCell ref="BF8:BL8"/>
+    <mergeCell ref="BF21:BL21"/>
+    <mergeCell ref="BF40:BG40"/>
+    <mergeCell ref="BH40:BI40"/>
+    <mergeCell ref="BJ39:BU39"/>
+    <mergeCell ref="BJ40:BK40"/>
+    <mergeCell ref="BL40:BM40"/>
+    <mergeCell ref="BM8:BS8"/>
+    <mergeCell ref="BM21:BS21"/>
+    <mergeCell ref="DF39:DQ39"/>
+    <mergeCell ref="DF40:DG40"/>
+    <mergeCell ref="DH40:DI40"/>
+    <mergeCell ref="DJ40:DK40"/>
+    <mergeCell ref="DL40:DM40"/>
+    <mergeCell ref="DN40:DO40"/>
+    <mergeCell ref="DP40:DQ40"/>
+    <mergeCell ref="CP40:CQ40"/>
+    <mergeCell ref="CR40:CS40"/>
     <mergeCell ref="BV39:CG39"/>
     <mergeCell ref="BV40:BW40"/>
     <mergeCell ref="BX40:BY40"/>
     <mergeCell ref="BZ40:CA40"/>
     <mergeCell ref="CB40:CC40"/>
+    <mergeCell ref="CD40:CE40"/>
+    <mergeCell ref="CF40:CG40"/>
+    <mergeCell ref="BT8:BZ8"/>
+    <mergeCell ref="BT21:BZ21"/>
+    <mergeCell ref="BN40:BO40"/>
+    <mergeCell ref="BP40:BQ40"/>
+    <mergeCell ref="BR40:BS40"/>
+    <mergeCell ref="BT40:BU40"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Trimestriel</vt:lpstr>
       <vt:lpstr>Annuel</vt:lpstr>