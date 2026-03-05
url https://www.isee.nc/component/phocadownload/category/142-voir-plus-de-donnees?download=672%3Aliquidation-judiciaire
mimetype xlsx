--- v0 (2026-01-02)
+++ v1 (2026-03-05)
@@ -1,137 +1,199 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\isee.local\public\DOCUMENTS\SCD\4_Publications\1_Site\ECONOMIE ET ENTREPRISES\entreprises-secteurs d'activité\entreprises\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:10000001_{4F350274-311D-4224-9203-5A9F639968EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4A98BC1A-3183-4231-8AD1-744331CDFF96}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Trimestriel" sheetId="1" r:id="rId1"/>
     <sheet name="Annuel" sheetId="2" r:id="rId2"/>
     <sheet name="procédures collectives" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
-  <fileRecoveryPr repairLoad="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="BI50" i="1" l="1"/>
+  <c r="Q52" i="2" l="1"/>
+  <c r="Q53" i="2"/>
+  <c r="Q54" i="2"/>
+  <c r="Q55" i="2"/>
+  <c r="Q56" i="2"/>
+  <c r="Q57" i="2"/>
+  <c r="Q58" i="2"/>
+  <c r="Q59" i="2"/>
+  <c r="Q60" i="2"/>
+  <c r="Q61" i="2"/>
+  <c r="Q62" i="2"/>
+  <c r="Q63" i="2"/>
+  <c r="Q64" i="2"/>
+  <c r="Q65" i="2"/>
+  <c r="Q66" i="2"/>
+  <c r="Q67" i="2"/>
+  <c r="Q68" i="2"/>
+  <c r="Q69" i="2"/>
+  <c r="Q70" i="2"/>
+  <c r="Q71" i="2"/>
+  <c r="Q72" i="2"/>
+  <c r="Q73" i="2"/>
+  <c r="Q74" i="2"/>
+  <c r="Q75" i="2"/>
+  <c r="Q76" i="2"/>
+  <c r="Q77" i="2"/>
+  <c r="Q78" i="2"/>
+  <c r="Q79" i="2"/>
+  <c r="Q80" i="2"/>
+  <c r="Q81" i="2"/>
+  <c r="Q82" i="2"/>
+  <c r="Q83" i="2"/>
+  <c r="Q84" i="2"/>
+  <c r="Q51" i="2"/>
+  <c r="Q32" i="2"/>
+  <c r="Q33" i="2"/>
+  <c r="Q34" i="2"/>
+  <c r="Q30" i="2" s="1"/>
+  <c r="Q35" i="2"/>
+  <c r="Q36" i="2"/>
+  <c r="Q37" i="2"/>
+  <c r="Q38" i="2"/>
+  <c r="Q39" i="2"/>
+  <c r="Q40" i="2"/>
+  <c r="Q41" i="2"/>
+  <c r="Q42" i="2"/>
+  <c r="Q43" i="2"/>
+  <c r="Q44" i="2"/>
+  <c r="Q45" i="2"/>
+  <c r="Q46" i="2"/>
+  <c r="Q47" i="2"/>
+  <c r="Q48" i="2"/>
+  <c r="Q31" i="2"/>
+  <c r="Q12" i="2"/>
+  <c r="Q8" i="2" s="1"/>
+  <c r="Q13" i="2"/>
+  <c r="Q14" i="2"/>
+  <c r="Q15" i="2"/>
+  <c r="Q16" i="2"/>
+  <c r="Q17" i="2"/>
+  <c r="Q18" i="2"/>
+  <c r="Q19" i="2"/>
+  <c r="Q20" i="2"/>
+  <c r="Q21" i="2"/>
+  <c r="Q22" i="2"/>
+  <c r="Q23" i="2"/>
+  <c r="Q24" i="2"/>
+  <c r="Q25" i="2"/>
+  <c r="Q26" i="2"/>
+  <c r="Q27" i="2"/>
+  <c r="Q28" i="2"/>
+  <c r="Q11" i="2"/>
+  <c r="BJ50" i="1"/>
+  <c r="BJ30" i="1"/>
+  <c r="BJ10" i="1"/>
+  <c r="BJ8" i="1"/>
+  <c r="BI50" i="1"/>
   <c r="BI30" i="1"/>
   <c r="BI10" i="1"/>
   <c r="BI8" i="1"/>
-  <c r="O8" i="3"/>
-[...4 lines deleted...]
-  <c r="J8" i="3"/>
   <c r="I8" i="3"/>
   <c r="H8" i="3"/>
-  <c r="G8" i="3"/>
-[...4 lines deleted...]
-  <c r="B8" i="3"/>
   <c r="P84" i="2"/>
   <c r="P83" i="2"/>
   <c r="P82" i="2"/>
   <c r="P81" i="2"/>
   <c r="P80" i="2"/>
   <c r="P79" i="2"/>
   <c r="P78" i="2"/>
   <c r="P77" i="2"/>
   <c r="P76" i="2"/>
   <c r="P75" i="2"/>
   <c r="P74" i="2"/>
   <c r="P73" i="2"/>
   <c r="P72" i="2"/>
   <c r="P71" i="2"/>
   <c r="P70" i="2"/>
   <c r="P69" i="2"/>
   <c r="P68" i="2"/>
   <c r="P67" i="2"/>
   <c r="P66" i="2"/>
   <c r="P65" i="2"/>
   <c r="P64" i="2"/>
   <c r="P63" i="2"/>
   <c r="P62" i="2"/>
   <c r="P61" i="2"/>
   <c r="P60" i="2"/>
   <c r="P59" i="2"/>
   <c r="P58" i="2"/>
   <c r="P57" i="2"/>
   <c r="P56" i="2"/>
   <c r="P55" i="2"/>
   <c r="P54" i="2"/>
   <c r="P53" i="2"/>
-  <c r="P50" i="2" s="1"/>
   <c r="P52" i="2"/>
   <c r="P51" i="2"/>
   <c r="O50" i="2"/>
   <c r="N50" i="2"/>
   <c r="M50" i="2"/>
   <c r="L50" i="2"/>
   <c r="K50" i="2"/>
   <c r="J50" i="2"/>
   <c r="I50" i="2"/>
   <c r="H50" i="2"/>
   <c r="G50" i="2"/>
   <c r="F50" i="2"/>
   <c r="E50" i="2"/>
   <c r="D50" i="2"/>
   <c r="C50" i="2"/>
   <c r="P48" i="2"/>
   <c r="P47" i="2"/>
   <c r="P46" i="2"/>
   <c r="P45" i="2"/>
   <c r="P44" i="2"/>
   <c r="P43" i="2"/>
   <c r="P42" i="2"/>
   <c r="P41" i="2"/>
   <c r="P30" i="2" s="1"/>
   <c r="P40" i="2"/>
@@ -152,51 +214,50 @@
   <c r="J30" i="2"/>
   <c r="I30" i="2"/>
   <c r="H30" i="2"/>
   <c r="G30" i="2"/>
   <c r="F30" i="2"/>
   <c r="E30" i="2"/>
   <c r="D30" i="2"/>
   <c r="C30" i="2"/>
   <c r="P28" i="2"/>
   <c r="P27" i="2"/>
   <c r="P26" i="2"/>
   <c r="P25" i="2"/>
   <c r="P24" i="2"/>
   <c r="P23" i="2"/>
   <c r="P22" i="2"/>
   <c r="P21" i="2"/>
   <c r="P20" i="2"/>
   <c r="P19" i="2"/>
   <c r="P18" i="2"/>
   <c r="P17" i="2"/>
   <c r="P16" i="2"/>
   <c r="P15" i="2"/>
   <c r="P14" i="2"/>
   <c r="P13" i="2"/>
   <c r="P12" i="2"/>
-  <c r="P10" i="2" s="1"/>
   <c r="P11" i="2"/>
   <c r="O10" i="2"/>
   <c r="N10" i="2"/>
   <c r="M10" i="2"/>
   <c r="L10" i="2"/>
   <c r="K10" i="2"/>
   <c r="J10" i="2"/>
   <c r="I10" i="2"/>
   <c r="H10" i="2"/>
   <c r="G10" i="2"/>
   <c r="F10" i="2"/>
   <c r="E10" i="2"/>
   <c r="D10" i="2"/>
   <c r="C10" i="2"/>
   <c r="O8" i="2"/>
   <c r="N8" i="2"/>
   <c r="M8" i="2"/>
   <c r="L8" i="2"/>
   <c r="K8" i="2"/>
   <c r="J8" i="2"/>
   <c r="I8" i="2"/>
   <c r="H8" i="2"/>
   <c r="G8" i="2"/>
   <c r="F8" i="2"/>
   <c r="E8" i="2"/>
@@ -412,56 +473,73 @@
   <c r="AA8" i="1"/>
   <c r="Z8" i="1"/>
   <c r="Y8" i="1"/>
   <c r="X8" i="1"/>
   <c r="W8" i="1"/>
   <c r="V8" i="1"/>
   <c r="U8" i="1"/>
   <c r="T8" i="1"/>
   <c r="S8" i="1"/>
   <c r="R8" i="1"/>
   <c r="Q8" i="1"/>
   <c r="P8" i="1"/>
   <c r="O8" i="1"/>
   <c r="N8" i="1"/>
   <c r="M8" i="1"/>
   <c r="L8" i="1"/>
   <c r="K8" i="1"/>
   <c r="J8" i="1"/>
   <c r="I8" i="1"/>
   <c r="H8" i="1"/>
   <c r="G8" i="1"/>
   <c r="F8" i="1"/>
   <c r="E8" i="1"/>
   <c r="D8" i="1"/>
   <c r="C8" i="1"/>
-  <c r="P8" i="2" l="1"/>
+  <c r="P8" i="3" l="1"/>
+  <c r="M8" i="3"/>
+  <c r="K8" i="3"/>
+  <c r="F8" i="3"/>
+  <c r="D8" i="3"/>
+  <c r="B8" i="3"/>
+  <c r="N8" i="3"/>
+  <c r="L8" i="3"/>
+  <c r="J8" i="3"/>
+  <c r="G8" i="3"/>
+  <c r="E8" i="3"/>
+  <c r="C8" i="3"/>
+  <c r="O8" i="3"/>
+  <c r="Q50" i="2"/>
+  <c r="Q10" i="2"/>
+  <c r="P50" i="2"/>
+  <c r="P10" i="2"/>
+  <c r="P8" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="182">
   <si>
     <t>Liquidations judiciaires</t>
   </si>
   <si>
     <t>Liquidations judiciaires totales</t>
   </si>
   <si>
     <t>Données trimestrielles</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Unité : nombre</t>
   </si>
   <si>
     <t>Détail par secteur d'activité</t>
   </si>
   <si>
     <t>Détail par forme juridique</t>
   </si>
   <si>
     <t>Détail par commune</t>
   </si>
   <si>
@@ -794,53 +872,50 @@
   <si>
     <t>2022_T4</t>
   </si>
   <si>
     <t>2023_T1</t>
   </si>
   <si>
     <t>2023_T2</t>
   </si>
   <si>
     <t>2023_T3</t>
   </si>
   <si>
     <t>2023_T4</t>
   </si>
   <si>
     <t>2024_T1</t>
   </si>
   <si>
     <t>2024_T2</t>
   </si>
   <si>
     <t>Procédures collectives</t>
   </si>
   <si>
-    <t>Source : SELARL Mary-Laure Gastaud</t>
-[...1 lines deleted...]
-  <si>
     <t>Procédures collectives totales</t>
   </si>
   <si>
     <t>Détail par type de procédure collective, selon l'année d'ouverture du mandat</t>
   </si>
   <si>
     <t>sauvegardes</t>
   </si>
   <si>
     <t>redressements judiciaires</t>
   </si>
   <si>
     <t>liquidations judiciaires directes</t>
   </si>
   <si>
     <t>rétablissement personnel</t>
   </si>
   <si>
     <t>liquidations judiciaires simplifiées</t>
   </si>
   <si>
     <t>2024_T3</t>
   </si>
   <si>
     <t>2024_T4</t>
@@ -950,63 +1025,66 @@
   <si>
     <t>28 - Sarraméa</t>
   </si>
   <si>
     <t>29 - Thio</t>
   </si>
   <si>
     <t>30 - Touho</t>
   </si>
   <si>
     <t>31 - Voh</t>
   </si>
   <si>
     <t>32 - Yaté</t>
   </si>
   <si>
     <t>33 - Kouaoua</t>
   </si>
   <si>
     <t>99 - Autre</t>
   </si>
   <si>
     <t>Source : Isee/Ridet</t>
   </si>
   <si>
-    <t>Données mises à jour le : 08/04/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-T2</t>
-  </si>
-[...1 lines deleted...]
-    <t>Données mises à jour le : 04/07/2025</t>
   </si>
   <si>
     <t>2025-T3</t>
   </si>
   <si>
-    <t>Données mises à jour le : 06/10/2025</t>
+    <t>2025-T4</t>
+  </si>
+  <si>
+    <t>Données mises à jour le : 14/01/2026</t>
+  </si>
+  <si>
+    <t>Sources : SELARL Mary-Laure Gastaud, Maître Virginie PESSELET</t>
+  </si>
+  <si>
+    <t>Données mises à jour le : 19/01/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0&quot;  &quot;;#,##0&quot;  &quot;.&quot;  &quot;"/>
   </numFmts>
   <fonts count="24">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1594,54 +1672,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:DQ86"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="8" topLeftCell="BB9" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="8" topLeftCell="BC9" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="BI7" sqref="BI7"/>
+      <selection pane="bottomRight" activeCell="BJ8" sqref="BJ8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="1"/>
     <col min="2" max="2" width="79.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:121" ht="30" customHeight="1">
       <c r="A1" s="5"/>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
       <c r="L1" s="5"/>
       <c r="M1" s="5"/>
       <c r="N1" s="5"/>
       <c r="O1" s="5"/>
       <c r="P1" s="5"/>
@@ -1737,56 +1815,56 @@
       <c r="DB1" s="5"/>
       <c r="DC1" s="5"/>
       <c r="DD1" s="5"/>
       <c r="DE1" s="5"/>
       <c r="DF1" s="5"/>
       <c r="DG1" s="5"/>
       <c r="DH1" s="5"/>
       <c r="DI1" s="5"/>
       <c r="DJ1" s="5"/>
       <c r="DK1" s="5"/>
       <c r="DL1" s="5"/>
       <c r="DM1" s="5"/>
       <c r="DN1" s="5"/>
       <c r="DO1" s="5"/>
       <c r="DP1" s="5"/>
       <c r="DQ1" s="5"/>
     </row>
     <row r="2" spans="1:121" ht="31.5">
       <c r="A2" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="6"/>
     </row>
     <row r="4" spans="1:121">
       <c r="A4" s="7" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
     </row>
     <row r="5" spans="1:121">
       <c r="A5" s="8" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
     </row>
     <row r="7" spans="1:121" ht="18.75">
       <c r="A7" s="27" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="27"/>
       <c r="C7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>13</v>
       </c>
@@ -1913,63 +1991,66 @@
       <c r="AW7" s="9" t="s">
         <v>116</v>
       </c>
       <c r="AX7" s="9" t="s">
         <v>117</v>
       </c>
       <c r="AY7" s="9" t="s">
         <v>118</v>
       </c>
       <c r="AZ7" s="9" t="s">
         <v>119</v>
       </c>
       <c r="BA7" s="9" t="s">
         <v>120</v>
       </c>
       <c r="BB7" s="9" t="s">
         <v>121</v>
       </c>
       <c r="BC7" s="9" t="s">
         <v>122</v>
       </c>
       <c r="BD7" s="9" t="s">
         <v>123</v>
       </c>
       <c r="BE7" s="9" t="s">
+        <v>132</v>
+      </c>
+      <c r="BF7" s="9" t="s">
         <v>133</v>
       </c>
-      <c r="BF7" s="9" t="s">
+      <c r="BG7" s="9" t="s">
         <v>134</v>
       </c>
-      <c r="BG7" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BH7" s="9" t="s">
+        <v>176</v>
+      </c>
+      <c r="BI7" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="BJ7" s="9" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:121">
       <c r="A8" s="28" t="s">
         <v>1</v>
       </c>
       <c r="B8" s="29"/>
       <c r="C8" s="11">
         <f>SUM(C11:C28)</f>
         <v>47</v>
       </c>
       <c r="D8" s="11">
         <f t="shared" ref="D8:BE8" si="0">SUM(D11:D28)</f>
         <v>4</v>
       </c>
       <c r="E8" s="11">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="F8" s="11">
         <f t="shared" si="0"/>
         <v>2</v>
       </c>
       <c r="G8" s="11">
         <f t="shared" si="0"/>
@@ -2099,132 +2180,136 @@
         <f t="shared" si="0"/>
         <v>65</v>
       </c>
       <c r="AM8" s="11">
         <f t="shared" si="0"/>
         <v>47</v>
       </c>
       <c r="AN8" s="11">
         <f t="shared" si="0"/>
         <v>47</v>
       </c>
       <c r="AO8" s="11">
         <f t="shared" si="0"/>
         <v>42</v>
       </c>
       <c r="AP8" s="11">
         <f t="shared" si="0"/>
         <v>71</v>
       </c>
       <c r="AQ8" s="11">
         <f t="shared" si="0"/>
         <v>52</v>
       </c>
       <c r="AR8" s="11">
         <f t="shared" si="0"/>
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS8" s="11">
         <f t="shared" si="0"/>
         <v>49</v>
       </c>
       <c r="AT8" s="11">
         <f t="shared" si="0"/>
         <v>38</v>
       </c>
       <c r="AU8" s="11">
         <f t="shared" si="0"/>
         <v>63</v>
       </c>
       <c r="AV8" s="11">
         <f t="shared" si="0"/>
         <v>55</v>
       </c>
       <c r="AW8" s="11">
         <f t="shared" si="0"/>
         <v>45</v>
       </c>
       <c r="AX8" s="11">
         <f t="shared" si="0"/>
         <v>53</v>
       </c>
       <c r="AY8" s="11">
         <f t="shared" si="0"/>
         <v>58</v>
       </c>
       <c r="AZ8" s="11">
         <f t="shared" si="0"/>
         <v>69</v>
       </c>
       <c r="BA8" s="11">
         <f t="shared" si="0"/>
         <v>58</v>
       </c>
       <c r="BB8" s="11">
         <f t="shared" si="0"/>
         <v>117</v>
       </c>
       <c r="BC8" s="11">
         <f t="shared" si="0"/>
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="BD8" s="11">
         <f t="shared" si="0"/>
         <v>61</v>
       </c>
       <c r="BE8" s="11">
         <f t="shared" si="0"/>
         <v>69</v>
       </c>
       <c r="BF8" s="11">
         <f>SUM(BF11:BF28)</f>
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="BG8" s="11">
         <f>SUM(BG11:BG28)</f>
         <v>67</v>
       </c>
       <c r="BH8" s="11">
         <f>SUM(BH11:BH28)</f>
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BI8" s="11">
         <f>SUM(BI11:BI28)</f>
-        <v>53</v>
+        <v>71</v>
+      </c>
+      <c r="BJ8" s="11">
+        <f>SUM(BJ11:BJ28)</f>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:121" ht="15.75">
       <c r="A10" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="10"/>
       <c r="C10" s="12">
         <f>SUM(C11:C28)</f>
         <v>47</v>
       </c>
       <c r="D10" s="12">
-        <f t="shared" ref="D10:BI10" si="1">SUM(D11:D28)</f>
+        <f t="shared" ref="D10:BJ10" si="1">SUM(D11:D28)</f>
         <v>4</v>
       </c>
       <c r="E10" s="12">
         <f t="shared" si="1"/>
         <v>4</v>
       </c>
       <c r="F10" s="12">
         <f t="shared" si="1"/>
         <v>2</v>
       </c>
       <c r="G10" s="12">
         <f t="shared" si="1"/>
         <v>2</v>
       </c>
       <c r="H10" s="12">
         <f t="shared" si="1"/>
         <v>5</v>
       </c>
       <c r="I10" s="12">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="J10" s="12">
         <f t="shared" si="1"/>
         <v>11</v>
@@ -2341,119 +2426,123 @@
         <f t="shared" si="1"/>
         <v>65</v>
       </c>
       <c r="AM10" s="12">
         <f t="shared" si="1"/>
         <v>47</v>
       </c>
       <c r="AN10" s="12">
         <f t="shared" si="1"/>
         <v>47</v>
       </c>
       <c r="AO10" s="12">
         <f t="shared" si="1"/>
         <v>42</v>
       </c>
       <c r="AP10" s="12">
         <f t="shared" si="1"/>
         <v>71</v>
       </c>
       <c r="AQ10" s="12">
         <f t="shared" si="1"/>
         <v>52</v>
       </c>
       <c r="AR10" s="12">
         <f t="shared" si="1"/>
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS10" s="12">
         <f t="shared" si="1"/>
         <v>49</v>
       </c>
       <c r="AT10" s="12">
         <f t="shared" si="1"/>
         <v>38</v>
       </c>
       <c r="AU10" s="12">
         <f t="shared" si="1"/>
         <v>63</v>
       </c>
       <c r="AV10" s="12">
         <f t="shared" si="1"/>
         <v>55</v>
       </c>
       <c r="AW10" s="12">
         <f t="shared" si="1"/>
         <v>45</v>
       </c>
       <c r="AX10" s="12">
         <f t="shared" si="1"/>
         <v>53</v>
       </c>
       <c r="AY10" s="12">
         <f t="shared" si="1"/>
         <v>58</v>
       </c>
       <c r="AZ10" s="12">
         <f t="shared" si="1"/>
         <v>69</v>
       </c>
       <c r="BA10" s="12">
         <f t="shared" si="1"/>
         <v>58</v>
       </c>
       <c r="BB10" s="12">
         <f t="shared" si="1"/>
         <v>117</v>
       </c>
       <c r="BC10" s="12">
         <f t="shared" si="1"/>
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="BD10" s="12">
         <f t="shared" si="1"/>
         <v>61</v>
       </c>
       <c r="BE10" s="12">
         <f t="shared" si="1"/>
         <v>69</v>
       </c>
       <c r="BF10" s="12">
         <f t="shared" si="1"/>
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="BG10" s="12">
         <f t="shared" si="1"/>
         <v>67</v>
       </c>
       <c r="BH10" s="12">
         <f t="shared" si="1"/>
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BI10" s="12">
         <f t="shared" si="1"/>
-        <v>53</v>
+        <v>71</v>
+      </c>
+      <c r="BJ10" s="12">
+        <f t="shared" si="1"/>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:121" s="14" customFormat="1">
       <c r="A11" s="18" t="s">
         <v>52</v>
       </c>
       <c r="B11" s="14" t="s">
         <v>53</v>
       </c>
       <c r="C11" s="14">
         <v>0</v>
       </c>
       <c r="D11" s="14">
         <v>0</v>
       </c>
       <c r="E11" s="14">
         <v>0</v>
       </c>
       <c r="F11" s="14">
         <v>0</v>
       </c>
       <c r="G11" s="14">
         <v>0</v>
       </c>
       <c r="H11" s="14">
@@ -2594,51 +2683,54 @@
       <c r="BA11" s="14">
         <v>1</v>
       </c>
       <c r="BB11" s="14">
         <v>0</v>
       </c>
       <c r="BC11" s="14">
         <v>0</v>
       </c>
       <c r="BD11" s="14">
         <v>2</v>
       </c>
       <c r="BE11" s="16">
         <v>3</v>
       </c>
       <c r="BF11" s="14">
         <v>1</v>
       </c>
       <c r="BG11" s="14">
         <v>0</v>
       </c>
       <c r="BH11" s="14">
         <v>0</v>
       </c>
       <c r="BI11" s="14">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="BJ11" s="14">
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:121" s="14" customFormat="1">
       <c r="A12" s="18" t="s">
         <v>54</v>
       </c>
       <c r="B12" s="14" t="s">
         <v>55</v>
       </c>
       <c r="C12" s="14">
         <v>0</v>
       </c>
       <c r="D12" s="14">
         <v>0</v>
       </c>
       <c r="E12" s="14">
         <v>0</v>
       </c>
       <c r="F12" s="14">
         <v>0</v>
       </c>
       <c r="G12" s="14">
         <v>0</v>
       </c>
       <c r="H12" s="14">
@@ -2781,50 +2873,53 @@
       </c>
       <c r="BB12" s="14">
         <v>0</v>
       </c>
       <c r="BC12" s="14">
         <v>0</v>
       </c>
       <c r="BD12" s="14">
         <v>0</v>
       </c>
       <c r="BE12" s="16">
         <v>0</v>
       </c>
       <c r="BF12" s="14">
         <v>0</v>
       </c>
       <c r="BG12" s="14">
         <v>0</v>
       </c>
       <c r="BH12" s="14">
         <v>0</v>
       </c>
       <c r="BI12" s="14">
         <v>0</v>
       </c>
+      <c r="BJ12" s="14">
+        <v>0</v>
+      </c>
     </row>
     <row r="13" spans="1:121" s="14" customFormat="1">
       <c r="A13" s="18" t="s">
         <v>56</v>
       </c>
       <c r="B13" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C13" s="14">
         <v>3</v>
       </c>
       <c r="D13" s="14">
         <v>1</v>
       </c>
       <c r="E13" s="14">
         <v>2</v>
       </c>
       <c r="F13" s="14">
         <v>0</v>
       </c>
       <c r="G13" s="14">
         <v>0</v>
       </c>
       <c r="H13" s="14">
         <v>0</v>
@@ -2937,78 +3032,81 @@
       <c r="AR13" s="14">
         <v>4</v>
       </c>
       <c r="AS13" s="14">
         <v>7</v>
       </c>
       <c r="AT13" s="14">
         <v>7</v>
       </c>
       <c r="AU13" s="14">
         <v>4</v>
       </c>
       <c r="AV13" s="14">
         <v>9</v>
       </c>
       <c r="AW13" s="14">
         <v>8</v>
       </c>
       <c r="AX13" s="14">
         <v>4</v>
       </c>
       <c r="AY13" s="14">
         <v>7</v>
       </c>
       <c r="AZ13" s="14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="BA13" s="14">
         <v>5</v>
       </c>
       <c r="BB13" s="14">
         <v>0</v>
       </c>
       <c r="BC13" s="14">
         <v>6</v>
       </c>
       <c r="BD13" s="14">
         <v>9</v>
       </c>
       <c r="BE13" s="16">
         <v>4</v>
       </c>
       <c r="BF13" s="14">
         <v>6</v>
       </c>
       <c r="BG13" s="14">
         <v>8</v>
       </c>
       <c r="BH13" s="14">
         <v>5</v>
       </c>
       <c r="BI13" s="14">
-        <v>5</v>
+        <v>6</v>
+      </c>
+      <c r="BJ13" s="14">
+        <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:121" s="14" customFormat="1">
       <c r="A14" s="18" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="14" t="s">
         <v>59</v>
       </c>
       <c r="C14" s="14">
         <v>0</v>
       </c>
       <c r="D14" s="14">
         <v>0</v>
       </c>
       <c r="E14" s="14">
         <v>0</v>
       </c>
       <c r="F14" s="14">
         <v>0</v>
       </c>
       <c r="G14" s="14">
         <v>0</v>
       </c>
       <c r="H14" s="14">
@@ -3151,50 +3249,53 @@
       </c>
       <c r="BB14" s="14">
         <v>0</v>
       </c>
       <c r="BC14" s="14">
         <v>0</v>
       </c>
       <c r="BD14" s="14">
         <v>0</v>
       </c>
       <c r="BE14" s="16">
         <v>0</v>
       </c>
       <c r="BF14" s="14">
         <v>0</v>
       </c>
       <c r="BG14" s="14">
         <v>0</v>
       </c>
       <c r="BH14" s="14">
         <v>0</v>
       </c>
       <c r="BI14" s="14">
         <v>0</v>
       </c>
+      <c r="BJ14" s="14">
+        <v>0</v>
+      </c>
     </row>
     <row r="15" spans="1:121" s="14" customFormat="1">
       <c r="A15" s="18" t="s">
         <v>60</v>
       </c>
       <c r="B15" s="14" t="s">
         <v>61</v>
       </c>
       <c r="C15" s="14">
         <v>0</v>
       </c>
       <c r="D15" s="14">
         <v>0</v>
       </c>
       <c r="E15" s="14">
         <v>0</v>
       </c>
       <c r="F15" s="14">
         <v>0</v>
       </c>
       <c r="G15" s="14">
         <v>0</v>
       </c>
       <c r="H15" s="14">
         <v>0</v>
@@ -3334,50 +3435,53 @@
       <c r="BA15" s="14">
         <v>0</v>
       </c>
       <c r="BB15" s="14">
         <v>0</v>
       </c>
       <c r="BC15" s="14">
         <v>0</v>
       </c>
       <c r="BD15" s="14">
         <v>2</v>
       </c>
       <c r="BE15" s="16">
         <v>0</v>
       </c>
       <c r="BF15" s="14">
         <v>1</v>
       </c>
       <c r="BG15" s="14">
         <v>2</v>
       </c>
       <c r="BH15" s="14">
         <v>0</v>
       </c>
       <c r="BI15" s="14">
+        <v>1</v>
+      </c>
+      <c r="BJ15" s="14">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:121" s="14" customFormat="1">
       <c r="A16" s="18" t="s">
         <v>62</v>
       </c>
       <c r="B16" s="14" t="s">
         <v>63</v>
       </c>
       <c r="C16" s="14">
         <v>34</v>
       </c>
       <c r="D16" s="14">
         <v>0</v>
       </c>
       <c r="E16" s="14">
         <v>0</v>
       </c>
       <c r="F16" s="14">
         <v>0</v>
       </c>
       <c r="G16" s="14">
         <v>2</v>
       </c>
@@ -3492,81 +3596,84 @@
       <c r="AR16" s="14">
         <v>19</v>
       </c>
       <c r="AS16" s="14">
         <v>9</v>
       </c>
       <c r="AT16" s="14">
         <v>14</v>
       </c>
       <c r="AU16" s="14">
         <v>23</v>
       </c>
       <c r="AV16" s="14">
         <v>18</v>
       </c>
       <c r="AW16" s="14">
         <v>8</v>
       </c>
       <c r="AX16" s="14">
         <v>14</v>
       </c>
       <c r="AY16" s="14">
         <v>14</v>
       </c>
       <c r="AZ16" s="14">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="BA16" s="14">
         <v>17</v>
       </c>
       <c r="BB16" s="14">
         <v>20</v>
       </c>
       <c r="BC16" s="14">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="BD16" s="14">
         <v>13</v>
       </c>
       <c r="BE16" s="16">
         <v>16</v>
       </c>
       <c r="BF16" s="14">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="BG16" s="14">
         <v>15</v>
       </c>
       <c r="BH16" s="14">
         <v>22</v>
       </c>
       <c r="BI16" s="14">
         <v>12</v>
       </c>
+      <c r="BJ16" s="14">
+        <v>11</v>
+      </c>
     </row>
-    <row r="17" spans="1:61" s="14" customFormat="1">
+    <row r="17" spans="1:62" s="14" customFormat="1">
       <c r="A17" s="18" t="s">
         <v>64</v>
       </c>
       <c r="B17" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C17" s="14">
         <v>4</v>
       </c>
       <c r="D17" s="14">
         <v>1</v>
       </c>
       <c r="E17" s="14">
         <v>0</v>
       </c>
       <c r="F17" s="14">
         <v>0</v>
       </c>
       <c r="G17" s="14">
         <v>0</v>
       </c>
       <c r="H17" s="14">
         <v>1</v>
       </c>
       <c r="I17" s="14">
@@ -3683,75 +3790,78 @@
       <c r="AT17" s="14">
         <v>6</v>
       </c>
       <c r="AU17" s="14">
         <v>8</v>
       </c>
       <c r="AV17" s="14">
         <v>7</v>
       </c>
       <c r="AW17" s="14">
         <v>11</v>
       </c>
       <c r="AX17" s="14">
         <v>15</v>
       </c>
       <c r="AY17" s="14">
         <v>14</v>
       </c>
       <c r="AZ17" s="14">
         <v>21</v>
       </c>
       <c r="BA17" s="14">
         <v>10</v>
       </c>
       <c r="BB17" s="14">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="BC17" s="14">
         <v>15</v>
       </c>
       <c r="BD17" s="14">
         <v>5</v>
       </c>
       <c r="BE17" s="16">
         <v>18</v>
       </c>
       <c r="BF17" s="14">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="BG17" s="14">
         <v>11</v>
       </c>
       <c r="BH17" s="14">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="BI17" s="14">
-        <v>3</v>
+        <v>16</v>
+      </c>
+      <c r="BJ17" s="14">
+        <v>8</v>
       </c>
     </row>
-    <row r="18" spans="1:61" s="14" customFormat="1">
+    <row r="18" spans="1:62" s="14" customFormat="1">
       <c r="A18" s="18" t="s">
         <v>66</v>
       </c>
       <c r="B18" s="14" t="s">
         <v>67</v>
       </c>
       <c r="C18" s="14">
         <v>2</v>
       </c>
       <c r="D18" s="14">
         <v>0</v>
       </c>
       <c r="E18" s="14">
         <v>0</v>
       </c>
       <c r="F18" s="14">
         <v>0</v>
       </c>
       <c r="G18" s="14">
         <v>0</v>
       </c>
       <c r="H18" s="14">
         <v>0</v>
       </c>
       <c r="I18" s="14">
@@ -3891,52 +4001,55 @@
       </c>
       <c r="BB18" s="14">
         <v>5</v>
       </c>
       <c r="BC18" s="14">
         <v>1</v>
       </c>
       <c r="BD18" s="14">
         <v>6</v>
       </c>
       <c r="BE18" s="16">
         <v>5</v>
       </c>
       <c r="BF18" s="14">
         <v>1</v>
       </c>
       <c r="BG18" s="14">
         <v>4</v>
       </c>
       <c r="BH18" s="14">
         <v>5</v>
       </c>
       <c r="BI18" s="14">
         <v>4</v>
       </c>
+      <c r="BJ18" s="14">
+        <v>2</v>
+      </c>
     </row>
-    <row r="19" spans="1:61" s="14" customFormat="1">
+    <row r="19" spans="1:62" s="14" customFormat="1">
       <c r="A19" s="18" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C19" s="14">
         <v>1</v>
       </c>
       <c r="D19" s="14">
         <v>0</v>
       </c>
       <c r="E19" s="14">
         <v>0</v>
       </c>
       <c r="F19" s="14">
         <v>0</v>
       </c>
       <c r="G19" s="14">
         <v>0</v>
       </c>
       <c r="H19" s="14">
         <v>0</v>
       </c>
       <c r="I19" s="14">
@@ -4023,105 +4136,108 @@
       <c r="AJ19" s="14">
         <v>0</v>
       </c>
       <c r="AK19" s="15">
         <v>13</v>
       </c>
       <c r="AL19" s="14">
         <v>9</v>
       </c>
       <c r="AM19" s="14">
         <v>2</v>
       </c>
       <c r="AN19" s="14">
         <v>2</v>
       </c>
       <c r="AO19" s="14">
         <v>2</v>
       </c>
       <c r="AP19" s="14">
         <v>5</v>
       </c>
       <c r="AQ19" s="14">
         <v>4</v>
       </c>
       <c r="AR19" s="14">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AS19" s="14">
         <v>3</v>
       </c>
       <c r="AT19" s="14">
         <v>4</v>
       </c>
       <c r="AU19" s="14">
         <v>6</v>
       </c>
       <c r="AV19" s="14">
         <v>5</v>
       </c>
       <c r="AW19" s="14">
         <v>2</v>
       </c>
       <c r="AX19" s="14">
         <v>5</v>
       </c>
       <c r="AY19" s="14">
         <v>2</v>
       </c>
       <c r="AZ19" s="14">
         <v>3</v>
       </c>
       <c r="BA19" s="14">
         <v>4</v>
       </c>
       <c r="BB19" s="14">
         <v>5</v>
       </c>
       <c r="BC19" s="14">
         <v>5</v>
       </c>
       <c r="BD19" s="14">
         <v>1</v>
       </c>
       <c r="BE19" s="16">
         <v>6</v>
       </c>
       <c r="BF19" s="14">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="BG19" s="14">
         <v>5</v>
       </c>
       <c r="BH19" s="14">
         <v>12</v>
       </c>
       <c r="BI19" s="14">
-        <v>13</v>
+        <v>14</v>
+      </c>
+      <c r="BJ19" s="14">
+        <v>2</v>
       </c>
     </row>
-    <row r="20" spans="1:61" s="14" customFormat="1">
+    <row r="20" spans="1:62" s="14" customFormat="1">
       <c r="A20" s="18" t="s">
         <v>70</v>
       </c>
       <c r="B20" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C20" s="14">
         <v>0</v>
       </c>
       <c r="D20" s="14">
         <v>0</v>
       </c>
       <c r="E20" s="14">
         <v>0</v>
       </c>
       <c r="F20" s="14">
         <v>0</v>
       </c>
       <c r="G20" s="14">
         <v>0</v>
       </c>
       <c r="H20" s="14">
         <v>0</v>
       </c>
       <c r="I20" s="14">
@@ -4261,52 +4377,55 @@
       </c>
       <c r="BB20" s="14">
         <v>0</v>
       </c>
       <c r="BC20" s="14">
         <v>0</v>
       </c>
       <c r="BD20" s="14">
         <v>0</v>
       </c>
       <c r="BE20" s="16">
         <v>1</v>
       </c>
       <c r="BF20" s="14">
         <v>1</v>
       </c>
       <c r="BG20" s="14">
         <v>0</v>
       </c>
       <c r="BH20" s="14">
         <v>2</v>
       </c>
       <c r="BI20" s="14">
         <v>0</v>
       </c>
+      <c r="BJ20" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="21" spans="1:61" s="14" customFormat="1">
+    <row r="21" spans="1:62" s="14" customFormat="1">
       <c r="A21" s="18" t="s">
         <v>72</v>
       </c>
       <c r="B21" s="14" t="s">
         <v>73</v>
       </c>
       <c r="C21" s="14">
         <v>0</v>
       </c>
       <c r="D21" s="14">
         <v>0</v>
       </c>
       <c r="E21" s="14">
         <v>0</v>
       </c>
       <c r="F21" s="14">
         <v>0</v>
       </c>
       <c r="G21" s="14">
         <v>0</v>
       </c>
       <c r="H21" s="14">
         <v>1</v>
       </c>
       <c r="I21" s="14">
@@ -4435,63 +4554,66 @@
       <c r="AX21" s="14">
         <v>0</v>
       </c>
       <c r="AY21" s="14">
         <v>1</v>
       </c>
       <c r="AZ21" s="14">
         <v>0</v>
       </c>
       <c r="BA21" s="14">
         <v>0</v>
       </c>
       <c r="BB21" s="14">
         <v>1</v>
       </c>
       <c r="BC21" s="14">
         <v>0</v>
       </c>
       <c r="BD21" s="14">
         <v>4</v>
       </c>
       <c r="BE21" s="16">
         <v>0</v>
       </c>
       <c r="BF21" s="14">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BG21" s="14">
         <v>2</v>
       </c>
       <c r="BH21" s="14">
         <v>3</v>
       </c>
       <c r="BI21" s="14">
+        <v>2</v>
+      </c>
+      <c r="BJ21" s="14">
         <v>1</v>
       </c>
     </row>
-    <row r="22" spans="1:61" s="14" customFormat="1">
+    <row r="22" spans="1:62" s="14" customFormat="1">
       <c r="A22" s="18" t="s">
         <v>74</v>
       </c>
       <c r="B22" s="14" t="s">
         <v>75</v>
       </c>
       <c r="C22" s="14">
         <v>1</v>
       </c>
       <c r="D22" s="14">
         <v>1</v>
       </c>
       <c r="E22" s="14">
         <v>1</v>
       </c>
       <c r="F22" s="14">
         <v>0</v>
       </c>
       <c r="G22" s="14">
         <v>0</v>
       </c>
       <c r="H22" s="14">
         <v>0</v>
       </c>
       <c r="I22" s="14">
@@ -4620,63 +4742,66 @@
       <c r="AX22" s="14">
         <v>0</v>
       </c>
       <c r="AY22" s="14">
         <v>0</v>
       </c>
       <c r="AZ22" s="14">
         <v>1</v>
       </c>
       <c r="BA22" s="14">
         <v>3</v>
       </c>
       <c r="BB22" s="14">
         <v>0</v>
       </c>
       <c r="BC22" s="14">
         <v>1</v>
       </c>
       <c r="BD22" s="14">
         <v>2</v>
       </c>
       <c r="BE22" s="16">
         <v>0</v>
       </c>
       <c r="BF22" s="14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BG22" s="14">
         <v>3</v>
       </c>
       <c r="BH22" s="14">
         <v>3</v>
       </c>
       <c r="BI22" s="14">
         <v>1</v>
       </c>
+      <c r="BJ22" s="14">
+        <v>3</v>
+      </c>
     </row>
-    <row r="23" spans="1:61" s="14" customFormat="1">
+    <row r="23" spans="1:62" s="14" customFormat="1">
       <c r="A23" s="18" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C23" s="14">
         <v>0</v>
       </c>
       <c r="D23" s="14">
         <v>0</v>
       </c>
       <c r="E23" s="14">
         <v>1</v>
       </c>
       <c r="F23" s="14">
         <v>1</v>
       </c>
       <c r="G23" s="14">
         <v>0</v>
       </c>
       <c r="H23" s="14">
         <v>1</v>
       </c>
       <c r="I23" s="14">
@@ -4814,54 +4939,57 @@
       <c r="BA23" s="14">
         <v>4</v>
       </c>
       <c r="BB23" s="14">
         <v>6</v>
       </c>
       <c r="BC23" s="14">
         <v>3</v>
       </c>
       <c r="BD23" s="14">
         <v>5</v>
       </c>
       <c r="BE23" s="16">
         <v>4</v>
       </c>
       <c r="BF23" s="14">
         <v>3</v>
       </c>
       <c r="BG23" s="14">
         <v>3</v>
       </c>
       <c r="BH23" s="14">
         <v>4</v>
       </c>
       <c r="BI23" s="14">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="BJ23" s="14">
+        <v>4</v>
       </c>
     </row>
-    <row r="24" spans="1:61" s="14" customFormat="1">
+    <row r="24" spans="1:62" s="14" customFormat="1">
       <c r="A24" s="18" t="s">
         <v>78</v>
       </c>
       <c r="B24" s="14" t="s">
         <v>79</v>
       </c>
       <c r="C24" s="14">
         <v>0</v>
       </c>
       <c r="D24" s="14">
         <v>0</v>
       </c>
       <c r="E24" s="14">
         <v>0</v>
       </c>
       <c r="F24" s="14">
         <v>1</v>
       </c>
       <c r="G24" s="14">
         <v>0</v>
       </c>
       <c r="H24" s="14">
         <v>0</v>
       </c>
       <c r="I24" s="14">
@@ -4978,75 +5106,78 @@
       <c r="AT24" s="14">
         <v>4</v>
       </c>
       <c r="AU24" s="14">
         <v>6</v>
       </c>
       <c r="AV24" s="14">
         <v>6</v>
       </c>
       <c r="AW24" s="14">
         <v>3</v>
       </c>
       <c r="AX24" s="14">
         <v>3</v>
       </c>
       <c r="AY24" s="14">
         <v>8</v>
       </c>
       <c r="AZ24" s="14">
         <v>8</v>
       </c>
       <c r="BA24" s="14">
         <v>7</v>
       </c>
       <c r="BB24" s="14">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="BC24" s="14">
         <v>4</v>
       </c>
       <c r="BD24" s="14">
         <v>4</v>
       </c>
       <c r="BE24" s="16">
         <v>6</v>
       </c>
       <c r="BF24" s="14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="BG24" s="14">
         <v>9</v>
       </c>
       <c r="BH24" s="14">
         <v>6</v>
       </c>
       <c r="BI24" s="14">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="BJ24" s="14">
+        <v>2</v>
       </c>
     </row>
-    <row r="25" spans="1:61" s="14" customFormat="1">
+    <row r="25" spans="1:62" s="14" customFormat="1">
       <c r="A25" s="18" t="s">
         <v>80</v>
       </c>
       <c r="B25" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C25" s="14">
         <v>0</v>
       </c>
       <c r="D25" s="14">
         <v>0</v>
       </c>
       <c r="E25" s="14">
         <v>0</v>
       </c>
       <c r="F25" s="14">
         <v>0</v>
       </c>
       <c r="G25" s="14">
         <v>0</v>
       </c>
       <c r="H25" s="14">
         <v>0</v>
       </c>
       <c r="I25" s="14">
@@ -5186,52 +5317,55 @@
       </c>
       <c r="BB25" s="14">
         <v>48</v>
       </c>
       <c r="BC25" s="14">
         <v>0</v>
       </c>
       <c r="BD25" s="14">
         <v>3</v>
       </c>
       <c r="BE25" s="16">
         <v>0</v>
       </c>
       <c r="BF25" s="14">
         <v>1</v>
       </c>
       <c r="BG25" s="14">
         <v>0</v>
       </c>
       <c r="BH25" s="14">
         <v>0</v>
       </c>
       <c r="BI25" s="14">
         <v>3</v>
       </c>
+      <c r="BJ25" s="14">
+        <v>1</v>
+      </c>
     </row>
-    <row r="26" spans="1:61" s="14" customFormat="1">
+    <row r="26" spans="1:62" s="14" customFormat="1">
       <c r="A26" s="18" t="s">
         <v>82</v>
       </c>
       <c r="B26" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C26" s="14">
         <v>0</v>
       </c>
       <c r="D26" s="14">
         <v>1</v>
       </c>
       <c r="E26" s="14">
         <v>0</v>
       </c>
       <c r="F26" s="14">
         <v>0</v>
       </c>
       <c r="G26" s="14">
         <v>0</v>
       </c>
       <c r="H26" s="14">
         <v>0</v>
       </c>
       <c r="I26" s="14">
@@ -5371,52 +5505,55 @@
       </c>
       <c r="BB26" s="14">
         <v>0</v>
       </c>
       <c r="BC26" s="14">
         <v>2</v>
       </c>
       <c r="BD26" s="14">
         <v>3</v>
       </c>
       <c r="BE26" s="16">
         <v>2</v>
       </c>
       <c r="BF26" s="14">
         <v>3</v>
       </c>
       <c r="BG26" s="14">
         <v>1</v>
       </c>
       <c r="BH26" s="14">
         <v>1</v>
       </c>
       <c r="BI26" s="14">
         <v>1</v>
       </c>
+      <c r="BJ26" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="27" spans="1:61" s="14" customFormat="1">
+    <row r="27" spans="1:62" s="14" customFormat="1">
       <c r="A27" s="18" t="s">
         <v>84</v>
       </c>
       <c r="B27" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C27" s="14">
         <v>0</v>
       </c>
       <c r="D27" s="14">
         <v>0</v>
       </c>
       <c r="E27" s="14">
         <v>0</v>
       </c>
       <c r="F27" s="14">
         <v>0</v>
       </c>
       <c r="G27" s="14">
         <v>0</v>
       </c>
       <c r="H27" s="14">
         <v>0</v>
       </c>
       <c r="I27" s="14">
@@ -5556,52 +5693,55 @@
       </c>
       <c r="BB27" s="14">
         <v>1</v>
       </c>
       <c r="BC27" s="14">
         <v>0</v>
       </c>
       <c r="BD27" s="14">
         <v>1</v>
       </c>
       <c r="BE27" s="16">
         <v>0</v>
       </c>
       <c r="BF27" s="14">
         <v>0</v>
       </c>
       <c r="BG27" s="14">
         <v>1</v>
       </c>
       <c r="BH27" s="14">
         <v>0</v>
       </c>
       <c r="BI27" s="14">
         <v>1</v>
       </c>
+      <c r="BJ27" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="28" spans="1:61" s="14" customFormat="1">
+    <row r="28" spans="1:62" s="14" customFormat="1">
       <c r="A28" s="18" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C28" s="14">
         <v>2</v>
       </c>
       <c r="D28" s="14">
         <v>0</v>
       </c>
       <c r="E28" s="14">
         <v>0</v>
       </c>
       <c r="F28" s="14">
         <v>0</v>
       </c>
       <c r="G28" s="14">
         <v>0</v>
       </c>
       <c r="H28" s="14">
         <v>0</v>
       </c>
       <c r="I28" s="14">
@@ -5730,63 +5870,66 @@
       <c r="AX28" s="14">
         <v>1</v>
       </c>
       <c r="AY28" s="14">
         <v>3</v>
       </c>
       <c r="AZ28" s="14">
         <v>2</v>
       </c>
       <c r="BA28" s="14">
         <v>3</v>
       </c>
       <c r="BB28" s="14">
         <v>1</v>
       </c>
       <c r="BC28" s="14">
         <v>2</v>
       </c>
       <c r="BD28" s="14">
         <v>1</v>
       </c>
       <c r="BE28" s="16">
         <v>4</v>
       </c>
       <c r="BF28" s="14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="BG28" s="14">
         <v>3</v>
       </c>
       <c r="BH28" s="14">
         <v>1</v>
       </c>
       <c r="BI28" s="14">
         <v>2</v>
       </c>
+      <c r="BJ28" s="14">
+        <v>1</v>
+      </c>
     </row>
-    <row r="30" spans="1:61" ht="15.75">
+    <row r="30" spans="1:62" ht="15.75">
       <c r="A30" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B30" s="10"/>
       <c r="C30" s="12">
         <f t="shared" ref="C30:AH30" si="2">SUM(C31:C48)</f>
         <v>47</v>
       </c>
       <c r="D30" s="12">
         <f t="shared" si="2"/>
         <v>4</v>
       </c>
       <c r="E30" s="12">
         <f t="shared" si="2"/>
         <v>4</v>
       </c>
       <c r="F30" s="12">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
       <c r="G30" s="12">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
       <c r="H30" s="12">
@@ -5876,159 +6019,163 @@
       <c r="AC30" s="12">
         <f t="shared" si="2"/>
         <v>50</v>
       </c>
       <c r="AD30" s="12">
         <f t="shared" si="2"/>
         <v>62</v>
       </c>
       <c r="AE30" s="12">
         <f t="shared" si="2"/>
         <v>53</v>
       </c>
       <c r="AF30" s="12">
         <f t="shared" si="2"/>
         <v>66</v>
       </c>
       <c r="AG30" s="12">
         <f t="shared" si="2"/>
         <v>69</v>
       </c>
       <c r="AH30" s="12">
         <f t="shared" si="2"/>
         <v>72</v>
       </c>
       <c r="AI30" s="12">
-        <f t="shared" ref="AI30:BI30" si="3">SUM(AI31:AI48)</f>
+        <f t="shared" ref="AI30:BJ30" si="3">SUM(AI31:AI48)</f>
         <v>86</v>
       </c>
       <c r="AJ30" s="12">
         <f t="shared" si="3"/>
         <v>80</v>
       </c>
       <c r="AK30" s="12">
         <f t="shared" si="3"/>
         <v>105</v>
       </c>
       <c r="AL30" s="12">
         <f t="shared" si="3"/>
         <v>65</v>
       </c>
       <c r="AM30" s="12">
         <f t="shared" si="3"/>
         <v>47</v>
       </c>
       <c r="AN30" s="12">
         <f t="shared" si="3"/>
         <v>47</v>
       </c>
       <c r="AO30" s="12">
         <f t="shared" si="3"/>
         <v>42</v>
       </c>
       <c r="AP30" s="12">
         <f t="shared" si="3"/>
         <v>71</v>
       </c>
       <c r="AQ30" s="12">
         <f t="shared" si="3"/>
         <v>52</v>
       </c>
       <c r="AR30" s="12">
         <f t="shared" si="3"/>
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS30" s="12">
         <f t="shared" si="3"/>
         <v>49</v>
       </c>
       <c r="AT30" s="12">
         <f t="shared" si="3"/>
         <v>38</v>
       </c>
       <c r="AU30" s="12">
         <f t="shared" si="3"/>
         <v>63</v>
       </c>
       <c r="AV30" s="12">
         <f t="shared" si="3"/>
         <v>55</v>
       </c>
       <c r="AW30" s="12">
         <f t="shared" si="3"/>
         <v>45</v>
       </c>
       <c r="AX30" s="12">
         <f t="shared" si="3"/>
         <v>53</v>
       </c>
       <c r="AY30" s="12">
         <f t="shared" si="3"/>
         <v>58</v>
       </c>
       <c r="AZ30" s="12">
         <f t="shared" si="3"/>
         <v>69</v>
       </c>
       <c r="BA30" s="12">
         <f t="shared" si="3"/>
         <v>58</v>
       </c>
       <c r="BB30" s="12">
         <f t="shared" si="3"/>
         <v>117</v>
       </c>
       <c r="BC30" s="12">
         <f t="shared" si="3"/>
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="BD30" s="12">
         <f t="shared" si="3"/>
         <v>61</v>
       </c>
       <c r="BE30" s="12">
         <f t="shared" si="3"/>
         <v>69</v>
       </c>
       <c r="BF30" s="12">
         <f t="shared" si="3"/>
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="BG30" s="12">
         <f t="shared" si="3"/>
         <v>67</v>
       </c>
       <c r="BH30" s="12">
         <f t="shared" si="3"/>
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BI30" s="12">
         <f t="shared" si="3"/>
-        <v>53</v>
+        <v>71</v>
+      </c>
+      <c r="BJ30" s="12">
+        <f t="shared" si="3"/>
+        <v>40</v>
       </c>
     </row>
-    <row r="31" spans="1:61" s="14" customFormat="1">
+    <row r="31" spans="1:62" s="14" customFormat="1">
       <c r="A31" s="18">
         <v>1</v>
       </c>
       <c r="B31" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C31" s="14">
         <v>26</v>
       </c>
       <c r="D31" s="14">
         <v>1</v>
       </c>
       <c r="E31" s="14">
         <v>2</v>
       </c>
       <c r="F31" s="14">
         <v>0</v>
       </c>
       <c r="G31" s="14">
         <v>2</v>
       </c>
       <c r="H31" s="14">
         <v>2</v>
       </c>
       <c r="I31" s="14">
@@ -6157,63 +6304,66 @@
       <c r="AX31" s="14">
         <v>14</v>
       </c>
       <c r="AY31" s="14">
         <v>11</v>
       </c>
       <c r="AZ31" s="14">
         <v>23</v>
       </c>
       <c r="BA31" s="14">
         <v>19</v>
       </c>
       <c r="BB31" s="14">
         <v>15</v>
       </c>
       <c r="BC31" s="14">
         <v>20</v>
       </c>
       <c r="BD31" s="14">
         <v>12</v>
       </c>
       <c r="BE31" s="14">
         <v>17</v>
       </c>
       <c r="BF31" s="14">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="BG31" s="14">
         <v>13</v>
       </c>
       <c r="BH31" s="14">
         <v>25</v>
       </c>
       <c r="BI31" s="14">
-        <v>13</v>
+        <v>15</v>
+      </c>
+      <c r="BJ31" s="14">
+        <v>11</v>
       </c>
     </row>
-    <row r="32" spans="1:61" s="14" customFormat="1">
+    <row r="32" spans="1:62" s="14" customFormat="1">
       <c r="A32" s="18">
         <v>31</v>
       </c>
       <c r="B32" s="14" t="s">
         <v>89</v>
       </c>
       <c r="C32" s="14">
         <v>0</v>
       </c>
       <c r="D32" s="14">
         <v>0</v>
       </c>
       <c r="E32" s="14">
         <v>0</v>
       </c>
       <c r="F32" s="14">
         <v>0</v>
       </c>
       <c r="G32" s="14">
         <v>0</v>
       </c>
       <c r="H32" s="14">
         <v>0</v>
       </c>
       <c r="I32" s="14">
@@ -6353,52 +6503,55 @@
       </c>
       <c r="BB32" s="14">
         <v>0</v>
       </c>
       <c r="BC32" s="14">
         <v>0</v>
       </c>
       <c r="BD32" s="14">
         <v>0</v>
       </c>
       <c r="BE32" s="14">
         <v>0</v>
       </c>
       <c r="BF32" s="14">
         <v>0</v>
       </c>
       <c r="BG32" s="14">
         <v>0</v>
       </c>
       <c r="BH32" s="14">
         <v>0</v>
       </c>
       <c r="BI32" s="14">
         <v>0</v>
       </c>
+      <c r="BJ32" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="33" spans="1:61" s="14" customFormat="1">
+    <row r="33" spans="1:62" s="14" customFormat="1">
       <c r="A33" s="18">
         <v>52</v>
       </c>
       <c r="B33" s="14" t="s">
         <v>90</v>
       </c>
       <c r="C33" s="14">
         <v>0</v>
       </c>
       <c r="D33" s="14">
         <v>0</v>
       </c>
       <c r="E33" s="14">
         <v>0</v>
       </c>
       <c r="F33" s="14">
         <v>0</v>
       </c>
       <c r="G33" s="14">
         <v>0</v>
       </c>
       <c r="H33" s="14">
         <v>0</v>
       </c>
       <c r="I33" s="14">
@@ -6538,52 +6691,55 @@
       </c>
       <c r="BB33" s="14">
         <v>0</v>
       </c>
       <c r="BC33" s="14">
         <v>0</v>
       </c>
       <c r="BD33" s="14">
         <v>0</v>
       </c>
       <c r="BE33" s="14">
         <v>0</v>
       </c>
       <c r="BF33" s="14">
         <v>0</v>
       </c>
       <c r="BG33" s="14">
         <v>0</v>
       </c>
       <c r="BH33" s="14">
         <v>0</v>
       </c>
       <c r="BI33" s="14">
         <v>0</v>
       </c>
+      <c r="BJ33" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="34" spans="1:61" s="14" customFormat="1">
+    <row r="34" spans="1:62" s="14" customFormat="1">
       <c r="A34" s="18">
         <v>62</v>
       </c>
       <c r="B34" s="14" t="s">
         <v>94</v>
       </c>
       <c r="C34" s="14">
         <v>0</v>
       </c>
       <c r="D34" s="14">
         <v>1</v>
       </c>
       <c r="E34" s="14">
         <v>0</v>
       </c>
       <c r="F34" s="14">
         <v>0</v>
       </c>
       <c r="G34" s="14">
         <v>0</v>
       </c>
       <c r="H34" s="14">
         <v>0</v>
       </c>
       <c r="I34" s="14">
@@ -6723,52 +6879,55 @@
       </c>
       <c r="BB34" s="14">
         <v>0</v>
       </c>
       <c r="BC34" s="14">
         <v>0</v>
       </c>
       <c r="BD34" s="14">
         <v>0</v>
       </c>
       <c r="BE34" s="14">
         <v>0</v>
       </c>
       <c r="BF34" s="14">
         <v>0</v>
       </c>
       <c r="BG34" s="14">
         <v>0</v>
       </c>
       <c r="BH34" s="14">
         <v>0</v>
       </c>
       <c r="BI34" s="14">
         <v>0</v>
       </c>
+      <c r="BJ34" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="35" spans="1:61" s="14" customFormat="1">
+    <row r="35" spans="1:62" s="14" customFormat="1">
       <c r="A35" s="18">
         <v>92</v>
       </c>
       <c r="B35" s="14" t="s">
         <v>101</v>
       </c>
       <c r="C35" s="14">
         <v>0</v>
       </c>
       <c r="D35" s="14">
         <v>0</v>
       </c>
       <c r="E35" s="14">
         <v>0</v>
       </c>
       <c r="F35" s="14">
         <v>0</v>
       </c>
       <c r="G35" s="14">
         <v>0</v>
       </c>
       <c r="H35" s="14">
         <v>0</v>
       </c>
       <c r="I35" s="14">
@@ -6908,52 +7067,55 @@
       </c>
       <c r="BB35" s="14">
         <v>46</v>
       </c>
       <c r="BC35" s="14">
         <v>0</v>
       </c>
       <c r="BD35" s="14">
         <v>0</v>
       </c>
       <c r="BE35" s="14">
         <v>0</v>
       </c>
       <c r="BF35" s="14">
         <v>0</v>
       </c>
       <c r="BG35" s="14">
         <v>1</v>
       </c>
       <c r="BH35" s="14">
         <v>0</v>
       </c>
       <c r="BI35" s="14">
         <v>0</v>
       </c>
+      <c r="BJ35" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="36" spans="1:61" s="14" customFormat="1">
+    <row r="36" spans="1:62" s="14" customFormat="1">
       <c r="A36" s="18">
         <v>5202</v>
       </c>
       <c r="B36" s="14" t="s">
         <v>90</v>
       </c>
       <c r="C36" s="14">
         <v>0</v>
       </c>
       <c r="D36" s="14">
         <v>0</v>
       </c>
       <c r="E36" s="14">
         <v>0</v>
       </c>
       <c r="F36" s="14">
         <v>0</v>
       </c>
       <c r="G36" s="14">
         <v>0</v>
       </c>
       <c r="H36" s="14">
         <v>0</v>
       </c>
       <c r="I36" s="14">
@@ -7093,52 +7255,55 @@
       </c>
       <c r="BB36" s="14">
         <v>0</v>
       </c>
       <c r="BC36" s="14">
         <v>0</v>
       </c>
       <c r="BD36" s="14">
         <v>0</v>
       </c>
       <c r="BE36" s="14">
         <v>0</v>
       </c>
       <c r="BF36" s="14">
         <v>0</v>
       </c>
       <c r="BG36" s="14">
         <v>0</v>
       </c>
       <c r="BH36" s="14">
         <v>0</v>
       </c>
       <c r="BI36" s="14">
         <v>2</v>
       </c>
+      <c r="BJ36" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="37" spans="1:61" s="14" customFormat="1">
+    <row r="37" spans="1:62" s="14" customFormat="1">
       <c r="A37" s="18">
         <v>5485</v>
       </c>
       <c r="B37" s="14" t="s">
         <v>91</v>
       </c>
       <c r="C37" s="14">
         <v>0</v>
       </c>
       <c r="D37" s="14">
         <v>0</v>
       </c>
       <c r="E37" s="14">
         <v>0</v>
       </c>
       <c r="F37" s="14">
         <v>0</v>
       </c>
       <c r="G37" s="14">
         <v>0</v>
       </c>
       <c r="H37" s="14">
         <v>0</v>
       </c>
       <c r="I37" s="14">
@@ -7278,52 +7443,55 @@
       </c>
       <c r="BB37" s="14">
         <v>0</v>
       </c>
       <c r="BC37" s="14">
         <v>0</v>
       </c>
       <c r="BD37" s="14">
         <v>1</v>
       </c>
       <c r="BE37" s="14">
         <v>3</v>
       </c>
       <c r="BF37" s="14">
         <v>1</v>
       </c>
       <c r="BG37" s="14">
         <v>0</v>
       </c>
       <c r="BH37" s="14">
         <v>0</v>
       </c>
       <c r="BI37" s="14">
         <v>2</v>
       </c>
+      <c r="BJ37" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="38" spans="1:61" s="14" customFormat="1">
+    <row r="38" spans="1:62" s="14" customFormat="1">
       <c r="A38" s="18">
         <v>5498</v>
       </c>
       <c r="B38" s="14" t="s">
         <v>92</v>
       </c>
       <c r="C38" s="14">
         <v>0</v>
       </c>
       <c r="D38" s="14">
         <v>0</v>
       </c>
       <c r="E38" s="14">
         <v>0</v>
       </c>
       <c r="F38" s="14">
         <v>0</v>
       </c>
       <c r="G38" s="14">
         <v>0</v>
       </c>
       <c r="H38" s="14">
         <v>0</v>
       </c>
       <c r="I38" s="14">
@@ -7410,51 +7578,51 @@
       <c r="AJ38" s="14">
         <v>1</v>
       </c>
       <c r="AK38" s="14">
         <v>6</v>
       </c>
       <c r="AL38" s="14">
         <v>0</v>
       </c>
       <c r="AM38" s="14">
         <v>0</v>
       </c>
       <c r="AN38" s="14">
         <v>2</v>
       </c>
       <c r="AO38" s="14">
         <v>1</v>
       </c>
       <c r="AP38" s="14">
         <v>1</v>
       </c>
       <c r="AQ38" s="14">
         <v>0</v>
       </c>
       <c r="AR38" s="14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AS38" s="14">
         <v>0</v>
       </c>
       <c r="AT38" s="14">
         <v>0</v>
       </c>
       <c r="AU38" s="14">
         <v>1</v>
       </c>
       <c r="AV38" s="14">
         <v>2</v>
       </c>
       <c r="AW38" s="14">
         <v>1</v>
       </c>
       <c r="AX38" s="14">
         <v>1</v>
       </c>
       <c r="AY38" s="14">
         <v>3</v>
       </c>
       <c r="AZ38" s="14">
         <v>1</v>
       </c>
@@ -7463,57 +7631,60 @@
       </c>
       <c r="BB38" s="14">
         <v>5</v>
       </c>
       <c r="BC38" s="14">
         <v>1</v>
       </c>
       <c r="BD38" s="14">
         <v>0</v>
       </c>
       <c r="BE38" s="14">
         <v>0</v>
       </c>
       <c r="BF38" s="14">
         <v>1</v>
       </c>
       <c r="BG38" s="14">
         <v>3</v>
       </c>
       <c r="BH38" s="14">
         <v>3</v>
       </c>
       <c r="BI38" s="14">
         <v>1</v>
       </c>
+      <c r="BJ38" s="14">
+        <v>1</v>
+      </c>
     </row>
-    <row r="39" spans="1:61" s="14" customFormat="1">
+    <row r="39" spans="1:62" s="14" customFormat="1">
       <c r="A39" s="18">
         <v>5499</v>
       </c>
       <c r="B39" s="14" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C39" s="14">
         <v>21</v>
       </c>
       <c r="D39" s="14">
         <v>1</v>
       </c>
       <c r="E39" s="14">
         <v>1</v>
       </c>
       <c r="F39" s="14">
         <v>2</v>
       </c>
       <c r="G39" s="14">
         <v>0</v>
       </c>
       <c r="H39" s="14">
         <v>3</v>
       </c>
       <c r="I39" s="14">
         <v>2</v>
       </c>
       <c r="J39" s="14">
         <v>6</v>
       </c>
@@ -7637,68 +7808,71 @@
       <c r="AX39" s="14">
         <v>38</v>
       </c>
       <c r="AY39" s="14">
         <v>42</v>
       </c>
       <c r="AZ39" s="14">
         <v>41</v>
       </c>
       <c r="BA39" s="14">
         <v>33</v>
       </c>
       <c r="BB39" s="14">
         <v>48</v>
       </c>
       <c r="BC39" s="14">
         <v>34</v>
       </c>
       <c r="BD39" s="14">
         <v>42</v>
       </c>
       <c r="BE39" s="14">
         <v>46</v>
       </c>
       <c r="BF39" s="14">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="BG39" s="14">
         <v>49</v>
       </c>
       <c r="BH39" s="14">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="BI39" s="14">
-        <v>33</v>
+        <v>49</v>
+      </c>
+      <c r="BJ39" s="14">
+        <v>27</v>
       </c>
     </row>
-    <row r="40" spans="1:61" s="14" customFormat="1">
+    <row r="40" spans="1:62" s="14" customFormat="1">
       <c r="A40" s="18">
         <v>5599</v>
       </c>
       <c r="B40" s="14" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C40" s="14">
         <v>0</v>
       </c>
       <c r="D40" s="14">
         <v>0</v>
       </c>
       <c r="E40" s="14">
         <v>0</v>
       </c>
       <c r="F40" s="14">
         <v>0</v>
       </c>
       <c r="G40" s="14">
         <v>0</v>
       </c>
       <c r="H40" s="14">
         <v>0</v>
       </c>
       <c r="I40" s="14">
         <v>0</v>
       </c>
       <c r="J40" s="14">
         <v>0</v>
       </c>
@@ -7833,52 +8007,55 @@
       </c>
       <c r="BB40" s="14">
         <v>0</v>
       </c>
       <c r="BC40" s="14">
         <v>0</v>
       </c>
       <c r="BD40" s="14">
         <v>0</v>
       </c>
       <c r="BE40" s="14">
         <v>0</v>
       </c>
       <c r="BF40" s="14">
         <v>0</v>
       </c>
       <c r="BG40" s="14">
         <v>0</v>
       </c>
       <c r="BH40" s="14">
         <v>0</v>
       </c>
       <c r="BI40" s="14">
         <v>0</v>
       </c>
+      <c r="BJ40" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="41" spans="1:61" s="14" customFormat="1">
+    <row r="41" spans="1:62" s="14" customFormat="1">
       <c r="A41" s="18">
         <v>5710</v>
       </c>
       <c r="B41" s="14" t="s">
         <v>93</v>
       </c>
       <c r="C41" s="14">
         <v>0</v>
       </c>
       <c r="D41" s="14">
         <v>0</v>
       </c>
       <c r="E41" s="14">
         <v>0</v>
       </c>
       <c r="F41" s="14">
         <v>0</v>
       </c>
       <c r="G41" s="14">
         <v>0</v>
       </c>
       <c r="H41" s="14">
         <v>0</v>
       </c>
       <c r="I41" s="14">
@@ -7998,72 +8175,75 @@
       <c r="AU41" s="14">
         <v>1</v>
       </c>
       <c r="AV41" s="14">
         <v>0</v>
       </c>
       <c r="AW41" s="14">
         <v>1</v>
       </c>
       <c r="AX41" s="14">
         <v>0</v>
       </c>
       <c r="AY41" s="14">
         <v>1</v>
       </c>
       <c r="AZ41" s="14">
         <v>1</v>
       </c>
       <c r="BA41" s="14">
         <v>0</v>
       </c>
       <c r="BB41" s="14">
         <v>3</v>
       </c>
       <c r="BC41" s="14">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BD41" s="14">
         <v>3</v>
       </c>
       <c r="BE41" s="14">
         <v>2</v>
       </c>
       <c r="BF41" s="14">
         <v>1</v>
       </c>
       <c r="BG41" s="14">
         <v>0</v>
       </c>
       <c r="BH41" s="14">
         <v>1</v>
       </c>
       <c r="BI41" s="14">
         <v>1</v>
       </c>
+      <c r="BJ41" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="42" spans="1:61" s="14" customFormat="1">
+    <row r="42" spans="1:62" s="14" customFormat="1">
       <c r="A42" s="18">
         <v>6220</v>
       </c>
       <c r="B42" s="14" t="s">
         <v>95</v>
       </c>
       <c r="C42" s="14">
         <v>0</v>
       </c>
       <c r="D42" s="14">
         <v>0</v>
       </c>
       <c r="E42" s="14">
         <v>0</v>
       </c>
       <c r="F42" s="14">
         <v>0</v>
       </c>
       <c r="G42" s="14">
         <v>0</v>
       </c>
       <c r="H42" s="14">
         <v>0</v>
       </c>
       <c r="I42" s="14">
@@ -8203,52 +8383,55 @@
       </c>
       <c r="BB42" s="14">
         <v>0</v>
       </c>
       <c r="BC42" s="14">
         <v>1</v>
       </c>
       <c r="BD42" s="14">
         <v>1</v>
       </c>
       <c r="BE42" s="14">
         <v>0</v>
       </c>
       <c r="BF42" s="14">
         <v>0</v>
       </c>
       <c r="BG42" s="14">
         <v>1</v>
       </c>
       <c r="BH42" s="14">
         <v>0</v>
       </c>
       <c r="BI42" s="14">
         <v>0</v>
       </c>
+      <c r="BJ42" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="43" spans="1:61" s="14" customFormat="1">
+    <row r="43" spans="1:62" s="14" customFormat="1">
       <c r="A43" s="18">
         <v>6317</v>
       </c>
       <c r="B43" s="14" t="s">
         <v>96</v>
       </c>
       <c r="C43" s="14">
         <v>0</v>
       </c>
       <c r="D43" s="14">
         <v>0</v>
       </c>
       <c r="E43" s="14">
         <v>0</v>
       </c>
       <c r="F43" s="14">
         <v>0</v>
       </c>
       <c r="G43" s="14">
         <v>0</v>
       </c>
       <c r="H43" s="14">
         <v>0</v>
       </c>
       <c r="I43" s="14">
@@ -8388,52 +8571,55 @@
       </c>
       <c r="BB43" s="14">
         <v>0</v>
       </c>
       <c r="BC43" s="14">
         <v>0</v>
       </c>
       <c r="BD43" s="14">
         <v>0</v>
       </c>
       <c r="BE43" s="14">
         <v>0</v>
       </c>
       <c r="BF43" s="14">
         <v>0</v>
       </c>
       <c r="BG43" s="14">
         <v>0</v>
       </c>
       <c r="BH43" s="14">
         <v>0</v>
       </c>
       <c r="BI43" s="14">
         <v>0</v>
       </c>
+      <c r="BJ43" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="44" spans="1:61" s="14" customFormat="1">
+    <row r="44" spans="1:62" s="14" customFormat="1">
       <c r="A44" s="18">
         <v>6540</v>
       </c>
       <c r="B44" s="14" t="s">
         <v>97</v>
       </c>
       <c r="C44" s="14">
         <v>0</v>
       </c>
       <c r="D44" s="14">
         <v>0</v>
       </c>
       <c r="E44" s="14">
         <v>1</v>
       </c>
       <c r="F44" s="14">
         <v>0</v>
       </c>
       <c r="G44" s="14">
         <v>0</v>
       </c>
       <c r="H44" s="14">
         <v>0</v>
       </c>
       <c r="I44" s="14">
@@ -8562,63 +8748,66 @@
       <c r="AX44" s="14">
         <v>0</v>
       </c>
       <c r="AY44" s="14">
         <v>0</v>
       </c>
       <c r="AZ44" s="14">
         <v>1</v>
       </c>
       <c r="BA44" s="14">
         <v>3</v>
       </c>
       <c r="BB44" s="14">
         <v>0</v>
       </c>
       <c r="BC44" s="14">
         <v>1</v>
       </c>
       <c r="BD44" s="14">
         <v>2</v>
       </c>
       <c r="BE44" s="14">
         <v>0</v>
       </c>
       <c r="BF44" s="14">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BG44" s="14">
         <v>0</v>
       </c>
       <c r="BH44" s="14">
         <v>1</v>
       </c>
       <c r="BI44" s="14">
         <v>1</v>
       </c>
+      <c r="BJ44" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="45" spans="1:61" s="14" customFormat="1">
+    <row r="45" spans="1:62" s="14" customFormat="1">
       <c r="A45" s="18">
         <v>6597</v>
       </c>
       <c r="B45" s="14" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="14">
         <v>0</v>
       </c>
       <c r="D45" s="14">
         <v>0</v>
       </c>
       <c r="E45" s="14">
         <v>0</v>
       </c>
       <c r="F45" s="14">
         <v>0</v>
       </c>
       <c r="G45" s="14">
         <v>0</v>
       </c>
       <c r="H45" s="14">
         <v>0</v>
       </c>
       <c r="I45" s="14">
@@ -8758,52 +8947,55 @@
       </c>
       <c r="BB45" s="14">
         <v>0</v>
       </c>
       <c r="BC45" s="14">
         <v>0</v>
       </c>
       <c r="BD45" s="14">
         <v>0</v>
       </c>
       <c r="BE45" s="14">
         <v>1</v>
       </c>
       <c r="BF45" s="14">
         <v>0</v>
       </c>
       <c r="BG45" s="14">
         <v>0</v>
       </c>
       <c r="BH45" s="14">
         <v>0</v>
       </c>
       <c r="BI45" s="14">
         <v>0</v>
       </c>
+      <c r="BJ45" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="46" spans="1:61" s="14" customFormat="1">
+    <row r="46" spans="1:62" s="14" customFormat="1">
       <c r="A46" s="18">
         <v>6599</v>
       </c>
       <c r="B46" s="14" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="14">
         <v>0</v>
       </c>
       <c r="D46" s="14">
         <v>1</v>
       </c>
       <c r="E46" s="14">
         <v>0</v>
       </c>
       <c r="F46" s="14">
         <v>0</v>
       </c>
       <c r="G46" s="14">
         <v>0</v>
       </c>
       <c r="H46" s="14">
         <v>0</v>
       </c>
       <c r="I46" s="14">
@@ -8943,57 +9135,60 @@
       </c>
       <c r="BB46" s="14">
         <v>0</v>
       </c>
       <c r="BC46" s="14">
         <v>0</v>
       </c>
       <c r="BD46" s="14">
         <v>0</v>
       </c>
       <c r="BE46" s="14">
         <v>0</v>
       </c>
       <c r="BF46" s="14">
         <v>0</v>
       </c>
       <c r="BG46" s="14">
         <v>0</v>
       </c>
       <c r="BH46" s="14">
         <v>0</v>
       </c>
       <c r="BI46" s="14">
         <v>0</v>
       </c>
+      <c r="BJ46" s="14">
+        <v>1</v>
+      </c>
     </row>
-    <row r="47" spans="1:61" s="14" customFormat="1">
+    <row r="47" spans="1:62" s="14" customFormat="1">
       <c r="A47" s="18">
         <v>6901</v>
       </c>
       <c r="B47" s="14" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C47" s="14">
         <v>0</v>
       </c>
       <c r="D47" s="14">
         <v>0</v>
       </c>
       <c r="E47" s="14">
         <v>0</v>
       </c>
       <c r="F47" s="14">
         <v>0</v>
       </c>
       <c r="G47" s="14">
         <v>0</v>
       </c>
       <c r="H47" s="14">
         <v>0</v>
       </c>
       <c r="I47" s="14">
         <v>0</v>
       </c>
       <c r="J47" s="14">
         <v>0</v>
       </c>
@@ -9128,52 +9323,55 @@
       </c>
       <c r="BB47" s="14">
         <v>0</v>
       </c>
       <c r="BC47" s="14">
         <v>0</v>
       </c>
       <c r="BD47" s="14">
         <v>0</v>
       </c>
       <c r="BE47" s="14">
         <v>0</v>
       </c>
       <c r="BF47" s="14">
         <v>0</v>
       </c>
       <c r="BG47" s="14">
         <v>0</v>
       </c>
       <c r="BH47" s="14">
         <v>0</v>
       </c>
       <c r="BI47" s="14">
         <v>0</v>
       </c>
+      <c r="BJ47" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="48" spans="1:61" s="14" customFormat="1">
+    <row r="48" spans="1:62" s="14" customFormat="1">
       <c r="A48" s="18">
         <v>8410</v>
       </c>
       <c r="B48" s="14" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="14">
         <v>0</v>
       </c>
       <c r="D48" s="14">
         <v>0</v>
       </c>
       <c r="E48" s="14">
         <v>0</v>
       </c>
       <c r="F48" s="14">
         <v>0</v>
       </c>
       <c r="G48" s="14">
         <v>0</v>
       </c>
       <c r="H48" s="14">
         <v>0</v>
       </c>
       <c r="I48" s="14">
@@ -9313,52 +9511,55 @@
       </c>
       <c r="BB48" s="14">
         <v>0</v>
       </c>
       <c r="BC48" s="14">
         <v>0</v>
       </c>
       <c r="BD48" s="14">
         <v>0</v>
       </c>
       <c r="BE48" s="14">
         <v>0</v>
       </c>
       <c r="BF48" s="14">
         <v>0</v>
       </c>
       <c r="BG48" s="14">
         <v>0</v>
       </c>
       <c r="BH48" s="14">
         <v>0</v>
       </c>
       <c r="BI48" s="14">
         <v>0</v>
       </c>
+      <c r="BJ48" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="50" spans="1:61" ht="15.75">
+    <row r="50" spans="1:62" ht="15.75">
       <c r="A50" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="10"/>
       <c r="C50" s="12">
         <f>SUM(C51:C84)</f>
         <v>47</v>
       </c>
       <c r="D50" s="12">
         <f t="shared" ref="D50:AX50" si="4">SUM(D51:D84)</f>
         <v>4</v>
       </c>
       <c r="E50" s="12">
         <f t="shared" si="4"/>
         <v>4</v>
       </c>
       <c r="F50" s="12">
         <f t="shared" si="4"/>
         <v>2</v>
       </c>
       <c r="G50" s="12">
         <f t="shared" si="4"/>
         <v>2</v>
       </c>
       <c r="H50" s="12">
@@ -9485,497 +9686,507 @@
         <f t="shared" si="4"/>
         <v>65</v>
       </c>
       <c r="AM50" s="12">
         <f t="shared" si="4"/>
         <v>47</v>
       </c>
       <c r="AN50" s="12">
         <f t="shared" si="4"/>
         <v>47</v>
       </c>
       <c r="AO50" s="12">
         <f t="shared" si="4"/>
         <v>42</v>
       </c>
       <c r="AP50" s="12">
         <f t="shared" si="4"/>
         <v>71</v>
       </c>
       <c r="AQ50" s="12">
         <f t="shared" si="4"/>
         <v>52</v>
       </c>
       <c r="AR50" s="12">
         <f t="shared" si="4"/>
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AS50" s="12">
         <f t="shared" si="4"/>
         <v>49</v>
       </c>
       <c r="AT50" s="12">
         <f t="shared" si="4"/>
         <v>38</v>
       </c>
       <c r="AU50" s="12">
         <f t="shared" si="4"/>
         <v>63</v>
       </c>
       <c r="AV50" s="12">
         <f t="shared" si="4"/>
         <v>55</v>
       </c>
       <c r="AW50" s="12">
         <f t="shared" si="4"/>
         <v>45</v>
       </c>
       <c r="AX50" s="12">
         <f t="shared" si="4"/>
         <v>53</v>
       </c>
       <c r="AY50" s="12">
-        <f t="shared" ref="AY50:BI50" si="5">SUM(AY51:AY84)</f>
+        <f t="shared" ref="AY50:BJ50" si="5">SUM(AY51:AY84)</f>
         <v>58</v>
       </c>
       <c r="AZ50" s="12">
         <f t="shared" si="5"/>
         <v>69</v>
       </c>
       <c r="BA50" s="12">
         <f t="shared" si="5"/>
         <v>58</v>
       </c>
       <c r="BB50" s="12">
         <f t="shared" si="5"/>
         <v>117</v>
       </c>
       <c r="BC50" s="12">
         <f t="shared" si="5"/>
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="BD50" s="12">
         <f t="shared" si="5"/>
         <v>61</v>
       </c>
       <c r="BE50" s="12">
         <f t="shared" si="5"/>
         <v>69</v>
       </c>
       <c r="BF50" s="12">
         <f t="shared" si="5"/>
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="BG50" s="12">
         <f t="shared" si="5"/>
         <v>67</v>
       </c>
       <c r="BH50" s="12">
         <f t="shared" si="5"/>
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BI50" s="12">
         <f t="shared" si="5"/>
-        <v>53</v>
+        <v>71</v>
+      </c>
+      <c r="BJ50" s="12">
+        <f t="shared" si="5"/>
+        <v>40</v>
       </c>
     </row>
-    <row r="51" spans="1:61" s="14" customFormat="1">
+    <row r="51" spans="1:62" s="14" customFormat="1">
       <c r="A51" s="17" t="s">
+        <v>138</v>
+      </c>
+      <c r="B51" s="18" t="s">
         <v>139</v>
       </c>
-      <c r="B51" s="18" t="s">
+      <c r="C51" s="14">
+        <v>0</v>
+      </c>
+      <c r="D51" s="14">
+        <v>0</v>
+      </c>
+      <c r="E51" s="14">
+        <v>0</v>
+      </c>
+      <c r="F51" s="14">
+        <v>0</v>
+      </c>
+      <c r="G51" s="14">
+        <v>0</v>
+      </c>
+      <c r="H51" s="14">
+        <v>0</v>
+      </c>
+      <c r="I51" s="14">
+        <v>0</v>
+      </c>
+      <c r="J51" s="14">
+        <v>0</v>
+      </c>
+      <c r="K51" s="14">
+        <v>0</v>
+      </c>
+      <c r="L51" s="14">
+        <v>0</v>
+      </c>
+      <c r="M51" s="14">
+        <v>0</v>
+      </c>
+      <c r="N51" s="14">
+        <v>0</v>
+      </c>
+      <c r="O51" s="14">
+        <v>0</v>
+      </c>
+      <c r="P51" s="14">
+        <v>1</v>
+      </c>
+      <c r="Q51" s="14">
+        <v>0</v>
+      </c>
+      <c r="R51" s="14">
+        <v>0</v>
+      </c>
+      <c r="S51" s="14">
+        <v>0</v>
+      </c>
+      <c r="T51" s="14">
+        <v>0</v>
+      </c>
+      <c r="U51" s="14">
+        <v>0</v>
+      </c>
+      <c r="V51" s="14">
+        <v>0</v>
+      </c>
+      <c r="W51" s="14">
+        <v>0</v>
+      </c>
+      <c r="X51" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y51" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX51" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY51" s="19">
+        <v>0</v>
+      </c>
+      <c r="AZ51" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA51" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB51" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC51" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD51" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE51" s="16">
+        <v>0</v>
+      </c>
+      <c r="BF51" s="14">
+        <v>1</v>
+      </c>
+      <c r="BG51" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH51" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI51" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ51" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:62" s="14" customFormat="1">
+      <c r="A52" s="14" t="s">
         <v>140</v>
       </c>
-      <c r="C51" s="14">
-[...173 lines deleted...]
-      <c r="BI51" s="14">
+      <c r="B52" s="18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C52" s="14">
+        <v>0</v>
+      </c>
+      <c r="D52" s="14">
+        <v>0</v>
+      </c>
+      <c r="E52" s="14">
+        <v>0</v>
+      </c>
+      <c r="F52" s="14">
+        <v>0</v>
+      </c>
+      <c r="G52" s="14">
+        <v>0</v>
+      </c>
+      <c r="H52" s="14">
+        <v>0</v>
+      </c>
+      <c r="I52" s="14">
+        <v>0</v>
+      </c>
+      <c r="J52" s="14">
+        <v>0</v>
+      </c>
+      <c r="K52" s="14">
+        <v>0</v>
+      </c>
+      <c r="L52" s="14">
+        <v>0</v>
+      </c>
+      <c r="M52" s="14">
+        <v>1</v>
+      </c>
+      <c r="N52" s="14">
+        <v>0</v>
+      </c>
+      <c r="O52" s="14">
+        <v>0</v>
+      </c>
+      <c r="P52" s="14">
+        <v>1</v>
+      </c>
+      <c r="Q52" s="14">
+        <v>0</v>
+      </c>
+      <c r="R52" s="14">
+        <v>0</v>
+      </c>
+      <c r="S52" s="14">
+        <v>0</v>
+      </c>
+      <c r="T52" s="14">
+        <v>1</v>
+      </c>
+      <c r="U52" s="14">
+        <v>0</v>
+      </c>
+      <c r="V52" s="14">
+        <v>0</v>
+      </c>
+      <c r="W52" s="14">
+        <v>0</v>
+      </c>
+      <c r="X52" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y52" s="14">
+        <v>1</v>
+      </c>
+      <c r="Z52" s="14">
+        <v>1</v>
+      </c>
+      <c r="AA52" s="14">
+        <v>2</v>
+      </c>
+      <c r="AB52" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC52" s="14">
+        <v>1</v>
+      </c>
+      <c r="AD52" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE52" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF52" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG52" s="14">
+        <v>2</v>
+      </c>
+      <c r="AH52" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI52" s="14">
+        <v>2</v>
+      </c>
+      <c r="AJ52" s="14">
+        <v>1</v>
+      </c>
+      <c r="AK52" s="14">
+        <v>1</v>
+      </c>
+      <c r="AL52" s="14">
+        <v>1</v>
+      </c>
+      <c r="AM52" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN52" s="14">
+        <v>2</v>
+      </c>
+      <c r="AO52" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP52" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ52" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR52" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS52" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT52" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU52" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV52" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW52" s="14">
+        <v>1</v>
+      </c>
+      <c r="AX52" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY52" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ52" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA52" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB52" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC52" s="14">
+        <v>1</v>
+      </c>
+      <c r="BD52" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE52" s="16">
+        <v>1</v>
+      </c>
+      <c r="BF52" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG52" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH52" s="14">
+        <v>1</v>
+      </c>
+      <c r="BI52" s="14">
+        <v>2</v>
+      </c>
+      <c r="BJ52" s="14">
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:61" s="14" customFormat="1">
-[...3 lines deleted...]
-      <c r="B52" s="18" t="s">
+    <row r="53" spans="1:62" s="14" customFormat="1">
+      <c r="A53" s="14" t="s">
+        <v>140</v>
+      </c>
+      <c r="B53" s="18" t="s">
         <v>142</v>
-      </c>
-[...183 lines deleted...]
-        <v>143</v>
       </c>
       <c r="C53" s="14">
         <v>0</v>
       </c>
       <c r="D53" s="14">
         <v>0</v>
       </c>
       <c r="E53" s="14">
         <v>0</v>
       </c>
       <c r="F53" s="14">
         <v>0</v>
       </c>
       <c r="G53" s="14">
         <v>0</v>
       </c>
       <c r="H53" s="14">
         <v>0</v>
       </c>
       <c r="I53" s="14">
         <v>0</v>
       </c>
       <c r="J53" s="14">
         <v>0</v>
       </c>
@@ -10110,242 +10321,248 @@
       </c>
       <c r="BB53" s="14">
         <v>1</v>
       </c>
       <c r="BC53" s="14">
         <v>1</v>
       </c>
       <c r="BD53" s="14">
         <v>4</v>
       </c>
       <c r="BE53" s="16">
         <v>4</v>
       </c>
       <c r="BF53" s="14">
         <v>0</v>
       </c>
       <c r="BG53" s="14">
         <v>1</v>
       </c>
       <c r="BH53" s="14">
         <v>1</v>
       </c>
       <c r="BI53" s="14">
         <v>1</v>
       </c>
+      <c r="BJ53" s="14">
+        <v>1</v>
+      </c>
     </row>
-    <row r="54" spans="1:61" s="14" customFormat="1">
+    <row r="54" spans="1:62" s="14" customFormat="1">
       <c r="A54" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B54" s="18" t="s">
+        <v>143</v>
+      </c>
+      <c r="C54" s="14">
+        <v>0</v>
+      </c>
+      <c r="D54" s="14">
+        <v>0</v>
+      </c>
+      <c r="E54" s="14">
+        <v>0</v>
+      </c>
+      <c r="F54" s="14">
+        <v>0</v>
+      </c>
+      <c r="G54" s="14">
+        <v>0</v>
+      </c>
+      <c r="H54" s="14">
+        <v>0</v>
+      </c>
+      <c r="I54" s="14">
+        <v>0</v>
+      </c>
+      <c r="J54" s="14">
+        <v>0</v>
+      </c>
+      <c r="K54" s="14">
+        <v>0</v>
+      </c>
+      <c r="L54" s="14">
+        <v>2</v>
+      </c>
+      <c r="M54" s="14">
+        <v>1</v>
+      </c>
+      <c r="N54" s="14">
+        <v>1</v>
+      </c>
+      <c r="O54" s="14">
+        <v>0</v>
+      </c>
+      <c r="P54" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q54" s="14">
+        <v>0</v>
+      </c>
+      <c r="R54" s="14">
+        <v>1</v>
+      </c>
+      <c r="S54" s="14">
+        <v>0</v>
+      </c>
+      <c r="T54" s="14">
+        <v>0</v>
+      </c>
+      <c r="U54" s="14">
+        <v>0</v>
+      </c>
+      <c r="V54" s="14">
+        <v>0</v>
+      </c>
+      <c r="W54" s="14">
+        <v>0</v>
+      </c>
+      <c r="X54" s="14">
+        <v>1</v>
+      </c>
+      <c r="Y54" s="14">
+        <v>1</v>
+      </c>
+      <c r="Z54" s="14">
+        <v>2</v>
+      </c>
+      <c r="AA54" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB54" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC54" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD54" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE54" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF54" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG54" s="14">
+        <v>1</v>
+      </c>
+      <c r="AH54" s="14">
+        <v>3</v>
+      </c>
+      <c r="AI54" s="14">
+        <v>1</v>
+      </c>
+      <c r="AJ54" s="14">
+        <v>1</v>
+      </c>
+      <c r="AK54" s="14">
+        <v>1</v>
+      </c>
+      <c r="AL54" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM54" s="14">
+        <v>1</v>
+      </c>
+      <c r="AN54" s="14">
+        <v>2</v>
+      </c>
+      <c r="AO54" s="14">
+        <v>1</v>
+      </c>
+      <c r="AP54" s="14">
+        <v>1</v>
+      </c>
+      <c r="AQ54" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR54" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS54" s="14">
+        <v>1</v>
+      </c>
+      <c r="AT54" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU54" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV54" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW54" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX54" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY54" s="14">
+        <v>1</v>
+      </c>
+      <c r="AZ54" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA54" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB54" s="14">
+        <v>1</v>
+      </c>
+      <c r="BC54" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD54" s="14">
+        <v>1</v>
+      </c>
+      <c r="BE54" s="16">
+        <v>1</v>
+      </c>
+      <c r="BF54" s="14">
+        <v>2</v>
+      </c>
+      <c r="BG54" s="14">
+        <v>3</v>
+      </c>
+      <c r="BH54" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI54" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ54" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:62" s="14" customFormat="1">
+      <c r="A55" s="14" t="s">
+        <v>140</v>
+      </c>
+      <c r="B55" s="18" t="s">
         <v>144</v>
-      </c>
-[...183 lines deleted...]
-        <v>145</v>
       </c>
       <c r="C55" s="14">
         <v>4</v>
       </c>
       <c r="D55" s="14">
         <v>0</v>
       </c>
       <c r="E55" s="14">
         <v>1</v>
       </c>
       <c r="F55" s="14">
         <v>0</v>
       </c>
       <c r="G55" s="14">
         <v>1</v>
       </c>
       <c r="H55" s="14">
         <v>0</v>
       </c>
       <c r="I55" s="14">
         <v>0</v>
       </c>
       <c r="J55" s="14">
         <v>2</v>
       </c>
@@ -10460,1002 +10677,1020 @@
       <c r="AU55" s="14">
         <v>6</v>
       </c>
       <c r="AV55" s="14">
         <v>5</v>
       </c>
       <c r="AW55" s="14">
         <v>3</v>
       </c>
       <c r="AX55" s="14">
         <v>6</v>
       </c>
       <c r="AY55" s="14">
         <v>5</v>
       </c>
       <c r="AZ55" s="14">
         <v>10</v>
       </c>
       <c r="BA55" s="14">
         <v>3</v>
       </c>
       <c r="BB55" s="14">
         <v>9</v>
       </c>
       <c r="BC55" s="14">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="BD55" s="14">
         <v>9</v>
       </c>
       <c r="BE55" s="16">
         <v>7</v>
       </c>
       <c r="BF55" s="14">
         <v>5</v>
       </c>
       <c r="BG55" s="14">
         <v>5</v>
       </c>
       <c r="BH55" s="14">
         <v>10</v>
       </c>
       <c r="BI55" s="14">
         <v>6</v>
       </c>
+      <c r="BJ55" s="14">
+        <v>4</v>
+      </c>
     </row>
-    <row r="56" spans="1:61" s="14" customFormat="1">
+    <row r="56" spans="1:62" s="14" customFormat="1">
       <c r="A56" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B56" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C56" s="14">
+        <v>0</v>
+      </c>
+      <c r="D56" s="14">
+        <v>0</v>
+      </c>
+      <c r="E56" s="14">
+        <v>0</v>
+      </c>
+      <c r="F56" s="14">
+        <v>0</v>
+      </c>
+      <c r="G56" s="14">
+        <v>0</v>
+      </c>
+      <c r="H56" s="14">
+        <v>0</v>
+      </c>
+      <c r="I56" s="14">
+        <v>0</v>
+      </c>
+      <c r="J56" s="14">
+        <v>0</v>
+      </c>
+      <c r="K56" s="14">
+        <v>0</v>
+      </c>
+      <c r="L56" s="14">
+        <v>0</v>
+      </c>
+      <c r="M56" s="14">
+        <v>0</v>
+      </c>
+      <c r="N56" s="14">
+        <v>0</v>
+      </c>
+      <c r="O56" s="14">
+        <v>0</v>
+      </c>
+      <c r="P56" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q56" s="14">
+        <v>0</v>
+      </c>
+      <c r="R56" s="14">
+        <v>0</v>
+      </c>
+      <c r="S56" s="14">
+        <v>0</v>
+      </c>
+      <c r="T56" s="14">
+        <v>0</v>
+      </c>
+      <c r="U56" s="14">
+        <v>0</v>
+      </c>
+      <c r="V56" s="14">
+        <v>0</v>
+      </c>
+      <c r="W56" s="14">
+        <v>0</v>
+      </c>
+      <c r="X56" s="14">
+        <v>1</v>
+      </c>
+      <c r="Y56" s="14">
+        <v>1</v>
+      </c>
+      <c r="Z56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG56" s="14">
+        <v>1</v>
+      </c>
+      <c r="AH56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP56" s="14">
+        <v>1</v>
+      </c>
+      <c r="AQ56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT56" s="14">
+        <v>2</v>
+      </c>
+      <c r="AU56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW56" s="14">
+        <v>1</v>
+      </c>
+      <c r="AX56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY56" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ56" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA56" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB56" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC56" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD56" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE56" s="16">
+        <v>1</v>
+      </c>
+      <c r="BF56" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG56" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH56" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI56" s="14">
+        <v>1</v>
+      </c>
+      <c r="BJ56" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:62" s="14" customFormat="1">
+      <c r="A57" s="14" t="s">
+        <v>138</v>
+      </c>
+      <c r="B57" s="18" t="s">
         <v>146</v>
       </c>
-      <c r="C56" s="14">
-[...173 lines deleted...]
-      <c r="BI56" s="14">
+      <c r="C57" s="14">
+        <v>0</v>
+      </c>
+      <c r="D57" s="14">
+        <v>0</v>
+      </c>
+      <c r="E57" s="14">
+        <v>0</v>
+      </c>
+      <c r="F57" s="14">
+        <v>0</v>
+      </c>
+      <c r="G57" s="14">
+        <v>0</v>
+      </c>
+      <c r="H57" s="14">
+        <v>0</v>
+      </c>
+      <c r="I57" s="14">
+        <v>0</v>
+      </c>
+      <c r="J57" s="14">
+        <v>0</v>
+      </c>
+      <c r="K57" s="14">
+        <v>0</v>
+      </c>
+      <c r="L57" s="14">
+        <v>1</v>
+      </c>
+      <c r="M57" s="14">
+        <v>0</v>
+      </c>
+      <c r="N57" s="14">
+        <v>0</v>
+      </c>
+      <c r="O57" s="14">
+        <v>0</v>
+      </c>
+      <c r="P57" s="14">
+        <v>1</v>
+      </c>
+      <c r="Q57" s="14">
+        <v>0</v>
+      </c>
+      <c r="R57" s="14">
+        <v>0</v>
+      </c>
+      <c r="S57" s="14">
+        <v>0</v>
+      </c>
+      <c r="T57" s="14">
+        <v>0</v>
+      </c>
+      <c r="U57" s="14">
+        <v>0</v>
+      </c>
+      <c r="V57" s="14">
+        <v>0</v>
+      </c>
+      <c r="W57" s="14">
+        <v>1</v>
+      </c>
+      <c r="X57" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y57" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI57" s="14">
+        <v>1</v>
+      </c>
+      <c r="AJ57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK57" s="14">
+        <v>1</v>
+      </c>
+      <c r="AL57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP57" s="14">
+        <v>2</v>
+      </c>
+      <c r="AQ57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS57" s="14">
+        <v>1</v>
+      </c>
+      <c r="AT57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY57" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ57" s="14">
+        <v>1</v>
+      </c>
+      <c r="BA57" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB57" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC57" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD57" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE57" s="16">
+        <v>0</v>
+      </c>
+      <c r="BF57" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG57" s="14">
+        <v>2</v>
+      </c>
+      <c r="BH57" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI57" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ57" s="14">
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:61" s="14" customFormat="1">
-[...3 lines deleted...]
-      <c r="B57" s="18" t="s">
+    <row r="58" spans="1:62" s="14" customFormat="1">
+      <c r="A58" s="14" t="s">
+        <v>138</v>
+      </c>
+      <c r="B58" s="18" t="s">
         <v>147</v>
       </c>
-      <c r="C57" s="14">
-[...173 lines deleted...]
-      <c r="BI57" s="14">
+      <c r="C58" s="14">
+        <v>0</v>
+      </c>
+      <c r="D58" s="14">
+        <v>0</v>
+      </c>
+      <c r="E58" s="14">
+        <v>0</v>
+      </c>
+      <c r="F58" s="14">
+        <v>0</v>
+      </c>
+      <c r="G58" s="14">
+        <v>0</v>
+      </c>
+      <c r="H58" s="14">
+        <v>0</v>
+      </c>
+      <c r="I58" s="14">
+        <v>0</v>
+      </c>
+      <c r="J58" s="14">
+        <v>0</v>
+      </c>
+      <c r="K58" s="14">
+        <v>0</v>
+      </c>
+      <c r="L58" s="14">
+        <v>0</v>
+      </c>
+      <c r="M58" s="14">
+        <v>1</v>
+      </c>
+      <c r="N58" s="14">
+        <v>0</v>
+      </c>
+      <c r="O58" s="14">
+        <v>1</v>
+      </c>
+      <c r="P58" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q58" s="14">
+        <v>0</v>
+      </c>
+      <c r="R58" s="14">
+        <v>0</v>
+      </c>
+      <c r="S58" s="14">
+        <v>0</v>
+      </c>
+      <c r="T58" s="14">
+        <v>0</v>
+      </c>
+      <c r="U58" s="14">
+        <v>2</v>
+      </c>
+      <c r="V58" s="14">
+        <v>0</v>
+      </c>
+      <c r="W58" s="14">
+        <v>0</v>
+      </c>
+      <c r="X58" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y58" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z58" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA58" s="14">
+        <v>1</v>
+      </c>
+      <c r="AB58" s="14">
+        <v>1</v>
+      </c>
+      <c r="AC58" s="14">
+        <v>1</v>
+      </c>
+      <c r="AD58" s="14">
+        <v>1</v>
+      </c>
+      <c r="AE58" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF58" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG58" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH58" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI58" s="14">
+        <v>2</v>
+      </c>
+      <c r="AJ58" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK58" s="14">
+        <v>2</v>
+      </c>
+      <c r="AL58" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM58" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN58" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO58" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP58" s="14">
+        <v>1</v>
+      </c>
+      <c r="AQ58" s="14">
+        <v>1</v>
+      </c>
+      <c r="AR58" s="14">
+        <v>1</v>
+      </c>
+      <c r="AS58" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT58" s="14">
+        <v>1</v>
+      </c>
+      <c r="AU58" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV58" s="14">
+        <v>1</v>
+      </c>
+      <c r="AW58" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX58" s="14">
+        <v>2</v>
+      </c>
+      <c r="AY58" s="14">
+        <v>3</v>
+      </c>
+      <c r="AZ58" s="14">
+        <v>3</v>
+      </c>
+      <c r="BA58" s="14">
+        <v>1</v>
+      </c>
+      <c r="BB58" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC58" s="14">
+        <v>1</v>
+      </c>
+      <c r="BD58" s="14">
+        <v>1</v>
+      </c>
+      <c r="BE58" s="16">
+        <v>1</v>
+      </c>
+      <c r="BF58" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG58" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH58" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI58" s="14">
+        <v>1</v>
+      </c>
+      <c r="BJ58" s="14">
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="1:61" s="14" customFormat="1">
-[...3 lines deleted...]
-      <c r="B58" s="18" t="s">
+    <row r="59" spans="1:62" s="14" customFormat="1">
+      <c r="A59" s="14" t="s">
+        <v>140</v>
+      </c>
+      <c r="B59" s="18" t="s">
         <v>148</v>
       </c>
-      <c r="C58" s="14">
-[...173 lines deleted...]
-      <c r="BI58" s="14">
+      <c r="C59" s="14">
+        <v>0</v>
+      </c>
+      <c r="D59" s="14">
+        <v>0</v>
+      </c>
+      <c r="E59" s="14">
+        <v>0</v>
+      </c>
+      <c r="F59" s="14">
+        <v>0</v>
+      </c>
+      <c r="G59" s="14">
+        <v>0</v>
+      </c>
+      <c r="H59" s="14">
+        <v>0</v>
+      </c>
+      <c r="I59" s="14">
+        <v>0</v>
+      </c>
+      <c r="J59" s="14">
+        <v>0</v>
+      </c>
+      <c r="K59" s="14">
+        <v>0</v>
+      </c>
+      <c r="L59" s="14">
+        <v>0</v>
+      </c>
+      <c r="M59" s="14">
+        <v>0</v>
+      </c>
+      <c r="N59" s="14">
+        <v>0</v>
+      </c>
+      <c r="O59" s="14">
+        <v>0</v>
+      </c>
+      <c r="P59" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q59" s="14">
+        <v>1</v>
+      </c>
+      <c r="R59" s="14">
+        <v>0</v>
+      </c>
+      <c r="S59" s="14">
+        <v>0</v>
+      </c>
+      <c r="T59" s="14">
+        <v>0</v>
+      </c>
+      <c r="U59" s="14">
+        <v>0</v>
+      </c>
+      <c r="V59" s="14">
+        <v>0</v>
+      </c>
+      <c r="W59" s="14">
+        <v>0</v>
+      </c>
+      <c r="X59" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y59" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE59" s="14">
+        <v>1</v>
+      </c>
+      <c r="AF59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG59" s="14">
+        <v>1</v>
+      </c>
+      <c r="AH59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK59" s="14">
+        <v>2</v>
+      </c>
+      <c r="AL59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX59" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY59" s="14">
+        <v>1</v>
+      </c>
+      <c r="AZ59" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA59" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB59" s="14">
+        <v>3</v>
+      </c>
+      <c r="BC59" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD59" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE59" s="16">
+        <v>1</v>
+      </c>
+      <c r="BF59" s="14">
+        <v>1</v>
+      </c>
+      <c r="BG59" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH59" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI59" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ59" s="14">
         <v>1</v>
       </c>
     </row>
-    <row r="59" spans="1:61" s="14" customFormat="1">
-[...3 lines deleted...]
-      <c r="B59" s="18" t="s">
+    <row r="60" spans="1:62" s="14" customFormat="1">
+      <c r="A60" s="14" t="s">
+        <v>138</v>
+      </c>
+      <c r="B60" s="18" t="s">
         <v>149</v>
       </c>
-      <c r="C59" s="14">
-[...174 lines deleted...]
-        <v>0</v>
+      <c r="C60" s="14">
+        <v>0</v>
+      </c>
+      <c r="D60" s="14">
+        <v>0</v>
+      </c>
+      <c r="E60" s="14">
+        <v>0</v>
+      </c>
+      <c r="F60" s="14">
+        <v>0</v>
+      </c>
+      <c r="G60" s="14">
+        <v>0</v>
+      </c>
+      <c r="H60" s="14">
+        <v>0</v>
+      </c>
+      <c r="I60" s="14">
+        <v>0</v>
+      </c>
+      <c r="J60" s="14">
+        <v>0</v>
+      </c>
+      <c r="K60" s="14">
+        <v>0</v>
+      </c>
+      <c r="L60" s="14">
+        <v>0</v>
+      </c>
+      <c r="M60" s="14">
+        <v>1</v>
+      </c>
+      <c r="N60" s="14">
+        <v>1</v>
+      </c>
+      <c r="O60" s="14">
+        <v>0</v>
+      </c>
+      <c r="P60" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q60" s="14">
+        <v>0</v>
+      </c>
+      <c r="R60" s="14">
+        <v>0</v>
+      </c>
+      <c r="S60" s="14">
+        <v>1</v>
+      </c>
+      <c r="T60" s="14">
+        <v>0</v>
+      </c>
+      <c r="U60" s="14">
+        <v>1</v>
+      </c>
+      <c r="V60" s="14">
+        <v>0</v>
+      </c>
+      <c r="W60" s="14">
+        <v>1</v>
+      </c>
+      <c r="X60" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y60" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG60" s="14">
+        <v>1</v>
+      </c>
+      <c r="AH60" s="14">
+        <v>3</v>
+      </c>
+      <c r="AI60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN60" s="14">
+        <v>1</v>
+      </c>
+      <c r="AO60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP60" s="14">
+        <v>1</v>
+      </c>
+      <c r="AQ60" s="14">
+        <v>1</v>
+      </c>
+      <c r="AR60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS60" s="14">
+        <v>1</v>
+      </c>
+      <c r="AT60" s="14">
+        <v>1</v>
+      </c>
+      <c r="AU60" s="14">
+        <v>2</v>
+      </c>
+      <c r="AV60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX60" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY60" s="14">
+        <v>1</v>
+      </c>
+      <c r="AZ60" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA60" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB60" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC60" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD60" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE60" s="16">
+        <v>0</v>
+      </c>
+      <c r="BF60" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG60" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH60" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI60" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ60" s="14">
+        <v>1</v>
       </c>
     </row>
-    <row r="60" spans="1:61" s="14" customFormat="1">
-[...3 lines deleted...]
-      <c r="B60" s="18" t="s">
+    <row r="61" spans="1:62" s="14" customFormat="1">
+      <c r="A61" s="14" t="s">
+        <v>138</v>
+      </c>
+      <c r="B61" s="18" t="s">
         <v>150</v>
-      </c>
-[...183 lines deleted...]
-        <v>151</v>
       </c>
       <c r="C61" s="14">
         <v>2</v>
       </c>
       <c r="D61" s="14">
         <v>1</v>
       </c>
       <c r="E61" s="14">
         <v>0</v>
       </c>
       <c r="F61" s="14">
         <v>0</v>
       </c>
       <c r="G61" s="14">
         <v>0</v>
       </c>
       <c r="H61" s="14">
         <v>0</v>
       </c>
       <c r="I61" s="14">
         <v>1</v>
       </c>
       <c r="J61" s="14">
         <v>0</v>
       </c>
@@ -11537,110 +11772,113 @@
       <c r="AJ61" s="14">
         <v>1</v>
       </c>
       <c r="AK61" s="14">
         <v>3</v>
       </c>
       <c r="AL61" s="14">
         <v>5</v>
       </c>
       <c r="AM61" s="14">
         <v>7</v>
       </c>
       <c r="AN61" s="14">
         <v>2</v>
       </c>
       <c r="AO61" s="14">
         <v>0</v>
       </c>
       <c r="AP61" s="14">
         <v>4</v>
       </c>
       <c r="AQ61" s="14">
         <v>1</v>
       </c>
       <c r="AR61" s="14">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AS61" s="14">
         <v>2</v>
       </c>
       <c r="AT61" s="14">
         <v>2</v>
       </c>
       <c r="AU61" s="14">
         <v>2</v>
       </c>
       <c r="AV61" s="14">
         <v>4</v>
       </c>
       <c r="AW61" s="14">
         <v>1</v>
       </c>
       <c r="AX61" s="14">
         <v>2</v>
       </c>
       <c r="AY61" s="14">
         <v>1</v>
       </c>
       <c r="AZ61" s="14">
         <v>1</v>
       </c>
       <c r="BA61" s="14">
         <v>2</v>
       </c>
       <c r="BB61" s="14">
         <v>1</v>
       </c>
       <c r="BC61" s="14">
         <v>1</v>
       </c>
       <c r="BD61" s="14">
         <v>2</v>
       </c>
       <c r="BE61" s="16">
         <v>1</v>
       </c>
       <c r="BF61" s="14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BG61" s="14">
         <v>2</v>
       </c>
       <c r="BH61" s="14">
         <v>3</v>
       </c>
       <c r="BI61" s="14">
         <v>1</v>
       </c>
+      <c r="BJ61" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="62" spans="1:61" s="14" customFormat="1">
+    <row r="62" spans="1:62" s="14" customFormat="1">
       <c r="A62" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B62" s="18" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C62" s="14">
         <v>1</v>
       </c>
       <c r="D62" s="14">
         <v>0</v>
       </c>
       <c r="E62" s="14">
         <v>0</v>
       </c>
       <c r="F62" s="14">
         <v>0</v>
       </c>
       <c r="G62" s="14">
         <v>0</v>
       </c>
       <c r="H62" s="14">
         <v>0</v>
       </c>
       <c r="I62" s="14">
         <v>0</v>
       </c>
       <c r="J62" s="14">
         <v>0</v>
       </c>
@@ -11775,242 +12013,248 @@
       </c>
       <c r="BB62" s="14">
         <v>0</v>
       </c>
       <c r="BC62" s="14">
         <v>0</v>
       </c>
       <c r="BD62" s="14">
         <v>0</v>
       </c>
       <c r="BE62" s="16">
         <v>0</v>
       </c>
       <c r="BF62" s="14">
         <v>0</v>
       </c>
       <c r="BG62" s="14">
         <v>1</v>
       </c>
       <c r="BH62" s="14">
         <v>2</v>
       </c>
       <c r="BI62" s="14">
         <v>1</v>
       </c>
+      <c r="BJ62" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="63" spans="1:61" s="14" customFormat="1">
+    <row r="63" spans="1:62" s="14" customFormat="1">
       <c r="A63" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B63" s="18" t="s">
+        <v>152</v>
+      </c>
+      <c r="C63" s="14">
+        <v>0</v>
+      </c>
+      <c r="D63" s="14">
+        <v>0</v>
+      </c>
+      <c r="E63" s="14">
+        <v>0</v>
+      </c>
+      <c r="F63" s="14">
+        <v>0</v>
+      </c>
+      <c r="G63" s="14">
+        <v>0</v>
+      </c>
+      <c r="H63" s="14">
+        <v>0</v>
+      </c>
+      <c r="I63" s="14">
+        <v>0</v>
+      </c>
+      <c r="J63" s="14">
+        <v>0</v>
+      </c>
+      <c r="K63" s="14">
+        <v>1</v>
+      </c>
+      <c r="L63" s="14">
+        <v>0</v>
+      </c>
+      <c r="M63" s="14">
+        <v>1</v>
+      </c>
+      <c r="N63" s="14">
+        <v>0</v>
+      </c>
+      <c r="O63" s="14">
+        <v>0</v>
+      </c>
+      <c r="P63" s="14">
+        <v>1</v>
+      </c>
+      <c r="Q63" s="14">
+        <v>1</v>
+      </c>
+      <c r="R63" s="14">
+        <v>0</v>
+      </c>
+      <c r="S63" s="14">
+        <v>1</v>
+      </c>
+      <c r="T63" s="14">
+        <v>2</v>
+      </c>
+      <c r="U63" s="14">
+        <v>0</v>
+      </c>
+      <c r="V63" s="14">
+        <v>0</v>
+      </c>
+      <c r="W63" s="14">
+        <v>0</v>
+      </c>
+      <c r="X63" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y63" s="14">
+        <v>2</v>
+      </c>
+      <c r="Z63" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA63" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB63" s="14">
+        <v>3</v>
+      </c>
+      <c r="AC63" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD63" s="14">
+        <v>2</v>
+      </c>
+      <c r="AE63" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF63" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG63" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH63" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI63" s="14">
+        <v>1</v>
+      </c>
+      <c r="AJ63" s="14">
+        <v>1</v>
+      </c>
+      <c r="AK63" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL63" s="14">
+        <v>1</v>
+      </c>
+      <c r="AM63" s="14">
+        <v>3</v>
+      </c>
+      <c r="AN63" s="14">
+        <v>2</v>
+      </c>
+      <c r="AO63" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP63" s="14">
+        <v>2</v>
+      </c>
+      <c r="AQ63" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR63" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS63" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT63" s="14">
+        <v>1</v>
+      </c>
+      <c r="AU63" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV63" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW63" s="14">
+        <v>1</v>
+      </c>
+      <c r="AX63" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY63" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ63" s="14">
+        <v>2</v>
+      </c>
+      <c r="BA63" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB63" s="14">
+        <v>1</v>
+      </c>
+      <c r="BC63" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD63" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE63" s="16">
+        <v>0</v>
+      </c>
+      <c r="BF63" s="14">
+        <v>1</v>
+      </c>
+      <c r="BG63" s="14">
+        <v>2</v>
+      </c>
+      <c r="BH63" s="14">
+        <v>3</v>
+      </c>
+      <c r="BI63" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ63" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:62" s="14" customFormat="1">
+      <c r="A64" s="14" t="s">
         <v>153</v>
       </c>
-      <c r="C63" s="14">
-[...178 lines deleted...]
-      <c r="A64" s="14" t="s">
+      <c r="B64" s="18" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="C64" s="14">
         <v>1</v>
       </c>
       <c r="D64" s="14">
         <v>0</v>
       </c>
       <c r="E64" s="14">
         <v>1</v>
       </c>
       <c r="F64" s="14">
         <v>0</v>
       </c>
       <c r="G64" s="14">
         <v>0</v>
       </c>
       <c r="H64" s="14">
         <v>2</v>
       </c>
       <c r="I64" s="14">
         <v>0</v>
       </c>
       <c r="J64" s="14">
         <v>1</v>
       </c>
@@ -12143,429 +12387,438 @@
       <c r="BA64" s="14">
         <v>1</v>
       </c>
       <c r="BB64" s="14">
         <v>0</v>
       </c>
       <c r="BC64" s="14">
         <v>2</v>
       </c>
       <c r="BD64" s="14">
         <v>1</v>
       </c>
       <c r="BE64" s="16">
         <v>4</v>
       </c>
       <c r="BF64" s="14">
         <v>1</v>
       </c>
       <c r="BG64" s="14">
         <v>1</v>
       </c>
       <c r="BH64" s="14">
         <v>3</v>
       </c>
       <c r="BI64" s="14">
+        <v>2</v>
+      </c>
+      <c r="BJ64" s="14">
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="1:61" s="14" customFormat="1">
+    <row r="65" spans="1:62" s="14" customFormat="1">
       <c r="A65" s="14" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B65" s="18" t="s">
+        <v>155</v>
+      </c>
+      <c r="C65" s="14">
+        <v>0</v>
+      </c>
+      <c r="D65" s="14">
+        <v>0</v>
+      </c>
+      <c r="E65" s="14">
+        <v>0</v>
+      </c>
+      <c r="F65" s="14">
+        <v>0</v>
+      </c>
+      <c r="G65" s="14">
+        <v>0</v>
+      </c>
+      <c r="H65" s="14">
+        <v>0</v>
+      </c>
+      <c r="I65" s="14">
+        <v>0</v>
+      </c>
+      <c r="J65" s="14">
+        <v>0</v>
+      </c>
+      <c r="K65" s="14">
+        <v>0</v>
+      </c>
+      <c r="L65" s="14">
+        <v>1</v>
+      </c>
+      <c r="M65" s="14">
+        <v>0</v>
+      </c>
+      <c r="N65" s="14">
+        <v>0</v>
+      </c>
+      <c r="O65" s="14">
+        <v>1</v>
+      </c>
+      <c r="P65" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q65" s="14">
+        <v>1</v>
+      </c>
+      <c r="R65" s="14">
+        <v>1</v>
+      </c>
+      <c r="S65" s="14">
+        <v>0</v>
+      </c>
+      <c r="T65" s="14">
+        <v>2</v>
+      </c>
+      <c r="U65" s="14">
+        <v>2</v>
+      </c>
+      <c r="V65" s="14">
+        <v>1</v>
+      </c>
+      <c r="W65" s="14">
+        <v>0</v>
+      </c>
+      <c r="X65" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y65" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z65" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA65" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB65" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC65" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD65" s="14">
+        <v>2</v>
+      </c>
+      <c r="AE65" s="14">
+        <v>1</v>
+      </c>
+      <c r="AF65" s="14">
+        <v>2</v>
+      </c>
+      <c r="AG65" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH65" s="14">
+        <v>1</v>
+      </c>
+      <c r="AI65" s="14">
+        <v>2</v>
+      </c>
+      <c r="AJ65" s="14">
+        <v>1</v>
+      </c>
+      <c r="AK65" s="14">
+        <v>2</v>
+      </c>
+      <c r="AL65" s="14">
+        <v>1</v>
+      </c>
+      <c r="AM65" s="14">
+        <v>1</v>
+      </c>
+      <c r="AN65" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO65" s="14">
+        <v>1</v>
+      </c>
+      <c r="AP65" s="14">
+        <v>2</v>
+      </c>
+      <c r="AQ65" s="14">
+        <v>1</v>
+      </c>
+      <c r="AR65" s="14">
+        <v>1</v>
+      </c>
+      <c r="AS65" s="14">
+        <v>2</v>
+      </c>
+      <c r="AT65" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU65" s="14">
+        <v>2</v>
+      </c>
+      <c r="AV65" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW65" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX65" s="14">
+        <v>3</v>
+      </c>
+      <c r="AY65" s="14">
+        <v>3</v>
+      </c>
+      <c r="AZ65" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA65" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB65" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC65" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD65" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE65" s="16">
+        <v>1</v>
+      </c>
+      <c r="BF65" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG65" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH65" s="14">
+        <v>3</v>
+      </c>
+      <c r="BI65" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ65" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:62" s="14" customFormat="1">
+      <c r="A66" s="14" t="s">
+        <v>140</v>
+      </c>
+      <c r="B66" s="18" t="s">
         <v>156</v>
       </c>
-      <c r="C65" s="14">
-[...173 lines deleted...]
-      <c r="BI65" s="14">
+      <c r="C66" s="14">
+        <v>0</v>
+      </c>
+      <c r="D66" s="14">
+        <v>0</v>
+      </c>
+      <c r="E66" s="14">
+        <v>0</v>
+      </c>
+      <c r="F66" s="14">
+        <v>0</v>
+      </c>
+      <c r="G66" s="14">
+        <v>0</v>
+      </c>
+      <c r="H66" s="14">
+        <v>0</v>
+      </c>
+      <c r="I66" s="14">
+        <v>0</v>
+      </c>
+      <c r="J66" s="14">
+        <v>0</v>
+      </c>
+      <c r="K66" s="14">
+        <v>0</v>
+      </c>
+      <c r="L66" s="14">
+        <v>0</v>
+      </c>
+      <c r="M66" s="14">
+        <v>0</v>
+      </c>
+      <c r="N66" s="14">
+        <v>0</v>
+      </c>
+      <c r="O66" s="14">
+        <v>0</v>
+      </c>
+      <c r="P66" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q66" s="14">
+        <v>0</v>
+      </c>
+      <c r="R66" s="14">
+        <v>0</v>
+      </c>
+      <c r="S66" s="14">
+        <v>0</v>
+      </c>
+      <c r="T66" s="14">
+        <v>0</v>
+      </c>
+      <c r="U66" s="14">
+        <v>0</v>
+      </c>
+      <c r="V66" s="14">
+        <v>0</v>
+      </c>
+      <c r="W66" s="14">
+        <v>0</v>
+      </c>
+      <c r="X66" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y66" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB66" s="14">
+        <v>1</v>
+      </c>
+      <c r="AC66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH66" s="14">
+        <v>1</v>
+      </c>
+      <c r="AI66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL66" s="14">
+        <v>2</v>
+      </c>
+      <c r="AM66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ66" s="14">
+        <v>1</v>
+      </c>
+      <c r="AR66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY66" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ66" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA66" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB66" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC66" s="14">
+        <v>1</v>
+      </c>
+      <c r="BD66" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE66" s="16">
+        <v>1</v>
+      </c>
+      <c r="BF66" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG66" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH66" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI66" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ66" s="14">
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="1:61" s="14" customFormat="1">
-[...3 lines deleted...]
-      <c r="B66" s="18" t="s">
+    <row r="67" spans="1:62" s="14" customFormat="1">
+      <c r="A67" s="14" t="s">
+        <v>140</v>
+      </c>
+      <c r="B67" s="18" t="s">
         <v>157</v>
-      </c>
-[...183 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C67" s="14">
         <v>7</v>
       </c>
       <c r="D67" s="14">
         <v>0</v>
       </c>
       <c r="E67" s="14">
         <v>1</v>
       </c>
       <c r="F67" s="14">
         <v>0</v>
       </c>
       <c r="G67" s="14">
         <v>0</v>
       </c>
       <c r="H67" s="14">
         <v>0</v>
       </c>
       <c r="I67" s="14">
         <v>0</v>
       </c>
       <c r="J67" s="14">
         <v>3</v>
       </c>
@@ -12662,95 +12915,98 @@
       <c r="AO67" s="14">
         <v>6</v>
       </c>
       <c r="AP67" s="14">
         <v>7</v>
       </c>
       <c r="AQ67" s="14">
         <v>7</v>
       </c>
       <c r="AR67" s="14">
         <v>6</v>
       </c>
       <c r="AS67" s="14">
         <v>5</v>
       </c>
       <c r="AT67" s="14">
         <v>3</v>
       </c>
       <c r="AU67" s="14">
         <v>5</v>
       </c>
       <c r="AV67" s="14">
         <v>4</v>
       </c>
       <c r="AW67" s="14">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="AX67" s="14">
         <v>6</v>
       </c>
       <c r="AY67" s="14">
         <v>6</v>
       </c>
       <c r="AZ67" s="14">
         <v>9</v>
       </c>
       <c r="BA67" s="14">
         <v>7</v>
       </c>
       <c r="BB67" s="14">
         <v>5</v>
       </c>
       <c r="BC67" s="14">
         <v>9</v>
       </c>
       <c r="BD67" s="14">
         <v>4</v>
       </c>
       <c r="BE67" s="16">
         <v>2</v>
       </c>
       <c r="BF67" s="14">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="BG67" s="14">
         <v>8</v>
       </c>
       <c r="BH67" s="14">
         <v>5</v>
       </c>
       <c r="BI67" s="14">
         <v>8</v>
       </c>
+      <c r="BJ67" s="14">
+        <v>5</v>
+      </c>
     </row>
-    <row r="68" spans="1:61" s="14" customFormat="1">
+    <row r="68" spans="1:62" s="14" customFormat="1">
       <c r="A68" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B68" s="18" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C68" s="14">
         <v>19</v>
       </c>
       <c r="D68" s="14">
         <v>2</v>
       </c>
       <c r="E68" s="14">
         <v>1</v>
       </c>
       <c r="F68" s="14">
         <v>2</v>
       </c>
       <c r="G68" s="14">
         <v>1</v>
       </c>
       <c r="H68" s="14">
         <v>2</v>
       </c>
       <c r="I68" s="14">
         <v>5</v>
       </c>
       <c r="J68" s="14">
         <v>4</v>
       </c>
@@ -12847,280 +13103,286 @@
       <c r="AO68" s="14">
         <v>19</v>
       </c>
       <c r="AP68" s="14">
         <v>32</v>
       </c>
       <c r="AQ68" s="14">
         <v>22</v>
       </c>
       <c r="AR68" s="14">
         <v>20</v>
       </c>
       <c r="AS68" s="14">
         <v>20</v>
       </c>
       <c r="AT68" s="14">
         <v>20</v>
       </c>
       <c r="AU68" s="14">
         <v>24</v>
       </c>
       <c r="AV68" s="14">
         <v>24</v>
       </c>
       <c r="AW68" s="14">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AX68" s="14">
         <v>24</v>
       </c>
       <c r="AY68" s="14">
         <v>26</v>
       </c>
       <c r="AZ68" s="14">
         <v>27</v>
       </c>
       <c r="BA68" s="14">
         <v>35</v>
       </c>
       <c r="BB68" s="14">
         <v>76</v>
       </c>
       <c r="BC68" s="14">
         <v>27</v>
       </c>
       <c r="BD68" s="14">
         <v>31</v>
       </c>
       <c r="BE68" s="16">
         <v>33</v>
       </c>
       <c r="BF68" s="14">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="BG68" s="14">
         <v>27</v>
       </c>
       <c r="BH68" s="14">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="BI68" s="14">
-        <v>23</v>
+        <v>36</v>
+      </c>
+      <c r="BJ68" s="14">
+        <v>22</v>
       </c>
     </row>
-    <row r="69" spans="1:61" s="14" customFormat="1">
+    <row r="69" spans="1:62" s="14" customFormat="1">
       <c r="A69" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B69" s="18" t="s">
+        <v>159</v>
+      </c>
+      <c r="C69" s="14">
+        <v>0</v>
+      </c>
+      <c r="D69" s="14">
+        <v>0</v>
+      </c>
+      <c r="E69" s="14">
+        <v>0</v>
+      </c>
+      <c r="F69" s="14">
+        <v>0</v>
+      </c>
+      <c r="G69" s="14">
+        <v>0</v>
+      </c>
+      <c r="H69" s="14">
+        <v>0</v>
+      </c>
+      <c r="I69" s="14">
+        <v>0</v>
+      </c>
+      <c r="J69" s="14">
+        <v>0</v>
+      </c>
+      <c r="K69" s="14">
+        <v>0</v>
+      </c>
+      <c r="L69" s="14">
+        <v>0</v>
+      </c>
+      <c r="M69" s="14">
+        <v>0</v>
+      </c>
+      <c r="N69" s="14">
+        <v>1</v>
+      </c>
+      <c r="O69" s="14">
+        <v>0</v>
+      </c>
+      <c r="P69" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q69" s="14">
+        <v>1</v>
+      </c>
+      <c r="R69" s="14">
+        <v>1</v>
+      </c>
+      <c r="S69" s="14">
+        <v>0</v>
+      </c>
+      <c r="T69" s="14">
+        <v>0</v>
+      </c>
+      <c r="U69" s="14">
+        <v>1</v>
+      </c>
+      <c r="V69" s="14">
+        <v>0</v>
+      </c>
+      <c r="W69" s="14">
+        <v>0</v>
+      </c>
+      <c r="X69" s="14">
+        <v>1</v>
+      </c>
+      <c r="Y69" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z69" s="14">
+        <v>2</v>
+      </c>
+      <c r="AA69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD69" s="14">
+        <v>1</v>
+      </c>
+      <c r="AE69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK69" s="14">
+        <v>2</v>
+      </c>
+      <c r="AL69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP69" s="14">
+        <v>1</v>
+      </c>
+      <c r="AQ69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV69" s="14">
+        <v>1</v>
+      </c>
+      <c r="AW69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY69" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ69" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA69" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB69" s="14">
+        <v>1</v>
+      </c>
+      <c r="BC69" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD69" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE69" s="16">
+        <v>0</v>
+      </c>
+      <c r="BF69" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG69" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH69" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI69" s="14">
+        <v>1</v>
+      </c>
+      <c r="BJ69" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:62" s="14" customFormat="1">
+      <c r="A70" s="14" t="s">
+        <v>153</v>
+      </c>
+      <c r="B70" s="18" t="s">
         <v>160</v>
-      </c>
-[...183 lines deleted...]
-        <v>161</v>
       </c>
       <c r="C70" s="14">
         <v>0</v>
       </c>
       <c r="D70" s="14">
         <v>0</v>
       </c>
       <c r="E70" s="14">
         <v>0</v>
       </c>
       <c r="F70" s="14">
         <v>0</v>
       </c>
       <c r="G70" s="14">
         <v>0</v>
       </c>
       <c r="H70" s="14">
         <v>0</v>
       </c>
       <c r="I70" s="14">
         <v>0</v>
       </c>
       <c r="J70" s="14">
         <v>0</v>
       </c>
@@ -13255,57 +13517,60 @@
       </c>
       <c r="BB70" s="14">
         <v>1</v>
       </c>
       <c r="BC70" s="14">
         <v>0</v>
       </c>
       <c r="BD70" s="14">
         <v>0</v>
       </c>
       <c r="BE70" s="16">
         <v>1</v>
       </c>
       <c r="BF70" s="14">
         <v>0</v>
       </c>
       <c r="BG70" s="14">
         <v>2</v>
       </c>
       <c r="BH70" s="14">
         <v>2</v>
       </c>
       <c r="BI70" s="14">
         <v>0</v>
       </c>
+      <c r="BJ70" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="71" spans="1:61" s="14" customFormat="1">
+    <row r="71" spans="1:62" s="14" customFormat="1">
       <c r="A71" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B71" s="18" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C71" s="14">
         <v>7</v>
       </c>
       <c r="D71" s="14">
         <v>0</v>
       </c>
       <c r="E71" s="14">
         <v>0</v>
       </c>
       <c r="F71" s="14">
         <v>0</v>
       </c>
       <c r="G71" s="14">
         <v>0</v>
       </c>
       <c r="H71" s="14">
         <v>0</v>
       </c>
       <c r="I71" s="14">
         <v>0</v>
       </c>
       <c r="J71" s="14">
         <v>0</v>
       </c>
@@ -13417,265 +13682,271 @@
       <c r="AT71" s="14">
         <v>5</v>
       </c>
       <c r="AU71" s="14">
         <v>10</v>
       </c>
       <c r="AV71" s="14">
         <v>3</v>
       </c>
       <c r="AW71" s="14">
         <v>3</v>
       </c>
       <c r="AX71" s="14">
         <v>3</v>
       </c>
       <c r="AY71" s="14">
         <v>3</v>
       </c>
       <c r="AZ71" s="14">
         <v>5</v>
       </c>
       <c r="BA71" s="14">
         <v>2</v>
       </c>
       <c r="BB71" s="14">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="BC71" s="14">
         <v>2</v>
       </c>
       <c r="BD71" s="14">
         <v>3</v>
       </c>
       <c r="BE71" s="16">
         <v>6</v>
       </c>
       <c r="BF71" s="14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="BG71" s="14">
         <v>4</v>
       </c>
       <c r="BH71" s="14">
         <v>3</v>
       </c>
       <c r="BI71" s="14">
-        <v>6</v>
+        <v>7</v>
+      </c>
+      <c r="BJ71" s="14">
+        <v>3</v>
       </c>
     </row>
-    <row r="72" spans="1:61" s="14" customFormat="1">
+    <row r="72" spans="1:62" s="14" customFormat="1">
       <c r="A72" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B72" s="18" t="s">
+        <v>162</v>
+      </c>
+      <c r="C72" s="14">
+        <v>2</v>
+      </c>
+      <c r="D72" s="14">
+        <v>0</v>
+      </c>
+      <c r="E72" s="14">
+        <v>0</v>
+      </c>
+      <c r="F72" s="14">
+        <v>0</v>
+      </c>
+      <c r="G72" s="14">
+        <v>0</v>
+      </c>
+      <c r="H72" s="14">
+        <v>0</v>
+      </c>
+      <c r="I72" s="14">
+        <v>0</v>
+      </c>
+      <c r="J72" s="14">
+        <v>0</v>
+      </c>
+      <c r="K72" s="14">
+        <v>0</v>
+      </c>
+      <c r="L72" s="14">
+        <v>0</v>
+      </c>
+      <c r="M72" s="14">
+        <v>0</v>
+      </c>
+      <c r="N72" s="14">
+        <v>0</v>
+      </c>
+      <c r="O72" s="14">
+        <v>0</v>
+      </c>
+      <c r="P72" s="14">
+        <v>2</v>
+      </c>
+      <c r="Q72" s="14">
+        <v>0</v>
+      </c>
+      <c r="R72" s="14">
+        <v>1</v>
+      </c>
+      <c r="S72" s="14">
+        <v>1</v>
+      </c>
+      <c r="T72" s="14">
+        <v>0</v>
+      </c>
+      <c r="U72" s="14">
+        <v>0</v>
+      </c>
+      <c r="V72" s="14">
+        <v>2</v>
+      </c>
+      <c r="W72" s="14">
+        <v>1</v>
+      </c>
+      <c r="X72" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y72" s="14">
+        <v>1</v>
+      </c>
+      <c r="Z72" s="14">
+        <v>1</v>
+      </c>
+      <c r="AA72" s="14">
+        <v>2</v>
+      </c>
+      <c r="AB72" s="14">
+        <v>1</v>
+      </c>
+      <c r="AC72" s="14">
+        <v>1</v>
+      </c>
+      <c r="AD72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ72" s="14">
+        <v>1</v>
+      </c>
+      <c r="AR72" s="14">
+        <v>1</v>
+      </c>
+      <c r="AS72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW72" s="14">
+        <v>1</v>
+      </c>
+      <c r="AX72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY72" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ72" s="14">
+        <v>1</v>
+      </c>
+      <c r="BA72" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB72" s="14">
+        <v>1</v>
+      </c>
+      <c r="BC72" s="14">
+        <v>3</v>
+      </c>
+      <c r="BD72" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE72" s="16">
+        <v>0</v>
+      </c>
+      <c r="BF72" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG72" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH72" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI72" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ72" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:62" s="14" customFormat="1">
+      <c r="A73" s="14" t="s">
+        <v>138</v>
+      </c>
+      <c r="B73" s="18" t="s">
         <v>163</v>
-      </c>
-[...183 lines deleted...]
-        <v>164</v>
       </c>
       <c r="C73" s="14">
         <v>1</v>
       </c>
       <c r="D73" s="14">
         <v>0</v>
       </c>
       <c r="E73" s="14">
         <v>0</v>
       </c>
       <c r="F73" s="14">
         <v>0</v>
       </c>
       <c r="G73" s="14">
         <v>0</v>
       </c>
       <c r="H73" s="14">
         <v>0</v>
       </c>
       <c r="I73" s="14">
         <v>0</v>
       </c>
       <c r="J73" s="14">
         <v>0</v>
       </c>
@@ -13810,243 +14081,249 @@
       </c>
       <c r="BB73" s="14">
         <v>0</v>
       </c>
       <c r="BC73" s="14">
         <v>1</v>
       </c>
       <c r="BD73" s="14">
         <v>1</v>
       </c>
       <c r="BE73" s="16">
         <v>1</v>
       </c>
       <c r="BF73" s="14">
         <v>0</v>
       </c>
       <c r="BG73" s="14">
         <v>0</v>
       </c>
       <c r="BH73" s="14">
         <v>0</v>
       </c>
       <c r="BI73" s="14">
         <v>0</v>
       </c>
+      <c r="BJ73" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="74" spans="1:61" s="14" customFormat="1">
+    <row r="74" spans="1:62" s="14" customFormat="1">
       <c r="A74" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B74" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="C74" s="14">
+        <v>0</v>
+      </c>
+      <c r="D74" s="14">
+        <v>0</v>
+      </c>
+      <c r="E74" s="14">
+        <v>0</v>
+      </c>
+      <c r="F74" s="14">
+        <v>0</v>
+      </c>
+      <c r="G74" s="14">
+        <v>0</v>
+      </c>
+      <c r="H74" s="14">
+        <v>0</v>
+      </c>
+      <c r="I74" s="14">
+        <v>0</v>
+      </c>
+      <c r="J74" s="14">
+        <v>0</v>
+      </c>
+      <c r="K74" s="14">
+        <v>0</v>
+      </c>
+      <c r="L74" s="14">
+        <v>0</v>
+      </c>
+      <c r="M74" s="14">
+        <v>0</v>
+      </c>
+      <c r="N74" s="14">
+        <v>0</v>
+      </c>
+      <c r="O74" s="14">
+        <v>0</v>
+      </c>
+      <c r="P74" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q74" s="14">
+        <v>0</v>
+      </c>
+      <c r="R74" s="14">
+        <v>0</v>
+      </c>
+      <c r="S74" s="14">
+        <v>0</v>
+      </c>
+      <c r="T74" s="14">
+        <v>0</v>
+      </c>
+      <c r="U74" s="14">
+        <v>0</v>
+      </c>
+      <c r="V74" s="14">
+        <v>0</v>
+      </c>
+      <c r="W74" s="14">
+        <v>0</v>
+      </c>
+      <c r="X74" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y74" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK74" s="14">
+        <v>1</v>
+      </c>
+      <c r="AL74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY74" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ74" s="14">
+        <v>1</v>
+      </c>
+      <c r="BA74" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB74" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC74" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD74" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE74" s="16">
+        <v>0</v>
+      </c>
+      <c r="BF74" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG74" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH74" s="14">
+        <v>1</v>
+      </c>
+      <c r="BI74" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ74" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:62" s="14" customFormat="1">
+      <c r="A75" s="14" t="s">
+        <v>138</v>
+      </c>
+      <c r="B75" s="18" t="s">
         <v>165</v>
       </c>
-      <c r="C74" s="14">
-[...183 lines deleted...]
-      </c>
       <c r="C75" s="14">
         <v>0</v>
       </c>
       <c r="D75" s="14">
         <v>0</v>
       </c>
       <c r="E75" s="14">
         <v>0</v>
       </c>
       <c r="F75" s="14">
         <v>0</v>
       </c>
       <c r="G75" s="14">
         <v>0</v>
       </c>
       <c r="H75" s="14">
         <v>1</v>
       </c>
       <c r="I75" s="14">
         <v>0</v>
       </c>
       <c r="J75" s="14">
         <v>0</v>
       </c>
       <c r="K75" s="14">
@@ -14127,51 +14404,51 @@
       <c r="AJ75" s="14">
         <v>0</v>
       </c>
       <c r="AK75" s="14">
         <v>3</v>
       </c>
       <c r="AL75" s="14">
         <v>1</v>
       </c>
       <c r="AM75" s="14">
         <v>2</v>
       </c>
       <c r="AN75" s="14">
         <v>0</v>
       </c>
       <c r="AO75" s="14">
         <v>0</v>
       </c>
       <c r="AP75" s="14">
         <v>0</v>
       </c>
       <c r="AQ75" s="14">
         <v>1</v>
       </c>
       <c r="AR75" s="14">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AS75" s="14">
         <v>0</v>
       </c>
       <c r="AT75" s="14">
         <v>0</v>
       </c>
       <c r="AU75" s="14">
         <v>1</v>
       </c>
       <c r="AV75" s="14">
         <v>2</v>
       </c>
       <c r="AW75" s="14">
         <v>0</v>
       </c>
       <c r="AX75" s="14">
         <v>0</v>
       </c>
       <c r="AY75" s="14">
         <v>1</v>
       </c>
       <c r="AZ75" s="14">
         <v>0</v>
       </c>
@@ -14180,982 +14457,1000 @@
       </c>
       <c r="BB75" s="14">
         <v>0</v>
       </c>
       <c r="BC75" s="14">
         <v>0</v>
       </c>
       <c r="BD75" s="14">
         <v>2</v>
       </c>
       <c r="BE75" s="16">
         <v>0</v>
       </c>
       <c r="BF75" s="14">
         <v>0</v>
       </c>
       <c r="BG75" s="14">
         <v>2</v>
       </c>
       <c r="BH75" s="14">
         <v>4</v>
       </c>
       <c r="BI75" s="14">
         <v>2</v>
       </c>
+      <c r="BJ75" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="76" spans="1:61" s="14" customFormat="1">
+    <row r="76" spans="1:62" s="14" customFormat="1">
       <c r="A76" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B76" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="C76" s="14">
+        <v>0</v>
+      </c>
+      <c r="D76" s="14">
+        <v>0</v>
+      </c>
+      <c r="E76" s="14">
+        <v>0</v>
+      </c>
+      <c r="F76" s="14">
+        <v>0</v>
+      </c>
+      <c r="G76" s="14">
+        <v>0</v>
+      </c>
+      <c r="H76" s="14">
+        <v>0</v>
+      </c>
+      <c r="I76" s="14">
+        <v>0</v>
+      </c>
+      <c r="J76" s="14">
+        <v>0</v>
+      </c>
+      <c r="K76" s="14">
+        <v>0</v>
+      </c>
+      <c r="L76" s="14">
+        <v>0</v>
+      </c>
+      <c r="M76" s="14">
+        <v>0</v>
+      </c>
+      <c r="N76" s="14">
+        <v>0</v>
+      </c>
+      <c r="O76" s="14">
+        <v>0</v>
+      </c>
+      <c r="P76" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q76" s="14">
+        <v>0</v>
+      </c>
+      <c r="R76" s="14">
+        <v>0</v>
+      </c>
+      <c r="S76" s="14">
+        <v>2</v>
+      </c>
+      <c r="T76" s="14">
+        <v>0</v>
+      </c>
+      <c r="U76" s="14">
+        <v>0</v>
+      </c>
+      <c r="V76" s="14">
+        <v>0</v>
+      </c>
+      <c r="W76" s="14">
+        <v>0</v>
+      </c>
+      <c r="X76" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y76" s="14">
+        <v>1</v>
+      </c>
+      <c r="Z76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE76" s="14">
+        <v>1</v>
+      </c>
+      <c r="AF76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI76" s="14">
+        <v>1</v>
+      </c>
+      <c r="AJ76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK76" s="14">
+        <v>2</v>
+      </c>
+      <c r="AL76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP76" s="14">
+        <v>1</v>
+      </c>
+      <c r="AQ76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU76" s="14">
+        <v>2</v>
+      </c>
+      <c r="AV76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY76" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ76" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA76" s="14">
+        <v>1</v>
+      </c>
+      <c r="BB76" s="14">
+        <v>2</v>
+      </c>
+      <c r="BC76" s="14">
+        <v>1</v>
+      </c>
+      <c r="BD76" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE76" s="16">
+        <v>0</v>
+      </c>
+      <c r="BF76" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG76" s="14">
+        <v>1</v>
+      </c>
+      <c r="BH76" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI76" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ76" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="1:62" s="14" customFormat="1">
+      <c r="A77" s="14" t="s">
+        <v>138</v>
+      </c>
+      <c r="B77" s="18" t="s">
         <v>167</v>
       </c>
-      <c r="C76" s="14">
-[...173 lines deleted...]
-      <c r="BI76" s="14">
+      <c r="C77" s="14">
+        <v>1</v>
+      </c>
+      <c r="D77" s="14">
+        <v>0</v>
+      </c>
+      <c r="E77" s="14">
+        <v>0</v>
+      </c>
+      <c r="F77" s="14">
+        <v>0</v>
+      </c>
+      <c r="G77" s="14">
+        <v>0</v>
+      </c>
+      <c r="H77" s="14">
+        <v>0</v>
+      </c>
+      <c r="I77" s="14">
+        <v>0</v>
+      </c>
+      <c r="J77" s="14">
+        <v>0</v>
+      </c>
+      <c r="K77" s="14">
+        <v>0</v>
+      </c>
+      <c r="L77" s="14">
+        <v>0</v>
+      </c>
+      <c r="M77" s="14">
+        <v>0</v>
+      </c>
+      <c r="N77" s="14">
+        <v>0</v>
+      </c>
+      <c r="O77" s="14">
+        <v>1</v>
+      </c>
+      <c r="P77" s="14">
+        <v>2</v>
+      </c>
+      <c r="Q77" s="14">
+        <v>0</v>
+      </c>
+      <c r="R77" s="14">
+        <v>1</v>
+      </c>
+      <c r="S77" s="14">
+        <v>0</v>
+      </c>
+      <c r="T77" s="14">
+        <v>3</v>
+      </c>
+      <c r="U77" s="14">
+        <v>1</v>
+      </c>
+      <c r="V77" s="14">
+        <v>3</v>
+      </c>
+      <c r="W77" s="14">
+        <v>0</v>
+      </c>
+      <c r="X77" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y77" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z77" s="14">
+        <v>1</v>
+      </c>
+      <c r="AA77" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB77" s="14">
+        <v>2</v>
+      </c>
+      <c r="AC77" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD77" s="14">
+        <v>1</v>
+      </c>
+      <c r="AE77" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF77" s="14">
+        <v>1</v>
+      </c>
+      <c r="AG77" s="14">
+        <v>3</v>
+      </c>
+      <c r="AH77" s="14">
+        <v>1</v>
+      </c>
+      <c r="AI77" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ77" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK77" s="14">
+        <v>2</v>
+      </c>
+      <c r="AL77" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM77" s="14">
+        <v>1</v>
+      </c>
+      <c r="AN77" s="14">
+        <v>1</v>
+      </c>
+      <c r="AO77" s="14">
+        <v>1</v>
+      </c>
+      <c r="AP77" s="14">
+        <v>1</v>
+      </c>
+      <c r="AQ77" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR77" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS77" s="14">
+        <v>1</v>
+      </c>
+      <c r="AT77" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU77" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV77" s="14">
+        <v>2</v>
+      </c>
+      <c r="AW77" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX77" s="14">
+        <v>1</v>
+      </c>
+      <c r="AY77" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ77" s="14">
+        <v>1</v>
+      </c>
+      <c r="BA77" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB77" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC77" s="14">
+        <v>1</v>
+      </c>
+      <c r="BD77" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE77" s="16">
+        <v>0</v>
+      </c>
+      <c r="BF77" s="14">
+        <v>1</v>
+      </c>
+      <c r="BG77" s="14">
+        <v>2</v>
+      </c>
+      <c r="BH77" s="14">
+        <v>1</v>
+      </c>
+      <c r="BI77" s="14">
+        <v>1</v>
+      </c>
+      <c r="BJ77" s="14">
         <v>0</v>
       </c>
     </row>
-    <row r="77" spans="1:61" s="14" customFormat="1">
-[...3 lines deleted...]
-      <c r="B77" s="18" t="s">
+    <row r="78" spans="1:62" s="14" customFormat="1">
+      <c r="A78" s="14" t="s">
+        <v>140</v>
+      </c>
+      <c r="B78" s="18" t="s">
         <v>168</v>
       </c>
-      <c r="C77" s="14">
-[...173 lines deleted...]
-      <c r="BI77" s="14">
+      <c r="C78" s="14">
+        <v>0</v>
+      </c>
+      <c r="D78" s="14">
+        <v>0</v>
+      </c>
+      <c r="E78" s="14">
+        <v>0</v>
+      </c>
+      <c r="F78" s="14">
+        <v>0</v>
+      </c>
+      <c r="G78" s="14">
+        <v>0</v>
+      </c>
+      <c r="H78" s="14">
+        <v>0</v>
+      </c>
+      <c r="I78" s="14">
+        <v>0</v>
+      </c>
+      <c r="J78" s="14">
+        <v>0</v>
+      </c>
+      <c r="K78" s="14">
+        <v>0</v>
+      </c>
+      <c r="L78" s="14">
+        <v>0</v>
+      </c>
+      <c r="M78" s="14">
+        <v>0</v>
+      </c>
+      <c r="N78" s="14">
+        <v>0</v>
+      </c>
+      <c r="O78" s="14">
+        <v>0</v>
+      </c>
+      <c r="P78" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q78" s="14">
+        <v>0</v>
+      </c>
+      <c r="R78" s="14">
+        <v>0</v>
+      </c>
+      <c r="S78" s="14">
+        <v>0</v>
+      </c>
+      <c r="T78" s="14">
+        <v>0</v>
+      </c>
+      <c r="U78" s="14">
+        <v>0</v>
+      </c>
+      <c r="V78" s="14">
+        <v>0</v>
+      </c>
+      <c r="W78" s="14">
+        <v>0</v>
+      </c>
+      <c r="X78" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y78" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z78" s="14">
+        <v>1</v>
+      </c>
+      <c r="AA78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW78" s="14">
+        <v>2</v>
+      </c>
+      <c r="AX78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY78" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ78" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA78" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB78" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC78" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD78" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE78" s="16">
+        <v>0</v>
+      </c>
+      <c r="BF78" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG78" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH78" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI78" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ78" s="14">
         <v>0</v>
       </c>
     </row>
-    <row r="78" spans="1:61" s="14" customFormat="1">
-[...3 lines deleted...]
-      <c r="B78" s="18" t="s">
+    <row r="79" spans="1:62" s="14" customFormat="1">
+      <c r="A79" s="14" t="s">
+        <v>140</v>
+      </c>
+      <c r="B79" s="18" t="s">
         <v>169</v>
       </c>
-      <c r="C78" s="14">
-[...174 lines deleted...]
-        <v>0</v>
+      <c r="C79" s="14">
+        <v>1</v>
+      </c>
+      <c r="D79" s="14">
+        <v>0</v>
+      </c>
+      <c r="E79" s="14">
+        <v>0</v>
+      </c>
+      <c r="F79" s="14">
+        <v>0</v>
+      </c>
+      <c r="G79" s="14">
+        <v>0</v>
+      </c>
+      <c r="H79" s="14">
+        <v>0</v>
+      </c>
+      <c r="I79" s="14">
+        <v>0</v>
+      </c>
+      <c r="J79" s="14">
+        <v>0</v>
+      </c>
+      <c r="K79" s="14">
+        <v>0</v>
+      </c>
+      <c r="L79" s="14">
+        <v>0</v>
+      </c>
+      <c r="M79" s="14">
+        <v>0</v>
+      </c>
+      <c r="N79" s="14">
+        <v>0</v>
+      </c>
+      <c r="O79" s="14">
+        <v>0</v>
+      </c>
+      <c r="P79" s="14">
+        <v>1</v>
+      </c>
+      <c r="Q79" s="14">
+        <v>0</v>
+      </c>
+      <c r="R79" s="14">
+        <v>0</v>
+      </c>
+      <c r="S79" s="14">
+        <v>0</v>
+      </c>
+      <c r="T79" s="14">
+        <v>1</v>
+      </c>
+      <c r="U79" s="14">
+        <v>0</v>
+      </c>
+      <c r="V79" s="14">
+        <v>0</v>
+      </c>
+      <c r="W79" s="14">
+        <v>0</v>
+      </c>
+      <c r="X79" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y79" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB79" s="14">
+        <v>1</v>
+      </c>
+      <c r="AC79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE79" s="14">
+        <v>1</v>
+      </c>
+      <c r="AF79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG79" s="14">
+        <v>1</v>
+      </c>
+      <c r="AH79" s="14">
+        <v>1</v>
+      </c>
+      <c r="AI79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ79" s="14">
+        <v>1</v>
+      </c>
+      <c r="AR79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS79" s="14">
+        <v>1</v>
+      </c>
+      <c r="AT79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU79" s="14">
+        <v>1</v>
+      </c>
+      <c r="AV79" s="14">
+        <v>1</v>
+      </c>
+      <c r="AW79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY79" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ79" s="14">
+        <v>1</v>
+      </c>
+      <c r="BA79" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB79" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC79" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD79" s="14">
+        <v>1</v>
+      </c>
+      <c r="BE79" s="16">
+        <v>1</v>
+      </c>
+      <c r="BF79" s="14">
+        <v>1</v>
+      </c>
+      <c r="BG79" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH79" s="14">
+        <v>1</v>
+      </c>
+      <c r="BI79" s="14">
+        <v>1</v>
+      </c>
+      <c r="BJ79" s="14">
+        <v>1</v>
       </c>
     </row>
-    <row r="79" spans="1:61" s="14" customFormat="1">
-[...3 lines deleted...]
-      <c r="B79" s="18" t="s">
+    <row r="80" spans="1:62" s="14" customFormat="1">
+      <c r="A80" s="14" t="s">
+        <v>138</v>
+      </c>
+      <c r="B80" s="18" t="s">
         <v>170</v>
       </c>
-      <c r="C79" s="14">
-[...174 lines deleted...]
-        <v>1</v>
+      <c r="C80" s="14">
+        <v>1</v>
+      </c>
+      <c r="D80" s="14">
+        <v>0</v>
+      </c>
+      <c r="E80" s="14">
+        <v>0</v>
+      </c>
+      <c r="F80" s="14">
+        <v>0</v>
+      </c>
+      <c r="G80" s="14">
+        <v>0</v>
+      </c>
+      <c r="H80" s="14">
+        <v>0</v>
+      </c>
+      <c r="I80" s="14">
+        <v>0</v>
+      </c>
+      <c r="J80" s="14">
+        <v>0</v>
+      </c>
+      <c r="K80" s="14">
+        <v>0</v>
+      </c>
+      <c r="L80" s="14">
+        <v>0</v>
+      </c>
+      <c r="M80" s="14">
+        <v>1</v>
+      </c>
+      <c r="N80" s="14">
+        <v>0</v>
+      </c>
+      <c r="O80" s="14">
+        <v>0</v>
+      </c>
+      <c r="P80" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q80" s="14">
+        <v>0</v>
+      </c>
+      <c r="R80" s="14">
+        <v>0</v>
+      </c>
+      <c r="S80" s="14">
+        <v>0</v>
+      </c>
+      <c r="T80" s="14">
+        <v>1</v>
+      </c>
+      <c r="U80" s="14">
+        <v>0</v>
+      </c>
+      <c r="V80" s="14">
+        <v>0</v>
+      </c>
+      <c r="W80" s="14">
+        <v>0</v>
+      </c>
+      <c r="X80" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y80" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA80" s="14">
+        <v>1</v>
+      </c>
+      <c r="AB80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC80" s="14">
+        <v>2</v>
+      </c>
+      <c r="AD80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS80" s="14">
+        <v>1</v>
+      </c>
+      <c r="AT80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX80" s="14">
+        <v>1</v>
+      </c>
+      <c r="AY80" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ80" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA80" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB80" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC80" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD80" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE80" s="14">
+        <v>2</v>
+      </c>
+      <c r="BF80" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG80" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH80" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI80" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ80" s="14">
+        <v>0</v>
       </c>
     </row>
-    <row r="80" spans="1:61" s="14" customFormat="1">
-[...3 lines deleted...]
-      <c r="B80" s="18" t="s">
+    <row r="81" spans="1:62" s="14" customFormat="1">
+      <c r="A81" s="14" t="s">
+        <v>138</v>
+      </c>
+      <c r="B81" s="18" t="s">
         <v>171</v>
-      </c>
-[...183 lines deleted...]
-        <v>172</v>
       </c>
       <c r="C81" s="14">
         <v>0</v>
       </c>
       <c r="D81" s="14">
         <v>0</v>
       </c>
       <c r="E81" s="14">
         <v>0</v>
       </c>
       <c r="F81" s="14">
         <v>0</v>
       </c>
       <c r="G81" s="14">
         <v>0</v>
       </c>
       <c r="H81" s="14">
         <v>0</v>
       </c>
       <c r="I81" s="14">
         <v>0</v>
       </c>
       <c r="J81" s="14">
         <v>1</v>
       </c>
@@ -15290,57 +15585,60 @@
       </c>
       <c r="BB81" s="14">
         <v>5</v>
       </c>
       <c r="BC81" s="14">
         <v>0</v>
       </c>
       <c r="BD81" s="14">
         <v>1</v>
       </c>
       <c r="BE81" s="16">
         <v>0</v>
       </c>
       <c r="BF81" s="14">
         <v>1</v>
       </c>
       <c r="BG81" s="14">
         <v>2</v>
       </c>
       <c r="BH81" s="14">
         <v>3</v>
       </c>
       <c r="BI81" s="14">
         <v>0</v>
       </c>
+      <c r="BJ81" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="82" spans="1:61" s="14" customFormat="1">
+    <row r="82" spans="1:62" s="14" customFormat="1">
       <c r="A82" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B82" s="18" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C82" s="14">
         <v>0</v>
       </c>
       <c r="D82" s="14">
         <v>0</v>
       </c>
       <c r="E82" s="14">
         <v>0</v>
       </c>
       <c r="F82" s="14">
         <v>0</v>
       </c>
       <c r="G82" s="14">
         <v>0</v>
       </c>
       <c r="H82" s="14">
         <v>0</v>
       </c>
       <c r="I82" s="14">
         <v>0</v>
       </c>
       <c r="J82" s="14">
         <v>0</v>
       </c>
@@ -15464,430 +15762,439 @@
       <c r="AX82" s="14">
         <v>0</v>
       </c>
       <c r="AY82" s="14">
         <v>0</v>
       </c>
       <c r="AZ82" s="14">
         <v>0</v>
       </c>
       <c r="BA82" s="14">
         <v>0</v>
       </c>
       <c r="BB82" s="14">
         <v>2</v>
       </c>
       <c r="BC82" s="14">
         <v>1</v>
       </c>
       <c r="BD82" s="14">
         <v>0</v>
       </c>
       <c r="BE82" s="16">
         <v>0</v>
       </c>
       <c r="BF82" s="14">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BG82" s="14">
         <v>1</v>
       </c>
       <c r="BH82" s="14">
         <v>1</v>
       </c>
       <c r="BI82" s="14">
         <v>0</v>
       </c>
+      <c r="BJ82" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="83" spans="1:61" s="14" customFormat="1">
+    <row r="83" spans="1:62" s="14" customFormat="1">
       <c r="A83" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B83" s="18" t="s">
+        <v>173</v>
+      </c>
+      <c r="C83" s="14">
+        <v>0</v>
+      </c>
+      <c r="D83" s="14">
+        <v>1</v>
+      </c>
+      <c r="E83" s="14">
+        <v>0</v>
+      </c>
+      <c r="F83" s="14">
+        <v>0</v>
+      </c>
+      <c r="G83" s="14">
+        <v>0</v>
+      </c>
+      <c r="H83" s="14">
+        <v>0</v>
+      </c>
+      <c r="I83" s="14">
+        <v>0</v>
+      </c>
+      <c r="J83" s="14">
+        <v>0</v>
+      </c>
+      <c r="K83" s="14">
+        <v>0</v>
+      </c>
+      <c r="L83" s="14">
+        <v>0</v>
+      </c>
+      <c r="M83" s="14">
+        <v>0</v>
+      </c>
+      <c r="N83" s="14">
+        <v>0</v>
+      </c>
+      <c r="O83" s="14">
+        <v>0</v>
+      </c>
+      <c r="P83" s="14">
+        <v>1</v>
+      </c>
+      <c r="Q83" s="14">
+        <v>0</v>
+      </c>
+      <c r="R83" s="14">
+        <v>0</v>
+      </c>
+      <c r="S83" s="14">
+        <v>0</v>
+      </c>
+      <c r="T83" s="14">
+        <v>0</v>
+      </c>
+      <c r="U83" s="14">
+        <v>1</v>
+      </c>
+      <c r="V83" s="14">
+        <v>2</v>
+      </c>
+      <c r="W83" s="14">
+        <v>0</v>
+      </c>
+      <c r="X83" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y83" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z83" s="14">
+        <v>1</v>
+      </c>
+      <c r="AA83" s="14">
+        <v>1</v>
+      </c>
+      <c r="AB83" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC83" s="14">
+        <v>2</v>
+      </c>
+      <c r="AD83" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE83" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF83" s="14">
+        <v>1</v>
+      </c>
+      <c r="AG83" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH83" s="14">
+        <v>1</v>
+      </c>
+      <c r="AI83" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ83" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK83" s="14">
+        <v>1</v>
+      </c>
+      <c r="AL83" s="14">
+        <v>1</v>
+      </c>
+      <c r="AM83" s="14">
+        <v>1</v>
+      </c>
+      <c r="AN83" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO83" s="14">
+        <v>1</v>
+      </c>
+      <c r="AP83" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ83" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR83" s="14">
+        <v>1</v>
+      </c>
+      <c r="AS83" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT83" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU83" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV83" s="14">
+        <v>1</v>
+      </c>
+      <c r="AW83" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX83" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY83" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ83" s="14">
+        <v>1</v>
+      </c>
+      <c r="BA83" s="14">
+        <v>2</v>
+      </c>
+      <c r="BB83" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC83" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD83" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE83" s="16">
+        <v>0</v>
+      </c>
+      <c r="BF83" s="14">
+        <v>1</v>
+      </c>
+      <c r="BG83" s="14">
+        <v>1</v>
+      </c>
+      <c r="BH83" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI83" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ83" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:62" s="14" customFormat="1">
+      <c r="B84" s="18" t="s">
         <v>174</v>
       </c>
-      <c r="C83" s="14">
-[...173 lines deleted...]
-      <c r="BI83" s="14">
+      <c r="C84" s="14">
+        <v>0</v>
+      </c>
+      <c r="D84" s="14">
+        <v>0</v>
+      </c>
+      <c r="E84" s="14">
+        <v>0</v>
+      </c>
+      <c r="F84" s="14">
+        <v>0</v>
+      </c>
+      <c r="G84" s="14">
+        <v>0</v>
+      </c>
+      <c r="H84" s="14">
+        <v>0</v>
+      </c>
+      <c r="I84" s="14">
+        <v>0</v>
+      </c>
+      <c r="J84" s="14">
+        <v>0</v>
+      </c>
+      <c r="K84" s="14">
+        <v>0</v>
+      </c>
+      <c r="L84" s="14">
+        <v>0</v>
+      </c>
+      <c r="M84" s="14">
+        <v>0</v>
+      </c>
+      <c r="N84" s="14">
+        <v>0</v>
+      </c>
+      <c r="O84" s="14">
+        <v>0</v>
+      </c>
+      <c r="P84" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q84" s="14">
+        <v>1</v>
+      </c>
+      <c r="R84" s="14">
+        <v>0</v>
+      </c>
+      <c r="S84" s="14">
+        <v>0</v>
+      </c>
+      <c r="T84" s="14">
+        <v>0</v>
+      </c>
+      <c r="U84" s="14">
+        <v>0</v>
+      </c>
+      <c r="V84" s="14">
+        <v>0</v>
+      </c>
+      <c r="W84" s="14">
+        <v>0</v>
+      </c>
+      <c r="X84" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y84" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM84" s="14">
+        <v>1</v>
+      </c>
+      <c r="AN84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY84" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ84" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA84" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB84" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC84" s="14">
+        <v>1</v>
+      </c>
+      <c r="BD84" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE84" s="16">
+        <v>0</v>
+      </c>
+      <c r="BF84" s="20">
+        <v>0</v>
+      </c>
+      <c r="BG84" s="20">
+        <v>0</v>
+      </c>
+      <c r="BH84" s="20">
+        <v>0</v>
+      </c>
+      <c r="BI84" s="20">
+        <v>0</v>
+      </c>
+      <c r="BJ84" s="14">
         <v>0</v>
       </c>
     </row>
-    <row r="84" spans="1:61" s="14" customFormat="1">
-[...181 lines deleted...]
-    <row r="85" spans="1:61">
+    <row r="85" spans="1:62">
       <c r="A85" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B85" s="1"/>
       <c r="C85" s="1"/>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
@@ -15904,101 +16211,101 @@
       <c r="AH85" s="1"/>
       <c r="AI85" s="1"/>
       <c r="AJ85" s="1"/>
       <c r="AK85" s="1"/>
       <c r="AL85" s="1"/>
       <c r="AM85" s="1"/>
       <c r="AN85" s="1"/>
       <c r="AO85" s="1"/>
       <c r="AP85" s="1"/>
       <c r="AQ85" s="1"/>
       <c r="AR85" s="1"/>
       <c r="AS85" s="1"/>
       <c r="AT85" s="1"/>
       <c r="AU85" s="1"/>
       <c r="AV85" s="1"/>
       <c r="AW85" s="1"/>
       <c r="AX85" s="1"/>
       <c r="AY85" s="1"/>
       <c r="AZ85" s="1"/>
       <c r="BA85" s="1"/>
       <c r="BB85" s="1"/>
       <c r="BC85" s="1"/>
       <c r="BD85" s="3"/>
       <c r="BE85" s="3"/>
     </row>
-    <row r="86" spans="1:61">
+    <row r="86" spans="1:62">
       <c r="A86" s="13" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="A8:B8"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:DQ86"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="8" topLeftCell="N9" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="8" topLeftCell="M9" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="P7" sqref="P7"/>
+      <selection pane="bottomRight" activeCell="Q8" sqref="Q8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="1"/>
     <col min="2" max="2" width="81.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:121" ht="30" customHeight="1">
       <c r="A1" s="5"/>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
       <c r="L1" s="5"/>
       <c r="M1" s="5"/>
       <c r="N1" s="5"/>
       <c r="O1" s="5"/>
       <c r="P1" s="5"/>
-      <c r="Q1" s="21"/>
+      <c r="Q1" s="5"/>
       <c r="R1" s="21"/>
       <c r="S1" s="21"/>
       <c r="T1" s="21"/>
       <c r="U1" s="21"/>
       <c r="V1" s="21"/>
       <c r="W1" s="21"/>
       <c r="X1" s="21"/>
       <c r="Y1" s="21"/>
       <c r="Z1" s="21"/>
       <c r="AA1" s="21"/>
       <c r="AB1" s="21"/>
       <c r="AC1" s="21"/>
       <c r="AD1" s="21"/>
       <c r="AE1" s="21"/>
       <c r="AF1" s="21"/>
       <c r="AG1" s="21"/>
       <c r="AH1" s="21"/>
       <c r="AI1" s="21"/>
       <c r="AJ1" s="21"/>
       <c r="AK1" s="21"/>
       <c r="AL1" s="21"/>
       <c r="AM1" s="21"/>
       <c r="AN1" s="21"/>
       <c r="AO1" s="21"/>
       <c r="AP1" s="21"/>
@@ -16068,51 +16375,51 @@
       <c r="DB1" s="21"/>
       <c r="DC1" s="21"/>
       <c r="DD1" s="21"/>
       <c r="DE1" s="21"/>
       <c r="DF1" s="21"/>
       <c r="DG1" s="21"/>
       <c r="DH1" s="21"/>
       <c r="DI1" s="21"/>
       <c r="DJ1" s="21"/>
       <c r="DK1" s="21"/>
       <c r="DL1" s="21"/>
       <c r="DM1" s="21"/>
       <c r="DN1" s="21"/>
       <c r="DO1" s="21"/>
       <c r="DP1" s="21"/>
       <c r="DQ1" s="21"/>
     </row>
     <row r="2" spans="1:121" ht="31.5">
       <c r="A2" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="6"/>
     </row>
     <row r="4" spans="1:121">
       <c r="A4" s="7" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
     </row>
     <row r="5" spans="1:121">
       <c r="A5" s="8" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="7" spans="1:121" ht="18.75">
       <c r="A7" s="27" t="s">
         <v>102</v>
       </c>
       <c r="B7" s="27"/>
       <c r="C7" s="9" t="s">
         <v>103</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>106</v>
       </c>
       <c r="G7" s="9" t="s">
@@ -16123,175 +16430,185 @@
       </c>
       <c r="I7" s="9" t="s">
         <v>109</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>110</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>111</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>112</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>113</v>
       </c>
       <c r="N7" s="9">
         <v>2022</v>
       </c>
       <c r="O7" s="9">
         <v>2023</v>
       </c>
       <c r="P7" s="9">
         <v>2024</v>
       </c>
+      <c r="Q7" s="9">
+        <v>2025</v>
+      </c>
     </row>
     <row r="8" spans="1:121">
       <c r="A8" s="28" t="s">
         <v>1</v>
       </c>
       <c r="B8" s="29"/>
       <c r="C8" s="11">
         <f>SUM(C11:C28)</f>
         <v>57</v>
       </c>
       <c r="D8" s="11">
-        <f t="shared" ref="D8:P8" si="0">SUM(D11:D28)</f>
+        <f t="shared" ref="D8:Q8" si="0">SUM(D11:D28)</f>
         <v>24</v>
       </c>
       <c r="E8" s="11">
         <f t="shared" si="0"/>
         <v>108</v>
       </c>
       <c r="F8" s="11">
         <f t="shared" si="0"/>
         <v>170</v>
       </c>
       <c r="G8" s="11">
         <f t="shared" si="0"/>
         <v>233</v>
       </c>
       <c r="H8" s="11">
         <f t="shared" si="0"/>
         <v>280</v>
       </c>
       <c r="I8" s="11">
         <f t="shared" si="0"/>
         <v>272</v>
       </c>
       <c r="J8" s="11">
         <f t="shared" si="0"/>
         <v>260</v>
       </c>
       <c r="K8" s="11">
         <f t="shared" si="0"/>
         <v>336</v>
       </c>
       <c r="L8" s="11">
         <f t="shared" si="0"/>
         <v>207</v>
       </c>
       <c r="M8" s="11">
         <f t="shared" si="0"/>
         <v>189</v>
       </c>
       <c r="N8" s="11">
         <f t="shared" si="0"/>
         <v>216</v>
       </c>
       <c r="O8" s="11">
         <f t="shared" si="0"/>
         <v>302</v>
       </c>
       <c r="P8" s="11">
         <f t="shared" si="0"/>
-        <v>241</v>
+        <v>249</v>
+      </c>
+      <c r="Q8" s="11">
+        <f t="shared" si="0"/>
+        <v>256</v>
       </c>
     </row>
     <row r="10" spans="1:121" ht="15.75">
       <c r="A10" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="10"/>
       <c r="C10" s="12">
         <f>SUM(C11:C28)</f>
         <v>57</v>
       </c>
       <c r="D10" s="12">
-        <f t="shared" ref="D10:P10" si="1">SUM(D11:D28)</f>
+        <f t="shared" ref="D10:Q10" si="1">SUM(D11:D28)</f>
         <v>24</v>
       </c>
       <c r="E10" s="12">
         <f t="shared" si="1"/>
         <v>108</v>
       </c>
       <c r="F10" s="12">
         <f t="shared" si="1"/>
         <v>170</v>
       </c>
       <c r="G10" s="12">
         <f t="shared" si="1"/>
         <v>233</v>
       </c>
       <c r="H10" s="12">
         <f t="shared" si="1"/>
         <v>280</v>
       </c>
       <c r="I10" s="12">
         <f t="shared" si="1"/>
         <v>272</v>
       </c>
       <c r="J10" s="12">
         <f t="shared" si="1"/>
         <v>260</v>
       </c>
       <c r="K10" s="12">
         <f t="shared" si="1"/>
         <v>336</v>
       </c>
       <c r="L10" s="12">
         <f t="shared" si="1"/>
         <v>207</v>
       </c>
       <c r="M10" s="12">
         <f t="shared" si="1"/>
         <v>189</v>
       </c>
       <c r="N10" s="12">
         <f t="shared" si="1"/>
         <v>216</v>
       </c>
       <c r="O10" s="12">
         <f t="shared" si="1"/>
         <v>302</v>
       </c>
       <c r="P10" s="12">
         <f t="shared" si="1"/>
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="Q10" s="12"/>
+        <v>249</v>
+      </c>
+      <c r="Q10" s="12">
+        <f t="shared" si="1"/>
+        <v>256</v>
+      </c>
       <c r="R10" s="12"/>
       <c r="S10" s="12"/>
       <c r="T10" s="12"/>
       <c r="U10" s="12"/>
       <c r="V10" s="12"/>
       <c r="W10" s="12"/>
       <c r="X10" s="12"/>
       <c r="Y10" s="12"/>
       <c r="Z10" s="12"/>
       <c r="AA10" s="12"/>
       <c r="AB10" s="12"/>
       <c r="AC10" s="12"/>
       <c r="AD10" s="12"/>
       <c r="AE10" s="12"/>
       <c r="AF10" s="12"/>
       <c r="AG10" s="12"/>
       <c r="AH10" s="12"/>
       <c r="AI10" s="12"/>
       <c r="AJ10" s="12"/>
       <c r="AK10" s="12"/>
       <c r="AL10" s="12"/>
       <c r="AM10" s="12"/>
       <c r="AN10" s="12"/>
       <c r="AO10" s="12"/>
       <c r="AP10" s="12"/>
@@ -16341,50 +16658,54 @@
       <c r="I11" s="15">
         <v>3</v>
       </c>
       <c r="J11" s="15">
         <v>8</v>
       </c>
       <c r="K11" s="15">
         <v>7</v>
       </c>
       <c r="L11" s="15">
         <v>7</v>
       </c>
       <c r="M11" s="15">
         <v>3</v>
       </c>
       <c r="N11" s="15">
         <v>3</v>
       </c>
       <c r="O11" s="15">
         <v>5</v>
       </c>
       <c r="P11" s="14">
         <f>SUM(Trimestriel!BC11:BF11)</f>
         <v>6</v>
       </c>
+      <c r="Q11" s="14">
+        <f>SUM(Trimestriel!BG11:BJ11)</f>
+        <v>4</v>
+      </c>
     </row>
     <row r="12" spans="1:121" s="14" customFormat="1">
       <c r="A12" s="14" t="s">
         <v>54</v>
       </c>
       <c r="B12" s="14" t="s">
         <v>55</v>
       </c>
       <c r="C12" s="15">
         <v>0</v>
       </c>
       <c r="D12" s="15">
         <v>0</v>
       </c>
       <c r="E12" s="15">
         <v>1</v>
       </c>
       <c r="F12" s="15">
         <v>0</v>
       </c>
       <c r="G12" s="15">
         <v>6</v>
       </c>
       <c r="H12" s="15">
         <v>4</v>
@@ -16392,50 +16713,54 @@
       <c r="I12" s="15">
         <v>0</v>
       </c>
       <c r="J12" s="15">
         <v>2</v>
       </c>
       <c r="K12" s="15">
         <v>1</v>
       </c>
       <c r="L12" s="15">
         <v>0</v>
       </c>
       <c r="M12" s="15">
         <v>1</v>
       </c>
       <c r="N12" s="15">
         <v>0</v>
       </c>
       <c r="O12" s="15">
         <v>1</v>
       </c>
       <c r="P12" s="14">
         <f>SUM(Trimestriel!BC12:BF12)</f>
         <v>0</v>
       </c>
+      <c r="Q12" s="14">
+        <f>SUM(Trimestriel!BG12:BJ12)</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="13" spans="1:121" s="14" customFormat="1">
       <c r="A13" s="14" t="s">
         <v>56</v>
       </c>
       <c r="B13" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C13" s="15">
         <v>6</v>
       </c>
       <c r="D13" s="15">
         <v>0</v>
       </c>
       <c r="E13" s="15">
         <v>4</v>
       </c>
       <c r="F13" s="15">
         <v>12</v>
       </c>
       <c r="G13" s="15">
         <v>16</v>
       </c>
       <c r="H13" s="15">
         <v>21</v>
@@ -16443,50 +16768,54 @@
       <c r="I13" s="15">
         <v>21</v>
       </c>
       <c r="J13" s="15">
         <v>31</v>
       </c>
       <c r="K13" s="15">
         <v>25</v>
       </c>
       <c r="L13" s="15">
         <v>13</v>
       </c>
       <c r="M13" s="15">
         <v>23</v>
       </c>
       <c r="N13" s="15">
         <v>25</v>
       </c>
       <c r="O13" s="15">
         <v>16</v>
       </c>
       <c r="P13" s="14">
         <f>SUM(Trimestriel!BC13:BF13)</f>
         <v>25</v>
       </c>
+      <c r="Q13" s="14">
+        <f>SUM(Trimestriel!BG13:BJ13)</f>
+        <v>23</v>
+      </c>
     </row>
     <row r="14" spans="1:121" s="14" customFormat="1">
       <c r="A14" s="14" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="14" t="s">
         <v>59</v>
       </c>
       <c r="C14" s="15">
         <v>0</v>
       </c>
       <c r="D14" s="15">
         <v>0</v>
       </c>
       <c r="E14" s="15">
         <v>0</v>
       </c>
       <c r="F14" s="15">
         <v>0</v>
       </c>
       <c r="G14" s="15">
         <v>0</v>
       </c>
       <c r="H14" s="15">
         <v>0</v>
@@ -16494,50 +16823,54 @@
       <c r="I14" s="15">
         <v>1</v>
       </c>
       <c r="J14" s="15">
         <v>0</v>
       </c>
       <c r="K14" s="15">
         <v>0</v>
       </c>
       <c r="L14" s="15">
         <v>0</v>
       </c>
       <c r="M14" s="15">
         <v>0</v>
       </c>
       <c r="N14" s="15">
         <v>0</v>
       </c>
       <c r="O14" s="15">
         <v>1</v>
       </c>
       <c r="P14" s="14">
         <f>SUM(Trimestriel!BC14:BF14)</f>
         <v>0</v>
       </c>
+      <c r="Q14" s="14">
+        <f>SUM(Trimestriel!BG14:BJ14)</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="15" spans="1:121" s="14" customFormat="1">
       <c r="A15" s="14" t="s">
         <v>60</v>
       </c>
       <c r="B15" s="14" t="s">
         <v>61</v>
       </c>
       <c r="C15" s="15">
         <v>0</v>
       </c>
       <c r="D15" s="15">
         <v>0</v>
       </c>
       <c r="E15" s="15">
         <v>0</v>
       </c>
       <c r="F15" s="15">
         <v>0</v>
       </c>
       <c r="G15" s="15">
         <v>0</v>
       </c>
       <c r="H15" s="15">
         <v>0</v>
@@ -16545,150 +16878,162 @@
       <c r="I15" s="15">
         <v>0</v>
       </c>
       <c r="J15" s="15">
         <v>2</v>
       </c>
       <c r="K15" s="15">
         <v>1</v>
       </c>
       <c r="L15" s="15">
         <v>0</v>
       </c>
       <c r="M15" s="15">
         <v>0</v>
       </c>
       <c r="N15" s="15">
         <v>2</v>
       </c>
       <c r="O15" s="15">
         <v>0</v>
       </c>
       <c r="P15" s="14">
         <f>SUM(Trimestriel!BC15:BF15)</f>
         <v>3</v>
       </c>
+      <c r="Q15" s="14">
+        <f>SUM(Trimestriel!BG15:BJ15)</f>
+        <v>3</v>
+      </c>
     </row>
     <row r="16" spans="1:121" s="14" customFormat="1">
       <c r="A16" s="14" t="s">
         <v>62</v>
       </c>
       <c r="B16" s="14" t="s">
         <v>63</v>
       </c>
       <c r="C16" s="15">
         <v>34</v>
       </c>
       <c r="D16" s="15">
         <v>12</v>
       </c>
       <c r="E16" s="15">
         <v>45</v>
       </c>
       <c r="F16" s="15">
         <v>63</v>
       </c>
       <c r="G16" s="15">
         <v>76</v>
       </c>
       <c r="H16" s="15">
         <v>92</v>
       </c>
       <c r="I16" s="15">
         <v>98</v>
       </c>
       <c r="J16" s="15">
         <v>86</v>
       </c>
       <c r="K16" s="15">
         <v>113</v>
       </c>
       <c r="L16" s="15">
         <v>69</v>
       </c>
       <c r="M16" s="15">
         <v>54</v>
       </c>
       <c r="N16" s="15">
         <v>63</v>
       </c>
       <c r="O16" s="15">
         <v>70</v>
       </c>
       <c r="P16" s="14">
         <f>SUM(Trimestriel!BC16:BF16)</f>
-        <v>57</v>
+        <v>58</v>
+      </c>
+      <c r="Q16" s="14">
+        <f>SUM(Trimestriel!BG16:BJ16)</f>
+        <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:59" s="14" customFormat="1">
       <c r="A17" s="14" t="s">
         <v>64</v>
       </c>
       <c r="B17" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C17" s="15">
         <v>5</v>
       </c>
       <c r="D17" s="15">
         <v>2</v>
       </c>
       <c r="E17" s="15">
         <v>20</v>
       </c>
       <c r="F17" s="15">
         <v>35</v>
       </c>
       <c r="G17" s="15">
         <v>42</v>
       </c>
       <c r="H17" s="15">
         <v>53</v>
       </c>
       <c r="I17" s="15">
         <v>44</v>
       </c>
       <c r="J17" s="15">
         <v>42</v>
       </c>
       <c r="K17" s="15">
         <v>58</v>
       </c>
       <c r="L17" s="15">
         <v>47</v>
       </c>
       <c r="M17" s="15">
         <v>31</v>
       </c>
       <c r="N17" s="15">
         <v>41</v>
       </c>
       <c r="O17" s="15">
         <v>67</v>
       </c>
       <c r="P17" s="14">
         <f>SUM(Trimestriel!BC17:BF17)</f>
+        <v>51</v>
+      </c>
+      <c r="Q17" s="14">
+        <f>SUM(Trimestriel!BG17:BJ17)</f>
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:59" s="14" customFormat="1">
       <c r="A18" s="14" t="s">
         <v>66</v>
       </c>
       <c r="B18" s="14" t="s">
         <v>67</v>
       </c>
       <c r="C18" s="15">
         <v>2</v>
       </c>
       <c r="D18" s="15">
         <v>1</v>
       </c>
       <c r="E18" s="15">
         <v>7</v>
       </c>
       <c r="F18" s="15">
         <v>13</v>
       </c>
       <c r="G18" s="15">
         <v>9</v>
       </c>
@@ -16698,100 +17043,108 @@
       <c r="I18" s="15">
         <v>13</v>
       </c>
       <c r="J18" s="15">
         <v>10</v>
       </c>
       <c r="K18" s="15">
         <v>21</v>
       </c>
       <c r="L18" s="15">
         <v>11</v>
       </c>
       <c r="M18" s="15">
         <v>10</v>
       </c>
       <c r="N18" s="15">
         <v>15</v>
       </c>
       <c r="O18" s="15">
         <v>14</v>
       </c>
       <c r="P18" s="14">
         <f>SUM(Trimestriel!BC18:BF18)</f>
         <v>13</v>
       </c>
+      <c r="Q18" s="14">
+        <f>SUM(Trimestriel!BG18:BJ18)</f>
+        <v>15</v>
+      </c>
     </row>
     <row r="19" spans="1:59" s="14" customFormat="1">
       <c r="A19" s="14" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C19" s="15">
         <v>1</v>
       </c>
       <c r="D19" s="15">
         <v>2</v>
       </c>
       <c r="E19" s="15">
         <v>5</v>
       </c>
       <c r="F19" s="15">
         <v>7</v>
       </c>
       <c r="G19" s="15">
         <v>14</v>
       </c>
       <c r="H19" s="15">
         <v>18</v>
       </c>
       <c r="I19" s="15">
         <v>21</v>
       </c>
       <c r="J19" s="15">
         <v>13</v>
       </c>
       <c r="K19" s="15">
         <v>26</v>
       </c>
       <c r="L19" s="15">
         <v>11</v>
       </c>
       <c r="M19" s="15">
         <v>17</v>
       </c>
       <c r="N19" s="15">
         <v>18</v>
       </c>
       <c r="O19" s="15">
         <v>14</v>
       </c>
       <c r="P19" s="14">
         <f>SUM(Trimestriel!BC19:BF19)</f>
-        <v>19</v>
+        <v>20</v>
+      </c>
+      <c r="Q19" s="14">
+        <f>SUM(Trimestriel!BG19:BJ19)</f>
+        <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:59" s="14" customFormat="1">
       <c r="A20" s="14" t="s">
         <v>70</v>
       </c>
       <c r="B20" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C20" s="15">
         <v>0</v>
       </c>
       <c r="D20" s="15">
         <v>0</v>
       </c>
       <c r="E20" s="15">
         <v>0</v>
       </c>
       <c r="F20" s="15">
         <v>1</v>
       </c>
       <c r="G20" s="15">
         <v>3</v>
       </c>
       <c r="H20" s="15">
@@ -16800,151 +17153,163 @@
       <c r="I20" s="15">
         <v>3</v>
       </c>
       <c r="J20" s="15">
         <v>5</v>
       </c>
       <c r="K20" s="15">
         <v>1</v>
       </c>
       <c r="L20" s="15">
         <v>3</v>
       </c>
       <c r="M20" s="15">
         <v>1</v>
       </c>
       <c r="N20" s="15">
         <v>1</v>
       </c>
       <c r="O20" s="15">
         <v>2</v>
       </c>
       <c r="P20" s="14">
         <f>SUM(Trimestriel!BC20:BF20)</f>
         <v>2</v>
       </c>
+      <c r="Q20" s="14">
+        <f>SUM(Trimestriel!BG20:BJ20)</f>
+        <v>2</v>
+      </c>
     </row>
     <row r="21" spans="1:59" s="14" customFormat="1">
       <c r="A21" s="14" t="s">
         <v>72</v>
       </c>
       <c r="B21" s="14" t="s">
         <v>73</v>
       </c>
       <c r="C21" s="15">
         <v>0</v>
       </c>
       <c r="D21" s="15">
         <v>2</v>
       </c>
       <c r="E21" s="15">
         <v>3</v>
       </c>
       <c r="F21" s="15">
         <v>7</v>
       </c>
       <c r="G21" s="15">
         <v>3</v>
       </c>
       <c r="H21" s="15">
         <v>3</v>
       </c>
       <c r="I21" s="15">
         <v>8</v>
       </c>
       <c r="J21" s="15">
         <v>4</v>
       </c>
       <c r="K21" s="15">
         <v>2</v>
       </c>
       <c r="L21" s="15">
         <v>6</v>
       </c>
       <c r="M21" s="15">
         <v>1</v>
       </c>
       <c r="N21" s="15">
         <v>3</v>
       </c>
       <c r="O21" s="15">
         <v>2</v>
       </c>
       <c r="P21" s="14">
         <f>SUM(Trimestriel!BC21:BF21)</f>
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="Q21" s="14">
+        <f>SUM(Trimestriel!BG21:BJ21)</f>
+        <v>8</v>
       </c>
     </row>
     <row r="22" spans="1:59" s="14" customFormat="1">
       <c r="A22" s="14" t="s">
         <v>74</v>
       </c>
       <c r="B22" s="14" t="s">
         <v>75</v>
       </c>
       <c r="C22" s="15">
         <v>3</v>
       </c>
       <c r="D22" s="15">
         <v>1</v>
       </c>
       <c r="E22" s="15">
         <v>2</v>
       </c>
       <c r="F22" s="15">
         <v>1</v>
       </c>
       <c r="G22" s="15">
         <v>8</v>
       </c>
       <c r="H22" s="15">
         <v>5</v>
       </c>
       <c r="I22" s="15">
         <v>2</v>
       </c>
       <c r="J22" s="15">
         <v>6</v>
       </c>
       <c r="K22" s="15">
         <v>2</v>
       </c>
       <c r="L22" s="15">
         <v>4</v>
       </c>
       <c r="M22" s="15">
         <v>4</v>
       </c>
       <c r="N22" s="15">
         <v>4</v>
       </c>
       <c r="O22" s="15">
         <v>4</v>
       </c>
       <c r="P22" s="14">
         <f>SUM(Trimestriel!BC22:BF22)</f>
-        <v>5</v>
+        <v>6</v>
+      </c>
+      <c r="Q22" s="14">
+        <f>SUM(Trimestriel!BG22:BJ22)</f>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:59" s="14" customFormat="1">
       <c r="A23" s="14" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C23" s="15">
         <v>2</v>
       </c>
       <c r="D23" s="15">
         <v>1</v>
       </c>
       <c r="E23" s="15">
         <v>2</v>
       </c>
       <c r="F23" s="15">
         <v>8</v>
       </c>
       <c r="G23" s="15">
         <v>16</v>
       </c>
       <c r="H23" s="15">
@@ -16953,100 +17318,108 @@
       <c r="I23" s="15">
         <v>9</v>
       </c>
       <c r="J23" s="15">
         <v>19</v>
       </c>
       <c r="K23" s="15">
         <v>17</v>
       </c>
       <c r="L23" s="15">
         <v>7</v>
       </c>
       <c r="M23" s="15">
         <v>12</v>
       </c>
       <c r="N23" s="15">
         <v>8</v>
       </c>
       <c r="O23" s="15">
         <v>14</v>
       </c>
       <c r="P23" s="14">
         <f>SUM(Trimestriel!BC23:BF23)</f>
         <v>15</v>
       </c>
+      <c r="Q23" s="14">
+        <f>SUM(Trimestriel!BG23:BJ23)</f>
+        <v>14</v>
+      </c>
     </row>
     <row r="24" spans="1:59" s="14" customFormat="1">
       <c r="A24" s="14" t="s">
         <v>78</v>
       </c>
       <c r="B24" s="14" t="s">
         <v>79</v>
       </c>
       <c r="C24" s="15">
         <v>1</v>
       </c>
       <c r="D24" s="15">
         <v>1</v>
       </c>
       <c r="E24" s="15">
         <v>9</v>
       </c>
       <c r="F24" s="15">
         <v>9</v>
       </c>
       <c r="G24" s="15">
         <v>15</v>
       </c>
       <c r="H24" s="15">
         <v>27</v>
       </c>
       <c r="I24" s="15">
         <v>19</v>
       </c>
       <c r="J24" s="15">
         <v>17</v>
       </c>
       <c r="K24" s="15">
         <v>33</v>
       </c>
       <c r="L24" s="15">
         <v>16</v>
       </c>
       <c r="M24" s="15">
         <v>23</v>
       </c>
       <c r="N24" s="15">
         <v>18</v>
       </c>
       <c r="O24" s="15">
         <v>31</v>
       </c>
       <c r="P24" s="14">
         <f>SUM(Trimestriel!BC24:BF24)</f>
-        <v>18</v>
+        <v>19</v>
+      </c>
+      <c r="Q24" s="14">
+        <f>SUM(Trimestriel!BG24:BJ24)</f>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:59" s="14" customFormat="1">
       <c r="A25" s="14" t="s">
         <v>80</v>
       </c>
       <c r="B25" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C25" s="15">
         <v>0</v>
       </c>
       <c r="D25" s="15">
         <v>0</v>
       </c>
       <c r="E25" s="15">
         <v>2</v>
       </c>
       <c r="F25" s="15">
         <v>2</v>
       </c>
       <c r="G25" s="15">
         <v>3</v>
       </c>
       <c r="H25" s="15">
@@ -17055,50 +17428,54 @@
       <c r="I25" s="15">
         <v>3</v>
       </c>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>9</v>
       </c>
       <c r="L25" s="15">
         <v>2</v>
       </c>
       <c r="M25" s="15">
         <v>1</v>
       </c>
       <c r="N25" s="15">
         <v>1</v>
       </c>
       <c r="O25" s="15">
         <v>48</v>
       </c>
       <c r="P25" s="14">
         <f>SUM(Trimestriel!BC25:BF25)</f>
         <v>4</v>
       </c>
+      <c r="Q25" s="14">
+        <f>SUM(Trimestriel!BG25:BJ25)</f>
+        <v>4</v>
+      </c>
     </row>
     <row r="26" spans="1:59" s="14" customFormat="1">
       <c r="A26" s="14" t="s">
         <v>82</v>
       </c>
       <c r="B26" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C26" s="15">
         <v>1</v>
       </c>
       <c r="D26" s="15">
         <v>0</v>
       </c>
       <c r="E26" s="15">
         <v>1</v>
       </c>
       <c r="F26" s="15">
         <v>3</v>
       </c>
       <c r="G26" s="15">
         <v>4</v>
       </c>
       <c r="H26" s="15">
         <v>3</v>
@@ -17106,50 +17483,54 @@
       <c r="I26" s="15">
         <v>10</v>
       </c>
       <c r="J26" s="15">
         <v>3</v>
       </c>
       <c r="K26" s="15">
         <v>6</v>
       </c>
       <c r="L26" s="15">
         <v>3</v>
       </c>
       <c r="M26" s="15">
         <v>1</v>
       </c>
       <c r="N26" s="15">
         <v>2</v>
       </c>
       <c r="O26" s="15">
         <v>2</v>
       </c>
       <c r="P26" s="14">
         <f>SUM(Trimestriel!BC26:BF26)</f>
         <v>10</v>
       </c>
+      <c r="Q26" s="14">
+        <f>SUM(Trimestriel!BG26:BJ26)</f>
+        <v>3</v>
+      </c>
     </row>
     <row r="27" spans="1:59" s="14" customFormat="1">
       <c r="A27" s="14" t="s">
         <v>84</v>
       </c>
       <c r="B27" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C27" s="15">
         <v>0</v>
       </c>
       <c r="D27" s="15">
         <v>0</v>
       </c>
       <c r="E27" s="15">
         <v>0</v>
       </c>
       <c r="F27" s="15">
         <v>1</v>
       </c>
       <c r="G27" s="15">
         <v>0</v>
       </c>
       <c r="H27" s="15">
         <v>5</v>
@@ -17157,109 +17538,117 @@
       <c r="I27" s="15">
         <v>7</v>
       </c>
       <c r="J27" s="15">
         <v>3</v>
       </c>
       <c r="K27" s="15">
         <v>4</v>
       </c>
       <c r="L27" s="15">
         <v>5</v>
       </c>
       <c r="M27" s="15">
         <v>2</v>
       </c>
       <c r="N27" s="15">
         <v>3</v>
       </c>
       <c r="O27" s="15">
         <v>2</v>
       </c>
       <c r="P27" s="14">
         <f>SUM(Trimestriel!BC27:BF27)</f>
         <v>1</v>
       </c>
+      <c r="Q27" s="14">
+        <f>SUM(Trimestriel!BG27:BJ27)</f>
+        <v>2</v>
+      </c>
     </row>
     <row r="28" spans="1:59" s="14" customFormat="1">
       <c r="A28" s="14" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="14" t="s">
         <v>87</v>
       </c>
       <c r="C28" s="15">
         <v>2</v>
       </c>
       <c r="D28" s="15">
         <v>0</v>
       </c>
       <c r="E28" s="15">
         <v>4</v>
       </c>
       <c r="F28" s="15">
         <v>2</v>
       </c>
       <c r="G28" s="15">
         <v>8</v>
       </c>
       <c r="H28" s="15">
         <v>7</v>
       </c>
       <c r="I28" s="15">
         <v>10</v>
       </c>
       <c r="J28" s="15">
         <v>8</v>
       </c>
       <c r="K28" s="15">
         <v>10</v>
       </c>
       <c r="L28" s="15">
         <v>3</v>
       </c>
       <c r="M28" s="15">
         <v>5</v>
       </c>
       <c r="N28" s="15">
         <v>9</v>
       </c>
       <c r="O28" s="15">
         <v>9</v>
       </c>
       <c r="P28" s="14">
         <f>SUM(Trimestriel!BC28:BF28)</f>
-        <v>10</v>
+        <v>11</v>
+      </c>
+      <c r="Q28" s="14">
+        <f>SUM(Trimestriel!BG28:BJ28)</f>
+        <v>7</v>
       </c>
     </row>
     <row r="30" spans="1:59" ht="15.75">
       <c r="A30" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B30" s="10"/>
       <c r="C30" s="12">
-        <f t="shared" ref="C30:P30" si="2">SUM(C31:C48)</f>
+        <f t="shared" ref="C30:Q30" si="2">SUM(C31:C48)</f>
         <v>57</v>
       </c>
       <c r="D30" s="12">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
       <c r="E30" s="12">
         <f t="shared" si="2"/>
         <v>108</v>
       </c>
       <c r="F30" s="12">
         <f t="shared" si="2"/>
         <v>170</v>
       </c>
       <c r="G30" s="12">
         <f t="shared" si="2"/>
         <v>233</v>
       </c>
       <c r="H30" s="12">
         <f t="shared" si="2"/>
         <v>280</v>
       </c>
       <c r="I30" s="12">
         <f t="shared" si="2"/>
         <v>272</v>
@@ -17268,53 +17657,56 @@
         <f t="shared" si="2"/>
         <v>260</v>
       </c>
       <c r="K30" s="12">
         <f t="shared" si="2"/>
         <v>336</v>
       </c>
       <c r="L30" s="12">
         <f t="shared" si="2"/>
         <v>207</v>
       </c>
       <c r="M30" s="12">
         <f t="shared" si="2"/>
         <v>189</v>
       </c>
       <c r="N30" s="12">
         <f t="shared" si="2"/>
         <v>216</v>
       </c>
       <c r="O30" s="12">
         <f t="shared" si="2"/>
         <v>302</v>
       </c>
       <c r="P30" s="12">
         <f t="shared" si="2"/>
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="Q30" s="12"/>
+        <v>249</v>
+      </c>
+      <c r="Q30" s="12">
+        <f t="shared" si="2"/>
+        <v>256</v>
+      </c>
       <c r="R30" s="12"/>
       <c r="S30" s="12"/>
       <c r="T30" s="12"/>
       <c r="U30" s="12"/>
       <c r="V30" s="12"/>
       <c r="W30" s="12"/>
       <c r="X30" s="12"/>
       <c r="Y30" s="12"/>
       <c r="Z30" s="12"/>
       <c r="AA30" s="12"/>
       <c r="AB30" s="12"/>
       <c r="AC30" s="12"/>
       <c r="AD30" s="12"/>
       <c r="AE30" s="12"/>
       <c r="AF30" s="12"/>
       <c r="AG30" s="12"/>
       <c r="AH30" s="12"/>
       <c r="AI30" s="12"/>
       <c r="AJ30" s="12"/>
       <c r="AK30" s="12"/>
       <c r="AL30" s="12"/>
       <c r="AM30" s="12"/>
       <c r="AN30" s="12"/>
       <c r="AO30" s="12"/>
       <c r="AP30" s="12"/>
@@ -17362,51 +17754,55 @@
         <v>69</v>
       </c>
       <c r="I31" s="15">
         <v>91</v>
       </c>
       <c r="J31" s="15">
         <v>82</v>
       </c>
       <c r="K31" s="15">
         <v>119</v>
       </c>
       <c r="L31" s="15">
         <v>49</v>
       </c>
       <c r="M31" s="15">
         <v>73</v>
       </c>
       <c r="N31" s="15">
         <v>61</v>
       </c>
       <c r="O31" s="15">
         <v>68</v>
       </c>
       <c r="P31" s="14">
         <f>SUM(Trimestriel!BC31:BF31)</f>
-        <v>61</v>
+        <v>62</v>
+      </c>
+      <c r="Q31" s="14">
+        <f>SUM(Trimestriel!BG31:BJ31)</f>
+        <v>64</v>
       </c>
     </row>
     <row r="32" spans="1:59" s="14" customFormat="1">
       <c r="A32" s="18">
         <v>31</v>
       </c>
       <c r="B32" s="14" t="s">
         <v>89</v>
       </c>
       <c r="C32" s="15">
         <v>0</v>
       </c>
       <c r="D32" s="15">
         <v>0</v>
       </c>
       <c r="E32" s="15">
         <v>0</v>
       </c>
       <c r="F32" s="15">
         <v>1</v>
       </c>
       <c r="G32" s="15">
         <v>0</v>
       </c>
       <c r="H32" s="15">
@@ -17415,50 +17811,54 @@
       <c r="I32" s="15">
         <v>0</v>
       </c>
       <c r="J32" s="15">
         <v>0</v>
       </c>
       <c r="K32" s="15">
         <v>0</v>
       </c>
       <c r="L32" s="15">
         <v>0</v>
       </c>
       <c r="M32" s="15">
         <v>0</v>
       </c>
       <c r="N32" s="15">
         <v>0</v>
       </c>
       <c r="O32" s="15">
         <v>0</v>
       </c>
       <c r="P32" s="14">
         <f>SUM(Trimestriel!BC32:BF32)</f>
         <v>0</v>
       </c>
+      <c r="Q32" s="14">
+        <f>SUM(Trimestriel!BG32:BJ32)</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="33" spans="1:18" s="14" customFormat="1">
       <c r="A33" s="18">
         <v>52</v>
       </c>
       <c r="B33" s="14" t="s">
         <v>90</v>
       </c>
       <c r="C33" s="15">
         <v>0</v>
       </c>
       <c r="D33" s="15">
         <v>0</v>
       </c>
       <c r="E33" s="15">
         <v>0</v>
       </c>
       <c r="F33" s="15">
         <v>1</v>
       </c>
       <c r="G33" s="15">
         <v>1</v>
       </c>
       <c r="H33" s="15">
         <v>0</v>
@@ -17466,50 +17866,54 @@
       <c r="I33" s="15">
         <v>0</v>
       </c>
       <c r="J33" s="15">
         <v>0</v>
       </c>
       <c r="K33" s="15">
         <v>0</v>
       </c>
       <c r="L33" s="15">
         <v>0</v>
       </c>
       <c r="M33" s="15">
         <v>0</v>
       </c>
       <c r="N33" s="15">
         <v>0</v>
       </c>
       <c r="O33" s="15">
         <v>0</v>
       </c>
       <c r="P33" s="14">
         <f>SUM(Trimestriel!BC33:BF33)</f>
         <v>0</v>
       </c>
+      <c r="Q33" s="14">
+        <f>SUM(Trimestriel!BG33:BJ33)</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="34" spans="1:18" s="14" customFormat="1">
       <c r="A34" s="18">
         <v>62</v>
       </c>
       <c r="B34" s="14" t="s">
         <v>94</v>
       </c>
       <c r="C34" s="15">
         <v>1</v>
       </c>
       <c r="D34" s="15">
         <v>1</v>
       </c>
       <c r="E34" s="15">
         <v>1</v>
       </c>
       <c r="F34" s="15">
         <v>1</v>
       </c>
       <c r="G34" s="15">
         <v>1</v>
       </c>
       <c r="H34" s="15">
         <v>2</v>
@@ -17517,50 +17921,54 @@
       <c r="I34" s="15">
         <v>0</v>
       </c>
       <c r="J34" s="15">
         <v>0</v>
       </c>
       <c r="K34" s="15">
         <v>1</v>
       </c>
       <c r="L34" s="15">
         <v>0</v>
       </c>
       <c r="M34" s="15">
         <v>0</v>
       </c>
       <c r="N34" s="15">
         <v>0</v>
       </c>
       <c r="O34" s="15">
         <v>0</v>
       </c>
       <c r="P34" s="14">
         <f>SUM(Trimestriel!BC34:BF34)</f>
         <v>0</v>
       </c>
+      <c r="Q34" s="14">
+        <f>SUM(Trimestriel!BG34:BJ34)</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="35" spans="1:18" s="14" customFormat="1">
       <c r="A35" s="18">
         <v>92</v>
       </c>
       <c r="B35" s="14" t="s">
         <v>101</v>
       </c>
       <c r="C35" s="15">
         <v>0</v>
       </c>
       <c r="D35" s="15">
         <v>0</v>
       </c>
       <c r="E35" s="15">
         <v>3</v>
       </c>
       <c r="F35" s="15">
         <v>2</v>
       </c>
       <c r="G35" s="15">
         <v>2</v>
       </c>
       <c r="H35" s="15">
         <v>11</v>
@@ -17568,50 +17976,54 @@
       <c r="I35" s="15">
         <v>5</v>
       </c>
       <c r="J35" s="15">
         <v>2</v>
       </c>
       <c r="K35" s="15">
         <v>1</v>
       </c>
       <c r="L35" s="15">
         <v>4</v>
       </c>
       <c r="M35" s="15">
         <v>0</v>
       </c>
       <c r="N35" s="15">
         <v>1</v>
       </c>
       <c r="O35" s="15">
         <v>47</v>
       </c>
       <c r="P35" s="14">
         <f>SUM(Trimestriel!BC35:BF35)</f>
         <v>0</v>
       </c>
+      <c r="Q35" s="14">
+        <f>SUM(Trimestriel!BG35:BJ35)</f>
+        <v>1</v>
+      </c>
     </row>
     <row r="36" spans="1:18" s="14" customFormat="1">
       <c r="A36" s="18">
         <v>5202</v>
       </c>
       <c r="B36" s="14" t="s">
         <v>90</v>
       </c>
       <c r="C36" s="15">
         <v>0</v>
       </c>
       <c r="D36" s="15">
         <v>0</v>
       </c>
       <c r="E36" s="15">
         <v>0</v>
       </c>
       <c r="F36" s="15">
         <v>0</v>
       </c>
       <c r="G36" s="15">
         <v>0</v>
       </c>
       <c r="H36" s="15">
         <v>0</v>
@@ -17619,50 +18031,54 @@
       <c r="I36" s="15">
         <v>0</v>
       </c>
       <c r="J36" s="15">
         <v>1</v>
       </c>
       <c r="K36" s="15">
         <v>0</v>
       </c>
       <c r="L36" s="15">
         <v>1</v>
       </c>
       <c r="M36" s="15">
         <v>0</v>
       </c>
       <c r="N36" s="15">
         <v>1</v>
       </c>
       <c r="O36" s="15">
         <v>0</v>
       </c>
       <c r="P36" s="14">
         <f>SUM(Trimestriel!BC36:BF36)</f>
         <v>0</v>
       </c>
+      <c r="Q36" s="14">
+        <f>SUM(Trimestriel!BG36:BJ36)</f>
+        <v>2</v>
+      </c>
     </row>
     <row r="37" spans="1:18" s="14" customFormat="1">
       <c r="A37" s="18">
         <v>5485</v>
       </c>
       <c r="B37" s="14" t="s">
         <v>91</v>
       </c>
       <c r="C37" s="15">
         <v>0</v>
       </c>
       <c r="D37" s="15">
         <v>0</v>
       </c>
       <c r="E37" s="15">
         <v>0</v>
       </c>
       <c r="F37" s="15">
         <v>0</v>
       </c>
       <c r="G37" s="15">
         <v>1</v>
       </c>
       <c r="H37" s="15">
         <v>0</v>
@@ -17670,202 +18086,218 @@
       <c r="I37" s="15">
         <v>2</v>
       </c>
       <c r="J37" s="15">
         <v>2</v>
       </c>
       <c r="K37" s="15">
         <v>1</v>
       </c>
       <c r="L37" s="15">
         <v>1</v>
       </c>
       <c r="M37" s="15">
         <v>0</v>
       </c>
       <c r="N37" s="15">
         <v>0</v>
       </c>
       <c r="O37" s="15">
         <v>1</v>
       </c>
       <c r="P37" s="14">
         <f>SUM(Trimestriel!BC37:BF37)</f>
         <v>5</v>
       </c>
+      <c r="Q37" s="14">
+        <f>SUM(Trimestriel!BG37:BJ37)</f>
+        <v>2</v>
+      </c>
     </row>
     <row r="38" spans="1:18" s="14" customFormat="1">
       <c r="A38" s="18">
         <v>5498</v>
       </c>
       <c r="B38" s="14" t="s">
         <v>92</v>
       </c>
       <c r="C38" s="15">
         <v>0</v>
       </c>
       <c r="D38" s="15">
         <v>1</v>
       </c>
       <c r="E38" s="15">
         <v>1</v>
       </c>
       <c r="F38" s="15">
         <v>8</v>
       </c>
       <c r="G38" s="15">
         <v>3</v>
       </c>
       <c r="H38" s="15">
         <v>7</v>
       </c>
       <c r="I38" s="15">
         <v>8</v>
       </c>
       <c r="J38" s="15">
         <v>4</v>
       </c>
       <c r="K38" s="15">
         <v>8</v>
       </c>
       <c r="L38" s="15">
         <v>4</v>
       </c>
       <c r="M38" s="15">
         <v>2</v>
       </c>
       <c r="N38" s="15">
         <v>5</v>
       </c>
       <c r="O38" s="15">
         <v>10</v>
       </c>
       <c r="P38" s="14">
         <f>SUM(Trimestriel!BC38:BF38)</f>
         <v>2</v>
+      </c>
+      <c r="Q38" s="14">
+        <f>SUM(Trimestriel!BG38:BJ38)</f>
+        <v>8</v>
       </c>
       <c r="R38" s="15"/>
     </row>
     <row r="39" spans="1:18" s="14" customFormat="1">
       <c r="A39" s="18">
         <v>5499</v>
       </c>
       <c r="B39" s="14" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C39" s="15">
         <v>25</v>
       </c>
       <c r="D39" s="15">
         <v>11</v>
       </c>
       <c r="E39" s="15">
         <v>71</v>
       </c>
       <c r="F39" s="15">
         <v>107</v>
       </c>
       <c r="G39" s="15">
         <v>154</v>
       </c>
       <c r="H39" s="15">
         <v>180</v>
       </c>
       <c r="I39" s="15">
         <v>158</v>
       </c>
       <c r="J39" s="15">
         <v>162</v>
       </c>
       <c r="K39" s="15">
         <v>202</v>
       </c>
       <c r="L39" s="15">
         <v>136</v>
       </c>
       <c r="M39" s="15">
         <v>109</v>
       </c>
       <c r="N39" s="15">
         <v>142</v>
       </c>
       <c r="O39" s="15">
         <v>164</v>
       </c>
       <c r="P39" s="14">
         <f>SUM(Trimestriel!BC39:BF39)</f>
-        <v>159</v>
+        <v>166</v>
+      </c>
+      <c r="Q39" s="14">
+        <f>SUM(Trimestriel!BG39:BJ39)</f>
+        <v>173</v>
       </c>
     </row>
     <row r="40" spans="1:18" s="14" customFormat="1">
       <c r="A40" s="18">
         <v>5599</v>
       </c>
       <c r="B40" s="14" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C40" s="15">
         <v>0</v>
       </c>
       <c r="D40" s="15">
         <v>0</v>
       </c>
       <c r="E40" s="15">
         <v>0</v>
       </c>
       <c r="F40" s="15">
         <v>0</v>
       </c>
       <c r="G40" s="15">
         <v>0</v>
       </c>
       <c r="H40" s="15">
         <v>0</v>
       </c>
       <c r="I40" s="15">
         <v>0</v>
       </c>
       <c r="J40" s="15">
         <v>0</v>
       </c>
       <c r="K40" s="15">
         <v>0</v>
       </c>
       <c r="L40" s="15">
         <v>1</v>
       </c>
       <c r="M40" s="15">
         <v>0</v>
       </c>
       <c r="N40" s="15">
         <v>0</v>
       </c>
       <c r="O40" s="15">
         <v>1</v>
       </c>
       <c r="P40" s="14">
         <f>SUM(Trimestriel!BC40:BF40)</f>
+        <v>0</v>
+      </c>
+      <c r="Q40" s="14">
+        <f>SUM(Trimestriel!BG40:BJ40)</f>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:18" s="14" customFormat="1">
       <c r="A41" s="18">
         <v>5710</v>
       </c>
       <c r="B41" s="14" t="s">
         <v>93</v>
       </c>
       <c r="C41" s="15">
         <v>0</v>
       </c>
       <c r="D41" s="15">
         <v>0</v>
       </c>
       <c r="E41" s="15">
         <v>1</v>
       </c>
       <c r="F41" s="15">
         <v>1</v>
       </c>
       <c r="G41" s="15">
         <v>5</v>
       </c>
@@ -17873,51 +18305,55 @@
         <v>3</v>
       </c>
       <c r="I41" s="15">
         <v>3</v>
       </c>
       <c r="J41" s="15">
         <v>2</v>
       </c>
       <c r="K41" s="15">
         <v>2</v>
       </c>
       <c r="L41" s="15">
         <v>5</v>
       </c>
       <c r="M41" s="15">
         <v>2</v>
       </c>
       <c r="N41" s="15">
         <v>2</v>
       </c>
       <c r="O41" s="15">
         <v>5</v>
       </c>
       <c r="P41" s="14">
         <f>SUM(Trimestriel!BC41:BF41)</f>
-        <v>8</v>
+        <v>7</v>
+      </c>
+      <c r="Q41" s="14">
+        <f>SUM(Trimestriel!BG41:BJ41)</f>
+        <v>2</v>
       </c>
     </row>
     <row r="42" spans="1:18" s="14" customFormat="1">
       <c r="A42" s="18">
         <v>6220</v>
       </c>
       <c r="B42" s="14" t="s">
         <v>95</v>
       </c>
       <c r="C42" s="15">
         <v>0</v>
       </c>
       <c r="D42" s="15">
         <v>0</v>
       </c>
       <c r="E42" s="15">
         <v>0</v>
       </c>
       <c r="F42" s="15">
         <v>1</v>
       </c>
       <c r="G42" s="15">
         <v>0</v>
       </c>
       <c r="H42" s="15">
@@ -17926,50 +18362,54 @@
       <c r="I42" s="15">
         <v>0</v>
       </c>
       <c r="J42" s="15">
         <v>1</v>
       </c>
       <c r="K42" s="15">
         <v>0</v>
       </c>
       <c r="L42" s="15">
         <v>1</v>
       </c>
       <c r="M42" s="15">
         <v>0</v>
       </c>
       <c r="N42" s="15">
         <v>0</v>
       </c>
       <c r="O42" s="15">
         <v>1</v>
       </c>
       <c r="P42" s="14">
         <f>SUM(Trimestriel!BC42:BF42)</f>
         <v>2</v>
       </c>
+      <c r="Q42" s="14">
+        <f>SUM(Trimestriel!BG42:BJ42)</f>
+        <v>1</v>
+      </c>
     </row>
     <row r="43" spans="1:18" s="14" customFormat="1">
       <c r="A43" s="18">
         <v>6317</v>
       </c>
       <c r="B43" s="14" t="s">
         <v>96</v>
       </c>
       <c r="C43" s="15">
         <v>0</v>
       </c>
       <c r="D43" s="15">
         <v>0</v>
       </c>
       <c r="E43" s="15">
         <v>0</v>
       </c>
       <c r="F43" s="15">
         <v>0</v>
       </c>
       <c r="G43" s="15">
         <v>0</v>
       </c>
       <c r="H43" s="15">
         <v>0</v>
@@ -17977,100 +18417,108 @@
       <c r="I43" s="15">
         <v>0</v>
       </c>
       <c r="J43" s="15">
         <v>0</v>
       </c>
       <c r="K43" s="15">
         <v>1</v>
       </c>
       <c r="L43" s="15">
         <v>0</v>
       </c>
       <c r="M43" s="15">
         <v>1</v>
       </c>
       <c r="N43" s="15">
         <v>0</v>
       </c>
       <c r="O43" s="15">
         <v>0</v>
       </c>
       <c r="P43" s="14">
         <f>SUM(Trimestriel!BC43:BF43)</f>
         <v>0</v>
       </c>
+      <c r="Q43" s="14">
+        <f>SUM(Trimestriel!BG43:BJ43)</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="44" spans="1:18" s="14" customFormat="1">
       <c r="A44" s="18">
         <v>6540</v>
       </c>
       <c r="B44" s="14" t="s">
         <v>97</v>
       </c>
       <c r="C44" s="15">
         <v>1</v>
       </c>
       <c r="D44" s="15">
         <v>1</v>
       </c>
       <c r="E44" s="15">
         <v>2</v>
       </c>
       <c r="F44" s="15">
         <v>1</v>
       </c>
       <c r="G44" s="15">
         <v>4</v>
       </c>
       <c r="H44" s="15">
         <v>5</v>
       </c>
       <c r="I44" s="15">
         <v>2</v>
       </c>
       <c r="J44" s="15">
         <v>2</v>
       </c>
       <c r="K44" s="15">
         <v>1</v>
       </c>
       <c r="L44" s="15">
         <v>2</v>
       </c>
       <c r="M44" s="15">
         <v>2</v>
       </c>
       <c r="N44" s="15">
         <v>2</v>
       </c>
       <c r="O44" s="15">
         <v>4</v>
       </c>
       <c r="P44" s="14">
         <f>SUM(Trimestriel!BC44:BF44)</f>
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="Q44" s="14">
+        <f>SUM(Trimestriel!BG44:BJ44)</f>
+        <v>2</v>
       </c>
     </row>
     <row r="45" spans="1:18" s="14" customFormat="1">
       <c r="A45" s="18">
         <v>6597</v>
       </c>
       <c r="B45" s="14" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="15">
         <v>0</v>
       </c>
       <c r="D45" s="15">
         <v>0</v>
       </c>
       <c r="E45" s="15">
         <v>2</v>
       </c>
       <c r="F45" s="15">
         <v>0</v>
       </c>
       <c r="G45" s="15">
         <v>0</v>
       </c>
       <c r="H45" s="15">
@@ -18079,50 +18527,54 @@
       <c r="I45" s="15">
         <v>1</v>
       </c>
       <c r="J45" s="15">
         <v>1</v>
       </c>
       <c r="K45" s="15">
         <v>0</v>
       </c>
       <c r="L45" s="15">
         <v>0</v>
       </c>
       <c r="M45" s="15">
         <v>0</v>
       </c>
       <c r="N45" s="15">
         <v>1</v>
       </c>
       <c r="O45" s="15">
         <v>1</v>
       </c>
       <c r="P45" s="14">
         <f>SUM(Trimestriel!BC45:BF45)</f>
         <v>1</v>
       </c>
+      <c r="Q45" s="14">
+        <f>SUM(Trimestriel!BG45:BJ45)</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="46" spans="1:18" s="14" customFormat="1">
       <c r="A46" s="18">
         <v>6599</v>
       </c>
       <c r="B46" s="14" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="15">
         <v>1</v>
       </c>
       <c r="D46" s="15">
         <v>0</v>
       </c>
       <c r="E46" s="15">
         <v>0</v>
       </c>
       <c r="F46" s="15">
         <v>0</v>
       </c>
       <c r="G46" s="15">
         <v>0</v>
       </c>
       <c r="H46" s="15">
         <v>2</v>
@@ -18130,99 +18582,107 @@
       <c r="I46" s="15">
         <v>0</v>
       </c>
       <c r="J46" s="15">
         <v>1</v>
       </c>
       <c r="K46" s="15">
         <v>0</v>
       </c>
       <c r="L46" s="15">
         <v>3</v>
       </c>
       <c r="M46" s="15">
         <v>0</v>
       </c>
       <c r="N46" s="15">
         <v>1</v>
       </c>
       <c r="O46" s="15">
         <v>0</v>
       </c>
       <c r="P46" s="14">
         <f>SUM(Trimestriel!BC46:BF46)</f>
         <v>0</v>
       </c>
+      <c r="Q46" s="14">
+        <f>SUM(Trimestriel!BG46:BJ46)</f>
+        <v>1</v>
+      </c>
     </row>
     <row r="47" spans="1:18" s="14" customFormat="1">
       <c r="A47" s="18">
         <v>6901</v>
       </c>
       <c r="B47" s="14" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C47" s="15">
         <v>0</v>
       </c>
       <c r="D47" s="15">
         <v>0</v>
       </c>
       <c r="E47" s="15">
         <v>0</v>
       </c>
       <c r="F47" s="15">
         <v>0</v>
       </c>
       <c r="G47" s="15">
         <v>3</v>
       </c>
       <c r="H47" s="15">
         <v>0</v>
       </c>
       <c r="I47" s="15">
         <v>2</v>
       </c>
       <c r="J47" s="15">
         <v>0</v>
       </c>
       <c r="K47" s="15">
         <v>0</v>
       </c>
       <c r="L47" s="15">
         <v>0</v>
       </c>
       <c r="M47" s="15">
         <v>0</v>
       </c>
       <c r="N47" s="15">
         <v>0</v>
       </c>
       <c r="O47" s="15">
         <v>0</v>
       </c>
       <c r="P47" s="14">
         <f>SUM(Trimestriel!BC47:BF47)</f>
+        <v>0</v>
+      </c>
+      <c r="Q47" s="14">
+        <f>SUM(Trimestriel!BG47:BJ47)</f>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:18" s="14" customFormat="1">
       <c r="A48" s="18">
         <v>8410</v>
       </c>
       <c r="B48" s="14" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="15">
         <v>0</v>
       </c>
       <c r="D48" s="15">
         <v>0</v>
       </c>
       <c r="E48" s="15">
         <v>0</v>
       </c>
       <c r="F48" s="15">
         <v>0</v>
       </c>
       <c r="G48" s="15">
         <v>0</v>
       </c>
@@ -18230,2040 +18690,2187 @@
         <v>1</v>
       </c>
       <c r="I48" s="15">
         <v>0</v>
       </c>
       <c r="J48" s="15">
         <v>0</v>
       </c>
       <c r="K48" s="15">
         <v>0</v>
       </c>
       <c r="L48" s="15">
         <v>0</v>
       </c>
       <c r="M48" s="15">
         <v>0</v>
       </c>
       <c r="N48" s="15">
         <v>0</v>
       </c>
       <c r="O48" s="15">
         <v>0</v>
       </c>
       <c r="P48" s="14">
         <f>SUM(Trimestriel!BC48:BF48)</f>
+        <v>0</v>
+      </c>
+      <c r="Q48" s="14">
+        <f>SUM(Trimestriel!BG48:BJ48)</f>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:59">
       <c r="C49" s="2"/>
       <c r="D49" s="2"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
       <c r="J49" s="2"/>
       <c r="K49" s="2"/>
       <c r="L49" s="2"/>
       <c r="M49" s="2"/>
       <c r="N49" s="2"/>
       <c r="O49" s="2"/>
     </row>
     <row r="50" spans="1:59" ht="15.75">
       <c r="A50" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="10"/>
       <c r="C50" s="12">
         <f>SUM(C51:C84)</f>
         <v>57</v>
       </c>
       <c r="D50" s="12">
-        <f t="shared" ref="D50:P50" si="3">SUM(D51:D84)</f>
+        <f t="shared" ref="D50:Q50" si="3">SUM(D51:D84)</f>
         <v>24</v>
       </c>
       <c r="E50" s="12">
         <f t="shared" si="3"/>
         <v>108</v>
       </c>
       <c r="F50" s="12">
         <f t="shared" si="3"/>
         <v>170</v>
       </c>
       <c r="G50" s="12">
         <f t="shared" si="3"/>
         <v>233</v>
       </c>
       <c r="H50" s="12">
         <f t="shared" si="3"/>
         <v>280</v>
       </c>
       <c r="I50" s="12">
         <f t="shared" si="3"/>
         <v>272</v>
       </c>
       <c r="J50" s="12">
         <f t="shared" si="3"/>
         <v>260</v>
       </c>
       <c r="K50" s="12">
         <f t="shared" si="3"/>
         <v>336</v>
       </c>
       <c r="L50" s="12">
         <f t="shared" si="3"/>
         <v>207</v>
       </c>
       <c r="M50" s="12">
         <f t="shared" si="3"/>
         <v>189</v>
       </c>
       <c r="N50" s="12">
         <f t="shared" si="3"/>
         <v>216</v>
       </c>
       <c r="O50" s="12">
         <f t="shared" si="3"/>
         <v>302</v>
       </c>
       <c r="P50" s="12">
         <f t="shared" si="3"/>
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="Q50" s="12"/>
+        <v>249</v>
+      </c>
+      <c r="Q50" s="12">
+        <f t="shared" si="3"/>
+        <v>256</v>
+      </c>
       <c r="R50" s="12"/>
       <c r="S50" s="12"/>
       <c r="T50" s="12"/>
       <c r="U50" s="12"/>
       <c r="V50" s="12"/>
       <c r="W50" s="12"/>
       <c r="X50" s="12"/>
       <c r="Y50" s="12"/>
       <c r="Z50" s="12"/>
       <c r="AA50" s="12"/>
       <c r="AB50" s="12"/>
       <c r="AC50" s="12"/>
       <c r="AD50" s="12"/>
       <c r="AE50" s="12"/>
       <c r="AF50" s="12"/>
       <c r="AG50" s="12"/>
       <c r="AH50" s="12"/>
       <c r="AI50" s="12"/>
       <c r="AJ50" s="12"/>
       <c r="AK50" s="12"/>
       <c r="AL50" s="12"/>
       <c r="AM50" s="12"/>
       <c r="AN50" s="12"/>
       <c r="AO50" s="12"/>
       <c r="AP50" s="12"/>
       <c r="AQ50" s="12"/>
       <c r="AR50" s="12"/>
       <c r="AS50" s="12"/>
       <c r="AT50" s="12"/>
       <c r="AU50" s="12"/>
       <c r="AV50" s="12"/>
       <c r="AW50" s="12"/>
       <c r="AX50" s="12"/>
       <c r="AY50" s="12"/>
       <c r="AZ50" s="12"/>
       <c r="BA50" s="12"/>
       <c r="BB50" s="12"/>
       <c r="BC50" s="12"/>
       <c r="BD50" s="12"/>
       <c r="BE50" s="12"/>
       <c r="BF50" s="12"/>
       <c r="BG50" s="12"/>
     </row>
     <row r="51" spans="1:59" s="14" customFormat="1">
       <c r="A51" s="14" t="s">
+        <v>138</v>
+      </c>
+      <c r="B51" s="14" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="C51" s="14">
         <v>0</v>
       </c>
       <c r="D51" s="14">
         <v>0</v>
       </c>
       <c r="E51" s="14">
         <v>0</v>
       </c>
       <c r="F51" s="14">
         <v>1</v>
       </c>
       <c r="G51" s="14">
         <v>0</v>
       </c>
       <c r="H51" s="14">
         <v>0</v>
       </c>
       <c r="I51" s="14">
         <v>0</v>
       </c>
       <c r="J51" s="14">
         <v>0</v>
       </c>
       <c r="K51" s="14">
         <v>0</v>
       </c>
       <c r="L51" s="14">
         <v>0</v>
       </c>
       <c r="M51" s="14">
         <v>0</v>
       </c>
       <c r="N51" s="14">
         <v>0</v>
       </c>
       <c r="O51" s="14">
         <v>0</v>
       </c>
       <c r="P51" s="14">
         <f>SUM(Trimestriel!BC51:BF51)</f>
         <v>1</v>
+      </c>
+      <c r="Q51" s="14">
+        <f>SUM(Trimestriel!BG51:BJ51)</f>
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:59" s="14" customFormat="1">
       <c r="A52" s="14" t="s">
+        <v>140</v>
+      </c>
+      <c r="B52" s="14" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="C52" s="14">
         <v>0</v>
       </c>
       <c r="D52" s="14">
         <v>0</v>
       </c>
       <c r="E52" s="14">
         <v>1</v>
       </c>
       <c r="F52" s="14">
         <v>1</v>
       </c>
       <c r="G52" s="14">
         <v>1</v>
       </c>
       <c r="H52" s="14">
         <v>2</v>
       </c>
       <c r="I52" s="14">
         <v>3</v>
       </c>
       <c r="J52" s="14">
         <v>2</v>
       </c>
       <c r="K52" s="14">
         <v>5</v>
       </c>
       <c r="L52" s="14">
         <v>2</v>
       </c>
       <c r="M52" s="14">
         <v>0</v>
       </c>
       <c r="N52" s="14">
         <v>1</v>
       </c>
       <c r="O52" s="14">
         <v>0</v>
       </c>
       <c r="P52" s="14">
         <f>SUM(Trimestriel!BC52:BF52)</f>
         <v>2</v>
+      </c>
+      <c r="Q52" s="14">
+        <f>SUM(Trimestriel!BG52:BJ52)</f>
+        <v>3</v>
       </c>
     </row>
     <row r="53" spans="1:59" s="14" customFormat="1">
       <c r="A53" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B53" s="14" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C53" s="14">
         <v>0</v>
       </c>
       <c r="D53" s="14">
         <v>0</v>
       </c>
       <c r="E53" s="14">
         <v>2</v>
       </c>
       <c r="F53" s="14">
         <v>3</v>
       </c>
       <c r="G53" s="14">
         <v>2</v>
       </c>
       <c r="H53" s="14">
         <v>6</v>
       </c>
       <c r="I53" s="14">
         <v>5</v>
       </c>
       <c r="J53" s="14">
         <v>3</v>
       </c>
       <c r="K53" s="14">
         <v>3</v>
       </c>
       <c r="L53" s="14">
         <v>4</v>
       </c>
       <c r="M53" s="14">
         <v>0</v>
       </c>
       <c r="N53" s="14">
         <v>6</v>
       </c>
       <c r="O53" s="14">
         <v>5</v>
       </c>
       <c r="P53" s="14">
         <f>SUM(Trimestriel!BC53:BF53)</f>
         <v>9</v>
       </c>
+      <c r="Q53" s="14">
+        <f>SUM(Trimestriel!BG53:BJ53)</f>
+        <v>4</v>
+      </c>
     </row>
     <row r="54" spans="1:59" s="14" customFormat="1">
       <c r="A54" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B54" s="14" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C54" s="14">
         <v>0</v>
       </c>
       <c r="D54" s="14">
         <v>0</v>
       </c>
       <c r="E54" s="14">
         <v>4</v>
       </c>
       <c r="F54" s="14">
         <v>1</v>
       </c>
       <c r="G54" s="14">
         <v>0</v>
       </c>
       <c r="H54" s="14">
         <v>4</v>
       </c>
       <c r="I54" s="14">
         <v>0</v>
       </c>
       <c r="J54" s="14">
         <v>4</v>
       </c>
       <c r="K54" s="14">
         <v>3</v>
       </c>
       <c r="L54" s="14">
         <v>5</v>
       </c>
       <c r="M54" s="14">
         <v>1</v>
       </c>
       <c r="N54" s="14">
         <v>0</v>
       </c>
       <c r="O54" s="14">
         <v>2</v>
       </c>
       <c r="P54" s="14">
         <f>SUM(Trimestriel!BC54:BF54)</f>
         <v>4</v>
       </c>
+      <c r="Q54" s="14">
+        <f>SUM(Trimestriel!BG54:BJ54)</f>
+        <v>4</v>
+      </c>
     </row>
     <row r="55" spans="1:59" s="14" customFormat="1">
       <c r="A55" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B55" s="14" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C55" s="14">
         <v>5</v>
       </c>
       <c r="D55" s="14">
         <v>3</v>
       </c>
       <c r="E55" s="14">
         <v>2</v>
       </c>
       <c r="F55" s="14">
         <v>8</v>
       </c>
       <c r="G55" s="14">
         <v>17</v>
       </c>
       <c r="H55" s="14">
         <v>15</v>
       </c>
       <c r="I55" s="14">
         <v>22</v>
       </c>
       <c r="J55" s="14">
         <v>12</v>
       </c>
       <c r="K55" s="14">
         <v>20</v>
       </c>
       <c r="L55" s="14">
         <v>14</v>
       </c>
       <c r="M55" s="14">
         <v>25</v>
       </c>
       <c r="N55" s="14">
         <v>20</v>
       </c>
       <c r="O55" s="14">
         <v>27</v>
       </c>
       <c r="P55" s="14">
         <f>SUM(Trimestriel!BC55:BF55)</f>
-        <v>27</v>
+        <v>26</v>
+      </c>
+      <c r="Q55" s="14">
+        <f>SUM(Trimestriel!BG55:BJ55)</f>
+        <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:59" s="14" customFormat="1">
       <c r="A56" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B56" s="14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C56" s="14">
         <v>0</v>
       </c>
       <c r="D56" s="14">
         <v>0</v>
       </c>
       <c r="E56" s="14">
         <v>0</v>
       </c>
       <c r="F56" s="14">
         <v>0</v>
       </c>
       <c r="G56" s="14">
         <v>0</v>
       </c>
       <c r="H56" s="14">
         <v>2</v>
       </c>
       <c r="I56" s="14">
         <v>0</v>
       </c>
       <c r="J56" s="14">
         <v>1</v>
       </c>
       <c r="K56" s="14">
         <v>0</v>
       </c>
       <c r="L56" s="14">
         <v>1</v>
       </c>
       <c r="M56" s="14">
         <v>2</v>
       </c>
       <c r="N56" s="14">
         <v>1</v>
       </c>
       <c r="O56" s="14">
         <v>0</v>
       </c>
       <c r="P56" s="14">
         <f>SUM(Trimestriel!BC56:BF56)</f>
+        <v>1</v>
+      </c>
+      <c r="Q56" s="14">
+        <f>SUM(Trimestriel!BG56:BJ56)</f>
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:59" s="14" customFormat="1">
       <c r="A57" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B57" s="14" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C57" s="14">
         <v>0</v>
       </c>
       <c r="D57" s="14">
         <v>0</v>
       </c>
       <c r="E57" s="14">
         <v>1</v>
       </c>
       <c r="F57" s="14">
         <v>1</v>
       </c>
       <c r="G57" s="14">
         <v>0</v>
       </c>
       <c r="H57" s="14">
         <v>1</v>
       </c>
       <c r="I57" s="14">
         <v>0</v>
       </c>
       <c r="J57" s="14">
         <v>0</v>
       </c>
       <c r="K57" s="14">
         <v>2</v>
       </c>
       <c r="L57" s="14">
         <v>2</v>
       </c>
       <c r="M57" s="14">
         <v>1</v>
       </c>
       <c r="N57" s="14">
         <v>0</v>
       </c>
       <c r="O57" s="14">
         <v>1</v>
       </c>
       <c r="P57" s="14">
         <f>SUM(Trimestriel!BC57:BF57)</f>
         <v>0</v>
+      </c>
+      <c r="Q57" s="14">
+        <f>SUM(Trimestriel!BG57:BJ57)</f>
+        <v>2</v>
       </c>
     </row>
     <row r="58" spans="1:59" s="14" customFormat="1">
       <c r="A58" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B58" s="14" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C58" s="14">
         <v>0</v>
       </c>
       <c r="D58" s="14">
         <v>0</v>
       </c>
       <c r="E58" s="14">
         <v>1</v>
       </c>
       <c r="F58" s="14">
         <v>1</v>
       </c>
       <c r="G58" s="14">
         <v>2</v>
       </c>
       <c r="H58" s="14">
         <v>0</v>
       </c>
       <c r="I58" s="14">
         <v>4</v>
       </c>
       <c r="J58" s="14">
         <v>0</v>
       </c>
       <c r="K58" s="14">
         <v>4</v>
       </c>
       <c r="L58" s="14">
         <v>1</v>
       </c>
       <c r="M58" s="14">
         <v>3</v>
       </c>
       <c r="N58" s="14">
         <v>3</v>
       </c>
       <c r="O58" s="14">
         <v>7</v>
       </c>
       <c r="P58" s="14">
         <f>SUM(Trimestriel!BC58:BF58)</f>
         <v>3</v>
+      </c>
+      <c r="Q58" s="14">
+        <f>SUM(Trimestriel!BG58:BJ58)</f>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:59" s="14" customFormat="1">
       <c r="A59" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B59" s="14" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C59" s="14">
         <v>0</v>
       </c>
       <c r="D59" s="14">
         <v>0</v>
       </c>
       <c r="E59" s="14">
         <v>0</v>
       </c>
       <c r="F59" s="14">
         <v>1</v>
       </c>
       <c r="G59" s="14">
         <v>0</v>
       </c>
       <c r="H59" s="14">
         <v>0</v>
       </c>
       <c r="I59" s="14">
         <v>0</v>
       </c>
       <c r="J59" s="14">
         <v>2</v>
       </c>
       <c r="K59" s="14">
         <v>2</v>
       </c>
       <c r="L59" s="14">
         <v>0</v>
       </c>
       <c r="M59" s="14">
         <v>0</v>
       </c>
       <c r="N59" s="14">
         <v>0</v>
       </c>
       <c r="O59" s="14">
         <v>4</v>
       </c>
       <c r="P59" s="14">
         <f>SUM(Trimestriel!BC59:BF59)</f>
         <v>2</v>
+      </c>
+      <c r="Q59" s="14">
+        <f>SUM(Trimestriel!BG59:BJ59)</f>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:59" s="14" customFormat="1">
       <c r="A60" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B60" s="14" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C60" s="14">
         <v>0</v>
       </c>
       <c r="D60" s="14">
         <v>0</v>
       </c>
       <c r="E60" s="14">
         <v>2</v>
       </c>
       <c r="F60" s="14">
         <v>0</v>
       </c>
       <c r="G60" s="14">
         <v>2</v>
       </c>
       <c r="H60" s="14">
         <v>1</v>
       </c>
       <c r="I60" s="14">
         <v>0</v>
       </c>
       <c r="J60" s="14">
         <v>4</v>
       </c>
       <c r="K60" s="14">
         <v>0</v>
       </c>
       <c r="L60" s="14">
         <v>2</v>
       </c>
       <c r="M60" s="14">
         <v>3</v>
       </c>
       <c r="N60" s="14">
         <v>2</v>
       </c>
       <c r="O60" s="14">
         <v>1</v>
       </c>
       <c r="P60" s="14">
         <f>SUM(Trimestriel!BC60:BF60)</f>
         <v>0</v>
+      </c>
+      <c r="Q60" s="14">
+        <f>SUM(Trimestriel!BG60:BJ60)</f>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:59" s="14" customFormat="1">
       <c r="A61" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B61" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C61" s="14">
         <v>3</v>
       </c>
       <c r="D61" s="14">
         <v>1</v>
       </c>
       <c r="E61" s="14">
         <v>4</v>
       </c>
       <c r="F61" s="14">
         <v>3</v>
       </c>
       <c r="G61" s="14">
         <v>6</v>
       </c>
       <c r="H61" s="14">
         <v>7</v>
       </c>
       <c r="I61" s="14">
         <v>8</v>
       </c>
       <c r="J61" s="14">
         <v>9</v>
       </c>
       <c r="K61" s="14">
         <v>13</v>
       </c>
       <c r="L61" s="14">
         <v>13</v>
       </c>
       <c r="M61" s="14">
         <v>6</v>
       </c>
       <c r="N61" s="14">
         <v>9</v>
       </c>
       <c r="O61" s="14">
         <v>5</v>
       </c>
       <c r="P61" s="14">
         <f>SUM(Trimestriel!BC61:BF61)</f>
+        <v>7</v>
+      </c>
+      <c r="Q61" s="14">
+        <f>SUM(Trimestriel!BG61:BJ61)</f>
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:59" s="14" customFormat="1">
       <c r="A62" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B62" s="14" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C62" s="14">
         <v>1</v>
       </c>
       <c r="D62" s="14">
         <v>0</v>
       </c>
       <c r="E62" s="14">
         <v>1</v>
       </c>
       <c r="F62" s="14">
         <v>3</v>
       </c>
       <c r="G62" s="14">
         <v>3</v>
       </c>
       <c r="H62" s="14">
         <v>12</v>
       </c>
       <c r="I62" s="14">
         <v>4</v>
       </c>
       <c r="J62" s="14">
         <v>7</v>
       </c>
       <c r="K62" s="14">
         <v>5</v>
       </c>
       <c r="L62" s="14">
         <v>4</v>
       </c>
       <c r="M62" s="14">
         <v>6</v>
       </c>
       <c r="N62" s="14">
         <v>1</v>
       </c>
       <c r="O62" s="14">
         <v>1</v>
       </c>
       <c r="P62" s="14">
         <f>SUM(Trimestriel!BC62:BF62)</f>
         <v>0</v>
+      </c>
+      <c r="Q62" s="14">
+        <f>SUM(Trimestriel!BG62:BJ62)</f>
+        <v>4</v>
       </c>
     </row>
     <row r="63" spans="1:59" s="14" customFormat="1">
       <c r="A63" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B63" s="14" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C63" s="14">
         <v>0</v>
       </c>
       <c r="D63" s="14">
         <v>0</v>
       </c>
       <c r="E63" s="14">
         <v>2</v>
       </c>
       <c r="F63" s="14">
         <v>2</v>
       </c>
       <c r="G63" s="14">
         <v>2</v>
       </c>
       <c r="H63" s="14">
         <v>2</v>
       </c>
       <c r="I63" s="14">
         <v>5</v>
       </c>
       <c r="J63" s="14">
         <v>0</v>
       </c>
       <c r="K63" s="14">
         <v>3</v>
       </c>
       <c r="L63" s="14">
         <v>7</v>
       </c>
       <c r="M63" s="14">
         <v>1</v>
       </c>
       <c r="N63" s="14">
         <v>1</v>
       </c>
       <c r="O63" s="14">
         <v>2</v>
       </c>
       <c r="P63" s="14">
         <f>SUM(Trimestriel!BC63:BF63)</f>
         <v>1</v>
+      </c>
+      <c r="Q63" s="14">
+        <f>SUM(Trimestriel!BG63:BJ63)</f>
+        <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:59" s="14" customFormat="1">
       <c r="A64" s="14" t="s">
+        <v>153</v>
+      </c>
+      <c r="B64" s="14" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="C64" s="14">
         <v>2</v>
       </c>
       <c r="D64" s="14">
         <v>3</v>
       </c>
       <c r="E64" s="14">
         <v>3</v>
       </c>
       <c r="F64" s="14">
         <v>2</v>
       </c>
       <c r="G64" s="14">
         <v>2</v>
       </c>
       <c r="H64" s="14">
         <v>6</v>
       </c>
       <c r="I64" s="14">
         <v>9</v>
       </c>
       <c r="J64" s="14">
         <v>9</v>
       </c>
       <c r="K64" s="14">
         <v>8</v>
       </c>
       <c r="L64" s="14">
         <v>1</v>
       </c>
       <c r="M64" s="14">
         <v>1</v>
       </c>
       <c r="N64" s="14">
         <v>7</v>
       </c>
       <c r="O64" s="14">
         <v>6</v>
       </c>
       <c r="P64" s="14">
         <f>SUM(Trimestriel!BC64:BF64)</f>
         <v>8</v>
       </c>
+      <c r="Q64" s="14">
+        <f>SUM(Trimestriel!BG64:BJ64)</f>
+        <v>6</v>
+      </c>
     </row>
-    <row r="65" spans="1:16" s="14" customFormat="1">
+    <row r="65" spans="1:17" s="14" customFormat="1">
       <c r="A65" s="14" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B65" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C65" s="14">
         <v>0</v>
       </c>
       <c r="D65" s="14">
         <v>0</v>
       </c>
       <c r="E65" s="14">
         <v>1</v>
       </c>
       <c r="F65" s="14">
         <v>3</v>
       </c>
       <c r="G65" s="14">
         <v>5</v>
       </c>
       <c r="H65" s="14">
         <v>0</v>
       </c>
       <c r="I65" s="14">
         <v>2</v>
       </c>
       <c r="J65" s="14">
         <v>4</v>
       </c>
       <c r="K65" s="14">
         <v>6</v>
       </c>
       <c r="L65" s="14">
         <v>4</v>
       </c>
       <c r="M65" s="14">
         <v>4</v>
       </c>
       <c r="N65" s="14">
         <v>5</v>
       </c>
       <c r="O65" s="14">
         <v>3</v>
       </c>
       <c r="P65" s="14">
         <f>SUM(Trimestriel!BC65:BF65)</f>
         <v>1</v>
       </c>
+      <c r="Q65" s="14">
+        <f>SUM(Trimestriel!BG65:BJ65)</f>
+        <v>3</v>
+      </c>
     </row>
-    <row r="66" spans="1:16" s="14" customFormat="1">
+    <row r="66" spans="1:17" s="14" customFormat="1">
       <c r="A66" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B66" s="14" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C66" s="14">
         <v>0</v>
       </c>
       <c r="D66" s="14">
         <v>0</v>
       </c>
       <c r="E66" s="14">
         <v>0</v>
       </c>
       <c r="F66" s="14">
         <v>0</v>
       </c>
       <c r="G66" s="14">
         <v>0</v>
       </c>
       <c r="H66" s="14">
         <v>0</v>
       </c>
       <c r="I66" s="14">
         <v>1</v>
       </c>
       <c r="J66" s="14">
         <v>1</v>
       </c>
       <c r="K66" s="14">
         <v>2</v>
       </c>
       <c r="L66" s="14">
         <v>0</v>
       </c>
       <c r="M66" s="14">
         <v>1</v>
       </c>
       <c r="N66" s="14">
         <v>0</v>
       </c>
       <c r="O66" s="14">
         <v>0</v>
       </c>
       <c r="P66" s="14">
         <f>SUM(Trimestriel!BC66:BF66)</f>
         <v>2</v>
       </c>
+      <c r="Q66" s="14">
+        <f>SUM(Trimestriel!BG66:BJ66)</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="67" spans="1:16" s="14" customFormat="1">
+    <row r="67" spans="1:17" s="14" customFormat="1">
       <c r="A67" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B67" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C67" s="14">
         <v>8</v>
       </c>
       <c r="D67" s="14">
         <v>3</v>
       </c>
       <c r="E67" s="14">
         <v>11</v>
       </c>
       <c r="F67" s="14">
         <v>20</v>
       </c>
       <c r="G67" s="14">
         <v>17</v>
       </c>
       <c r="H67" s="14">
         <v>25</v>
       </c>
       <c r="I67" s="14">
         <v>23</v>
       </c>
       <c r="J67" s="14">
         <v>32</v>
       </c>
       <c r="K67" s="14">
         <v>31</v>
       </c>
       <c r="L67" s="14">
         <v>20</v>
       </c>
       <c r="M67" s="14">
         <v>21</v>
       </c>
       <c r="N67" s="14">
         <v>23</v>
       </c>
       <c r="O67" s="14">
         <v>27</v>
       </c>
       <c r="P67" s="14">
         <f>SUM(Trimestriel!BC67:BF67)</f>
-        <v>23</v>
+        <v>24</v>
+      </c>
+      <c r="Q67" s="14">
+        <f>SUM(Trimestriel!BG67:BJ67)</f>
+        <v>26</v>
       </c>
     </row>
-    <row r="68" spans="1:16" s="14" customFormat="1">
+    <row r="68" spans="1:17" s="14" customFormat="1">
       <c r="A68" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B68" s="14" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C68" s="14">
         <v>24</v>
       </c>
       <c r="D68" s="14">
         <v>12</v>
       </c>
       <c r="E68" s="14">
         <v>59</v>
       </c>
       <c r="F68" s="14">
         <v>83</v>
       </c>
       <c r="G68" s="14">
         <v>127</v>
       </c>
       <c r="H68" s="14">
         <v>132</v>
       </c>
       <c r="I68" s="14">
         <v>120</v>
       </c>
       <c r="J68" s="14">
         <v>120</v>
       </c>
       <c r="K68" s="14">
         <v>153</v>
       </c>
       <c r="L68" s="14">
         <v>92</v>
       </c>
       <c r="M68" s="14">
         <v>82</v>
       </c>
       <c r="N68" s="14">
         <v>94</v>
       </c>
       <c r="O68" s="14">
         <v>164</v>
       </c>
       <c r="P68" s="14">
         <f>SUM(Trimestriel!BC68:BF68)</f>
+        <v>120</v>
+      </c>
+      <c r="Q68" s="14">
+        <f>SUM(Trimestriel!BG68:BJ68)</f>
         <v>116</v>
       </c>
     </row>
-    <row r="69" spans="1:16" s="14" customFormat="1">
+    <row r="69" spans="1:17" s="14" customFormat="1">
       <c r="A69" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B69" s="14" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C69" s="14">
         <v>0</v>
       </c>
       <c r="D69" s="14">
         <v>0</v>
       </c>
       <c r="E69" s="14">
         <v>1</v>
       </c>
       <c r="F69" s="14">
         <v>2</v>
       </c>
       <c r="G69" s="14">
         <v>1</v>
       </c>
       <c r="H69" s="14">
         <v>3</v>
       </c>
       <c r="I69" s="14">
         <v>1</v>
       </c>
       <c r="J69" s="14">
         <v>0</v>
       </c>
       <c r="K69" s="14">
         <v>2</v>
       </c>
       <c r="L69" s="14">
         <v>1</v>
       </c>
       <c r="M69" s="14">
         <v>0</v>
       </c>
       <c r="N69" s="14">
         <v>1</v>
       </c>
       <c r="O69" s="14">
         <v>1</v>
       </c>
       <c r="P69" s="14">
         <f>SUM(Trimestriel!BC69:BF69)</f>
         <v>0</v>
       </c>
+      <c r="Q69" s="14">
+        <f>SUM(Trimestriel!BG69:BJ69)</f>
+        <v>1</v>
+      </c>
     </row>
-    <row r="70" spans="1:16" s="14" customFormat="1">
+    <row r="70" spans="1:17" s="14" customFormat="1">
       <c r="A70" s="14" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B70" s="14" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C70" s="14">
         <v>0</v>
       </c>
       <c r="D70" s="14">
         <v>0</v>
       </c>
       <c r="E70" s="14">
         <v>0</v>
       </c>
       <c r="F70" s="14">
         <v>0</v>
       </c>
       <c r="G70" s="14">
         <v>0</v>
       </c>
       <c r="H70" s="14">
         <v>1</v>
       </c>
       <c r="I70" s="14">
         <v>3</v>
       </c>
       <c r="J70" s="14">
         <v>2</v>
       </c>
       <c r="K70" s="14">
         <v>6</v>
       </c>
       <c r="L70" s="14">
         <v>2</v>
       </c>
       <c r="M70" s="14">
         <v>1</v>
       </c>
       <c r="N70" s="14">
         <v>0</v>
       </c>
       <c r="O70" s="14">
         <v>2</v>
       </c>
       <c r="P70" s="14">
         <f>SUM(Trimestriel!BC70:BF70)</f>
         <v>1</v>
       </c>
+      <c r="Q70" s="14">
+        <f>SUM(Trimestriel!BG70:BJ70)</f>
+        <v>4</v>
+      </c>
     </row>
-    <row r="71" spans="1:16" s="14" customFormat="1">
+    <row r="71" spans="1:17" s="14" customFormat="1">
       <c r="A71" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B71" s="14" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C71" s="14">
         <v>7</v>
       </c>
       <c r="D71" s="14">
         <v>0</v>
       </c>
       <c r="E71" s="14">
         <v>9</v>
       </c>
       <c r="F71" s="14">
         <v>16</v>
       </c>
       <c r="G71" s="14">
         <v>16</v>
       </c>
       <c r="H71" s="14">
         <v>27</v>
       </c>
       <c r="I71" s="14">
         <v>22</v>
       </c>
       <c r="J71" s="14">
         <v>17</v>
       </c>
       <c r="K71" s="14">
         <v>33</v>
       </c>
       <c r="L71" s="14">
         <v>14</v>
       </c>
       <c r="M71" s="14">
         <v>17</v>
       </c>
       <c r="N71" s="14">
         <v>19</v>
       </c>
       <c r="O71" s="14">
         <v>19</v>
       </c>
       <c r="P71" s="14">
         <f>SUM(Trimestriel!BC71:BF71)</f>
-        <v>14</v>
+        <v>15</v>
+      </c>
+      <c r="Q71" s="14">
+        <f>SUM(Trimestriel!BG71:BJ71)</f>
+        <v>17</v>
       </c>
     </row>
-    <row r="72" spans="1:16" s="14" customFormat="1">
+    <row r="72" spans="1:17" s="14" customFormat="1">
       <c r="A72" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B72" s="14" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C72" s="14">
         <v>2</v>
       </c>
       <c r="D72" s="14">
         <v>0</v>
       </c>
       <c r="E72" s="14">
         <v>0</v>
       </c>
       <c r="F72" s="14">
         <v>3</v>
       </c>
       <c r="G72" s="14">
         <v>3</v>
       </c>
       <c r="H72" s="14">
         <v>3</v>
       </c>
       <c r="I72" s="14">
         <v>4</v>
       </c>
       <c r="J72" s="14">
         <v>0</v>
       </c>
       <c r="K72" s="14">
         <v>0</v>
       </c>
       <c r="L72" s="14">
         <v>0</v>
       </c>
       <c r="M72" s="14">
         <v>1</v>
       </c>
       <c r="N72" s="14">
         <v>1</v>
       </c>
       <c r="O72" s="14">
         <v>2</v>
       </c>
       <c r="P72" s="14">
         <f>SUM(Trimestriel!BC72:BF72)</f>
         <v>3</v>
       </c>
+      <c r="Q72" s="14">
+        <f>SUM(Trimestriel!BG72:BJ72)</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="73" spans="1:16" s="14" customFormat="1">
+    <row r="73" spans="1:17" s="14" customFormat="1">
       <c r="A73" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B73" s="14" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C73" s="14">
         <v>1</v>
       </c>
       <c r="D73" s="14">
         <v>0</v>
       </c>
       <c r="E73" s="14">
         <v>0</v>
       </c>
       <c r="F73" s="14">
         <v>0</v>
       </c>
       <c r="G73" s="14">
         <v>4</v>
       </c>
       <c r="H73" s="14">
         <v>1</v>
       </c>
       <c r="I73" s="14">
         <v>3</v>
       </c>
       <c r="J73" s="14">
         <v>1</v>
       </c>
       <c r="K73" s="14">
         <v>4</v>
       </c>
       <c r="L73" s="14">
         <v>0</v>
       </c>
       <c r="M73" s="14">
         <v>1</v>
       </c>
       <c r="N73" s="14">
         <v>2</v>
       </c>
       <c r="O73" s="14">
         <v>0</v>
       </c>
       <c r="P73" s="14">
         <f>SUM(Trimestriel!BC73:BF73)</f>
         <v>3</v>
       </c>
+      <c r="Q73" s="14">
+        <f>SUM(Trimestriel!BG73:BJ73)</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="74" spans="1:16" s="14" customFormat="1">
+    <row r="74" spans="1:17" s="14" customFormat="1">
       <c r="A74" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B74" s="14" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C74" s="14">
         <v>0</v>
       </c>
       <c r="D74" s="14">
         <v>0</v>
       </c>
       <c r="E74" s="14">
         <v>0</v>
       </c>
       <c r="F74" s="14">
         <v>0</v>
       </c>
       <c r="G74" s="14">
         <v>0</v>
       </c>
       <c r="H74" s="14">
         <v>0</v>
       </c>
       <c r="I74" s="14">
         <v>0</v>
       </c>
       <c r="J74" s="14">
         <v>0</v>
       </c>
       <c r="K74" s="14">
         <v>1</v>
       </c>
       <c r="L74" s="14">
         <v>0</v>
       </c>
       <c r="M74" s="14">
         <v>0</v>
       </c>
       <c r="N74" s="14">
         <v>0</v>
       </c>
       <c r="O74" s="14">
         <v>1</v>
       </c>
       <c r="P74" s="14">
         <f>SUM(Trimestriel!BC74:BF74)</f>
         <v>0</v>
       </c>
+      <c r="Q74" s="14">
+        <f>SUM(Trimestriel!BG74:BJ74)</f>
+        <v>1</v>
+      </c>
     </row>
-    <row r="75" spans="1:16" s="14" customFormat="1">
+    <row r="75" spans="1:17" s="14" customFormat="1">
       <c r="A75" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B75" s="14" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C75" s="14">
         <v>0</v>
       </c>
       <c r="D75" s="14">
         <v>1</v>
       </c>
       <c r="E75" s="14">
         <v>0</v>
       </c>
       <c r="F75" s="14">
         <v>6</v>
       </c>
       <c r="G75" s="14">
         <v>2</v>
       </c>
       <c r="H75" s="14">
         <v>8</v>
       </c>
       <c r="I75" s="14">
         <v>4</v>
       </c>
       <c r="J75" s="14">
         <v>8</v>
       </c>
       <c r="K75" s="14">
         <v>6</v>
       </c>
       <c r="L75" s="14">
         <v>2</v>
       </c>
       <c r="M75" s="14">
         <v>1</v>
       </c>
       <c r="N75" s="14">
         <v>3</v>
       </c>
       <c r="O75" s="14">
         <v>2</v>
       </c>
       <c r="P75" s="14">
         <f>SUM(Trimestriel!BC75:BF75)</f>
         <v>2</v>
       </c>
+      <c r="Q75" s="14">
+        <f>SUM(Trimestriel!BG75:BJ75)</f>
+        <v>8</v>
+      </c>
     </row>
-    <row r="76" spans="1:16" s="14" customFormat="1">
+    <row r="76" spans="1:17" s="14" customFormat="1">
       <c r="A76" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B76" s="14" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C76" s="14">
         <v>0</v>
       </c>
       <c r="D76" s="14">
         <v>0</v>
       </c>
       <c r="E76" s="14">
         <v>0</v>
       </c>
       <c r="F76" s="14">
         <v>0</v>
       </c>
       <c r="G76" s="14">
         <v>2</v>
       </c>
       <c r="H76" s="14">
         <v>1</v>
       </c>
       <c r="I76" s="14">
         <v>0</v>
       </c>
       <c r="J76" s="14">
         <v>1</v>
       </c>
       <c r="K76" s="14">
         <v>3</v>
       </c>
       <c r="L76" s="14">
         <v>1</v>
       </c>
       <c r="M76" s="14">
         <v>0</v>
       </c>
       <c r="N76" s="14">
         <v>2</v>
       </c>
       <c r="O76" s="14">
         <v>3</v>
       </c>
       <c r="P76" s="14">
         <f>SUM(Trimestriel!BC76:BF76)</f>
         <v>1</v>
       </c>
+      <c r="Q76" s="14">
+        <f>SUM(Trimestriel!BG76:BJ76)</f>
+        <v>2</v>
+      </c>
     </row>
-    <row r="77" spans="1:16" s="14" customFormat="1">
+    <row r="77" spans="1:17" s="14" customFormat="1">
       <c r="A77" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B77" s="14" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C77" s="14">
         <v>1</v>
       </c>
       <c r="D77" s="14">
         <v>0</v>
       </c>
       <c r="E77" s="14">
         <v>0</v>
       </c>
       <c r="F77" s="14">
         <v>4</v>
       </c>
       <c r="G77" s="14">
         <v>7</v>
       </c>
       <c r="H77" s="14">
         <v>1</v>
       </c>
       <c r="I77" s="14">
         <v>3</v>
       </c>
       <c r="J77" s="14">
         <v>5</v>
       </c>
       <c r="K77" s="14">
         <v>2</v>
       </c>
       <c r="L77" s="14">
         <v>4</v>
       </c>
       <c r="M77" s="14">
         <v>1</v>
       </c>
       <c r="N77" s="14">
         <v>3</v>
       </c>
       <c r="O77" s="14">
         <v>1</v>
       </c>
       <c r="P77" s="14">
         <f>SUM(Trimestriel!BC77:BF77)</f>
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="Q77" s="14">
+        <f>SUM(Trimestriel!BG77:BJ77)</f>
+        <v>4</v>
       </c>
     </row>
-    <row r="78" spans="1:16" s="14" customFormat="1">
+    <row r="78" spans="1:17" s="14" customFormat="1">
       <c r="A78" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B78" s="14" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C78" s="14">
         <v>0</v>
       </c>
       <c r="D78" s="14">
         <v>0</v>
       </c>
       <c r="E78" s="14">
         <v>0</v>
       </c>
       <c r="F78" s="14">
         <v>0</v>
       </c>
       <c r="G78" s="14">
         <v>0</v>
       </c>
       <c r="H78" s="14">
         <v>1</v>
       </c>
       <c r="I78" s="14">
         <v>0</v>
       </c>
       <c r="J78" s="14">
         <v>0</v>
       </c>
       <c r="K78" s="14">
         <v>0</v>
       </c>
       <c r="L78" s="14">
         <v>0</v>
       </c>
       <c r="M78" s="14">
         <v>0</v>
       </c>
       <c r="N78" s="14">
         <v>2</v>
       </c>
       <c r="O78" s="14">
         <v>0</v>
       </c>
       <c r="P78" s="14">
         <f>SUM(Trimestriel!BC78:BF78)</f>
         <v>0</v>
       </c>
+      <c r="Q78" s="14">
+        <f>SUM(Trimestriel!BG78:BJ78)</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="79" spans="1:16" s="14" customFormat="1">
+    <row r="79" spans="1:17" s="14" customFormat="1">
       <c r="A79" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B79" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C79" s="14">
         <v>1</v>
       </c>
       <c r="D79" s="14">
         <v>0</v>
       </c>
       <c r="E79" s="14">
         <v>0</v>
       </c>
       <c r="F79" s="14">
         <v>1</v>
       </c>
       <c r="G79" s="14">
         <v>1</v>
       </c>
       <c r="H79" s="14">
         <v>0</v>
       </c>
       <c r="I79" s="14">
         <v>1</v>
       </c>
       <c r="J79" s="14">
         <v>3</v>
       </c>
       <c r="K79" s="14">
         <v>0</v>
       </c>
       <c r="L79" s="14">
         <v>0</v>
       </c>
       <c r="M79" s="14">
         <v>2</v>
       </c>
       <c r="N79" s="14">
         <v>2</v>
       </c>
       <c r="O79" s="14">
         <v>1</v>
       </c>
       <c r="P79" s="14">
         <f>SUM(Trimestriel!BC79:BF79)</f>
         <v>3</v>
       </c>
+      <c r="Q79" s="14">
+        <f>SUM(Trimestriel!BG79:BJ79)</f>
+        <v>3</v>
+      </c>
     </row>
-    <row r="80" spans="1:16" s="14" customFormat="1">
+    <row r="80" spans="1:17" s="14" customFormat="1">
       <c r="A80" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B80" s="14" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C80" s="14">
         <v>1</v>
       </c>
       <c r="D80" s="14">
         <v>0</v>
       </c>
       <c r="E80" s="14">
         <v>1</v>
       </c>
       <c r="F80" s="14">
         <v>0</v>
       </c>
       <c r="G80" s="14">
         <v>1</v>
       </c>
       <c r="H80" s="14">
         <v>0</v>
       </c>
       <c r="I80" s="14">
         <v>3</v>
       </c>
       <c r="J80" s="14">
         <v>0</v>
       </c>
       <c r="K80" s="14">
         <v>0</v>
       </c>
       <c r="L80" s="14">
         <v>0</v>
       </c>
       <c r="M80" s="14">
         <v>1</v>
       </c>
       <c r="N80" s="14">
         <v>1</v>
       </c>
       <c r="O80" s="14">
         <v>0</v>
       </c>
       <c r="P80" s="14">
         <f>SUM(Trimestriel!BC80:BF80)</f>
         <v>2</v>
       </c>
+      <c r="Q80" s="14">
+        <f>SUM(Trimestriel!BG80:BJ80)</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="81" spans="1:16" s="14" customFormat="1">
+    <row r="81" spans="1:17" s="14" customFormat="1">
       <c r="A81" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B81" s="14" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C81" s="14">
         <v>0</v>
       </c>
       <c r="D81" s="14">
         <v>1</v>
       </c>
       <c r="E81" s="14">
         <v>2</v>
       </c>
       <c r="F81" s="14">
         <v>2</v>
       </c>
       <c r="G81" s="14">
         <v>6</v>
       </c>
       <c r="H81" s="14">
         <v>10</v>
       </c>
       <c r="I81" s="14">
         <v>16</v>
       </c>
       <c r="J81" s="14">
         <v>7</v>
       </c>
       <c r="K81" s="14">
         <v>12</v>
       </c>
       <c r="L81" s="14">
         <v>4</v>
       </c>
       <c r="M81" s="14">
         <v>1</v>
       </c>
       <c r="N81" s="14">
         <v>4</v>
       </c>
       <c r="O81" s="14">
         <v>10</v>
       </c>
       <c r="P81" s="14">
         <f>SUM(Trimestriel!BC81:BF81)</f>
         <v>2</v>
       </c>
+      <c r="Q81" s="14">
+        <f>SUM(Trimestriel!BG81:BJ81)</f>
+        <v>5</v>
+      </c>
     </row>
-    <row r="82" spans="1:16" s="14" customFormat="1">
+    <row r="82" spans="1:17" s="14" customFormat="1">
       <c r="A82" s="14" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B82" s="14" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C82" s="14">
         <v>0</v>
       </c>
       <c r="D82" s="14">
         <v>0</v>
       </c>
       <c r="E82" s="14">
         <v>1</v>
       </c>
       <c r="F82" s="14">
         <v>1</v>
       </c>
       <c r="G82" s="14">
         <v>1</v>
       </c>
       <c r="H82" s="14">
         <v>8</v>
       </c>
       <c r="I82" s="14">
         <v>3</v>
       </c>
       <c r="J82" s="14">
         <v>4</v>
       </c>
       <c r="K82" s="14">
         <v>5</v>
       </c>
       <c r="L82" s="14">
         <v>4</v>
       </c>
       <c r="M82" s="14">
         <v>5</v>
       </c>
       <c r="N82" s="14">
         <v>2</v>
       </c>
       <c r="O82" s="14">
         <v>2</v>
       </c>
       <c r="P82" s="14">
         <f>SUM(Trimestriel!BC82:BF82)</f>
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="Q82" s="14">
+        <f>SUM(Trimestriel!BG82:BJ82)</f>
+        <v>2</v>
       </c>
     </row>
-    <row r="83" spans="1:16" s="14" customFormat="1">
+    <row r="83" spans="1:17" s="14" customFormat="1">
       <c r="A83" s="14" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B83" s="14" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C83" s="14">
         <v>1</v>
       </c>
       <c r="D83" s="14">
         <v>0</v>
       </c>
       <c r="E83" s="14">
         <v>0</v>
       </c>
       <c r="F83" s="14">
         <v>1</v>
       </c>
       <c r="G83" s="14">
         <v>3</v>
       </c>
       <c r="H83" s="14">
         <v>1</v>
       </c>
       <c r="I83" s="14">
         <v>3</v>
       </c>
       <c r="J83" s="14">
         <v>2</v>
       </c>
       <c r="K83" s="14">
         <v>2</v>
       </c>
       <c r="L83" s="14">
         <v>2</v>
       </c>
       <c r="M83" s="14">
         <v>1</v>
       </c>
       <c r="N83" s="14">
         <v>1</v>
       </c>
       <c r="O83" s="14">
         <v>3</v>
       </c>
       <c r="P83" s="14">
         <f>SUM(Trimestriel!BC83:BF83)</f>
         <v>1</v>
       </c>
+      <c r="Q83" s="14">
+        <f>SUM(Trimestriel!BG83:BJ83)</f>
+        <v>1</v>
+      </c>
     </row>
-    <row r="84" spans="1:16" s="14" customFormat="1">
+    <row r="84" spans="1:17" s="14" customFormat="1">
       <c r="B84" s="14" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C84" s="14">
         <v>0</v>
       </c>
       <c r="D84" s="14">
         <v>0</v>
       </c>
       <c r="E84" s="14">
         <v>0</v>
       </c>
       <c r="F84" s="14">
         <v>1</v>
       </c>
       <c r="G84" s="14">
         <v>0</v>
       </c>
       <c r="H84" s="14">
         <v>0</v>
       </c>
       <c r="I84" s="14">
         <v>0</v>
       </c>
       <c r="J84" s="14">
         <v>0</v>
       </c>
       <c r="K84" s="14">
         <v>0</v>
       </c>
       <c r="L84" s="14">
         <v>1</v>
       </c>
       <c r="M84" s="14">
         <v>0</v>
       </c>
       <c r="N84" s="14">
         <v>0</v>
       </c>
       <c r="O84" s="14">
         <v>0</v>
       </c>
       <c r="P84" s="14">
         <f>SUM(Trimestriel!BC84:BF84)</f>
         <v>1</v>
       </c>
+      <c r="Q84" s="14">
+        <f>SUM(Trimestriel!BG84:BJ84)</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="85" spans="1:16">
+    <row r="85" spans="1:17">
       <c r="A85" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B85" s="1"/>
       <c r="C85" s="1"/>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
     </row>
-    <row r="86" spans="1:16">
+    <row r="86" spans="1:17">
       <c r="A86" s="13" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="A8:B8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="P11:P28 P31:P48 P51:P84" formulaRange="1"/>
+    <ignoredError sqref="P11:P28 P31:P48 P51:P84 Q11:Q28 Q31:Q48 Q51:Q84" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{75BA75C2-CE10-4AE8-9E04-DC4B8166AF30}">
-  <dimension ref="A1:O18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="8" topLeftCell="D11" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="8" topLeftCell="D9" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight" activeCell="P7" sqref="P7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="35.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="30" customHeight="1">
+    <row r="1" spans="1:16" ht="30" customHeight="1">
       <c r="A1" s="5"/>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
       <c r="L1" s="5"/>
       <c r="M1" s="5"/>
       <c r="N1" s="5"/>
       <c r="O1" s="5"/>
+      <c r="P1" s="5"/>
     </row>
-    <row r="2" spans="1:15" ht="31.5">
+    <row r="2" spans="1:16" ht="31.5">
       <c r="A2" s="6" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="4" spans="1:15">
+    <row r="4" spans="1:16">
       <c r="A4" s="7" t="s">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
-    <row r="5" spans="1:15">
+    <row r="5" spans="1:16">
       <c r="A5" s="8" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
-    <row r="7" spans="1:15" ht="18.75">
+    <row r="7" spans="1:16" ht="18.75">
       <c r="A7" s="22" t="s">
         <v>102</v>
       </c>
       <c r="B7" s="22" t="s">
         <v>103</v>
       </c>
       <c r="C7" s="22" t="s">
         <v>104</v>
       </c>
       <c r="D7" s="22" t="s">
         <v>105</v>
       </c>
       <c r="E7" s="22" t="s">
         <v>106</v>
       </c>
       <c r="F7" s="22" t="s">
         <v>107</v>
       </c>
       <c r="G7" s="22" t="s">
         <v>108</v>
       </c>
       <c r="H7" s="22" t="s">
         <v>109</v>
       </c>
       <c r="I7" s="22" t="s">
         <v>110</v>
       </c>
       <c r="J7" s="22" t="s">
         <v>111</v>
       </c>
       <c r="K7" s="22" t="s">
         <v>112</v>
       </c>
       <c r="L7" s="22" t="s">
         <v>113</v>
       </c>
       <c r="M7" s="22">
         <v>2022</v>
       </c>
       <c r="N7" s="22">
         <v>2023</v>
       </c>
       <c r="O7" s="22">
         <v>2024</v>
       </c>
+      <c r="P7" s="22">
+        <v>2025</v>
+      </c>
     </row>
-    <row r="8" spans="1:15">
+    <row r="8" spans="1:16">
       <c r="A8" s="23" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B8" s="24">
         <f t="shared" ref="B8:O8" si="0">SUM(B11:B15)</f>
         <v>220</v>
       </c>
       <c r="C8" s="24">
         <f t="shared" si="0"/>
         <v>285</v>
       </c>
       <c r="D8" s="24">
         <f t="shared" si="0"/>
         <v>205</v>
       </c>
       <c r="E8" s="24">
         <f t="shared" si="0"/>
         <v>265</v>
       </c>
       <c r="F8" s="24">
         <f t="shared" si="0"/>
         <v>309</v>
       </c>
       <c r="G8" s="24">
         <f t="shared" si="0"/>
         <v>419</v>
       </c>
@@ -20277,306 +20884,326 @@
       </c>
       <c r="J8" s="24">
         <f t="shared" si="0"/>
         <v>400</v>
       </c>
       <c r="K8" s="24">
         <f t="shared" si="0"/>
         <v>264</v>
       </c>
       <c r="L8" s="24">
         <f t="shared" si="0"/>
         <v>282</v>
       </c>
       <c r="M8" s="24">
         <f t="shared" si="0"/>
         <v>250</v>
       </c>
       <c r="N8" s="24">
         <f t="shared" si="0"/>
         <v>359</v>
       </c>
       <c r="O8" s="24">
         <f t="shared" si="0"/>
         <v>314</v>
       </c>
+      <c r="P8" s="24">
+        <f t="shared" ref="P8" si="1">SUM(P11:P15)</f>
+        <v>364</v>
+      </c>
     </row>
-    <row r="10" spans="1:15" ht="15.75">
+    <row r="10" spans="1:16" ht="15.75">
       <c r="A10" s="10" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B10" s="25"/>
       <c r="C10" s="25"/>
       <c r="D10" s="25"/>
       <c r="E10" s="25"/>
       <c r="F10" s="25"/>
       <c r="G10" s="25"/>
       <c r="H10" s="25"/>
       <c r="I10" s="25"/>
       <c r="J10" s="25"/>
       <c r="K10" s="25"/>
       <c r="L10" s="25"/>
       <c r="M10" s="25"/>
       <c r="N10" s="25"/>
       <c r="O10" s="25"/>
+      <c r="P10" s="25"/>
     </row>
-    <row r="11" spans="1:15" s="14" customFormat="1">
+    <row r="11" spans="1:16" s="14" customFormat="1">
       <c r="A11" s="14" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B11" s="15">
         <v>3</v>
       </c>
       <c r="C11" s="15">
         <v>4</v>
       </c>
       <c r="D11" s="15">
         <v>5</v>
       </c>
       <c r="E11" s="15">
         <v>6</v>
       </c>
       <c r="F11" s="15">
         <v>7</v>
       </c>
       <c r="G11" s="15">
         <v>6</v>
       </c>
       <c r="H11" s="15">
         <v>1</v>
       </c>
       <c r="I11" s="15">
         <v>11</v>
       </c>
       <c r="J11" s="15">
         <v>15</v>
       </c>
       <c r="K11" s="15">
         <v>6</v>
       </c>
       <c r="L11" s="15">
         <v>15</v>
       </c>
       <c r="M11" s="15">
         <v>14</v>
       </c>
       <c r="N11" s="15">
         <v>18</v>
       </c>
       <c r="O11" s="15">
         <v>38</v>
       </c>
+      <c r="P11" s="15">
+        <v>33</v>
+      </c>
     </row>
-    <row r="12" spans="1:15" s="14" customFormat="1">
+    <row r="12" spans="1:16" s="14" customFormat="1">
       <c r="A12" s="14" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B12" s="15">
         <v>57</v>
       </c>
       <c r="C12" s="15">
         <v>89</v>
       </c>
       <c r="D12" s="15">
         <v>56</v>
       </c>
       <c r="E12" s="15">
         <v>55</v>
       </c>
       <c r="F12" s="15">
         <v>54</v>
       </c>
       <c r="G12" s="15">
         <v>125</v>
       </c>
       <c r="H12" s="15">
         <v>138</v>
       </c>
       <c r="I12" s="15">
         <v>130</v>
       </c>
       <c r="J12" s="15">
         <v>107</v>
       </c>
       <c r="K12" s="15">
         <v>83</v>
       </c>
       <c r="L12" s="15">
         <v>84</v>
       </c>
       <c r="M12" s="15">
         <v>67</v>
       </c>
       <c r="N12" s="15">
         <v>99</v>
       </c>
       <c r="O12" s="15">
         <v>79</v>
       </c>
+      <c r="P12" s="15">
+        <v>100</v>
+      </c>
     </row>
-    <row r="13" spans="1:15" s="14" customFormat="1">
+    <row r="13" spans="1:16" s="14" customFormat="1">
       <c r="A13" s="14" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B13" s="15">
         <v>160</v>
       </c>
       <c r="C13" s="15">
         <v>192</v>
       </c>
       <c r="D13" s="15">
         <v>144</v>
       </c>
       <c r="E13" s="15">
         <v>204</v>
       </c>
       <c r="F13" s="15">
         <v>248</v>
       </c>
       <c r="G13" s="15">
         <v>288</v>
       </c>
       <c r="H13" s="15">
         <v>224</v>
       </c>
       <c r="I13" s="15">
         <v>246</v>
       </c>
       <c r="J13" s="15">
         <v>278</v>
       </c>
       <c r="K13" s="15">
         <v>175</v>
       </c>
       <c r="L13" s="15">
         <v>183</v>
       </c>
       <c r="M13" s="15">
         <v>158</v>
       </c>
       <c r="N13" s="15">
         <v>144</v>
       </c>
       <c r="O13" s="15">
         <v>114</v>
       </c>
+      <c r="P13" s="15">
+        <v>142</v>
+      </c>
     </row>
-    <row r="14" spans="1:15" s="14" customFormat="1">
+    <row r="14" spans="1:16" s="14" customFormat="1">
       <c r="A14" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="B14" s="15">
+        <v>0</v>
+      </c>
+      <c r="C14" s="15">
+        <v>0</v>
+      </c>
+      <c r="D14" s="15">
+        <v>0</v>
+      </c>
+      <c r="E14" s="15">
+        <v>0</v>
+      </c>
+      <c r="F14" s="15">
+        <v>0</v>
+      </c>
+      <c r="G14" s="15">
+        <v>0</v>
+      </c>
+      <c r="H14" s="15">
+        <v>0</v>
+      </c>
+      <c r="I14" s="15">
+        <v>2</v>
+      </c>
+      <c r="J14" s="15">
+        <v>0</v>
+      </c>
+      <c r="K14" s="15">
+        <v>0</v>
+      </c>
+      <c r="L14" s="15">
+        <v>0</v>
+      </c>
+      <c r="M14" s="15">
+        <v>0</v>
+      </c>
+      <c r="N14" s="15">
+        <v>0</v>
+      </c>
+      <c r="O14" s="15">
+        <v>1</v>
+      </c>
+      <c r="P14" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" s="14" customFormat="1">
+      <c r="A15" s="14" t="s">
         <v>131</v>
-      </c>
-[...45 lines deleted...]
-        <v>132</v>
       </c>
       <c r="B15" s="15">
         <v>0</v>
       </c>
       <c r="C15" s="15">
         <v>0</v>
       </c>
       <c r="D15" s="15">
         <v>0</v>
       </c>
       <c r="E15" s="15">
         <v>0</v>
       </c>
       <c r="F15" s="15">
         <v>0</v>
       </c>
       <c r="G15" s="15">
         <v>0</v>
       </c>
       <c r="H15" s="15">
         <v>0</v>
       </c>
       <c r="I15" s="15">
         <v>0</v>
       </c>
       <c r="J15" s="15">
         <v>0</v>
       </c>
       <c r="K15" s="15">
         <v>0</v>
       </c>
       <c r="L15" s="15">
         <v>0</v>
       </c>
       <c r="M15" s="15">
         <v>11</v>
       </c>
       <c r="N15" s="15">
         <v>98</v>
       </c>
       <c r="O15" s="26">
         <v>82</v>
       </c>
+      <c r="P15" s="26">
+        <v>89</v>
+      </c>
     </row>
-    <row r="16" spans="1:15">
+    <row r="16" spans="1:16">
       <c r="A16" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B16" s="1"/>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>