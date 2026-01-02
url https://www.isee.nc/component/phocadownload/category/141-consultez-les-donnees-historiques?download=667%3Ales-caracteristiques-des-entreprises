--- v0 (2025-11-18)
+++ v1 (2026-01-02)
@@ -1,96 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\isee.local\public\DOCUMENTS\SCD\4_Publications\1_Site\ECONOMIE ET ENTREPRISES\entreprises-secteurs d'activité\entreprises\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FB96C05E-787A-4D98-A538-5969A8B953FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2F1D3D12-7432-4BFC-883E-B7B4EC436359}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" tabRatio="583" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="583" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="entr_activite" sheetId="5" r:id="rId1"/>
     <sheet name="salariés" sheetId="1" r:id="rId2"/>
     <sheet name="province" sheetId="3" r:id="rId3"/>
     <sheet name="forme juridique" sheetId="2" r:id="rId4"/>
     <sheet name="chiffre d'affaires" sheetId="6" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">province!$A:$A</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">salariés!$A:$A</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'forme juridique'!$A$1:$H$21</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">province!$Z$1:$AC$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">salariés!$AR$1:$AX$37</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="537" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="545" uniqueCount="116">
   <si>
     <t>1 à 9</t>
   </si>
   <si>
     <t>10 à 19</t>
   </si>
   <si>
     <t>20 à 29</t>
   </si>
   <si>
     <t>30 à 49</t>
   </si>
   <si>
     <t>50 à 99</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Agriculture</t>
   </si>
   <si>
     <t>Industrie</t>
   </si>
   <si>
@@ -388,50 +387,56 @@
     <t>Tranches de salariés au 31 décembre 2023</t>
   </si>
   <si>
     <t>Entreprises du secteur privé réalisant un chiffre d'affaires supérieur à 500 MF.CFP, par secteur d'activité</t>
   </si>
   <si>
     <t>Tranche de chiffre d'affaire en 2022</t>
   </si>
   <si>
     <t>Tranche de chiffre d'affaire en 2021</t>
   </si>
   <si>
     <t>Tranche de chiffre d'affaire en 2023*</t>
   </si>
   <si>
     <t>* : Données 2023 provisoires</t>
   </si>
   <si>
     <t>2023*</t>
   </si>
   <si>
     <t>Données mises à jour le : 25/03/2025</t>
   </si>
   <si>
     <t>Entreprises employeuses du secteur privé par tranches d'effectif salarié</t>
+  </si>
+  <si>
+    <t>Données 2020-2024 mises à jour le : 17/12/2025</t>
+  </si>
+  <si>
+    <t>Tranches de salariés au 31 décembre 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0&quot;  &quot;;#,##0&quot;  &quot;.&quot;  &quot;"/>
     <numFmt numFmtId="166" formatCode="###\ ###\ ###\ ###\ \ "/>
   </numFmts>
   <fonts count="54" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -1385,51 +1390,51 @@
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="24" fillId="26" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="24" fillId="26" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="12" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="12" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="13" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="13" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="32" borderId="14" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="32" borderId="14" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="65">
+  <cellXfs count="68">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="186"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="186" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="186" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="186" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="186" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="186" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="212" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="212" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="186" applyFont="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="186" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="211" applyFont="1"/>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -1528,59 +1533,66 @@
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="47" fillId="36" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="50" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="50" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="50" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="45" fillId="35" borderId="0" xfId="177" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="51" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="186" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="53" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="44" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="186" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="44" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="46" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="46" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="239">
     <cellStyle name="20 % - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20 % - Accent1 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20 % - Accent1 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20 % - Accent1 2 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20 % - Accent1 2 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20 % - Accent1 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20 % - Accent1 3 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20 % - Accent1 4" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20 % - Accent1 5" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20 % - Accent2" xfId="10" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20 % - Accent2 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20 % - Accent2 2 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20 % - Accent2 2 2 2" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20 % - Accent2 2 3" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20 % - Accent2 3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20 % - Accent2 3 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20 % - Accent2 4" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20 % - Accent2 5" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20 % - Accent3" xfId="19" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20 % - Accent3 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="20 % - Accent3 2 2" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="20 % - Accent3 2 2 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
     <cellStyle name="20 % - Accent3 2 3" xfId="23" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
@@ -2107,51 +2119,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AW34"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
       <selection activeCell="P28" sqref="P28"/>
       <selection pane="topRight" activeCell="A2" sqref="A2:Q2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="77.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:49" s="40" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="38"/>
       <c r="B1" s="39"/>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="39"/>
       <c r="I1" s="39"/>
       <c r="J1" s="39"/>
       <c r="K1" s="39"/>
       <c r="L1" s="39"/>
       <c r="M1" s="39"/>
       <c r="N1" s="39"/>
@@ -2170,163 +2182,163 @@
       <c r="AA1" s="39"/>
       <c r="AB1" s="39"/>
       <c r="AC1" s="39"/>
       <c r="AD1" s="39"/>
       <c r="AE1" s="39"/>
       <c r="AF1" s="39"/>
       <c r="AG1" s="39"/>
       <c r="AH1" s="39"/>
       <c r="AI1" s="39"/>
       <c r="AJ1" s="39"/>
       <c r="AK1" s="39"/>
       <c r="AL1" s="39"/>
       <c r="AM1" s="39"/>
       <c r="AN1" s="39"/>
       <c r="AO1" s="39"/>
       <c r="AP1" s="39"/>
       <c r="AQ1" s="39"/>
       <c r="AR1" s="39"/>
       <c r="AS1" s="39"/>
       <c r="AT1" s="39"/>
       <c r="AU1" s="39"/>
       <c r="AV1" s="39"/>
       <c r="AW1" s="39"/>
     </row>
     <row r="2" spans="1:49" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A2" s="64" t="s">
+      <c r="A2" s="63" t="s">
         <v>74</v>
       </c>
-      <c r="B2" s="64"/>
-[...14 lines deleted...]
-      <c r="Q2" s="64"/>
+      <c r="B2" s="63"/>
+      <c r="C2" s="63"/>
+      <c r="D2" s="63"/>
+      <c r="E2" s="63"/>
+      <c r="F2" s="63"/>
+      <c r="G2" s="63"/>
+      <c r="H2" s="63"/>
+      <c r="I2" s="63"/>
+      <c r="J2" s="63"/>
+      <c r="K2" s="63"/>
+      <c r="L2" s="63"/>
+      <c r="M2" s="63"/>
+      <c r="N2" s="63"/>
+      <c r="O2" s="63"/>
+      <c r="P2" s="63"/>
+      <c r="Q2" s="63"/>
     </row>
     <row r="3" spans="1:49" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A3" s="11"/>
     </row>
     <row r="4" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A4" s="41" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A5" s="63" t="s">
+      <c r="A5" s="62" t="s">
         <v>112</v>
       </c>
-      <c r="B5" s="63"/>
+      <c r="B5" s="62"/>
     </row>
     <row r="6" spans="1:49" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="62" t="s">
+      <c r="A6" s="64" t="s">
         <v>59</v>
       </c>
-      <c r="B6" s="62">
+      <c r="B6" s="64">
         <v>2007</v>
       </c>
-      <c r="C6" s="62">
+      <c r="C6" s="64">
         <v>2008</v>
       </c>
-      <c r="D6" s="62">
+      <c r="D6" s="64">
         <v>2009</v>
       </c>
-      <c r="E6" s="62">
+      <c r="E6" s="64">
         <v>2010</v>
       </c>
-      <c r="F6" s="62">
+      <c r="F6" s="64">
         <v>2011</v>
       </c>
-      <c r="G6" s="62">
+      <c r="G6" s="64">
         <v>2012</v>
       </c>
-      <c r="H6" s="62">
+      <c r="H6" s="64">
         <v>2013</v>
       </c>
-      <c r="I6" s="62">
+      <c r="I6" s="64">
         <v>2014</v>
       </c>
-      <c r="J6" s="62">
+      <c r="J6" s="64">
         <v>2015</v>
       </c>
-      <c r="K6" s="62">
+      <c r="K6" s="64">
         <v>2016</v>
       </c>
-      <c r="L6" s="62">
+      <c r="L6" s="64">
         <v>2017</v>
       </c>
-      <c r="M6" s="62">
+      <c r="M6" s="64">
         <v>2018</v>
       </c>
-      <c r="N6" s="62">
+      <c r="N6" s="64">
         <v>2019</v>
       </c>
-      <c r="O6" s="62">
+      <c r="O6" s="64">
         <v>2020</v>
       </c>
-      <c r="P6" s="62">
+      <c r="P6" s="64">
         <v>2021</v>
       </c>
-      <c r="Q6" s="62">
+      <c r="Q6" s="64">
         <v>2022</v>
       </c>
-      <c r="R6" s="62">
+      <c r="R6" s="64">
         <v>2023</v>
       </c>
-      <c r="S6" s="62">
+      <c r="S6" s="64">
         <v>2024</v>
       </c>
     </row>
     <row r="7" spans="1:49" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="62"/>
-[...17 lines deleted...]
-      <c r="S7" s="62"/>
+      <c r="A7" s="64"/>
+      <c r="B7" s="64"/>
+      <c r="C7" s="64"/>
+      <c r="D7" s="64"/>
+      <c r="E7" s="64"/>
+      <c r="F7" s="64"/>
+      <c r="G7" s="64"/>
+      <c r="H7" s="64"/>
+      <c r="I7" s="64"/>
+      <c r="J7" s="64"/>
+      <c r="K7" s="64"/>
+      <c r="L7" s="64"/>
+      <c r="M7" s="64"/>
+      <c r="N7" s="64"/>
+      <c r="O7" s="64"/>
+      <c r="P7" s="64"/>
+      <c r="Q7" s="64"/>
+      <c r="R7" s="64"/>
+      <c r="S7" s="64"/>
     </row>
     <row r="8" spans="1:49" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="43" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="48">
         <v>5446</v>
       </c>
       <c r="C8" s="48">
         <v>5608</v>
       </c>
       <c r="D8" s="48">
         <v>5820</v>
       </c>
       <c r="E8" s="48">
         <v>5938</v>
       </c>
       <c r="F8" s="48">
         <v>6019</v>
       </c>
       <c r="G8" s="48">
         <v>6049</v>
       </c>
       <c r="H8" s="48">
         <v>6053</v>
@@ -3691,352 +3703,361 @@
       </c>
       <c r="M34" s="45">
         <v>60110</v>
       </c>
       <c r="N34" s="45">
         <v>60926</v>
       </c>
       <c r="O34" s="45">
         <v>62133</v>
       </c>
       <c r="P34" s="45">
         <v>62646</v>
       </c>
       <c r="Q34" s="45">
         <v>63471</v>
       </c>
       <c r="R34" s="45">
         <v>63450</v>
       </c>
       <c r="S34" s="45">
         <v>61813</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
+    <mergeCell ref="H6:H7"/>
+    <mergeCell ref="I6:I7"/>
+    <mergeCell ref="J6:J7"/>
+    <mergeCell ref="K6:K7"/>
+    <mergeCell ref="L6:L7"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A2:Q2"/>
     <mergeCell ref="S6:S7"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="E6:E7"/>
     <mergeCell ref="R6:R7"/>
     <mergeCell ref="Q6:Q7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="P6:P7"/>
     <mergeCell ref="M6:M7"/>
     <mergeCell ref="N6:N7"/>
     <mergeCell ref="O6:O7"/>
     <mergeCell ref="G6:G7"/>
-    <mergeCell ref="H6:H7"/>
-[...3 lines deleted...]
-    <mergeCell ref="L6:L7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:DI41"/>
+  <dimension ref="A1:DP41"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <pane xSplit="1" topLeftCell="CH1" activePane="topRight" state="frozen"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <pane xSplit="1" topLeftCell="CW1" activePane="topRight" state="frozen"/>
       <selection activeCell="P28" sqref="P28"/>
-      <selection pane="topRight" activeCell="A2" sqref="A2:Q2"/>
+      <selection pane="topRight" activeCell="DJ6" sqref="DJ6:DP6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="49" customWidth="1"/>
     <col min="2" max="8" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:113" s="40" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:120" s="40" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="38"/>
       <c r="B1" s="39"/>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="39"/>
       <c r="I1" s="39"/>
       <c r="J1" s="39"/>
       <c r="K1" s="39"/>
       <c r="L1" s="39"/>
       <c r="M1" s="39"/>
       <c r="N1" s="39"/>
       <c r="O1" s="39"/>
       <c r="P1" s="39"/>
       <c r="Q1" s="39"/>
       <c r="R1" s="39"/>
       <c r="S1" s="39"/>
       <c r="T1" s="39"/>
       <c r="U1" s="39"/>
       <c r="V1" s="39"/>
       <c r="W1" s="39"/>
       <c r="X1" s="39"/>
       <c r="Y1" s="39"/>
       <c r="Z1" s="39"/>
       <c r="AA1" s="39"/>
       <c r="AB1" s="39"/>
       <c r="AC1" s="39"/>
       <c r="AD1" s="39"/>
       <c r="AE1" s="39"/>
       <c r="AF1" s="39"/>
       <c r="AG1" s="39"/>
       <c r="AH1" s="39"/>
       <c r="AI1" s="39"/>
       <c r="AJ1" s="39"/>
       <c r="AK1" s="39"/>
       <c r="AL1" s="39"/>
       <c r="AM1" s="39"/>
       <c r="AN1" s="39"/>
       <c r="AO1" s="39"/>
       <c r="AP1" s="39"/>
       <c r="AQ1" s="39"/>
       <c r="AR1" s="39"/>
       <c r="AS1" s="39"/>
       <c r="AT1" s="39"/>
       <c r="AU1" s="39"/>
       <c r="AV1" s="39"/>
       <c r="AW1" s="39"/>
     </row>
-    <row r="2" spans="1:113" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A2" s="64" t="s">
+    <row r="2" spans="1:120" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A2" s="63" t="s">
         <v>113</v>
       </c>
-      <c r="B2" s="64"/>
-[...14 lines deleted...]
-      <c r="Q2" s="64"/>
+      <c r="B2" s="63"/>
+      <c r="C2" s="63"/>
+      <c r="D2" s="63"/>
+      <c r="E2" s="63"/>
+      <c r="F2" s="63"/>
+      <c r="G2" s="63"/>
+      <c r="H2" s="63"/>
+      <c r="I2" s="63"/>
+      <c r="J2" s="63"/>
+      <c r="K2" s="63"/>
+      <c r="L2" s="63"/>
+      <c r="M2" s="63"/>
+      <c r="N2" s="63"/>
+      <c r="O2" s="63"/>
+      <c r="P2" s="63"/>
+      <c r="Q2" s="63"/>
     </row>
-    <row r="3" spans="1:113" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:120" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A3" s="11"/>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
       <c r="H3" s="11"/>
     </row>
-    <row r="4" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A4" s="41" t="s">
         <v>80</v>
       </c>
       <c r="B4" s="12"/>
       <c r="C4" s="12"/>
       <c r="D4" s="12"/>
       <c r="E4" s="12"/>
       <c r="F4" s="12"/>
       <c r="G4" s="12"/>
       <c r="H4" s="12"/>
     </row>
-    <row r="5" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A5" s="37" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="B5" s="12"/>
       <c r="C5" s="12"/>
       <c r="D5" s="12"/>
       <c r="E5" s="12"/>
       <c r="F5" s="12"/>
       <c r="G5" s="12"/>
       <c r="H5" s="12"/>
     </row>
-    <row r="6" spans="1:113" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A6" s="62" t="s">
+    <row r="6" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="64" t="s">
         <v>59</v>
       </c>
-      <c r="B6" s="62" t="s">
+      <c r="B6" s="64" t="s">
         <v>60</v>
       </c>
-      <c r="C6" s="62"/>
-[...5 lines deleted...]
-      <c r="I6" s="62" t="s">
+      <c r="C6" s="64"/>
+      <c r="D6" s="64"/>
+      <c r="E6" s="64"/>
+      <c r="F6" s="64"/>
+      <c r="G6" s="64"/>
+      <c r="H6" s="64"/>
+      <c r="I6" s="64" t="s">
         <v>61</v>
       </c>
-      <c r="J6" s="62"/>
-[...5 lines deleted...]
-      <c r="P6" s="62" t="s">
+      <c r="J6" s="64"/>
+      <c r="K6" s="64"/>
+      <c r="L6" s="64"/>
+      <c r="M6" s="64"/>
+      <c r="N6" s="64"/>
+      <c r="O6" s="64"/>
+      <c r="P6" s="64" t="s">
         <v>62</v>
       </c>
-      <c r="Q6" s="62"/>
-[...5 lines deleted...]
-      <c r="W6" s="62" t="s">
+      <c r="Q6" s="64"/>
+      <c r="R6" s="64"/>
+      <c r="S6" s="64"/>
+      <c r="T6" s="64"/>
+      <c r="U6" s="64"/>
+      <c r="V6" s="64"/>
+      <c r="W6" s="64" t="s">
         <v>63</v>
       </c>
-      <c r="X6" s="62"/>
-[...5 lines deleted...]
-      <c r="AD6" s="62" t="s">
+      <c r="X6" s="64"/>
+      <c r="Y6" s="64"/>
+      <c r="Z6" s="64"/>
+      <c r="AA6" s="64"/>
+      <c r="AB6" s="64"/>
+      <c r="AC6" s="64"/>
+      <c r="AD6" s="64" t="s">
         <v>64</v>
       </c>
-      <c r="AE6" s="62"/>
-[...5 lines deleted...]
-      <c r="AK6" s="62" t="s">
+      <c r="AE6" s="64"/>
+      <c r="AF6" s="64"/>
+      <c r="AG6" s="64"/>
+      <c r="AH6" s="64"/>
+      <c r="AI6" s="64"/>
+      <c r="AJ6" s="64"/>
+      <c r="AK6" s="64" t="s">
         <v>65</v>
       </c>
-      <c r="AL6" s="62"/>
-[...5 lines deleted...]
-      <c r="AR6" s="62" t="s">
+      <c r="AL6" s="64"/>
+      <c r="AM6" s="64"/>
+      <c r="AN6" s="64"/>
+      <c r="AO6" s="64"/>
+      <c r="AP6" s="64"/>
+      <c r="AQ6" s="64"/>
+      <c r="AR6" s="64" t="s">
         <v>66</v>
       </c>
-      <c r="AS6" s="62"/>
-[...5 lines deleted...]
-      <c r="AY6" s="62" t="s">
+      <c r="AS6" s="64"/>
+      <c r="AT6" s="64"/>
+      <c r="AU6" s="64"/>
+      <c r="AV6" s="64"/>
+      <c r="AW6" s="64"/>
+      <c r="AX6" s="64"/>
+      <c r="AY6" s="64" t="s">
         <v>67</v>
       </c>
-      <c r="AZ6" s="62"/>
-[...5 lines deleted...]
-      <c r="BF6" s="62" t="s">
+      <c r="AZ6" s="64"/>
+      <c r="BA6" s="64"/>
+      <c r="BB6" s="64"/>
+      <c r="BC6" s="64"/>
+      <c r="BD6" s="64"/>
+      <c r="BE6" s="64"/>
+      <c r="BF6" s="64" t="s">
         <v>68</v>
       </c>
-      <c r="BG6" s="62"/>
-[...5 lines deleted...]
-      <c r="BM6" s="62" t="s">
+      <c r="BG6" s="64"/>
+      <c r="BH6" s="64"/>
+      <c r="BI6" s="64"/>
+      <c r="BJ6" s="64"/>
+      <c r="BK6" s="64"/>
+      <c r="BL6" s="64"/>
+      <c r="BM6" s="64" t="s">
         <v>73</v>
       </c>
-      <c r="BN6" s="62"/>
-[...5 lines deleted...]
-      <c r="BT6" s="62" t="s">
+      <c r="BN6" s="64"/>
+      <c r="BO6" s="64"/>
+      <c r="BP6" s="64"/>
+      <c r="BQ6" s="64"/>
+      <c r="BR6" s="64"/>
+      <c r="BS6" s="64"/>
+      <c r="BT6" s="64" t="s">
         <v>81</v>
       </c>
-      <c r="BU6" s="62"/>
-[...5 lines deleted...]
-      <c r="CA6" s="62" t="s">
+      <c r="BU6" s="64"/>
+      <c r="BV6" s="64"/>
+      <c r="BW6" s="64"/>
+      <c r="BX6" s="64"/>
+      <c r="BY6" s="64"/>
+      <c r="BZ6" s="64"/>
+      <c r="CA6" s="64" t="s">
         <v>86</v>
       </c>
-      <c r="CB6" s="62"/>
-[...5 lines deleted...]
-      <c r="CH6" s="62" t="s">
+      <c r="CB6" s="64"/>
+      <c r="CC6" s="64"/>
+      <c r="CD6" s="64"/>
+      <c r="CE6" s="64"/>
+      <c r="CF6" s="64"/>
+      <c r="CG6" s="64"/>
+      <c r="CH6" s="64" t="s">
         <v>87</v>
       </c>
-      <c r="CI6" s="62"/>
-[...5 lines deleted...]
-      <c r="CO6" s="62" t="s">
+      <c r="CI6" s="64"/>
+      <c r="CJ6" s="64"/>
+      <c r="CK6" s="64"/>
+      <c r="CL6" s="64"/>
+      <c r="CM6" s="64"/>
+      <c r="CN6" s="64"/>
+      <c r="CO6" s="64" t="s">
         <v>89</v>
       </c>
-      <c r="CP6" s="62"/>
-[...5 lines deleted...]
-      <c r="CV6" s="62" t="s">
+      <c r="CP6" s="64"/>
+      <c r="CQ6" s="64"/>
+      <c r="CR6" s="64"/>
+      <c r="CS6" s="64"/>
+      <c r="CT6" s="64"/>
+      <c r="CU6" s="64"/>
+      <c r="CV6" s="64" t="s">
         <v>92</v>
       </c>
-      <c r="CW6" s="62"/>
-[...5 lines deleted...]
-      <c r="DC6" s="62" t="s">
+      <c r="CW6" s="64"/>
+      <c r="CX6" s="64"/>
+      <c r="CY6" s="64"/>
+      <c r="CZ6" s="64"/>
+      <c r="DA6" s="64"/>
+      <c r="DB6" s="64"/>
+      <c r="DC6" s="64" t="s">
         <v>105</v>
       </c>
-      <c r="DD6" s="62"/>
-[...4 lines deleted...]
-      <c r="DI6" s="62"/>
+      <c r="DD6" s="64"/>
+      <c r="DE6" s="64"/>
+      <c r="DF6" s="64"/>
+      <c r="DG6" s="64"/>
+      <c r="DH6" s="64"/>
+      <c r="DI6" s="64"/>
+      <c r="DJ6" s="64" t="s">
+        <v>115</v>
+      </c>
+      <c r="DK6" s="64"/>
+      <c r="DL6" s="64"/>
+      <c r="DM6" s="64"/>
+      <c r="DN6" s="64"/>
+      <c r="DO6" s="64"/>
+      <c r="DP6" s="64"/>
     </row>
-    <row r="7" spans="1:113" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A7" s="62"/>
+    <row r="7" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="64"/>
       <c r="B7" s="42" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="42" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="42" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="42" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="42" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="42" t="s">
         <v>71</v>
       </c>
       <c r="H7" s="42" t="s">
         <v>5</v>
       </c>
       <c r="I7" s="42" t="s">
         <v>0</v>
       </c>
       <c r="J7" s="42" t="s">
@@ -4329,52 +4350,73 @@
       </c>
       <c r="DB7" s="42" t="s">
         <v>5</v>
       </c>
       <c r="DC7" s="42" t="s">
         <v>0</v>
       </c>
       <c r="DD7" s="42" t="s">
         <v>1</v>
       </c>
       <c r="DE7" s="42" t="s">
         <v>2</v>
       </c>
       <c r="DF7" s="42" t="s">
         <v>3</v>
       </c>
       <c r="DG7" s="42" t="s">
         <v>4</v>
       </c>
       <c r="DH7" s="42" t="s">
         <v>71</v>
       </c>
       <c r="DI7" s="42" t="s">
         <v>5</v>
       </c>
+      <c r="DJ7" s="42" t="s">
+        <v>0</v>
+      </c>
+      <c r="DK7" s="42" t="s">
+        <v>1</v>
+      </c>
+      <c r="DL7" s="42" t="s">
+        <v>2</v>
+      </c>
+      <c r="DM7" s="42" t="s">
+        <v>3</v>
+      </c>
+      <c r="DN7" s="42" t="s">
+        <v>4</v>
+      </c>
+      <c r="DO7" s="42" t="s">
+        <v>71</v>
+      </c>
+      <c r="DP7" s="42" t="s">
+        <v>5</v>
+      </c>
     </row>
-    <row r="8" spans="1:113" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="43" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="48">
         <v>330</v>
       </c>
       <c r="C8" s="48">
         <v>21</v>
       </c>
       <c r="D8" s="48">
         <v>9</v>
       </c>
       <c r="E8" s="48">
         <v>5</v>
       </c>
       <c r="F8" s="48">
         <v>3</v>
       </c>
       <c r="G8" s="48">
         <v>0</v>
       </c>
       <c r="H8" s="51">
         <v>368</v>
       </c>
       <c r="I8" s="48">
@@ -4586,136 +4628,157 @@
       </c>
       <c r="BZ8" s="51">
         <v>371</v>
       </c>
       <c r="CA8" s="48">
         <v>326</v>
       </c>
       <c r="CB8" s="48">
         <v>31</v>
       </c>
       <c r="CC8" s="48">
         <v>10</v>
       </c>
       <c r="CD8" s="48">
         <v>3</v>
       </c>
       <c r="CE8" s="48">
         <v>2</v>
       </c>
       <c r="CF8" s="48">
         <v>0</v>
       </c>
       <c r="CG8" s="51">
         <v>372</v>
       </c>
-      <c r="CH8" s="48">
-[...2 lines deleted...]
-      <c r="CI8" s="48">
+      <c r="CH8" s="65">
+        <v>316</v>
+      </c>
+      <c r="CI8" s="65">
         <v>31</v>
       </c>
-      <c r="CJ8" s="48">
+      <c r="CJ8" s="65">
         <v>6</v>
       </c>
-      <c r="CK8" s="48">
+      <c r="CK8" s="65">
         <v>5</v>
       </c>
-      <c r="CL8" s="48">
+      <c r="CL8" s="65">
         <v>2</v>
       </c>
-      <c r="CM8" s="48">
-[...8 lines deleted...]
-      <c r="CP8" s="48">
+      <c r="CM8" s="65">
+        <v>0</v>
+      </c>
+      <c r="CN8" s="66">
+        <v>360</v>
+      </c>
+      <c r="CO8" s="65">
+        <v>311</v>
+      </c>
+      <c r="CP8" s="65">
+        <v>30</v>
+      </c>
+      <c r="CQ8" s="65">
+        <v>7</v>
+      </c>
+      <c r="CR8" s="65">
+        <v>3</v>
+      </c>
+      <c r="CS8" s="65">
+        <v>3</v>
+      </c>
+      <c r="CT8" s="65">
+        <v>0</v>
+      </c>
+      <c r="CU8" s="66">
+        <v>354</v>
+      </c>
+      <c r="CV8" s="65">
+        <v>295</v>
+      </c>
+      <c r="CW8" s="65">
+        <v>32</v>
+      </c>
+      <c r="CX8" s="65">
+        <v>7</v>
+      </c>
+      <c r="CY8" s="65">
+        <v>2</v>
+      </c>
+      <c r="CZ8" s="65">
+        <v>3</v>
+      </c>
+      <c r="DA8" s="65">
+        <v>0</v>
+      </c>
+      <c r="DB8" s="66">
+        <v>339</v>
+      </c>
+      <c r="DC8" s="65">
+        <v>279</v>
+      </c>
+      <c r="DD8" s="65">
+        <v>32</v>
+      </c>
+      <c r="DE8" s="65">
+        <v>10</v>
+      </c>
+      <c r="DF8" s="65">
+        <v>2</v>
+      </c>
+      <c r="DG8" s="65">
+        <v>3</v>
+      </c>
+      <c r="DH8" s="65">
+        <v>0</v>
+      </c>
+      <c r="DI8" s="66">
+        <v>326</v>
+      </c>
+      <c r="DJ8" s="65">
+        <v>254</v>
+      </c>
+      <c r="DK8" s="65">
         <v>29</v>
       </c>
-      <c r="CQ8" s="48">
-[...2 lines deleted...]
-      <c r="CR8" s="48">
+      <c r="DL8" s="65">
+        <v>6</v>
+      </c>
+      <c r="DM8" s="65">
         <v>3</v>
       </c>
-      <c r="CS8" s="48">
-[...17 lines deleted...]
-      <c r="CY8" s="48">
+      <c r="DN8" s="65">
         <v>2</v>
       </c>
-      <c r="CZ8" s="48">
-[...27 lines deleted...]
-        <v>330</v>
+      <c r="DO8" s="65">
+        <v>0</v>
+      </c>
+      <c r="DP8" s="66">
+        <v>294</v>
       </c>
     </row>
-    <row r="9" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A9" s="46" t="s">
         <v>83</v>
       </c>
       <c r="B9" s="47">
         <v>330</v>
       </c>
       <c r="C9" s="47">
         <v>21</v>
       </c>
       <c r="D9" s="47">
         <v>9</v>
       </c>
       <c r="E9" s="47">
         <v>5</v>
       </c>
       <c r="F9" s="47">
         <v>3</v>
       </c>
       <c r="G9" s="47">
         <v>0</v>
       </c>
       <c r="H9" s="52">
         <v>368</v>
       </c>
       <c r="I9" s="47">
@@ -4928,133 +4991,156 @@
       <c r="BZ9" s="52">
         <v>371</v>
       </c>
       <c r="CA9" s="47">
         <v>326</v>
       </c>
       <c r="CB9" s="47">
         <v>31</v>
       </c>
       <c r="CC9" s="47">
         <v>10</v>
       </c>
       <c r="CD9" s="47">
         <v>3</v>
       </c>
       <c r="CE9" s="47">
         <v>2</v>
       </c>
       <c r="CF9" s="47">
         <v>0</v>
       </c>
       <c r="CG9" s="52">
         <v>372</v>
       </c>
       <c r="CH9" s="47">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="CI9" s="47">
         <v>31</v>
       </c>
       <c r="CJ9" s="47">
         <v>6</v>
       </c>
       <c r="CK9" s="47">
         <v>5</v>
       </c>
       <c r="CL9" s="47">
         <v>2</v>
       </c>
       <c r="CM9" s="47">
         <v>0</v>
       </c>
       <c r="CN9" s="52">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="CO9" s="47">
-        <v>319</v>
+        <v>311</v>
       </c>
       <c r="CP9" s="47">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="CQ9" s="47">
         <v>7</v>
       </c>
       <c r="CR9" s="47">
         <v>3</v>
       </c>
       <c r="CS9" s="47">
         <v>3</v>
       </c>
       <c r="CT9" s="47">
         <v>0</v>
       </c>
       <c r="CU9" s="52">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="CV9" s="47">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="CW9" s="47">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="CX9" s="47">
         <v>7</v>
       </c>
       <c r="CY9" s="47">
         <v>2</v>
       </c>
       <c r="CZ9" s="47">
         <v>3</v>
       </c>
-      <c r="DA9" s="47"/>
+      <c r="DA9" s="47">
+        <v>0</v>
+      </c>
       <c r="DB9" s="52">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="DC9" s="47">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="DD9" s="47">
         <v>32</v>
       </c>
       <c r="DE9" s="47">
         <v>10</v>
       </c>
       <c r="DF9" s="47">
         <v>2</v>
       </c>
       <c r="DG9" s="47">
         <v>3</v>
       </c>
       <c r="DH9" s="47">
         <v>0</v>
       </c>
       <c r="DI9" s="52">
-        <v>330</v>
+        <v>326</v>
+      </c>
+      <c r="DJ9" s="47">
+        <v>254</v>
+      </c>
+      <c r="DK9" s="47">
+        <v>29</v>
+      </c>
+      <c r="DL9" s="47">
+        <v>6</v>
+      </c>
+      <c r="DM9" s="47">
+        <v>3</v>
+      </c>
+      <c r="DN9" s="47">
+        <v>2</v>
+      </c>
+      <c r="DO9" s="47">
+        <v>0</v>
+      </c>
+      <c r="DP9" s="52">
+        <v>294</v>
       </c>
     </row>
-    <row r="10" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A10" s="7"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="3"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="3"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="3"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
       <c r="Z10" s="2"/>
       <c r="AA10" s="2"/>
       <c r="AB10" s="2"/>
       <c r="AC10" s="3"/>
@@ -5084,76 +5170,87 @@
       <c r="BE10" s="3"/>
       <c r="BG10" s="2"/>
       <c r="BH10" s="2"/>
       <c r="BI10" s="2"/>
       <c r="BJ10" s="2"/>
       <c r="BK10" s="2"/>
       <c r="BL10" s="3"/>
       <c r="BN10" s="2"/>
       <c r="BO10" s="2"/>
       <c r="BP10" s="2"/>
       <c r="BQ10" s="2"/>
       <c r="BR10" s="2"/>
       <c r="BS10" s="3"/>
       <c r="BU10" s="2"/>
       <c r="BV10" s="2"/>
       <c r="BW10" s="2"/>
       <c r="BX10" s="2"/>
       <c r="BY10" s="2"/>
       <c r="BZ10" s="3"/>
       <c r="CB10" s="2"/>
       <c r="CC10" s="2"/>
       <c r="CD10" s="2"/>
       <c r="CE10" s="2"/>
       <c r="CF10" s="2"/>
       <c r="CG10" s="3"/>
+      <c r="CH10" s="67"/>
       <c r="CI10" s="2"/>
       <c r="CJ10" s="2"/>
       <c r="CK10" s="2"/>
       <c r="CL10" s="2"/>
       <c r="CM10" s="2"/>
       <c r="CN10" s="3"/>
+      <c r="CO10" s="67"/>
       <c r="CP10" s="2"/>
       <c r="CQ10" s="2"/>
       <c r="CR10" s="2"/>
       <c r="CS10" s="2"/>
       <c r="CT10" s="2"/>
       <c r="CU10" s="3"/>
+      <c r="CV10" s="67"/>
       <c r="CW10" s="2"/>
       <c r="CX10" s="2"/>
       <c r="CY10" s="2"/>
       <c r="CZ10" s="2"/>
       <c r="DA10" s="2"/>
       <c r="DB10" s="3"/>
+      <c r="DC10" s="67"/>
       <c r="DD10" s="2"/>
       <c r="DE10" s="2"/>
       <c r="DF10" s="2"/>
       <c r="DG10" s="2"/>
       <c r="DH10" s="2"/>
       <c r="DI10" s="3"/>
+      <c r="DJ10" s="67"/>
+      <c r="DK10" s="2"/>
+      <c r="DL10" s="2"/>
+      <c r="DM10" s="2"/>
+      <c r="DN10" s="2"/>
+      <c r="DO10" s="2"/>
+      <c r="DP10" s="3"/>
     </row>
-    <row r="11" spans="1:113" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="43" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="48">
         <v>395</v>
       </c>
       <c r="C11" s="48">
         <v>75</v>
       </c>
       <c r="D11" s="48">
         <v>24</v>
       </c>
       <c r="E11" s="48">
         <v>31</v>
       </c>
       <c r="F11" s="48">
         <v>10</v>
       </c>
       <c r="G11" s="48">
         <v>10</v>
       </c>
       <c r="H11" s="51">
         <v>545</v>
       </c>
       <c r="I11" s="48">
@@ -5365,136 +5462,157 @@
       </c>
       <c r="BZ11" s="51">
         <v>697</v>
       </c>
       <c r="CA11" s="48">
         <v>487</v>
       </c>
       <c r="CB11" s="48">
         <v>105</v>
       </c>
       <c r="CC11" s="48">
         <v>39</v>
       </c>
       <c r="CD11" s="48">
         <v>37</v>
       </c>
       <c r="CE11" s="48">
         <v>18</v>
       </c>
       <c r="CF11" s="48">
         <v>15</v>
       </c>
       <c r="CG11" s="51">
         <v>701</v>
       </c>
-      <c r="CH11" s="48">
-[...2 lines deleted...]
-      <c r="CI11" s="48">
+      <c r="CH11" s="65">
+        <v>513</v>
+      </c>
+      <c r="CI11" s="65">
         <v>99</v>
       </c>
-      <c r="CJ11" s="48">
-[...2 lines deleted...]
-      <c r="CK11" s="48">
+      <c r="CJ11" s="65">
+        <v>46</v>
+      </c>
+      <c r="CK11" s="65">
+        <v>32</v>
+      </c>
+      <c r="CL11" s="65">
+        <v>23</v>
+      </c>
+      <c r="CM11" s="65">
+        <v>15</v>
+      </c>
+      <c r="CN11" s="66">
+        <v>728</v>
+      </c>
+      <c r="CO11" s="65">
+        <v>513</v>
+      </c>
+      <c r="CP11" s="65">
+        <v>109</v>
+      </c>
+      <c r="CQ11" s="65">
+        <v>37</v>
+      </c>
+      <c r="CR11" s="65">
+        <v>36</v>
+      </c>
+      <c r="CS11" s="65">
+        <v>20</v>
+      </c>
+      <c r="CT11" s="65">
+        <v>15</v>
+      </c>
+      <c r="CU11" s="66">
+        <v>730</v>
+      </c>
+      <c r="CV11" s="65">
+        <v>536</v>
+      </c>
+      <c r="CW11" s="65">
+        <v>99</v>
+      </c>
+      <c r="CX11" s="65">
+        <v>48</v>
+      </c>
+      <c r="CY11" s="65">
+        <v>36</v>
+      </c>
+      <c r="CZ11" s="65">
+        <v>25</v>
+      </c>
+      <c r="DA11" s="65">
+        <v>15</v>
+      </c>
+      <c r="DB11" s="66">
+        <v>759</v>
+      </c>
+      <c r="DC11" s="65">
+        <v>530</v>
+      </c>
+      <c r="DD11" s="65">
+        <v>109</v>
+      </c>
+      <c r="DE11" s="65">
+        <v>42</v>
+      </c>
+      <c r="DF11" s="65">
         <v>34</v>
       </c>
-      <c r="CL11" s="48">
-[...2 lines deleted...]
-      <c r="CM11" s="48">
+      <c r="DG11" s="65">
+        <v>26</v>
+      </c>
+      <c r="DH11" s="65">
         <v>14</v>
       </c>
-      <c r="CN11" s="51">
-[...35 lines deleted...]
-      <c r="CZ11" s="48">
+      <c r="DI11" s="66">
+        <v>755</v>
+      </c>
+      <c r="DJ11" s="65">
+        <v>479</v>
+      </c>
+      <c r="DK11" s="65">
+        <v>97</v>
+      </c>
+      <c r="DL11" s="65">
+        <v>36</v>
+      </c>
+      <c r="DM11" s="65">
         <v>25</v>
       </c>
-      <c r="DA11" s="48">
-[...24 lines deleted...]
-        <v>758</v>
+      <c r="DN11" s="65">
+        <v>19</v>
+      </c>
+      <c r="DO11" s="65">
+        <v>12</v>
+      </c>
+      <c r="DP11" s="66">
+        <v>668</v>
       </c>
     </row>
-    <row r="12" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A12" s="46" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="47">
         <v>22</v>
       </c>
       <c r="C12" s="47">
         <v>8</v>
       </c>
       <c r="D12" s="47">
         <v>2</v>
       </c>
       <c r="E12" s="47">
         <v>7</v>
       </c>
       <c r="F12" s="47">
         <v>3</v>
       </c>
       <c r="G12" s="47">
         <v>2</v>
       </c>
       <c r="H12" s="52">
         <v>44</v>
       </c>
       <c r="I12" s="47">
@@ -5707,135 +5825,156 @@
       <c r="BZ12" s="52">
         <v>46</v>
       </c>
       <c r="CA12" s="47">
         <v>24</v>
       </c>
       <c r="CB12" s="47">
         <v>6</v>
       </c>
       <c r="CC12" s="47">
         <v>4</v>
       </c>
       <c r="CD12" s="47">
         <v>3</v>
       </c>
       <c r="CE12" s="47">
         <v>5</v>
       </c>
       <c r="CF12" s="47">
         <v>2</v>
       </c>
       <c r="CG12" s="52">
         <v>44</v>
       </c>
       <c r="CH12" s="47">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="CI12" s="47">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="CJ12" s="47">
         <v>3</v>
       </c>
       <c r="CK12" s="47">
         <v>5</v>
       </c>
       <c r="CL12" s="47">
         <v>3</v>
       </c>
       <c r="CM12" s="47">
         <v>3</v>
       </c>
       <c r="CN12" s="52">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="CO12" s="47">
         <v>22</v>
       </c>
       <c r="CP12" s="47">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="CQ12" s="47">
         <v>4</v>
       </c>
       <c r="CR12" s="47">
         <v>4</v>
       </c>
       <c r="CS12" s="47">
         <v>4</v>
       </c>
       <c r="CT12" s="47">
         <v>3</v>
       </c>
       <c r="CU12" s="52">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="CV12" s="47">
         <v>22</v>
       </c>
       <c r="CW12" s="47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="CX12" s="47">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="CY12" s="47">
         <v>2</v>
       </c>
       <c r="CZ12" s="47">
         <v>6</v>
       </c>
       <c r="DA12" s="47">
         <v>3</v>
       </c>
       <c r="DB12" s="52">
         <v>42</v>
       </c>
       <c r="DC12" s="47">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="DD12" s="47">
         <v>5</v>
       </c>
       <c r="DE12" s="47">
         <v>4</v>
       </c>
       <c r="DF12" s="47">
         <v>3</v>
       </c>
       <c r="DG12" s="47">
         <v>5</v>
       </c>
       <c r="DH12" s="47">
         <v>2</v>
       </c>
       <c r="DI12" s="52">
-        <v>42</v>
+        <v>41</v>
+      </c>
+      <c r="DJ12" s="47">
+        <v>18</v>
+      </c>
+      <c r="DK12" s="47">
+        <v>5</v>
+      </c>
+      <c r="DL12" s="47">
+        <v>3</v>
+      </c>
+      <c r="DM12" s="47">
+        <v>3</v>
+      </c>
+      <c r="DN12" s="47">
+        <v>4</v>
+      </c>
+      <c r="DO12" s="47">
+        <v>1</v>
+      </c>
+      <c r="DP12" s="52">
+        <v>34</v>
       </c>
     </row>
-    <row r="13" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A13" s="46" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="47">
         <v>350</v>
       </c>
       <c r="C13" s="47">
         <v>64</v>
       </c>
       <c r="D13" s="47">
         <v>21</v>
       </c>
       <c r="E13" s="47">
         <v>22</v>
       </c>
       <c r="F13" s="47">
         <v>7</v>
       </c>
       <c r="G13" s="47">
         <v>4</v>
       </c>
       <c r="H13" s="52">
         <v>468</v>
       </c>
       <c r="I13" s="47">
@@ -6048,135 +6187,156 @@
       <c r="BZ13" s="52">
         <v>589</v>
       </c>
       <c r="CA13" s="47">
         <v>424</v>
       </c>
       <c r="CB13" s="47">
         <v>91</v>
       </c>
       <c r="CC13" s="47">
         <v>32</v>
       </c>
       <c r="CD13" s="47">
         <v>29</v>
       </c>
       <c r="CE13" s="47">
         <v>11</v>
       </c>
       <c r="CF13" s="47">
         <v>10</v>
       </c>
       <c r="CG13" s="52">
         <v>597</v>
       </c>
       <c r="CH13" s="47">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="CI13" s="47">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="CJ13" s="47">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="CK13" s="47">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="CL13" s="47">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="CM13" s="47">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="CN13" s="52">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="CO13" s="47">
-        <v>456</v>
+        <v>442</v>
       </c>
       <c r="CP13" s="47">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="CQ13" s="47">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="CR13" s="47">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="CS13" s="47">
         <v>14</v>
       </c>
       <c r="CT13" s="47">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="CU13" s="52">
-        <v>627</v>
+        <v>616</v>
       </c>
       <c r="CV13" s="47">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="CW13" s="47">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="CX13" s="47">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="CY13" s="47">
         <v>28</v>
       </c>
       <c r="CZ13" s="47">
         <v>16</v>
       </c>
       <c r="DA13" s="47">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="DB13" s="52">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="DC13" s="47">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="DD13" s="47">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="DE13" s="47">
         <v>37</v>
       </c>
       <c r="DF13" s="47">
         <v>26</v>
       </c>
       <c r="DG13" s="47">
         <v>18</v>
       </c>
       <c r="DH13" s="47">
         <v>9</v>
       </c>
       <c r="DI13" s="52">
-        <v>640</v>
+        <v>637</v>
+      </c>
+      <c r="DJ13" s="47">
+        <v>414</v>
+      </c>
+      <c r="DK13" s="47">
+        <v>82</v>
+      </c>
+      <c r="DL13" s="47">
+        <v>30</v>
+      </c>
+      <c r="DM13" s="47">
+        <v>18</v>
+      </c>
+      <c r="DN13" s="47">
+        <v>12</v>
+      </c>
+      <c r="DO13" s="47">
+        <v>8</v>
+      </c>
+      <c r="DP13" s="52">
+        <v>564</v>
       </c>
     </row>
-    <row r="14" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A14" s="46" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="47">
         <v>3</v>
       </c>
       <c r="C14" s="47">
         <v>0</v>
       </c>
       <c r="D14" s="47">
         <v>0</v>
       </c>
       <c r="E14" s="47">
         <v>0</v>
       </c>
       <c r="F14" s="47">
         <v>0</v>
       </c>
       <c r="G14" s="47">
         <v>2</v>
       </c>
       <c r="H14" s="52">
         <v>5</v>
       </c>
       <c r="I14" s="47">
@@ -6472,52 +6632,73 @@
       </c>
       <c r="DB14" s="52">
         <v>10</v>
       </c>
       <c r="DC14" s="47">
         <v>7</v>
       </c>
       <c r="DD14" s="47">
         <v>0</v>
       </c>
       <c r="DE14" s="47">
         <v>1</v>
       </c>
       <c r="DF14" s="47">
         <v>0</v>
       </c>
       <c r="DG14" s="47">
         <v>1</v>
       </c>
       <c r="DH14" s="47">
         <v>2</v>
       </c>
       <c r="DI14" s="52">
         <v>11</v>
       </c>
+      <c r="DJ14" s="47">
+        <v>7</v>
+      </c>
+      <c r="DK14" s="47">
+        <v>1</v>
+      </c>
+      <c r="DL14" s="47">
+        <v>1</v>
+      </c>
+      <c r="DM14" s="47">
+        <v>0</v>
+      </c>
+      <c r="DN14" s="47">
+        <v>1</v>
+      </c>
+      <c r="DO14" s="47">
+        <v>2</v>
+      </c>
+      <c r="DP14" s="52">
+        <v>12</v>
+      </c>
     </row>
-    <row r="15" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A15" s="46" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="47">
         <v>20</v>
       </c>
       <c r="C15" s="47">
         <v>3</v>
       </c>
       <c r="D15" s="47">
         <v>1</v>
       </c>
       <c r="E15" s="47">
         <v>2</v>
       </c>
       <c r="F15" s="47">
         <v>0</v>
       </c>
       <c r="G15" s="47">
         <v>2</v>
       </c>
       <c r="H15" s="52">
         <v>28</v>
       </c>
       <c r="I15" s="47">
@@ -6730,135 +6911,156 @@
       <c r="BZ15" s="52">
         <v>54</v>
       </c>
       <c r="CA15" s="47">
         <v>36</v>
       </c>
       <c r="CB15" s="47">
         <v>8</v>
       </c>
       <c r="CC15" s="47">
         <v>2</v>
       </c>
       <c r="CD15" s="47">
         <v>5</v>
       </c>
       <c r="CE15" s="47">
         <v>2</v>
       </c>
       <c r="CF15" s="47">
         <v>1</v>
       </c>
       <c r="CG15" s="52">
         <v>54</v>
       </c>
       <c r="CH15" s="47">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="CI15" s="47">
         <v>9</v>
       </c>
       <c r="CJ15" s="47">
         <v>3</v>
       </c>
       <c r="CK15" s="47">
+        <v>3</v>
+      </c>
+      <c r="CL15" s="47">
         <v>4</v>
       </c>
-      <c r="CL15" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="CM15" s="47">
         <v>1</v>
       </c>
       <c r="CN15" s="52">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="CO15" s="47">
         <v>44</v>
       </c>
       <c r="CP15" s="47">
         <v>13</v>
       </c>
       <c r="CQ15" s="47">
         <v>1</v>
       </c>
       <c r="CR15" s="47">
         <v>4</v>
       </c>
       <c r="CS15" s="47">
         <v>2</v>
       </c>
       <c r="CT15" s="47">
         <v>1</v>
       </c>
       <c r="CU15" s="52">
         <v>65</v>
       </c>
       <c r="CV15" s="47">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="CW15" s="47">
         <v>10</v>
       </c>
       <c r="CX15" s="47">
         <v>2</v>
       </c>
       <c r="CY15" s="47">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="CZ15" s="47">
         <v>2</v>
       </c>
       <c r="DA15" s="47">
         <v>1</v>
       </c>
       <c r="DB15" s="52">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="DC15" s="47">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="DD15" s="47">
         <v>12</v>
       </c>
       <c r="DE15" s="47">
         <v>0</v>
       </c>
       <c r="DF15" s="47">
         <v>5</v>
       </c>
       <c r="DG15" s="47">
         <v>2</v>
       </c>
       <c r="DH15" s="47">
         <v>1</v>
       </c>
       <c r="DI15" s="52">
-        <v>65</v>
+        <v>66</v>
+      </c>
+      <c r="DJ15" s="47">
+        <v>40</v>
+      </c>
+      <c r="DK15" s="47">
+        <v>9</v>
+      </c>
+      <c r="DL15" s="47">
+        <v>2</v>
+      </c>
+      <c r="DM15" s="47">
+        <v>4</v>
+      </c>
+      <c r="DN15" s="47">
+        <v>2</v>
+      </c>
+      <c r="DO15" s="47">
+        <v>1</v>
+      </c>
+      <c r="DP15" s="52">
+        <v>58</v>
       </c>
     </row>
-    <row r="16" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A16" s="7"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="3"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="3"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
       <c r="V16" s="3"/>
       <c r="X16" s="2"/>
       <c r="Y16" s="2"/>
       <c r="Z16" s="2"/>
       <c r="AA16" s="2"/>
       <c r="AB16" s="2"/>
       <c r="AC16" s="3"/>
@@ -6888,80 +7090,91 @@
       <c r="BE16" s="3"/>
       <c r="BG16" s="2"/>
       <c r="BH16" s="2"/>
       <c r="BI16" s="2"/>
       <c r="BJ16" s="2"/>
       <c r="BK16" s="2"/>
       <c r="BL16" s="3"/>
       <c r="BN16" s="2"/>
       <c r="BO16" s="2"/>
       <c r="BP16" s="2"/>
       <c r="BQ16" s="2"/>
       <c r="BR16" s="2"/>
       <c r="BS16" s="3"/>
       <c r="BU16" s="2"/>
       <c r="BV16" s="2"/>
       <c r="BW16" s="2"/>
       <c r="BX16" s="2"/>
       <c r="BY16" s="2"/>
       <c r="BZ16" s="3"/>
       <c r="CB16" s="2"/>
       <c r="CC16" s="2"/>
       <c r="CD16" s="2"/>
       <c r="CE16" s="2"/>
       <c r="CF16" s="2"/>
       <c r="CG16" s="3"/>
+      <c r="CH16" s="67"/>
       <c r="CI16" s="2"/>
       <c r="CJ16" s="2"/>
       <c r="CK16" s="2"/>
       <c r="CL16" s="2"/>
       <c r="CM16" s="2"/>
-      <c r="CN16" s="3"/>
+      <c r="CN16" s="3">
+        <v>0</v>
+      </c>
+      <c r="CO16" s="67"/>
       <c r="CP16" s="2"/>
       <c r="CQ16" s="2"/>
       <c r="CR16" s="2"/>
       <c r="CS16" s="2"/>
       <c r="CT16" s="2"/>
       <c r="CU16" s="3"/>
+      <c r="CV16" s="67"/>
       <c r="CW16" s="2"/>
       <c r="CX16" s="2"/>
       <c r="CY16" s="2"/>
       <c r="CZ16" s="2"/>
-      <c r="DA16" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="DA16" s="2"/>
       <c r="DB16" s="3"/>
+      <c r="DC16" s="67"/>
       <c r="DD16" s="2"/>
       <c r="DE16" s="2"/>
       <c r="DF16" s="2"/>
       <c r="DG16" s="2"/>
-      <c r="DH16" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="DH16" s="2"/>
       <c r="DI16" s="3"/>
+      <c r="DJ16" s="67"/>
+      <c r="DK16" s="2"/>
+      <c r="DL16" s="2"/>
+      <c r="DM16" s="2"/>
+      <c r="DN16" s="2"/>
+      <c r="DO16" s="2"/>
+      <c r="DP16" s="3">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="1:113" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="43" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="48">
         <v>864</v>
       </c>
       <c r="C17" s="48">
         <v>111</v>
       </c>
       <c r="D17" s="48">
         <v>35</v>
       </c>
       <c r="E17" s="48">
         <v>27</v>
       </c>
       <c r="F17" s="48">
         <v>8</v>
       </c>
       <c r="G17" s="48">
         <v>8</v>
       </c>
       <c r="H17" s="51">
         <v>1053</v>
       </c>
       <c r="I17" s="48">
@@ -7173,136 +7386,157 @@
       </c>
       <c r="BZ17" s="51">
         <v>877</v>
       </c>
       <c r="CA17" s="48">
         <v>711</v>
       </c>
       <c r="CB17" s="48">
         <v>94</v>
       </c>
       <c r="CC17" s="48">
         <v>25</v>
       </c>
       <c r="CD17" s="48">
         <v>21</v>
       </c>
       <c r="CE17" s="48">
         <v>9</v>
       </c>
       <c r="CF17" s="48">
         <v>4</v>
       </c>
       <c r="CG17" s="51">
         <v>864</v>
       </c>
-      <c r="CH17" s="48">
-[...11 lines deleted...]
-      <c r="CL17" s="48">
+      <c r="CH17" s="65">
+        <v>701</v>
+      </c>
+      <c r="CI17" s="65">
+        <v>86</v>
+      </c>
+      <c r="CJ17" s="65">
+        <v>31</v>
+      </c>
+      <c r="CK17" s="65">
+        <v>17</v>
+      </c>
+      <c r="CL17" s="65">
         <v>6</v>
       </c>
-      <c r="CM17" s="48">
+      <c r="CM17" s="65">
         <v>4</v>
       </c>
-      <c r="CN17" s="51">
-[...8 lines deleted...]
-      <c r="CQ17" s="48">
+      <c r="CN17" s="66">
+        <v>845</v>
+      </c>
+      <c r="CO17" s="65">
+        <v>687</v>
+      </c>
+      <c r="CP17" s="65">
+        <v>84</v>
+      </c>
+      <c r="CQ17" s="65">
         <v>37</v>
       </c>
-      <c r="CR17" s="48">
-[...2 lines deleted...]
-      <c r="CS17" s="48">
+      <c r="CR17" s="65">
+        <v>15</v>
+      </c>
+      <c r="CS17" s="65">
         <v>6</v>
       </c>
-      <c r="CT17" s="48">
+      <c r="CT17" s="65">
         <v>3</v>
       </c>
-      <c r="CU17" s="51">
-[...5 lines deleted...]
-      <c r="CW17" s="48">
+      <c r="CU17" s="66">
+        <v>832</v>
+      </c>
+      <c r="CV17" s="65">
+        <v>678</v>
+      </c>
+      <c r="CW17" s="65">
         <v>92</v>
       </c>
-      <c r="CX17" s="48">
+      <c r="CX17" s="65">
         <v>28</v>
       </c>
-      <c r="CY17" s="48">
-[...2 lines deleted...]
-      <c r="CZ17" s="48">
+      <c r="CY17" s="65">
+        <v>22</v>
+      </c>
+      <c r="CZ17" s="65">
         <v>8</v>
       </c>
-      <c r="DA17" s="48">
-[...5 lines deleted...]
-      <c r="DC17" s="48">
+      <c r="DA17" s="65">
+        <v>3</v>
+      </c>
+      <c r="DB17" s="66">
+        <v>831</v>
+      </c>
+      <c r="DC17" s="65">
+        <v>668</v>
+      </c>
+      <c r="DD17" s="65">
+        <v>92</v>
+      </c>
+      <c r="DE17" s="65">
+        <v>26</v>
+      </c>
+      <c r="DF17" s="65">
+        <v>27</v>
+      </c>
+      <c r="DG17" s="65">
+        <v>6</v>
+      </c>
+      <c r="DH17" s="65">
+        <v>3</v>
+      </c>
+      <c r="DI17" s="66">
+        <v>822</v>
+      </c>
+      <c r="DJ17" s="65">
+        <v>561</v>
+      </c>
+      <c r="DK17" s="65">
+        <v>78</v>
+      </c>
+      <c r="DL17" s="65">
+        <v>26</v>
+      </c>
+      <c r="DM17" s="65">
+        <v>7</v>
+      </c>
+      <c r="DN17" s="65">
+        <v>6</v>
+      </c>
+      <c r="DO17" s="65">
+        <v>1</v>
+      </c>
+      <c r="DP17" s="66">
         <v>679</v>
       </c>
-      <c r="DD17" s="48">
-[...16 lines deleted...]
-      </c>
     </row>
-    <row r="18" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A18" s="46" t="s">
         <v>84</v>
       </c>
       <c r="B18" s="47">
         <v>864</v>
       </c>
       <c r="C18" s="47">
         <v>111</v>
       </c>
       <c r="D18" s="47">
         <v>35</v>
       </c>
       <c r="E18" s="47">
         <v>27</v>
       </c>
       <c r="F18" s="47">
         <v>8</v>
       </c>
       <c r="G18" s="47">
         <v>8</v>
       </c>
       <c r="H18" s="52">
         <v>1053</v>
       </c>
       <c r="I18" s="47">
@@ -7515,135 +7749,156 @@
       <c r="BZ18" s="52">
         <v>877</v>
       </c>
       <c r="CA18" s="47">
         <v>711</v>
       </c>
       <c r="CB18" s="47">
         <v>94</v>
       </c>
       <c r="CC18" s="47">
         <v>25</v>
       </c>
       <c r="CD18" s="47">
         <v>21</v>
       </c>
       <c r="CE18" s="47">
         <v>9</v>
       </c>
       <c r="CF18" s="47">
         <v>4</v>
       </c>
       <c r="CG18" s="52">
         <v>864</v>
       </c>
       <c r="CH18" s="47">
-        <v>725</v>
+        <v>701</v>
       </c>
       <c r="CI18" s="47">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="CJ18" s="47">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="CK18" s="47">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="CL18" s="47">
         <v>6</v>
       </c>
       <c r="CM18" s="47">
         <v>4</v>
       </c>
       <c r="CN18" s="52">
-        <v>873</v>
+        <v>845</v>
       </c>
       <c r="CO18" s="47">
-        <v>731</v>
+        <v>687</v>
       </c>
       <c r="CP18" s="47">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="CQ18" s="47">
         <v>37</v>
       </c>
       <c r="CR18" s="47">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="CS18" s="47">
         <v>6</v>
       </c>
       <c r="CT18" s="47">
         <v>3</v>
       </c>
       <c r="CU18" s="52">
-        <v>877</v>
+        <v>832</v>
       </c>
       <c r="CV18" s="47">
-        <v>692</v>
+        <v>678</v>
       </c>
       <c r="CW18" s="47">
         <v>92</v>
       </c>
       <c r="CX18" s="47">
         <v>28</v>
       </c>
       <c r="CY18" s="47">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="CZ18" s="47">
         <v>8</v>
       </c>
       <c r="DA18" s="47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="DB18" s="52">
-        <v>847</v>
+        <v>831</v>
       </c>
       <c r="DC18" s="47">
-        <v>679</v>
+        <v>668</v>
       </c>
       <c r="DD18" s="47">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="DE18" s="47">
         <v>26</v>
       </c>
       <c r="DF18" s="47">
         <v>27</v>
       </c>
       <c r="DG18" s="47">
         <v>6</v>
       </c>
       <c r="DH18" s="47">
         <v>3</v>
       </c>
       <c r="DI18" s="52">
-        <v>832</v>
+        <v>822</v>
+      </c>
+      <c r="DJ18" s="47">
+        <v>561</v>
+      </c>
+      <c r="DK18" s="47">
+        <v>78</v>
+      </c>
+      <c r="DL18" s="47">
+        <v>26</v>
+      </c>
+      <c r="DM18" s="47">
+        <v>7</v>
+      </c>
+      <c r="DN18" s="47">
+        <v>6</v>
+      </c>
+      <c r="DO18" s="47">
+        <v>1</v>
+      </c>
+      <c r="DP18" s="52">
+        <v>679</v>
       </c>
     </row>
-    <row r="19" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A19" s="8"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
       <c r="H19" s="5"/>
       <c r="J19" s="4"/>
       <c r="K19" s="4"/>
       <c r="L19" s="4"/>
       <c r="M19" s="4"/>
       <c r="N19" s="4"/>
       <c r="O19" s="5"/>
       <c r="Q19" s="4"/>
       <c r="R19" s="4"/>
       <c r="S19" s="4"/>
       <c r="T19" s="4"/>
       <c r="U19" s="4"/>
       <c r="V19" s="5"/>
       <c r="X19" s="4"/>
       <c r="Y19" s="4"/>
       <c r="Z19" s="4"/>
       <c r="AA19" s="4"/>
       <c r="AB19" s="4"/>
       <c r="AC19" s="5"/>
@@ -7673,76 +7928,87 @@
       <c r="BE19" s="5"/>
       <c r="BG19" s="4"/>
       <c r="BH19" s="4"/>
       <c r="BI19" s="4"/>
       <c r="BJ19" s="4"/>
       <c r="BK19" s="4"/>
       <c r="BL19" s="5"/>
       <c r="BN19" s="4"/>
       <c r="BO19" s="4"/>
       <c r="BP19" s="4"/>
       <c r="BQ19" s="4"/>
       <c r="BR19" s="4"/>
       <c r="BS19" s="5"/>
       <c r="BU19" s="4"/>
       <c r="BV19" s="4"/>
       <c r="BW19" s="4"/>
       <c r="BX19" s="4"/>
       <c r="BY19" s="4"/>
       <c r="BZ19" s="5"/>
       <c r="CB19" s="4"/>
       <c r="CC19" s="4"/>
       <c r="CD19" s="4"/>
       <c r="CE19" s="4"/>
       <c r="CF19" s="4"/>
       <c r="CG19" s="5"/>
+      <c r="CH19" s="67"/>
       <c r="CI19" s="4"/>
       <c r="CJ19" s="4"/>
       <c r="CK19" s="4"/>
       <c r="CL19" s="4"/>
       <c r="CM19" s="4"/>
       <c r="CN19" s="5"/>
+      <c r="CO19" s="67"/>
       <c r="CP19" s="4"/>
       <c r="CQ19" s="4"/>
       <c r="CR19" s="4"/>
       <c r="CS19" s="4"/>
       <c r="CT19" s="4"/>
       <c r="CU19" s="5"/>
+      <c r="CV19" s="67"/>
       <c r="CW19" s="4"/>
       <c r="CX19" s="4"/>
       <c r="CY19" s="4"/>
       <c r="CZ19" s="4"/>
       <c r="DA19" s="4"/>
       <c r="DB19" s="5"/>
+      <c r="DC19" s="67"/>
       <c r="DD19" s="4"/>
       <c r="DE19" s="4"/>
       <c r="DF19" s="4"/>
       <c r="DG19" s="4"/>
       <c r="DH19" s="4"/>
       <c r="DI19" s="5"/>
+      <c r="DJ19" s="67"/>
+      <c r="DK19" s="4"/>
+      <c r="DL19" s="4"/>
+      <c r="DM19" s="4"/>
+      <c r="DN19" s="4"/>
+      <c r="DO19" s="4"/>
+      <c r="DP19" s="5"/>
     </row>
-    <row r="20" spans="1:113" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="43" t="s">
         <v>72</v>
       </c>
       <c r="B20" s="48">
         <v>1052</v>
       </c>
       <c r="C20" s="48">
         <v>128</v>
       </c>
       <c r="D20" s="48">
         <v>37</v>
       </c>
       <c r="E20" s="48">
         <v>33</v>
       </c>
       <c r="F20" s="48">
         <v>15</v>
       </c>
       <c r="G20" s="48">
         <v>6</v>
       </c>
       <c r="H20" s="51">
         <v>1271</v>
       </c>
       <c r="I20" s="48">
@@ -7954,136 +8220,157 @@
       </c>
       <c r="BZ20" s="51">
         <v>1353</v>
       </c>
       <c r="CA20" s="48">
         <v>1074</v>
       </c>
       <c r="CB20" s="48">
         <v>150</v>
       </c>
       <c r="CC20" s="48">
         <v>43</v>
       </c>
       <c r="CD20" s="48">
         <v>31</v>
       </c>
       <c r="CE20" s="48">
         <v>17</v>
       </c>
       <c r="CF20" s="48">
         <v>9</v>
       </c>
       <c r="CG20" s="51">
         <v>1324</v>
       </c>
-      <c r="CH20" s="48">
-[...8 lines deleted...]
-      <c r="CK20" s="48">
+      <c r="CH20" s="65">
+        <v>1067</v>
+      </c>
+      <c r="CI20" s="65">
+        <v>140</v>
+      </c>
+      <c r="CJ20" s="65">
+        <v>44</v>
+      </c>
+      <c r="CK20" s="65">
         <v>32</v>
       </c>
-      <c r="CL20" s="48">
+      <c r="CL20" s="65">
         <v>17</v>
       </c>
-      <c r="CM20" s="48">
-[...14 lines deleted...]
-      <c r="CR20" s="48">
+      <c r="CM20" s="65">
+        <v>7</v>
+      </c>
+      <c r="CN20" s="66">
+        <v>1307</v>
+      </c>
+      <c r="CO20" s="65">
+        <v>1064</v>
+      </c>
+      <c r="CP20" s="65">
+        <v>145</v>
+      </c>
+      <c r="CQ20" s="65">
+        <v>53</v>
+      </c>
+      <c r="CR20" s="65">
         <v>31</v>
       </c>
-      <c r="CS20" s="48">
+      <c r="CS20" s="65">
         <v>17</v>
       </c>
-      <c r="CT20" s="48">
-[...8 lines deleted...]
-      <c r="CW20" s="48">
+      <c r="CT20" s="65">
+        <v>7</v>
+      </c>
+      <c r="CU20" s="66">
+        <v>1317</v>
+      </c>
+      <c r="CV20" s="65">
+        <v>1068</v>
+      </c>
+      <c r="CW20" s="65">
         <v>146</v>
       </c>
-      <c r="CX20" s="48">
+      <c r="CX20" s="65">
         <v>55</v>
       </c>
-      <c r="CY20" s="48">
+      <c r="CY20" s="65">
         <v>29</v>
       </c>
-      <c r="CZ20" s="48">
+      <c r="CZ20" s="65">
         <v>20</v>
       </c>
-      <c r="DA20" s="48">
-[...11 lines deleted...]
-      <c r="DE20" s="48">
+      <c r="DA20" s="65">
+        <v>7</v>
+      </c>
+      <c r="DB20" s="66">
+        <v>1325</v>
+      </c>
+      <c r="DC20" s="65">
+        <v>1058</v>
+      </c>
+      <c r="DD20" s="65">
+        <v>149</v>
+      </c>
+      <c r="DE20" s="65">
         <v>49</v>
       </c>
-      <c r="DF20" s="48">
+      <c r="DF20" s="65">
+        <v>34</v>
+      </c>
+      <c r="DG20" s="65">
+        <v>17</v>
+      </c>
+      <c r="DH20" s="65">
+        <v>7</v>
+      </c>
+      <c r="DI20" s="66">
+        <v>1314</v>
+      </c>
+      <c r="DJ20" s="65">
+        <v>979</v>
+      </c>
+      <c r="DK20" s="65">
+        <v>120</v>
+      </c>
+      <c r="DL20" s="65">
+        <v>41</v>
+      </c>
+      <c r="DM20" s="65">
         <v>33</v>
       </c>
-      <c r="DG20" s="48">
-[...6 lines deleted...]
-        <v>1318</v>
+      <c r="DN20" s="65">
+        <v>11</v>
+      </c>
+      <c r="DO20" s="65">
+        <v>5</v>
+      </c>
+      <c r="DP20" s="66">
+        <v>1189</v>
       </c>
     </row>
-    <row r="21" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A21" s="46" t="s">
         <v>85</v>
       </c>
       <c r="B21" s="47">
         <v>1052</v>
       </c>
       <c r="C21" s="47">
         <v>128</v>
       </c>
       <c r="D21" s="47">
         <v>37</v>
       </c>
       <c r="E21" s="47">
         <v>33</v>
       </c>
       <c r="F21" s="47">
         <v>15</v>
       </c>
       <c r="G21" s="47">
         <v>6</v>
       </c>
       <c r="H21" s="52">
         <v>1271</v>
       </c>
       <c r="I21" s="47">
@@ -8296,135 +8583,156 @@
       <c r="BZ21" s="52">
         <v>1353</v>
       </c>
       <c r="CA21" s="47">
         <v>1074</v>
       </c>
       <c r="CB21" s="47">
         <v>150</v>
       </c>
       <c r="CC21" s="47">
         <v>43</v>
       </c>
       <c r="CD21" s="47">
         <v>31</v>
       </c>
       <c r="CE21" s="47">
         <v>17</v>
       </c>
       <c r="CF21" s="47">
         <v>9</v>
       </c>
       <c r="CG21" s="52">
         <v>1324</v>
       </c>
       <c r="CH21" s="47">
-        <v>1083</v>
+        <v>1067</v>
       </c>
       <c r="CI21" s="47">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="CJ21" s="47">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="CK21" s="47">
         <v>32</v>
       </c>
       <c r="CL21" s="47">
         <v>17</v>
       </c>
       <c r="CM21" s="47">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="CN21" s="52">
-        <v>1330</v>
+        <v>1307</v>
       </c>
       <c r="CO21" s="47">
-        <v>1092</v>
+        <v>1064</v>
       </c>
       <c r="CP21" s="47">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="CQ21" s="47">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="CR21" s="47">
         <v>31</v>
       </c>
       <c r="CS21" s="47">
         <v>17</v>
       </c>
       <c r="CT21" s="47">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="CU21" s="52">
-        <v>1348</v>
+        <v>1317</v>
       </c>
       <c r="CV21" s="47">
-        <v>1076</v>
+        <v>1068</v>
       </c>
       <c r="CW21" s="47">
         <v>146</v>
       </c>
       <c r="CX21" s="47">
         <v>55</v>
       </c>
       <c r="CY21" s="47">
         <v>29</v>
       </c>
       <c r="CZ21" s="47">
         <v>20</v>
       </c>
       <c r="DA21" s="47">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="DB21" s="52">
-        <v>1335</v>
+        <v>1325</v>
       </c>
       <c r="DC21" s="47">
-        <v>1062</v>
+        <v>1058</v>
       </c>
       <c r="DD21" s="47">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="DE21" s="47">
         <v>49</v>
       </c>
       <c r="DF21" s="47">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="DG21" s="47">
         <v>17</v>
       </c>
       <c r="DH21" s="47">
         <v>7</v>
       </c>
       <c r="DI21" s="52">
-        <v>1318</v>
+        <v>1314</v>
+      </c>
+      <c r="DJ21" s="47">
+        <v>979</v>
+      </c>
+      <c r="DK21" s="47">
+        <v>120</v>
+      </c>
+      <c r="DL21" s="47">
+        <v>41</v>
+      </c>
+      <c r="DM21" s="47">
+        <v>33</v>
+      </c>
+      <c r="DN21" s="47">
+        <v>11</v>
+      </c>
+      <c r="DO21" s="47">
+        <v>5</v>
+      </c>
+      <c r="DP21" s="52">
+        <v>1189</v>
       </c>
     </row>
-    <row r="22" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A22" s="8"/>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
       <c r="F22" s="4"/>
       <c r="G22" s="4"/>
       <c r="H22" s="5"/>
       <c r="J22" s="4"/>
       <c r="K22" s="4"/>
       <c r="L22" s="4"/>
       <c r="M22" s="4"/>
       <c r="N22" s="4"/>
       <c r="O22" s="5"/>
       <c r="Q22" s="4"/>
       <c r="R22" s="4"/>
       <c r="S22" s="4"/>
       <c r="T22" s="4"/>
       <c r="U22" s="4"/>
       <c r="V22" s="5"/>
       <c r="X22" s="4"/>
       <c r="Y22" s="4"/>
       <c r="Z22" s="4"/>
       <c r="AA22" s="4"/>
       <c r="AB22" s="4"/>
       <c r="AC22" s="5"/>
@@ -8454,76 +8762,87 @@
       <c r="BE22" s="5"/>
       <c r="BG22" s="4"/>
       <c r="BH22" s="4"/>
       <c r="BI22" s="4"/>
       <c r="BJ22" s="4"/>
       <c r="BK22" s="4"/>
       <c r="BL22" s="5"/>
       <c r="BN22" s="4"/>
       <c r="BO22" s="4"/>
       <c r="BP22" s="4"/>
       <c r="BQ22" s="4"/>
       <c r="BR22" s="4"/>
       <c r="BS22" s="5"/>
       <c r="BU22" s="4"/>
       <c r="BV22" s="4"/>
       <c r="BW22" s="4"/>
       <c r="BX22" s="4"/>
       <c r="BY22" s="4"/>
       <c r="BZ22" s="5"/>
       <c r="CB22" s="4"/>
       <c r="CC22" s="4"/>
       <c r="CD22" s="4"/>
       <c r="CE22" s="4"/>
       <c r="CF22" s="4"/>
       <c r="CG22" s="5"/>
+      <c r="CH22" s="67"/>
       <c r="CI22" s="4"/>
       <c r="CJ22" s="4"/>
       <c r="CK22" s="4"/>
       <c r="CL22" s="4"/>
       <c r="CM22" s="4"/>
       <c r="CN22" s="5"/>
+      <c r="CO22" s="67"/>
       <c r="CP22" s="4"/>
       <c r="CQ22" s="4"/>
       <c r="CR22" s="4"/>
       <c r="CS22" s="4"/>
       <c r="CT22" s="4"/>
       <c r="CU22" s="5"/>
+      <c r="CV22" s="67"/>
       <c r="CW22" s="4"/>
       <c r="CX22" s="4"/>
       <c r="CY22" s="4"/>
       <c r="CZ22" s="4"/>
       <c r="DA22" s="4"/>
       <c r="DB22" s="5"/>
+      <c r="DC22" s="67"/>
       <c r="DD22" s="4"/>
       <c r="DE22" s="4"/>
       <c r="DF22" s="4"/>
       <c r="DG22" s="4"/>
       <c r="DH22" s="4"/>
       <c r="DI22" s="5"/>
+      <c r="DJ22" s="67"/>
+      <c r="DK22" s="4"/>
+      <c r="DL22" s="4"/>
+      <c r="DM22" s="4"/>
+      <c r="DN22" s="4"/>
+      <c r="DO22" s="4"/>
+      <c r="DP22" s="5"/>
     </row>
-    <row r="23" spans="1:113" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="43" t="s">
         <v>88</v>
       </c>
       <c r="B23" s="48">
         <v>2208</v>
       </c>
       <c r="C23" s="48">
         <v>222</v>
       </c>
       <c r="D23" s="48">
         <v>70</v>
       </c>
       <c r="E23" s="48">
         <v>65</v>
       </c>
       <c r="F23" s="48">
         <v>30</v>
       </c>
       <c r="G23" s="48">
         <v>36</v>
       </c>
       <c r="H23" s="51">
         <v>2631</v>
       </c>
       <c r="I23" s="48">
@@ -8735,136 +9054,157 @@
       </c>
       <c r="BZ23" s="51">
         <v>3027</v>
       </c>
       <c r="CA23" s="48">
         <v>2503</v>
       </c>
       <c r="CB23" s="48">
         <v>247</v>
       </c>
       <c r="CC23" s="48">
         <v>91</v>
       </c>
       <c r="CD23" s="48">
         <v>82</v>
       </c>
       <c r="CE23" s="48">
         <v>53</v>
       </c>
       <c r="CF23" s="48">
         <v>46</v>
       </c>
       <c r="CG23" s="51">
         <v>3022</v>
       </c>
-      <c r="CH23" s="48">
-[...5 lines deleted...]
-      <c r="CJ23" s="48">
+      <c r="CH23" s="65">
+        <v>2453</v>
+      </c>
+      <c r="CI23" s="65">
+        <v>259</v>
+      </c>
+      <c r="CJ23" s="65">
+        <v>89</v>
+      </c>
+      <c r="CK23" s="65">
+        <v>78</v>
+      </c>
+      <c r="CL23" s="65">
+        <v>46</v>
+      </c>
+      <c r="CM23" s="65">
+        <v>45</v>
+      </c>
+      <c r="CN23" s="66">
+        <v>2970</v>
+      </c>
+      <c r="CO23" s="65">
+        <v>2444</v>
+      </c>
+      <c r="CP23" s="65">
+        <v>247</v>
+      </c>
+      <c r="CQ23" s="65">
+        <v>98</v>
+      </c>
+      <c r="CR23" s="65">
+        <v>81</v>
+      </c>
+      <c r="CS23" s="65">
+        <v>46</v>
+      </c>
+      <c r="CT23" s="65">
+        <v>47</v>
+      </c>
+      <c r="CU23" s="66">
+        <v>2963</v>
+      </c>
+      <c r="CV23" s="65">
+        <v>2443</v>
+      </c>
+      <c r="CW23" s="65">
+        <v>279</v>
+      </c>
+      <c r="CX23" s="65">
+        <v>83</v>
+      </c>
+      <c r="CY23" s="65">
+        <v>84</v>
+      </c>
+      <c r="CZ23" s="65">
+        <v>51</v>
+      </c>
+      <c r="DA23" s="65">
+        <v>47</v>
+      </c>
+      <c r="DB23" s="66">
+        <v>2987</v>
+      </c>
+      <c r="DC23" s="65">
+        <v>2418</v>
+      </c>
+      <c r="DD23" s="65">
+        <v>280</v>
+      </c>
+      <c r="DE23" s="65">
+        <v>94</v>
+      </c>
+      <c r="DF23" s="65">
+        <v>97</v>
+      </c>
+      <c r="DG23" s="65">
+        <v>45</v>
+      </c>
+      <c r="DH23" s="65">
+        <v>46</v>
+      </c>
+      <c r="DI23" s="66">
+        <v>2980</v>
+      </c>
+      <c r="DJ23" s="65">
+        <v>2231</v>
+      </c>
+      <c r="DK23" s="65">
+        <v>250</v>
+      </c>
+      <c r="DL23" s="65">
         <v>90</v>
       </c>
-      <c r="CK23" s="48">
-[...72 lines deleted...]
-        <v>2996</v>
+      <c r="DM23" s="65">
+        <v>79</v>
+      </c>
+      <c r="DN23" s="65">
+        <v>41</v>
+      </c>
+      <c r="DO23" s="65">
+        <v>43</v>
+      </c>
+      <c r="DP23" s="66">
+        <v>2734</v>
       </c>
     </row>
-    <row r="24" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A24" s="46" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="47">
         <v>339</v>
       </c>
       <c r="C24" s="47">
         <v>37</v>
       </c>
       <c r="D24" s="47">
         <v>16</v>
       </c>
       <c r="E24" s="47">
         <v>14</v>
       </c>
       <c r="F24" s="47">
         <v>9</v>
       </c>
       <c r="G24" s="47">
         <v>4</v>
       </c>
       <c r="H24" s="52">
         <v>419</v>
       </c>
       <c r="I24" s="47">
@@ -9077,135 +9417,156 @@
       <c r="BZ24" s="52">
         <v>410</v>
       </c>
       <c r="CA24" s="47">
         <v>347</v>
       </c>
       <c r="CB24" s="47">
         <v>35</v>
       </c>
       <c r="CC24" s="47">
         <v>12</v>
       </c>
       <c r="CD24" s="47">
         <v>15</v>
       </c>
       <c r="CE24" s="47">
         <v>11</v>
       </c>
       <c r="CF24" s="47">
         <v>4</v>
       </c>
       <c r="CG24" s="52">
         <v>424</v>
       </c>
       <c r="CH24" s="47">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="CI24" s="47">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="CJ24" s="47">
         <v>12</v>
       </c>
       <c r="CK24" s="47">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="CL24" s="47">
         <v>8</v>
       </c>
       <c r="CM24" s="47">
         <v>5</v>
       </c>
       <c r="CN24" s="52">
-        <v>417</v>
+        <v>408</v>
       </c>
       <c r="CO24" s="47">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="CP24" s="47">
         <v>36</v>
       </c>
       <c r="CQ24" s="47">
         <v>14</v>
       </c>
       <c r="CR24" s="47">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="CS24" s="47">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="CT24" s="47">
         <v>5</v>
       </c>
       <c r="CU24" s="52">
-        <v>415</v>
+        <v>407</v>
       </c>
       <c r="CV24" s="47">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="CW24" s="47">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="CX24" s="47">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="CY24" s="47">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="CZ24" s="47">
         <v>10</v>
       </c>
       <c r="DA24" s="47">
         <v>5</v>
       </c>
       <c r="DB24" s="52">
-        <v>405</v>
+        <v>398</v>
       </c>
       <c r="DC24" s="47">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="DD24" s="47">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="DE24" s="47">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="DF24" s="47">
         <v>14</v>
       </c>
       <c r="DG24" s="47">
         <v>8</v>
       </c>
       <c r="DH24" s="47">
         <v>5</v>
       </c>
       <c r="DI24" s="52">
-        <v>399</v>
+        <v>397</v>
+      </c>
+      <c r="DJ24" s="47">
+        <v>275</v>
+      </c>
+      <c r="DK24" s="47">
+        <v>35</v>
+      </c>
+      <c r="DL24" s="47">
+        <v>15</v>
+      </c>
+      <c r="DM24" s="47">
+        <v>11</v>
+      </c>
+      <c r="DN24" s="47">
+        <v>6</v>
+      </c>
+      <c r="DO24" s="47">
+        <v>5</v>
+      </c>
+      <c r="DP24" s="52">
+        <v>347</v>
       </c>
     </row>
-    <row r="25" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A25" s="46" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="47">
         <v>311</v>
       </c>
       <c r="C25" s="47">
         <v>53</v>
       </c>
       <c r="D25" s="47">
         <v>7</v>
       </c>
       <c r="E25" s="47">
         <v>11</v>
       </c>
       <c r="F25" s="47">
         <v>6</v>
       </c>
       <c r="G25" s="47">
         <v>7</v>
       </c>
       <c r="H25" s="52">
         <v>395</v>
       </c>
       <c r="I25" s="47">
@@ -9418,135 +9779,156 @@
       <c r="BZ25" s="52">
         <v>467</v>
       </c>
       <c r="CA25" s="47">
         <v>361</v>
       </c>
       <c r="CB25" s="47">
         <v>51</v>
       </c>
       <c r="CC25" s="47">
         <v>18</v>
       </c>
       <c r="CD25" s="47">
         <v>12</v>
       </c>
       <c r="CE25" s="47">
         <v>8</v>
       </c>
       <c r="CF25" s="47">
         <v>8</v>
       </c>
       <c r="CG25" s="52">
         <v>458</v>
       </c>
       <c r="CH25" s="47">
-        <v>369</v>
+        <v>360</v>
       </c>
       <c r="CI25" s="47">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="CJ25" s="47">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="CK25" s="47">
         <v>14</v>
       </c>
       <c r="CL25" s="47">
         <v>8</v>
       </c>
       <c r="CM25" s="47">
         <v>5</v>
       </c>
       <c r="CN25" s="52">
-        <v>459</v>
+        <v>450</v>
       </c>
       <c r="CO25" s="47">
-        <v>369</v>
+        <v>353</v>
       </c>
       <c r="CP25" s="47">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="CQ25" s="47">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="CR25" s="47">
         <v>14</v>
       </c>
       <c r="CS25" s="47">
         <v>9</v>
       </c>
       <c r="CT25" s="47">
         <v>4</v>
       </c>
       <c r="CU25" s="52">
-        <v>456</v>
+        <v>441</v>
       </c>
       <c r="CV25" s="47">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="CW25" s="47">
         <v>57</v>
       </c>
       <c r="CX25" s="47">
         <v>10</v>
       </c>
       <c r="CY25" s="47">
         <v>12</v>
       </c>
       <c r="CZ25" s="47">
         <v>10</v>
       </c>
       <c r="DA25" s="47">
         <v>7</v>
       </c>
       <c r="DB25" s="52">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="DC25" s="47">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="DD25" s="47">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="DE25" s="47">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="DF25" s="47">
         <v>14</v>
       </c>
       <c r="DG25" s="47">
         <v>8</v>
       </c>
       <c r="DH25" s="47">
         <v>7</v>
       </c>
       <c r="DI25" s="52">
-        <v>457</v>
+        <v>455</v>
+      </c>
+      <c r="DJ25" s="47">
+        <v>322</v>
+      </c>
+      <c r="DK25" s="47">
+        <v>49</v>
+      </c>
+      <c r="DL25" s="47">
+        <v>12</v>
+      </c>
+      <c r="DM25" s="47">
+        <v>14</v>
+      </c>
+      <c r="DN25" s="47">
+        <v>5</v>
+      </c>
+      <c r="DO25" s="47">
+        <v>5</v>
+      </c>
+      <c r="DP25" s="52">
+        <v>407</v>
       </c>
     </row>
-    <row r="26" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A26" s="46" t="s">
         <v>16</v>
       </c>
       <c r="B26" s="47">
         <v>66</v>
       </c>
       <c r="C26" s="47">
         <v>8</v>
       </c>
       <c r="D26" s="47">
         <v>3</v>
       </c>
       <c r="E26" s="47">
         <v>0</v>
       </c>
       <c r="F26" s="47">
         <v>2</v>
       </c>
       <c r="G26" s="47">
         <v>2</v>
       </c>
       <c r="H26" s="52">
         <v>81</v>
       </c>
       <c r="I26" s="47">
@@ -9759,135 +10141,156 @@
       <c r="BZ26" s="52">
         <v>100</v>
       </c>
       <c r="CA26" s="47">
         <v>76</v>
       </c>
       <c r="CB26" s="47">
         <v>13</v>
       </c>
       <c r="CC26" s="47">
         <v>4</v>
       </c>
       <c r="CD26" s="47">
         <v>4</v>
       </c>
       <c r="CE26" s="47">
         <v>2</v>
       </c>
       <c r="CF26" s="47">
         <v>3</v>
       </c>
       <c r="CG26" s="52">
         <v>102</v>
       </c>
       <c r="CH26" s="47">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="CI26" s="47">
         <v>10</v>
       </c>
       <c r="CJ26" s="47">
         <v>4</v>
       </c>
       <c r="CK26" s="47">
         <v>5</v>
       </c>
       <c r="CL26" s="47">
         <v>1</v>
       </c>
       <c r="CM26" s="47">
         <v>3</v>
       </c>
       <c r="CN26" s="52">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="CO26" s="47">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="CP26" s="47">
         <v>11</v>
       </c>
       <c r="CQ26" s="47">
         <v>4</v>
       </c>
       <c r="CR26" s="47">
         <v>4</v>
       </c>
       <c r="CS26" s="47">
         <v>3</v>
       </c>
       <c r="CT26" s="47">
         <v>2</v>
       </c>
       <c r="CU26" s="52">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="CV26" s="47">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="CW26" s="47">
         <v>7</v>
       </c>
       <c r="CX26" s="47">
         <v>6</v>
       </c>
       <c r="CY26" s="47">
         <v>4</v>
       </c>
       <c r="CZ26" s="47">
         <v>3</v>
       </c>
       <c r="DA26" s="47">
         <v>2</v>
       </c>
       <c r="DB26" s="52">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="DC26" s="47">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="DD26" s="47">
         <v>12</v>
       </c>
       <c r="DE26" s="47">
         <v>8</v>
       </c>
       <c r="DF26" s="47">
         <v>3</v>
       </c>
       <c r="DG26" s="47">
         <v>2</v>
       </c>
       <c r="DH26" s="47">
         <v>2</v>
       </c>
       <c r="DI26" s="52">
-        <v>118</v>
+        <v>114</v>
+      </c>
+      <c r="DJ26" s="47">
+        <v>94</v>
+      </c>
+      <c r="DK26" s="47">
+        <v>11</v>
+      </c>
+      <c r="DL26" s="47">
+        <v>4</v>
+      </c>
+      <c r="DM26" s="47">
+        <v>4</v>
+      </c>
+      <c r="DN26" s="47">
+        <v>2</v>
+      </c>
+      <c r="DO26" s="47">
+        <v>2</v>
+      </c>
+      <c r="DP26" s="52">
+        <v>117</v>
       </c>
     </row>
-    <row r="27" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A27" s="46" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="47">
         <v>92</v>
       </c>
       <c r="C27" s="47">
         <v>19</v>
       </c>
       <c r="D27" s="47">
         <v>7</v>
       </c>
       <c r="E27" s="47">
         <v>6</v>
       </c>
       <c r="F27" s="47">
         <v>1</v>
       </c>
       <c r="G27" s="47">
         <v>4</v>
       </c>
       <c r="H27" s="52">
         <v>129</v>
       </c>
       <c r="I27" s="47">
@@ -10100,135 +10503,156 @@
       <c r="BZ27" s="52">
         <v>162</v>
       </c>
       <c r="CA27" s="47">
         <v>133</v>
       </c>
       <c r="CB27" s="47">
         <v>14</v>
       </c>
       <c r="CC27" s="47">
         <v>7</v>
       </c>
       <c r="CD27" s="47">
         <v>5</v>
       </c>
       <c r="CE27" s="47">
         <v>1</v>
       </c>
       <c r="CF27" s="47">
         <v>5</v>
       </c>
       <c r="CG27" s="52">
         <v>165</v>
       </c>
       <c r="CH27" s="47">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="CI27" s="47">
         <v>16</v>
       </c>
       <c r="CJ27" s="47">
         <v>7</v>
       </c>
       <c r="CK27" s="47">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="CL27" s="47">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="CM27" s="47">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="CN27" s="52">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="CO27" s="47">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="CP27" s="47">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="CQ27" s="47">
         <v>6</v>
       </c>
       <c r="CR27" s="47">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="CS27" s="47">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="CT27" s="47">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="CU27" s="52">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="CV27" s="47">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="CW27" s="47">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="CX27" s="47">
         <v>6</v>
       </c>
       <c r="CY27" s="47">
         <v>7</v>
       </c>
       <c r="CZ27" s="47">
         <v>0</v>
       </c>
       <c r="DA27" s="47">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="DB27" s="52">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="DC27" s="47">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="DD27" s="47">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="DE27" s="47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="DF27" s="47">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="DG27" s="47">
         <v>0</v>
       </c>
       <c r="DH27" s="47">
         <v>6</v>
       </c>
       <c r="DI27" s="52">
-        <v>173</v>
+        <v>175</v>
+      </c>
+      <c r="DJ27" s="47">
+        <v>141</v>
+      </c>
+      <c r="DK27" s="47">
+        <v>21</v>
+      </c>
+      <c r="DL27" s="47">
+        <v>5</v>
+      </c>
+      <c r="DM27" s="47">
+        <v>5</v>
+      </c>
+      <c r="DN27" s="47">
+        <v>0</v>
+      </c>
+      <c r="DO27" s="47">
+        <v>6</v>
+      </c>
+      <c r="DP27" s="52">
+        <v>178</v>
       </c>
     </row>
-    <row r="28" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A28" s="46" t="s">
         <v>18</v>
       </c>
       <c r="B28" s="47">
         <v>172</v>
       </c>
       <c r="C28" s="47">
         <v>6</v>
       </c>
       <c r="D28" s="47">
         <v>2</v>
       </c>
       <c r="E28" s="47">
         <v>0</v>
       </c>
       <c r="F28" s="47">
         <v>0</v>
       </c>
       <c r="G28" s="47">
         <v>1</v>
       </c>
       <c r="H28" s="52">
         <v>181</v>
       </c>
       <c r="I28" s="47">
@@ -10441,135 +10865,156 @@
       <c r="BZ28" s="52">
         <v>170</v>
       </c>
       <c r="CA28" s="47">
         <v>160</v>
       </c>
       <c r="CB28" s="47">
         <v>9</v>
       </c>
       <c r="CC28" s="47">
         <v>1</v>
       </c>
       <c r="CD28" s="47">
         <v>2</v>
       </c>
       <c r="CE28" s="47">
         <v>0</v>
       </c>
       <c r="CF28" s="47">
         <v>1</v>
       </c>
       <c r="CG28" s="52">
         <v>173</v>
       </c>
       <c r="CH28" s="47">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="CI28" s="47">
         <v>9</v>
       </c>
       <c r="CJ28" s="47">
         <v>1</v>
       </c>
       <c r="CK28" s="47">
         <v>2</v>
       </c>
       <c r="CL28" s="47">
         <v>0</v>
       </c>
       <c r="CM28" s="47">
         <v>1</v>
       </c>
       <c r="CN28" s="52">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="CO28" s="47">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="CP28" s="47">
         <v>9</v>
       </c>
       <c r="CQ28" s="47">
         <v>0</v>
       </c>
       <c r="CR28" s="47">
         <v>3</v>
       </c>
       <c r="CS28" s="47">
         <v>0</v>
       </c>
       <c r="CT28" s="47">
         <v>1</v>
       </c>
       <c r="CU28" s="52">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="CV28" s="47">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CW28" s="47">
         <v>9</v>
       </c>
       <c r="CX28" s="47">
         <v>0</v>
       </c>
       <c r="CY28" s="47">
         <v>2</v>
       </c>
       <c r="CZ28" s="47">
         <v>1</v>
       </c>
       <c r="DA28" s="47">
         <v>1</v>
       </c>
       <c r="DB28" s="52">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="DC28" s="47">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="DD28" s="47">
         <v>11</v>
       </c>
       <c r="DE28" s="47">
         <v>2</v>
       </c>
       <c r="DF28" s="47">
         <v>1</v>
       </c>
       <c r="DG28" s="47">
         <v>1</v>
       </c>
       <c r="DH28" s="47">
         <v>1</v>
       </c>
       <c r="DI28" s="52">
-        <v>154</v>
+        <v>153</v>
+      </c>
+      <c r="DJ28" s="47">
+        <v>129</v>
+      </c>
+      <c r="DK28" s="47">
+        <v>7</v>
+      </c>
+      <c r="DL28" s="47">
+        <v>2</v>
+      </c>
+      <c r="DM28" s="47">
+        <v>1</v>
+      </c>
+      <c r="DN28" s="47">
+        <v>1</v>
+      </c>
+      <c r="DO28" s="47">
+        <v>1</v>
+      </c>
+      <c r="DP28" s="52">
+        <v>141</v>
       </c>
     </row>
-    <row r="29" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A29" s="46" t="s">
         <v>19</v>
       </c>
       <c r="B29" s="47">
         <v>294</v>
       </c>
       <c r="C29" s="47">
         <v>35</v>
       </c>
       <c r="D29" s="47">
         <v>12</v>
       </c>
       <c r="E29" s="47">
         <v>8</v>
       </c>
       <c r="F29" s="47">
         <v>1</v>
       </c>
       <c r="G29" s="47">
         <v>0</v>
       </c>
       <c r="H29" s="52">
         <v>350</v>
       </c>
       <c r="I29" s="47">
@@ -10782,135 +11227,156 @@
       <c r="BZ29" s="52">
         <v>412</v>
       </c>
       <c r="CA29" s="47">
         <v>360</v>
       </c>
       <c r="CB29" s="47">
         <v>22</v>
       </c>
       <c r="CC29" s="47">
         <v>11</v>
       </c>
       <c r="CD29" s="47">
         <v>8</v>
       </c>
       <c r="CE29" s="47">
         <v>2</v>
       </c>
       <c r="CF29" s="47">
         <v>1</v>
       </c>
       <c r="CG29" s="52">
         <v>404</v>
       </c>
       <c r="CH29" s="47">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="CI29" s="47">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="CJ29" s="47">
         <v>11</v>
       </c>
       <c r="CK29" s="47">
         <v>6</v>
       </c>
       <c r="CL29" s="47">
         <v>2</v>
       </c>
       <c r="CM29" s="47">
         <v>1</v>
       </c>
       <c r="CN29" s="52">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="CO29" s="47">
-        <v>357</v>
+        <v>346</v>
       </c>
       <c r="CP29" s="47">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="CQ29" s="47">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="CR29" s="47">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="CS29" s="47">
         <v>2</v>
       </c>
       <c r="CT29" s="47">
         <v>1</v>
       </c>
       <c r="CU29" s="52">
-        <v>405</v>
+        <v>395</v>
       </c>
       <c r="CV29" s="47">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="CW29" s="47">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="CX29" s="47">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="CY29" s="47">
         <v>6</v>
       </c>
       <c r="CZ29" s="47">
         <v>2</v>
       </c>
       <c r="DA29" s="47">
         <v>1</v>
       </c>
       <c r="DB29" s="52">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="DC29" s="47">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="DD29" s="47">
         <v>35</v>
       </c>
       <c r="DE29" s="47">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="DF29" s="47">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="DG29" s="47">
         <v>2</v>
       </c>
       <c r="DH29" s="47">
         <v>1</v>
       </c>
       <c r="DI29" s="52">
-        <v>403</v>
+        <v>401</v>
+      </c>
+      <c r="DJ29" s="47">
+        <v>323</v>
+      </c>
+      <c r="DK29" s="47">
+        <v>26</v>
+      </c>
+      <c r="DL29" s="47">
+        <v>12</v>
+      </c>
+      <c r="DM29" s="47">
+        <v>4</v>
+      </c>
+      <c r="DN29" s="47">
+        <v>2</v>
+      </c>
+      <c r="DO29" s="47">
+        <v>1</v>
+      </c>
+      <c r="DP29" s="52">
+        <v>368</v>
       </c>
     </row>
-    <row r="30" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A30" s="46" t="s">
         <v>20</v>
       </c>
       <c r="B30" s="47">
         <v>253</v>
       </c>
       <c r="C30" s="47">
         <v>35</v>
       </c>
       <c r="D30" s="47">
         <v>14</v>
       </c>
       <c r="E30" s="47">
         <v>14</v>
       </c>
       <c r="F30" s="47">
         <v>5</v>
       </c>
       <c r="G30" s="47">
         <v>9</v>
       </c>
       <c r="H30" s="52">
         <v>330</v>
       </c>
       <c r="I30" s="47">
@@ -11123,135 +11589,156 @@
       <c r="BZ30" s="52">
         <v>416</v>
       </c>
       <c r="CA30" s="47">
         <v>308</v>
       </c>
       <c r="CB30" s="47">
         <v>45</v>
       </c>
       <c r="CC30" s="47">
         <v>21</v>
       </c>
       <c r="CD30" s="47">
         <v>18</v>
       </c>
       <c r="CE30" s="47">
         <v>14</v>
       </c>
       <c r="CF30" s="47">
         <v>11</v>
       </c>
       <c r="CG30" s="52">
         <v>417</v>
       </c>
       <c r="CH30" s="47">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="CI30" s="47">
         <v>52</v>
       </c>
       <c r="CJ30" s="47">
         <v>20</v>
       </c>
       <c r="CK30" s="47">
+        <v>15</v>
+      </c>
+      <c r="CL30" s="47">
         <v>16</v>
       </c>
-      <c r="CL30" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="CM30" s="47">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="CN30" s="52">
-        <v>430</v>
+        <v>420</v>
       </c>
       <c r="CO30" s="47">
-        <v>321</v>
+        <v>305</v>
       </c>
       <c r="CP30" s="47">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="CQ30" s="47">
         <v>23</v>
       </c>
       <c r="CR30" s="47">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="CS30" s="47">
+        <v>12</v>
+      </c>
+      <c r="CT30" s="47">
+        <v>13</v>
+      </c>
+      <c r="CU30" s="52">
+        <v>414</v>
+      </c>
+      <c r="CV30" s="47">
+        <v>306</v>
+      </c>
+      <c r="CW30" s="47">
+        <v>51</v>
+      </c>
+      <c r="CX30" s="47">
+        <v>18</v>
+      </c>
+      <c r="CY30" s="47">
+        <v>22</v>
+      </c>
+      <c r="CZ30" s="47">
         <v>11</v>
       </c>
-      <c r="CT30" s="47">
-[...17 lines deleted...]
-      <c r="CZ30" s="47">
+      <c r="DA30" s="47">
         <v>12</v>
       </c>
-      <c r="DA30" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="DB30" s="52">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="DC30" s="47">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="DD30" s="47">
         <v>41</v>
       </c>
       <c r="DE30" s="47">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="DF30" s="47">
         <v>26</v>
       </c>
       <c r="DG30" s="47">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="DH30" s="47">
         <v>12</v>
       </c>
       <c r="DI30" s="52">
-        <v>426</v>
+        <v>427</v>
+      </c>
+      <c r="DJ30" s="47">
+        <v>293</v>
+      </c>
+      <c r="DK30" s="47">
+        <v>42</v>
+      </c>
+      <c r="DL30" s="47">
+        <v>18</v>
+      </c>
+      <c r="DM30" s="47">
+        <v>22</v>
+      </c>
+      <c r="DN30" s="47">
+        <v>14</v>
+      </c>
+      <c r="DO30" s="47">
+        <v>10</v>
+      </c>
+      <c r="DP30" s="52">
+        <v>399</v>
       </c>
     </row>
-    <row r="31" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A31" s="46" t="s">
         <v>21</v>
       </c>
       <c r="B31" s="47">
         <v>2</v>
       </c>
       <c r="C31" s="47">
         <v>0</v>
       </c>
       <c r="D31" s="47">
         <v>1</v>
       </c>
       <c r="E31" s="47">
         <v>1</v>
       </c>
       <c r="F31" s="47">
         <v>0</v>
       </c>
       <c r="G31" s="47">
         <v>2</v>
       </c>
       <c r="H31" s="52">
         <v>6</v>
       </c>
       <c r="I31" s="47">
@@ -11547,52 +12034,73 @@
       </c>
       <c r="DB31" s="52">
         <v>5</v>
       </c>
       <c r="DC31" s="47">
         <v>0</v>
       </c>
       <c r="DD31" s="47">
         <v>1</v>
       </c>
       <c r="DE31" s="47">
         <v>0</v>
       </c>
       <c r="DF31" s="47">
         <v>1</v>
       </c>
       <c r="DG31" s="47">
         <v>1</v>
       </c>
       <c r="DH31" s="47">
         <v>2</v>
       </c>
       <c r="DI31" s="52">
         <v>5</v>
       </c>
+      <c r="DJ31" s="47">
+        <v>0</v>
+      </c>
+      <c r="DK31" s="47">
+        <v>1</v>
+      </c>
+      <c r="DL31" s="47">
+        <v>0</v>
+      </c>
+      <c r="DM31" s="47">
+        <v>1</v>
+      </c>
+      <c r="DN31" s="47">
+        <v>1</v>
+      </c>
+      <c r="DO31" s="47">
+        <v>2</v>
+      </c>
+      <c r="DP31" s="52">
+        <v>5</v>
+      </c>
     </row>
-    <row r="32" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A32" s="46" t="s">
         <v>22</v>
       </c>
       <c r="B32" s="47">
         <v>56</v>
       </c>
       <c r="C32" s="47">
         <v>3</v>
       </c>
       <c r="D32" s="47">
         <v>1</v>
       </c>
       <c r="E32" s="47">
         <v>1</v>
       </c>
       <c r="F32" s="47">
         <v>0</v>
       </c>
       <c r="G32" s="47">
         <v>3</v>
       </c>
       <c r="H32" s="52">
         <v>64</v>
       </c>
       <c r="I32" s="47">
@@ -11805,135 +12313,156 @@
       <c r="BZ32" s="52">
         <v>75</v>
       </c>
       <c r="CA32" s="47">
         <v>60</v>
       </c>
       <c r="CB32" s="47">
         <v>4</v>
       </c>
       <c r="CC32" s="47">
         <v>2</v>
       </c>
       <c r="CD32" s="47">
         <v>1</v>
       </c>
       <c r="CE32" s="47">
         <v>1</v>
       </c>
       <c r="CF32" s="47">
         <v>2</v>
       </c>
       <c r="CG32" s="52">
         <v>70</v>
       </c>
       <c r="CH32" s="47">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="CI32" s="47">
         <v>3</v>
       </c>
       <c r="CJ32" s="47">
         <v>4</v>
       </c>
       <c r="CK32" s="47">
         <v>0</v>
       </c>
       <c r="CL32" s="47">
         <v>1</v>
       </c>
       <c r="CM32" s="47">
         <v>2</v>
       </c>
       <c r="CN32" s="52">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="CO32" s="47">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="CP32" s="47">
         <v>5</v>
       </c>
       <c r="CQ32" s="47">
         <v>4</v>
       </c>
       <c r="CR32" s="47">
         <v>0</v>
       </c>
       <c r="CS32" s="47">
         <v>1</v>
       </c>
       <c r="CT32" s="47">
         <v>2</v>
       </c>
       <c r="CU32" s="52">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="CV32" s="47">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="CW32" s="47">
         <v>4</v>
       </c>
       <c r="CX32" s="47">
         <v>3</v>
       </c>
       <c r="CY32" s="47">
         <v>1</v>
       </c>
       <c r="CZ32" s="47">
         <v>1</v>
       </c>
       <c r="DA32" s="47">
         <v>2</v>
       </c>
       <c r="DB32" s="52">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="DC32" s="47">
         <v>52</v>
       </c>
       <c r="DD32" s="47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="DE32" s="47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="DF32" s="47">
         <v>2</v>
       </c>
       <c r="DG32" s="47">
         <v>1</v>
       </c>
       <c r="DH32" s="47">
         <v>1</v>
       </c>
       <c r="DI32" s="52">
         <v>62</v>
       </c>
+      <c r="DJ32" s="47">
+        <v>50</v>
+      </c>
+      <c r="DK32" s="47">
+        <v>2</v>
+      </c>
+      <c r="DL32" s="47">
+        <v>3</v>
+      </c>
+      <c r="DM32" s="47">
+        <v>1</v>
+      </c>
+      <c r="DN32" s="47">
+        <v>1</v>
+      </c>
+      <c r="DO32" s="47">
+        <v>1</v>
+      </c>
+      <c r="DP32" s="52">
+        <v>58</v>
+      </c>
     </row>
-    <row r="33" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A33" s="46" t="s">
         <v>23</v>
       </c>
       <c r="B33" s="47">
         <v>279</v>
       </c>
       <c r="C33" s="47">
         <v>13</v>
       </c>
       <c r="D33" s="47">
         <v>5</v>
       </c>
       <c r="E33" s="47">
         <v>8</v>
       </c>
       <c r="F33" s="47">
         <v>4</v>
       </c>
       <c r="G33" s="47">
         <v>2</v>
       </c>
       <c r="H33" s="52">
         <v>311</v>
       </c>
       <c r="I33" s="47">
@@ -12146,135 +12675,156 @@
       <c r="BZ33" s="52">
         <v>367</v>
       </c>
       <c r="CA33" s="47">
         <v>303</v>
       </c>
       <c r="CB33" s="47">
         <v>32</v>
       </c>
       <c r="CC33" s="47">
         <v>10</v>
       </c>
       <c r="CD33" s="47">
         <v>9</v>
       </c>
       <c r="CE33" s="47">
         <v>10</v>
       </c>
       <c r="CF33" s="47">
         <v>4</v>
       </c>
       <c r="CG33" s="52">
         <v>368</v>
       </c>
       <c r="CH33" s="47">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="CI33" s="47">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="CJ33" s="47">
         <v>14</v>
       </c>
       <c r="CK33" s="47">
         <v>10</v>
       </c>
       <c r="CL33" s="47">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="CM33" s="47">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="CN33" s="52">
-        <v>371</v>
+        <v>365</v>
       </c>
       <c r="CO33" s="47">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="CP33" s="47">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="CQ33" s="47">
         <v>18</v>
       </c>
       <c r="CR33" s="47">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="CS33" s="47">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="CT33" s="47">
         <v>6</v>
       </c>
       <c r="CU33" s="52">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="CV33" s="47">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="CW33" s="47">
         <v>32</v>
       </c>
       <c r="CX33" s="47">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="CY33" s="47">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="CZ33" s="47">
         <v>7</v>
       </c>
       <c r="DA33" s="47">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="DB33" s="52">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="DC33" s="47">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="DD33" s="47">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="DE33" s="47">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="DF33" s="47">
         <v>14</v>
       </c>
       <c r="DG33" s="47">
         <v>7</v>
       </c>
       <c r="DH33" s="47">
         <v>5</v>
       </c>
       <c r="DI33" s="52">
-        <v>360</v>
+        <v>355</v>
+      </c>
+      <c r="DJ33" s="47">
+        <v>251</v>
+      </c>
+      <c r="DK33" s="47">
+        <v>32</v>
+      </c>
+      <c r="DL33" s="47">
+        <v>13</v>
+      </c>
+      <c r="DM33" s="47">
+        <v>10</v>
+      </c>
+      <c r="DN33" s="47">
+        <v>6</v>
+      </c>
+      <c r="DO33" s="47">
+        <v>6</v>
+      </c>
+      <c r="DP33" s="52">
+        <v>318</v>
       </c>
     </row>
-    <row r="34" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A34" s="46" t="s">
         <v>24</v>
       </c>
       <c r="B34" s="47">
         <v>90</v>
       </c>
       <c r="C34" s="47">
         <v>4</v>
       </c>
       <c r="D34" s="47">
         <v>0</v>
       </c>
       <c r="E34" s="47">
         <v>0</v>
       </c>
       <c r="F34" s="47">
         <v>1</v>
       </c>
       <c r="G34" s="47">
         <v>1</v>
       </c>
       <c r="H34" s="52">
         <v>96</v>
       </c>
       <c r="I34" s="47">
@@ -12508,114 +13058,135 @@
       <c r="CG34" s="52">
         <v>112</v>
       </c>
       <c r="CH34" s="47">
         <v>81</v>
       </c>
       <c r="CI34" s="47">
         <v>12</v>
       </c>
       <c r="CJ34" s="47">
         <v>1</v>
       </c>
       <c r="CK34" s="47">
         <v>1</v>
       </c>
       <c r="CL34" s="47">
         <v>0</v>
       </c>
       <c r="CM34" s="47">
         <v>2</v>
       </c>
       <c r="CN34" s="52">
         <v>97</v>
       </c>
       <c r="CO34" s="47">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="CP34" s="47">
         <v>8</v>
       </c>
       <c r="CQ34" s="47">
         <v>1</v>
       </c>
       <c r="CR34" s="47">
         <v>1</v>
       </c>
       <c r="CS34" s="47">
         <v>1</v>
       </c>
       <c r="CT34" s="47">
         <v>1</v>
       </c>
       <c r="CU34" s="52">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="CV34" s="47">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="CW34" s="47">
         <v>9</v>
       </c>
       <c r="CX34" s="47">
         <v>1</v>
       </c>
       <c r="CY34" s="47">
         <v>1</v>
       </c>
       <c r="CZ34" s="47">
         <v>1</v>
       </c>
       <c r="DA34" s="47">
         <v>1</v>
       </c>
       <c r="DB34" s="52">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="DC34" s="47">
         <v>91</v>
       </c>
       <c r="DD34" s="47">
         <v>8</v>
       </c>
       <c r="DE34" s="47">
         <v>2</v>
       </c>
       <c r="DF34" s="47">
         <v>1</v>
       </c>
       <c r="DG34" s="47">
         <v>1</v>
       </c>
       <c r="DH34" s="47">
         <v>1</v>
       </c>
       <c r="DI34" s="52">
         <v>104</v>
       </c>
+      <c r="DJ34" s="47">
+        <v>82</v>
+      </c>
+      <c r="DK34" s="47">
+        <v>5</v>
+      </c>
+      <c r="DL34" s="47">
+        <v>2</v>
+      </c>
+      <c r="DM34" s="47">
+        <v>1</v>
+      </c>
+      <c r="DN34" s="47">
+        <v>1</v>
+      </c>
+      <c r="DO34" s="47">
+        <v>1</v>
+      </c>
+      <c r="DP34" s="52">
+        <v>92</v>
+      </c>
     </row>
-    <row r="35" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A35" s="46" t="s">
         <v>25</v>
       </c>
       <c r="B35" s="47">
         <v>251</v>
       </c>
       <c r="C35" s="47">
         <v>8</v>
       </c>
       <c r="D35" s="47">
         <v>2</v>
       </c>
       <c r="E35" s="47">
         <v>2</v>
       </c>
       <c r="F35" s="47">
         <v>1</v>
       </c>
       <c r="G35" s="47">
         <v>1</v>
       </c>
       <c r="H35" s="52">
         <v>265</v>
       </c>
       <c r="I35" s="47">
@@ -12828,135 +13399,156 @@
       <c r="BZ35" s="52">
         <v>317</v>
       </c>
       <c r="CA35" s="47">
         <v>294</v>
       </c>
       <c r="CB35" s="47">
         <v>9</v>
       </c>
       <c r="CC35" s="47">
         <v>4</v>
       </c>
       <c r="CD35" s="47">
         <v>6</v>
       </c>
       <c r="CE35" s="47">
         <v>3</v>
       </c>
       <c r="CF35" s="47">
         <v>3</v>
       </c>
       <c r="CG35" s="52">
         <v>319</v>
       </c>
       <c r="CH35" s="47">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="CI35" s="47">
         <v>11</v>
       </c>
       <c r="CJ35" s="47">
         <v>5</v>
       </c>
       <c r="CK35" s="47">
         <v>5</v>
       </c>
       <c r="CL35" s="47">
         <v>2</v>
       </c>
       <c r="CM35" s="47">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="CN35" s="52">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="CO35" s="47">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="CP35" s="47">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="CQ35" s="47">
         <v>6</v>
       </c>
       <c r="CR35" s="47">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="CS35" s="47">
         <v>2</v>
       </c>
       <c r="CT35" s="47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="CU35" s="52">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="CV35" s="47">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="CW35" s="47">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="CX35" s="47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="CY35" s="47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="CZ35" s="47">
         <v>4</v>
       </c>
       <c r="DA35" s="47">
         <v>3</v>
       </c>
       <c r="DB35" s="52">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="DC35" s="47">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="DD35" s="47">
         <v>19</v>
       </c>
       <c r="DE35" s="47">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="DF35" s="47">
         <v>4</v>
       </c>
       <c r="DG35" s="47">
         <v>3</v>
       </c>
       <c r="DH35" s="47">
         <v>3</v>
       </c>
       <c r="DI35" s="52">
-        <v>329</v>
+        <v>326</v>
+      </c>
+      <c r="DJ35" s="47">
+        <v>266</v>
+      </c>
+      <c r="DK35" s="47">
+        <v>18</v>
+      </c>
+      <c r="DL35" s="47">
+        <v>4</v>
+      </c>
+      <c r="DM35" s="47">
+        <v>5</v>
+      </c>
+      <c r="DN35" s="47">
+        <v>2</v>
+      </c>
+      <c r="DO35" s="47">
+        <v>3</v>
+      </c>
+      <c r="DP35" s="52">
+        <v>298</v>
       </c>
     </row>
-    <row r="36" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A36" s="46" t="s">
         <v>26</v>
       </c>
       <c r="B36" s="47">
         <v>3</v>
       </c>
       <c r="C36" s="47">
         <v>1</v>
       </c>
       <c r="D36" s="47">
         <v>0</v>
       </c>
       <c r="E36" s="47">
         <v>0</v>
       </c>
       <c r="F36" s="47">
         <v>0</v>
       </c>
       <c r="G36" s="47">
         <v>0</v>
       </c>
       <c r="H36" s="52">
         <v>4</v>
       </c>
       <c r="I36" s="47">
@@ -13211,93 +13803,114 @@
       <c r="CN36" s="52">
         <v>5</v>
       </c>
       <c r="CO36" s="47">
         <v>5</v>
       </c>
       <c r="CP36" s="47">
         <v>0</v>
       </c>
       <c r="CQ36" s="47">
         <v>0</v>
       </c>
       <c r="CR36" s="47">
         <v>0</v>
       </c>
       <c r="CS36" s="47">
         <v>0</v>
       </c>
       <c r="CT36" s="47">
         <v>0</v>
       </c>
       <c r="CU36" s="52">
         <v>5</v>
       </c>
       <c r="CV36" s="47">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="CW36" s="47">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="CX36" s="47">
         <v>0</v>
       </c>
       <c r="CY36" s="47">
         <v>0</v>
       </c>
       <c r="CZ36" s="47">
         <v>0</v>
       </c>
       <c r="DA36" s="47">
         <v>0</v>
       </c>
       <c r="DB36" s="52">
         <v>5</v>
       </c>
       <c r="DC36" s="47">
         <v>5</v>
       </c>
       <c r="DD36" s="47">
         <v>1</v>
       </c>
       <c r="DE36" s="47">
         <v>0</v>
       </c>
       <c r="DF36" s="47">
         <v>0</v>
       </c>
       <c r="DG36" s="47">
         <v>0</v>
       </c>
       <c r="DH36" s="47">
         <v>0</v>
       </c>
       <c r="DI36" s="52">
         <v>6</v>
       </c>
+      <c r="DJ36" s="47">
+        <v>5</v>
+      </c>
+      <c r="DK36" s="47">
+        <v>1</v>
+      </c>
+      <c r="DL36" s="47">
+        <v>0</v>
+      </c>
+      <c r="DM36" s="47">
+        <v>0</v>
+      </c>
+      <c r="DN36" s="47">
+        <v>0</v>
+      </c>
+      <c r="DO36" s="47">
+        <v>0</v>
+      </c>
+      <c r="DP36" s="52">
+        <v>6</v>
+      </c>
     </row>
-    <row r="37" spans="1:113" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A37" s="44" t="s">
         <v>5</v>
       </c>
       <c r="B37" s="45">
         <v>4849</v>
       </c>
       <c r="C37" s="45">
         <v>557</v>
       </c>
       <c r="D37" s="45">
         <v>175</v>
       </c>
       <c r="E37" s="45">
         <v>161</v>
       </c>
       <c r="F37" s="45">
         <v>66</v>
       </c>
       <c r="G37" s="45">
         <v>60</v>
       </c>
       <c r="H37" s="53">
         <v>5868</v>
       </c>
       <c r="I37" s="45">
@@ -13510,187 +14123,209 @@
       <c r="BZ37" s="53">
         <v>6325</v>
       </c>
       <c r="CA37" s="45">
         <v>5101</v>
       </c>
       <c r="CB37" s="45">
         <v>627</v>
       </c>
       <c r="CC37" s="45">
         <v>208</v>
       </c>
       <c r="CD37" s="45">
         <v>174</v>
       </c>
       <c r="CE37" s="45">
         <v>99</v>
       </c>
       <c r="CF37" s="45">
         <v>74</v>
       </c>
       <c r="CG37" s="53">
         <v>6283</v>
       </c>
       <c r="CH37" s="45">
-        <v>5132</v>
+        <v>5050</v>
       </c>
       <c r="CI37" s="45">
-        <v>623</v>
+        <v>615</v>
       </c>
       <c r="CJ37" s="45">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="CK37" s="45">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="CL37" s="45">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="CM37" s="45">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="CN37" s="53">
-        <v>6307</v>
+        <v>6210</v>
       </c>
       <c r="CO37" s="45">
-        <v>5186</v>
+        <v>5019</v>
       </c>
       <c r="CP37" s="45">
-        <v>606</v>
+        <v>615</v>
       </c>
       <c r="CQ37" s="45">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="CR37" s="45">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="CS37" s="45">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="CT37" s="45">
         <v>72</v>
       </c>
       <c r="CU37" s="53">
-        <v>6361</v>
+        <v>6196</v>
       </c>
       <c r="CV37" s="45">
-        <v>5058</v>
+        <v>5020</v>
       </c>
       <c r="CW37" s="45">
         <v>648</v>
       </c>
       <c r="CX37" s="45">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="CY37" s="45">
         <v>173</v>
       </c>
       <c r="CZ37" s="45">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="DA37" s="45">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="DB37" s="53">
-        <v>6278</v>
+        <v>6241</v>
       </c>
       <c r="DC37" s="45">
-        <v>4993</v>
+        <v>4953</v>
       </c>
       <c r="DD37" s="45">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="DE37" s="45">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="DF37" s="45">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="DG37" s="45">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="DH37" s="45">
         <v>70</v>
       </c>
       <c r="DI37" s="53">
-        <v>6234</v>
+        <v>6197</v>
+      </c>
+      <c r="DJ37" s="45">
+        <v>4504</v>
+      </c>
+      <c r="DK37" s="45">
+        <v>574</v>
+      </c>
+      <c r="DL37" s="45">
+        <v>199</v>
+      </c>
+      <c r="DM37" s="45">
+        <v>147</v>
+      </c>
+      <c r="DN37" s="45">
+        <v>79</v>
+      </c>
+      <c r="DO37" s="45">
+        <v>61</v>
+      </c>
+      <c r="DP37" s="53">
+        <v>5564</v>
       </c>
     </row>
-    <row r="38" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A38" s="49" t="s">
         <v>27</v>
       </c>
       <c r="B38" s="6"/>
       <c r="C38" s="6"/>
       <c r="D38" s="6"/>
       <c r="E38" s="6"/>
       <c r="F38" s="6"/>
       <c r="G38" s="6"/>
       <c r="H38" s="6"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
     </row>
-    <row r="39" spans="1:113" ht="40.5" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:120" ht="40.5" x14ac:dyDescent="0.25">
       <c r="A39" s="50" t="s">
         <v>82</v>
       </c>
       <c r="BF39" s="15"/>
     </row>
-    <row r="40" spans="1:113" ht="27" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:120" ht="27" x14ac:dyDescent="0.25">
       <c r="A40" s="50" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="41" spans="1:113" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:120" x14ac:dyDescent="0.25">
       <c r="CR41" s="36"/>
     </row>
   </sheetData>
-  <mergeCells count="18">
-[...4 lines deleted...]
-    <mergeCell ref="BF6:BL6"/>
+  <mergeCells count="19">
+    <mergeCell ref="DJ6:DP6"/>
+    <mergeCell ref="DC6:DI6"/>
+    <mergeCell ref="CV6:DB6"/>
+    <mergeCell ref="BT6:BZ6"/>
+    <mergeCell ref="CA6:CG6"/>
+    <mergeCell ref="CH6:CN6"/>
+    <mergeCell ref="CO6:CU6"/>
     <mergeCell ref="BM6:BS6"/>
     <mergeCell ref="AY6:BE6"/>
     <mergeCell ref="P6:V6"/>
     <mergeCell ref="W6:AC6"/>
     <mergeCell ref="AD6:AJ6"/>
     <mergeCell ref="AK6:AQ6"/>
     <mergeCell ref="AR6:AX6"/>
-    <mergeCell ref="DC6:DI6"/>
-[...4 lines deleted...]
-    <mergeCell ref="CO6:CU6"/>
+    <mergeCell ref="A2:Q2"/>
+    <mergeCell ref="A6:A7"/>
+    <mergeCell ref="B6:H6"/>
+    <mergeCell ref="I6:O6"/>
+    <mergeCell ref="BF6:BL6"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="85" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;LISEE - document édité le &amp;D</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:EO34"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
       <selection activeCell="P28" sqref="P28"/>
       <selection pane="topRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="35.42578125" style="20" bestFit="1" customWidth="1"/>
@@ -13741,580 +14376,580 @@
       <c r="AA1" s="39"/>
       <c r="AB1" s="39"/>
       <c r="AC1" s="39"/>
       <c r="AD1" s="39"/>
       <c r="AE1" s="39"/>
       <c r="AF1" s="39"/>
       <c r="AG1" s="39"/>
       <c r="AH1" s="39"/>
       <c r="AI1" s="39"/>
       <c r="AJ1" s="39"/>
       <c r="AK1" s="39"/>
       <c r="AL1" s="39"/>
       <c r="AM1" s="39"/>
       <c r="AN1" s="39"/>
       <c r="AO1" s="39"/>
       <c r="AP1" s="39"/>
       <c r="AQ1" s="39"/>
       <c r="AR1" s="39"/>
       <c r="AS1" s="39"/>
       <c r="AT1" s="39"/>
       <c r="AU1" s="39"/>
       <c r="AV1" s="39"/>
       <c r="AW1" s="39"/>
     </row>
     <row r="2" spans="1:145" ht="63" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="64" t="s">
+      <c r="A2" s="63" t="s">
         <v>43</v>
       </c>
-      <c r="B2" s="64"/>
-[...14 lines deleted...]
-      <c r="Q2" s="64"/>
+      <c r="B2" s="63"/>
+      <c r="C2" s="63"/>
+      <c r="D2" s="63"/>
+      <c r="E2" s="63"/>
+      <c r="F2" s="63"/>
+      <c r="G2" s="63"/>
+      <c r="H2" s="63"/>
+      <c r="I2" s="63"/>
+      <c r="J2" s="63"/>
+      <c r="K2" s="63"/>
+      <c r="L2" s="63"/>
+      <c r="M2" s="63"/>
+      <c r="N2" s="63"/>
+      <c r="O2" s="63"/>
+      <c r="P2" s="63"/>
+      <c r="Q2" s="63"/>
     </row>
     <row r="3" spans="1:145" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="22"/>
       <c r="B3" s="22"/>
       <c r="C3" s="22"/>
       <c r="D3" s="22"/>
       <c r="E3" s="22"/>
       <c r="F3" s="21"/>
       <c r="G3" s="21"/>
       <c r="H3" s="21"/>
       <c r="I3" s="21"/>
     </row>
     <row r="4" spans="1:145" x14ac:dyDescent="0.2">
       <c r="A4" s="41" t="s">
         <v>42</v>
       </c>
       <c r="B4" s="23"/>
       <c r="C4" s="23"/>
       <c r="D4" s="23"/>
       <c r="E4" s="23"/>
       <c r="G4" s="21"/>
       <c r="H4" s="21"/>
       <c r="I4" s="21"/>
     </row>
     <row r="5" spans="1:145" x14ac:dyDescent="0.2">
       <c r="A5" s="37" t="s">
         <v>112</v>
       </c>
       <c r="B5" s="23"/>
       <c r="C5" s="23"/>
       <c r="D5" s="23"/>
       <c r="E5" s="23"/>
       <c r="G5" s="21"/>
       <c r="H5" s="21"/>
       <c r="I5" s="21"/>
     </row>
     <row r="6" spans="1:145" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A6" s="62" t="s">
+      <c r="A6" s="64" t="s">
         <v>59</v>
       </c>
-      <c r="B6" s="62">
+      <c r="B6" s="64">
         <v>2007</v>
       </c>
-      <c r="C6" s="62"/>
-[...4 lines deleted...]
-      <c r="H6" s="62"/>
+      <c r="C6" s="64"/>
+      <c r="D6" s="64"/>
+      <c r="E6" s="64"/>
+      <c r="F6" s="64"/>
+      <c r="G6" s="64"/>
+      <c r="H6" s="64"/>
       <c r="I6" s="42"/>
-      <c r="J6" s="62">
+      <c r="J6" s="64">
         <v>2008</v>
       </c>
-      <c r="K6" s="62"/>
-[...4 lines deleted...]
-      <c r="P6" s="62"/>
+      <c r="K6" s="64"/>
+      <c r="L6" s="64"/>
+      <c r="M6" s="64"/>
+      <c r="N6" s="64"/>
+      <c r="O6" s="64"/>
+      <c r="P6" s="64"/>
       <c r="Q6" s="42"/>
-      <c r="R6" s="62">
+      <c r="R6" s="64">
         <v>2009</v>
       </c>
-      <c r="S6" s="62"/>
-[...4 lines deleted...]
-      <c r="X6" s="62"/>
+      <c r="S6" s="64"/>
+      <c r="T6" s="64"/>
+      <c r="U6" s="64"/>
+      <c r="V6" s="64"/>
+      <c r="W6" s="64"/>
+      <c r="X6" s="64"/>
       <c r="Y6" s="42"/>
-      <c r="Z6" s="62">
+      <c r="Z6" s="64">
         <v>2010</v>
       </c>
-      <c r="AA6" s="62"/>
-[...4 lines deleted...]
-      <c r="AF6" s="62"/>
+      <c r="AA6" s="64"/>
+      <c r="AB6" s="64"/>
+      <c r="AC6" s="64"/>
+      <c r="AD6" s="64"/>
+      <c r="AE6" s="64"/>
+      <c r="AF6" s="64"/>
       <c r="AG6" s="42"/>
-      <c r="AH6" s="62">
+      <c r="AH6" s="64">
         <v>2011</v>
       </c>
-      <c r="AI6" s="62"/>
-[...4 lines deleted...]
-      <c r="AN6" s="62"/>
+      <c r="AI6" s="64"/>
+      <c r="AJ6" s="64"/>
+      <c r="AK6" s="64"/>
+      <c r="AL6" s="64"/>
+      <c r="AM6" s="64"/>
+      <c r="AN6" s="64"/>
       <c r="AO6" s="42"/>
-      <c r="AP6" s="62">
+      <c r="AP6" s="64">
         <v>2012</v>
       </c>
-      <c r="AQ6" s="62"/>
-[...4 lines deleted...]
-      <c r="AV6" s="62"/>
+      <c r="AQ6" s="64"/>
+      <c r="AR6" s="64"/>
+      <c r="AS6" s="64"/>
+      <c r="AT6" s="64"/>
+      <c r="AU6" s="64"/>
+      <c r="AV6" s="64"/>
       <c r="AW6" s="42"/>
-      <c r="AX6" s="62">
+      <c r="AX6" s="64">
         <v>2013</v>
       </c>
-      <c r="AY6" s="62"/>
-[...4 lines deleted...]
-      <c r="BD6" s="62"/>
+      <c r="AY6" s="64"/>
+      <c r="AZ6" s="64"/>
+      <c r="BA6" s="64"/>
+      <c r="BB6" s="64"/>
+      <c r="BC6" s="64"/>
+      <c r="BD6" s="64"/>
       <c r="BE6" s="42"/>
-      <c r="BF6" s="62">
+      <c r="BF6" s="64">
         <v>2014</v>
       </c>
-      <c r="BG6" s="62"/>
-[...4 lines deleted...]
-      <c r="BL6" s="62"/>
+      <c r="BG6" s="64"/>
+      <c r="BH6" s="64"/>
+      <c r="BI6" s="64"/>
+      <c r="BJ6" s="64"/>
+      <c r="BK6" s="64"/>
+      <c r="BL6" s="64"/>
       <c r="BM6" s="42"/>
-      <c r="BN6" s="62">
+      <c r="BN6" s="64">
         <v>2015</v>
       </c>
-      <c r="BO6" s="62"/>
-[...4 lines deleted...]
-      <c r="BT6" s="62"/>
+      <c r="BO6" s="64"/>
+      <c r="BP6" s="64"/>
+      <c r="BQ6" s="64"/>
+      <c r="BR6" s="64"/>
+      <c r="BS6" s="64"/>
+      <c r="BT6" s="64"/>
       <c r="BU6" s="42"/>
-      <c r="BV6" s="62">
+      <c r="BV6" s="64">
         <v>2016</v>
       </c>
-      <c r="BW6" s="62"/>
-[...4 lines deleted...]
-      <c r="CB6" s="62"/>
+      <c r="BW6" s="64"/>
+      <c r="BX6" s="64"/>
+      <c r="BY6" s="64"/>
+      <c r="BZ6" s="64"/>
+      <c r="CA6" s="64"/>
+      <c r="CB6" s="64"/>
       <c r="CC6" s="42"/>
-      <c r="CD6" s="62">
+      <c r="CD6" s="64">
         <v>2017</v>
       </c>
-      <c r="CE6" s="62"/>
-[...4 lines deleted...]
-      <c r="CJ6" s="62"/>
+      <c r="CE6" s="64"/>
+      <c r="CF6" s="64"/>
+      <c r="CG6" s="64"/>
+      <c r="CH6" s="64"/>
+      <c r="CI6" s="64"/>
+      <c r="CJ6" s="64"/>
       <c r="CK6" s="42"/>
-      <c r="CL6" s="62">
+      <c r="CL6" s="64">
         <v>2018</v>
       </c>
-      <c r="CM6" s="62"/>
-[...4 lines deleted...]
-      <c r="CR6" s="62"/>
+      <c r="CM6" s="64"/>
+      <c r="CN6" s="64"/>
+      <c r="CO6" s="64"/>
+      <c r="CP6" s="64"/>
+      <c r="CQ6" s="64"/>
+      <c r="CR6" s="64"/>
       <c r="CS6" s="42"/>
-      <c r="CT6" s="62">
+      <c r="CT6" s="64">
         <v>2019</v>
       </c>
-      <c r="CU6" s="62"/>
-[...6 lines deleted...]
-      <c r="DB6" s="62">
+      <c r="CU6" s="64"/>
+      <c r="CV6" s="64"/>
+      <c r="CW6" s="64"/>
+      <c r="CX6" s="64"/>
+      <c r="CY6" s="64"/>
+      <c r="CZ6" s="64"/>
+      <c r="DA6" s="64"/>
+      <c r="DB6" s="64">
         <v>2020</v>
       </c>
-      <c r="DC6" s="62"/>
-[...6 lines deleted...]
-      <c r="DJ6" s="62">
+      <c r="DC6" s="64"/>
+      <c r="DD6" s="64"/>
+      <c r="DE6" s="64"/>
+      <c r="DF6" s="64"/>
+      <c r="DG6" s="64"/>
+      <c r="DH6" s="64"/>
+      <c r="DI6" s="64"/>
+      <c r="DJ6" s="64">
         <v>2021</v>
       </c>
-      <c r="DK6" s="62"/>
-[...6 lines deleted...]
-      <c r="DR6" s="62">
+      <c r="DK6" s="64"/>
+      <c r="DL6" s="64"/>
+      <c r="DM6" s="64"/>
+      <c r="DN6" s="64"/>
+      <c r="DO6" s="64"/>
+      <c r="DP6" s="64"/>
+      <c r="DQ6" s="64"/>
+      <c r="DR6" s="64">
         <v>2022</v>
       </c>
-      <c r="DS6" s="62"/>
-[...6 lines deleted...]
-      <c r="DZ6" s="62">
+      <c r="DS6" s="64"/>
+      <c r="DT6" s="64"/>
+      <c r="DU6" s="64"/>
+      <c r="DV6" s="64"/>
+      <c r="DW6" s="64"/>
+      <c r="DX6" s="64"/>
+      <c r="DY6" s="64"/>
+      <c r="DZ6" s="64">
         <v>2023</v>
       </c>
-      <c r="EA6" s="62"/>
-[...6 lines deleted...]
-      <c r="EH6" s="62">
+      <c r="EA6" s="64"/>
+      <c r="EB6" s="64"/>
+      <c r="EC6" s="64"/>
+      <c r="ED6" s="64"/>
+      <c r="EE6" s="64"/>
+      <c r="EF6" s="64"/>
+      <c r="EG6" s="64"/>
+      <c r="EH6" s="64">
         <v>2024</v>
       </c>
-      <c r="EI6" s="62"/>
-[...5 lines deleted...]
-      <c r="EO6" s="62"/>
+      <c r="EI6" s="64"/>
+      <c r="EJ6" s="64"/>
+      <c r="EK6" s="64"/>
+      <c r="EL6" s="64"/>
+      <c r="EM6" s="64"/>
+      <c r="EN6" s="64"/>
+      <c r="EO6" s="64"/>
     </row>
     <row r="7" spans="1:145" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="62"/>
-      <c r="B7" s="62" t="s">
+      <c r="A7" s="64"/>
+      <c r="B7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="C7" s="62"/>
-      <c r="D7" s="62" t="s">
+      <c r="C7" s="64"/>
+      <c r="D7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="E7" s="62"/>
-      <c r="F7" s="62" t="s">
+      <c r="E7" s="64"/>
+      <c r="F7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="G7" s="62"/>
-      <c r="H7" s="62" t="s">
+      <c r="G7" s="64"/>
+      <c r="H7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="I7" s="62"/>
-      <c r="J7" s="62" t="s">
+      <c r="I7" s="64"/>
+      <c r="J7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="K7" s="62"/>
-      <c r="L7" s="62" t="s">
+      <c r="K7" s="64"/>
+      <c r="L7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="M7" s="62"/>
-      <c r="N7" s="62" t="s">
+      <c r="M7" s="64"/>
+      <c r="N7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="O7" s="62"/>
-      <c r="P7" s="62" t="s">
+      <c r="O7" s="64"/>
+      <c r="P7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="Q7" s="62"/>
-      <c r="R7" s="62" t="s">
+      <c r="Q7" s="64"/>
+      <c r="R7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="S7" s="62"/>
-      <c r="T7" s="62" t="s">
+      <c r="S7" s="64"/>
+      <c r="T7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="U7" s="62"/>
-      <c r="V7" s="62" t="s">
+      <c r="U7" s="64"/>
+      <c r="V7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="W7" s="62"/>
-      <c r="X7" s="62" t="s">
+      <c r="W7" s="64"/>
+      <c r="X7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="Y7" s="62"/>
-      <c r="Z7" s="62" t="s">
+      <c r="Y7" s="64"/>
+      <c r="Z7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="AA7" s="62"/>
-      <c r="AB7" s="62" t="s">
+      <c r="AA7" s="64"/>
+      <c r="AB7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="AC7" s="62"/>
-      <c r="AD7" s="62" t="s">
+      <c r="AC7" s="64"/>
+      <c r="AD7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="AE7" s="62"/>
-      <c r="AF7" s="62" t="s">
+      <c r="AE7" s="64"/>
+      <c r="AF7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="AG7" s="62"/>
-      <c r="AH7" s="62" t="s">
+      <c r="AG7" s="64"/>
+      <c r="AH7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="AI7" s="62"/>
-      <c r="AJ7" s="62" t="s">
+      <c r="AI7" s="64"/>
+      <c r="AJ7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="AK7" s="62"/>
-      <c r="AL7" s="62" t="s">
+      <c r="AK7" s="64"/>
+      <c r="AL7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="AM7" s="62"/>
-      <c r="AN7" s="62" t="s">
+      <c r="AM7" s="64"/>
+      <c r="AN7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="AO7" s="62"/>
-      <c r="AP7" s="62" t="s">
+      <c r="AO7" s="64"/>
+      <c r="AP7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="AQ7" s="62"/>
-      <c r="AR7" s="62" t="s">
+      <c r="AQ7" s="64"/>
+      <c r="AR7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="AS7" s="62"/>
-      <c r="AT7" s="62" t="s">
+      <c r="AS7" s="64"/>
+      <c r="AT7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="AU7" s="62"/>
-      <c r="AV7" s="62" t="s">
+      <c r="AU7" s="64"/>
+      <c r="AV7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="AW7" s="62"/>
-      <c r="AX7" s="62" t="s">
+      <c r="AW7" s="64"/>
+      <c r="AX7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="AY7" s="62"/>
-      <c r="AZ7" s="62" t="s">
+      <c r="AY7" s="64"/>
+      <c r="AZ7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="BA7" s="62"/>
-      <c r="BB7" s="62" t="s">
+      <c r="BA7" s="64"/>
+      <c r="BB7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="BC7" s="62"/>
-      <c r="BD7" s="62" t="s">
+      <c r="BC7" s="64"/>
+      <c r="BD7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="BE7" s="62"/>
-      <c r="BF7" s="62" t="s">
+      <c r="BE7" s="64"/>
+      <c r="BF7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="BG7" s="62"/>
-      <c r="BH7" s="62" t="s">
+      <c r="BG7" s="64"/>
+      <c r="BH7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="BI7" s="62"/>
-      <c r="BJ7" s="62" t="s">
+      <c r="BI7" s="64"/>
+      <c r="BJ7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="BK7" s="62"/>
-      <c r="BL7" s="62" t="s">
+      <c r="BK7" s="64"/>
+      <c r="BL7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="BM7" s="62"/>
-      <c r="BN7" s="62" t="s">
+      <c r="BM7" s="64"/>
+      <c r="BN7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="BO7" s="62"/>
-      <c r="BP7" s="62" t="s">
+      <c r="BO7" s="64"/>
+      <c r="BP7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="BQ7" s="62"/>
-      <c r="BR7" s="62" t="s">
+      <c r="BQ7" s="64"/>
+      <c r="BR7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="BS7" s="62"/>
-      <c r="BT7" s="62" t="s">
+      <c r="BS7" s="64"/>
+      <c r="BT7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="BU7" s="62"/>
-      <c r="BV7" s="62" t="s">
+      <c r="BU7" s="64"/>
+      <c r="BV7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="BW7" s="62"/>
-      <c r="BX7" s="62" t="s">
+      <c r="BW7" s="64"/>
+      <c r="BX7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="BY7" s="62"/>
-      <c r="BZ7" s="62" t="s">
+      <c r="BY7" s="64"/>
+      <c r="BZ7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="CA7" s="62"/>
-      <c r="CB7" s="62" t="s">
+      <c r="CA7" s="64"/>
+      <c r="CB7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="CC7" s="62"/>
-      <c r="CD7" s="62" t="s">
+      <c r="CC7" s="64"/>
+      <c r="CD7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="CE7" s="62"/>
-      <c r="CF7" s="62" t="s">
+      <c r="CE7" s="64"/>
+      <c r="CF7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="CG7" s="62"/>
-      <c r="CH7" s="62" t="s">
+      <c r="CG7" s="64"/>
+      <c r="CH7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="CI7" s="62"/>
-      <c r="CJ7" s="62" t="s">
+      <c r="CI7" s="64"/>
+      <c r="CJ7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="CK7" s="62"/>
-      <c r="CL7" s="62" t="s">
+      <c r="CK7" s="64"/>
+      <c r="CL7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="CM7" s="62"/>
-      <c r="CN7" s="62" t="s">
+      <c r="CM7" s="64"/>
+      <c r="CN7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="CO7" s="62"/>
-      <c r="CP7" s="62" t="s">
+      <c r="CO7" s="64"/>
+      <c r="CP7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="CQ7" s="62"/>
-      <c r="CR7" s="62" t="s">
+      <c r="CQ7" s="64"/>
+      <c r="CR7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="CS7" s="62"/>
-      <c r="CT7" s="62" t="s">
+      <c r="CS7" s="64"/>
+      <c r="CT7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="CU7" s="62"/>
-      <c r="CV7" s="62" t="s">
+      <c r="CU7" s="64"/>
+      <c r="CV7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="CW7" s="62"/>
-      <c r="CX7" s="62" t="s">
+      <c r="CW7" s="64"/>
+      <c r="CX7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="CY7" s="62"/>
-      <c r="CZ7" s="62" t="s">
+      <c r="CY7" s="64"/>
+      <c r="CZ7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="DA7" s="62"/>
-      <c r="DB7" s="62" t="s">
+      <c r="DA7" s="64"/>
+      <c r="DB7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="DC7" s="62"/>
-      <c r="DD7" s="62" t="s">
+      <c r="DC7" s="64"/>
+      <c r="DD7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="DE7" s="62"/>
-      <c r="DF7" s="62" t="s">
+      <c r="DE7" s="64"/>
+      <c r="DF7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="DG7" s="62"/>
-      <c r="DH7" s="62" t="s">
+      <c r="DG7" s="64"/>
+      <c r="DH7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="DI7" s="62"/>
-      <c r="DJ7" s="62" t="s">
+      <c r="DI7" s="64"/>
+      <c r="DJ7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="DK7" s="62"/>
-      <c r="DL7" s="62" t="s">
+      <c r="DK7" s="64"/>
+      <c r="DL7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="DM7" s="62"/>
-      <c r="DN7" s="62" t="s">
+      <c r="DM7" s="64"/>
+      <c r="DN7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="DO7" s="62"/>
-      <c r="DP7" s="62" t="s">
+      <c r="DO7" s="64"/>
+      <c r="DP7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="DQ7" s="62"/>
-      <c r="DR7" s="62" t="s">
+      <c r="DQ7" s="64"/>
+      <c r="DR7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="DS7" s="62"/>
-      <c r="DT7" s="62" t="s">
+      <c r="DS7" s="64"/>
+      <c r="DT7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="DU7" s="62"/>
-      <c r="DV7" s="62" t="s">
+      <c r="DU7" s="64"/>
+      <c r="DV7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="DW7" s="62"/>
-      <c r="DX7" s="62" t="s">
+      <c r="DW7" s="64"/>
+      <c r="DX7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="DY7" s="62"/>
-      <c r="DZ7" s="62" t="s">
+      <c r="DY7" s="64"/>
+      <c r="DZ7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="EA7" s="62"/>
-      <c r="EB7" s="62" t="s">
+      <c r="EA7" s="64"/>
+      <c r="EB7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="EC7" s="62"/>
-      <c r="ED7" s="62" t="s">
+      <c r="EC7" s="64"/>
+      <c r="ED7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="EE7" s="62"/>
-      <c r="EF7" s="62" t="s">
+      <c r="EE7" s="64"/>
+      <c r="EF7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="EG7" s="62"/>
-      <c r="EH7" s="62" t="s">
+      <c r="EG7" s="64"/>
+      <c r="EH7" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="EI7" s="62"/>
-      <c r="EJ7" s="62" t="s">
+      <c r="EI7" s="64"/>
+      <c r="EJ7" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="EK7" s="62"/>
-      <c r="EL7" s="62" t="s">
+      <c r="EK7" s="64"/>
+      <c r="EL7" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="EM7" s="62"/>
-      <c r="EN7" s="62" t="s">
+      <c r="EM7" s="64"/>
+      <c r="EN7" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="EO7" s="62"/>
+      <c r="EO7" s="64"/>
     </row>
     <row r="8" spans="1:145" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="42"/>
       <c r="B8" s="42" t="s">
         <v>41</v>
       </c>
       <c r="C8" s="42" t="s">
         <v>75</v>
       </c>
       <c r="D8" s="42" t="s">
         <v>41</v>
       </c>
       <c r="E8" s="42" t="s">
         <v>75</v>
       </c>
       <c r="F8" s="42" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="42" t="s">
         <v>75</v>
       </c>
       <c r="H8" s="42" t="s">
         <v>41</v>
       </c>
       <c r="I8" s="42" t="s">
@@ -18326,142 +18961,142 @@
     </row>
     <row r="27" spans="1:145" x14ac:dyDescent="0.2">
       <c r="B27" s="21"/>
       <c r="C27" s="21"/>
       <c r="D27" s="21"/>
       <c r="E27" s="21"/>
       <c r="BI27" s="31"/>
     </row>
     <row r="28" spans="1:145" x14ac:dyDescent="0.2">
       <c r="BI28" s="32"/>
     </row>
     <row r="29" spans="1:145" ht="95.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="28"/>
       <c r="C29" s="28"/>
       <c r="D29" s="28"/>
       <c r="E29" s="28"/>
       <c r="F29" s="28"/>
       <c r="G29" s="28"/>
       <c r="H29" s="28"/>
       <c r="I29" s="28"/>
     </row>
     <row r="33" ht="17.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" ht="17.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="92">
-    <mergeCell ref="EH6:EO6"/>
-[...10 lines deleted...]
-    <mergeCell ref="BV6:CB6"/>
+    <mergeCell ref="DB6:DI6"/>
+    <mergeCell ref="DB7:DC7"/>
+    <mergeCell ref="DD7:DE7"/>
+    <mergeCell ref="DF7:DG7"/>
+    <mergeCell ref="DH7:DI7"/>
+    <mergeCell ref="DJ6:DQ6"/>
+    <mergeCell ref="DJ7:DK7"/>
+    <mergeCell ref="DL7:DM7"/>
+    <mergeCell ref="DN7:DO7"/>
+    <mergeCell ref="DP7:DQ7"/>
+    <mergeCell ref="R6:X6"/>
+    <mergeCell ref="Z6:AF6"/>
+    <mergeCell ref="AH6:AN6"/>
+    <mergeCell ref="B7:C7"/>
+    <mergeCell ref="D7:E7"/>
+    <mergeCell ref="F7:G7"/>
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="X7:Y7"/>
+    <mergeCell ref="AF7:AG7"/>
+    <mergeCell ref="Z7:AA7"/>
+    <mergeCell ref="J7:K7"/>
+    <mergeCell ref="R7:S7"/>
+    <mergeCell ref="T7:U7"/>
+    <mergeCell ref="L7:M7"/>
+    <mergeCell ref="P7:Q7"/>
+    <mergeCell ref="V7:W7"/>
+    <mergeCell ref="N7:O7"/>
+    <mergeCell ref="AT7:AU7"/>
+    <mergeCell ref="BR7:BS7"/>
+    <mergeCell ref="AL7:AM7"/>
+    <mergeCell ref="AH7:AI7"/>
+    <mergeCell ref="AX7:AY7"/>
+    <mergeCell ref="AZ7:BA7"/>
+    <mergeCell ref="BB7:BC7"/>
+    <mergeCell ref="BP7:BQ7"/>
+    <mergeCell ref="BH7:BI7"/>
+    <mergeCell ref="BJ7:BK7"/>
+    <mergeCell ref="AV7:AW7"/>
+    <mergeCell ref="AN7:AO7"/>
+    <mergeCell ref="AP7:AQ7"/>
+    <mergeCell ref="AR7:AS7"/>
+    <mergeCell ref="BN7:BO7"/>
+    <mergeCell ref="AB7:AC7"/>
+    <mergeCell ref="AD7:AE7"/>
+    <mergeCell ref="AJ7:AK7"/>
+    <mergeCell ref="CB7:CC7"/>
+    <mergeCell ref="BD7:BE7"/>
+    <mergeCell ref="BV7:BW7"/>
+    <mergeCell ref="BF7:BG7"/>
+    <mergeCell ref="BL7:BM7"/>
+    <mergeCell ref="BZ7:CA7"/>
+    <mergeCell ref="BT7:BU7"/>
+    <mergeCell ref="BX7:BY7"/>
+    <mergeCell ref="CV7:CW7"/>
+    <mergeCell ref="CX7:CY7"/>
+    <mergeCell ref="CZ7:DA7"/>
+    <mergeCell ref="CD7:CE7"/>
+    <mergeCell ref="CF7:CG7"/>
+    <mergeCell ref="CH7:CI7"/>
+    <mergeCell ref="CJ7:CK7"/>
+    <mergeCell ref="CL7:CM7"/>
+    <mergeCell ref="CN7:CO7"/>
+    <mergeCell ref="CP7:CQ7"/>
+    <mergeCell ref="CR7:CS7"/>
     <mergeCell ref="A2:Q2"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:H6"/>
     <mergeCell ref="J6:P6"/>
     <mergeCell ref="DZ6:EG6"/>
     <mergeCell ref="DZ7:EA7"/>
     <mergeCell ref="EB7:EC7"/>
     <mergeCell ref="ED7:EE7"/>
     <mergeCell ref="EF7:EG7"/>
     <mergeCell ref="DR6:DY6"/>
     <mergeCell ref="DR7:DS7"/>
     <mergeCell ref="DT7:DU7"/>
     <mergeCell ref="DV7:DW7"/>
     <mergeCell ref="DX7:DY7"/>
     <mergeCell ref="CT6:DA6"/>
     <mergeCell ref="CT7:CU7"/>
-    <mergeCell ref="CV7:CW7"/>
-[...62 lines deleted...]
-    <mergeCell ref="DH7:DI7"/>
+    <mergeCell ref="CD6:CJ6"/>
+    <mergeCell ref="CL6:CR6"/>
+    <mergeCell ref="AP6:AV6"/>
+    <mergeCell ref="AX6:BD6"/>
+    <mergeCell ref="BF6:BL6"/>
+    <mergeCell ref="BN6:BT6"/>
+    <mergeCell ref="BV6:CB6"/>
+    <mergeCell ref="EH6:EO6"/>
+    <mergeCell ref="EH7:EI7"/>
+    <mergeCell ref="EJ7:EK7"/>
+    <mergeCell ref="EL7:EM7"/>
+    <mergeCell ref="EN7:EO7"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;LISEE - document édité le &amp;D</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AW23"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="6" topLeftCell="B7" activePane="bottomRight" state="frozen"/>
       <selection activeCell="P28" sqref="P28"/>
       <selection pane="topRight" activeCell="P28" sqref="P28"/>
       <selection pane="bottomLeft" activeCell="P28" sqref="P28"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
@@ -18499,69 +19134,69 @@
       <c r="AA1" s="39"/>
       <c r="AB1" s="39"/>
       <c r="AC1" s="39"/>
       <c r="AD1" s="39"/>
       <c r="AE1" s="39"/>
       <c r="AF1" s="39"/>
       <c r="AG1" s="39"/>
       <c r="AH1" s="39"/>
       <c r="AI1" s="39"/>
       <c r="AJ1" s="39"/>
       <c r="AK1" s="39"/>
       <c r="AL1" s="39"/>
       <c r="AM1" s="39"/>
       <c r="AN1" s="39"/>
       <c r="AO1" s="39"/>
       <c r="AP1" s="39"/>
       <c r="AQ1" s="39"/>
       <c r="AR1" s="39"/>
       <c r="AS1" s="39"/>
       <c r="AT1" s="39"/>
       <c r="AU1" s="39"/>
       <c r="AV1" s="39"/>
       <c r="AW1" s="39"/>
     </row>
     <row r="2" spans="1:49" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A2" s="64" t="s">
+      <c r="A2" s="63" t="s">
         <v>44</v>
       </c>
-      <c r="B2" s="64"/>
-[...14 lines deleted...]
-      <c r="Q2" s="64"/>
+      <c r="B2" s="63"/>
+      <c r="C2" s="63"/>
+      <c r="D2" s="63"/>
+      <c r="E2" s="63"/>
+      <c r="F2" s="63"/>
+      <c r="G2" s="63"/>
+      <c r="H2" s="63"/>
+      <c r="I2" s="63"/>
+      <c r="J2" s="63"/>
+      <c r="K2" s="63"/>
+      <c r="L2" s="63"/>
+      <c r="M2" s="63"/>
+      <c r="N2" s="63"/>
+      <c r="O2" s="63"/>
+      <c r="P2" s="63"/>
+      <c r="Q2" s="63"/>
     </row>
     <row r="3" spans="1:49" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A3" s="11"/>
       <c r="B3" s="9"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
     </row>
     <row r="4" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A4" s="41" t="s">
         <v>42</v>
       </c>
       <c r="B4" s="9"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
     </row>
     <row r="5" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A5" s="37" t="s">
         <v>112</v>
       </c>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
@@ -19691,173 +20326,173 @@
       <c r="AA1" s="39"/>
       <c r="AB1" s="39"/>
       <c r="AC1" s="39"/>
       <c r="AD1" s="39"/>
       <c r="AE1" s="39"/>
       <c r="AF1" s="39"/>
       <c r="AG1" s="39"/>
       <c r="AH1" s="39"/>
       <c r="AI1" s="39"/>
       <c r="AJ1" s="39"/>
       <c r="AK1" s="39"/>
       <c r="AL1" s="39"/>
       <c r="AM1" s="39"/>
       <c r="AN1" s="39"/>
       <c r="AO1" s="39"/>
       <c r="AP1" s="39"/>
       <c r="AQ1" s="39"/>
       <c r="AR1" s="39"/>
       <c r="AS1" s="39"/>
       <c r="AT1" s="39"/>
       <c r="AU1" s="39"/>
       <c r="AV1" s="39"/>
       <c r="AW1" s="39"/>
     </row>
     <row r="2" spans="1:53" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A2" s="64" t="s">
+      <c r="A2" s="63" t="s">
         <v>45</v>
       </c>
-      <c r="B2" s="64"/>
-[...14 lines deleted...]
-      <c r="Q2" s="64"/>
+      <c r="B2" s="63"/>
+      <c r="C2" s="63"/>
+      <c r="D2" s="63"/>
+      <c r="E2" s="63"/>
+      <c r="F2" s="63"/>
+      <c r="G2" s="63"/>
+      <c r="H2" s="63"/>
+      <c r="I2" s="63"/>
+      <c r="J2" s="63"/>
+      <c r="K2" s="63"/>
+      <c r="L2" s="63"/>
+      <c r="M2" s="63"/>
+      <c r="N2" s="63"/>
+      <c r="O2" s="63"/>
+      <c r="P2" s="63"/>
+      <c r="Q2" s="63"/>
     </row>
     <row r="4" spans="1:53" x14ac:dyDescent="0.25">
       <c r="A4" s="41" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="5" spans="1:53" x14ac:dyDescent="0.25">
       <c r="A5" s="37" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="6" spans="1:53" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A6" s="59" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="7" spans="1:53" x14ac:dyDescent="0.25">
       <c r="A7" s="12"/>
     </row>
     <row r="8" spans="1:53" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A8" s="62" t="s">
+      <c r="A8" s="64" t="s">
         <v>46</v>
       </c>
-      <c r="B8" s="62" t="s">
+      <c r="B8" s="64" t="s">
         <v>47</v>
       </c>
-      <c r="C8" s="62"/>
-[...2 lines deleted...]
-      <c r="F8" s="62" t="s">
+      <c r="C8" s="64"/>
+      <c r="D8" s="64"/>
+      <c r="E8" s="64"/>
+      <c r="F8" s="64" t="s">
         <v>48</v>
       </c>
-      <c r="G8" s="62"/>
-[...2 lines deleted...]
-      <c r="J8" s="62" t="s">
+      <c r="G8" s="64"/>
+      <c r="H8" s="64"/>
+      <c r="I8" s="64"/>
+      <c r="J8" s="64" t="s">
         <v>94</v>
       </c>
-      <c r="K8" s="62"/>
-[...2 lines deleted...]
-      <c r="N8" s="62" t="s">
+      <c r="K8" s="64"/>
+      <c r="L8" s="64"/>
+      <c r="M8" s="64"/>
+      <c r="N8" s="64" t="s">
         <v>95</v>
       </c>
-      <c r="O8" s="62"/>
-[...2 lines deleted...]
-      <c r="R8" s="62" t="s">
+      <c r="O8" s="64"/>
+      <c r="P8" s="64"/>
+      <c r="Q8" s="64"/>
+      <c r="R8" s="64" t="s">
         <v>96</v>
       </c>
-      <c r="S8" s="62"/>
-[...2 lines deleted...]
-      <c r="V8" s="62" t="s">
+      <c r="S8" s="64"/>
+      <c r="T8" s="64"/>
+      <c r="U8" s="64"/>
+      <c r="V8" s="64" t="s">
         <v>97</v>
       </c>
-      <c r="W8" s="62"/>
-[...2 lines deleted...]
-      <c r="Z8" s="62" t="s">
+      <c r="W8" s="64"/>
+      <c r="X8" s="64"/>
+      <c r="Y8" s="64"/>
+      <c r="Z8" s="64" t="s">
         <v>98</v>
       </c>
-      <c r="AA8" s="62"/>
-[...2 lines deleted...]
-      <c r="AD8" s="62" t="s">
+      <c r="AA8" s="64"/>
+      <c r="AB8" s="64"/>
+      <c r="AC8" s="64"/>
+      <c r="AD8" s="64" t="s">
         <v>99</v>
       </c>
-      <c r="AE8" s="62"/>
-[...2 lines deleted...]
-      <c r="AH8" s="62" t="s">
+      <c r="AE8" s="64"/>
+      <c r="AF8" s="64"/>
+      <c r="AG8" s="64"/>
+      <c r="AH8" s="64" t="s">
         <v>100</v>
       </c>
-      <c r="AI8" s="62"/>
-[...2 lines deleted...]
-      <c r="AL8" s="62" t="s">
+      <c r="AI8" s="64"/>
+      <c r="AJ8" s="64"/>
+      <c r="AK8" s="64"/>
+      <c r="AL8" s="64" t="s">
         <v>101</v>
       </c>
-      <c r="AM8" s="62"/>
-[...2 lines deleted...]
-      <c r="AP8" s="62" t="s">
+      <c r="AM8" s="64"/>
+      <c r="AN8" s="64"/>
+      <c r="AO8" s="64"/>
+      <c r="AP8" s="64" t="s">
         <v>108</v>
       </c>
-      <c r="AQ8" s="62"/>
-[...2 lines deleted...]
-      <c r="AT8" s="62" t="s">
+      <c r="AQ8" s="64"/>
+      <c r="AR8" s="64"/>
+      <c r="AS8" s="64"/>
+      <c r="AT8" s="64" t="s">
         <v>107</v>
       </c>
-      <c r="AU8" s="62"/>
-[...2 lines deleted...]
-      <c r="AX8" s="62" t="s">
+      <c r="AU8" s="64"/>
+      <c r="AV8" s="64"/>
+      <c r="AW8" s="64"/>
+      <c r="AX8" s="64" t="s">
         <v>109</v>
       </c>
-      <c r="AY8" s="62"/>
-[...1 lines deleted...]
-      <c r="BA8" s="62"/>
+      <c r="AY8" s="64"/>
+      <c r="AZ8" s="64"/>
+      <c r="BA8" s="64"/>
     </row>
     <row r="9" spans="1:53" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="A9" s="62"/>
+      <c r="A9" s="64"/>
       <c r="B9" s="60" t="s">
         <v>49</v>
       </c>
       <c r="C9" s="60" t="s">
         <v>50</v>
       </c>
       <c r="D9" s="60" t="s">
         <v>51</v>
       </c>
       <c r="E9" s="60" t="s">
         <v>52</v>
       </c>
       <c r="F9" s="60" t="s">
         <v>49</v>
       </c>
       <c r="G9" s="60" t="s">
         <v>50</v>
       </c>
       <c r="H9" s="60" t="s">
         <v>51</v>
       </c>
       <c r="I9" s="60" t="s">
         <v>5</v>
       </c>
       <c r="J9" s="60" t="s">
@@ -22954,65 +23589,65 @@
     <row r="43" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A43" s="49" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A44" s="49" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="45" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="49" t="s">
         <v>103</v>
       </c>
       <c r="B45" s="49"/>
       <c r="C45" s="49"/>
       <c r="D45" s="49"/>
       <c r="E45" s="49"/>
       <c r="F45" s="49"/>
       <c r="G45" s="49"/>
       <c r="H45" s="49"/>
       <c r="I45" s="49"/>
     </row>
   </sheetData>
   <mergeCells count="15">
-    <mergeCell ref="A2:Q2"/>
-[...3 lines deleted...]
-    <mergeCell ref="AH8:AK8"/>
     <mergeCell ref="AT8:AW8"/>
     <mergeCell ref="AX8:BA8"/>
     <mergeCell ref="AL8:AO8"/>
     <mergeCell ref="AP8:AS8"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="F8:I8"/>
     <mergeCell ref="J8:M8"/>
     <mergeCell ref="N8:Q8"/>
     <mergeCell ref="R8:U8"/>
+    <mergeCell ref="A2:Q2"/>
+    <mergeCell ref="V8:Y8"/>
+    <mergeCell ref="Z8:AC8"/>
+    <mergeCell ref="AD8:AG8"/>
+    <mergeCell ref="AH8:AK8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>