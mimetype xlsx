--- v1 (2026-01-02)
+++ v2 (2026-03-05)
@@ -1,95 +1,433 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\isee.local\public\DOCUMENTS\SCD\4_Publications\1_Site\ECONOMIE ET ENTREPRISES\entreprises-secteurs d'activité\entreprises\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2F1D3D12-7432-4BFC-883E-B7B4EC436359}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{CCD313D1-8D51-4101-A824-7FF4BE850AC8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="583" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="583" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="entr_activite" sheetId="5" r:id="rId1"/>
     <sheet name="salariés" sheetId="1" r:id="rId2"/>
     <sheet name="province" sheetId="3" r:id="rId3"/>
     <sheet name="forme juridique" sheetId="2" r:id="rId4"/>
     <sheet name="chiffre d'affaires" sheetId="6" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">province!$A:$A</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">salariés!$A:$A</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'forme juridique'!$A$1:$H$21</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">province!$Z$1:$AC$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">salariés!$AR$1:$AX$37</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="EV11" i="3" l="1"/>
+  <c r="ET11" i="3"/>
+  <c r="ET13" i="3"/>
+  <c r="ET15" i="3"/>
+  <c r="ET17" i="3"/>
+  <c r="ET19" i="3"/>
+  <c r="ET9" i="3"/>
+  <c r="ER11" i="3"/>
+  <c r="ER13" i="3"/>
+  <c r="EV13" i="3" s="1"/>
+  <c r="ER15" i="3"/>
+  <c r="EV15" i="3" s="1"/>
+  <c r="ER17" i="3"/>
+  <c r="ER19" i="3"/>
+  <c r="ER9" i="3"/>
+  <c r="EP11" i="3"/>
+  <c r="EP13" i="3"/>
+  <c r="EP15" i="3"/>
+  <c r="EP17" i="3"/>
+  <c r="EV17" i="3" s="1"/>
+  <c r="EP19" i="3"/>
+  <c r="EV19" i="3" s="1"/>
+  <c r="EP9" i="3"/>
+  <c r="EV9" i="3" s="1"/>
+  <c r="T20" i="5"/>
+  <c r="T10" i="5"/>
+  <c r="T34" i="5" s="1"/>
+  <c r="DP23" i="1"/>
+  <c r="DO23" i="1"/>
+  <c r="DN23" i="1"/>
+  <c r="DM23" i="1"/>
+  <c r="DL23" i="1"/>
+  <c r="DK23" i="1"/>
+  <c r="DJ23" i="1"/>
+  <c r="DI23" i="1"/>
+  <c r="DH23" i="1"/>
+  <c r="DG23" i="1"/>
+  <c r="DF23" i="1"/>
+  <c r="DE23" i="1"/>
+  <c r="DD23" i="1"/>
+  <c r="DC23" i="1"/>
+  <c r="DB23" i="1"/>
+  <c r="DA23" i="1"/>
+  <c r="CZ23" i="1"/>
+  <c r="CY23" i="1"/>
+  <c r="CX23" i="1"/>
+  <c r="CW23" i="1"/>
+  <c r="CV23" i="1"/>
+  <c r="CU23" i="1"/>
+  <c r="CT23" i="1"/>
+  <c r="CS23" i="1"/>
+  <c r="CR23" i="1"/>
+  <c r="CQ23" i="1"/>
+  <c r="CP23" i="1"/>
+  <c r="CO23" i="1"/>
+  <c r="CI23" i="1"/>
+  <c r="CJ23" i="1"/>
+  <c r="CK23" i="1"/>
+  <c r="CL23" i="1"/>
+  <c r="CM23" i="1"/>
+  <c r="CN23" i="1"/>
+  <c r="CH23" i="1"/>
+  <c r="DP8" i="1"/>
+  <c r="DO8" i="1"/>
+  <c r="DN8" i="1"/>
+  <c r="DM8" i="1"/>
+  <c r="DL8" i="1"/>
+  <c r="DK8" i="1"/>
+  <c r="DJ8" i="1"/>
+  <c r="DI8" i="1"/>
+  <c r="DH8" i="1"/>
+  <c r="DG8" i="1"/>
+  <c r="DF8" i="1"/>
+  <c r="DE8" i="1"/>
+  <c r="DD8" i="1"/>
+  <c r="DC8" i="1"/>
+  <c r="DB8" i="1"/>
+  <c r="DA8" i="1"/>
+  <c r="CZ8" i="1"/>
+  <c r="CY8" i="1"/>
+  <c r="CX8" i="1"/>
+  <c r="CW8" i="1"/>
+  <c r="CV8" i="1"/>
+  <c r="DO20" i="1"/>
+  <c r="DN20" i="1"/>
+  <c r="DM20" i="1"/>
+  <c r="DL20" i="1"/>
+  <c r="DK20" i="1"/>
+  <c r="DJ20" i="1"/>
+  <c r="DP20" i="1" s="1"/>
+  <c r="DH20" i="1"/>
+  <c r="DG20" i="1"/>
+  <c r="DF20" i="1"/>
+  <c r="DE20" i="1"/>
+  <c r="DD20" i="1"/>
+  <c r="DC20" i="1"/>
+  <c r="DI20" i="1" s="1"/>
+  <c r="DA20" i="1"/>
+  <c r="CZ20" i="1"/>
+  <c r="CY20" i="1"/>
+  <c r="CX20" i="1"/>
+  <c r="CW20" i="1"/>
+  <c r="CV20" i="1"/>
+  <c r="DB20" i="1" s="1"/>
+  <c r="CT20" i="1"/>
+  <c r="CS20" i="1"/>
+  <c r="CR20" i="1"/>
+  <c r="CQ20" i="1"/>
+  <c r="CP20" i="1"/>
+  <c r="CO20" i="1"/>
+  <c r="CU20" i="1" s="1"/>
+  <c r="DO17" i="1"/>
+  <c r="DN17" i="1"/>
+  <c r="DM17" i="1"/>
+  <c r="DL17" i="1"/>
+  <c r="DK17" i="1"/>
+  <c r="DJ17" i="1"/>
+  <c r="DH17" i="1"/>
+  <c r="DG17" i="1"/>
+  <c r="DF17" i="1"/>
+  <c r="DE17" i="1"/>
+  <c r="DD17" i="1"/>
+  <c r="DC17" i="1"/>
+  <c r="DI17" i="1" s="1"/>
+  <c r="DA17" i="1"/>
+  <c r="CZ17" i="1"/>
+  <c r="CY17" i="1"/>
+  <c r="CX17" i="1"/>
+  <c r="CW17" i="1"/>
+  <c r="CV17" i="1"/>
+  <c r="DB17" i="1" s="1"/>
+  <c r="CT17" i="1"/>
+  <c r="CS17" i="1"/>
+  <c r="CR17" i="1"/>
+  <c r="CQ17" i="1"/>
+  <c r="CP17" i="1"/>
+  <c r="CO17" i="1"/>
+  <c r="CO11" i="1"/>
+  <c r="CP11" i="1"/>
+  <c r="CQ11" i="1"/>
+  <c r="CR11" i="1"/>
+  <c r="CS11" i="1"/>
+  <c r="CT11" i="1"/>
+  <c r="CV11" i="1"/>
+  <c r="CW11" i="1"/>
+  <c r="CX11" i="1"/>
+  <c r="CY11" i="1"/>
+  <c r="CZ11" i="1"/>
+  <c r="DA11" i="1"/>
+  <c r="DC11" i="1"/>
+  <c r="DD11" i="1"/>
+  <c r="DE11" i="1"/>
+  <c r="DF11" i="1"/>
+  <c r="DG11" i="1"/>
+  <c r="DH11" i="1"/>
+  <c r="DJ11" i="1"/>
+  <c r="DK11" i="1"/>
+  <c r="DL11" i="1"/>
+  <c r="DM11" i="1"/>
+  <c r="DN11" i="1"/>
+  <c r="DO11" i="1"/>
+  <c r="DP37" i="1"/>
+  <c r="DP36" i="1"/>
+  <c r="DP35" i="1"/>
+  <c r="DP34" i="1"/>
+  <c r="DP33" i="1"/>
+  <c r="DP32" i="1"/>
+  <c r="DP31" i="1"/>
+  <c r="DP30" i="1"/>
+  <c r="DP29" i="1"/>
+  <c r="DP28" i="1"/>
+  <c r="DP27" i="1"/>
+  <c r="DP26" i="1"/>
+  <c r="DP25" i="1"/>
+  <c r="DP24" i="1"/>
+  <c r="DP21" i="1"/>
+  <c r="DP18" i="1"/>
+  <c r="DP16" i="1"/>
+  <c r="DP15" i="1"/>
+  <c r="DP14" i="1"/>
+  <c r="DP13" i="1"/>
+  <c r="DP11" i="1" s="1"/>
+  <c r="DP12" i="1"/>
+  <c r="DP9" i="1"/>
+  <c r="DI37" i="1"/>
+  <c r="DI36" i="1"/>
+  <c r="DI35" i="1"/>
+  <c r="DI34" i="1"/>
+  <c r="DI33" i="1"/>
+  <c r="DI32" i="1"/>
+  <c r="DI31" i="1"/>
+  <c r="DI30" i="1"/>
+  <c r="DI29" i="1"/>
+  <c r="DI28" i="1"/>
+  <c r="DI27" i="1"/>
+  <c r="DI26" i="1"/>
+  <c r="DI25" i="1"/>
+  <c r="DI24" i="1"/>
+  <c r="DI21" i="1"/>
+  <c r="DI18" i="1"/>
+  <c r="DI15" i="1"/>
+  <c r="DI14" i="1"/>
+  <c r="DI13" i="1"/>
+  <c r="DI12" i="1"/>
+  <c r="DI11" i="1" s="1"/>
+  <c r="DI9" i="1"/>
+  <c r="DB37" i="1"/>
+  <c r="DB36" i="1"/>
+  <c r="DB35" i="1"/>
+  <c r="DB34" i="1"/>
+  <c r="DB33" i="1"/>
+  <c r="DB32" i="1"/>
+  <c r="DB31" i="1"/>
+  <c r="DB30" i="1"/>
+  <c r="DB29" i="1"/>
+  <c r="DB28" i="1"/>
+  <c r="DB27" i="1"/>
+  <c r="DB26" i="1"/>
+  <c r="DB25" i="1"/>
+  <c r="DB24" i="1"/>
+  <c r="DB21" i="1"/>
+  <c r="DB18" i="1"/>
+  <c r="DB15" i="1"/>
+  <c r="DB14" i="1"/>
+  <c r="DB13" i="1"/>
+  <c r="DB12" i="1"/>
+  <c r="DB11" i="1" s="1"/>
+  <c r="DB9" i="1"/>
+  <c r="CU37" i="1"/>
+  <c r="CU36" i="1"/>
+  <c r="CU35" i="1"/>
+  <c r="CU34" i="1"/>
+  <c r="CU33" i="1"/>
+  <c r="CU32" i="1"/>
+  <c r="CU31" i="1"/>
+  <c r="CU30" i="1"/>
+  <c r="CU29" i="1"/>
+  <c r="CU28" i="1"/>
+  <c r="CU27" i="1"/>
+  <c r="CU26" i="1"/>
+  <c r="CU25" i="1"/>
+  <c r="CU24" i="1"/>
+  <c r="CU21" i="1"/>
+  <c r="CU18" i="1"/>
+  <c r="CU15" i="1"/>
+  <c r="CU11" i="1" s="1"/>
+  <c r="CU14" i="1"/>
+  <c r="CU13" i="1"/>
+  <c r="CU12" i="1"/>
+  <c r="CU9" i="1"/>
+  <c r="CU8" i="1" s="1"/>
+  <c r="CT8" i="1"/>
+  <c r="CS8" i="1"/>
+  <c r="CR8" i="1"/>
+  <c r="CQ8" i="1"/>
+  <c r="CP8" i="1"/>
+  <c r="CO8" i="1"/>
+  <c r="CI20" i="1"/>
+  <c r="CJ20" i="1"/>
+  <c r="CK20" i="1"/>
+  <c r="CL20" i="1"/>
+  <c r="CM20" i="1"/>
+  <c r="CH20" i="1"/>
+  <c r="CI17" i="1"/>
+  <c r="CJ17" i="1"/>
+  <c r="CK17" i="1"/>
+  <c r="CL17" i="1"/>
+  <c r="CM17" i="1"/>
+  <c r="CH17" i="1"/>
+  <c r="CN13" i="1"/>
+  <c r="CN14" i="1"/>
+  <c r="CN15" i="1"/>
+  <c r="CN16" i="1"/>
+  <c r="CN18" i="1"/>
+  <c r="CN21" i="1"/>
+  <c r="CN24" i="1"/>
+  <c r="CN25" i="1"/>
+  <c r="CN26" i="1"/>
+  <c r="CN27" i="1"/>
+  <c r="CN28" i="1"/>
+  <c r="CN29" i="1"/>
+  <c r="CN30" i="1"/>
+  <c r="CN31" i="1"/>
+  <c r="CN32" i="1"/>
+  <c r="CN33" i="1"/>
+  <c r="CN34" i="1"/>
+  <c r="CN35" i="1"/>
+  <c r="CN36" i="1"/>
+  <c r="CN37" i="1"/>
+  <c r="CN12" i="1"/>
+  <c r="CI11" i="1"/>
+  <c r="CJ11" i="1"/>
+  <c r="CK11" i="1"/>
+  <c r="CL11" i="1"/>
+  <c r="CM11" i="1"/>
+  <c r="CH11" i="1"/>
+  <c r="CN9" i="1"/>
+  <c r="CN8" i="1" s="1"/>
+  <c r="CI8" i="1"/>
+  <c r="CJ8" i="1"/>
+  <c r="CK8" i="1"/>
+  <c r="CL8" i="1"/>
+  <c r="CM8" i="1"/>
+  <c r="CH8" i="1"/>
+  <c r="EM19" i="3"/>
+  <c r="EK19" i="3"/>
+  <c r="EI19" i="3"/>
+  <c r="S34" i="5"/>
+  <c r="DP17" i="1" l="1"/>
+  <c r="CU17" i="1"/>
+  <c r="CN20" i="1"/>
+  <c r="CN17" i="1"/>
+  <c r="CN11" i="1"/>
+  <c r="B19" i="2"/>
+  <c r="C19" i="2"/>
+  <c r="D19" i="2"/>
+  <c r="E19" i="2"/>
+  <c r="F19" i="2"/>
+  <c r="G19" i="2"/>
+  <c r="H19" i="2"/>
+  <c r="I19" i="2"/>
+  <c r="J19" i="2"/>
+  <c r="K19" i="2"/>
+  <c r="L19" i="2"/>
+  <c r="M19" i="2"/>
+  <c r="N19" i="2"/>
+  <c r="O19" i="2"/>
+  <c r="P19" i="2"/>
+  <c r="Q19" i="2"/>
+  <c r="R19" i="2"/>
+  <c r="S19" i="2"/>
+  <c r="T19" i="2"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="545" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="558" uniqueCount="117">
   <si>
     <t>1 à 9</t>
   </si>
   <si>
     <t>10 à 19</t>
   </si>
   <si>
     <t>20 à 29</t>
   </si>
   <si>
     <t>30 à 49</t>
   </si>
   <si>
     <t>50 à 99</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Agriculture</t>
   </si>
   <si>
     <t>Industrie</t>
   </si>
   <si>
@@ -383,72 +721,75 @@
   <si>
     <t>Données mises à jour le : 07/10/2024</t>
   </si>
   <si>
     <t>Tranches de salariés au 31 décembre 2023</t>
   </si>
   <si>
     <t>Entreprises du secteur privé réalisant un chiffre d'affaires supérieur à 500 MF.CFP, par secteur d'activité</t>
   </si>
   <si>
     <t>Tranche de chiffre d'affaire en 2022</t>
   </si>
   <si>
     <t>Tranche de chiffre d'affaire en 2021</t>
   </si>
   <si>
     <t>Tranche de chiffre d'affaire en 2023*</t>
   </si>
   <si>
     <t>* : Données 2023 provisoires</t>
   </si>
   <si>
     <t>2023*</t>
   </si>
   <si>
-    <t>Données mises à jour le : 25/03/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Entreprises employeuses du secteur privé par tranches d'effectif salarié</t>
   </si>
   <si>
     <t>Données 2020-2024 mises à jour le : 17/12/2025</t>
   </si>
   <si>
     <t>Tranches de salariés au 31 décembre 2024</t>
+  </si>
+  <si>
+    <t>Données mises à jour le : 23/02/2026</t>
+  </si>
+  <si>
+    <t>2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0&quot;  &quot;;#,##0&quot;  &quot;.&quot;  &quot;"/>
     <numFmt numFmtId="166" formatCode="###\ ###\ ###\ ###\ \ "/>
   </numFmts>
-  <fonts count="54" x14ac:knownFonts="1">
+  <fonts count="55" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="60"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -764,50 +1105,56 @@
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF2F4C88"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="37">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
@@ -1533,66 +1880,66 @@
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="47" fillId="36" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="50" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="50" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="50" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="45" fillId="35" borderId="0" xfId="177" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="51" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="186" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="53" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="46" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="46" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="44" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="186" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="239">
     <cellStyle name="20 % - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20 % - Accent1 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20 % - Accent1 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20 % - Accent1 2 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20 % - Accent1 2 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20 % - Accent1 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20 % - Accent1 3 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20 % - Accent1 4" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20 % - Accent1 5" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20 % - Accent2" xfId="10" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20 % - Accent2 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20 % - Accent2 2 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20 % - Accent2 2 2 2" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20 % - Accent2 2 3" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20 % - Accent2 3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20 % - Accent2 3 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20 % - Accent2 4" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20 % - Accent2 5" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20 % - Accent3" xfId="19" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20 % - Accent3 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="20 % - Accent3 2 2" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="20 % - Accent3 2 2 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
     <cellStyle name="20 % - Accent3 2 3" xfId="23" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
@@ -1811,51 +2158,51 @@
     <cellStyle name="Total" xfId="235" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Total 2" xfId="236" xr:uid="{00000000-0005-0000-0000-0000EC000000}"/>
     <cellStyle name="Vérification" xfId="237" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Vérification 2" xfId="238" xr:uid="{00000000-0005-0000-0000-0000EE000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF2F4C88"/>
       <color rgb="FFCCF7FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2119,54 +2466,54 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AW34"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane xSplit="1" topLeftCell="H1" activePane="topRight" state="frozen"/>
       <selection activeCell="P28" sqref="P28"/>
-      <selection pane="topRight" activeCell="A2" sqref="A2:Q2"/>
+      <selection pane="topRight" activeCell="T6" sqref="T6:T7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="77.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:49" s="40" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="38"/>
       <c r="B1" s="39"/>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="39"/>
       <c r="I1" s="39"/>
       <c r="J1" s="39"/>
       <c r="K1" s="39"/>
       <c r="L1" s="39"/>
       <c r="M1" s="39"/>
       <c r="N1" s="39"/>
       <c r="O1" s="39"/>
       <c r="P1" s="39"/>
       <c r="Q1" s="39"/>
@@ -2182,163 +2529,167 @@
       <c r="AA1" s="39"/>
       <c r="AB1" s="39"/>
       <c r="AC1" s="39"/>
       <c r="AD1" s="39"/>
       <c r="AE1" s="39"/>
       <c r="AF1" s="39"/>
       <c r="AG1" s="39"/>
       <c r="AH1" s="39"/>
       <c r="AI1" s="39"/>
       <c r="AJ1" s="39"/>
       <c r="AK1" s="39"/>
       <c r="AL1" s="39"/>
       <c r="AM1" s="39"/>
       <c r="AN1" s="39"/>
       <c r="AO1" s="39"/>
       <c r="AP1" s="39"/>
       <c r="AQ1" s="39"/>
       <c r="AR1" s="39"/>
       <c r="AS1" s="39"/>
       <c r="AT1" s="39"/>
       <c r="AU1" s="39"/>
       <c r="AV1" s="39"/>
       <c r="AW1" s="39"/>
     </row>
     <row r="2" spans="1:49" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A2" s="63" t="s">
+      <c r="A2" s="67" t="s">
         <v>74</v>
       </c>
-      <c r="B2" s="63"/>
-[...14 lines deleted...]
-      <c r="Q2" s="63"/>
+      <c r="B2" s="67"/>
+      <c r="C2" s="67"/>
+      <c r="D2" s="67"/>
+      <c r="E2" s="67"/>
+      <c r="F2" s="67"/>
+      <c r="G2" s="67"/>
+      <c r="H2" s="67"/>
+      <c r="I2" s="67"/>
+      <c r="J2" s="67"/>
+      <c r="K2" s="67"/>
+      <c r="L2" s="67"/>
+      <c r="M2" s="67"/>
+      <c r="N2" s="67"/>
+      <c r="O2" s="67"/>
+      <c r="P2" s="67"/>
+      <c r="Q2" s="67"/>
     </row>
     <row r="3" spans="1:49" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A3" s="11"/>
     </row>
     <row r="4" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A4" s="41" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A5" s="62" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="62"/>
+      <c r="A5" s="66" t="s">
+        <v>115</v>
+      </c>
+      <c r="B5" s="66"/>
     </row>
     <row r="6" spans="1:49" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="64" t="s">
+      <c r="A6" s="65" t="s">
         <v>59</v>
       </c>
-      <c r="B6" s="64">
+      <c r="B6" s="65">
         <v>2007</v>
       </c>
-      <c r="C6" s="64">
+      <c r="C6" s="65">
         <v>2008</v>
       </c>
-      <c r="D6" s="64">
+      <c r="D6" s="65">
         <v>2009</v>
       </c>
-      <c r="E6" s="64">
+      <c r="E6" s="65">
         <v>2010</v>
       </c>
-      <c r="F6" s="64">
+      <c r="F6" s="65">
         <v>2011</v>
       </c>
-      <c r="G6" s="64">
+      <c r="G6" s="65">
         <v>2012</v>
       </c>
-      <c r="H6" s="64">
+      <c r="H6" s="65">
         <v>2013</v>
       </c>
-      <c r="I6" s="64">
+      <c r="I6" s="65">
         <v>2014</v>
       </c>
-      <c r="J6" s="64">
+      <c r="J6" s="65">
         <v>2015</v>
       </c>
-      <c r="K6" s="64">
+      <c r="K6" s="65">
         <v>2016</v>
       </c>
-      <c r="L6" s="64">
+      <c r="L6" s="65">
         <v>2017</v>
       </c>
-      <c r="M6" s="64">
+      <c r="M6" s="65">
         <v>2018</v>
       </c>
-      <c r="N6" s="64">
+      <c r="N6" s="65">
         <v>2019</v>
       </c>
-      <c r="O6" s="64">
+      <c r="O6" s="65">
         <v>2020</v>
       </c>
-      <c r="P6" s="64">
+      <c r="P6" s="65">
         <v>2021</v>
       </c>
-      <c r="Q6" s="64">
+      <c r="Q6" s="65">
         <v>2022</v>
       </c>
-      <c r="R6" s="64">
+      <c r="R6" s="65">
         <v>2023</v>
       </c>
-      <c r="S6" s="64">
+      <c r="S6" s="65">
         <v>2024</v>
+      </c>
+      <c r="T6" s="65">
+        <v>2025</v>
       </c>
     </row>
     <row r="7" spans="1:49" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="64"/>
-[...17 lines deleted...]
-      <c r="S7" s="64"/>
+      <c r="A7" s="65"/>
+      <c r="B7" s="65"/>
+      <c r="C7" s="65"/>
+      <c r="D7" s="65"/>
+      <c r="E7" s="65"/>
+      <c r="F7" s="65"/>
+      <c r="G7" s="65"/>
+      <c r="H7" s="65"/>
+      <c r="I7" s="65"/>
+      <c r="J7" s="65"/>
+      <c r="K7" s="65"/>
+      <c r="L7" s="65"/>
+      <c r="M7" s="65"/>
+      <c r="N7" s="65"/>
+      <c r="O7" s="65"/>
+      <c r="P7" s="65"/>
+      <c r="Q7" s="65"/>
+      <c r="R7" s="65"/>
+      <c r="S7" s="65"/>
+      <c r="T7" s="65"/>
     </row>
     <row r="8" spans="1:49" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="43" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="48">
         <v>5446</v>
       </c>
       <c r="C8" s="48">
         <v>5608</v>
       </c>
       <c r="D8" s="48">
         <v>5820</v>
       </c>
       <c r="E8" s="48">
         <v>5938</v>
       </c>
       <c r="F8" s="48">
         <v>6019</v>
       </c>
       <c r="G8" s="48">
         <v>6049</v>
       </c>
       <c r="H8" s="48">
         <v>6053</v>
@@ -2353,50 +2704,53 @@
         <v>6382</v>
       </c>
       <c r="L8" s="48">
         <v>6558</v>
       </c>
       <c r="M8" s="48">
         <v>6643</v>
       </c>
       <c r="N8" s="48">
         <v>6871</v>
       </c>
       <c r="O8" s="48">
         <v>7141</v>
       </c>
       <c r="P8" s="48">
         <v>7224</v>
       </c>
       <c r="Q8" s="48">
         <v>7233</v>
       </c>
       <c r="R8" s="48">
         <v>7161</v>
       </c>
       <c r="S8" s="48">
         <v>7110</v>
+      </c>
+      <c r="T8" s="48">
+        <v>7078</v>
       </c>
     </row>
     <row r="9" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A9" s="7"/>
     </row>
     <row r="10" spans="1:49" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="43" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="48">
         <v>1992</v>
       </c>
       <c r="C10" s="48">
         <v>2103</v>
       </c>
       <c r="D10" s="48">
         <v>2267</v>
       </c>
       <c r="E10" s="48">
         <v>2443</v>
       </c>
       <c r="F10" s="48">
         <v>2538</v>
       </c>
       <c r="G10" s="48">
@@ -2416,50 +2770,54 @@
       </c>
       <c r="L10" s="48">
         <v>2868</v>
       </c>
       <c r="M10" s="48">
         <v>2886</v>
       </c>
       <c r="N10" s="48">
         <v>2968</v>
       </c>
       <c r="O10" s="48">
         <v>3077</v>
       </c>
       <c r="P10" s="48">
         <v>3132</v>
       </c>
       <c r="Q10" s="48">
         <v>3198</v>
       </c>
       <c r="R10" s="48">
         <v>3203</v>
       </c>
       <c r="S10" s="48">
         <v>3069</v>
       </c>
+      <c r="T10" s="48">
+        <f>SUM(T11:T14)</f>
+        <v>3123</v>
+      </c>
     </row>
     <row r="11" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A11" s="46" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="47">
         <v>61</v>
       </c>
       <c r="C11" s="47">
         <v>72</v>
       </c>
       <c r="D11" s="47">
         <v>79</v>
       </c>
       <c r="E11" s="47">
         <v>83</v>
       </c>
       <c r="F11" s="47">
         <v>88</v>
       </c>
       <c r="G11" s="47">
         <v>87</v>
       </c>
       <c r="H11" s="47">
         <v>87</v>
@@ -2475,50 +2833,53 @@
       </c>
       <c r="L11" s="47">
         <v>75</v>
       </c>
       <c r="M11" s="47">
         <v>75</v>
       </c>
       <c r="N11" s="47">
         <v>76</v>
       </c>
       <c r="O11" s="47">
         <v>73</v>
       </c>
       <c r="P11" s="47">
         <v>72</v>
       </c>
       <c r="Q11" s="47">
         <v>77</v>
       </c>
       <c r="R11" s="47">
         <v>74</v>
       </c>
       <c r="S11" s="47">
         <v>71</v>
       </c>
+      <c r="T11" s="47">
+        <v>72</v>
+      </c>
     </row>
     <row r="12" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A12" s="46" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="47">
         <v>1854</v>
       </c>
       <c r="C12" s="47">
         <v>1943</v>
       </c>
       <c r="D12" s="47">
         <v>2086</v>
       </c>
       <c r="E12" s="47">
         <v>2241</v>
       </c>
       <c r="F12" s="47">
         <v>2311</v>
       </c>
       <c r="G12" s="47">
         <v>2375</v>
       </c>
       <c r="H12" s="47">
         <v>2421</v>
@@ -2534,50 +2895,53 @@
       </c>
       <c r="L12" s="47">
         <v>2611</v>
       </c>
       <c r="M12" s="47">
         <v>2621</v>
       </c>
       <c r="N12" s="47">
         <v>2692</v>
       </c>
       <c r="O12" s="47">
         <v>2788</v>
       </c>
       <c r="P12" s="47">
         <v>2840</v>
       </c>
       <c r="Q12" s="47">
         <v>2902</v>
       </c>
       <c r="R12" s="47">
         <v>2899</v>
       </c>
       <c r="S12" s="47">
         <v>2764</v>
       </c>
+      <c r="T12" s="47">
+        <v>2830</v>
+      </c>
     </row>
     <row r="13" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A13" s="46" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="47">
         <v>21</v>
       </c>
       <c r="C13" s="47">
         <v>24</v>
       </c>
       <c r="D13" s="47">
         <v>26</v>
       </c>
       <c r="E13" s="47">
         <v>26</v>
       </c>
       <c r="F13" s="47">
         <v>31</v>
       </c>
       <c r="G13" s="47">
         <v>30</v>
       </c>
       <c r="H13" s="47">
         <v>32</v>
@@ -2593,50 +2957,53 @@
       </c>
       <c r="L13" s="47">
         <v>40</v>
       </c>
       <c r="M13" s="47">
         <v>47</v>
       </c>
       <c r="N13" s="47">
         <v>59</v>
       </c>
       <c r="O13" s="47">
         <v>67</v>
       </c>
       <c r="P13" s="47">
         <v>71</v>
       </c>
       <c r="Q13" s="47">
         <v>71</v>
       </c>
       <c r="R13" s="47">
         <v>75</v>
       </c>
       <c r="S13" s="47">
         <v>81</v>
       </c>
+      <c r="T13" s="47">
+        <v>78</v>
+      </c>
     </row>
     <row r="14" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A14" s="46" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="47">
         <v>56</v>
       </c>
       <c r="C14" s="47">
         <v>64</v>
       </c>
       <c r="D14" s="47">
         <v>76</v>
       </c>
       <c r="E14" s="47">
         <v>93</v>
       </c>
       <c r="F14" s="47">
         <v>108</v>
       </c>
       <c r="G14" s="47">
         <v>112</v>
       </c>
       <c r="H14" s="47">
         <v>120</v>
@@ -2651,50 +3018,53 @@
         <v>129</v>
       </c>
       <c r="L14" s="47">
         <v>142</v>
       </c>
       <c r="M14" s="47">
         <v>143</v>
       </c>
       <c r="N14" s="47">
         <v>141</v>
       </c>
       <c r="O14" s="47">
         <v>149</v>
       </c>
       <c r="P14" s="47">
         <v>149</v>
       </c>
       <c r="Q14" s="47">
         <v>148</v>
       </c>
       <c r="R14" s="47">
         <v>155</v>
       </c>
       <c r="S14" s="47">
         <v>153</v>
+      </c>
+      <c r="T14" s="47">
+        <v>143</v>
       </c>
     </row>
     <row r="15" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A15" s="7"/>
     </row>
     <row r="16" spans="1:49" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="43" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="48">
         <v>5501</v>
       </c>
       <c r="C16" s="48">
         <v>6020</v>
       </c>
       <c r="D16" s="48">
         <v>6528</v>
       </c>
       <c r="E16" s="48">
         <v>7041</v>
       </c>
       <c r="F16" s="48">
         <v>7392</v>
       </c>
       <c r="G16" s="48">
@@ -2714,73 +3084,77 @@
       </c>
       <c r="L16" s="48">
         <v>7838</v>
       </c>
       <c r="M16" s="48">
         <v>7656</v>
       </c>
       <c r="N16" s="48">
         <v>7475</v>
       </c>
       <c r="O16" s="48">
         <v>7363</v>
       </c>
       <c r="P16" s="48">
         <v>7019</v>
       </c>
       <c r="Q16" s="48">
         <v>6777</v>
       </c>
       <c r="R16" s="48">
         <v>6426</v>
       </c>
       <c r="S16" s="48">
         <v>6069</v>
       </c>
+      <c r="T16" s="48">
+        <v>5910</v>
+      </c>
     </row>
-    <row r="17" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A17" s="8"/>
       <c r="B17" s="33"/>
       <c r="C17" s="33"/>
       <c r="D17" s="33"/>
       <c r="E17" s="33"/>
       <c r="F17" s="33"/>
       <c r="G17" s="33"/>
       <c r="H17" s="33"/>
       <c r="I17" s="33"/>
       <c r="J17" s="33"/>
       <c r="K17" s="33"/>
       <c r="L17" s="33"/>
       <c r="M17" s="33"/>
       <c r="N17" s="33"/>
       <c r="O17" s="33"/>
       <c r="P17" s="33"/>
       <c r="Q17" s="33"/>
       <c r="R17" s="33"/>
       <c r="S17" s="33"/>
+      <c r="T17" s="33"/>
     </row>
-    <row r="18" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="43" t="s">
         <v>72</v>
       </c>
       <c r="B18" s="48">
         <v>3186</v>
       </c>
       <c r="C18" s="48">
         <v>3266</v>
       </c>
       <c r="D18" s="48">
         <v>3442</v>
       </c>
       <c r="E18" s="48">
         <v>3609</v>
       </c>
       <c r="F18" s="48">
         <v>3704</v>
       </c>
       <c r="G18" s="48">
         <v>3746</v>
       </c>
       <c r="H18" s="48">
         <v>3847</v>
       </c>
       <c r="I18" s="48">
@@ -2794,73 +3168,77 @@
       </c>
       <c r="L18" s="48">
         <v>3956</v>
       </c>
       <c r="M18" s="48">
         <v>3893</v>
       </c>
       <c r="N18" s="48">
         <v>3846</v>
       </c>
       <c r="O18" s="48">
         <v>3902</v>
       </c>
       <c r="P18" s="48">
         <v>3918</v>
       </c>
       <c r="Q18" s="48">
         <v>3912</v>
       </c>
       <c r="R18" s="48">
         <v>3797</v>
       </c>
       <c r="S18" s="48">
         <v>3698</v>
       </c>
+      <c r="T18" s="48">
+        <v>3734</v>
+      </c>
     </row>
-    <row r="19" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A19" s="8"/>
       <c r="B19" s="33"/>
       <c r="C19" s="33"/>
       <c r="D19" s="33"/>
       <c r="E19" s="33"/>
       <c r="F19" s="33"/>
       <c r="G19" s="33"/>
       <c r="H19" s="33"/>
       <c r="I19" s="33"/>
       <c r="J19" s="33"/>
       <c r="K19" s="33"/>
       <c r="L19" s="33"/>
       <c r="M19" s="33"/>
       <c r="N19" s="33"/>
       <c r="O19" s="33"/>
       <c r="P19" s="33"/>
       <c r="Q19" s="33"/>
       <c r="R19" s="33"/>
       <c r="S19" s="33"/>
+      <c r="T19" s="33"/>
     </row>
-    <row r="20" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="43" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="48">
         <v>24150</v>
       </c>
       <c r="C20" s="48">
         <v>25838</v>
       </c>
       <c r="D20" s="48">
         <v>27499</v>
       </c>
       <c r="E20" s="48">
         <v>29083</v>
       </c>
       <c r="F20" s="48">
         <v>30727</v>
       </c>
       <c r="G20" s="48">
         <v>32099</v>
       </c>
       <c r="H20" s="48">
         <v>33355</v>
       </c>
       <c r="I20" s="48">
@@ -2874,52 +3252,56 @@
       </c>
       <c r="L20" s="48">
         <v>38314</v>
       </c>
       <c r="M20" s="48">
         <v>39032</v>
       </c>
       <c r="N20" s="48">
         <v>39766</v>
       </c>
       <c r="O20" s="48">
         <v>40650</v>
       </c>
       <c r="P20" s="48">
         <v>41353</v>
       </c>
       <c r="Q20" s="48">
         <v>42351</v>
       </c>
       <c r="R20" s="48">
         <v>42863</v>
       </c>
       <c r="S20" s="48">
         <v>41867</v>
       </c>
+      <c r="T20" s="48">
+        <f>SUM(T21:T33)</f>
+        <v>42366</v>
+      </c>
     </row>
-    <row r="21" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A21" s="46" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="47">
         <v>1482</v>
       </c>
       <c r="C21" s="47">
         <v>1587</v>
       </c>
       <c r="D21" s="47">
         <v>1652</v>
       </c>
       <c r="E21" s="47">
         <v>1669</v>
       </c>
       <c r="F21" s="47">
         <v>1695</v>
       </c>
       <c r="G21" s="47">
         <v>1738</v>
       </c>
       <c r="H21" s="47">
         <v>1777</v>
       </c>
       <c r="I21" s="47">
@@ -2933,52 +3315,55 @@
       </c>
       <c r="L21" s="47">
         <v>1800</v>
       </c>
       <c r="M21" s="47">
         <v>1814</v>
       </c>
       <c r="N21" s="47">
         <v>1816</v>
       </c>
       <c r="O21" s="47">
         <v>1821</v>
       </c>
       <c r="P21" s="47">
         <v>1812</v>
       </c>
       <c r="Q21" s="47">
         <v>1793</v>
       </c>
       <c r="R21" s="47">
         <v>1744</v>
       </c>
       <c r="S21" s="47">
         <v>1701</v>
       </c>
+      <c r="T21" s="47">
+        <v>1704</v>
+      </c>
     </row>
-    <row r="22" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A22" s="46" t="s">
         <v>15</v>
       </c>
       <c r="B22" s="47">
         <v>872</v>
       </c>
       <c r="C22" s="47">
         <v>916</v>
       </c>
       <c r="D22" s="47">
         <v>937</v>
       </c>
       <c r="E22" s="47">
         <v>989</v>
       </c>
       <c r="F22" s="47">
         <v>1036</v>
       </c>
       <c r="G22" s="47">
         <v>1092</v>
       </c>
       <c r="H22" s="47">
         <v>1116</v>
       </c>
       <c r="I22" s="47">
@@ -2992,52 +3377,55 @@
       </c>
       <c r="L22" s="47">
         <v>1173</v>
       </c>
       <c r="M22" s="47">
         <v>1170</v>
       </c>
       <c r="N22" s="47">
         <v>1187</v>
       </c>
       <c r="O22" s="47">
         <v>1215</v>
       </c>
       <c r="P22" s="47">
         <v>1238</v>
       </c>
       <c r="Q22" s="47">
         <v>1243</v>
       </c>
       <c r="R22" s="47">
         <v>1267</v>
       </c>
       <c r="S22" s="47">
         <v>1257</v>
       </c>
+      <c r="T22" s="47">
+        <v>1278</v>
+      </c>
     </row>
-    <row r="23" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A23" s="46" t="s">
         <v>16</v>
       </c>
       <c r="B23" s="47">
         <v>374</v>
       </c>
       <c r="C23" s="47">
         <v>391</v>
       </c>
       <c r="D23" s="47">
         <v>435</v>
       </c>
       <c r="E23" s="47">
         <v>435</v>
       </c>
       <c r="F23" s="47">
         <v>478</v>
       </c>
       <c r="G23" s="47">
         <v>474</v>
       </c>
       <c r="H23" s="47">
         <v>489</v>
       </c>
       <c r="I23" s="47">
@@ -3051,52 +3439,55 @@
       </c>
       <c r="L23" s="47">
         <v>583</v>
       </c>
       <c r="M23" s="47">
         <v>586</v>
       </c>
       <c r="N23" s="47">
         <v>608</v>
       </c>
       <c r="O23" s="47">
         <v>633</v>
       </c>
       <c r="P23" s="47">
         <v>638</v>
       </c>
       <c r="Q23" s="47">
         <v>638</v>
       </c>
       <c r="R23" s="47">
         <v>656</v>
       </c>
       <c r="S23" s="47">
         <v>632</v>
       </c>
+      <c r="T23" s="47">
+        <v>640</v>
+      </c>
     </row>
-    <row r="24" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A24" s="46" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="47">
         <v>610</v>
       </c>
       <c r="C24" s="47">
         <v>658</v>
       </c>
       <c r="D24" s="47">
         <v>706</v>
       </c>
       <c r="E24" s="47">
         <v>710</v>
       </c>
       <c r="F24" s="47">
         <v>746</v>
       </c>
       <c r="G24" s="47">
         <v>792</v>
       </c>
       <c r="H24" s="47">
         <v>823</v>
       </c>
       <c r="I24" s="47">
@@ -3110,52 +3501,55 @@
       </c>
       <c r="L24" s="47">
         <v>961</v>
       </c>
       <c r="M24" s="47">
         <v>995</v>
       </c>
       <c r="N24" s="47">
         <v>1002</v>
       </c>
       <c r="O24" s="47">
         <v>1036</v>
       </c>
       <c r="P24" s="47">
         <v>1067</v>
       </c>
       <c r="Q24" s="47">
         <v>1174</v>
       </c>
       <c r="R24" s="47">
         <v>1245</v>
       </c>
       <c r="S24" s="47">
         <v>1258</v>
       </c>
+      <c r="T24" s="47">
+        <v>1280</v>
+      </c>
     </row>
-    <row r="25" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A25" s="46" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="47">
         <v>5568</v>
       </c>
       <c r="C25" s="47">
         <v>5995</v>
       </c>
       <c r="D25" s="47">
         <v>6330</v>
       </c>
       <c r="E25" s="47">
         <v>6753</v>
       </c>
       <c r="F25" s="47">
         <v>7257</v>
       </c>
       <c r="G25" s="47">
         <v>7684</v>
       </c>
       <c r="H25" s="47">
         <v>8047</v>
       </c>
       <c r="I25" s="47">
@@ -3169,52 +3563,55 @@
       </c>
       <c r="L25" s="47">
         <v>9603</v>
       </c>
       <c r="M25" s="47">
         <v>9890</v>
       </c>
       <c r="N25" s="47">
         <v>10100</v>
       </c>
       <c r="O25" s="47">
         <v>10329</v>
       </c>
       <c r="P25" s="47">
         <v>10586</v>
       </c>
       <c r="Q25" s="47">
         <v>10990</v>
       </c>
       <c r="R25" s="47">
         <v>11273</v>
       </c>
       <c r="S25" s="47">
         <v>11322</v>
       </c>
+      <c r="T25" s="47">
+        <v>11379</v>
+      </c>
     </row>
-    <row r="26" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A26" s="46" t="s">
         <v>19</v>
       </c>
       <c r="B26" s="47">
         <v>1387</v>
       </c>
       <c r="C26" s="47">
         <v>1518</v>
       </c>
       <c r="D26" s="47">
         <v>1630</v>
       </c>
       <c r="E26" s="47">
         <v>1737</v>
       </c>
       <c r="F26" s="47">
         <v>1790</v>
       </c>
       <c r="G26" s="47">
         <v>1862</v>
       </c>
       <c r="H26" s="47">
         <v>1922</v>
       </c>
       <c r="I26" s="47">
@@ -3228,52 +3625,55 @@
       </c>
       <c r="L26" s="47">
         <v>2019</v>
       </c>
       <c r="M26" s="47">
         <v>1977</v>
       </c>
       <c r="N26" s="47">
         <v>1992</v>
       </c>
       <c r="O26" s="47">
         <v>2035</v>
       </c>
       <c r="P26" s="47">
         <v>2015</v>
       </c>
       <c r="Q26" s="47">
         <v>2052</v>
       </c>
       <c r="R26" s="47">
         <v>2036</v>
       </c>
       <c r="S26" s="47">
         <v>1893</v>
       </c>
+      <c r="T26" s="47">
+        <v>1874</v>
+      </c>
     </row>
-    <row r="27" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A27" s="46" t="s">
         <v>20</v>
       </c>
       <c r="B27" s="47">
         <v>1992</v>
       </c>
       <c r="C27" s="47">
         <v>2182</v>
       </c>
       <c r="D27" s="47">
         <v>2380</v>
       </c>
       <c r="E27" s="47">
         <v>2676</v>
       </c>
       <c r="F27" s="47">
         <v>2995</v>
       </c>
       <c r="G27" s="47">
         <v>3129</v>
       </c>
       <c r="H27" s="47">
         <v>3260</v>
       </c>
       <c r="I27" s="47">
@@ -3287,52 +3687,55 @@
       </c>
       <c r="L27" s="47">
         <v>3874</v>
       </c>
       <c r="M27" s="47">
         <v>3896</v>
       </c>
       <c r="N27" s="47">
         <v>3948</v>
       </c>
       <c r="O27" s="47">
         <v>4112</v>
       </c>
       <c r="P27" s="47">
         <v>4300</v>
       </c>
       <c r="Q27" s="47">
         <v>4422</v>
       </c>
       <c r="R27" s="47">
         <v>4402</v>
       </c>
       <c r="S27" s="47">
         <v>4156</v>
       </c>
+      <c r="T27" s="47">
+        <v>4216</v>
+      </c>
     </row>
-    <row r="28" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A28" s="46" t="s">
         <v>21</v>
       </c>
       <c r="B28" s="47">
         <v>105</v>
       </c>
       <c r="C28" s="47">
         <v>105</v>
       </c>
       <c r="D28" s="47">
         <v>107</v>
       </c>
       <c r="E28" s="47">
         <v>109</v>
       </c>
       <c r="F28" s="47">
         <v>109</v>
       </c>
       <c r="G28" s="47">
         <v>109</v>
       </c>
       <c r="H28" s="47">
         <v>109</v>
       </c>
       <c r="I28" s="47">
@@ -3346,52 +3749,55 @@
       </c>
       <c r="L28" s="47">
         <v>113</v>
       </c>
       <c r="M28" s="47">
         <v>115</v>
       </c>
       <c r="N28" s="47">
         <v>113</v>
       </c>
       <c r="O28" s="47">
         <v>113</v>
       </c>
       <c r="P28" s="47">
         <v>113</v>
       </c>
       <c r="Q28" s="47">
         <v>112</v>
       </c>
       <c r="R28" s="47">
         <v>110</v>
       </c>
       <c r="S28" s="47">
         <v>110</v>
       </c>
+      <c r="T28" s="47">
+        <v>111</v>
+      </c>
     </row>
-    <row r="29" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A29" s="46" t="s">
         <v>22</v>
       </c>
       <c r="B29" s="47">
         <v>826</v>
       </c>
       <c r="C29" s="47">
         <v>916</v>
       </c>
       <c r="D29" s="47">
         <v>968</v>
       </c>
       <c r="E29" s="47">
         <v>1006</v>
       </c>
       <c r="F29" s="47">
         <v>1063</v>
       </c>
       <c r="G29" s="47">
         <v>1103</v>
       </c>
       <c r="H29" s="47">
         <v>1160</v>
       </c>
       <c r="I29" s="47">
@@ -3405,52 +3811,55 @@
       </c>
       <c r="L29" s="47">
         <v>1336</v>
       </c>
       <c r="M29" s="47">
         <v>1354</v>
       </c>
       <c r="N29" s="47">
         <v>1363</v>
       </c>
       <c r="O29" s="47">
         <v>1382</v>
       </c>
       <c r="P29" s="47">
         <v>1379</v>
       </c>
       <c r="Q29" s="47">
         <v>1394</v>
       </c>
       <c r="R29" s="47">
         <v>1345</v>
       </c>
       <c r="S29" s="47">
         <v>1270</v>
       </c>
+      <c r="T29" s="47">
+        <v>1252</v>
+      </c>
     </row>
-    <row r="30" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A30" s="46" t="s">
         <v>23</v>
       </c>
       <c r="B30" s="47">
         <v>1595</v>
       </c>
       <c r="C30" s="47">
         <v>1689</v>
       </c>
       <c r="D30" s="47">
         <v>1829</v>
       </c>
       <c r="E30" s="47">
         <v>1945</v>
       </c>
       <c r="F30" s="47">
         <v>2000</v>
       </c>
       <c r="G30" s="47">
         <v>2045</v>
       </c>
       <c r="H30" s="47">
         <v>2105</v>
       </c>
       <c r="I30" s="47">
@@ -3464,52 +3873,55 @@
       </c>
       <c r="L30" s="47">
         <v>2443</v>
       </c>
       <c r="M30" s="47">
         <v>2519</v>
       </c>
       <c r="N30" s="47">
         <v>2576</v>
       </c>
       <c r="O30" s="47">
         <v>2562</v>
       </c>
       <c r="P30" s="47">
         <v>2610</v>
       </c>
       <c r="Q30" s="47">
         <v>2709</v>
       </c>
       <c r="R30" s="47">
         <v>2699</v>
       </c>
       <c r="S30" s="47">
         <v>2470</v>
       </c>
+      <c r="T30" s="47">
+        <v>2519</v>
+      </c>
     </row>
-    <row r="31" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A31" s="46" t="s">
         <v>24</v>
       </c>
       <c r="B31" s="47">
         <v>2407</v>
       </c>
       <c r="C31" s="47">
         <v>2533</v>
       </c>
       <c r="D31" s="47">
         <v>2740</v>
       </c>
       <c r="E31" s="47">
         <v>2864</v>
       </c>
       <c r="F31" s="47">
         <v>2950</v>
       </c>
       <c r="G31" s="47">
         <v>3048</v>
       </c>
       <c r="H31" s="47">
         <v>3119</v>
       </c>
       <c r="I31" s="47">
@@ -3523,52 +3935,55 @@
       </c>
       <c r="L31" s="47">
         <v>3519</v>
       </c>
       <c r="M31" s="47">
         <v>3621</v>
       </c>
       <c r="N31" s="47">
         <v>3701</v>
       </c>
       <c r="O31" s="47">
         <v>3735</v>
       </c>
       <c r="P31" s="47">
         <v>3735</v>
       </c>
       <c r="Q31" s="47">
         <v>3752</v>
       </c>
       <c r="R31" s="47">
         <v>3770</v>
       </c>
       <c r="S31" s="47">
         <v>3638</v>
       </c>
+      <c r="T31" s="47">
+        <v>3684</v>
+      </c>
     </row>
-    <row r="32" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A32" s="46" t="s">
         <v>25</v>
       </c>
       <c r="B32" s="47">
         <v>6919</v>
       </c>
       <c r="C32" s="47">
         <v>7335</v>
       </c>
       <c r="D32" s="47">
         <v>7772</v>
       </c>
       <c r="E32" s="47">
         <v>8176</v>
       </c>
       <c r="F32" s="47">
         <v>8592</v>
       </c>
       <c r="G32" s="47">
         <v>9007</v>
       </c>
       <c r="H32" s="47">
         <v>9412</v>
       </c>
       <c r="I32" s="47">
@@ -3582,52 +3997,55 @@
       </c>
       <c r="L32" s="47">
         <v>10873</v>
       </c>
       <c r="M32" s="47">
         <v>11078</v>
       </c>
       <c r="N32" s="47">
         <v>11343</v>
       </c>
       <c r="O32" s="47">
         <v>11660</v>
       </c>
       <c r="P32" s="47">
         <v>11844</v>
       </c>
       <c r="Q32" s="47">
         <v>12056</v>
       </c>
       <c r="R32" s="47">
         <v>12299</v>
       </c>
       <c r="S32" s="47">
         <v>12143</v>
       </c>
+      <c r="T32" s="47">
+        <v>12412</v>
+      </c>
     </row>
-    <row r="33" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A33" s="46" t="s">
         <v>26</v>
       </c>
       <c r="B33" s="47">
         <v>13</v>
       </c>
       <c r="C33" s="47">
         <v>13</v>
       </c>
       <c r="D33" s="47">
         <v>13</v>
       </c>
       <c r="E33" s="47">
         <v>14</v>
       </c>
       <c r="F33" s="47">
         <v>16</v>
       </c>
       <c r="G33" s="47">
         <v>16</v>
       </c>
       <c r="H33" s="47">
         <v>16</v>
       </c>
       <c r="I33" s="47">
@@ -3641,52 +4059,55 @@
       </c>
       <c r="L33" s="47">
         <v>17</v>
       </c>
       <c r="M33" s="47">
         <v>17</v>
       </c>
       <c r="N33" s="47">
         <v>17</v>
       </c>
       <c r="O33" s="47">
         <v>17</v>
       </c>
       <c r="P33" s="47">
         <v>16</v>
       </c>
       <c r="Q33" s="47">
         <v>16</v>
       </c>
       <c r="R33" s="47">
         <v>17</v>
       </c>
       <c r="S33" s="47">
         <v>17</v>
       </c>
+      <c r="T33" s="47">
+        <v>17</v>
+      </c>
     </row>
-    <row r="34" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="44" t="s">
         <v>5</v>
       </c>
       <c r="B34" s="45">
         <v>40275</v>
       </c>
       <c r="C34" s="45">
         <v>42835</v>
       </c>
       <c r="D34" s="45">
         <v>45556</v>
       </c>
       <c r="E34" s="45">
         <v>48114</v>
       </c>
       <c r="F34" s="45">
         <v>50380</v>
       </c>
       <c r="G34" s="45">
         <v>52023</v>
       </c>
       <c r="H34" s="45">
         <v>53529</v>
       </c>
       <c r="I34" s="45">
@@ -3698,92 +4119,98 @@
       <c r="K34" s="45">
         <v>58012</v>
       </c>
       <c r="L34" s="45">
         <v>59534</v>
       </c>
       <c r="M34" s="45">
         <v>60110</v>
       </c>
       <c r="N34" s="45">
         <v>60926</v>
       </c>
       <c r="O34" s="45">
         <v>62133</v>
       </c>
       <c r="P34" s="45">
         <v>62646</v>
       </c>
       <c r="Q34" s="45">
         <v>63471</v>
       </c>
       <c r="R34" s="45">
         <v>63450</v>
       </c>
       <c r="S34" s="45">
+        <f>SUM(S8+S10+S16+S18+S20)</f>
         <v>61813</v>
+      </c>
+      <c r="T34" s="45">
+        <f>SUM(T8+T10+T16+T18+T20)</f>
+        <v>62211</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="21">
-[...4 lines deleted...]
-    <mergeCell ref="L6:L7"/>
+  <mergeCells count="22">
+    <mergeCell ref="T6:T7"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A2:Q2"/>
     <mergeCell ref="S6:S7"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="E6:E7"/>
     <mergeCell ref="R6:R7"/>
     <mergeCell ref="Q6:Q7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="P6:P7"/>
     <mergeCell ref="M6:M7"/>
     <mergeCell ref="N6:N7"/>
     <mergeCell ref="O6:O7"/>
     <mergeCell ref="G6:G7"/>
+    <mergeCell ref="H6:H7"/>
+    <mergeCell ref="I6:I7"/>
+    <mergeCell ref="J6:J7"/>
+    <mergeCell ref="K6:K7"/>
+    <mergeCell ref="L6:L7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:DP41"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <pane xSplit="1" topLeftCell="CW1" activePane="topRight" state="frozen"/>
+    <sheetView topLeftCell="A7" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <pane xSplit="1" topLeftCell="CV1" activePane="topRight" state="frozen"/>
       <selection activeCell="P28" sqref="P28"/>
-      <selection pane="topRight" activeCell="DJ6" sqref="DJ6:DP6"/>
+      <selection pane="topRight" activeCell="A2" sqref="A2:Q2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="49" customWidth="1"/>
     <col min="2" max="8" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:120" s="40" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="38"/>
       <c r="B1" s="39"/>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="39"/>
       <c r="I1" s="39"/>
       <c r="J1" s="39"/>
       <c r="K1" s="39"/>
       <c r="L1" s="39"/>
       <c r="M1" s="39"/>
       <c r="N1" s="39"/>
       <c r="O1" s="39"/>
       <c r="P1" s="39"/>
@@ -3800,264 +4227,264 @@
       <c r="AA1" s="39"/>
       <c r="AB1" s="39"/>
       <c r="AC1" s="39"/>
       <c r="AD1" s="39"/>
       <c r="AE1" s="39"/>
       <c r="AF1" s="39"/>
       <c r="AG1" s="39"/>
       <c r="AH1" s="39"/>
       <c r="AI1" s="39"/>
       <c r="AJ1" s="39"/>
       <c r="AK1" s="39"/>
       <c r="AL1" s="39"/>
       <c r="AM1" s="39"/>
       <c r="AN1" s="39"/>
       <c r="AO1" s="39"/>
       <c r="AP1" s="39"/>
       <c r="AQ1" s="39"/>
       <c r="AR1" s="39"/>
       <c r="AS1" s="39"/>
       <c r="AT1" s="39"/>
       <c r="AU1" s="39"/>
       <c r="AV1" s="39"/>
       <c r="AW1" s="39"/>
     </row>
     <row r="2" spans="1:120" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A2" s="63" t="s">
-[...17 lines deleted...]
-      <c r="Q2" s="63"/>
+      <c r="A2" s="67" t="s">
+        <v>112</v>
+      </c>
+      <c r="B2" s="67"/>
+      <c r="C2" s="67"/>
+      <c r="D2" s="67"/>
+      <c r="E2" s="67"/>
+      <c r="F2" s="67"/>
+      <c r="G2" s="67"/>
+      <c r="H2" s="67"/>
+      <c r="I2" s="67"/>
+      <c r="J2" s="67"/>
+      <c r="K2" s="67"/>
+      <c r="L2" s="67"/>
+      <c r="M2" s="67"/>
+      <c r="N2" s="67"/>
+      <c r="O2" s="67"/>
+      <c r="P2" s="67"/>
+      <c r="Q2" s="67"/>
     </row>
     <row r="3" spans="1:120" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A3" s="11"/>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
       <c r="H3" s="11"/>
     </row>
     <row r="4" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A4" s="41" t="s">
         <v>80</v>
       </c>
       <c r="B4" s="12"/>
       <c r="C4" s="12"/>
       <c r="D4" s="12"/>
       <c r="E4" s="12"/>
       <c r="F4" s="12"/>
       <c r="G4" s="12"/>
       <c r="H4" s="12"/>
     </row>
     <row r="5" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A5" s="37" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B5" s="12"/>
       <c r="C5" s="12"/>
       <c r="D5" s="12"/>
       <c r="E5" s="12"/>
       <c r="F5" s="12"/>
       <c r="G5" s="12"/>
       <c r="H5" s="12"/>
     </row>
     <row r="6" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A6" s="64" t="s">
+      <c r="A6" s="65" t="s">
         <v>59</v>
       </c>
-      <c r="B6" s="64" t="s">
+      <c r="B6" s="65" t="s">
         <v>60</v>
       </c>
-      <c r="C6" s="64"/>
-[...5 lines deleted...]
-      <c r="I6" s="64" t="s">
+      <c r="C6" s="65"/>
+      <c r="D6" s="65"/>
+      <c r="E6" s="65"/>
+      <c r="F6" s="65"/>
+      <c r="G6" s="65"/>
+      <c r="H6" s="65"/>
+      <c r="I6" s="65" t="s">
         <v>61</v>
       </c>
-      <c r="J6" s="64"/>
-[...5 lines deleted...]
-      <c r="P6" s="64" t="s">
+      <c r="J6" s="65"/>
+      <c r="K6" s="65"/>
+      <c r="L6" s="65"/>
+      <c r="M6" s="65"/>
+      <c r="N6" s="65"/>
+      <c r="O6" s="65"/>
+      <c r="P6" s="65" t="s">
         <v>62</v>
       </c>
-      <c r="Q6" s="64"/>
-[...5 lines deleted...]
-      <c r="W6" s="64" t="s">
+      <c r="Q6" s="65"/>
+      <c r="R6" s="65"/>
+      <c r="S6" s="65"/>
+      <c r="T6" s="65"/>
+      <c r="U6" s="65"/>
+      <c r="V6" s="65"/>
+      <c r="W6" s="65" t="s">
         <v>63</v>
       </c>
-      <c r="X6" s="64"/>
-[...5 lines deleted...]
-      <c r="AD6" s="64" t="s">
+      <c r="X6" s="65"/>
+      <c r="Y6" s="65"/>
+      <c r="Z6" s="65"/>
+      <c r="AA6" s="65"/>
+      <c r="AB6" s="65"/>
+      <c r="AC6" s="65"/>
+      <c r="AD6" s="65" t="s">
         <v>64</v>
       </c>
-      <c r="AE6" s="64"/>
-[...5 lines deleted...]
-      <c r="AK6" s="64" t="s">
+      <c r="AE6" s="65"/>
+      <c r="AF6" s="65"/>
+      <c r="AG6" s="65"/>
+      <c r="AH6" s="65"/>
+      <c r="AI6" s="65"/>
+      <c r="AJ6" s="65"/>
+      <c r="AK6" s="65" t="s">
         <v>65</v>
       </c>
-      <c r="AL6" s="64"/>
-[...5 lines deleted...]
-      <c r="AR6" s="64" t="s">
+      <c r="AL6" s="65"/>
+      <c r="AM6" s="65"/>
+      <c r="AN6" s="65"/>
+      <c r="AO6" s="65"/>
+      <c r="AP6" s="65"/>
+      <c r="AQ6" s="65"/>
+      <c r="AR6" s="65" t="s">
         <v>66</v>
       </c>
-      <c r="AS6" s="64"/>
-[...5 lines deleted...]
-      <c r="AY6" s="64" t="s">
+      <c r="AS6" s="65"/>
+      <c r="AT6" s="65"/>
+      <c r="AU6" s="65"/>
+      <c r="AV6" s="65"/>
+      <c r="AW6" s="65"/>
+      <c r="AX6" s="65"/>
+      <c r="AY6" s="65" t="s">
         <v>67</v>
       </c>
-      <c r="AZ6" s="64"/>
-[...5 lines deleted...]
-      <c r="BF6" s="64" t="s">
+      <c r="AZ6" s="65"/>
+      <c r="BA6" s="65"/>
+      <c r="BB6" s="65"/>
+      <c r="BC6" s="65"/>
+      <c r="BD6" s="65"/>
+      <c r="BE6" s="65"/>
+      <c r="BF6" s="65" t="s">
         <v>68</v>
       </c>
-      <c r="BG6" s="64"/>
-[...5 lines deleted...]
-      <c r="BM6" s="64" t="s">
+      <c r="BG6" s="65"/>
+      <c r="BH6" s="65"/>
+      <c r="BI6" s="65"/>
+      <c r="BJ6" s="65"/>
+      <c r="BK6" s="65"/>
+      <c r="BL6" s="65"/>
+      <c r="BM6" s="65" t="s">
         <v>73</v>
       </c>
-      <c r="BN6" s="64"/>
-[...5 lines deleted...]
-      <c r="BT6" s="64" t="s">
+      <c r="BN6" s="65"/>
+      <c r="BO6" s="65"/>
+      <c r="BP6" s="65"/>
+      <c r="BQ6" s="65"/>
+      <c r="BR6" s="65"/>
+      <c r="BS6" s="65"/>
+      <c r="BT6" s="65" t="s">
         <v>81</v>
       </c>
-      <c r="BU6" s="64"/>
-[...5 lines deleted...]
-      <c r="CA6" s="64" t="s">
+      <c r="BU6" s="65"/>
+      <c r="BV6" s="65"/>
+      <c r="BW6" s="65"/>
+      <c r="BX6" s="65"/>
+      <c r="BY6" s="65"/>
+      <c r="BZ6" s="65"/>
+      <c r="CA6" s="65" t="s">
         <v>86</v>
       </c>
-      <c r="CB6" s="64"/>
-[...5 lines deleted...]
-      <c r="CH6" s="64" t="s">
+      <c r="CB6" s="65"/>
+      <c r="CC6" s="65"/>
+      <c r="CD6" s="65"/>
+      <c r="CE6" s="65"/>
+      <c r="CF6" s="65"/>
+      <c r="CG6" s="65"/>
+      <c r="CH6" s="65" t="s">
         <v>87</v>
       </c>
-      <c r="CI6" s="64"/>
-[...5 lines deleted...]
-      <c r="CO6" s="64" t="s">
+      <c r="CI6" s="65"/>
+      <c r="CJ6" s="65"/>
+      <c r="CK6" s="65"/>
+      <c r="CL6" s="65"/>
+      <c r="CM6" s="65"/>
+      <c r="CN6" s="65"/>
+      <c r="CO6" s="65" t="s">
         <v>89</v>
       </c>
-      <c r="CP6" s="64"/>
-[...5 lines deleted...]
-      <c r="CV6" s="64" t="s">
+      <c r="CP6" s="65"/>
+      <c r="CQ6" s="65"/>
+      <c r="CR6" s="65"/>
+      <c r="CS6" s="65"/>
+      <c r="CT6" s="65"/>
+      <c r="CU6" s="65"/>
+      <c r="CV6" s="65" t="s">
         <v>92</v>
       </c>
-      <c r="CW6" s="64"/>
-[...5 lines deleted...]
-      <c r="DC6" s="64" t="s">
+      <c r="CW6" s="65"/>
+      <c r="CX6" s="65"/>
+      <c r="CY6" s="65"/>
+      <c r="CZ6" s="65"/>
+      <c r="DA6" s="65"/>
+      <c r="DB6" s="65"/>
+      <c r="DC6" s="65" t="s">
         <v>105</v>
       </c>
-      <c r="DD6" s="64"/>
-[...13 lines deleted...]
-      <c r="DP6" s="64"/>
+      <c r="DD6" s="65"/>
+      <c r="DE6" s="65"/>
+      <c r="DF6" s="65"/>
+      <c r="DG6" s="65"/>
+      <c r="DH6" s="65"/>
+      <c r="DI6" s="65"/>
+      <c r="DJ6" s="65" t="s">
+        <v>114</v>
+      </c>
+      <c r="DK6" s="65"/>
+      <c r="DL6" s="65"/>
+      <c r="DM6" s="65"/>
+      <c r="DN6" s="65"/>
+      <c r="DO6" s="65"/>
+      <c r="DP6" s="65"/>
     </row>
     <row r="7" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A7" s="64"/>
+      <c r="A7" s="65"/>
       <c r="B7" s="42" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="42" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="42" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="42" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="42" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="42" t="s">
         <v>71</v>
       </c>
       <c r="H7" s="42" t="s">
         <v>5</v>
       </c>
       <c r="I7" s="42" t="s">
         <v>0</v>
       </c>
       <c r="J7" s="42" t="s">
@@ -4586,195 +5013,230 @@
       </c>
       <c r="BL8" s="51">
         <v>375</v>
       </c>
       <c r="BM8" s="48">
         <v>349</v>
       </c>
       <c r="BN8" s="48">
         <v>25</v>
       </c>
       <c r="BO8" s="48">
         <v>9</v>
       </c>
       <c r="BP8" s="48">
         <v>3</v>
       </c>
       <c r="BQ8" s="48">
         <v>3</v>
       </c>
       <c r="BR8" s="48">
         <v>0</v>
       </c>
       <c r="BS8" s="51">
         <v>389</v>
       </c>
-      <c r="BT8" s="48">
+      <c r="BT8" s="62">
         <v>331</v>
       </c>
-      <c r="BU8" s="48">
+      <c r="BU8" s="62">
         <v>28</v>
       </c>
-      <c r="BV8" s="48">
+      <c r="BV8" s="62">
         <v>7</v>
       </c>
-      <c r="BW8" s="48">
+      <c r="BW8" s="62">
         <v>2</v>
       </c>
-      <c r="BX8" s="48">
+      <c r="BX8" s="62">
         <v>3</v>
       </c>
-      <c r="BY8" s="48">
-[...2 lines deleted...]
-      <c r="BZ8" s="51">
+      <c r="BY8" s="62">
+        <v>0</v>
+      </c>
+      <c r="BZ8" s="63">
         <v>371</v>
       </c>
-      <c r="CA8" s="48">
+      <c r="CA8" s="62">
         <v>326</v>
       </c>
-      <c r="CB8" s="48">
+      <c r="CB8" s="62">
         <v>31</v>
       </c>
-      <c r="CC8" s="48">
+      <c r="CC8" s="62">
         <v>10</v>
       </c>
-      <c r="CD8" s="48">
+      <c r="CD8" s="62">
         <v>3</v>
       </c>
-      <c r="CE8" s="48">
+      <c r="CE8" s="62">
         <v>2</v>
       </c>
-      <c r="CF8" s="48">
-[...2 lines deleted...]
-      <c r="CG8" s="51">
+      <c r="CF8" s="62">
+        <v>0</v>
+      </c>
+      <c r="CG8" s="63">
         <v>372</v>
       </c>
-      <c r="CH8" s="65">
+      <c r="CH8" s="62">
+        <f>CH9</f>
         <v>316</v>
       </c>
-      <c r="CI8" s="65">
+      <c r="CI8" s="62">
+        <f t="shared" ref="CI8:CN8" si="0">CI9</f>
         <v>31</v>
       </c>
-      <c r="CJ8" s="65">
+      <c r="CJ8" s="62">
+        <f t="shared" si="0"/>
         <v>6</v>
       </c>
-      <c r="CK8" s="65">
+      <c r="CK8" s="62">
+        <f t="shared" si="0"/>
         <v>5</v>
       </c>
-      <c r="CL8" s="65">
+      <c r="CL8" s="62">
+        <f t="shared" si="0"/>
         <v>2</v>
       </c>
-      <c r="CM8" s="65">
-[...2 lines deleted...]
-      <c r="CN8" s="66">
+      <c r="CM8" s="62">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="CN8" s="63">
+        <f t="shared" si="0"/>
         <v>360</v>
       </c>
-      <c r="CO8" s="65">
+      <c r="CO8" s="62">
+        <f>CO9</f>
         <v>311</v>
       </c>
-      <c r="CP8" s="65">
+      <c r="CP8" s="62">
+        <f t="shared" ref="CP8" si="1">CP9</f>
         <v>30</v>
       </c>
-      <c r="CQ8" s="65">
+      <c r="CQ8" s="62">
+        <f t="shared" ref="CQ8" si="2">CQ9</f>
         <v>7</v>
       </c>
-      <c r="CR8" s="65">
+      <c r="CR8" s="62">
+        <f t="shared" ref="CR8" si="3">CR9</f>
         <v>3</v>
       </c>
-      <c r="CS8" s="65">
+      <c r="CS8" s="62">
+        <f t="shared" ref="CS8" si="4">CS9</f>
         <v>3</v>
       </c>
-      <c r="CT8" s="65">
-[...2 lines deleted...]
-      <c r="CU8" s="66">
+      <c r="CT8" s="62">
+        <f t="shared" ref="CT8:CU8" si="5">CT9</f>
+        <v>0</v>
+      </c>
+      <c r="CU8" s="63">
+        <f t="shared" si="5"/>
         <v>354</v>
       </c>
-      <c r="CV8" s="65">
+      <c r="CV8" s="62">
+        <f>CV9</f>
         <v>295</v>
       </c>
-      <c r="CW8" s="65">
+      <c r="CW8" s="62">
+        <f t="shared" ref="CW8" si="6">CW9</f>
         <v>32</v>
       </c>
-      <c r="CX8" s="65">
+      <c r="CX8" s="62">
+        <f t="shared" ref="CX8" si="7">CX9</f>
         <v>7</v>
       </c>
-      <c r="CY8" s="65">
+      <c r="CY8" s="62">
+        <f t="shared" ref="CY8" si="8">CY9</f>
         <v>2</v>
       </c>
-      <c r="CZ8" s="65">
+      <c r="CZ8" s="62">
+        <f t="shared" ref="CZ8" si="9">CZ9</f>
         <v>3</v>
       </c>
-      <c r="DA8" s="65">
-[...2 lines deleted...]
-      <c r="DB8" s="66">
+      <c r="DA8" s="62">
+        <f t="shared" ref="DA8" si="10">DA9</f>
+        <v>0</v>
+      </c>
+      <c r="DB8" s="63">
+        <f t="shared" ref="DB8" si="11">DB9</f>
         <v>339</v>
       </c>
-      <c r="DC8" s="65">
+      <c r="DC8" s="62">
+        <f>DC9</f>
         <v>279</v>
       </c>
-      <c r="DD8" s="65">
+      <c r="DD8" s="62">
+        <f t="shared" ref="DD8" si="12">DD9</f>
         <v>32</v>
       </c>
-      <c r="DE8" s="65">
+      <c r="DE8" s="62">
+        <f t="shared" ref="DE8" si="13">DE9</f>
         <v>10</v>
       </c>
-      <c r="DF8" s="65">
+      <c r="DF8" s="62">
+        <f t="shared" ref="DF8" si="14">DF9</f>
         <v>2</v>
       </c>
-      <c r="DG8" s="65">
+      <c r="DG8" s="62">
+        <f t="shared" ref="DG8" si="15">DG9</f>
         <v>3</v>
       </c>
-      <c r="DH8" s="65">
-[...2 lines deleted...]
-      <c r="DI8" s="66">
+      <c r="DH8" s="62">
+        <f t="shared" ref="DH8" si="16">DH9</f>
+        <v>0</v>
+      </c>
+      <c r="DI8" s="63">
+        <f t="shared" ref="DI8" si="17">DI9</f>
         <v>326</v>
       </c>
-      <c r="DJ8" s="65">
+      <c r="DJ8" s="62">
+        <f>DJ9</f>
         <v>254</v>
       </c>
-      <c r="DK8" s="65">
+      <c r="DK8" s="62">
+        <f t="shared" ref="DK8" si="18">DK9</f>
         <v>29</v>
       </c>
-      <c r="DL8" s="65">
+      <c r="DL8" s="62">
+        <f t="shared" ref="DL8" si="19">DL9</f>
         <v>6</v>
       </c>
-      <c r="DM8" s="65">
+      <c r="DM8" s="62">
+        <f t="shared" ref="DM8" si="20">DM9</f>
         <v>3</v>
       </c>
-      <c r="DN8" s="65">
+      <c r="DN8" s="62">
+        <f t="shared" ref="DN8" si="21">DN9</f>
         <v>2</v>
       </c>
-      <c r="DO8" s="65">
-[...2 lines deleted...]
-      <c r="DP8" s="66">
+      <c r="DO8" s="62">
+        <f t="shared" ref="DO8" si="22">DO9</f>
+        <v>0</v>
+      </c>
+      <c r="DP8" s="63">
+        <f t="shared" ref="DP8" si="23">DP9</f>
         <v>294</v>
       </c>
     </row>
     <row r="9" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A9" s="46" t="s">
         <v>83</v>
       </c>
       <c r="B9" s="47">
         <v>330</v>
       </c>
       <c r="C9" s="47">
         <v>21</v>
       </c>
       <c r="D9" s="47">
         <v>9</v>
       </c>
       <c r="E9" s="47">
         <v>5</v>
       </c>
       <c r="F9" s="47">
         <v>3</v>
       </c>
       <c r="G9" s="47">
         <v>0</v>
       </c>
@@ -5009,134 +5471,139 @@
       <c r="CF9" s="47">
         <v>0</v>
       </c>
       <c r="CG9" s="52">
         <v>372</v>
       </c>
       <c r="CH9" s="47">
         <v>316</v>
       </c>
       <c r="CI9" s="47">
         <v>31</v>
       </c>
       <c r="CJ9" s="47">
         <v>6</v>
       </c>
       <c r="CK9" s="47">
         <v>5</v>
       </c>
       <c r="CL9" s="47">
         <v>2</v>
       </c>
       <c r="CM9" s="47">
         <v>0</v>
       </c>
       <c r="CN9" s="52">
+        <f>SUM(CH9:CM9)</f>
         <v>360</v>
       </c>
       <c r="CO9" s="47">
         <v>311</v>
       </c>
       <c r="CP9" s="47">
         <v>30</v>
       </c>
       <c r="CQ9" s="47">
         <v>7</v>
       </c>
       <c r="CR9" s="47">
         <v>3</v>
       </c>
       <c r="CS9" s="47">
         <v>3</v>
       </c>
       <c r="CT9" s="47">
         <v>0</v>
       </c>
       <c r="CU9" s="52">
+        <f>SUM(CO9:CT9)</f>
         <v>354</v>
       </c>
       <c r="CV9" s="47">
         <v>295</v>
       </c>
       <c r="CW9" s="47">
         <v>32</v>
       </c>
       <c r="CX9" s="47">
         <v>7</v>
       </c>
       <c r="CY9" s="47">
         <v>2</v>
       </c>
       <c r="CZ9" s="47">
         <v>3</v>
       </c>
       <c r="DA9" s="47">
         <v>0</v>
       </c>
       <c r="DB9" s="52">
+        <f>SUM(CV9:DA9)</f>
         <v>339</v>
       </c>
       <c r="DC9" s="47">
         <v>279</v>
       </c>
       <c r="DD9" s="47">
         <v>32</v>
       </c>
       <c r="DE9" s="47">
         <v>10</v>
       </c>
       <c r="DF9" s="47">
         <v>2</v>
       </c>
       <c r="DG9" s="47">
         <v>3</v>
       </c>
       <c r="DH9" s="47">
         <v>0</v>
       </c>
       <c r="DI9" s="52">
+        <f>SUM(DC9:DH9)</f>
         <v>326</v>
       </c>
       <c r="DJ9" s="47">
         <v>254</v>
       </c>
       <c r="DK9" s="47">
         <v>29</v>
       </c>
       <c r="DL9" s="47">
         <v>6</v>
       </c>
       <c r="DM9" s="47">
         <v>3</v>
       </c>
       <c r="DN9" s="47">
         <v>2</v>
       </c>
       <c r="DO9" s="47">
         <v>0</v>
       </c>
       <c r="DP9" s="52">
+        <f>SUM(DJ9:DO9)</f>
         <v>294</v>
       </c>
     </row>
     <row r="10" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A10" s="7"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="3"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="3"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="3"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
@@ -5158,91 +5625,93 @@
       <c r="AQ10" s="3"/>
       <c r="AS10" s="2"/>
       <c r="AT10" s="2"/>
       <c r="AU10" s="2"/>
       <c r="AV10" s="2"/>
       <c r="AW10" s="2"/>
       <c r="AX10" s="3"/>
       <c r="AZ10" s="2"/>
       <c r="BA10" s="2"/>
       <c r="BB10" s="2"/>
       <c r="BC10" s="2"/>
       <c r="BD10" s="2"/>
       <c r="BE10" s="3"/>
       <c r="BG10" s="2"/>
       <c r="BH10" s="2"/>
       <c r="BI10" s="2"/>
       <c r="BJ10" s="2"/>
       <c r="BK10" s="2"/>
       <c r="BL10" s="3"/>
       <c r="BN10" s="2"/>
       <c r="BO10" s="2"/>
       <c r="BP10" s="2"/>
       <c r="BQ10" s="2"/>
       <c r="BR10" s="2"/>
       <c r="BS10" s="3"/>
+      <c r="BT10" s="64"/>
       <c r="BU10" s="2"/>
       <c r="BV10" s="2"/>
       <c r="BW10" s="2"/>
       <c r="BX10" s="2"/>
       <c r="BY10" s="2"/>
       <c r="BZ10" s="3"/>
+      <c r="CA10" s="64"/>
       <c r="CB10" s="2"/>
       <c r="CC10" s="2"/>
       <c r="CD10" s="2"/>
       <c r="CE10" s="2"/>
       <c r="CF10" s="2"/>
       <c r="CG10" s="3"/>
-      <c r="CH10" s="67"/>
+      <c r="CH10" s="64"/>
       <c r="CI10" s="2"/>
       <c r="CJ10" s="2"/>
       <c r="CK10" s="2"/>
       <c r="CL10" s="2"/>
       <c r="CM10" s="2"/>
       <c r="CN10" s="3"/>
-      <c r="CO10" s="67"/>
+      <c r="CO10" s="64"/>
       <c r="CP10" s="2"/>
       <c r="CQ10" s="2"/>
       <c r="CR10" s="2"/>
       <c r="CS10" s="2"/>
       <c r="CT10" s="2"/>
       <c r="CU10" s="3"/>
-      <c r="CV10" s="67"/>
+      <c r="CV10" s="64"/>
       <c r="CW10" s="2"/>
       <c r="CX10" s="2"/>
       <c r="CY10" s="2"/>
       <c r="CZ10" s="2"/>
       <c r="DA10" s="2"/>
       <c r="DB10" s="3"/>
-      <c r="DC10" s="67"/>
+      <c r="DC10" s="64"/>
       <c r="DD10" s="2"/>
       <c r="DE10" s="2"/>
       <c r="DF10" s="2"/>
       <c r="DG10" s="2"/>
       <c r="DH10" s="2"/>
       <c r="DI10" s="3"/>
-      <c r="DJ10" s="67"/>
+      <c r="DJ10" s="64"/>
       <c r="DK10" s="2"/>
       <c r="DL10" s="2"/>
       <c r="DM10" s="2"/>
       <c r="DN10" s="2"/>
       <c r="DO10" s="2"/>
       <c r="DP10" s="3"/>
     </row>
     <row r="11" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="43" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="48">
         <v>395</v>
       </c>
       <c r="C11" s="48">
         <v>75</v>
       </c>
       <c r="D11" s="48">
         <v>24</v>
       </c>
       <c r="E11" s="48">
         <v>31</v>
       </c>
       <c r="F11" s="48">
         <v>10</v>
@@ -5420,195 +5889,230 @@
       </c>
       <c r="BL11" s="51">
         <v>695</v>
       </c>
       <c r="BM11" s="48">
         <v>500</v>
       </c>
       <c r="BN11" s="48">
         <v>100</v>
       </c>
       <c r="BO11" s="48">
         <v>39</v>
       </c>
       <c r="BP11" s="48">
         <v>33</v>
       </c>
       <c r="BQ11" s="48">
         <v>18</v>
       </c>
       <c r="BR11" s="48">
         <v>14</v>
       </c>
       <c r="BS11" s="51">
         <v>704</v>
       </c>
-      <c r="BT11" s="48">
+      <c r="BT11" s="62">
         <v>489</v>
       </c>
-      <c r="BU11" s="48">
+      <c r="BU11" s="62">
         <v>101</v>
       </c>
-      <c r="BV11" s="48">
+      <c r="BV11" s="62">
         <v>40</v>
       </c>
-      <c r="BW11" s="48">
+      <c r="BW11" s="62">
         <v>34</v>
       </c>
-      <c r="BX11" s="48">
+      <c r="BX11" s="62">
         <v>18</v>
       </c>
-      <c r="BY11" s="48">
+      <c r="BY11" s="62">
         <v>15</v>
       </c>
-      <c r="BZ11" s="51">
+      <c r="BZ11" s="63">
         <v>697</v>
       </c>
-      <c r="CA11" s="48">
+      <c r="CA11" s="62">
         <v>487</v>
       </c>
-      <c r="CB11" s="48">
+      <c r="CB11" s="62">
         <v>105</v>
       </c>
-      <c r="CC11" s="48">
+      <c r="CC11" s="62">
         <v>39</v>
       </c>
-      <c r="CD11" s="48">
+      <c r="CD11" s="62">
         <v>37</v>
       </c>
-      <c r="CE11" s="48">
+      <c r="CE11" s="62">
         <v>18</v>
       </c>
-      <c r="CF11" s="48">
+      <c r="CF11" s="62">
         <v>15</v>
       </c>
-      <c r="CG11" s="51">
+      <c r="CG11" s="63">
         <v>701</v>
       </c>
-      <c r="CH11" s="65">
+      <c r="CH11" s="62">
+        <f>SUM(CH12:CH15)</f>
         <v>513</v>
       </c>
-      <c r="CI11" s="65">
+      <c r="CI11" s="62">
+        <f t="shared" ref="CI11:CN11" si="24">SUM(CI12:CI15)</f>
         <v>99</v>
       </c>
-      <c r="CJ11" s="65">
+      <c r="CJ11" s="62">
+        <f t="shared" si="24"/>
         <v>46</v>
       </c>
-      <c r="CK11" s="65">
+      <c r="CK11" s="62">
+        <f t="shared" si="24"/>
         <v>32</v>
       </c>
-      <c r="CL11" s="65">
+      <c r="CL11" s="62">
+        <f t="shared" si="24"/>
         <v>23</v>
       </c>
-      <c r="CM11" s="65">
+      <c r="CM11" s="62">
+        <f t="shared" si="24"/>
         <v>15</v>
       </c>
-      <c r="CN11" s="66">
+      <c r="CN11" s="63">
+        <f t="shared" si="24"/>
         <v>728</v>
       </c>
-      <c r="CO11" s="65">
+      <c r="CO11" s="62">
+        <f t="shared" ref="CO11" si="25">SUM(CO12:CO15)</f>
         <v>513</v>
       </c>
-      <c r="CP11" s="65">
+      <c r="CP11" s="62">
+        <f t="shared" ref="CP11" si="26">SUM(CP12:CP15)</f>
         <v>109</v>
       </c>
-      <c r="CQ11" s="65">
+      <c r="CQ11" s="62">
+        <f t="shared" ref="CQ11" si="27">SUM(CQ12:CQ15)</f>
         <v>37</v>
       </c>
-      <c r="CR11" s="65">
+      <c r="CR11" s="62">
+        <f t="shared" ref="CR11" si="28">SUM(CR12:CR15)</f>
         <v>36</v>
       </c>
-      <c r="CS11" s="65">
+      <c r="CS11" s="62">
+        <f t="shared" ref="CS11" si="29">SUM(CS12:CS15)</f>
         <v>20</v>
       </c>
-      <c r="CT11" s="65">
+      <c r="CT11" s="62">
+        <f t="shared" ref="CT11" si="30">SUM(CT12:CT15)</f>
         <v>15</v>
       </c>
-      <c r="CU11" s="66">
+      <c r="CU11" s="63">
+        <f t="shared" ref="CU11" si="31">SUM(CU12:CU15)</f>
         <v>730</v>
       </c>
-      <c r="CV11" s="65">
+      <c r="CV11" s="62">
+        <f t="shared" ref="CV11" si="32">SUM(CV12:CV15)</f>
         <v>536</v>
       </c>
-      <c r="CW11" s="65">
+      <c r="CW11" s="62">
+        <f t="shared" ref="CW11" si="33">SUM(CW12:CW15)</f>
         <v>99</v>
       </c>
-      <c r="CX11" s="65">
+      <c r="CX11" s="62">
+        <f t="shared" ref="CX11" si="34">SUM(CX12:CX15)</f>
         <v>48</v>
       </c>
-      <c r="CY11" s="65">
+      <c r="CY11" s="62">
+        <f t="shared" ref="CY11" si="35">SUM(CY12:CY15)</f>
         <v>36</v>
       </c>
-      <c r="CZ11" s="65">
+      <c r="CZ11" s="62">
+        <f t="shared" ref="CZ11" si="36">SUM(CZ12:CZ15)</f>
         <v>25</v>
       </c>
-      <c r="DA11" s="65">
+      <c r="DA11" s="62">
+        <f t="shared" ref="DA11" si="37">SUM(DA12:DA15)</f>
         <v>15</v>
       </c>
-      <c r="DB11" s="66">
+      <c r="DB11" s="63">
+        <f t="shared" ref="DB11" si="38">SUM(DB12:DB15)</f>
         <v>759</v>
       </c>
-      <c r="DC11" s="65">
+      <c r="DC11" s="62">
+        <f t="shared" ref="DC11" si="39">SUM(DC12:DC15)</f>
         <v>530</v>
       </c>
-      <c r="DD11" s="65">
+      <c r="DD11" s="62">
+        <f t="shared" ref="DD11" si="40">SUM(DD12:DD15)</f>
         <v>109</v>
       </c>
-      <c r="DE11" s="65">
+      <c r="DE11" s="62">
+        <f t="shared" ref="DE11" si="41">SUM(DE12:DE15)</f>
         <v>42</v>
       </c>
-      <c r="DF11" s="65">
+      <c r="DF11" s="62">
+        <f t="shared" ref="DF11" si="42">SUM(DF12:DF15)</f>
         <v>34</v>
       </c>
-      <c r="DG11" s="65">
+      <c r="DG11" s="62">
+        <f t="shared" ref="DG11" si="43">SUM(DG12:DG15)</f>
         <v>26</v>
       </c>
-      <c r="DH11" s="65">
+      <c r="DH11" s="62">
+        <f t="shared" ref="DH11" si="44">SUM(DH12:DH15)</f>
         <v>14</v>
       </c>
-      <c r="DI11" s="66">
+      <c r="DI11" s="63">
+        <f t="shared" ref="DI11" si="45">SUM(DI12:DI15)</f>
         <v>755</v>
       </c>
-      <c r="DJ11" s="65">
+      <c r="DJ11" s="62">
+        <f t="shared" ref="DJ11" si="46">SUM(DJ12:DJ15)</f>
         <v>479</v>
       </c>
-      <c r="DK11" s="65">
+      <c r="DK11" s="62">
+        <f t="shared" ref="DK11" si="47">SUM(DK12:DK15)</f>
         <v>97</v>
       </c>
-      <c r="DL11" s="65">
+      <c r="DL11" s="62">
+        <f t="shared" ref="DL11" si="48">SUM(DL12:DL15)</f>
         <v>36</v>
       </c>
-      <c r="DM11" s="65">
+      <c r="DM11" s="62">
+        <f t="shared" ref="DM11" si="49">SUM(DM12:DM15)</f>
         <v>25</v>
       </c>
-      <c r="DN11" s="65">
+      <c r="DN11" s="62">
+        <f t="shared" ref="DN11" si="50">SUM(DN12:DN15)</f>
         <v>19</v>
       </c>
-      <c r="DO11" s="65">
+      <c r="DO11" s="62">
+        <f t="shared" ref="DO11" si="51">SUM(DO12:DO15)</f>
         <v>12</v>
       </c>
-      <c r="DP11" s="66">
+      <c r="DP11" s="63">
+        <f t="shared" ref="DP11" si="52">SUM(DP12:DP15)</f>
         <v>668</v>
       </c>
     </row>
     <row r="12" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A12" s="46" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="47">
         <v>22</v>
       </c>
       <c r="C12" s="47">
         <v>8</v>
       </c>
       <c r="D12" s="47">
         <v>2</v>
       </c>
       <c r="E12" s="47">
         <v>7</v>
       </c>
       <c r="F12" s="47">
         <v>3</v>
       </c>
       <c r="G12" s="47">
         <v>2</v>
       </c>
@@ -5843,134 +6347,139 @@
       <c r="CF12" s="47">
         <v>2</v>
       </c>
       <c r="CG12" s="52">
         <v>44</v>
       </c>
       <c r="CH12" s="47">
         <v>20</v>
       </c>
       <c r="CI12" s="47">
         <v>7</v>
       </c>
       <c r="CJ12" s="47">
         <v>3</v>
       </c>
       <c r="CK12" s="47">
         <v>5</v>
       </c>
       <c r="CL12" s="47">
         <v>3</v>
       </c>
       <c r="CM12" s="47">
         <v>3</v>
       </c>
       <c r="CN12" s="52">
+        <f>SUM(CH12:CM12)</f>
         <v>41</v>
       </c>
       <c r="CO12" s="47">
         <v>22</v>
       </c>
       <c r="CP12" s="47">
         <v>4</v>
       </c>
       <c r="CQ12" s="47">
         <v>4</v>
       </c>
       <c r="CR12" s="47">
         <v>4</v>
       </c>
       <c r="CS12" s="47">
         <v>4</v>
       </c>
       <c r="CT12" s="47">
         <v>3</v>
       </c>
       <c r="CU12" s="52">
+        <f>SUM(CO12:CT12)</f>
         <v>41</v>
       </c>
       <c r="CV12" s="47">
         <v>22</v>
       </c>
       <c r="CW12" s="47">
         <v>3</v>
       </c>
       <c r="CX12" s="47">
         <v>6</v>
       </c>
       <c r="CY12" s="47">
         <v>2</v>
       </c>
       <c r="CZ12" s="47">
         <v>6</v>
       </c>
       <c r="DA12" s="47">
         <v>3</v>
       </c>
       <c r="DB12" s="52">
+        <f>SUM(CV12:DA12)</f>
         <v>42</v>
       </c>
       <c r="DC12" s="47">
         <v>22</v>
       </c>
       <c r="DD12" s="47">
         <v>5</v>
       </c>
       <c r="DE12" s="47">
         <v>4</v>
       </c>
       <c r="DF12" s="47">
         <v>3</v>
       </c>
       <c r="DG12" s="47">
         <v>5</v>
       </c>
       <c r="DH12" s="47">
         <v>2</v>
       </c>
       <c r="DI12" s="52">
+        <f>SUM(DC12:DH12)</f>
         <v>41</v>
       </c>
       <c r="DJ12" s="47">
         <v>18</v>
       </c>
       <c r="DK12" s="47">
         <v>5</v>
       </c>
       <c r="DL12" s="47">
         <v>3</v>
       </c>
       <c r="DM12" s="47">
         <v>3</v>
       </c>
       <c r="DN12" s="47">
         <v>4</v>
       </c>
       <c r="DO12" s="47">
         <v>1</v>
       </c>
       <c r="DP12" s="52">
+        <f>SUM(DJ12:DO12)</f>
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A13" s="46" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="47">
         <v>350</v>
       </c>
       <c r="C13" s="47">
         <v>64</v>
       </c>
       <c r="D13" s="47">
         <v>21</v>
       </c>
       <c r="E13" s="47">
         <v>22</v>
       </c>
       <c r="F13" s="47">
         <v>7</v>
       </c>
       <c r="G13" s="47">
         <v>4</v>
       </c>
@@ -6205,134 +6714,139 @@
       <c r="CF13" s="47">
         <v>10</v>
       </c>
       <c r="CG13" s="52">
         <v>597</v>
       </c>
       <c r="CH13" s="47">
         <v>448</v>
       </c>
       <c r="CI13" s="47">
         <v>82</v>
       </c>
       <c r="CJ13" s="47">
         <v>39</v>
       </c>
       <c r="CK13" s="47">
         <v>24</v>
       </c>
       <c r="CL13" s="47">
         <v>16</v>
       </c>
       <c r="CM13" s="47">
         <v>9</v>
       </c>
       <c r="CN13" s="52">
+        <f t="shared" ref="CN13:CN37" si="53">SUM(CH13:CM13)</f>
         <v>618</v>
       </c>
       <c r="CO13" s="47">
         <v>442</v>
       </c>
       <c r="CP13" s="47">
         <v>92</v>
       </c>
       <c r="CQ13" s="47">
         <v>31</v>
       </c>
       <c r="CR13" s="47">
         <v>28</v>
       </c>
       <c r="CS13" s="47">
         <v>14</v>
       </c>
       <c r="CT13" s="47">
         <v>9</v>
       </c>
       <c r="CU13" s="52">
+        <f t="shared" ref="CU13:CU37" si="54">SUM(CO13:CT13)</f>
         <v>616</v>
       </c>
       <c r="CV13" s="47">
         <v>458</v>
       </c>
       <c r="CW13" s="47">
         <v>86</v>
       </c>
       <c r="CX13" s="47">
         <v>39</v>
       </c>
       <c r="CY13" s="47">
         <v>28</v>
       </c>
       <c r="CZ13" s="47">
         <v>16</v>
       </c>
       <c r="DA13" s="47">
         <v>9</v>
       </c>
       <c r="DB13" s="52">
+        <f t="shared" ref="DB13:DB37" si="55">SUM(CV13:DA13)</f>
         <v>636</v>
       </c>
       <c r="DC13" s="47">
         <v>455</v>
       </c>
       <c r="DD13" s="47">
         <v>92</v>
       </c>
       <c r="DE13" s="47">
         <v>37</v>
       </c>
       <c r="DF13" s="47">
         <v>26</v>
       </c>
       <c r="DG13" s="47">
         <v>18</v>
       </c>
       <c r="DH13" s="47">
         <v>9</v>
       </c>
       <c r="DI13" s="52">
+        <f t="shared" ref="DI13:DI37" si="56">SUM(DC13:DH13)</f>
         <v>637</v>
       </c>
       <c r="DJ13" s="47">
         <v>414</v>
       </c>
       <c r="DK13" s="47">
         <v>82</v>
       </c>
       <c r="DL13" s="47">
         <v>30</v>
       </c>
       <c r="DM13" s="47">
         <v>18</v>
       </c>
       <c r="DN13" s="47">
         <v>12</v>
       </c>
       <c r="DO13" s="47">
         <v>8</v>
       </c>
       <c r="DP13" s="52">
+        <f t="shared" ref="DP13:DP37" si="57">SUM(DJ13:DO13)</f>
         <v>564</v>
       </c>
     </row>
     <row r="14" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A14" s="46" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="47">
         <v>3</v>
       </c>
       <c r="C14" s="47">
         <v>0</v>
       </c>
       <c r="D14" s="47">
         <v>0</v>
       </c>
       <c r="E14" s="47">
         <v>0</v>
       </c>
       <c r="F14" s="47">
         <v>0</v>
       </c>
       <c r="G14" s="47">
         <v>2</v>
       </c>
@@ -6567,134 +7081,139 @@
       <c r="CF14" s="47">
         <v>2</v>
       </c>
       <c r="CG14" s="52">
         <v>6</v>
       </c>
       <c r="CH14" s="47">
         <v>4</v>
       </c>
       <c r="CI14" s="47">
         <v>1</v>
       </c>
       <c r="CJ14" s="47">
         <v>1</v>
       </c>
       <c r="CK14" s="47">
         <v>0</v>
       </c>
       <c r="CL14" s="47">
         <v>0</v>
       </c>
       <c r="CM14" s="47">
         <v>2</v>
       </c>
       <c r="CN14" s="52">
+        <f t="shared" si="53"/>
         <v>8</v>
       </c>
       <c r="CO14" s="47">
         <v>5</v>
       </c>
       <c r="CP14" s="47">
         <v>0</v>
       </c>
       <c r="CQ14" s="47">
         <v>1</v>
       </c>
       <c r="CR14" s="47">
         <v>0</v>
       </c>
       <c r="CS14" s="47">
         <v>0</v>
       </c>
       <c r="CT14" s="47">
         <v>2</v>
       </c>
       <c r="CU14" s="52">
+        <f t="shared" si="54"/>
         <v>8</v>
       </c>
       <c r="CV14" s="47">
         <v>6</v>
       </c>
       <c r="CW14" s="47">
         <v>0</v>
       </c>
       <c r="CX14" s="47">
         <v>1</v>
       </c>
       <c r="CY14" s="47">
         <v>0</v>
       </c>
       <c r="CZ14" s="47">
         <v>1</v>
       </c>
       <c r="DA14" s="47">
         <v>2</v>
       </c>
       <c r="DB14" s="52">
+        <f t="shared" si="55"/>
         <v>10</v>
       </c>
       <c r="DC14" s="47">
         <v>7</v>
       </c>
       <c r="DD14" s="47">
         <v>0</v>
       </c>
       <c r="DE14" s="47">
         <v>1</v>
       </c>
       <c r="DF14" s="47">
         <v>0</v>
       </c>
       <c r="DG14" s="47">
         <v>1</v>
       </c>
       <c r="DH14" s="47">
         <v>2</v>
       </c>
       <c r="DI14" s="52">
+        <f t="shared" si="56"/>
         <v>11</v>
       </c>
       <c r="DJ14" s="47">
         <v>7</v>
       </c>
       <c r="DK14" s="47">
         <v>1</v>
       </c>
       <c r="DL14" s="47">
         <v>1</v>
       </c>
       <c r="DM14" s="47">
         <v>0</v>
       </c>
       <c r="DN14" s="47">
         <v>1</v>
       </c>
       <c r="DO14" s="47">
         <v>2</v>
       </c>
       <c r="DP14" s="52">
+        <f t="shared" si="57"/>
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A15" s="46" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="47">
         <v>20</v>
       </c>
       <c r="C15" s="47">
         <v>3</v>
       </c>
       <c r="D15" s="47">
         <v>1</v>
       </c>
       <c r="E15" s="47">
         <v>2</v>
       </c>
       <c r="F15" s="47">
         <v>0</v>
       </c>
       <c r="G15" s="47">
         <v>2</v>
       </c>
@@ -6929,134 +7448,139 @@
       <c r="CF15" s="47">
         <v>1</v>
       </c>
       <c r="CG15" s="52">
         <v>54</v>
       </c>
       <c r="CH15" s="47">
         <v>41</v>
       </c>
       <c r="CI15" s="47">
         <v>9</v>
       </c>
       <c r="CJ15" s="47">
         <v>3</v>
       </c>
       <c r="CK15" s="47">
         <v>3</v>
       </c>
       <c r="CL15" s="47">
         <v>4</v>
       </c>
       <c r="CM15" s="47">
         <v>1</v>
       </c>
       <c r="CN15" s="52">
+        <f t="shared" si="53"/>
         <v>61</v>
       </c>
       <c r="CO15" s="47">
         <v>44</v>
       </c>
       <c r="CP15" s="47">
         <v>13</v>
       </c>
       <c r="CQ15" s="47">
         <v>1</v>
       </c>
       <c r="CR15" s="47">
         <v>4</v>
       </c>
       <c r="CS15" s="47">
         <v>2</v>
       </c>
       <c r="CT15" s="47">
         <v>1</v>
       </c>
       <c r="CU15" s="52">
+        <f t="shared" si="54"/>
         <v>65</v>
       </c>
       <c r="CV15" s="47">
         <v>50</v>
       </c>
       <c r="CW15" s="47">
         <v>10</v>
       </c>
       <c r="CX15" s="47">
         <v>2</v>
       </c>
       <c r="CY15" s="47">
         <v>6</v>
       </c>
       <c r="CZ15" s="47">
         <v>2</v>
       </c>
       <c r="DA15" s="47">
         <v>1</v>
       </c>
       <c r="DB15" s="52">
+        <f t="shared" si="55"/>
         <v>71</v>
       </c>
       <c r="DC15" s="47">
         <v>46</v>
       </c>
       <c r="DD15" s="47">
         <v>12</v>
       </c>
       <c r="DE15" s="47">
         <v>0</v>
       </c>
       <c r="DF15" s="47">
         <v>5</v>
       </c>
       <c r="DG15" s="47">
         <v>2</v>
       </c>
       <c r="DH15" s="47">
         <v>1</v>
       </c>
       <c r="DI15" s="52">
+        <f t="shared" si="56"/>
         <v>66</v>
       </c>
       <c r="DJ15" s="47">
         <v>40</v>
       </c>
       <c r="DK15" s="47">
         <v>9</v>
       </c>
       <c r="DL15" s="47">
         <v>2</v>
       </c>
       <c r="DM15" s="47">
         <v>4</v>
       </c>
       <c r="DN15" s="47">
         <v>2</v>
       </c>
       <c r="DO15" s="47">
         <v>1</v>
       </c>
       <c r="DP15" s="52">
+        <f t="shared" si="57"/>
         <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A16" s="7"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="3"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="3"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
       <c r="V16" s="3"/>
       <c r="X16" s="2"/>
       <c r="Y16" s="2"/>
@@ -7078,99 +7602,103 @@
       <c r="AQ16" s="3"/>
       <c r="AS16" s="2"/>
       <c r="AT16" s="2"/>
       <c r="AU16" s="2"/>
       <c r="AV16" s="2"/>
       <c r="AW16" s="2"/>
       <c r="AX16" s="3"/>
       <c r="AZ16" s="2"/>
       <c r="BA16" s="2"/>
       <c r="BB16" s="2"/>
       <c r="BC16" s="2"/>
       <c r="BD16" s="2"/>
       <c r="BE16" s="3"/>
       <c r="BG16" s="2"/>
       <c r="BH16" s="2"/>
       <c r="BI16" s="2"/>
       <c r="BJ16" s="2"/>
       <c r="BK16" s="2"/>
       <c r="BL16" s="3"/>
       <c r="BN16" s="2"/>
       <c r="BO16" s="2"/>
       <c r="BP16" s="2"/>
       <c r="BQ16" s="2"/>
       <c r="BR16" s="2"/>
       <c r="BS16" s="3"/>
+      <c r="BT16" s="64"/>
       <c r="BU16" s="2"/>
       <c r="BV16" s="2"/>
       <c r="BW16" s="2"/>
       <c r="BX16" s="2"/>
       <c r="BY16" s="2"/>
       <c r="BZ16" s="3"/>
+      <c r="CA16" s="64"/>
       <c r="CB16" s="2"/>
       <c r="CC16" s="2"/>
       <c r="CD16" s="2"/>
       <c r="CE16" s="2"/>
       <c r="CF16" s="2"/>
       <c r="CG16" s="3"/>
-      <c r="CH16" s="67"/>
+      <c r="CH16" s="64"/>
       <c r="CI16" s="2"/>
       <c r="CJ16" s="2"/>
       <c r="CK16" s="2"/>
       <c r="CL16" s="2"/>
       <c r="CM16" s="2"/>
       <c r="CN16" s="3">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="CO16" s="67"/>
+        <f t="shared" si="53"/>
+        <v>0</v>
+      </c>
+      <c r="CO16" s="64"/>
       <c r="CP16" s="2"/>
       <c r="CQ16" s="2"/>
       <c r="CR16" s="2"/>
       <c r="CS16" s="2"/>
       <c r="CT16" s="2"/>
       <c r="CU16" s="3"/>
-      <c r="CV16" s="67"/>
+      <c r="CV16" s="64"/>
       <c r="CW16" s="2"/>
       <c r="CX16" s="2"/>
       <c r="CY16" s="2"/>
       <c r="CZ16" s="2"/>
       <c r="DA16" s="2"/>
       <c r="DB16" s="3"/>
-      <c r="DC16" s="67"/>
+      <c r="DC16" s="64"/>
       <c r="DD16" s="2"/>
       <c r="DE16" s="2"/>
       <c r="DF16" s="2"/>
       <c r="DG16" s="2"/>
       <c r="DH16" s="2"/>
       <c r="DI16" s="3"/>
-      <c r="DJ16" s="67"/>
+      <c r="DJ16" s="64"/>
       <c r="DK16" s="2"/>
       <c r="DL16" s="2"/>
       <c r="DM16" s="2"/>
       <c r="DN16" s="2"/>
       <c r="DO16" s="2"/>
       <c r="DP16" s="3">
+        <f t="shared" si="57"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="43" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="48">
         <v>864</v>
       </c>
       <c r="C17" s="48">
         <v>111</v>
       </c>
       <c r="D17" s="48">
         <v>35</v>
       </c>
       <c r="E17" s="48">
         <v>27</v>
       </c>
       <c r="F17" s="48">
         <v>8</v>
       </c>
       <c r="G17" s="48">
         <v>8</v>
       </c>
@@ -7344,195 +7872,230 @@
       </c>
       <c r="BL17" s="51">
         <v>997</v>
       </c>
       <c r="BM17" s="48">
         <v>777</v>
       </c>
       <c r="BN17" s="48">
         <v>106</v>
       </c>
       <c r="BO17" s="48">
         <v>21</v>
       </c>
       <c r="BP17" s="48">
         <v>22</v>
       </c>
       <c r="BQ17" s="48">
         <v>9</v>
       </c>
       <c r="BR17" s="48">
         <v>5</v>
       </c>
       <c r="BS17" s="51">
         <v>940</v>
       </c>
-      <c r="BT17" s="48">
+      <c r="BT17" s="62">
         <v>719</v>
       </c>
-      <c r="BU17" s="48">
+      <c r="BU17" s="62">
         <v>97</v>
       </c>
-      <c r="BV17" s="48">
+      <c r="BV17" s="62">
         <v>27</v>
       </c>
-      <c r="BW17" s="48">
+      <c r="BW17" s="62">
         <v>21</v>
       </c>
-      <c r="BX17" s="48">
+      <c r="BX17" s="62">
         <v>9</v>
       </c>
-      <c r="BY17" s="48">
+      <c r="BY17" s="62">
         <v>4</v>
       </c>
-      <c r="BZ17" s="51">
+      <c r="BZ17" s="63">
         <v>877</v>
       </c>
-      <c r="CA17" s="48">
+      <c r="CA17" s="62">
         <v>711</v>
       </c>
-      <c r="CB17" s="48">
+      <c r="CB17" s="62">
         <v>94</v>
       </c>
-      <c r="CC17" s="48">
+      <c r="CC17" s="62">
         <v>25</v>
       </c>
-      <c r="CD17" s="48">
+      <c r="CD17" s="62">
         <v>21</v>
       </c>
-      <c r="CE17" s="48">
+      <c r="CE17" s="62">
         <v>9</v>
       </c>
-      <c r="CF17" s="48">
+      <c r="CF17" s="62">
         <v>4</v>
       </c>
-      <c r="CG17" s="51">
+      <c r="CG17" s="63">
         <v>864</v>
       </c>
-      <c r="CH17" s="65">
+      <c r="CH17" s="62">
+        <f>CH18</f>
         <v>701</v>
       </c>
-      <c r="CI17" s="65">
+      <c r="CI17" s="62">
+        <f t="shared" ref="CI17:CM17" si="58">CI18</f>
         <v>86</v>
       </c>
-      <c r="CJ17" s="65">
+      <c r="CJ17" s="62">
+        <f t="shared" si="58"/>
         <v>31</v>
       </c>
-      <c r="CK17" s="65">
+      <c r="CK17" s="62">
+        <f t="shared" si="58"/>
         <v>17</v>
       </c>
-      <c r="CL17" s="65">
+      <c r="CL17" s="62">
+        <f t="shared" si="58"/>
         <v>6</v>
       </c>
-      <c r="CM17" s="65">
+      <c r="CM17" s="62">
+        <f t="shared" si="58"/>
         <v>4</v>
       </c>
-      <c r="CN17" s="66">
+      <c r="CN17" s="63">
+        <f t="shared" si="53"/>
         <v>845</v>
       </c>
-      <c r="CO17" s="65">
+      <c r="CO17" s="62">
+        <f>CO18</f>
         <v>687</v>
       </c>
-      <c r="CP17" s="65">
+      <c r="CP17" s="62">
+        <f t="shared" ref="CP17" si="59">CP18</f>
         <v>84</v>
       </c>
-      <c r="CQ17" s="65">
+      <c r="CQ17" s="62">
+        <f t="shared" ref="CQ17" si="60">CQ18</f>
         <v>37</v>
       </c>
-      <c r="CR17" s="65">
+      <c r="CR17" s="62">
+        <f t="shared" ref="CR17" si="61">CR18</f>
         <v>15</v>
       </c>
-      <c r="CS17" s="65">
+      <c r="CS17" s="62">
+        <f t="shared" ref="CS17" si="62">CS18</f>
         <v>6</v>
       </c>
-      <c r="CT17" s="65">
+      <c r="CT17" s="62">
+        <f t="shared" ref="CT17" si="63">CT18</f>
         <v>3</v>
       </c>
-      <c r="CU17" s="66">
+      <c r="CU17" s="63">
+        <f t="shared" si="54"/>
         <v>832</v>
       </c>
-      <c r="CV17" s="65">
+      <c r="CV17" s="62">
+        <f>CV18</f>
         <v>678</v>
       </c>
-      <c r="CW17" s="65">
+      <c r="CW17" s="62">
+        <f t="shared" ref="CW17" si="64">CW18</f>
         <v>92</v>
       </c>
-      <c r="CX17" s="65">
+      <c r="CX17" s="62">
+        <f t="shared" ref="CX17" si="65">CX18</f>
         <v>28</v>
       </c>
-      <c r="CY17" s="65">
+      <c r="CY17" s="62">
+        <f t="shared" ref="CY17" si="66">CY18</f>
         <v>22</v>
       </c>
-      <c r="CZ17" s="65">
+      <c r="CZ17" s="62">
+        <f t="shared" ref="CZ17" si="67">CZ18</f>
         <v>8</v>
       </c>
-      <c r="DA17" s="65">
+      <c r="DA17" s="62">
+        <f t="shared" ref="DA17" si="68">DA18</f>
         <v>3</v>
       </c>
-      <c r="DB17" s="66">
+      <c r="DB17" s="63">
+        <f t="shared" si="55"/>
         <v>831</v>
       </c>
-      <c r="DC17" s="65">
+      <c r="DC17" s="62">
+        <f>DC18</f>
         <v>668</v>
       </c>
-      <c r="DD17" s="65">
+      <c r="DD17" s="62">
+        <f t="shared" ref="DD17" si="69">DD18</f>
         <v>92</v>
       </c>
-      <c r="DE17" s="65">
+      <c r="DE17" s="62">
+        <f t="shared" ref="DE17" si="70">DE18</f>
         <v>26</v>
       </c>
-      <c r="DF17" s="65">
+      <c r="DF17" s="62">
+        <f t="shared" ref="DF17" si="71">DF18</f>
         <v>27</v>
       </c>
-      <c r="DG17" s="65">
+      <c r="DG17" s="62">
+        <f t="shared" ref="DG17" si="72">DG18</f>
         <v>6</v>
       </c>
-      <c r="DH17" s="65">
+      <c r="DH17" s="62">
+        <f t="shared" ref="DH17" si="73">DH18</f>
         <v>3</v>
       </c>
-      <c r="DI17" s="66">
+      <c r="DI17" s="63">
+        <f t="shared" si="56"/>
         <v>822</v>
       </c>
-      <c r="DJ17" s="65">
+      <c r="DJ17" s="62">
+        <f>DJ18</f>
         <v>561</v>
       </c>
-      <c r="DK17" s="65">
+      <c r="DK17" s="62">
+        <f t="shared" ref="DK17" si="74">DK18</f>
         <v>78</v>
       </c>
-      <c r="DL17" s="65">
+      <c r="DL17" s="62">
+        <f t="shared" ref="DL17" si="75">DL18</f>
         <v>26</v>
       </c>
-      <c r="DM17" s="65">
+      <c r="DM17" s="62">
+        <f t="shared" ref="DM17" si="76">DM18</f>
         <v>7</v>
       </c>
-      <c r="DN17" s="65">
+      <c r="DN17" s="62">
+        <f t="shared" ref="DN17" si="77">DN18</f>
         <v>6</v>
       </c>
-      <c r="DO17" s="65">
-[...2 lines deleted...]
-      <c r="DP17" s="66">
+      <c r="DO17" s="62">
+        <f t="shared" ref="DO17" si="78">DO18</f>
+        <v>1</v>
+      </c>
+      <c r="DP17" s="63">
+        <f t="shared" si="57"/>
         <v>679</v>
       </c>
     </row>
     <row r="18" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A18" s="46" t="s">
         <v>84</v>
       </c>
       <c r="B18" s="47">
         <v>864</v>
       </c>
       <c r="C18" s="47">
         <v>111</v>
       </c>
       <c r="D18" s="47">
         <v>35</v>
       </c>
       <c r="E18" s="47">
         <v>27</v>
       </c>
       <c r="F18" s="47">
         <v>8</v>
       </c>
       <c r="G18" s="47">
         <v>8</v>
       </c>
@@ -7767,134 +8330,139 @@
       <c r="CF18" s="47">
         <v>4</v>
       </c>
       <c r="CG18" s="52">
         <v>864</v>
       </c>
       <c r="CH18" s="47">
         <v>701</v>
       </c>
       <c r="CI18" s="47">
         <v>86</v>
       </c>
       <c r="CJ18" s="47">
         <v>31</v>
       </c>
       <c r="CK18" s="47">
         <v>17</v>
       </c>
       <c r="CL18" s="47">
         <v>6</v>
       </c>
       <c r="CM18" s="47">
         <v>4</v>
       </c>
       <c r="CN18" s="52">
+        <f t="shared" si="53"/>
         <v>845</v>
       </c>
       <c r="CO18" s="47">
         <v>687</v>
       </c>
       <c r="CP18" s="47">
         <v>84</v>
       </c>
       <c r="CQ18" s="47">
         <v>37</v>
       </c>
       <c r="CR18" s="47">
         <v>15</v>
       </c>
       <c r="CS18" s="47">
         <v>6</v>
       </c>
       <c r="CT18" s="47">
         <v>3</v>
       </c>
       <c r="CU18" s="52">
+        <f t="shared" si="54"/>
         <v>832</v>
       </c>
       <c r="CV18" s="47">
         <v>678</v>
       </c>
       <c r="CW18" s="47">
         <v>92</v>
       </c>
       <c r="CX18" s="47">
         <v>28</v>
       </c>
       <c r="CY18" s="47">
         <v>22</v>
       </c>
       <c r="CZ18" s="47">
         <v>8</v>
       </c>
       <c r="DA18" s="47">
         <v>3</v>
       </c>
       <c r="DB18" s="52">
+        <f t="shared" si="55"/>
         <v>831</v>
       </c>
       <c r="DC18" s="47">
         <v>668</v>
       </c>
       <c r="DD18" s="47">
         <v>92</v>
       </c>
       <c r="DE18" s="47">
         <v>26</v>
       </c>
       <c r="DF18" s="47">
         <v>27</v>
       </c>
       <c r="DG18" s="47">
         <v>6</v>
       </c>
       <c r="DH18" s="47">
         <v>3</v>
       </c>
       <c r="DI18" s="52">
+        <f t="shared" si="56"/>
         <v>822</v>
       </c>
       <c r="DJ18" s="47">
         <v>561</v>
       </c>
       <c r="DK18" s="47">
         <v>78</v>
       </c>
       <c r="DL18" s="47">
         <v>26</v>
       </c>
       <c r="DM18" s="47">
         <v>7</v>
       </c>
       <c r="DN18" s="47">
         <v>6</v>
       </c>
       <c r="DO18" s="47">
         <v>1</v>
       </c>
       <c r="DP18" s="52">
+        <f t="shared" si="57"/>
         <v>679</v>
       </c>
     </row>
     <row r="19" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A19" s="8"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
       <c r="H19" s="5"/>
       <c r="J19" s="4"/>
       <c r="K19" s="4"/>
       <c r="L19" s="4"/>
       <c r="M19" s="4"/>
       <c r="N19" s="4"/>
       <c r="O19" s="5"/>
       <c r="Q19" s="4"/>
       <c r="R19" s="4"/>
       <c r="S19" s="4"/>
       <c r="T19" s="4"/>
       <c r="U19" s="4"/>
       <c r="V19" s="5"/>
       <c r="X19" s="4"/>
       <c r="Y19" s="4"/>
@@ -7916,91 +8484,93 @@
       <c r="AQ19" s="5"/>
       <c r="AS19" s="4"/>
       <c r="AT19" s="4"/>
       <c r="AU19" s="4"/>
       <c r="AV19" s="4"/>
       <c r="AW19" s="4"/>
       <c r="AX19" s="5"/>
       <c r="AZ19" s="4"/>
       <c r="BA19" s="4"/>
       <c r="BB19" s="4"/>
       <c r="BC19" s="4"/>
       <c r="BD19" s="4"/>
       <c r="BE19" s="5"/>
       <c r="BG19" s="4"/>
       <c r="BH19" s="4"/>
       <c r="BI19" s="4"/>
       <c r="BJ19" s="4"/>
       <c r="BK19" s="4"/>
       <c r="BL19" s="5"/>
       <c r="BN19" s="4"/>
       <c r="BO19" s="4"/>
       <c r="BP19" s="4"/>
       <c r="BQ19" s="4"/>
       <c r="BR19" s="4"/>
       <c r="BS19" s="5"/>
+      <c r="BT19" s="64"/>
       <c r="BU19" s="4"/>
       <c r="BV19" s="4"/>
       <c r="BW19" s="4"/>
       <c r="BX19" s="4"/>
       <c r="BY19" s="4"/>
       <c r="BZ19" s="5"/>
+      <c r="CA19" s="64"/>
       <c r="CB19" s="4"/>
       <c r="CC19" s="4"/>
       <c r="CD19" s="4"/>
       <c r="CE19" s="4"/>
       <c r="CF19" s="4"/>
       <c r="CG19" s="5"/>
-      <c r="CH19" s="67"/>
+      <c r="CH19" s="64"/>
       <c r="CI19" s="4"/>
       <c r="CJ19" s="4"/>
       <c r="CK19" s="4"/>
       <c r="CL19" s="4"/>
       <c r="CM19" s="4"/>
       <c r="CN19" s="5"/>
-      <c r="CO19" s="67"/>
+      <c r="CO19" s="64"/>
       <c r="CP19" s="4"/>
       <c r="CQ19" s="4"/>
       <c r="CR19" s="4"/>
       <c r="CS19" s="4"/>
       <c r="CT19" s="4"/>
       <c r="CU19" s="5"/>
-      <c r="CV19" s="67"/>
+      <c r="CV19" s="64"/>
       <c r="CW19" s="4"/>
       <c r="CX19" s="4"/>
       <c r="CY19" s="4"/>
       <c r="CZ19" s="4"/>
       <c r="DA19" s="4"/>
       <c r="DB19" s="5"/>
-      <c r="DC19" s="67"/>
+      <c r="DC19" s="64"/>
       <c r="DD19" s="4"/>
       <c r="DE19" s="4"/>
       <c r="DF19" s="4"/>
       <c r="DG19" s="4"/>
       <c r="DH19" s="4"/>
       <c r="DI19" s="5"/>
-      <c r="DJ19" s="67"/>
+      <c r="DJ19" s="64"/>
       <c r="DK19" s="4"/>
       <c r="DL19" s="4"/>
       <c r="DM19" s="4"/>
       <c r="DN19" s="4"/>
       <c r="DO19" s="4"/>
       <c r="DP19" s="5"/>
     </row>
     <row r="20" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="43" t="s">
         <v>72</v>
       </c>
       <c r="B20" s="48">
         <v>1052</v>
       </c>
       <c r="C20" s="48">
         <v>128</v>
       </c>
       <c r="D20" s="48">
         <v>37</v>
       </c>
       <c r="E20" s="48">
         <v>33</v>
       </c>
       <c r="F20" s="48">
         <v>15</v>
@@ -8178,195 +8748,230 @@
       </c>
       <c r="BL20" s="51">
         <v>1371</v>
       </c>
       <c r="BM20" s="48">
         <v>1101</v>
       </c>
       <c r="BN20" s="48">
         <v>150</v>
       </c>
       <c r="BO20" s="48">
         <v>49</v>
       </c>
       <c r="BP20" s="48">
         <v>31</v>
       </c>
       <c r="BQ20" s="48">
         <v>16</v>
       </c>
       <c r="BR20" s="48">
         <v>8</v>
       </c>
       <c r="BS20" s="51">
         <v>1355</v>
       </c>
-      <c r="BT20" s="48">
+      <c r="BT20" s="62">
         <v>1102</v>
       </c>
-      <c r="BU20" s="48">
+      <c r="BU20" s="62">
         <v>147</v>
       </c>
-      <c r="BV20" s="48">
+      <c r="BV20" s="62">
         <v>48</v>
       </c>
-      <c r="BW20" s="48">
+      <c r="BW20" s="62">
         <v>33</v>
       </c>
-      <c r="BX20" s="48">
+      <c r="BX20" s="62">
         <v>15</v>
       </c>
-      <c r="BY20" s="48">
+      <c r="BY20" s="62">
         <v>8</v>
       </c>
-      <c r="BZ20" s="51">
+      <c r="BZ20" s="63">
         <v>1353</v>
       </c>
-      <c r="CA20" s="48">
+      <c r="CA20" s="62">
         <v>1074</v>
       </c>
-      <c r="CB20" s="48">
+      <c r="CB20" s="62">
         <v>150</v>
       </c>
-      <c r="CC20" s="48">
+      <c r="CC20" s="62">
         <v>43</v>
       </c>
-      <c r="CD20" s="48">
+      <c r="CD20" s="62">
         <v>31</v>
       </c>
-      <c r="CE20" s="48">
+      <c r="CE20" s="62">
         <v>17</v>
       </c>
-      <c r="CF20" s="48">
+      <c r="CF20" s="62">
         <v>9</v>
       </c>
-      <c r="CG20" s="51">
+      <c r="CG20" s="63">
         <v>1324</v>
       </c>
-      <c r="CH20" s="65">
+      <c r="CH20" s="62">
+        <f>CH21</f>
         <v>1067</v>
       </c>
-      <c r="CI20" s="65">
+      <c r="CI20" s="62">
+        <f t="shared" ref="CI20:CM20" si="79">CI21</f>
         <v>140</v>
       </c>
-      <c r="CJ20" s="65">
+      <c r="CJ20" s="62">
+        <f t="shared" si="79"/>
         <v>44</v>
       </c>
-      <c r="CK20" s="65">
+      <c r="CK20" s="62">
+        <f t="shared" si="79"/>
         <v>32</v>
       </c>
-      <c r="CL20" s="65">
+      <c r="CL20" s="62">
+        <f t="shared" si="79"/>
         <v>17</v>
       </c>
-      <c r="CM20" s="65">
+      <c r="CM20" s="62">
+        <f t="shared" si="79"/>
         <v>7</v>
       </c>
-      <c r="CN20" s="66">
+      <c r="CN20" s="63">
+        <f t="shared" si="53"/>
         <v>1307</v>
       </c>
-      <c r="CO20" s="65">
+      <c r="CO20" s="62">
+        <f>CO21</f>
         <v>1064</v>
       </c>
-      <c r="CP20" s="65">
+      <c r="CP20" s="62">
+        <f t="shared" ref="CP20" si="80">CP21</f>
         <v>145</v>
       </c>
-      <c r="CQ20" s="65">
+      <c r="CQ20" s="62">
+        <f t="shared" ref="CQ20" si="81">CQ21</f>
         <v>53</v>
       </c>
-      <c r="CR20" s="65">
+      <c r="CR20" s="62">
+        <f t="shared" ref="CR20" si="82">CR21</f>
         <v>31</v>
       </c>
-      <c r="CS20" s="65">
+      <c r="CS20" s="62">
+        <f t="shared" ref="CS20" si="83">CS21</f>
         <v>17</v>
       </c>
-      <c r="CT20" s="65">
+      <c r="CT20" s="62">
+        <f t="shared" ref="CT20" si="84">CT21</f>
         <v>7</v>
       </c>
-      <c r="CU20" s="66">
+      <c r="CU20" s="63">
+        <f t="shared" si="54"/>
         <v>1317</v>
       </c>
-      <c r="CV20" s="65">
+      <c r="CV20" s="62">
+        <f>CV21</f>
         <v>1068</v>
       </c>
-      <c r="CW20" s="65">
+      <c r="CW20" s="62">
+        <f t="shared" ref="CW20" si="85">CW21</f>
         <v>146</v>
       </c>
-      <c r="CX20" s="65">
+      <c r="CX20" s="62">
+        <f t="shared" ref="CX20" si="86">CX21</f>
         <v>55</v>
       </c>
-      <c r="CY20" s="65">
+      <c r="CY20" s="62">
+        <f t="shared" ref="CY20" si="87">CY21</f>
         <v>29</v>
       </c>
-      <c r="CZ20" s="65">
+      <c r="CZ20" s="62">
+        <f t="shared" ref="CZ20" si="88">CZ21</f>
         <v>20</v>
       </c>
-      <c r="DA20" s="65">
+      <c r="DA20" s="62">
+        <f t="shared" ref="DA20" si="89">DA21</f>
         <v>7</v>
       </c>
-      <c r="DB20" s="66">
+      <c r="DB20" s="63">
+        <f t="shared" si="55"/>
         <v>1325</v>
       </c>
-      <c r="DC20" s="65">
+      <c r="DC20" s="62">
+        <f>DC21</f>
         <v>1058</v>
       </c>
-      <c r="DD20" s="65">
+      <c r="DD20" s="62">
+        <f t="shared" ref="DD20" si="90">DD21</f>
         <v>149</v>
       </c>
-      <c r="DE20" s="65">
+      <c r="DE20" s="62">
+        <f t="shared" ref="DE20" si="91">DE21</f>
         <v>49</v>
       </c>
-      <c r="DF20" s="65">
+      <c r="DF20" s="62">
+        <f t="shared" ref="DF20" si="92">DF21</f>
         <v>34</v>
       </c>
-      <c r="DG20" s="65">
+      <c r="DG20" s="62">
+        <f t="shared" ref="DG20" si="93">DG21</f>
         <v>17</v>
       </c>
-      <c r="DH20" s="65">
+      <c r="DH20" s="62">
+        <f t="shared" ref="DH20" si="94">DH21</f>
         <v>7</v>
       </c>
-      <c r="DI20" s="66">
+      <c r="DI20" s="63">
+        <f t="shared" si="56"/>
         <v>1314</v>
       </c>
-      <c r="DJ20" s="65">
+      <c r="DJ20" s="62">
+        <f>DJ21</f>
         <v>979</v>
       </c>
-      <c r="DK20" s="65">
+      <c r="DK20" s="62">
+        <f t="shared" ref="DK20" si="95">DK21</f>
         <v>120</v>
       </c>
-      <c r="DL20" s="65">
+      <c r="DL20" s="62">
+        <f t="shared" ref="DL20" si="96">DL21</f>
         <v>41</v>
       </c>
-      <c r="DM20" s="65">
+      <c r="DM20" s="62">
+        <f t="shared" ref="DM20" si="97">DM21</f>
         <v>33</v>
       </c>
-      <c r="DN20" s="65">
+      <c r="DN20" s="62">
+        <f t="shared" ref="DN20" si="98">DN21</f>
         <v>11</v>
       </c>
-      <c r="DO20" s="65">
+      <c r="DO20" s="62">
+        <f t="shared" ref="DO20" si="99">DO21</f>
         <v>5</v>
       </c>
-      <c r="DP20" s="66">
+      <c r="DP20" s="63">
+        <f t="shared" si="57"/>
         <v>1189</v>
       </c>
     </row>
     <row r="21" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A21" s="46" t="s">
         <v>85</v>
       </c>
       <c r="B21" s="47">
         <v>1052</v>
       </c>
       <c r="C21" s="47">
         <v>128</v>
       </c>
       <c r="D21" s="47">
         <v>37</v>
       </c>
       <c r="E21" s="47">
         <v>33</v>
       </c>
       <c r="F21" s="47">
         <v>15</v>
       </c>
       <c r="G21" s="47">
         <v>6</v>
       </c>
@@ -8601,134 +9206,139 @@
       <c r="CF21" s="47">
         <v>9</v>
       </c>
       <c r="CG21" s="52">
         <v>1324</v>
       </c>
       <c r="CH21" s="47">
         <v>1067</v>
       </c>
       <c r="CI21" s="47">
         <v>140</v>
       </c>
       <c r="CJ21" s="47">
         <v>44</v>
       </c>
       <c r="CK21" s="47">
         <v>32</v>
       </c>
       <c r="CL21" s="47">
         <v>17</v>
       </c>
       <c r="CM21" s="47">
         <v>7</v>
       </c>
       <c r="CN21" s="52">
+        <f t="shared" si="53"/>
         <v>1307</v>
       </c>
       <c r="CO21" s="47">
         <v>1064</v>
       </c>
       <c r="CP21" s="47">
         <v>145</v>
       </c>
       <c r="CQ21" s="47">
         <v>53</v>
       </c>
       <c r="CR21" s="47">
         <v>31</v>
       </c>
       <c r="CS21" s="47">
         <v>17</v>
       </c>
       <c r="CT21" s="47">
         <v>7</v>
       </c>
       <c r="CU21" s="52">
+        <f t="shared" si="54"/>
         <v>1317</v>
       </c>
       <c r="CV21" s="47">
         <v>1068</v>
       </c>
       <c r="CW21" s="47">
         <v>146</v>
       </c>
       <c r="CX21" s="47">
         <v>55</v>
       </c>
       <c r="CY21" s="47">
         <v>29</v>
       </c>
       <c r="CZ21" s="47">
         <v>20</v>
       </c>
       <c r="DA21" s="47">
         <v>7</v>
       </c>
       <c r="DB21" s="52">
+        <f t="shared" si="55"/>
         <v>1325</v>
       </c>
       <c r="DC21" s="47">
         <v>1058</v>
       </c>
       <c r="DD21" s="47">
         <v>149</v>
       </c>
       <c r="DE21" s="47">
         <v>49</v>
       </c>
       <c r="DF21" s="47">
         <v>34</v>
       </c>
       <c r="DG21" s="47">
         <v>17</v>
       </c>
       <c r="DH21" s="47">
         <v>7</v>
       </c>
       <c r="DI21" s="52">
+        <f t="shared" si="56"/>
         <v>1314</v>
       </c>
       <c r="DJ21" s="47">
         <v>979</v>
       </c>
       <c r="DK21" s="47">
         <v>120</v>
       </c>
       <c r="DL21" s="47">
         <v>41</v>
       </c>
       <c r="DM21" s="47">
         <v>33</v>
       </c>
       <c r="DN21" s="47">
         <v>11</v>
       </c>
       <c r="DO21" s="47">
         <v>5</v>
       </c>
       <c r="DP21" s="52">
+        <f t="shared" si="57"/>
         <v>1189</v>
       </c>
     </row>
     <row r="22" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A22" s="8"/>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
       <c r="F22" s="4"/>
       <c r="G22" s="4"/>
       <c r="H22" s="5"/>
       <c r="J22" s="4"/>
       <c r="K22" s="4"/>
       <c r="L22" s="4"/>
       <c r="M22" s="4"/>
       <c r="N22" s="4"/>
       <c r="O22" s="5"/>
       <c r="Q22" s="4"/>
       <c r="R22" s="4"/>
       <c r="S22" s="4"/>
       <c r="T22" s="4"/>
       <c r="U22" s="4"/>
       <c r="V22" s="5"/>
       <c r="X22" s="4"/>
       <c r="Y22" s="4"/>
@@ -8750,91 +9360,93 @@
       <c r="AQ22" s="5"/>
       <c r="AS22" s="4"/>
       <c r="AT22" s="4"/>
       <c r="AU22" s="4"/>
       <c r="AV22" s="4"/>
       <c r="AW22" s="4"/>
       <c r="AX22" s="5"/>
       <c r="AZ22" s="4"/>
       <c r="BA22" s="4"/>
       <c r="BB22" s="4"/>
       <c r="BC22" s="4"/>
       <c r="BD22" s="4"/>
       <c r="BE22" s="5"/>
       <c r="BG22" s="4"/>
       <c r="BH22" s="4"/>
       <c r="BI22" s="4"/>
       <c r="BJ22" s="4"/>
       <c r="BK22" s="4"/>
       <c r="BL22" s="5"/>
       <c r="BN22" s="4"/>
       <c r="BO22" s="4"/>
       <c r="BP22" s="4"/>
       <c r="BQ22" s="4"/>
       <c r="BR22" s="4"/>
       <c r="BS22" s="5"/>
+      <c r="BT22" s="64"/>
       <c r="BU22" s="4"/>
       <c r="BV22" s="4"/>
       <c r="BW22" s="4"/>
       <c r="BX22" s="4"/>
       <c r="BY22" s="4"/>
       <c r="BZ22" s="5"/>
+      <c r="CA22" s="64"/>
       <c r="CB22" s="4"/>
       <c r="CC22" s="4"/>
       <c r="CD22" s="4"/>
       <c r="CE22" s="4"/>
       <c r="CF22" s="4"/>
       <c r="CG22" s="5"/>
-      <c r="CH22" s="67"/>
+      <c r="CH22" s="64"/>
       <c r="CI22" s="4"/>
       <c r="CJ22" s="4"/>
       <c r="CK22" s="4"/>
       <c r="CL22" s="4"/>
       <c r="CM22" s="4"/>
       <c r="CN22" s="5"/>
-      <c r="CO22" s="67"/>
+      <c r="CO22" s="64"/>
       <c r="CP22" s="4"/>
       <c r="CQ22" s="4"/>
       <c r="CR22" s="4"/>
       <c r="CS22" s="4"/>
       <c r="CT22" s="4"/>
       <c r="CU22" s="5"/>
-      <c r="CV22" s="67"/>
+      <c r="CV22" s="64"/>
       <c r="CW22" s="4"/>
       <c r="CX22" s="4"/>
       <c r="CY22" s="4"/>
       <c r="CZ22" s="4"/>
       <c r="DA22" s="4"/>
       <c r="DB22" s="5"/>
-      <c r="DC22" s="67"/>
+      <c r="DC22" s="64"/>
       <c r="DD22" s="4"/>
       <c r="DE22" s="4"/>
       <c r="DF22" s="4"/>
       <c r="DG22" s="4"/>
       <c r="DH22" s="4"/>
       <c r="DI22" s="5"/>
-      <c r="DJ22" s="67"/>
+      <c r="DJ22" s="64"/>
       <c r="DK22" s="4"/>
       <c r="DL22" s="4"/>
       <c r="DM22" s="4"/>
       <c r="DN22" s="4"/>
       <c r="DO22" s="4"/>
       <c r="DP22" s="5"/>
     </row>
     <row r="23" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="43" t="s">
         <v>88</v>
       </c>
       <c r="B23" s="48">
         <v>2208</v>
       </c>
       <c r="C23" s="48">
         <v>222</v>
       </c>
       <c r="D23" s="48">
         <v>70</v>
       </c>
       <c r="E23" s="48">
         <v>65</v>
       </c>
       <c r="F23" s="48">
         <v>30</v>
@@ -9012,195 +9624,230 @@
       </c>
       <c r="BL23" s="51">
         <v>3057</v>
       </c>
       <c r="BM23" s="48">
         <v>2487</v>
       </c>
       <c r="BN23" s="48">
         <v>261</v>
       </c>
       <c r="BO23" s="48">
         <v>80</v>
       </c>
       <c r="BP23" s="48">
         <v>94</v>
       </c>
       <c r="BQ23" s="48">
         <v>40</v>
       </c>
       <c r="BR23" s="48">
         <v>48</v>
       </c>
       <c r="BS23" s="51">
         <v>3010</v>
       </c>
-      <c r="BT23" s="48">
+      <c r="BT23" s="62">
         <v>2504</v>
       </c>
-      <c r="BU23" s="48">
+      <c r="BU23" s="62">
         <v>258</v>
       </c>
-      <c r="BV23" s="48">
+      <c r="BV23" s="62">
         <v>87</v>
       </c>
-      <c r="BW23" s="48">
+      <c r="BW23" s="62">
         <v>81</v>
       </c>
-      <c r="BX23" s="48">
+      <c r="BX23" s="62">
         <v>51</v>
       </c>
-      <c r="BY23" s="48">
+      <c r="BY23" s="62">
         <v>46</v>
       </c>
-      <c r="BZ23" s="51">
+      <c r="BZ23" s="63">
         <v>3027</v>
       </c>
-      <c r="CA23" s="48">
+      <c r="CA23" s="62">
         <v>2503</v>
       </c>
-      <c r="CB23" s="48">
+      <c r="CB23" s="62">
         <v>247</v>
       </c>
-      <c r="CC23" s="48">
+      <c r="CC23" s="62">
         <v>91</v>
       </c>
-      <c r="CD23" s="48">
+      <c r="CD23" s="62">
         <v>82</v>
       </c>
-      <c r="CE23" s="48">
+      <c r="CE23" s="62">
         <v>53</v>
       </c>
-      <c r="CF23" s="48">
+      <c r="CF23" s="62">
         <v>46</v>
       </c>
-      <c r="CG23" s="51">
+      <c r="CG23" s="63">
         <v>3022</v>
       </c>
-      <c r="CH23" s="65">
+      <c r="CH23" s="62">
+        <f>SUM(CH24:CH36)</f>
         <v>2453</v>
       </c>
-      <c r="CI23" s="65">
+      <c r="CI23" s="62">
+        <f t="shared" ref="CI23:CN23" si="100">SUM(CI24:CI36)</f>
         <v>259</v>
       </c>
-      <c r="CJ23" s="65">
+      <c r="CJ23" s="62">
+        <f t="shared" si="100"/>
         <v>89</v>
       </c>
-      <c r="CK23" s="65">
+      <c r="CK23" s="62">
+        <f t="shared" si="100"/>
         <v>78</v>
       </c>
-      <c r="CL23" s="65">
+      <c r="CL23" s="62">
+        <f t="shared" si="100"/>
         <v>46</v>
       </c>
-      <c r="CM23" s="65">
+      <c r="CM23" s="62">
+        <f t="shared" si="100"/>
         <v>45</v>
       </c>
-      <c r="CN23" s="66">
+      <c r="CN23" s="63">
+        <f t="shared" si="100"/>
         <v>2970</v>
       </c>
-      <c r="CO23" s="65">
+      <c r="CO23" s="62">
+        <f>SUM(CO24:CO36)</f>
         <v>2444</v>
       </c>
-      <c r="CP23" s="65">
+      <c r="CP23" s="62">
+        <f t="shared" ref="CP23" si="101">SUM(CP24:CP36)</f>
         <v>247</v>
       </c>
-      <c r="CQ23" s="65">
+      <c r="CQ23" s="62">
+        <f t="shared" ref="CQ23" si="102">SUM(CQ24:CQ36)</f>
         <v>98</v>
       </c>
-      <c r="CR23" s="65">
+      <c r="CR23" s="62">
+        <f t="shared" ref="CR23" si="103">SUM(CR24:CR36)</f>
         <v>81</v>
       </c>
-      <c r="CS23" s="65">
+      <c r="CS23" s="62">
+        <f t="shared" ref="CS23" si="104">SUM(CS24:CS36)</f>
         <v>46</v>
       </c>
-      <c r="CT23" s="65">
+      <c r="CT23" s="62">
+        <f t="shared" ref="CT23" si="105">SUM(CT24:CT36)</f>
         <v>47</v>
       </c>
-      <c r="CU23" s="66">
+      <c r="CU23" s="63">
+        <f t="shared" ref="CU23" si="106">SUM(CU24:CU36)</f>
         <v>2963</v>
       </c>
-      <c r="CV23" s="65">
+      <c r="CV23" s="62">
+        <f>SUM(CV24:CV36)</f>
         <v>2443</v>
       </c>
-      <c r="CW23" s="65">
+      <c r="CW23" s="62">
+        <f t="shared" ref="CW23" si="107">SUM(CW24:CW36)</f>
         <v>279</v>
       </c>
-      <c r="CX23" s="65">
+      <c r="CX23" s="62">
+        <f t="shared" ref="CX23" si="108">SUM(CX24:CX36)</f>
         <v>83</v>
       </c>
-      <c r="CY23" s="65">
+      <c r="CY23" s="62">
+        <f t="shared" ref="CY23" si="109">SUM(CY24:CY36)</f>
         <v>84</v>
       </c>
-      <c r="CZ23" s="65">
+      <c r="CZ23" s="62">
+        <f t="shared" ref="CZ23" si="110">SUM(CZ24:CZ36)</f>
         <v>51</v>
       </c>
-      <c r="DA23" s="65">
+      <c r="DA23" s="62">
+        <f t="shared" ref="DA23" si="111">SUM(DA24:DA36)</f>
         <v>47</v>
       </c>
-      <c r="DB23" s="66">
+      <c r="DB23" s="63">
+        <f t="shared" ref="DB23" si="112">SUM(DB24:DB36)</f>
         <v>2987</v>
       </c>
-      <c r="DC23" s="65">
+      <c r="DC23" s="62">
+        <f>SUM(DC24:DC36)</f>
         <v>2418</v>
       </c>
-      <c r="DD23" s="65">
+      <c r="DD23" s="62">
+        <f t="shared" ref="DD23" si="113">SUM(DD24:DD36)</f>
         <v>280</v>
       </c>
-      <c r="DE23" s="65">
+      <c r="DE23" s="62">
+        <f t="shared" ref="DE23" si="114">SUM(DE24:DE36)</f>
         <v>94</v>
       </c>
-      <c r="DF23" s="65">
+      <c r="DF23" s="62">
+        <f t="shared" ref="DF23" si="115">SUM(DF24:DF36)</f>
         <v>97</v>
       </c>
-      <c r="DG23" s="65">
+      <c r="DG23" s="62">
+        <f t="shared" ref="DG23" si="116">SUM(DG24:DG36)</f>
         <v>45</v>
       </c>
-      <c r="DH23" s="65">
+      <c r="DH23" s="62">
+        <f t="shared" ref="DH23" si="117">SUM(DH24:DH36)</f>
         <v>46</v>
       </c>
-      <c r="DI23" s="66">
+      <c r="DI23" s="63">
+        <f t="shared" ref="DI23" si="118">SUM(DI24:DI36)</f>
         <v>2980</v>
       </c>
-      <c r="DJ23" s="65">
+      <c r="DJ23" s="62">
+        <f>SUM(DJ24:DJ36)</f>
         <v>2231</v>
       </c>
-      <c r="DK23" s="65">
+      <c r="DK23" s="62">
+        <f t="shared" ref="DK23" si="119">SUM(DK24:DK36)</f>
         <v>250</v>
       </c>
-      <c r="DL23" s="65">
+      <c r="DL23" s="62">
+        <f t="shared" ref="DL23" si="120">SUM(DL24:DL36)</f>
         <v>90</v>
       </c>
-      <c r="DM23" s="65">
+      <c r="DM23" s="62">
+        <f t="shared" ref="DM23" si="121">SUM(DM24:DM36)</f>
         <v>79</v>
       </c>
-      <c r="DN23" s="65">
+      <c r="DN23" s="62">
+        <f t="shared" ref="DN23" si="122">SUM(DN24:DN36)</f>
         <v>41</v>
       </c>
-      <c r="DO23" s="65">
+      <c r="DO23" s="62">
+        <f t="shared" ref="DO23" si="123">SUM(DO24:DO36)</f>
         <v>43</v>
       </c>
-      <c r="DP23" s="66">
+      <c r="DP23" s="63">
+        <f t="shared" ref="DP23" si="124">SUM(DP24:DP36)</f>
         <v>2734</v>
       </c>
     </row>
     <row r="24" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A24" s="46" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="47">
         <v>339</v>
       </c>
       <c r="C24" s="47">
         <v>37</v>
       </c>
       <c r="D24" s="47">
         <v>16</v>
       </c>
       <c r="E24" s="47">
         <v>14</v>
       </c>
       <c r="F24" s="47">
         <v>9</v>
       </c>
       <c r="G24" s="47">
         <v>4</v>
       </c>
@@ -9435,134 +10082,139 @@
       <c r="CF24" s="47">
         <v>4</v>
       </c>
       <c r="CG24" s="52">
         <v>424</v>
       </c>
       <c r="CH24" s="47">
         <v>333</v>
       </c>
       <c r="CI24" s="47">
         <v>36</v>
       </c>
       <c r="CJ24" s="47">
         <v>12</v>
       </c>
       <c r="CK24" s="47">
         <v>14</v>
       </c>
       <c r="CL24" s="47">
         <v>8</v>
       </c>
       <c r="CM24" s="47">
         <v>5</v>
       </c>
       <c r="CN24" s="52">
+        <f t="shared" si="53"/>
         <v>408</v>
       </c>
       <c r="CO24" s="47">
         <v>329</v>
       </c>
       <c r="CP24" s="47">
         <v>36</v>
       </c>
       <c r="CQ24" s="47">
         <v>14</v>
       </c>
       <c r="CR24" s="47">
         <v>14</v>
       </c>
       <c r="CS24" s="47">
         <v>9</v>
       </c>
       <c r="CT24" s="47">
         <v>5</v>
       </c>
       <c r="CU24" s="52">
+        <f t="shared" si="54"/>
         <v>407</v>
       </c>
       <c r="CV24" s="47">
         <v>314</v>
       </c>
       <c r="CW24" s="47">
         <v>42</v>
       </c>
       <c r="CX24" s="47">
         <v>12</v>
       </c>
       <c r="CY24" s="47">
         <v>15</v>
       </c>
       <c r="CZ24" s="47">
         <v>10</v>
       </c>
       <c r="DA24" s="47">
         <v>5</v>
       </c>
       <c r="DB24" s="52">
+        <f t="shared" si="55"/>
         <v>398</v>
       </c>
       <c r="DC24" s="47">
         <v>318</v>
       </c>
       <c r="DD24" s="47">
         <v>36</v>
       </c>
       <c r="DE24" s="47">
         <v>16</v>
       </c>
       <c r="DF24" s="47">
         <v>14</v>
       </c>
       <c r="DG24" s="47">
         <v>8</v>
       </c>
       <c r="DH24" s="47">
         <v>5</v>
       </c>
       <c r="DI24" s="52">
+        <f t="shared" si="56"/>
         <v>397</v>
       </c>
       <c r="DJ24" s="47">
         <v>275</v>
       </c>
       <c r="DK24" s="47">
         <v>35</v>
       </c>
       <c r="DL24" s="47">
         <v>15</v>
       </c>
       <c r="DM24" s="47">
         <v>11</v>
       </c>
       <c r="DN24" s="47">
         <v>6</v>
       </c>
       <c r="DO24" s="47">
         <v>5</v>
       </c>
       <c r="DP24" s="52">
+        <f t="shared" si="57"/>
         <v>347</v>
       </c>
     </row>
     <row r="25" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A25" s="46" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="47">
         <v>311</v>
       </c>
       <c r="C25" s="47">
         <v>53</v>
       </c>
       <c r="D25" s="47">
         <v>7</v>
       </c>
       <c r="E25" s="47">
         <v>11</v>
       </c>
       <c r="F25" s="47">
         <v>6</v>
       </c>
       <c r="G25" s="47">
         <v>7</v>
       </c>
@@ -9797,134 +10449,139 @@
       <c r="CF25" s="47">
         <v>8</v>
       </c>
       <c r="CG25" s="52">
         <v>458</v>
       </c>
       <c r="CH25" s="47">
         <v>360</v>
       </c>
       <c r="CI25" s="47">
         <v>53</v>
       </c>
       <c r="CJ25" s="47">
         <v>10</v>
       </c>
       <c r="CK25" s="47">
         <v>14</v>
       </c>
       <c r="CL25" s="47">
         <v>8</v>
       </c>
       <c r="CM25" s="47">
         <v>5</v>
       </c>
       <c r="CN25" s="52">
+        <f t="shared" si="53"/>
         <v>450</v>
       </c>
       <c r="CO25" s="47">
         <v>353</v>
       </c>
       <c r="CP25" s="47">
         <v>49</v>
       </c>
       <c r="CQ25" s="47">
         <v>12</v>
       </c>
       <c r="CR25" s="47">
         <v>14</v>
       </c>
       <c r="CS25" s="47">
         <v>9</v>
       </c>
       <c r="CT25" s="47">
         <v>4</v>
       </c>
       <c r="CU25" s="52">
+        <f t="shared" si="54"/>
         <v>441</v>
       </c>
       <c r="CV25" s="47">
         <v>359</v>
       </c>
       <c r="CW25" s="47">
         <v>57</v>
       </c>
       <c r="CX25" s="47">
         <v>10</v>
       </c>
       <c r="CY25" s="47">
         <v>12</v>
       </c>
       <c r="CZ25" s="47">
         <v>10</v>
       </c>
       <c r="DA25" s="47">
         <v>7</v>
       </c>
       <c r="DB25" s="52">
+        <f t="shared" si="55"/>
         <v>455</v>
       </c>
       <c r="DC25" s="47">
         <v>357</v>
       </c>
       <c r="DD25" s="47">
         <v>57</v>
       </c>
       <c r="DE25" s="47">
         <v>12</v>
       </c>
       <c r="DF25" s="47">
         <v>14</v>
       </c>
       <c r="DG25" s="47">
         <v>8</v>
       </c>
       <c r="DH25" s="47">
         <v>7</v>
       </c>
       <c r="DI25" s="52">
+        <f t="shared" si="56"/>
         <v>455</v>
       </c>
       <c r="DJ25" s="47">
         <v>322</v>
       </c>
       <c r="DK25" s="47">
         <v>49</v>
       </c>
       <c r="DL25" s="47">
         <v>12</v>
       </c>
       <c r="DM25" s="47">
         <v>14</v>
       </c>
       <c r="DN25" s="47">
         <v>5</v>
       </c>
       <c r="DO25" s="47">
         <v>5</v>
       </c>
       <c r="DP25" s="52">
+        <f t="shared" si="57"/>
         <v>407</v>
       </c>
     </row>
     <row r="26" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A26" s="46" t="s">
         <v>16</v>
       </c>
       <c r="B26" s="47">
         <v>66</v>
       </c>
       <c r="C26" s="47">
         <v>8</v>
       </c>
       <c r="D26" s="47">
         <v>3</v>
       </c>
       <c r="E26" s="47">
         <v>0</v>
       </c>
       <c r="F26" s="47">
         <v>2</v>
       </c>
       <c r="G26" s="47">
         <v>2</v>
       </c>
@@ -10159,134 +10816,139 @@
       <c r="CF26" s="47">
         <v>3</v>
       </c>
       <c r="CG26" s="52">
         <v>102</v>
       </c>
       <c r="CH26" s="47">
         <v>76</v>
       </c>
       <c r="CI26" s="47">
         <v>10</v>
       </c>
       <c r="CJ26" s="47">
         <v>4</v>
       </c>
       <c r="CK26" s="47">
         <v>5</v>
       </c>
       <c r="CL26" s="47">
         <v>1</v>
       </c>
       <c r="CM26" s="47">
         <v>3</v>
       </c>
       <c r="CN26" s="52">
+        <f t="shared" si="53"/>
         <v>99</v>
       </c>
       <c r="CO26" s="47">
         <v>83</v>
       </c>
       <c r="CP26" s="47">
         <v>11</v>
       </c>
       <c r="CQ26" s="47">
         <v>4</v>
       </c>
       <c r="CR26" s="47">
         <v>4</v>
       </c>
       <c r="CS26" s="47">
         <v>3</v>
       </c>
       <c r="CT26" s="47">
         <v>2</v>
       </c>
       <c r="CU26" s="52">
+        <f t="shared" si="54"/>
         <v>107</v>
       </c>
       <c r="CV26" s="47">
         <v>84</v>
       </c>
       <c r="CW26" s="47">
         <v>7</v>
       </c>
       <c r="CX26" s="47">
         <v>6</v>
       </c>
       <c r="CY26" s="47">
         <v>4</v>
       </c>
       <c r="CZ26" s="47">
         <v>3</v>
       </c>
       <c r="DA26" s="47">
         <v>2</v>
       </c>
       <c r="DB26" s="52">
+        <f t="shared" si="55"/>
         <v>106</v>
       </c>
       <c r="DC26" s="47">
         <v>87</v>
       </c>
       <c r="DD26" s="47">
         <v>12</v>
       </c>
       <c r="DE26" s="47">
         <v>8</v>
       </c>
       <c r="DF26" s="47">
         <v>3</v>
       </c>
       <c r="DG26" s="47">
         <v>2</v>
       </c>
       <c r="DH26" s="47">
         <v>2</v>
       </c>
       <c r="DI26" s="52">
+        <f t="shared" si="56"/>
         <v>114</v>
       </c>
       <c r="DJ26" s="47">
         <v>94</v>
       </c>
       <c r="DK26" s="47">
         <v>11</v>
       </c>
       <c r="DL26" s="47">
         <v>4</v>
       </c>
       <c r="DM26" s="47">
         <v>4</v>
       </c>
       <c r="DN26" s="47">
         <v>2</v>
       </c>
       <c r="DO26" s="47">
         <v>2</v>
       </c>
       <c r="DP26" s="52">
+        <f t="shared" si="57"/>
         <v>117</v>
       </c>
     </row>
     <row r="27" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A27" s="46" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="47">
         <v>92</v>
       </c>
       <c r="C27" s="47">
         <v>19</v>
       </c>
       <c r="D27" s="47">
         <v>7</v>
       </c>
       <c r="E27" s="47">
         <v>6</v>
       </c>
       <c r="F27" s="47">
         <v>1</v>
       </c>
       <c r="G27" s="47">
         <v>4</v>
       </c>
@@ -10521,134 +11183,139 @@
       <c r="CF27" s="47">
         <v>5</v>
       </c>
       <c r="CG27" s="52">
         <v>165</v>
       </c>
       <c r="CH27" s="47">
         <v>134</v>
       </c>
       <c r="CI27" s="47">
         <v>16</v>
       </c>
       <c r="CJ27" s="47">
         <v>7</v>
       </c>
       <c r="CK27" s="47">
         <v>5</v>
       </c>
       <c r="CL27" s="47">
         <v>0</v>
       </c>
       <c r="CM27" s="47">
         <v>6</v>
       </c>
       <c r="CN27" s="52">
+        <f t="shared" si="53"/>
         <v>168</v>
       </c>
       <c r="CO27" s="47">
         <v>128</v>
       </c>
       <c r="CP27" s="47">
         <v>16</v>
       </c>
       <c r="CQ27" s="47">
         <v>6</v>
       </c>
       <c r="CR27" s="47">
         <v>5</v>
       </c>
       <c r="CS27" s="47">
         <v>0</v>
       </c>
       <c r="CT27" s="47">
         <v>6</v>
       </c>
       <c r="CU27" s="52">
+        <f t="shared" si="54"/>
         <v>161</v>
       </c>
       <c r="CV27" s="47">
         <v>141</v>
       </c>
       <c r="CW27" s="47">
         <v>15</v>
       </c>
       <c r="CX27" s="47">
         <v>6</v>
       </c>
       <c r="CY27" s="47">
         <v>7</v>
       </c>
       <c r="CZ27" s="47">
         <v>0</v>
       </c>
       <c r="DA27" s="47">
         <v>6</v>
       </c>
       <c r="DB27" s="52">
+        <f t="shared" si="55"/>
         <v>175</v>
       </c>
       <c r="DC27" s="47">
         <v>136</v>
       </c>
       <c r="DD27" s="47">
         <v>22</v>
       </c>
       <c r="DE27" s="47">
         <v>3</v>
       </c>
       <c r="DF27" s="47">
         <v>8</v>
       </c>
       <c r="DG27" s="47">
         <v>0</v>
       </c>
       <c r="DH27" s="47">
         <v>6</v>
       </c>
       <c r="DI27" s="52">
+        <f t="shared" si="56"/>
         <v>175</v>
       </c>
       <c r="DJ27" s="47">
         <v>141</v>
       </c>
       <c r="DK27" s="47">
         <v>21</v>
       </c>
       <c r="DL27" s="47">
         <v>5</v>
       </c>
       <c r="DM27" s="47">
         <v>5</v>
       </c>
       <c r="DN27" s="47">
         <v>0</v>
       </c>
       <c r="DO27" s="47">
         <v>6</v>
       </c>
       <c r="DP27" s="52">
+        <f t="shared" si="57"/>
         <v>178</v>
       </c>
     </row>
     <row r="28" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A28" s="46" t="s">
         <v>18</v>
       </c>
       <c r="B28" s="47">
         <v>172</v>
       </c>
       <c r="C28" s="47">
         <v>6</v>
       </c>
       <c r="D28" s="47">
         <v>2</v>
       </c>
       <c r="E28" s="47">
         <v>0</v>
       </c>
       <c r="F28" s="47">
         <v>0</v>
       </c>
       <c r="G28" s="47">
         <v>1</v>
       </c>
@@ -10883,134 +11550,139 @@
       <c r="CF28" s="47">
         <v>1</v>
       </c>
       <c r="CG28" s="52">
         <v>173</v>
       </c>
       <c r="CH28" s="47">
         <v>148</v>
       </c>
       <c r="CI28" s="47">
         <v>9</v>
       </c>
       <c r="CJ28" s="47">
         <v>1</v>
       </c>
       <c r="CK28" s="47">
         <v>2</v>
       </c>
       <c r="CL28" s="47">
         <v>0</v>
       </c>
       <c r="CM28" s="47">
         <v>1</v>
       </c>
       <c r="CN28" s="52">
+        <f t="shared" si="53"/>
         <v>161</v>
       </c>
       <c r="CO28" s="47">
         <v>143</v>
       </c>
       <c r="CP28" s="47">
         <v>9</v>
       </c>
       <c r="CQ28" s="47">
         <v>0</v>
       </c>
       <c r="CR28" s="47">
         <v>3</v>
       </c>
       <c r="CS28" s="47">
         <v>0</v>
       </c>
       <c r="CT28" s="47">
         <v>1</v>
       </c>
       <c r="CU28" s="52">
+        <f t="shared" si="54"/>
         <v>156</v>
       </c>
       <c r="CV28" s="47">
         <v>144</v>
       </c>
       <c r="CW28" s="47">
         <v>9</v>
       </c>
       <c r="CX28" s="47">
         <v>0</v>
       </c>
       <c r="CY28" s="47">
         <v>2</v>
       </c>
       <c r="CZ28" s="47">
         <v>1</v>
       </c>
       <c r="DA28" s="47">
         <v>1</v>
       </c>
       <c r="DB28" s="52">
+        <f t="shared" si="55"/>
         <v>157</v>
       </c>
       <c r="DC28" s="47">
         <v>137</v>
       </c>
       <c r="DD28" s="47">
         <v>11</v>
       </c>
       <c r="DE28" s="47">
         <v>2</v>
       </c>
       <c r="DF28" s="47">
         <v>1</v>
       </c>
       <c r="DG28" s="47">
         <v>1</v>
       </c>
       <c r="DH28" s="47">
         <v>1</v>
       </c>
       <c r="DI28" s="52">
+        <f t="shared" si="56"/>
         <v>153</v>
       </c>
       <c r="DJ28" s="47">
         <v>129</v>
       </c>
       <c r="DK28" s="47">
         <v>7</v>
       </c>
       <c r="DL28" s="47">
         <v>2</v>
       </c>
       <c r="DM28" s="47">
         <v>1</v>
       </c>
       <c r="DN28" s="47">
         <v>1</v>
       </c>
       <c r="DO28" s="47">
         <v>1</v>
       </c>
       <c r="DP28" s="52">
+        <f t="shared" si="57"/>
         <v>141</v>
       </c>
     </row>
     <row r="29" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A29" s="46" t="s">
         <v>19</v>
       </c>
       <c r="B29" s="47">
         <v>294</v>
       </c>
       <c r="C29" s="47">
         <v>35</v>
       </c>
       <c r="D29" s="47">
         <v>12</v>
       </c>
       <c r="E29" s="47">
         <v>8</v>
       </c>
       <c r="F29" s="47">
         <v>1</v>
       </c>
       <c r="G29" s="47">
         <v>0</v>
       </c>
@@ -11245,134 +11917,139 @@
       <c r="CF29" s="47">
         <v>1</v>
       </c>
       <c r="CG29" s="52">
         <v>404</v>
       </c>
       <c r="CH29" s="47">
         <v>351</v>
       </c>
       <c r="CI29" s="47">
         <v>26</v>
       </c>
       <c r="CJ29" s="47">
         <v>11</v>
       </c>
       <c r="CK29" s="47">
         <v>6</v>
       </c>
       <c r="CL29" s="47">
         <v>2</v>
       </c>
       <c r="CM29" s="47">
         <v>1</v>
       </c>
       <c r="CN29" s="52">
+        <f t="shared" si="53"/>
         <v>397</v>
       </c>
       <c r="CO29" s="47">
         <v>346</v>
       </c>
       <c r="CP29" s="47">
         <v>30</v>
       </c>
       <c r="CQ29" s="47">
         <v>10</v>
       </c>
       <c r="CR29" s="47">
         <v>6</v>
       </c>
       <c r="CS29" s="47">
         <v>2</v>
       </c>
       <c r="CT29" s="47">
         <v>1</v>
       </c>
       <c r="CU29" s="52">
+        <f t="shared" si="54"/>
         <v>395</v>
       </c>
       <c r="CV29" s="47">
         <v>337</v>
       </c>
       <c r="CW29" s="47">
         <v>35</v>
       </c>
       <c r="CX29" s="47">
         <v>8</v>
       </c>
       <c r="CY29" s="47">
         <v>6</v>
       </c>
       <c r="CZ29" s="47">
         <v>2</v>
       </c>
       <c r="DA29" s="47">
         <v>1</v>
       </c>
       <c r="DB29" s="52">
+        <f t="shared" si="55"/>
         <v>389</v>
       </c>
       <c r="DC29" s="47">
         <v>345</v>
       </c>
       <c r="DD29" s="47">
         <v>35</v>
       </c>
       <c r="DE29" s="47">
         <v>9</v>
       </c>
       <c r="DF29" s="47">
         <v>9</v>
       </c>
       <c r="DG29" s="47">
         <v>2</v>
       </c>
       <c r="DH29" s="47">
         <v>1</v>
       </c>
       <c r="DI29" s="52">
+        <f t="shared" si="56"/>
         <v>401</v>
       </c>
       <c r="DJ29" s="47">
         <v>323</v>
       </c>
       <c r="DK29" s="47">
         <v>26</v>
       </c>
       <c r="DL29" s="47">
         <v>12</v>
       </c>
       <c r="DM29" s="47">
         <v>4</v>
       </c>
       <c r="DN29" s="47">
         <v>2</v>
       </c>
       <c r="DO29" s="47">
         <v>1</v>
       </c>
       <c r="DP29" s="52">
+        <f t="shared" si="57"/>
         <v>368</v>
       </c>
     </row>
     <row r="30" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A30" s="46" t="s">
         <v>20</v>
       </c>
       <c r="B30" s="47">
         <v>253</v>
       </c>
       <c r="C30" s="47">
         <v>35</v>
       </c>
       <c r="D30" s="47">
         <v>14</v>
       </c>
       <c r="E30" s="47">
         <v>14</v>
       </c>
       <c r="F30" s="47">
         <v>5</v>
       </c>
       <c r="G30" s="47">
         <v>9</v>
       </c>
@@ -11607,134 +12284,139 @@
       <c r="CF30" s="47">
         <v>11</v>
       </c>
       <c r="CG30" s="52">
         <v>417</v>
       </c>
       <c r="CH30" s="47">
         <v>308</v>
       </c>
       <c r="CI30" s="47">
         <v>52</v>
       </c>
       <c r="CJ30" s="47">
         <v>20</v>
       </c>
       <c r="CK30" s="47">
         <v>15</v>
       </c>
       <c r="CL30" s="47">
         <v>16</v>
       </c>
       <c r="CM30" s="47">
         <v>9</v>
       </c>
       <c r="CN30" s="52">
+        <f t="shared" si="53"/>
         <v>420</v>
       </c>
       <c r="CO30" s="47">
         <v>305</v>
       </c>
       <c r="CP30" s="47">
         <v>42</v>
       </c>
       <c r="CQ30" s="47">
         <v>23</v>
       </c>
       <c r="CR30" s="47">
         <v>19</v>
       </c>
       <c r="CS30" s="47">
         <v>12</v>
       </c>
       <c r="CT30" s="47">
         <v>13</v>
       </c>
       <c r="CU30" s="52">
+        <f t="shared" si="54"/>
         <v>414</v>
       </c>
       <c r="CV30" s="47">
         <v>306</v>
       </c>
       <c r="CW30" s="47">
         <v>51</v>
       </c>
       <c r="CX30" s="47">
         <v>18</v>
       </c>
       <c r="CY30" s="47">
         <v>22</v>
       </c>
       <c r="CZ30" s="47">
         <v>11</v>
       </c>
       <c r="DA30" s="47">
         <v>12</v>
       </c>
       <c r="DB30" s="52">
+        <f t="shared" si="55"/>
         <v>420</v>
       </c>
       <c r="DC30" s="47">
         <v>314</v>
       </c>
       <c r="DD30" s="47">
         <v>41</v>
       </c>
       <c r="DE30" s="47">
         <v>23</v>
       </c>
       <c r="DF30" s="47">
         <v>26</v>
       </c>
       <c r="DG30" s="47">
         <v>11</v>
       </c>
       <c r="DH30" s="47">
         <v>12</v>
       </c>
       <c r="DI30" s="52">
+        <f t="shared" si="56"/>
         <v>427</v>
       </c>
       <c r="DJ30" s="47">
         <v>293</v>
       </c>
       <c r="DK30" s="47">
         <v>42</v>
       </c>
       <c r="DL30" s="47">
         <v>18</v>
       </c>
       <c r="DM30" s="47">
         <v>22</v>
       </c>
       <c r="DN30" s="47">
         <v>14</v>
       </c>
       <c r="DO30" s="47">
         <v>10</v>
       </c>
       <c r="DP30" s="52">
+        <f t="shared" si="57"/>
         <v>399</v>
       </c>
     </row>
     <row r="31" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A31" s="46" t="s">
         <v>21</v>
       </c>
       <c r="B31" s="47">
         <v>2</v>
       </c>
       <c r="C31" s="47">
         <v>0</v>
       </c>
       <c r="D31" s="47">
         <v>1</v>
       </c>
       <c r="E31" s="47">
         <v>1</v>
       </c>
       <c r="F31" s="47">
         <v>0</v>
       </c>
       <c r="G31" s="47">
         <v>2</v>
       </c>
@@ -11969,134 +12651,139 @@
       <c r="CF31" s="47">
         <v>2</v>
       </c>
       <c r="CG31" s="52">
         <v>5</v>
       </c>
       <c r="CH31" s="47">
         <v>0</v>
       </c>
       <c r="CI31" s="47">
         <v>1</v>
       </c>
       <c r="CJ31" s="47">
         <v>0</v>
       </c>
       <c r="CK31" s="47">
         <v>1</v>
       </c>
       <c r="CL31" s="47">
         <v>1</v>
       </c>
       <c r="CM31" s="47">
         <v>2</v>
       </c>
       <c r="CN31" s="52">
+        <f t="shared" si="53"/>
         <v>5</v>
       </c>
       <c r="CO31" s="47">
         <v>0</v>
       </c>
       <c r="CP31" s="47">
         <v>1</v>
       </c>
       <c r="CQ31" s="47">
         <v>0</v>
       </c>
       <c r="CR31" s="47">
         <v>1</v>
       </c>
       <c r="CS31" s="47">
         <v>1</v>
       </c>
       <c r="CT31" s="47">
         <v>2</v>
       </c>
       <c r="CU31" s="52">
+        <f t="shared" si="54"/>
         <v>5</v>
       </c>
       <c r="CV31" s="47">
         <v>0</v>
       </c>
       <c r="CW31" s="47">
         <v>1</v>
       </c>
       <c r="CX31" s="47">
         <v>0</v>
       </c>
       <c r="CY31" s="47">
         <v>1</v>
       </c>
       <c r="CZ31" s="47">
         <v>1</v>
       </c>
       <c r="DA31" s="47">
         <v>2</v>
       </c>
       <c r="DB31" s="52">
+        <f t="shared" si="55"/>
         <v>5</v>
       </c>
       <c r="DC31" s="47">
         <v>0</v>
       </c>
       <c r="DD31" s="47">
         <v>1</v>
       </c>
       <c r="DE31" s="47">
         <v>0</v>
       </c>
       <c r="DF31" s="47">
         <v>1</v>
       </c>
       <c r="DG31" s="47">
         <v>1</v>
       </c>
       <c r="DH31" s="47">
         <v>2</v>
       </c>
       <c r="DI31" s="52">
+        <f t="shared" si="56"/>
         <v>5</v>
       </c>
       <c r="DJ31" s="47">
         <v>0</v>
       </c>
       <c r="DK31" s="47">
         <v>1</v>
       </c>
       <c r="DL31" s="47">
         <v>0</v>
       </c>
       <c r="DM31" s="47">
         <v>1</v>
       </c>
       <c r="DN31" s="47">
         <v>1</v>
       </c>
       <c r="DO31" s="47">
         <v>2</v>
       </c>
       <c r="DP31" s="52">
+        <f t="shared" si="57"/>
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A32" s="46" t="s">
         <v>22</v>
       </c>
       <c r="B32" s="47">
         <v>56</v>
       </c>
       <c r="C32" s="47">
         <v>3</v>
       </c>
       <c r="D32" s="47">
         <v>1</v>
       </c>
       <c r="E32" s="47">
         <v>1</v>
       </c>
       <c r="F32" s="47">
         <v>0</v>
       </c>
       <c r="G32" s="47">
         <v>3</v>
       </c>
@@ -12331,134 +13018,139 @@
       <c r="CF32" s="47">
         <v>2</v>
       </c>
       <c r="CG32" s="52">
         <v>70</v>
       </c>
       <c r="CH32" s="47">
         <v>53</v>
       </c>
       <c r="CI32" s="47">
         <v>3</v>
       </c>
       <c r="CJ32" s="47">
         <v>4</v>
       </c>
       <c r="CK32" s="47">
         <v>0</v>
       </c>
       <c r="CL32" s="47">
         <v>1</v>
       </c>
       <c r="CM32" s="47">
         <v>2</v>
       </c>
       <c r="CN32" s="52">
+        <f t="shared" si="53"/>
         <v>63</v>
       </c>
       <c r="CO32" s="47">
         <v>57</v>
       </c>
       <c r="CP32" s="47">
         <v>5</v>
       </c>
       <c r="CQ32" s="47">
         <v>4</v>
       </c>
       <c r="CR32" s="47">
         <v>0</v>
       </c>
       <c r="CS32" s="47">
         <v>1</v>
       </c>
       <c r="CT32" s="47">
         <v>2</v>
       </c>
       <c r="CU32" s="52">
+        <f t="shared" si="54"/>
         <v>69</v>
       </c>
       <c r="CV32" s="47">
         <v>63</v>
       </c>
       <c r="CW32" s="47">
         <v>4</v>
       </c>
       <c r="CX32" s="47">
         <v>3</v>
       </c>
       <c r="CY32" s="47">
         <v>1</v>
       </c>
       <c r="CZ32" s="47">
         <v>1</v>
       </c>
       <c r="DA32" s="47">
         <v>2</v>
       </c>
       <c r="DB32" s="52">
+        <f t="shared" si="55"/>
         <v>74</v>
       </c>
       <c r="DC32" s="47">
         <v>52</v>
       </c>
       <c r="DD32" s="47">
         <v>3</v>
       </c>
       <c r="DE32" s="47">
         <v>3</v>
       </c>
       <c r="DF32" s="47">
         <v>2</v>
       </c>
       <c r="DG32" s="47">
         <v>1</v>
       </c>
       <c r="DH32" s="47">
         <v>1</v>
       </c>
       <c r="DI32" s="52">
+        <f t="shared" si="56"/>
         <v>62</v>
       </c>
       <c r="DJ32" s="47">
         <v>50</v>
       </c>
       <c r="DK32" s="47">
         <v>2</v>
       </c>
       <c r="DL32" s="47">
         <v>3</v>
       </c>
       <c r="DM32" s="47">
         <v>1</v>
       </c>
       <c r="DN32" s="47">
         <v>1</v>
       </c>
       <c r="DO32" s="47">
         <v>1</v>
       </c>
       <c r="DP32" s="52">
+        <f t="shared" si="57"/>
         <v>58</v>
       </c>
     </row>
     <row r="33" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A33" s="46" t="s">
         <v>23</v>
       </c>
       <c r="B33" s="47">
         <v>279</v>
       </c>
       <c r="C33" s="47">
         <v>13</v>
       </c>
       <c r="D33" s="47">
         <v>5</v>
       </c>
       <c r="E33" s="47">
         <v>8</v>
       </c>
       <c r="F33" s="47">
         <v>4</v>
       </c>
       <c r="G33" s="47">
         <v>2</v>
       </c>
@@ -12693,134 +13385,139 @@
       <c r="CF33" s="47">
         <v>4</v>
       </c>
       <c r="CG33" s="52">
         <v>368</v>
       </c>
       <c r="CH33" s="47">
         <v>300</v>
       </c>
       <c r="CI33" s="47">
         <v>30</v>
       </c>
       <c r="CJ33" s="47">
         <v>14</v>
       </c>
       <c r="CK33" s="47">
         <v>10</v>
       </c>
       <c r="CL33" s="47">
         <v>7</v>
       </c>
       <c r="CM33" s="47">
         <v>4</v>
       </c>
       <c r="CN33" s="52">
+        <f t="shared" si="53"/>
         <v>365</v>
       </c>
       <c r="CO33" s="47">
         <v>310</v>
       </c>
       <c r="CP33" s="47">
         <v>27</v>
       </c>
       <c r="CQ33" s="47">
         <v>18</v>
       </c>
       <c r="CR33" s="47">
         <v>9</v>
       </c>
       <c r="CS33" s="47">
         <v>6</v>
       </c>
       <c r="CT33" s="47">
         <v>6</v>
       </c>
       <c r="CU33" s="52">
+        <f t="shared" si="54"/>
         <v>376</v>
       </c>
       <c r="CV33" s="47">
         <v>300</v>
       </c>
       <c r="CW33" s="47">
         <v>32</v>
       </c>
       <c r="CX33" s="47">
         <v>15</v>
       </c>
       <c r="CY33" s="47">
         <v>9</v>
       </c>
       <c r="CZ33" s="47">
         <v>7</v>
       </c>
       <c r="DA33" s="47">
         <v>5</v>
       </c>
       <c r="DB33" s="52">
+        <f t="shared" si="55"/>
         <v>368</v>
       </c>
       <c r="DC33" s="47">
         <v>286</v>
       </c>
       <c r="DD33" s="47">
         <v>34</v>
       </c>
       <c r="DE33" s="47">
         <v>9</v>
       </c>
       <c r="DF33" s="47">
         <v>14</v>
       </c>
       <c r="DG33" s="47">
         <v>7</v>
       </c>
       <c r="DH33" s="47">
         <v>5</v>
       </c>
       <c r="DI33" s="52">
+        <f t="shared" si="56"/>
         <v>355</v>
       </c>
       <c r="DJ33" s="47">
         <v>251</v>
       </c>
       <c r="DK33" s="47">
         <v>32</v>
       </c>
       <c r="DL33" s="47">
         <v>13</v>
       </c>
       <c r="DM33" s="47">
         <v>10</v>
       </c>
       <c r="DN33" s="47">
         <v>6</v>
       </c>
       <c r="DO33" s="47">
         <v>6</v>
       </c>
       <c r="DP33" s="52">
+        <f t="shared" si="57"/>
         <v>318</v>
       </c>
     </row>
     <row r="34" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A34" s="46" t="s">
         <v>24</v>
       </c>
       <c r="B34" s="47">
         <v>90</v>
       </c>
       <c r="C34" s="47">
         <v>4</v>
       </c>
       <c r="D34" s="47">
         <v>0</v>
       </c>
       <c r="E34" s="47">
         <v>0</v>
       </c>
       <c r="F34" s="47">
         <v>1</v>
       </c>
       <c r="G34" s="47">
         <v>1</v>
       </c>
@@ -13055,134 +13752,139 @@
       <c r="CF34" s="47">
         <v>2</v>
       </c>
       <c r="CG34" s="52">
         <v>112</v>
       </c>
       <c r="CH34" s="47">
         <v>81</v>
       </c>
       <c r="CI34" s="47">
         <v>12</v>
       </c>
       <c r="CJ34" s="47">
         <v>1</v>
       </c>
       <c r="CK34" s="47">
         <v>1</v>
       </c>
       <c r="CL34" s="47">
         <v>0</v>
       </c>
       <c r="CM34" s="47">
         <v>2</v>
       </c>
       <c r="CN34" s="52">
+        <f t="shared" si="53"/>
         <v>97</v>
       </c>
       <c r="CO34" s="47">
         <v>91</v>
       </c>
       <c r="CP34" s="47">
         <v>8</v>
       </c>
       <c r="CQ34" s="47">
         <v>1</v>
       </c>
       <c r="CR34" s="47">
         <v>1</v>
       </c>
       <c r="CS34" s="47">
         <v>1</v>
       </c>
       <c r="CT34" s="47">
         <v>1</v>
       </c>
       <c r="CU34" s="52">
+        <f t="shared" si="54"/>
         <v>103</v>
       </c>
       <c r="CV34" s="47">
         <v>93</v>
       </c>
       <c r="CW34" s="47">
         <v>9</v>
       </c>
       <c r="CX34" s="47">
         <v>1</v>
       </c>
       <c r="CY34" s="47">
         <v>1</v>
       </c>
       <c r="CZ34" s="47">
         <v>1</v>
       </c>
       <c r="DA34" s="47">
         <v>1</v>
       </c>
       <c r="DB34" s="52">
+        <f t="shared" si="55"/>
         <v>106</v>
       </c>
       <c r="DC34" s="47">
         <v>91</v>
       </c>
       <c r="DD34" s="47">
         <v>8</v>
       </c>
       <c r="DE34" s="47">
         <v>2</v>
       </c>
       <c r="DF34" s="47">
         <v>1</v>
       </c>
       <c r="DG34" s="47">
         <v>1</v>
       </c>
       <c r="DH34" s="47">
         <v>1</v>
       </c>
       <c r="DI34" s="52">
+        <f t="shared" si="56"/>
         <v>104</v>
       </c>
       <c r="DJ34" s="47">
         <v>82</v>
       </c>
       <c r="DK34" s="47">
         <v>5</v>
       </c>
       <c r="DL34" s="47">
         <v>2</v>
       </c>
       <c r="DM34" s="47">
         <v>1</v>
       </c>
       <c r="DN34" s="47">
         <v>1</v>
       </c>
       <c r="DO34" s="47">
         <v>1</v>
       </c>
       <c r="DP34" s="52">
+        <f t="shared" si="57"/>
         <v>92</v>
       </c>
     </row>
     <row r="35" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A35" s="46" t="s">
         <v>25</v>
       </c>
       <c r="B35" s="47">
         <v>251</v>
       </c>
       <c r="C35" s="47">
         <v>8</v>
       </c>
       <c r="D35" s="47">
         <v>2</v>
       </c>
       <c r="E35" s="47">
         <v>2</v>
       </c>
       <c r="F35" s="47">
         <v>1</v>
       </c>
       <c r="G35" s="47">
         <v>1</v>
       </c>
@@ -13417,134 +14119,139 @@
       <c r="CF35" s="47">
         <v>3</v>
       </c>
       <c r="CG35" s="52">
         <v>319</v>
       </c>
       <c r="CH35" s="47">
         <v>304</v>
       </c>
       <c r="CI35" s="47">
         <v>11</v>
       </c>
       <c r="CJ35" s="47">
         <v>5</v>
       </c>
       <c r="CK35" s="47">
         <v>5</v>
       </c>
       <c r="CL35" s="47">
         <v>2</v>
       </c>
       <c r="CM35" s="47">
         <v>5</v>
       </c>
       <c r="CN35" s="52">
+        <f t="shared" si="53"/>
         <v>332</v>
       </c>
       <c r="CO35" s="47">
         <v>294</v>
       </c>
       <c r="CP35" s="47">
         <v>13</v>
       </c>
       <c r="CQ35" s="47">
         <v>6</v>
       </c>
       <c r="CR35" s="47">
         <v>5</v>
       </c>
       <c r="CS35" s="47">
         <v>2</v>
       </c>
       <c r="CT35" s="47">
         <v>4</v>
       </c>
       <c r="CU35" s="52">
+        <f t="shared" si="54"/>
         <v>324</v>
       </c>
       <c r="CV35" s="47">
         <v>297</v>
       </c>
       <c r="CW35" s="47">
         <v>17</v>
       </c>
       <c r="CX35" s="47">
         <v>4</v>
       </c>
       <c r="CY35" s="47">
         <v>4</v>
       </c>
       <c r="CZ35" s="47">
         <v>4</v>
       </c>
       <c r="DA35" s="47">
         <v>3</v>
       </c>
       <c r="DB35" s="52">
+        <f t="shared" si="55"/>
         <v>329</v>
       </c>
       <c r="DC35" s="47">
         <v>290</v>
       </c>
       <c r="DD35" s="47">
         <v>19</v>
       </c>
       <c r="DE35" s="47">
         <v>7</v>
       </c>
       <c r="DF35" s="47">
         <v>4</v>
       </c>
       <c r="DG35" s="47">
         <v>3</v>
       </c>
       <c r="DH35" s="47">
         <v>3</v>
       </c>
       <c r="DI35" s="52">
+        <f t="shared" si="56"/>
         <v>326</v>
       </c>
       <c r="DJ35" s="47">
         <v>266</v>
       </c>
       <c r="DK35" s="47">
         <v>18</v>
       </c>
       <c r="DL35" s="47">
         <v>4</v>
       </c>
       <c r="DM35" s="47">
         <v>5</v>
       </c>
       <c r="DN35" s="47">
         <v>2</v>
       </c>
       <c r="DO35" s="47">
         <v>3</v>
       </c>
       <c r="DP35" s="52">
+        <f t="shared" si="57"/>
         <v>298</v>
       </c>
     </row>
     <row r="36" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A36" s="46" t="s">
         <v>26</v>
       </c>
       <c r="B36" s="47">
         <v>3</v>
       </c>
       <c r="C36" s="47">
         <v>1</v>
       </c>
       <c r="D36" s="47">
         <v>0</v>
       </c>
       <c r="E36" s="47">
         <v>0</v>
       </c>
       <c r="F36" s="47">
         <v>0</v>
       </c>
       <c r="G36" s="47">
         <v>0</v>
       </c>
@@ -13779,134 +14486,139 @@
       <c r="CF36" s="47">
         <v>0</v>
       </c>
       <c r="CG36" s="52">
         <v>5</v>
       </c>
       <c r="CH36" s="47">
         <v>5</v>
       </c>
       <c r="CI36" s="47">
         <v>0</v>
       </c>
       <c r="CJ36" s="47">
         <v>0</v>
       </c>
       <c r="CK36" s="47">
         <v>0</v>
       </c>
       <c r="CL36" s="47">
         <v>0</v>
       </c>
       <c r="CM36" s="47">
         <v>0</v>
       </c>
       <c r="CN36" s="52">
+        <f t="shared" si="53"/>
         <v>5</v>
       </c>
       <c r="CO36" s="47">
         <v>5</v>
       </c>
       <c r="CP36" s="47">
         <v>0</v>
       </c>
       <c r="CQ36" s="47">
         <v>0</v>
       </c>
       <c r="CR36" s="47">
         <v>0</v>
       </c>
       <c r="CS36" s="47">
         <v>0</v>
       </c>
       <c r="CT36" s="47">
         <v>0</v>
       </c>
       <c r="CU36" s="52">
+        <f t="shared" si="54"/>
         <v>5</v>
       </c>
       <c r="CV36" s="47">
         <v>5</v>
       </c>
       <c r="CW36" s="47">
         <v>0</v>
       </c>
       <c r="CX36" s="47">
         <v>0</v>
       </c>
       <c r="CY36" s="47">
         <v>0</v>
       </c>
       <c r="CZ36" s="47">
         <v>0</v>
       </c>
       <c r="DA36" s="47">
         <v>0</v>
       </c>
       <c r="DB36" s="52">
+        <f t="shared" si="55"/>
         <v>5</v>
       </c>
       <c r="DC36" s="47">
         <v>5</v>
       </c>
       <c r="DD36" s="47">
         <v>1</v>
       </c>
       <c r="DE36" s="47">
         <v>0</v>
       </c>
       <c r="DF36" s="47">
         <v>0</v>
       </c>
       <c r="DG36" s="47">
         <v>0</v>
       </c>
       <c r="DH36" s="47">
         <v>0</v>
       </c>
       <c r="DI36" s="52">
+        <f t="shared" si="56"/>
         <v>6</v>
       </c>
       <c r="DJ36" s="47">
         <v>5</v>
       </c>
       <c r="DK36" s="47">
         <v>1</v>
       </c>
       <c r="DL36" s="47">
         <v>0</v>
       </c>
       <c r="DM36" s="47">
         <v>0</v>
       </c>
       <c r="DN36" s="47">
         <v>0</v>
       </c>
       <c r="DO36" s="47">
         <v>0</v>
       </c>
       <c r="DP36" s="52">
+        <f t="shared" si="57"/>
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A37" s="44" t="s">
         <v>5</v>
       </c>
       <c r="B37" s="45">
         <v>4849</v>
       </c>
       <c r="C37" s="45">
         <v>557</v>
       </c>
       <c r="D37" s="45">
         <v>175</v>
       </c>
       <c r="E37" s="45">
         <v>161</v>
       </c>
       <c r="F37" s="45">
         <v>66</v>
       </c>
       <c r="G37" s="45">
         <v>60</v>
       </c>
@@ -14141,817 +14853,854 @@
       <c r="CF37" s="45">
         <v>74</v>
       </c>
       <c r="CG37" s="53">
         <v>6283</v>
       </c>
       <c r="CH37" s="45">
         <v>5050</v>
       </c>
       <c r="CI37" s="45">
         <v>615</v>
       </c>
       <c r="CJ37" s="45">
         <v>216</v>
       </c>
       <c r="CK37" s="45">
         <v>164</v>
       </c>
       <c r="CL37" s="45">
         <v>94</v>
       </c>
       <c r="CM37" s="45">
         <v>71</v>
       </c>
       <c r="CN37" s="53">
+        <f t="shared" si="53"/>
         <v>6210</v>
       </c>
       <c r="CO37" s="45">
         <v>5019</v>
       </c>
       <c r="CP37" s="45">
         <v>615</v>
       </c>
       <c r="CQ37" s="45">
         <v>232</v>
       </c>
       <c r="CR37" s="45">
         <v>166</v>
       </c>
       <c r="CS37" s="45">
         <v>92</v>
       </c>
       <c r="CT37" s="45">
         <v>72</v>
       </c>
       <c r="CU37" s="53">
+        <f t="shared" si="54"/>
         <v>6196</v>
       </c>
       <c r="CV37" s="45">
         <v>5020</v>
       </c>
       <c r="CW37" s="45">
         <v>648</v>
       </c>
       <c r="CX37" s="45">
         <v>221</v>
       </c>
       <c r="CY37" s="45">
         <v>173</v>
       </c>
       <c r="CZ37" s="45">
         <v>107</v>
       </c>
       <c r="DA37" s="45">
         <v>72</v>
       </c>
       <c r="DB37" s="53">
+        <f t="shared" si="55"/>
         <v>6241</v>
       </c>
       <c r="DC37" s="45">
         <v>4953</v>
       </c>
       <c r="DD37" s="45">
         <v>662</v>
       </c>
       <c r="DE37" s="45">
         <v>221</v>
       </c>
       <c r="DF37" s="45">
         <v>194</v>
       </c>
       <c r="DG37" s="45">
         <v>97</v>
       </c>
       <c r="DH37" s="45">
         <v>70</v>
       </c>
       <c r="DI37" s="53">
+        <f t="shared" si="56"/>
         <v>6197</v>
       </c>
       <c r="DJ37" s="45">
         <v>4504</v>
       </c>
       <c r="DK37" s="45">
         <v>574</v>
       </c>
       <c r="DL37" s="45">
         <v>199</v>
       </c>
       <c r="DM37" s="45">
         <v>147</v>
       </c>
       <c r="DN37" s="45">
         <v>79</v>
       </c>
       <c r="DO37" s="45">
         <v>61</v>
       </c>
       <c r="DP37" s="53">
+        <f t="shared" si="57"/>
         <v>5564</v>
       </c>
     </row>
     <row r="38" spans="1:120" x14ac:dyDescent="0.25">
       <c r="A38" s="49" t="s">
         <v>27</v>
       </c>
       <c r="B38" s="6"/>
       <c r="C38" s="6"/>
       <c r="D38" s="6"/>
       <c r="E38" s="6"/>
       <c r="F38" s="6"/>
       <c r="G38" s="6"/>
       <c r="H38" s="6"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
     </row>
     <row r="39" spans="1:120" ht="40.5" x14ac:dyDescent="0.25">
       <c r="A39" s="50" t="s">
         <v>82</v>
       </c>
       <c r="BF39" s="15"/>
     </row>
     <row r="40" spans="1:120" ht="27" x14ac:dyDescent="0.25">
       <c r="A40" s="50" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="41" spans="1:120" x14ac:dyDescent="0.25">
       <c r="CR41" s="36"/>
     </row>
   </sheetData>
   <mergeCells count="19">
-    <mergeCell ref="DJ6:DP6"/>
     <mergeCell ref="DC6:DI6"/>
     <mergeCell ref="CV6:DB6"/>
     <mergeCell ref="BT6:BZ6"/>
     <mergeCell ref="CA6:CG6"/>
     <mergeCell ref="CH6:CN6"/>
     <mergeCell ref="CO6:CU6"/>
+    <mergeCell ref="DJ6:DP6"/>
+    <mergeCell ref="A2:Q2"/>
+    <mergeCell ref="A6:A7"/>
+    <mergeCell ref="B6:H6"/>
+    <mergeCell ref="I6:O6"/>
+    <mergeCell ref="BF6:BL6"/>
     <mergeCell ref="BM6:BS6"/>
     <mergeCell ref="AY6:BE6"/>
     <mergeCell ref="P6:V6"/>
     <mergeCell ref="W6:AC6"/>
     <mergeCell ref="AD6:AJ6"/>
     <mergeCell ref="AK6:AQ6"/>
     <mergeCell ref="AR6:AX6"/>
-    <mergeCell ref="A2:Q2"/>
-[...3 lines deleted...]
-    <mergeCell ref="BF6:BL6"/>
   </mergeCells>
+  <phoneticPr fontId="54" type="noConversion"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="85" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;LISEE - document édité le &amp;D</oddFooter>
   </headerFooter>
+  <ignoredErrors>
+    <ignoredError sqref="CN9:CN16 CN24:CN37 DJ23 DK23:DO23 DC23:DH23 CV23:DA23 CO23:CT23 CH23:CN23 CN21" formulaRange="1"/>
+    <ignoredError sqref="DI17:DI20 DB17:DB21 CU17:CU22 CN19" formula="1"/>
+    <ignoredError sqref="CN20 CN17:CN18" formula="1" formulaRange="1"/>
+  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:EO34"/>
+  <dimension ref="A1:EW34"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
+      <pane xSplit="1" topLeftCell="DZ1" activePane="topRight" state="frozen"/>
       <selection activeCell="P28" sqref="P28"/>
-      <selection pane="topRight"/>
+      <selection pane="topRight" activeCell="EV7" sqref="EV7:EW7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="35.42578125" style="20" bestFit="1" customWidth="1"/>
     <col min="2" max="5" width="14.140625" style="20" customWidth="1"/>
     <col min="6" max="10" width="14" style="20" customWidth="1"/>
     <col min="11" max="13" width="11.42578125" style="20"/>
     <col min="14" max="14" width="14.5703125" style="20" customWidth="1"/>
     <col min="15" max="17" width="11.42578125" style="20"/>
     <col min="18" max="18" width="14.42578125" style="20" customWidth="1"/>
     <col min="19" max="21" width="11.42578125" style="20"/>
     <col min="22" max="22" width="14.85546875" style="20" customWidth="1"/>
     <col min="23" max="25" width="11.42578125" style="20"/>
     <col min="26" max="26" width="14" style="20" customWidth="1"/>
     <col min="27" max="29" width="11.42578125" style="20"/>
     <col min="30" max="30" width="14.85546875" style="20" customWidth="1"/>
     <col min="31" max="33" width="11.42578125" style="20"/>
     <col min="34" max="34" width="14" style="20" customWidth="1"/>
     <col min="35" max="16384" width="11.42578125" style="20"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:145" s="40" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:153" s="40" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="38"/>
       <c r="B1" s="39"/>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="39"/>
       <c r="I1" s="39"/>
       <c r="J1" s="39"/>
       <c r="K1" s="39"/>
       <c r="L1" s="39"/>
       <c r="M1" s="39"/>
       <c r="N1" s="39"/>
       <c r="O1" s="39"/>
       <c r="P1" s="39"/>
       <c r="Q1" s="39"/>
       <c r="R1" s="39"/>
       <c r="S1" s="39"/>
       <c r="T1" s="39"/>
       <c r="U1" s="39"/>
       <c r="V1" s="39"/>
       <c r="W1" s="39"/>
       <c r="X1" s="39"/>
       <c r="Y1" s="39"/>
       <c r="Z1" s="39"/>
       <c r="AA1" s="39"/>
       <c r="AB1" s="39"/>
       <c r="AC1" s="39"/>
       <c r="AD1" s="39"/>
       <c r="AE1" s="39"/>
       <c r="AF1" s="39"/>
       <c r="AG1" s="39"/>
       <c r="AH1" s="39"/>
       <c r="AI1" s="39"/>
       <c r="AJ1" s="39"/>
       <c r="AK1" s="39"/>
       <c r="AL1" s="39"/>
       <c r="AM1" s="39"/>
       <c r="AN1" s="39"/>
       <c r="AO1" s="39"/>
       <c r="AP1" s="39"/>
       <c r="AQ1" s="39"/>
       <c r="AR1" s="39"/>
       <c r="AS1" s="39"/>
       <c r="AT1" s="39"/>
       <c r="AU1" s="39"/>
       <c r="AV1" s="39"/>
       <c r="AW1" s="39"/>
     </row>
-    <row r="2" spans="1:145" ht="63" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="63" t="s">
+    <row r="2" spans="1:153" ht="63" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="67" t="s">
         <v>43</v>
       </c>
-      <c r="B2" s="63"/>
-[...14 lines deleted...]
-      <c r="Q2" s="63"/>
+      <c r="B2" s="67"/>
+      <c r="C2" s="67"/>
+      <c r="D2" s="67"/>
+      <c r="E2" s="67"/>
+      <c r="F2" s="67"/>
+      <c r="G2" s="67"/>
+      <c r="H2" s="67"/>
+      <c r="I2" s="67"/>
+      <c r="J2" s="67"/>
+      <c r="K2" s="67"/>
+      <c r="L2" s="67"/>
+      <c r="M2" s="67"/>
+      <c r="N2" s="67"/>
+      <c r="O2" s="67"/>
+      <c r="P2" s="67"/>
+      <c r="Q2" s="67"/>
     </row>
-    <row r="3" spans="1:145" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:153" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="22"/>
       <c r="B3" s="22"/>
       <c r="C3" s="22"/>
       <c r="D3" s="22"/>
       <c r="E3" s="22"/>
       <c r="F3" s="21"/>
       <c r="G3" s="21"/>
       <c r="H3" s="21"/>
       <c r="I3" s="21"/>
     </row>
-    <row r="4" spans="1:145" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:153" x14ac:dyDescent="0.2">
       <c r="A4" s="41" t="s">
         <v>42</v>
       </c>
       <c r="B4" s="23"/>
       <c r="C4" s="23"/>
       <c r="D4" s="23"/>
       <c r="E4" s="23"/>
       <c r="G4" s="21"/>
       <c r="H4" s="21"/>
       <c r="I4" s="21"/>
     </row>
-    <row r="5" spans="1:145" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:153" x14ac:dyDescent="0.2">
       <c r="A5" s="37" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B5" s="23"/>
       <c r="C5" s="23"/>
       <c r="D5" s="23"/>
       <c r="E5" s="23"/>
       <c r="G5" s="21"/>
       <c r="H5" s="21"/>
       <c r="I5" s="21"/>
     </row>
-    <row r="6" spans="1:145" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A6" s="64" t="s">
+    <row r="6" spans="1:153" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="A6" s="65" t="s">
         <v>59</v>
       </c>
-      <c r="B6" s="64">
+      <c r="B6" s="65">
         <v>2007</v>
       </c>
-      <c r="C6" s="64"/>
-[...4 lines deleted...]
-      <c r="H6" s="64"/>
+      <c r="C6" s="65"/>
+      <c r="D6" s="65"/>
+      <c r="E6" s="65"/>
+      <c r="F6" s="65"/>
+      <c r="G6" s="65"/>
+      <c r="H6" s="65"/>
       <c r="I6" s="42"/>
-      <c r="J6" s="64">
+      <c r="J6" s="65">
         <v>2008</v>
       </c>
-      <c r="K6" s="64"/>
-[...4 lines deleted...]
-      <c r="P6" s="64"/>
+      <c r="K6" s="65"/>
+      <c r="L6" s="65"/>
+      <c r="M6" s="65"/>
+      <c r="N6" s="65"/>
+      <c r="O6" s="65"/>
+      <c r="P6" s="65"/>
       <c r="Q6" s="42"/>
-      <c r="R6" s="64">
+      <c r="R6" s="65">
         <v>2009</v>
       </c>
-      <c r="S6" s="64"/>
-[...4 lines deleted...]
-      <c r="X6" s="64"/>
+      <c r="S6" s="65"/>
+      <c r="T6" s="65"/>
+      <c r="U6" s="65"/>
+      <c r="V6" s="65"/>
+      <c r="W6" s="65"/>
+      <c r="X6" s="65"/>
       <c r="Y6" s="42"/>
-      <c r="Z6" s="64">
+      <c r="Z6" s="65">
         <v>2010</v>
       </c>
-      <c r="AA6" s="64"/>
-[...4 lines deleted...]
-      <c r="AF6" s="64"/>
+      <c r="AA6" s="65"/>
+      <c r="AB6" s="65"/>
+      <c r="AC6" s="65"/>
+      <c r="AD6" s="65"/>
+      <c r="AE6" s="65"/>
+      <c r="AF6" s="65"/>
       <c r="AG6" s="42"/>
-      <c r="AH6" s="64">
+      <c r="AH6" s="65">
         <v>2011</v>
       </c>
-      <c r="AI6" s="64"/>
-[...4 lines deleted...]
-      <c r="AN6" s="64"/>
+      <c r="AI6" s="65"/>
+      <c r="AJ6" s="65"/>
+      <c r="AK6" s="65"/>
+      <c r="AL6" s="65"/>
+      <c r="AM6" s="65"/>
+      <c r="AN6" s="65"/>
       <c r="AO6" s="42"/>
-      <c r="AP6" s="64">
+      <c r="AP6" s="65">
         <v>2012</v>
       </c>
-      <c r="AQ6" s="64"/>
-[...4 lines deleted...]
-      <c r="AV6" s="64"/>
+      <c r="AQ6" s="65"/>
+      <c r="AR6" s="65"/>
+      <c r="AS6" s="65"/>
+      <c r="AT6" s="65"/>
+      <c r="AU6" s="65"/>
+      <c r="AV6" s="65"/>
       <c r="AW6" s="42"/>
-      <c r="AX6" s="64">
+      <c r="AX6" s="65">
         <v>2013</v>
       </c>
-      <c r="AY6" s="64"/>
-[...4 lines deleted...]
-      <c r="BD6" s="64"/>
+      <c r="AY6" s="65"/>
+      <c r="AZ6" s="65"/>
+      <c r="BA6" s="65"/>
+      <c r="BB6" s="65"/>
+      <c r="BC6" s="65"/>
+      <c r="BD6" s="65"/>
       <c r="BE6" s="42"/>
-      <c r="BF6" s="64">
+      <c r="BF6" s="65">
         <v>2014</v>
       </c>
-      <c r="BG6" s="64"/>
-[...4 lines deleted...]
-      <c r="BL6" s="64"/>
+      <c r="BG6" s="65"/>
+      <c r="BH6" s="65"/>
+      <c r="BI6" s="65"/>
+      <c r="BJ6" s="65"/>
+      <c r="BK6" s="65"/>
+      <c r="BL6" s="65"/>
       <c r="BM6" s="42"/>
-      <c r="BN6" s="64">
+      <c r="BN6" s="65">
         <v>2015</v>
       </c>
-      <c r="BO6" s="64"/>
-[...4 lines deleted...]
-      <c r="BT6" s="64"/>
+      <c r="BO6" s="65"/>
+      <c r="BP6" s="65"/>
+      <c r="BQ6" s="65"/>
+      <c r="BR6" s="65"/>
+      <c r="BS6" s="65"/>
+      <c r="BT6" s="65"/>
       <c r="BU6" s="42"/>
-      <c r="BV6" s="64">
+      <c r="BV6" s="65">
         <v>2016</v>
       </c>
-      <c r="BW6" s="64"/>
-[...4 lines deleted...]
-      <c r="CB6" s="64"/>
+      <c r="BW6" s="65"/>
+      <c r="BX6" s="65"/>
+      <c r="BY6" s="65"/>
+      <c r="BZ6" s="65"/>
+      <c r="CA6" s="65"/>
+      <c r="CB6" s="65"/>
       <c r="CC6" s="42"/>
-      <c r="CD6" s="64">
+      <c r="CD6" s="65">
         <v>2017</v>
       </c>
-      <c r="CE6" s="64"/>
-[...4 lines deleted...]
-      <c r="CJ6" s="64"/>
+      <c r="CE6" s="65"/>
+      <c r="CF6" s="65"/>
+      <c r="CG6" s="65"/>
+      <c r="CH6" s="65"/>
+      <c r="CI6" s="65"/>
+      <c r="CJ6" s="65"/>
       <c r="CK6" s="42"/>
-      <c r="CL6" s="64">
+      <c r="CL6" s="65">
         <v>2018</v>
       </c>
-      <c r="CM6" s="64"/>
-[...4 lines deleted...]
-      <c r="CR6" s="64"/>
+      <c r="CM6" s="65"/>
+      <c r="CN6" s="65"/>
+      <c r="CO6" s="65"/>
+      <c r="CP6" s="65"/>
+      <c r="CQ6" s="65"/>
+      <c r="CR6" s="65"/>
       <c r="CS6" s="42"/>
-      <c r="CT6" s="64">
+      <c r="CT6" s="65">
         <v>2019</v>
       </c>
-      <c r="CU6" s="64"/>
-[...6 lines deleted...]
-      <c r="DB6" s="64">
+      <c r="CU6" s="65"/>
+      <c r="CV6" s="65"/>
+      <c r="CW6" s="65"/>
+      <c r="CX6" s="65"/>
+      <c r="CY6" s="65"/>
+      <c r="CZ6" s="65"/>
+      <c r="DA6" s="65"/>
+      <c r="DB6" s="65">
         <v>2020</v>
       </c>
-      <c r="DC6" s="64"/>
-[...6 lines deleted...]
-      <c r="DJ6" s="64">
+      <c r="DC6" s="65"/>
+      <c r="DD6" s="65"/>
+      <c r="DE6" s="65"/>
+      <c r="DF6" s="65"/>
+      <c r="DG6" s="65"/>
+      <c r="DH6" s="65"/>
+      <c r="DI6" s="65"/>
+      <c r="DJ6" s="65">
         <v>2021</v>
       </c>
-      <c r="DK6" s="64"/>
-[...6 lines deleted...]
-      <c r="DR6" s="64">
+      <c r="DK6" s="65"/>
+      <c r="DL6" s="65"/>
+      <c r="DM6" s="65"/>
+      <c r="DN6" s="65"/>
+      <c r="DO6" s="65"/>
+      <c r="DP6" s="65"/>
+      <c r="DQ6" s="65"/>
+      <c r="DR6" s="65">
         <v>2022</v>
       </c>
-      <c r="DS6" s="64"/>
-[...6 lines deleted...]
-      <c r="DZ6" s="64">
+      <c r="DS6" s="65"/>
+      <c r="DT6" s="65"/>
+      <c r="DU6" s="65"/>
+      <c r="DV6" s="65"/>
+      <c r="DW6" s="65"/>
+      <c r="DX6" s="65"/>
+      <c r="DY6" s="65"/>
+      <c r="DZ6" s="65">
         <v>2023</v>
       </c>
-      <c r="EA6" s="64"/>
-[...6 lines deleted...]
-      <c r="EH6" s="64">
+      <c r="EA6" s="65"/>
+      <c r="EB6" s="65"/>
+      <c r="EC6" s="65"/>
+      <c r="ED6" s="65"/>
+      <c r="EE6" s="65"/>
+      <c r="EF6" s="65"/>
+      <c r="EG6" s="65"/>
+      <c r="EH6" s="65">
         <v>2024</v>
       </c>
-      <c r="EI6" s="64"/>
-[...5 lines deleted...]
-      <c r="EO6" s="64"/>
+      <c r="EI6" s="65"/>
+      <c r="EJ6" s="65"/>
+      <c r="EK6" s="65"/>
+      <c r="EL6" s="65"/>
+      <c r="EM6" s="65"/>
+      <c r="EN6" s="65"/>
+      <c r="EO6" s="65"/>
+      <c r="EP6" s="65">
+        <v>2025</v>
+      </c>
+      <c r="EQ6" s="65"/>
+      <c r="ER6" s="65"/>
+      <c r="ES6" s="65"/>
+      <c r="ET6" s="65"/>
+      <c r="EU6" s="65"/>
+      <c r="EV6" s="65"/>
+      <c r="EW6" s="65"/>
     </row>
-    <row r="7" spans="1:145" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B7" s="64" t="s">
+    <row r="7" spans="1:153" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="65"/>
+      <c r="B7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="C7" s="64"/>
-      <c r="D7" s="64" t="s">
+      <c r="C7" s="65"/>
+      <c r="D7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="E7" s="64"/>
-      <c r="F7" s="64" t="s">
+      <c r="E7" s="65"/>
+      <c r="F7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="G7" s="64"/>
-      <c r="H7" s="64" t="s">
+      <c r="G7" s="65"/>
+      <c r="H7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="I7" s="64"/>
-      <c r="J7" s="64" t="s">
+      <c r="I7" s="65"/>
+      <c r="J7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="K7" s="64"/>
-      <c r="L7" s="64" t="s">
+      <c r="K7" s="65"/>
+      <c r="L7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="M7" s="64"/>
-      <c r="N7" s="64" t="s">
+      <c r="M7" s="65"/>
+      <c r="N7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="O7" s="64"/>
-      <c r="P7" s="64" t="s">
+      <c r="O7" s="65"/>
+      <c r="P7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="Q7" s="64"/>
-      <c r="R7" s="64" t="s">
+      <c r="Q7" s="65"/>
+      <c r="R7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="S7" s="64"/>
-      <c r="T7" s="64" t="s">
+      <c r="S7" s="65"/>
+      <c r="T7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="U7" s="64"/>
-      <c r="V7" s="64" t="s">
+      <c r="U7" s="65"/>
+      <c r="V7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="W7" s="64"/>
-      <c r="X7" s="64" t="s">
+      <c r="W7" s="65"/>
+      <c r="X7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="Y7" s="64"/>
-      <c r="Z7" s="64" t="s">
+      <c r="Y7" s="65"/>
+      <c r="Z7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="AA7" s="64"/>
-      <c r="AB7" s="64" t="s">
+      <c r="AA7" s="65"/>
+      <c r="AB7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="AC7" s="64"/>
-      <c r="AD7" s="64" t="s">
+      <c r="AC7" s="65"/>
+      <c r="AD7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="AE7" s="64"/>
-      <c r="AF7" s="64" t="s">
+      <c r="AE7" s="65"/>
+      <c r="AF7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="AG7" s="64"/>
-      <c r="AH7" s="64" t="s">
+      <c r="AG7" s="65"/>
+      <c r="AH7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="AI7" s="64"/>
-      <c r="AJ7" s="64" t="s">
+      <c r="AI7" s="65"/>
+      <c r="AJ7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="AK7" s="64"/>
-      <c r="AL7" s="64" t="s">
+      <c r="AK7" s="65"/>
+      <c r="AL7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="AM7" s="64"/>
-      <c r="AN7" s="64" t="s">
+      <c r="AM7" s="65"/>
+      <c r="AN7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="AO7" s="64"/>
-      <c r="AP7" s="64" t="s">
+      <c r="AO7" s="65"/>
+      <c r="AP7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="AQ7" s="64"/>
-      <c r="AR7" s="64" t="s">
+      <c r="AQ7" s="65"/>
+      <c r="AR7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="AS7" s="64"/>
-      <c r="AT7" s="64" t="s">
+      <c r="AS7" s="65"/>
+      <c r="AT7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="AU7" s="64"/>
-      <c r="AV7" s="64" t="s">
+      <c r="AU7" s="65"/>
+      <c r="AV7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="AW7" s="64"/>
-      <c r="AX7" s="64" t="s">
+      <c r="AW7" s="65"/>
+      <c r="AX7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="AY7" s="64"/>
-      <c r="AZ7" s="64" t="s">
+      <c r="AY7" s="65"/>
+      <c r="AZ7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="BA7" s="64"/>
-      <c r="BB7" s="64" t="s">
+      <c r="BA7" s="65"/>
+      <c r="BB7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="BC7" s="64"/>
-      <c r="BD7" s="64" t="s">
+      <c r="BC7" s="65"/>
+      <c r="BD7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="BE7" s="64"/>
-      <c r="BF7" s="64" t="s">
+      <c r="BE7" s="65"/>
+      <c r="BF7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="BG7" s="64"/>
-      <c r="BH7" s="64" t="s">
+      <c r="BG7" s="65"/>
+      <c r="BH7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="BI7" s="64"/>
-      <c r="BJ7" s="64" t="s">
+      <c r="BI7" s="65"/>
+      <c r="BJ7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="BK7" s="64"/>
-      <c r="BL7" s="64" t="s">
+      <c r="BK7" s="65"/>
+      <c r="BL7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="BM7" s="64"/>
-      <c r="BN7" s="64" t="s">
+      <c r="BM7" s="65"/>
+      <c r="BN7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="BO7" s="64"/>
-      <c r="BP7" s="64" t="s">
+      <c r="BO7" s="65"/>
+      <c r="BP7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="BQ7" s="64"/>
-      <c r="BR7" s="64" t="s">
+      <c r="BQ7" s="65"/>
+      <c r="BR7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="BS7" s="64"/>
-      <c r="BT7" s="64" t="s">
+      <c r="BS7" s="65"/>
+      <c r="BT7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="BU7" s="64"/>
-      <c r="BV7" s="64" t="s">
+      <c r="BU7" s="65"/>
+      <c r="BV7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="BW7" s="64"/>
-      <c r="BX7" s="64" t="s">
+      <c r="BW7" s="65"/>
+      <c r="BX7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="BY7" s="64"/>
-      <c r="BZ7" s="64" t="s">
+      <c r="BY7" s="65"/>
+      <c r="BZ7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="CA7" s="64"/>
-      <c r="CB7" s="64" t="s">
+      <c r="CA7" s="65"/>
+      <c r="CB7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="CC7" s="64"/>
-      <c r="CD7" s="64" t="s">
+      <c r="CC7" s="65"/>
+      <c r="CD7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="CE7" s="64"/>
-      <c r="CF7" s="64" t="s">
+      <c r="CE7" s="65"/>
+      <c r="CF7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="CG7" s="64"/>
-      <c r="CH7" s="64" t="s">
+      <c r="CG7" s="65"/>
+      <c r="CH7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="CI7" s="64"/>
-      <c r="CJ7" s="64" t="s">
+      <c r="CI7" s="65"/>
+      <c r="CJ7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="CK7" s="64"/>
-      <c r="CL7" s="64" t="s">
+      <c r="CK7" s="65"/>
+      <c r="CL7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="CM7" s="64"/>
-      <c r="CN7" s="64" t="s">
+      <c r="CM7" s="65"/>
+      <c r="CN7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="CO7" s="64"/>
-      <c r="CP7" s="64" t="s">
+      <c r="CO7" s="65"/>
+      <c r="CP7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="CQ7" s="64"/>
-      <c r="CR7" s="64" t="s">
+      <c r="CQ7" s="65"/>
+      <c r="CR7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="CS7" s="64"/>
-      <c r="CT7" s="64" t="s">
+      <c r="CS7" s="65"/>
+      <c r="CT7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="CU7" s="64"/>
-      <c r="CV7" s="64" t="s">
+      <c r="CU7" s="65"/>
+      <c r="CV7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="CW7" s="64"/>
-      <c r="CX7" s="64" t="s">
+      <c r="CW7" s="65"/>
+      <c r="CX7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="CY7" s="64"/>
-      <c r="CZ7" s="64" t="s">
+      <c r="CY7" s="65"/>
+      <c r="CZ7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="DA7" s="64"/>
-      <c r="DB7" s="64" t="s">
+      <c r="DA7" s="65"/>
+      <c r="DB7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="DC7" s="64"/>
-      <c r="DD7" s="64" t="s">
+      <c r="DC7" s="65"/>
+      <c r="DD7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="DE7" s="64"/>
-      <c r="DF7" s="64" t="s">
+      <c r="DE7" s="65"/>
+      <c r="DF7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="DG7" s="64"/>
-      <c r="DH7" s="64" t="s">
+      <c r="DG7" s="65"/>
+      <c r="DH7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="DI7" s="64"/>
-      <c r="DJ7" s="64" t="s">
+      <c r="DI7" s="65"/>
+      <c r="DJ7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="DK7" s="64"/>
-      <c r="DL7" s="64" t="s">
+      <c r="DK7" s="65"/>
+      <c r="DL7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="DM7" s="64"/>
-      <c r="DN7" s="64" t="s">
+      <c r="DM7" s="65"/>
+      <c r="DN7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="DO7" s="64"/>
-      <c r="DP7" s="64" t="s">
+      <c r="DO7" s="65"/>
+      <c r="DP7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="DQ7" s="64"/>
-      <c r="DR7" s="64" t="s">
+      <c r="DQ7" s="65"/>
+      <c r="DR7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="DS7" s="64"/>
-      <c r="DT7" s="64" t="s">
+      <c r="DS7" s="65"/>
+      <c r="DT7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="DU7" s="64"/>
-      <c r="DV7" s="64" t="s">
+      <c r="DU7" s="65"/>
+      <c r="DV7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="DW7" s="64"/>
-      <c r="DX7" s="64" t="s">
+      <c r="DW7" s="65"/>
+      <c r="DX7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="DY7" s="64"/>
-      <c r="DZ7" s="64" t="s">
+      <c r="DY7" s="65"/>
+      <c r="DZ7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="EA7" s="64"/>
-      <c r="EB7" s="64" t="s">
+      <c r="EA7" s="65"/>
+      <c r="EB7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="EC7" s="64"/>
-      <c r="ED7" s="64" t="s">
+      <c r="EC7" s="65"/>
+      <c r="ED7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="EE7" s="64"/>
-      <c r="EF7" s="64" t="s">
+      <c r="EE7" s="65"/>
+      <c r="EF7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="EG7" s="64"/>
-      <c r="EH7" s="64" t="s">
+      <c r="EG7" s="65"/>
+      <c r="EH7" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="EI7" s="64"/>
-      <c r="EJ7" s="64" t="s">
+      <c r="EI7" s="65"/>
+      <c r="EJ7" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="EK7" s="64"/>
-      <c r="EL7" s="64" t="s">
+      <c r="EK7" s="65"/>
+      <c r="EL7" s="65" t="s">
         <v>78</v>
       </c>
-      <c r="EM7" s="64"/>
-      <c r="EN7" s="64" t="s">
+      <c r="EM7" s="65"/>
+      <c r="EN7" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="EO7" s="64"/>
+      <c r="EO7" s="65"/>
+      <c r="EP7" s="65" t="s">
+        <v>76</v>
+      </c>
+      <c r="EQ7" s="65"/>
+      <c r="ER7" s="65" t="s">
+        <v>77</v>
+      </c>
+      <c r="ES7" s="65"/>
+      <c r="ET7" s="65" t="s">
+        <v>78</v>
+      </c>
+      <c r="EU7" s="65"/>
+      <c r="EV7" s="65" t="s">
+        <v>5</v>
+      </c>
+      <c r="EW7" s="65"/>
     </row>
-    <row r="8" spans="1:145" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:153" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="42"/>
       <c r="B8" s="42" t="s">
         <v>41</v>
       </c>
       <c r="C8" s="42" t="s">
         <v>75</v>
       </c>
       <c r="D8" s="42" t="s">
         <v>41</v>
       </c>
       <c r="E8" s="42" t="s">
         <v>75</v>
       </c>
       <c r="F8" s="42" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="42" t="s">
         <v>75</v>
       </c>
       <c r="H8" s="42" t="s">
         <v>41</v>
       </c>
       <c r="I8" s="42" t="s">
         <v>75</v>
       </c>
@@ -15341,52 +16090,76 @@
       </c>
       <c r="EH8" s="42" t="s">
         <v>41</v>
       </c>
       <c r="EI8" s="42" t="s">
         <v>75</v>
       </c>
       <c r="EJ8" s="42" t="s">
         <v>41</v>
       </c>
       <c r="EK8" s="42" t="s">
         <v>75</v>
       </c>
       <c r="EL8" s="42" t="s">
         <v>41</v>
       </c>
       <c r="EM8" s="42" t="s">
         <v>75</v>
       </c>
       <c r="EN8" s="42" t="s">
         <v>41</v>
       </c>
       <c r="EO8" s="42" t="s">
         <v>75</v>
       </c>
+      <c r="EP8" s="42" t="s">
+        <v>41</v>
+      </c>
+      <c r="EQ8" s="42" t="s">
+        <v>75</v>
+      </c>
+      <c r="ER8" s="42" t="s">
+        <v>41</v>
+      </c>
+      <c r="ES8" s="42" t="s">
+        <v>75</v>
+      </c>
+      <c r="ET8" s="42" t="s">
+        <v>41</v>
+      </c>
+      <c r="EU8" s="42" t="s">
+        <v>75</v>
+      </c>
+      <c r="EV8" s="42" t="s">
+        <v>41</v>
+      </c>
+      <c r="EW8" s="42" t="s">
+        <v>75</v>
+      </c>
     </row>
-    <row r="9" spans="1:145" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:153" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A9" s="43" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="54">
         <v>11.843554902680866</v>
       </c>
       <c r="C9" s="54">
         <v>645</v>
       </c>
       <c r="D9" s="54">
         <v>43.297833272126326</v>
       </c>
       <c r="E9" s="54">
         <v>2358</v>
       </c>
       <c r="F9" s="54">
         <v>44.858611825192803</v>
       </c>
       <c r="G9" s="54">
         <v>2443</v>
       </c>
       <c r="H9" s="54">
         <v>100</v>
       </c>
       <c r="I9" s="56">
@@ -15778,52 +16551,80 @@
       </c>
       <c r="EH9" s="54">
         <v>10.646976090014064</v>
       </c>
       <c r="EI9" s="54">
         <v>757</v>
       </c>
       <c r="EJ9" s="54">
         <v>42.264416315049225</v>
       </c>
       <c r="EK9" s="54">
         <v>3005</v>
       </c>
       <c r="EL9" s="54">
         <v>47.088607594936711</v>
       </c>
       <c r="EM9" s="54">
         <v>3348</v>
       </c>
       <c r="EN9" s="54">
         <v>100</v>
       </c>
       <c r="EO9" s="56">
         <v>7110</v>
       </c>
+      <c r="EP9" s="54">
+        <f>EQ9/EW9*100</f>
+        <v>10.553828765187905</v>
+      </c>
+      <c r="EQ9" s="54">
+        <v>747</v>
+      </c>
+      <c r="ER9" s="54">
+        <f>ES9/EW9*100</f>
+        <v>42.469624187623623</v>
+      </c>
+      <c r="ES9" s="54">
+        <v>3006</v>
+      </c>
+      <c r="ET9" s="54">
+        <f>EU9/EW9*100</f>
+        <v>46.976547047188468</v>
+      </c>
+      <c r="EU9" s="54">
+        <v>3325</v>
+      </c>
+      <c r="EV9" s="54">
+        <f>EP9+ER9+ET9</f>
+        <v>100</v>
+      </c>
+      <c r="EW9" s="56">
+        <v>7078</v>
+      </c>
     </row>
-    <row r="10" spans="1:145" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:153" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B10" s="55"/>
       <c r="C10" s="54"/>
       <c r="D10" s="54"/>
       <c r="E10" s="54"/>
       <c r="F10" s="54"/>
       <c r="G10" s="54"/>
       <c r="H10" s="54"/>
       <c r="I10" s="56"/>
       <c r="J10" s="55"/>
       <c r="K10" s="54"/>
       <c r="L10" s="54"/>
       <c r="M10" s="54"/>
       <c r="N10" s="54"/>
       <c r="O10" s="54"/>
       <c r="P10" s="54"/>
       <c r="Q10" s="56"/>
       <c r="R10" s="55"/>
       <c r="S10" s="54"/>
       <c r="T10" s="54"/>
       <c r="U10" s="54"/>
       <c r="V10" s="54"/>
       <c r="W10" s="54"/>
       <c r="X10" s="54"/>
       <c r="Y10" s="56"/>
       <c r="Z10" s="55"/>
@@ -15924,52 +16725,60 @@
       <c r="DQ10" s="56"/>
       <c r="DR10" s="55"/>
       <c r="DS10" s="54"/>
       <c r="DT10" s="54"/>
       <c r="DU10" s="54"/>
       <c r="DV10" s="54"/>
       <c r="DW10" s="54"/>
       <c r="DX10" s="54"/>
       <c r="DY10" s="56"/>
       <c r="DZ10" s="55"/>
       <c r="EA10" s="54"/>
       <c r="EB10" s="54"/>
       <c r="EC10" s="54"/>
       <c r="ED10" s="54"/>
       <c r="EE10" s="54"/>
       <c r="EF10" s="54"/>
       <c r="EG10" s="56"/>
       <c r="EH10" s="55"/>
       <c r="EI10" s="54"/>
       <c r="EJ10" s="54"/>
       <c r="EK10" s="54"/>
       <c r="EL10" s="54"/>
       <c r="EM10" s="54"/>
       <c r="EN10" s="54"/>
       <c r="EO10" s="56"/>
+      <c r="EP10" s="55"/>
+      <c r="EQ10" s="54"/>
+      <c r="ER10" s="54"/>
+      <c r="ES10" s="54"/>
+      <c r="ET10" s="54"/>
+      <c r="EU10" s="54"/>
+      <c r="EV10" s="54"/>
+      <c r="EW10" s="56"/>
     </row>
-    <row r="11" spans="1:145" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:153" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A11" s="43" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="54">
         <v>4.1666666666666661</v>
       </c>
       <c r="C11" s="54">
         <v>83</v>
       </c>
       <c r="D11" s="54">
         <v>10.240963855421686</v>
       </c>
       <c r="E11" s="54">
         <v>204</v>
       </c>
       <c r="F11" s="54">
         <v>85.592369477911646</v>
       </c>
       <c r="G11" s="54">
         <v>1705</v>
       </c>
       <c r="H11" s="54">
         <v>100</v>
       </c>
       <c r="I11" s="56">
@@ -16361,52 +17170,80 @@
       </c>
       <c r="EH11" s="54">
         <v>3.2583903551645488</v>
       </c>
       <c r="EI11" s="54">
         <v>100</v>
       </c>
       <c r="EJ11" s="54">
         <v>12.512218963831867</v>
       </c>
       <c r="EK11" s="54">
         <v>384</v>
       </c>
       <c r="EL11" s="54">
         <v>84.229390681003579</v>
       </c>
       <c r="EM11" s="54">
         <v>2585</v>
       </c>
       <c r="EN11" s="54">
         <v>100</v>
       </c>
       <c r="EO11" s="56">
         <v>3069</v>
       </c>
+      <c r="EP11" s="54">
+        <f t="shared" ref="EP10:EP19" si="0">EQ11/EW11*100</f>
+        <v>3.0419468459814283</v>
+      </c>
+      <c r="EQ11" s="54">
+        <v>95</v>
+      </c>
+      <c r="ER11" s="54">
+        <f t="shared" ref="ER10:ER19" si="1">ES11/EW11*100</f>
+        <v>12.808197246237594</v>
+      </c>
+      <c r="ES11" s="54">
+        <v>400</v>
+      </c>
+      <c r="ET11" s="54">
+        <f t="shared" ref="ET10:ET19" si="2">EU11/EW11*100</f>
+        <v>84.149855907780974</v>
+      </c>
+      <c r="EU11" s="54">
+        <v>2628</v>
+      </c>
+      <c r="EV11" s="54">
+        <f t="shared" ref="EV10:EV19" si="3">EP11+ER11+ET11</f>
+        <v>100</v>
+      </c>
+      <c r="EW11" s="56">
+        <v>3123</v>
+      </c>
     </row>
-    <row r="12" spans="1:145" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:153" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B12" s="54"/>
       <c r="C12" s="54"/>
       <c r="D12" s="54"/>
       <c r="E12" s="54"/>
       <c r="F12" s="54"/>
       <c r="G12" s="54"/>
       <c r="H12" s="54"/>
       <c r="I12" s="56"/>
       <c r="J12" s="54"/>
       <c r="K12" s="54"/>
       <c r="L12" s="54"/>
       <c r="M12" s="54"/>
       <c r="N12" s="54"/>
       <c r="O12" s="54"/>
       <c r="P12" s="54"/>
       <c r="Q12" s="56"/>
       <c r="R12" s="54"/>
       <c r="S12" s="54"/>
       <c r="T12" s="54"/>
       <c r="U12" s="54"/>
       <c r="V12" s="54"/>
       <c r="W12" s="54"/>
       <c r="X12" s="54"/>
       <c r="Y12" s="56"/>
       <c r="Z12" s="54"/>
@@ -16507,52 +17344,60 @@
       <c r="DQ12" s="56"/>
       <c r="DR12" s="54"/>
       <c r="DS12" s="54"/>
       <c r="DT12" s="54"/>
       <c r="DU12" s="54"/>
       <c r="DV12" s="54"/>
       <c r="DW12" s="54"/>
       <c r="DX12" s="54"/>
       <c r="DY12" s="56"/>
       <c r="DZ12" s="54"/>
       <c r="EA12" s="54"/>
       <c r="EB12" s="54"/>
       <c r="EC12" s="54"/>
       <c r="ED12" s="54"/>
       <c r="EE12" s="54"/>
       <c r="EF12" s="54"/>
       <c r="EG12" s="56"/>
       <c r="EH12" s="54"/>
       <c r="EI12" s="54"/>
       <c r="EJ12" s="54"/>
       <c r="EK12" s="54"/>
       <c r="EL12" s="54"/>
       <c r="EM12" s="54"/>
       <c r="EN12" s="54"/>
       <c r="EO12" s="56"/>
+      <c r="EP12" s="54"/>
+      <c r="EQ12" s="54"/>
+      <c r="ER12" s="54"/>
+      <c r="ES12" s="54"/>
+      <c r="ET12" s="54"/>
+      <c r="EU12" s="54"/>
+      <c r="EV12" s="54"/>
+      <c r="EW12" s="56"/>
     </row>
-    <row r="13" spans="1:145" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:153" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A13" s="43" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="54">
         <v>4.999091074350118</v>
       </c>
       <c r="C13" s="54">
         <v>275</v>
       </c>
       <c r="D13" s="54">
         <v>12.325031812397746</v>
       </c>
       <c r="E13" s="54">
         <v>678</v>
       </c>
       <c r="F13" s="54">
         <v>82.675877113252142</v>
       </c>
       <c r="G13" s="54">
         <v>4548</v>
       </c>
       <c r="H13" s="54">
         <v>100</v>
       </c>
       <c r="I13" s="56">
@@ -16944,52 +17789,80 @@
       </c>
       <c r="EH13" s="54">
         <v>3.9380458065579171</v>
       </c>
       <c r="EI13" s="54">
         <v>239</v>
       </c>
       <c r="EJ13" s="54">
         <v>12.62151919591366</v>
       </c>
       <c r="EK13" s="54">
         <v>766</v>
       </c>
       <c r="EL13" s="54">
         <v>83.440434997528428</v>
       </c>
       <c r="EM13" s="54">
         <v>5064</v>
       </c>
       <c r="EN13" s="54">
         <v>100</v>
       </c>
       <c r="EO13" s="56">
         <v>6069</v>
       </c>
+      <c r="EP13" s="54">
+        <f t="shared" si="0"/>
+        <v>3.7563451776649748</v>
+      </c>
+      <c r="EQ13" s="54">
+        <v>222</v>
+      </c>
+      <c r="ER13" s="54">
+        <f t="shared" si="1"/>
+        <v>12.808798646362099</v>
+      </c>
+      <c r="ES13" s="54">
+        <v>757</v>
+      </c>
+      <c r="ET13" s="54">
+        <f t="shared" si="2"/>
+        <v>83.434856175972925</v>
+      </c>
+      <c r="EU13" s="54">
+        <v>4931</v>
+      </c>
+      <c r="EV13" s="54">
+        <f t="shared" si="3"/>
+        <v>100</v>
+      </c>
+      <c r="EW13" s="56">
+        <v>5910</v>
+      </c>
     </row>
-    <row r="14" spans="1:145" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:153" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B14" s="54"/>
       <c r="C14" s="54"/>
       <c r="D14" s="54"/>
       <c r="E14" s="54"/>
       <c r="F14" s="54"/>
       <c r="G14" s="54"/>
       <c r="H14" s="54"/>
       <c r="I14" s="56"/>
       <c r="J14" s="54"/>
       <c r="K14" s="54"/>
       <c r="L14" s="54"/>
       <c r="M14" s="54"/>
       <c r="N14" s="54"/>
       <c r="O14" s="54"/>
       <c r="P14" s="54"/>
       <c r="Q14" s="56"/>
       <c r="R14" s="54"/>
       <c r="S14" s="54"/>
       <c r="T14" s="54"/>
       <c r="U14" s="54"/>
       <c r="V14" s="54"/>
       <c r="W14" s="54"/>
       <c r="X14" s="54"/>
       <c r="Y14" s="56"/>
       <c r="Z14" s="54"/>
@@ -17090,52 +17963,60 @@
       <c r="DQ14" s="56"/>
       <c r="DR14" s="54"/>
       <c r="DS14" s="54"/>
       <c r="DT14" s="54"/>
       <c r="DU14" s="54"/>
       <c r="DV14" s="54"/>
       <c r="DW14" s="54"/>
       <c r="DX14" s="54"/>
       <c r="DY14" s="56"/>
       <c r="DZ14" s="54"/>
       <c r="EA14" s="54"/>
       <c r="EB14" s="54"/>
       <c r="EC14" s="54"/>
       <c r="ED14" s="54"/>
       <c r="EE14" s="54"/>
       <c r="EF14" s="54"/>
       <c r="EG14" s="56"/>
       <c r="EH14" s="54"/>
       <c r="EI14" s="54"/>
       <c r="EJ14" s="54"/>
       <c r="EK14" s="54"/>
       <c r="EL14" s="54"/>
       <c r="EM14" s="54"/>
       <c r="EN14" s="54"/>
       <c r="EO14" s="56"/>
+      <c r="EP14" s="54"/>
+      <c r="EQ14" s="54"/>
+      <c r="ER14" s="54"/>
+      <c r="ES14" s="54"/>
+      <c r="ET14" s="54"/>
+      <c r="EU14" s="54"/>
+      <c r="EV14" s="54"/>
+      <c r="EW14" s="56"/>
     </row>
-    <row r="15" spans="1:145" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:153" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A15" s="43" t="s">
         <v>72</v>
       </c>
       <c r="B15" s="54">
         <v>5.6811048336472068</v>
       </c>
       <c r="C15" s="54">
         <v>181</v>
       </c>
       <c r="D15" s="54">
         <v>12.649089767733834</v>
       </c>
       <c r="E15" s="54">
         <v>403</v>
       </c>
       <c r="F15" s="54">
         <v>81.669805398618962</v>
       </c>
       <c r="G15" s="54">
         <v>2602</v>
       </c>
       <c r="H15" s="54">
         <v>100</v>
       </c>
       <c r="I15" s="56">
@@ -17527,52 +18408,80 @@
       </c>
       <c r="EH15" s="54">
         <v>4.7593293672255275</v>
       </c>
       <c r="EI15" s="54">
         <v>176</v>
       </c>
       <c r="EJ15" s="54">
         <v>11.249323958896701</v>
       </c>
       <c r="EK15" s="54">
         <v>416</v>
       </c>
       <c r="EL15" s="54">
         <v>83.991346673877771</v>
       </c>
       <c r="EM15" s="54">
         <v>3106</v>
       </c>
       <c r="EN15" s="54">
         <v>100</v>
       </c>
       <c r="EO15" s="56">
         <v>3698</v>
       </c>
+      <c r="EP15" s="54">
+        <f t="shared" si="0"/>
+        <v>4.3652919121585434</v>
+      </c>
+      <c r="EQ15" s="54">
+        <v>163</v>
+      </c>
+      <c r="ER15" s="54">
+        <f t="shared" si="1"/>
+        <v>11.033743974290305</v>
+      </c>
+      <c r="ES15" s="54">
+        <v>412</v>
+      </c>
+      <c r="ET15" s="54">
+        <f t="shared" si="2"/>
+        <v>84.600964113551143</v>
+      </c>
+      <c r="EU15" s="54">
+        <v>3159</v>
+      </c>
+      <c r="EV15" s="54">
+        <f t="shared" si="3"/>
+        <v>99.999999999999986</v>
+      </c>
+      <c r="EW15" s="56">
+        <v>3734</v>
+      </c>
     </row>
-    <row r="16" spans="1:145" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:153" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B16" s="54"/>
       <c r="C16" s="54"/>
       <c r="D16" s="54"/>
       <c r="E16" s="54"/>
       <c r="F16" s="54"/>
       <c r="G16" s="54"/>
       <c r="H16" s="54"/>
       <c r="I16" s="56"/>
       <c r="J16" s="54"/>
       <c r="K16" s="54"/>
       <c r="L16" s="54"/>
       <c r="M16" s="54"/>
       <c r="N16" s="54"/>
       <c r="O16" s="54"/>
       <c r="P16" s="54"/>
       <c r="Q16" s="56"/>
       <c r="R16" s="54"/>
       <c r="S16" s="54"/>
       <c r="T16" s="54"/>
       <c r="U16" s="54"/>
       <c r="V16" s="54"/>
       <c r="W16" s="54"/>
       <c r="X16" s="54"/>
       <c r="Y16" s="56"/>
       <c r="Z16" s="54"/>
@@ -17673,52 +18582,60 @@
       <c r="DQ16" s="56"/>
       <c r="DR16" s="54"/>
       <c r="DS16" s="54"/>
       <c r="DT16" s="54"/>
       <c r="DU16" s="54"/>
       <c r="DV16" s="54"/>
       <c r="DW16" s="54"/>
       <c r="DX16" s="54"/>
       <c r="DY16" s="56"/>
       <c r="DZ16" s="54"/>
       <c r="EA16" s="54"/>
       <c r="EB16" s="54"/>
       <c r="EC16" s="54"/>
       <c r="ED16" s="54"/>
       <c r="EE16" s="54"/>
       <c r="EF16" s="54"/>
       <c r="EG16" s="56"/>
       <c r="EH16" s="54"/>
       <c r="EI16" s="54"/>
       <c r="EJ16" s="54"/>
       <c r="EK16" s="54"/>
       <c r="EL16" s="54"/>
       <c r="EM16" s="54"/>
       <c r="EN16" s="54"/>
       <c r="EO16" s="56"/>
+      <c r="EP16" s="54"/>
+      <c r="EQ16" s="54"/>
+      <c r="ER16" s="54"/>
+      <c r="ES16" s="54"/>
+      <c r="ET16" s="54"/>
+      <c r="EU16" s="54"/>
+      <c r="EV16" s="54"/>
+      <c r="EW16" s="56"/>
     </row>
-    <row r="17" spans="1:145" s="24" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:153" s="24" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A17" s="43" t="s">
         <v>79</v>
       </c>
       <c r="B17" s="54">
         <v>7.5610766045548656</v>
       </c>
       <c r="C17" s="54">
         <v>1826</v>
       </c>
       <c r="D17" s="54">
         <v>14.836438923395445</v>
       </c>
       <c r="E17" s="54">
         <v>3583</v>
       </c>
       <c r="F17" s="54">
         <v>77.602484472049696</v>
       </c>
       <c r="G17" s="54">
         <v>18741</v>
       </c>
       <c r="H17" s="54">
         <v>100</v>
       </c>
       <c r="I17" s="56">
@@ -18110,52 +19027,80 @@
       </c>
       <c r="EH17" s="54">
         <v>6.8311558028996586</v>
       </c>
       <c r="EI17" s="54">
         <v>2860</v>
       </c>
       <c r="EJ17" s="54">
         <v>14.832684453149259</v>
       </c>
       <c r="EK17" s="54">
         <v>6210</v>
       </c>
       <c r="EL17" s="54">
         <v>78.336159743951086</v>
       </c>
       <c r="EM17" s="54">
         <v>32797</v>
       </c>
       <c r="EN17" s="54">
         <v>100</v>
       </c>
       <c r="EO17" s="56">
         <v>41867</v>
       </c>
+      <c r="EP17" s="54">
+        <f t="shared" si="0"/>
+        <v>6.7341736297974801</v>
+      </c>
+      <c r="EQ17" s="54">
+        <v>2853</v>
+      </c>
+      <c r="ER17" s="54">
+        <f t="shared" si="1"/>
+        <v>14.77836000566492</v>
+      </c>
+      <c r="ES17" s="54">
+        <v>6261</v>
+      </c>
+      <c r="ET17" s="54">
+        <f t="shared" si="2"/>
+        <v>78.48746636453761</v>
+      </c>
+      <c r="EU17" s="54">
+        <v>33252</v>
+      </c>
+      <c r="EV17" s="54">
+        <f t="shared" si="3"/>
+        <v>100.00000000000001</v>
+      </c>
+      <c r="EW17" s="56">
+        <v>42366</v>
+      </c>
     </row>
-    <row r="18" spans="1:145" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:153" x14ac:dyDescent="0.2">
       <c r="B18" s="29"/>
       <c r="C18" s="26"/>
       <c r="D18" s="26"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="24"/>
       <c r="H18" s="24"/>
       <c r="I18" s="25"/>
       <c r="J18" s="29"/>
       <c r="K18" s="26"/>
       <c r="L18" s="26"/>
       <c r="M18" s="24"/>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="24"/>
       <c r="Q18" s="25"/>
       <c r="R18" s="29"/>
       <c r="S18" s="26"/>
       <c r="T18" s="26"/>
       <c r="U18" s="24"/>
       <c r="V18" s="24"/>
       <c r="W18" s="24"/>
       <c r="X18" s="24"/>
       <c r="Y18" s="25"/>
       <c r="Z18" s="29"/>
@@ -18256,52 +19201,60 @@
       <c r="DQ18" s="25"/>
       <c r="DR18" s="29"/>
       <c r="DS18" s="26"/>
       <c r="DT18" s="26"/>
       <c r="DU18" s="24"/>
       <c r="DV18" s="24"/>
       <c r="DW18" s="24"/>
       <c r="DX18" s="24"/>
       <c r="DY18" s="25"/>
       <c r="DZ18" s="29"/>
       <c r="EA18" s="26"/>
       <c r="EB18" s="26"/>
       <c r="EC18" s="24"/>
       <c r="ED18" s="24"/>
       <c r="EE18" s="24"/>
       <c r="EF18" s="24"/>
       <c r="EG18" s="25"/>
       <c r="EH18" s="29"/>
       <c r="EI18" s="26"/>
       <c r="EJ18" s="26"/>
       <c r="EK18" s="24"/>
       <c r="EL18" s="24"/>
       <c r="EM18" s="24"/>
       <c r="EN18" s="24"/>
       <c r="EO18" s="25"/>
+      <c r="EP18" s="29"/>
+      <c r="EQ18" s="26"/>
+      <c r="ER18" s="26"/>
+      <c r="ES18" s="24"/>
+      <c r="ET18" s="24"/>
+      <c r="EU18" s="24"/>
+      <c r="EV18" s="24"/>
+      <c r="EW18" s="25"/>
     </row>
-    <row r="19" spans="1:145" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:153" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="44" t="s">
         <v>5</v>
       </c>
       <c r="B19" s="45">
         <v>7.4736188702669155</v>
       </c>
       <c r="C19" s="45">
         <v>3010</v>
       </c>
       <c r="D19" s="45">
         <v>17.94165114835506</v>
       </c>
       <c r="E19" s="45">
         <v>7226</v>
       </c>
       <c r="F19" s="45">
         <v>74.584729981378032</v>
       </c>
       <c r="G19" s="45">
         <v>30039</v>
       </c>
       <c r="H19" s="45">
         <v>100</v>
       </c>
       <c r="I19" s="53">
@@ -18673,452 +19626,488 @@
       <c r="EA19" s="45">
         <v>4224</v>
       </c>
       <c r="EB19" s="45">
         <v>17.297084318360913</v>
       </c>
       <c r="EC19" s="45">
         <v>10975</v>
       </c>
       <c r="ED19" s="45">
         <v>76.045705279747835</v>
       </c>
       <c r="EE19" s="45">
         <v>48251</v>
       </c>
       <c r="EF19" s="45">
         <v>100</v>
       </c>
       <c r="EG19" s="53">
         <v>63450</v>
       </c>
       <c r="EH19" s="45">
         <v>6.6846779803601182</v>
       </c>
       <c r="EI19" s="45">
+        <f>SUM(EI9:EI18)</f>
         <v>4132</v>
       </c>
       <c r="EJ19" s="45">
         <v>17.441314933751801</v>
       </c>
       <c r="EK19" s="45">
+        <f>SUM(EK9:EK18)</f>
         <v>10781</v>
       </c>
       <c r="EL19" s="45">
         <v>75.874007085888081</v>
       </c>
       <c r="EM19" s="45">
+        <f>SUM(EM9:EM18)</f>
         <v>46900</v>
       </c>
       <c r="EN19" s="45">
         <v>100</v>
       </c>
       <c r="EO19" s="53">
         <v>61813</v>
       </c>
+      <c r="EP19" s="45">
+        <f t="shared" si="0"/>
+        <v>6.5583256980276801</v>
+      </c>
+      <c r="EQ19" s="45">
+        <v>4080</v>
+      </c>
+      <c r="ER19" s="45">
+        <f t="shared" si="1"/>
+        <v>17.41814148623234</v>
+      </c>
+      <c r="ES19" s="45">
+        <v>10836</v>
+      </c>
+      <c r="ET19" s="45">
+        <f t="shared" si="2"/>
+        <v>76.023532815739983</v>
+      </c>
+      <c r="EU19" s="45">
+        <v>47295</v>
+      </c>
+      <c r="EV19" s="45">
+        <f t="shared" si="3"/>
+        <v>100</v>
+      </c>
+      <c r="EW19" s="53">
+        <v>62211</v>
+      </c>
     </row>
-    <row r="20" spans="1:145" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:153" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="49" t="s">
         <v>40</v>
       </c>
       <c r="B20" s="16"/>
       <c r="C20" s="16"/>
       <c r="D20" s="17"/>
       <c r="E20" s="16"/>
       <c r="F20" s="16"/>
       <c r="G20" s="16"/>
       <c r="H20" s="17"/>
       <c r="I20" s="16"/>
       <c r="J20" s="16"/>
       <c r="K20" s="16"/>
       <c r="L20" s="17"/>
       <c r="M20" s="16"/>
       <c r="N20" s="16"/>
       <c r="O20" s="16"/>
       <c r="P20" s="17"/>
       <c r="Q20" s="16"/>
       <c r="R20" s="16"/>
       <c r="S20" s="16"/>
       <c r="T20" s="17"/>
       <c r="U20" s="16"/>
       <c r="V20" s="16"/>
       <c r="W20" s="16"/>
       <c r="X20" s="17"/>
       <c r="Y20" s="16"/>
       <c r="Z20" s="16"/>
       <c r="AA20" s="16"/>
       <c r="AB20" s="17"/>
       <c r="AC20" s="16"/>
       <c r="AD20" s="16"/>
       <c r="AE20" s="16"/>
       <c r="AF20" s="17"/>
       <c r="AG20" s="16"/>
       <c r="AH20" s="16"/>
       <c r="AI20" s="16"/>
       <c r="AJ20" s="17"/>
       <c r="AK20" s="16"/>
     </row>
-    <row r="21" spans="1:145" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:153" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="50"/>
       <c r="B21" s="27"/>
       <c r="C21" s="27"/>
       <c r="D21" s="27"/>
       <c r="E21" s="27"/>
       <c r="F21" s="27"/>
       <c r="G21" s="27"/>
       <c r="H21" s="27"/>
       <c r="I21" s="27"/>
       <c r="J21" s="27"/>
       <c r="K21" s="27"/>
       <c r="L21" s="27"/>
       <c r="M21" s="27"/>
       <c r="N21" s="27"/>
       <c r="O21" s="27"/>
       <c r="P21" s="27"/>
       <c r="Q21" s="27"/>
       <c r="R21" s="27"/>
       <c r="S21" s="27"/>
       <c r="T21" s="27"/>
       <c r="U21" s="27"/>
       <c r="V21" s="27"/>
       <c r="W21" s="27"/>
       <c r="X21" s="27"/>
       <c r="Y21" s="27"/>
       <c r="Z21" s="27"/>
       <c r="AA21" s="27"/>
       <c r="AB21" s="27"/>
       <c r="AC21" s="27"/>
       <c r="AD21" s="27"/>
       <c r="AE21" s="27"/>
       <c r="AF21" s="27"/>
       <c r="AG21" s="27"/>
       <c r="AH21" s="27"/>
       <c r="AI21" s="27"/>
       <c r="AJ21" s="27"/>
       <c r="AK21" s="27"/>
     </row>
-    <row r="22" spans="1:145" ht="81" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:153" ht="81" x14ac:dyDescent="0.25">
       <c r="A22" s="50" t="s">
         <v>91</v>
       </c>
       <c r="B22" s="27"/>
       <c r="C22" s="27"/>
       <c r="D22" s="27"/>
       <c r="E22" s="27"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
       <c r="S22" s="27"/>
       <c r="T22" s="27"/>
       <c r="U22" s="27"/>
       <c r="V22" s="27"/>
       <c r="W22" s="27"/>
       <c r="X22" s="27"/>
       <c r="Y22" s="27"/>
       <c r="Z22" s="27"/>
       <c r="AA22" s="27"/>
       <c r="AB22" s="27"/>
       <c r="AC22" s="27"/>
       <c r="AD22" s="27"/>
       <c r="AE22" s="27"/>
       <c r="AF22" s="27"/>
       <c r="AG22" s="27"/>
       <c r="AH22" s="27"/>
       <c r="AI22" s="27"/>
       <c r="AJ22" s="27"/>
       <c r="AK22" s="27"/>
     </row>
-    <row r="23" spans="1:145" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:153" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B23" s="16"/>
       <c r="C23" s="16"/>
       <c r="D23" s="17"/>
       <c r="E23" s="16"/>
       <c r="F23" s="16"/>
       <c r="G23" s="16"/>
       <c r="H23" s="17"/>
       <c r="I23" s="16"/>
       <c r="J23" s="16"/>
       <c r="K23" s="16"/>
       <c r="L23" s="17"/>
       <c r="M23" s="16"/>
       <c r="N23" s="16"/>
       <c r="O23" s="16"/>
       <c r="P23" s="17"/>
       <c r="Q23" s="16"/>
       <c r="R23" s="16"/>
       <c r="S23" s="16"/>
       <c r="T23" s="17"/>
       <c r="U23" s="16"/>
       <c r="V23" s="16"/>
       <c r="W23" s="16"/>
       <c r="X23" s="17"/>
       <c r="Y23" s="16"/>
       <c r="Z23" s="16"/>
       <c r="AA23" s="16"/>
       <c r="AB23" s="17"/>
       <c r="AC23" s="16"/>
       <c r="AD23" s="16"/>
       <c r="AE23" s="16"/>
       <c r="AF23" s="17"/>
       <c r="AG23" s="16"/>
       <c r="AH23" s="16"/>
       <c r="AI23" s="16"/>
       <c r="AJ23" s="17"/>
       <c r="AK23" s="16"/>
       <c r="BI23" s="30"/>
     </row>
-    <row r="24" spans="1:145" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:153" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A24" s="18"/>
       <c r="B24" s="19"/>
       <c r="C24" s="18"/>
       <c r="D24" s="19"/>
       <c r="E24" s="18"/>
       <c r="F24" s="19"/>
       <c r="G24" s="18"/>
       <c r="H24" s="19"/>
       <c r="I24" s="18"/>
       <c r="J24" s="19"/>
       <c r="K24" s="18"/>
       <c r="L24" s="19"/>
       <c r="M24" s="18"/>
       <c r="N24" s="19"/>
       <c r="O24" s="18"/>
       <c r="P24" s="19"/>
       <c r="Q24" s="18"/>
       <c r="R24" s="19"/>
       <c r="S24" s="18"/>
       <c r="T24" s="19"/>
       <c r="U24" s="18"/>
       <c r="V24" s="19"/>
       <c r="W24" s="18"/>
       <c r="X24" s="19"/>
       <c r="Y24" s="18"/>
       <c r="Z24" s="19"/>
       <c r="AA24" s="18"/>
       <c r="AB24" s="19"/>
       <c r="AC24" s="18"/>
       <c r="AD24" s="19"/>
       <c r="AE24" s="18"/>
       <c r="AF24" s="19"/>
       <c r="AG24" s="18"/>
       <c r="AH24" s="19"/>
       <c r="AI24" s="18"/>
       <c r="AJ24" s="19"/>
       <c r="AK24" s="18"/>
       <c r="BI24" s="30"/>
     </row>
-    <row r="25" spans="1:145" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:153" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A25" s="18"/>
       <c r="B25" s="19"/>
       <c r="C25" s="18"/>
       <c r="D25" s="19"/>
       <c r="E25" s="18"/>
       <c r="F25" s="19"/>
       <c r="G25" s="18"/>
       <c r="H25" s="19"/>
       <c r="I25" s="18"/>
       <c r="J25" s="19"/>
       <c r="K25" s="18"/>
       <c r="L25" s="19"/>
       <c r="M25" s="18"/>
       <c r="N25" s="19"/>
       <c r="O25" s="18"/>
       <c r="P25" s="19"/>
       <c r="Q25" s="18"/>
       <c r="R25" s="19"/>
       <c r="S25" s="18"/>
       <c r="T25" s="19"/>
       <c r="U25" s="18"/>
       <c r="V25" s="19"/>
       <c r="W25" s="18"/>
       <c r="X25" s="19"/>
       <c r="Y25" s="18"/>
       <c r="Z25" s="19"/>
       <c r="AA25" s="18"/>
       <c r="AB25" s="19"/>
       <c r="AC25" s="18"/>
       <c r="AD25" s="19"/>
       <c r="AE25" s="18"/>
       <c r="AF25" s="19"/>
       <c r="AG25" s="18"/>
       <c r="AH25" s="19"/>
       <c r="AI25" s="18"/>
       <c r="AJ25" s="19"/>
       <c r="AK25" s="18"/>
       <c r="BI25" s="30"/>
     </row>
-    <row r="26" spans="1:145" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:153" x14ac:dyDescent="0.2">
       <c r="BI26" s="30"/>
     </row>
-    <row r="27" spans="1:145" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:153" x14ac:dyDescent="0.2">
       <c r="B27" s="21"/>
       <c r="C27" s="21"/>
       <c r="D27" s="21"/>
       <c r="E27" s="21"/>
       <c r="BI27" s="31"/>
     </row>
-    <row r="28" spans="1:145" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:153" x14ac:dyDescent="0.2">
       <c r="BI28" s="32"/>
     </row>
-    <row r="29" spans="1:145" ht="95.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:153" ht="95.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="28"/>
       <c r="C29" s="28"/>
       <c r="D29" s="28"/>
       <c r="E29" s="28"/>
       <c r="F29" s="28"/>
       <c r="G29" s="28"/>
       <c r="H29" s="28"/>
       <c r="I29" s="28"/>
     </row>
     <row r="33" ht="17.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" ht="17.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <mergeCells count="92">
-[...9 lines deleted...]
-    <mergeCell ref="DP7:DQ7"/>
+  <mergeCells count="97">
+    <mergeCell ref="EP6:EW6"/>
+    <mergeCell ref="EP7:EQ7"/>
+    <mergeCell ref="ER7:ES7"/>
+    <mergeCell ref="ET7:EU7"/>
+    <mergeCell ref="EV7:EW7"/>
+    <mergeCell ref="EH6:EO6"/>
+    <mergeCell ref="EH7:EI7"/>
+    <mergeCell ref="EJ7:EK7"/>
+    <mergeCell ref="EL7:EM7"/>
+    <mergeCell ref="EN7:EO7"/>
+    <mergeCell ref="CD6:CJ6"/>
+    <mergeCell ref="CL6:CR6"/>
+    <mergeCell ref="AP6:AV6"/>
+    <mergeCell ref="AX6:BD6"/>
+    <mergeCell ref="BF6:BL6"/>
+    <mergeCell ref="BN6:BT6"/>
+    <mergeCell ref="BV6:CB6"/>
+    <mergeCell ref="A2:Q2"/>
+    <mergeCell ref="A6:A7"/>
+    <mergeCell ref="B6:H6"/>
+    <mergeCell ref="J6:P6"/>
+    <mergeCell ref="DZ6:EG6"/>
+    <mergeCell ref="DZ7:EA7"/>
+    <mergeCell ref="EB7:EC7"/>
+    <mergeCell ref="ED7:EE7"/>
+    <mergeCell ref="EF7:EG7"/>
+    <mergeCell ref="DR6:DY6"/>
+    <mergeCell ref="DR7:DS7"/>
+    <mergeCell ref="DT7:DU7"/>
+    <mergeCell ref="DV7:DW7"/>
+    <mergeCell ref="DX7:DY7"/>
+    <mergeCell ref="CT6:DA6"/>
+    <mergeCell ref="CT7:CU7"/>
+    <mergeCell ref="CV7:CW7"/>
+    <mergeCell ref="CX7:CY7"/>
+    <mergeCell ref="CZ7:DA7"/>
+    <mergeCell ref="CD7:CE7"/>
+    <mergeCell ref="CF7:CG7"/>
+    <mergeCell ref="CH7:CI7"/>
+    <mergeCell ref="CJ7:CK7"/>
+    <mergeCell ref="CL7:CM7"/>
+    <mergeCell ref="CN7:CO7"/>
+    <mergeCell ref="CP7:CQ7"/>
+    <mergeCell ref="CR7:CS7"/>
+    <mergeCell ref="AB7:AC7"/>
+    <mergeCell ref="AD7:AE7"/>
+    <mergeCell ref="AJ7:AK7"/>
+    <mergeCell ref="CB7:CC7"/>
+    <mergeCell ref="BD7:BE7"/>
+    <mergeCell ref="BV7:BW7"/>
+    <mergeCell ref="BF7:BG7"/>
+    <mergeCell ref="BL7:BM7"/>
+    <mergeCell ref="BZ7:CA7"/>
+    <mergeCell ref="BT7:BU7"/>
+    <mergeCell ref="BX7:BY7"/>
+    <mergeCell ref="N7:O7"/>
+    <mergeCell ref="AT7:AU7"/>
+    <mergeCell ref="BR7:BS7"/>
+    <mergeCell ref="AL7:AM7"/>
+    <mergeCell ref="AH7:AI7"/>
+    <mergeCell ref="AX7:AY7"/>
+    <mergeCell ref="AZ7:BA7"/>
+    <mergeCell ref="BB7:BC7"/>
+    <mergeCell ref="BP7:BQ7"/>
+    <mergeCell ref="BH7:BI7"/>
+    <mergeCell ref="BJ7:BK7"/>
+    <mergeCell ref="AV7:AW7"/>
+    <mergeCell ref="AN7:AO7"/>
+    <mergeCell ref="AP7:AQ7"/>
+    <mergeCell ref="AR7:AS7"/>
+    <mergeCell ref="BN7:BO7"/>
     <mergeCell ref="R6:X6"/>
     <mergeCell ref="Z6:AF6"/>
     <mergeCell ref="AH6:AN6"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="F7:G7"/>
     <mergeCell ref="H7:I7"/>
     <mergeCell ref="X7:Y7"/>
     <mergeCell ref="AF7:AG7"/>
     <mergeCell ref="Z7:AA7"/>
     <mergeCell ref="J7:K7"/>
     <mergeCell ref="R7:S7"/>
     <mergeCell ref="T7:U7"/>
     <mergeCell ref="L7:M7"/>
     <mergeCell ref="P7:Q7"/>
     <mergeCell ref="V7:W7"/>
-    <mergeCell ref="N7:O7"/>
-[...64 lines deleted...]
-    <mergeCell ref="EN7:EO7"/>
+    <mergeCell ref="DJ6:DQ6"/>
+    <mergeCell ref="DJ7:DK7"/>
+    <mergeCell ref="DL7:DM7"/>
+    <mergeCell ref="DN7:DO7"/>
+    <mergeCell ref="DP7:DQ7"/>
+    <mergeCell ref="DB6:DI6"/>
+    <mergeCell ref="DB7:DC7"/>
+    <mergeCell ref="DD7:DE7"/>
+    <mergeCell ref="DF7:DG7"/>
+    <mergeCell ref="DH7:DI7"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;LISEE - document édité le &amp;D</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AW23"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="6" topLeftCell="B7" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="6" topLeftCell="L7" activePane="bottomRight" state="frozen"/>
       <selection activeCell="P28" sqref="P28"/>
       <selection pane="topRight" activeCell="P28" sqref="P28"/>
       <selection pane="bottomLeft" activeCell="P28" sqref="P28"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="U6" sqref="U6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="61.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:49" s="40" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="38"/>
       <c r="B1" s="39"/>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="39"/>
       <c r="I1" s="39"/>
       <c r="J1" s="39"/>
       <c r="K1" s="39"/>
       <c r="L1" s="39"/>
       <c r="M1" s="39"/>
       <c r="N1" s="39"/>
       <c r="O1" s="39"/>
       <c r="P1" s="39"/>
       <c r="Q1" s="39"/>
@@ -19134,91 +20123,91 @@
       <c r="AA1" s="39"/>
       <c r="AB1" s="39"/>
       <c r="AC1" s="39"/>
       <c r="AD1" s="39"/>
       <c r="AE1" s="39"/>
       <c r="AF1" s="39"/>
       <c r="AG1" s="39"/>
       <c r="AH1" s="39"/>
       <c r="AI1" s="39"/>
       <c r="AJ1" s="39"/>
       <c r="AK1" s="39"/>
       <c r="AL1" s="39"/>
       <c r="AM1" s="39"/>
       <c r="AN1" s="39"/>
       <c r="AO1" s="39"/>
       <c r="AP1" s="39"/>
       <c r="AQ1" s="39"/>
       <c r="AR1" s="39"/>
       <c r="AS1" s="39"/>
       <c r="AT1" s="39"/>
       <c r="AU1" s="39"/>
       <c r="AV1" s="39"/>
       <c r="AW1" s="39"/>
     </row>
     <row r="2" spans="1:49" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A2" s="63" t="s">
+      <c r="A2" s="67" t="s">
         <v>44</v>
       </c>
-      <c r="B2" s="63"/>
-[...14 lines deleted...]
-      <c r="Q2" s="63"/>
+      <c r="B2" s="67"/>
+      <c r="C2" s="67"/>
+      <c r="D2" s="67"/>
+      <c r="E2" s="67"/>
+      <c r="F2" s="67"/>
+      <c r="G2" s="67"/>
+      <c r="H2" s="67"/>
+      <c r="I2" s="67"/>
+      <c r="J2" s="67"/>
+      <c r="K2" s="67"/>
+      <c r="L2" s="67"/>
+      <c r="M2" s="67"/>
+      <c r="N2" s="67"/>
+      <c r="O2" s="67"/>
+      <c r="P2" s="67"/>
+      <c r="Q2" s="67"/>
     </row>
     <row r="3" spans="1:49" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A3" s="11"/>
       <c r="B3" s="9"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
     </row>
     <row r="4" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A4" s="41" t="s">
         <v>42</v>
       </c>
       <c r="B4" s="9"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
     </row>
     <row r="5" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A5" s="37" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
     </row>
     <row r="6" spans="1:49" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A6" s="57" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="57">
         <v>2006</v>
       </c>
       <c r="C6" s="57">
         <v>2007</v>
       </c>
       <c r="D6" s="57">
         <v>2008</v>
       </c>
       <c r="E6" s="57">
         <v>2009</v>
       </c>
       <c r="F6" s="57">
         <v>2010</v>
@@ -19243,50 +20232,53 @@
       </c>
       <c r="M6" s="57">
         <v>2017</v>
       </c>
       <c r="N6" s="57">
         <v>2018</v>
       </c>
       <c r="O6" s="57">
         <v>2019</v>
       </c>
       <c r="P6" s="57">
         <v>2020</v>
       </c>
       <c r="Q6" s="57">
         <v>2021</v>
       </c>
       <c r="R6" s="57">
         <v>2022</v>
       </c>
       <c r="S6" s="57">
         <v>2023</v>
       </c>
       <c r="T6" s="57">
         <v>2024</v>
       </c>
+      <c r="U6" s="57" t="s">
+        <v>116</v>
+      </c>
     </row>
     <row r="7" spans="1:49" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B7" s="58">
         <v>17082</v>
       </c>
       <c r="C7" s="58">
         <v>17707</v>
       </c>
       <c r="D7" s="58">
         <v>18574</v>
       </c>
       <c r="E7" s="58">
         <v>19766</v>
       </c>
       <c r="F7" s="58">
         <v>20747</v>
       </c>
       <c r="G7" s="58">
         <v>21525</v>
       </c>
       <c r="H7" s="58">
         <v>21770</v>
@@ -19305,50 +20297,53 @@
       </c>
       <c r="M7" s="58">
         <v>23756</v>
       </c>
       <c r="N7" s="58">
         <v>23612</v>
       </c>
       <c r="O7" s="58">
         <v>23885</v>
       </c>
       <c r="P7" s="58">
         <v>24366</v>
       </c>
       <c r="Q7" s="58">
         <v>24169</v>
       </c>
       <c r="R7" s="58">
         <v>23984</v>
       </c>
       <c r="S7" s="58">
         <v>23153</v>
       </c>
       <c r="T7" s="58">
         <v>21764</v>
       </c>
+      <c r="U7" s="58">
+        <v>21970</v>
+      </c>
     </row>
     <row r="8" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A8" s="46" t="s">
         <v>29</v>
       </c>
       <c r="B8" s="58">
         <v>7852</v>
       </c>
       <c r="C8" s="58">
         <v>8279</v>
       </c>
       <c r="D8" s="58">
         <v>8765</v>
       </c>
       <c r="E8" s="58">
         <v>9282</v>
       </c>
       <c r="F8" s="58">
         <v>9753</v>
       </c>
       <c r="G8" s="58">
         <v>10173</v>
       </c>
       <c r="H8" s="58">
         <v>10605</v>
@@ -19367,50 +20362,53 @@
       </c>
       <c r="M8" s="58">
         <v>12619</v>
       </c>
       <c r="N8" s="58">
         <v>12905</v>
       </c>
       <c r="O8" s="58">
         <v>13203</v>
       </c>
       <c r="P8" s="58">
         <v>13527</v>
       </c>
       <c r="Q8" s="58">
         <v>13744</v>
       </c>
       <c r="R8" s="58">
         <v>13969</v>
       </c>
       <c r="S8" s="58">
         <v>14270</v>
       </c>
       <c r="T8" s="58">
         <v>14110</v>
       </c>
+      <c r="U8" s="58">
+        <v>14358</v>
+      </c>
     </row>
     <row r="9" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A9" s="46" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="58">
         <v>4697</v>
       </c>
       <c r="C9" s="58">
         <v>5137</v>
       </c>
       <c r="D9" s="58">
         <v>5687</v>
       </c>
       <c r="E9" s="58">
         <v>6196</v>
       </c>
       <c r="F9" s="58">
         <v>6724</v>
       </c>
       <c r="G9" s="58">
         <v>7128</v>
       </c>
       <c r="H9" s="58">
         <v>7512</v>
@@ -19429,50 +20427,53 @@
       </c>
       <c r="M9" s="58">
         <v>8586</v>
       </c>
       <c r="N9" s="58">
         <v>8666</v>
       </c>
       <c r="O9" s="58">
         <v>8673</v>
       </c>
       <c r="P9" s="58">
         <v>8803</v>
       </c>
       <c r="Q9" s="58">
         <v>8997</v>
       </c>
       <c r="R9" s="58">
         <v>9264</v>
       </c>
       <c r="S9" s="58">
         <v>9350</v>
       </c>
       <c r="T9" s="58">
         <v>9226</v>
       </c>
+      <c r="U9" s="58">
+        <v>9103</v>
+      </c>
     </row>
     <row r="10" spans="1:49" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="46" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="58">
         <v>4821</v>
       </c>
       <c r="C10" s="58">
         <v>5323</v>
       </c>
       <c r="D10" s="58">
         <v>5798</v>
       </c>
       <c r="E10" s="58">
         <v>6137</v>
       </c>
       <c r="F10" s="58">
         <v>6543</v>
       </c>
       <c r="G10" s="58">
         <v>7058</v>
       </c>
       <c r="H10" s="58">
         <v>7495</v>
@@ -19491,50 +20492,53 @@
       </c>
       <c r="M10" s="58">
         <v>9214</v>
       </c>
       <c r="N10" s="58">
         <v>9466</v>
       </c>
       <c r="O10" s="58">
         <v>9620</v>
       </c>
       <c r="P10" s="58">
         <v>9829</v>
       </c>
       <c r="Q10" s="58">
         <v>10060</v>
       </c>
       <c r="R10" s="58">
         <v>10456</v>
       </c>
       <c r="S10" s="58">
         <v>10715</v>
       </c>
       <c r="T10" s="58">
         <v>10746</v>
       </c>
+      <c r="U10" s="58">
+        <v>10781</v>
+      </c>
     </row>
     <row r="11" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A11" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="58">
         <v>664</v>
       </c>
       <c r="C11" s="58">
         <v>723</v>
       </c>
       <c r="D11" s="58">
         <v>779</v>
       </c>
       <c r="E11" s="58">
         <v>823</v>
       </c>
       <c r="F11" s="58">
         <v>862</v>
       </c>
       <c r="G11" s="58">
         <v>897</v>
       </c>
       <c r="H11" s="58">
         <v>933</v>
@@ -19553,50 +20557,53 @@
       </c>
       <c r="M11" s="58">
         <v>1174</v>
       </c>
       <c r="N11" s="58">
         <v>1242</v>
       </c>
       <c r="O11" s="58">
         <v>1287</v>
       </c>
       <c r="P11" s="58">
         <v>1336</v>
       </c>
       <c r="Q11" s="58">
         <v>1361</v>
       </c>
       <c r="R11" s="58">
         <v>1396</v>
       </c>
       <c r="S11" s="58">
         <v>1431</v>
       </c>
       <c r="T11" s="58">
         <v>1447</v>
       </c>
+      <c r="U11" s="58">
+        <v>1463</v>
+      </c>
     </row>
     <row r="12" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A12" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B12" s="58">
         <v>705</v>
       </c>
       <c r="C12" s="58">
         <v>718</v>
       </c>
       <c r="D12" s="58">
         <v>738</v>
       </c>
       <c r="E12" s="58">
         <v>748</v>
       </c>
       <c r="F12" s="58">
         <v>777</v>
       </c>
       <c r="G12" s="58">
         <v>798</v>
       </c>
       <c r="H12" s="58">
         <v>815</v>
@@ -19615,50 +20622,53 @@
       </c>
       <c r="M12" s="58">
         <v>893</v>
       </c>
       <c r="N12" s="58">
         <v>913</v>
       </c>
       <c r="O12" s="58">
         <v>920</v>
       </c>
       <c r="P12" s="58">
         <v>928</v>
       </c>
       <c r="Q12" s="58">
         <v>937</v>
       </c>
       <c r="R12" s="58">
         <v>951</v>
       </c>
       <c r="S12" s="58">
         <v>965</v>
       </c>
       <c r="T12" s="58">
         <v>965</v>
       </c>
+      <c r="U12" s="58">
+        <v>971</v>
+      </c>
     </row>
     <row r="13" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A13" s="46" t="s">
         <v>34</v>
       </c>
       <c r="B13" s="58">
         <v>475</v>
       </c>
       <c r="C13" s="58">
         <v>481</v>
       </c>
       <c r="D13" s="58">
         <v>486</v>
       </c>
       <c r="E13" s="58">
         <v>491</v>
       </c>
       <c r="F13" s="58">
         <v>493</v>
       </c>
       <c r="G13" s="58">
         <v>495</v>
       </c>
       <c r="H13" s="58">
         <v>498</v>
@@ -19677,50 +20687,53 @@
       </c>
       <c r="M13" s="58">
         <v>508</v>
       </c>
       <c r="N13" s="58">
         <v>510</v>
       </c>
       <c r="O13" s="58">
         <v>507</v>
       </c>
       <c r="P13" s="58">
         <v>505</v>
       </c>
       <c r="Q13" s="58">
         <v>506</v>
       </c>
       <c r="R13" s="58">
         <v>501</v>
       </c>
       <c r="S13" s="58">
         <v>498</v>
       </c>
       <c r="T13" s="58">
         <v>497</v>
       </c>
+      <c r="U13" s="58">
+        <v>498</v>
+      </c>
     </row>
     <row r="14" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A14" s="46" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="58">
         <v>236</v>
       </c>
       <c r="C14" s="58">
         <v>230</v>
       </c>
       <c r="D14" s="58">
         <v>222</v>
       </c>
       <c r="E14" s="58">
         <v>219</v>
       </c>
       <c r="F14" s="58">
         <v>210</v>
       </c>
       <c r="G14" s="58">
         <v>194</v>
       </c>
       <c r="H14" s="58">
         <v>187</v>
@@ -19739,50 +20752,53 @@
       </c>
       <c r="M14" s="58">
         <v>161</v>
       </c>
       <c r="N14" s="58">
         <v>156</v>
       </c>
       <c r="O14" s="58">
         <v>156</v>
       </c>
       <c r="P14" s="58">
         <v>152</v>
       </c>
       <c r="Q14" s="58">
         <v>149</v>
       </c>
       <c r="R14" s="58">
         <v>147</v>
       </c>
       <c r="S14" s="58">
         <v>145</v>
       </c>
       <c r="T14" s="58">
         <v>143</v>
       </c>
+      <c r="U14" s="58">
+        <v>142</v>
+      </c>
     </row>
     <row r="15" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A15" s="46" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="58">
         <v>183</v>
       </c>
       <c r="C15" s="58">
         <v>200</v>
       </c>
       <c r="D15" s="58">
         <v>239</v>
       </c>
       <c r="E15" s="58">
         <v>279</v>
       </c>
       <c r="F15" s="58">
         <v>336</v>
       </c>
       <c r="G15" s="58">
         <v>387</v>
       </c>
       <c r="H15" s="58">
         <v>425</v>
@@ -19801,50 +20817,53 @@
       </c>
       <c r="M15" s="58">
         <v>572</v>
       </c>
       <c r="N15" s="58">
         <v>587</v>
       </c>
       <c r="O15" s="58">
         <v>597</v>
       </c>
       <c r="P15" s="58">
         <v>604</v>
       </c>
       <c r="Q15" s="58">
         <v>633</v>
       </c>
       <c r="R15" s="58">
         <v>676</v>
       </c>
       <c r="S15" s="58">
         <v>764</v>
       </c>
       <c r="T15" s="58">
         <v>781</v>
       </c>
+      <c r="U15" s="58">
+        <v>792</v>
+      </c>
     </row>
     <row r="16" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A16" s="46" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="58">
         <v>212</v>
       </c>
       <c r="C16" s="58">
         <v>218</v>
       </c>
       <c r="D16" s="58">
         <v>223</v>
       </c>
       <c r="E16" s="58">
         <v>234</v>
       </c>
       <c r="F16" s="58">
         <v>242</v>
       </c>
       <c r="G16" s="58">
         <v>245</v>
       </c>
       <c r="H16" s="58">
         <v>249</v>
@@ -19863,52 +20882,55 @@
       </c>
       <c r="M16" s="58">
         <v>270</v>
       </c>
       <c r="N16" s="58">
         <v>272</v>
       </c>
       <c r="O16" s="58">
         <v>274</v>
       </c>
       <c r="P16" s="58">
         <v>277</v>
       </c>
       <c r="Q16" s="58">
         <v>280</v>
       </c>
       <c r="R16" s="58">
         <v>284</v>
       </c>
       <c r="S16" s="58">
         <v>284</v>
       </c>
       <c r="T16" s="58">
         <v>285</v>
       </c>
+      <c r="U16" s="58">
+        <v>288</v>
+      </c>
     </row>
-    <row r="17" spans="1:20" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A17" s="46" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="58">
         <v>133</v>
       </c>
       <c r="C17" s="58">
         <v>143</v>
       </c>
       <c r="D17" s="58">
         <v>156</v>
       </c>
       <c r="E17" s="58">
         <v>164</v>
       </c>
       <c r="F17" s="58">
         <v>165</v>
       </c>
       <c r="G17" s="58">
         <v>162</v>
       </c>
       <c r="H17" s="58">
         <v>178</v>
       </c>
       <c r="I17" s="58">
@@ -19925,52 +20947,55 @@
       </c>
       <c r="M17" s="58">
         <v>176</v>
       </c>
       <c r="N17" s="58">
         <v>162</v>
       </c>
       <c r="O17" s="58">
         <v>174</v>
       </c>
       <c r="P17" s="58">
         <v>163</v>
       </c>
       <c r="Q17" s="58">
         <v>152</v>
       </c>
       <c r="R17" s="58">
         <v>151</v>
       </c>
       <c r="S17" s="58">
         <v>150</v>
       </c>
       <c r="T17" s="58">
         <v>150</v>
       </c>
+      <c r="U17" s="58">
+        <v>146</v>
+      </c>
     </row>
-    <row r="18" spans="1:20" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A18" s="46" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="58">
         <v>1064</v>
       </c>
       <c r="C18" s="58">
         <v>1116</v>
       </c>
       <c r="D18" s="58">
         <v>1168</v>
       </c>
       <c r="E18" s="58">
         <v>1217</v>
       </c>
       <c r="F18" s="58">
         <v>1262</v>
       </c>
       <c r="G18" s="58">
         <v>1318</v>
       </c>
       <c r="H18" s="58">
         <v>1356</v>
       </c>
       <c r="I18" s="58">
@@ -19987,203 +21012,231 @@
       </c>
       <c r="M18" s="58">
         <v>1605</v>
       </c>
       <c r="N18" s="58">
         <v>1619</v>
       </c>
       <c r="O18" s="58">
         <v>1630</v>
       </c>
       <c r="P18" s="58">
         <v>1643</v>
       </c>
       <c r="Q18" s="58">
         <v>1658</v>
       </c>
       <c r="R18" s="58">
         <v>1692</v>
       </c>
       <c r="S18" s="58">
         <v>1725</v>
       </c>
       <c r="T18" s="58">
         <v>1699</v>
       </c>
+      <c r="U18" s="58">
+        <v>1699</v>
+      </c>
     </row>
-    <row r="19" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:21" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="44" t="s">
         <v>5</v>
       </c>
       <c r="B19" s="45">
+        <f t="shared" ref="B19:S19" si="0">SUM(B7:B18)</f>
         <v>38124</v>
       </c>
       <c r="C19" s="45">
+        <f t="shared" si="0"/>
         <v>40275</v>
       </c>
       <c r="D19" s="45">
+        <f t="shared" si="0"/>
         <v>42835</v>
       </c>
       <c r="E19" s="45">
+        <f t="shared" si="0"/>
         <v>45556</v>
       </c>
       <c r="F19" s="45">
+        <f t="shared" si="0"/>
         <v>48114</v>
       </c>
       <c r="G19" s="45">
+        <f t="shared" si="0"/>
         <v>50380</v>
       </c>
       <c r="H19" s="45">
+        <f t="shared" si="0"/>
         <v>52023</v>
       </c>
       <c r="I19" s="45">
+        <f t="shared" si="0"/>
         <v>53529</v>
       </c>
       <c r="J19" s="45">
+        <f t="shared" si="0"/>
         <v>54634</v>
       </c>
       <c r="K19" s="45">
+        <f t="shared" si="0"/>
         <v>56571</v>
       </c>
       <c r="L19" s="45">
+        <f t="shared" si="0"/>
         <v>58012</v>
       </c>
       <c r="M19" s="45">
+        <f t="shared" si="0"/>
         <v>59534</v>
       </c>
       <c r="N19" s="45">
+        <f t="shared" si="0"/>
         <v>60110</v>
       </c>
       <c r="O19" s="45">
+        <f t="shared" si="0"/>
         <v>60926</v>
       </c>
       <c r="P19" s="45">
+        <f t="shared" si="0"/>
         <v>62133</v>
       </c>
       <c r="Q19" s="45">
+        <f t="shared" si="0"/>
         <v>62646</v>
       </c>
       <c r="R19" s="45">
+        <f t="shared" si="0"/>
         <v>63471</v>
       </c>
       <c r="S19" s="45">
+        <f t="shared" si="0"/>
         <v>63450</v>
       </c>
       <c r="T19" s="45">
+        <f>SUM(T7:T18)</f>
         <v>61813</v>
       </c>
+      <c r="U19" s="45">
+        <v>62211</v>
+      </c>
     </row>
-    <row r="20" spans="1:20" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A20" s="49" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
     </row>
-    <row r="21" spans="1:20" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A21" s="33"/>
       <c r="C21" s="30"/>
       <c r="D21" s="30"/>
       <c r="E21" s="30"/>
       <c r="F21" s="30"/>
       <c r="G21" s="30"/>
       <c r="H21" s="30"/>
       <c r="I21" s="30"/>
       <c r="J21" s="30"/>
       <c r="K21" s="30"/>
       <c r="L21" s="30"/>
       <c r="M21" s="30"/>
       <c r="N21" s="30"/>
       <c r="O21" s="30"/>
       <c r="P21" s="30"/>
       <c r="Q21" s="30"/>
       <c r="R21" s="30"/>
     </row>
-    <row r="22" spans="1:20" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A22" s="1"/>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
       <c r="J22" s="10"/>
       <c r="K22" s="10"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
       <c r="O22" s="10"/>
       <c r="P22" s="10"/>
       <c r="Q22" s="10"/>
       <c r="R22" s="10"/>
     </row>
-    <row r="23" spans="1:20" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A23" s="1"/>
       <c r="B23" s="10"/>
       <c r="C23" s="34"/>
       <c r="D23" s="34"/>
       <c r="E23" s="34"/>
       <c r="F23" s="34"/>
       <c r="G23" s="34"/>
       <c r="H23" s="34"/>
       <c r="I23" s="34"/>
       <c r="J23" s="34"/>
       <c r="K23" s="34"/>
       <c r="L23" s="34"/>
       <c r="M23" s="34"/>
       <c r="N23" s="34"/>
       <c r="O23" s="34"/>
       <c r="P23" s="34"/>
       <c r="Q23" s="34"/>
       <c r="R23" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:Q2"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="82" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;LISEE - document édité le &amp;D</oddFooter>
   </headerFooter>
+  <ignoredErrors>
+    <ignoredError sqref="S19:T19 B19 C19:R19" formulaRange="1"/>
+  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:BB45"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="B10" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="AK27" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="A2" sqref="A2:Q2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="54.85546875" customWidth="1"/>
     <col min="2" max="33" width="11.42578125" customWidth="1"/>
     <col min="257" max="257" width="54.85546875" customWidth="1"/>
     <col min="258" max="289" width="11.42578125" customWidth="1"/>
     <col min="513" max="513" width="54.85546875" customWidth="1"/>
     <col min="514" max="545" width="11.42578125" customWidth="1"/>
     <col min="769" max="769" width="54.85546875" customWidth="1"/>
     <col min="770" max="801" width="11.42578125" customWidth="1"/>
     <col min="1025" max="1025" width="54.85546875" customWidth="1"/>
     <col min="1026" max="1057" width="11.42578125" customWidth="1"/>
     <col min="1281" max="1281" width="54.85546875" customWidth="1"/>
     <col min="1282" max="1313" width="11.42578125" customWidth="1"/>
     <col min="1537" max="1537" width="54.85546875" customWidth="1"/>
     <col min="1538" max="1569" width="11.42578125" customWidth="1"/>
     <col min="1793" max="1793" width="54.85546875" customWidth="1"/>
     <col min="1794" max="1825" width="11.42578125" customWidth="1"/>
     <col min="2049" max="2049" width="54.85546875" customWidth="1"/>
     <col min="2050" max="2081" width="11.42578125" customWidth="1"/>
     <col min="2305" max="2305" width="54.85546875" customWidth="1"/>
     <col min="2306" max="2337" width="11.42578125" customWidth="1"/>
     <col min="2561" max="2561" width="54.85546875" customWidth="1"/>
@@ -20326,173 +21379,173 @@
       <c r="AA1" s="39"/>
       <c r="AB1" s="39"/>
       <c r="AC1" s="39"/>
       <c r="AD1" s="39"/>
       <c r="AE1" s="39"/>
       <c r="AF1" s="39"/>
       <c r="AG1" s="39"/>
       <c r="AH1" s="39"/>
       <c r="AI1" s="39"/>
       <c r="AJ1" s="39"/>
       <c r="AK1" s="39"/>
       <c r="AL1" s="39"/>
       <c r="AM1" s="39"/>
       <c r="AN1" s="39"/>
       <c r="AO1" s="39"/>
       <c r="AP1" s="39"/>
       <c r="AQ1" s="39"/>
       <c r="AR1" s="39"/>
       <c r="AS1" s="39"/>
       <c r="AT1" s="39"/>
       <c r="AU1" s="39"/>
       <c r="AV1" s="39"/>
       <c r="AW1" s="39"/>
     </row>
     <row r="2" spans="1:53" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A2" s="63" t="s">
+      <c r="A2" s="67" t="s">
         <v>45</v>
       </c>
-      <c r="B2" s="63"/>
-[...14 lines deleted...]
-      <c r="Q2" s="63"/>
+      <c r="B2" s="67"/>
+      <c r="C2" s="67"/>
+      <c r="D2" s="67"/>
+      <c r="E2" s="67"/>
+      <c r="F2" s="67"/>
+      <c r="G2" s="67"/>
+      <c r="H2" s="67"/>
+      <c r="I2" s="67"/>
+      <c r="J2" s="67"/>
+      <c r="K2" s="67"/>
+      <c r="L2" s="67"/>
+      <c r="M2" s="67"/>
+      <c r="N2" s="67"/>
+      <c r="O2" s="67"/>
+      <c r="P2" s="67"/>
+      <c r="Q2" s="67"/>
     </row>
     <row r="4" spans="1:53" x14ac:dyDescent="0.25">
       <c r="A4" s="41" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="5" spans="1:53" x14ac:dyDescent="0.25">
       <c r="A5" s="37" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="6" spans="1:53" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A6" s="59" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="7" spans="1:53" x14ac:dyDescent="0.25">
       <c r="A7" s="12"/>
     </row>
     <row r="8" spans="1:53" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A8" s="64" t="s">
+      <c r="A8" s="65" t="s">
         <v>46</v>
       </c>
-      <c r="B8" s="64" t="s">
+      <c r="B8" s="65" t="s">
         <v>47</v>
       </c>
-      <c r="C8" s="64"/>
-[...2 lines deleted...]
-      <c r="F8" s="64" t="s">
+      <c r="C8" s="65"/>
+      <c r="D8" s="65"/>
+      <c r="E8" s="65"/>
+      <c r="F8" s="65" t="s">
         <v>48</v>
       </c>
-      <c r="G8" s="64"/>
-[...2 lines deleted...]
-      <c r="J8" s="64" t="s">
+      <c r="G8" s="65"/>
+      <c r="H8" s="65"/>
+      <c r="I8" s="65"/>
+      <c r="J8" s="65" t="s">
         <v>94</v>
       </c>
-      <c r="K8" s="64"/>
-[...2 lines deleted...]
-      <c r="N8" s="64" t="s">
+      <c r="K8" s="65"/>
+      <c r="L8" s="65"/>
+      <c r="M8" s="65"/>
+      <c r="N8" s="65" t="s">
         <v>95</v>
       </c>
-      <c r="O8" s="64"/>
-[...2 lines deleted...]
-      <c r="R8" s="64" t="s">
+      <c r="O8" s="65"/>
+      <c r="P8" s="65"/>
+      <c r="Q8" s="65"/>
+      <c r="R8" s="65" t="s">
         <v>96</v>
       </c>
-      <c r="S8" s="64"/>
-[...2 lines deleted...]
-      <c r="V8" s="64" t="s">
+      <c r="S8" s="65"/>
+      <c r="T8" s="65"/>
+      <c r="U8" s="65"/>
+      <c r="V8" s="65" t="s">
         <v>97</v>
       </c>
-      <c r="W8" s="64"/>
-[...2 lines deleted...]
-      <c r="Z8" s="64" t="s">
+      <c r="W8" s="65"/>
+      <c r="X8" s="65"/>
+      <c r="Y8" s="65"/>
+      <c r="Z8" s="65" t="s">
         <v>98</v>
       </c>
-      <c r="AA8" s="64"/>
-[...2 lines deleted...]
-      <c r="AD8" s="64" t="s">
+      <c r="AA8" s="65"/>
+      <c r="AB8" s="65"/>
+      <c r="AC8" s="65"/>
+      <c r="AD8" s="65" t="s">
         <v>99</v>
       </c>
-      <c r="AE8" s="64"/>
-[...2 lines deleted...]
-      <c r="AH8" s="64" t="s">
+      <c r="AE8" s="65"/>
+      <c r="AF8" s="65"/>
+      <c r="AG8" s="65"/>
+      <c r="AH8" s="65" t="s">
         <v>100</v>
       </c>
-      <c r="AI8" s="64"/>
-[...2 lines deleted...]
-      <c r="AL8" s="64" t="s">
+      <c r="AI8" s="65"/>
+      <c r="AJ8" s="65"/>
+      <c r="AK8" s="65"/>
+      <c r="AL8" s="65" t="s">
         <v>101</v>
       </c>
-      <c r="AM8" s="64"/>
-[...2 lines deleted...]
-      <c r="AP8" s="64" t="s">
+      <c r="AM8" s="65"/>
+      <c r="AN8" s="65"/>
+      <c r="AO8" s="65"/>
+      <c r="AP8" s="65" t="s">
         <v>108</v>
       </c>
-      <c r="AQ8" s="64"/>
-[...2 lines deleted...]
-      <c r="AT8" s="64" t="s">
+      <c r="AQ8" s="65"/>
+      <c r="AR8" s="65"/>
+      <c r="AS8" s="65"/>
+      <c r="AT8" s="65" t="s">
         <v>107</v>
       </c>
-      <c r="AU8" s="64"/>
-[...2 lines deleted...]
-      <c r="AX8" s="64" t="s">
+      <c r="AU8" s="65"/>
+      <c r="AV8" s="65"/>
+      <c r="AW8" s="65"/>
+      <c r="AX8" s="65" t="s">
         <v>109</v>
       </c>
-      <c r="AY8" s="64"/>
-[...1 lines deleted...]
-      <c r="BA8" s="64"/>
+      <c r="AY8" s="65"/>
+      <c r="AZ8" s="65"/>
+      <c r="BA8" s="65"/>
     </row>
     <row r="9" spans="1:53" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="A9" s="64"/>
+      <c r="A9" s="65"/>
       <c r="B9" s="60" t="s">
         <v>49</v>
       </c>
       <c r="C9" s="60" t="s">
         <v>50</v>
       </c>
       <c r="D9" s="60" t="s">
         <v>51</v>
       </c>
       <c r="E9" s="60" t="s">
         <v>52</v>
       </c>
       <c r="F9" s="60" t="s">
         <v>49</v>
       </c>
       <c r="G9" s="60" t="s">
         <v>50</v>
       </c>
       <c r="H9" s="60" t="s">
         <v>51</v>
       </c>
       <c r="I9" s="60" t="s">
         <v>5</v>
       </c>
       <c r="J9" s="60" t="s">
@@ -23589,65 +24642,65 @@
     <row r="43" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A43" s="49" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A44" s="49" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="45" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="49" t="s">
         <v>103</v>
       </c>
       <c r="B45" s="49"/>
       <c r="C45" s="49"/>
       <c r="D45" s="49"/>
       <c r="E45" s="49"/>
       <c r="F45" s="49"/>
       <c r="G45" s="49"/>
       <c r="H45" s="49"/>
       <c r="I45" s="49"/>
     </row>
   </sheetData>
   <mergeCells count="15">
+    <mergeCell ref="A2:Q2"/>
+    <mergeCell ref="V8:Y8"/>
+    <mergeCell ref="Z8:AC8"/>
+    <mergeCell ref="AD8:AG8"/>
+    <mergeCell ref="AH8:AK8"/>
     <mergeCell ref="AT8:AW8"/>
     <mergeCell ref="AX8:BA8"/>
     <mergeCell ref="AL8:AO8"/>
     <mergeCell ref="AP8:AS8"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="F8:I8"/>
     <mergeCell ref="J8:M8"/>
     <mergeCell ref="N8:Q8"/>
     <mergeCell ref="R8:U8"/>
-    <mergeCell ref="A2:Q2"/>
-[...3 lines deleted...]
-    <mergeCell ref="AH8:AK8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>