--- v0 (2025-11-18)
+++ v1 (2026-03-05)
@@ -1,140 +1,531 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\isee.local\public\DOCUMENTS\SCD\4_Publications\1_Site\ECONOMIE ET ENTREPRISES\entreprises-secteurs d'activité\entreprises\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7CEB9170-0CF6-4BD5-83BE-5F140116BACD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C630BB89-15CF-4CD3-AFB7-CC798BF16D62}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Trimestriel" sheetId="1" r:id="rId1"/>
     <sheet name="Annuel" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="BH111" i="1" l="1"/>
-[...27 lines deleted...]
-  <c r="B87" i="2"/>
+  <c r="P87" i="2" l="1"/>
   <c r="C34" i="2"/>
   <c r="D34" i="2"/>
   <c r="E34" i="2"/>
   <c r="F34" i="2"/>
   <c r="G34" i="2"/>
   <c r="H34" i="2"/>
   <c r="I34" i="2"/>
   <c r="J34" i="2"/>
   <c r="K34" i="2"/>
   <c r="L34" i="2"/>
   <c r="M34" i="2"/>
   <c r="N34" i="2"/>
   <c r="O34" i="2"/>
-  <c r="B34" i="2"/>
-[...13 lines deleted...]
-  <c r="B9" i="2"/>
+  <c r="P111" i="2"/>
+  <c r="P89" i="2"/>
+  <c r="P63" i="2"/>
+  <c r="P40" i="2"/>
+  <c r="P36" i="2"/>
+  <c r="C11" i="2"/>
+  <c r="C12" i="2"/>
+  <c r="C9" i="2" s="1"/>
+  <c r="C13" i="2"/>
+  <c r="C14" i="2"/>
+  <c r="C15" i="2"/>
+  <c r="C16" i="2"/>
+  <c r="C17" i="2"/>
+  <c r="C18" i="2"/>
+  <c r="C19" i="2"/>
+  <c r="C20" i="2"/>
+  <c r="C21" i="2"/>
+  <c r="C22" i="2"/>
+  <c r="C23" i="2"/>
+  <c r="C24" i="2"/>
+  <c r="C25" i="2"/>
+  <c r="C26" i="2"/>
+  <c r="C27" i="2"/>
+  <c r="C28" i="2"/>
+  <c r="C29" i="2"/>
+  <c r="C10" i="2"/>
+  <c r="D11" i="2"/>
+  <c r="D12" i="2"/>
+  <c r="D13" i="2"/>
+  <c r="D14" i="2"/>
+  <c r="D15" i="2"/>
+  <c r="D16" i="2"/>
+  <c r="D17" i="2"/>
+  <c r="D18" i="2"/>
+  <c r="D19" i="2"/>
+  <c r="D20" i="2"/>
+  <c r="D21" i="2"/>
+  <c r="D22" i="2"/>
+  <c r="D23" i="2"/>
+  <c r="D24" i="2"/>
+  <c r="D25" i="2"/>
+  <c r="D26" i="2"/>
+  <c r="D27" i="2"/>
+  <c r="D28" i="2"/>
+  <c r="D29" i="2"/>
+  <c r="D10" i="2"/>
+  <c r="E11" i="2"/>
+  <c r="E12" i="2"/>
+  <c r="E13" i="2"/>
+  <c r="E14" i="2"/>
+  <c r="E15" i="2"/>
+  <c r="E16" i="2"/>
+  <c r="E17" i="2"/>
+  <c r="E18" i="2"/>
+  <c r="E19" i="2"/>
+  <c r="E20" i="2"/>
+  <c r="E21" i="2"/>
+  <c r="E22" i="2"/>
+  <c r="E23" i="2"/>
+  <c r="E24" i="2"/>
+  <c r="E25" i="2"/>
+  <c r="E26" i="2"/>
+  <c r="E27" i="2"/>
+  <c r="E28" i="2"/>
+  <c r="E29" i="2"/>
+  <c r="E10" i="2"/>
+  <c r="F11" i="2"/>
+  <c r="F12" i="2"/>
+  <c r="F13" i="2"/>
+  <c r="F14" i="2"/>
+  <c r="F15" i="2"/>
+  <c r="F16" i="2"/>
+  <c r="F17" i="2"/>
+  <c r="F18" i="2"/>
+  <c r="F19" i="2"/>
+  <c r="F20" i="2"/>
+  <c r="F21" i="2"/>
+  <c r="F22" i="2"/>
+  <c r="F23" i="2"/>
+  <c r="F24" i="2"/>
+  <c r="F25" i="2"/>
+  <c r="F26" i="2"/>
+  <c r="F27" i="2"/>
+  <c r="F28" i="2"/>
+  <c r="F29" i="2"/>
+  <c r="F10" i="2"/>
+  <c r="G11" i="2"/>
+  <c r="G9" i="2" s="1"/>
+  <c r="G87" i="2" s="1"/>
+  <c r="G12" i="2"/>
+  <c r="G13" i="2"/>
+  <c r="G14" i="2"/>
+  <c r="G15" i="2"/>
+  <c r="G16" i="2"/>
+  <c r="G17" i="2"/>
+  <c r="G18" i="2"/>
+  <c r="G19" i="2"/>
+  <c r="G20" i="2"/>
+  <c r="G21" i="2"/>
+  <c r="G22" i="2"/>
+  <c r="G23" i="2"/>
+  <c r="G24" i="2"/>
+  <c r="G25" i="2"/>
+  <c r="G26" i="2"/>
+  <c r="G27" i="2"/>
+  <c r="G28" i="2"/>
+  <c r="G29" i="2"/>
+  <c r="G10" i="2"/>
+  <c r="H11" i="2"/>
+  <c r="H12" i="2"/>
+  <c r="H9" i="2" s="1"/>
+  <c r="H13" i="2"/>
+  <c r="H14" i="2"/>
+  <c r="H15" i="2"/>
+  <c r="H16" i="2"/>
+  <c r="H17" i="2"/>
+  <c r="H18" i="2"/>
+  <c r="H19" i="2"/>
+  <c r="H20" i="2"/>
+  <c r="H21" i="2"/>
+  <c r="H22" i="2"/>
+  <c r="H23" i="2"/>
+  <c r="H24" i="2"/>
+  <c r="H25" i="2"/>
+  <c r="H26" i="2"/>
+  <c r="H27" i="2"/>
+  <c r="H28" i="2"/>
+  <c r="H29" i="2"/>
+  <c r="H10" i="2"/>
+  <c r="I11" i="2"/>
+  <c r="I12" i="2"/>
+  <c r="I13" i="2"/>
+  <c r="I14" i="2"/>
+  <c r="I15" i="2"/>
+  <c r="I16" i="2"/>
+  <c r="I17" i="2"/>
+  <c r="I18" i="2"/>
+  <c r="I9" i="2" s="1"/>
+  <c r="I19" i="2"/>
+  <c r="I20" i="2"/>
+  <c r="I21" i="2"/>
+  <c r="I22" i="2"/>
+  <c r="I23" i="2"/>
+  <c r="I24" i="2"/>
+  <c r="I25" i="2"/>
+  <c r="I26" i="2"/>
+  <c r="I27" i="2"/>
+  <c r="I28" i="2"/>
+  <c r="I29" i="2"/>
+  <c r="I10" i="2"/>
+  <c r="J11" i="2"/>
+  <c r="J9" i="2" s="1"/>
+  <c r="J12" i="2"/>
+  <c r="J13" i="2"/>
+  <c r="J14" i="2"/>
+  <c r="J15" i="2"/>
+  <c r="J16" i="2"/>
+  <c r="J17" i="2"/>
+  <c r="J18" i="2"/>
+  <c r="J19" i="2"/>
+  <c r="J20" i="2"/>
+  <c r="J21" i="2"/>
+  <c r="J22" i="2"/>
+  <c r="J23" i="2"/>
+  <c r="J24" i="2"/>
+  <c r="J25" i="2"/>
+  <c r="J26" i="2"/>
+  <c r="J27" i="2"/>
+  <c r="J28" i="2"/>
+  <c r="J29" i="2"/>
+  <c r="J10" i="2"/>
+  <c r="K11" i="2"/>
+  <c r="K12" i="2"/>
+  <c r="K9" i="2" s="1"/>
+  <c r="K87" i="2" s="1"/>
+  <c r="K13" i="2"/>
+  <c r="K14" i="2"/>
+  <c r="K15" i="2"/>
+  <c r="K16" i="2"/>
+  <c r="K17" i="2"/>
+  <c r="K18" i="2"/>
+  <c r="K19" i="2"/>
+  <c r="K20" i="2"/>
+  <c r="K21" i="2"/>
+  <c r="K22" i="2"/>
+  <c r="K23" i="2"/>
+  <c r="K24" i="2"/>
+  <c r="K25" i="2"/>
+  <c r="K26" i="2"/>
+  <c r="K27" i="2"/>
+  <c r="K28" i="2"/>
+  <c r="K29" i="2"/>
+  <c r="K10" i="2"/>
+  <c r="L11" i="2"/>
+  <c r="L12" i="2"/>
+  <c r="L13" i="2"/>
+  <c r="L14" i="2"/>
+  <c r="L15" i="2"/>
+  <c r="L16" i="2"/>
+  <c r="L17" i="2"/>
+  <c r="L18" i="2"/>
+  <c r="L19" i="2"/>
+  <c r="L20" i="2"/>
+  <c r="L21" i="2"/>
+  <c r="L22" i="2"/>
+  <c r="L23" i="2"/>
+  <c r="L24" i="2"/>
+  <c r="L25" i="2"/>
+  <c r="L26" i="2"/>
+  <c r="L27" i="2"/>
+  <c r="L28" i="2"/>
+  <c r="L29" i="2"/>
+  <c r="L10" i="2"/>
+  <c r="M11" i="2"/>
+  <c r="M12" i="2"/>
+  <c r="M13" i="2"/>
+  <c r="M14" i="2"/>
+  <c r="M15" i="2"/>
+  <c r="M16" i="2"/>
+  <c r="M17" i="2"/>
+  <c r="M18" i="2"/>
+  <c r="M19" i="2"/>
+  <c r="M20" i="2"/>
+  <c r="M21" i="2"/>
+  <c r="M22" i="2"/>
+  <c r="M23" i="2"/>
+  <c r="M24" i="2"/>
+  <c r="M25" i="2"/>
+  <c r="M26" i="2"/>
+  <c r="M27" i="2"/>
+  <c r="M28" i="2"/>
+  <c r="M29" i="2"/>
+  <c r="M10" i="2"/>
+  <c r="N11" i="2"/>
+  <c r="N12" i="2"/>
+  <c r="N13" i="2"/>
+  <c r="N14" i="2"/>
+  <c r="N15" i="2"/>
+  <c r="N16" i="2"/>
+  <c r="N17" i="2"/>
+  <c r="N18" i="2"/>
+  <c r="N19" i="2"/>
+  <c r="N20" i="2"/>
+  <c r="N21" i="2"/>
+  <c r="N22" i="2"/>
+  <c r="N23" i="2"/>
+  <c r="N24" i="2"/>
+  <c r="N25" i="2"/>
+  <c r="N26" i="2"/>
+  <c r="N27" i="2"/>
+  <c r="N28" i="2"/>
+  <c r="N29" i="2"/>
+  <c r="N10" i="2"/>
+  <c r="O11" i="2"/>
+  <c r="O12" i="2"/>
+  <c r="O13" i="2"/>
+  <c r="O14" i="2"/>
+  <c r="O15" i="2"/>
+  <c r="O16" i="2"/>
+  <c r="O17" i="2"/>
+  <c r="O18" i="2"/>
+  <c r="O19" i="2"/>
+  <c r="O20" i="2"/>
+  <c r="O21" i="2"/>
+  <c r="O22" i="2"/>
+  <c r="O23" i="2"/>
+  <c r="O24" i="2"/>
+  <c r="O25" i="2"/>
+  <c r="O26" i="2"/>
+  <c r="O27" i="2"/>
+  <c r="O28" i="2"/>
+  <c r="O29" i="2"/>
+  <c r="O10" i="2"/>
+  <c r="P11" i="2"/>
+  <c r="P9" i="2" s="1"/>
+  <c r="P34" i="2" s="1"/>
+  <c r="P12" i="2"/>
+  <c r="P13" i="2"/>
+  <c r="P14" i="2"/>
+  <c r="P15" i="2"/>
+  <c r="P16" i="2"/>
+  <c r="P17" i="2"/>
+  <c r="P18" i="2"/>
+  <c r="P19" i="2"/>
+  <c r="P20" i="2"/>
+  <c r="P21" i="2"/>
+  <c r="P22" i="2"/>
+  <c r="P23" i="2"/>
+  <c r="P24" i="2"/>
+  <c r="P25" i="2"/>
+  <c r="P26" i="2"/>
+  <c r="P27" i="2"/>
+  <c r="P28" i="2"/>
+  <c r="P29" i="2"/>
+  <c r="P10" i="2"/>
+  <c r="D87" i="1"/>
+  <c r="E87" i="1"/>
+  <c r="F87" i="1"/>
+  <c r="G87" i="1"/>
+  <c r="H87" i="1"/>
+  <c r="I87" i="1"/>
+  <c r="J87" i="1"/>
+  <c r="K87" i="1"/>
+  <c r="L87" i="1"/>
+  <c r="M87" i="1"/>
+  <c r="N87" i="1"/>
+  <c r="O87" i="1"/>
+  <c r="P87" i="1"/>
+  <c r="Q87" i="1"/>
+  <c r="R87" i="1"/>
+  <c r="S87" i="1"/>
+  <c r="T87" i="1"/>
+  <c r="U87" i="1"/>
+  <c r="V87" i="1"/>
+  <c r="W87" i="1"/>
+  <c r="X87" i="1"/>
+  <c r="Y87" i="1"/>
+  <c r="Z87" i="1"/>
+  <c r="AA87" i="1"/>
+  <c r="AB87" i="1"/>
+  <c r="AC87" i="1"/>
+  <c r="AD87" i="1"/>
+  <c r="AE87" i="1"/>
+  <c r="AF87" i="1"/>
+  <c r="AG87" i="1"/>
+  <c r="AH87" i="1"/>
+  <c r="AI87" i="1"/>
+  <c r="AJ87" i="1"/>
+  <c r="AK87" i="1"/>
+  <c r="AL87" i="1"/>
+  <c r="AM87" i="1"/>
+  <c r="AN87" i="1"/>
+  <c r="AO87" i="1"/>
+  <c r="AP87" i="1"/>
+  <c r="AQ87" i="1"/>
+  <c r="AR87" i="1"/>
+  <c r="AS87" i="1"/>
+  <c r="AT87" i="1"/>
+  <c r="AU87" i="1"/>
+  <c r="AV87" i="1"/>
+  <c r="AW87" i="1"/>
+  <c r="AX87" i="1"/>
+  <c r="AY87" i="1"/>
+  <c r="AZ87" i="1"/>
+  <c r="BA87" i="1"/>
+  <c r="BB87" i="1"/>
+  <c r="BC87" i="1"/>
+  <c r="BD87" i="1"/>
+  <c r="BE87" i="1"/>
+  <c r="BF87" i="1"/>
+  <c r="BG87" i="1"/>
+  <c r="BH87" i="1"/>
+  <c r="BI87" i="1"/>
+  <c r="C87" i="1"/>
+  <c r="C34" i="1"/>
+  <c r="D34" i="1"/>
+  <c r="E34" i="1"/>
+  <c r="F34" i="1"/>
+  <c r="G34" i="1"/>
+  <c r="H34" i="1"/>
+  <c r="I34" i="1"/>
+  <c r="J34" i="1"/>
+  <c r="K34" i="1"/>
+  <c r="L34" i="1"/>
+  <c r="M34" i="1"/>
+  <c r="N34" i="1"/>
+  <c r="O34" i="1"/>
+  <c r="P34" i="1"/>
+  <c r="Q34" i="1"/>
+  <c r="R34" i="1"/>
+  <c r="S34" i="1"/>
+  <c r="T34" i="1"/>
+  <c r="U34" i="1"/>
+  <c r="V34" i="1"/>
+  <c r="W34" i="1"/>
+  <c r="X34" i="1"/>
+  <c r="Y34" i="1"/>
+  <c r="Z34" i="1"/>
+  <c r="AA34" i="1"/>
+  <c r="AB34" i="1"/>
+  <c r="AC34" i="1"/>
+  <c r="AD34" i="1"/>
+  <c r="AE34" i="1"/>
+  <c r="AF34" i="1"/>
+  <c r="AG34" i="1"/>
+  <c r="AH34" i="1"/>
+  <c r="AI34" i="1"/>
+  <c r="AJ34" i="1"/>
+  <c r="AK34" i="1"/>
+  <c r="AL34" i="1"/>
+  <c r="AM34" i="1"/>
+  <c r="AN34" i="1"/>
+  <c r="AO34" i="1"/>
+  <c r="AP34" i="1"/>
+  <c r="AQ34" i="1"/>
+  <c r="AR34" i="1"/>
+  <c r="AS34" i="1"/>
+  <c r="AT34" i="1"/>
+  <c r="AU34" i="1"/>
+  <c r="AV34" i="1"/>
+  <c r="AW34" i="1"/>
+  <c r="AX34" i="1"/>
+  <c r="AY34" i="1"/>
+  <c r="AZ34" i="1"/>
+  <c r="BA34" i="1"/>
+  <c r="BB34" i="1"/>
+  <c r="BC34" i="1"/>
+  <c r="BD34" i="1"/>
+  <c r="BE34" i="1"/>
+  <c r="BF34" i="1"/>
+  <c r="BG34" i="1"/>
+  <c r="BH34" i="1"/>
+  <c r="BI34" i="1"/>
+  <c r="P39" i="2"/>
+  <c r="P32" i="2"/>
+  <c r="P8" i="2"/>
+  <c r="BI36" i="1"/>
+  <c r="BI40" i="1"/>
+  <c r="BI63" i="1"/>
+  <c r="BI89" i="1"/>
+  <c r="BI111" i="1"/>
+  <c r="BI9" i="1"/>
+  <c r="BH111" i="1"/>
+  <c r="BH89" i="1"/>
+  <c r="BH63" i="1"/>
+  <c r="BH40" i="1"/>
+  <c r="BH36" i="1"/>
+  <c r="BH9" i="1"/>
+  <c r="BG111" i="1"/>
+  <c r="BG89" i="1"/>
+  <c r="BG63" i="1"/>
+  <c r="BG40" i="1"/>
+  <c r="BG36" i="1"/>
+  <c r="BG9" i="1"/>
   <c r="B111" i="2"/>
   <c r="O111" i="2"/>
   <c r="N111" i="2"/>
   <c r="M111" i="2"/>
   <c r="L111" i="2"/>
   <c r="K111" i="2"/>
   <c r="J111" i="2"/>
   <c r="I111" i="2"/>
   <c r="H111" i="2"/>
   <c r="G111" i="2"/>
   <c r="F111" i="2"/>
   <c r="E111" i="2"/>
   <c r="D111" i="2"/>
   <c r="C111" i="2"/>
   <c r="C89" i="2"/>
   <c r="D89" i="2"/>
   <c r="E89" i="2"/>
   <c r="F89" i="2"/>
   <c r="G89" i="2"/>
   <c r="H89" i="2"/>
   <c r="I89" i="2"/>
   <c r="J89" i="2"/>
   <c r="K89" i="2"/>
   <c r="L89" i="2"/>
   <c r="M89" i="2"/>
@@ -161,51 +552,68 @@
   <c r="F40" i="2"/>
   <c r="G40" i="2"/>
   <c r="H40" i="2"/>
   <c r="I40" i="2"/>
   <c r="J40" i="2"/>
   <c r="K40" i="2"/>
   <c r="L40" i="2"/>
   <c r="M40" i="2"/>
   <c r="N40" i="2"/>
   <c r="O40" i="2"/>
   <c r="B40" i="2"/>
   <c r="C36" i="2"/>
   <c r="D36" i="2"/>
   <c r="E36" i="2"/>
   <c r="F36" i="2"/>
   <c r="G36" i="2"/>
   <c r="H36" i="2"/>
   <c r="I36" i="2"/>
   <c r="J36" i="2"/>
   <c r="K36" i="2"/>
   <c r="L36" i="2"/>
   <c r="M36" i="2"/>
   <c r="N36" i="2"/>
   <c r="O36" i="2"/>
   <c r="B36" i="2"/>
-  <c r="BG34" i="1" l="1"/>
+  <c r="C87" i="2" l="1"/>
+  <c r="D9" i="2"/>
+  <c r="D87" i="2"/>
+  <c r="E9" i="2"/>
+  <c r="E87" i="2"/>
+  <c r="F9" i="2"/>
+  <c r="F87" i="2"/>
+  <c r="H87" i="2"/>
+  <c r="I87" i="2"/>
+  <c r="J87" i="2"/>
+  <c r="L9" i="2"/>
+  <c r="L87" i="2"/>
+  <c r="M9" i="2"/>
+  <c r="M87" i="2" s="1"/>
+  <c r="N9" i="2"/>
+  <c r="N87" i="2"/>
+  <c r="O9" i="2"/>
+  <c r="O87" i="2" s="1"/>
   <c r="D85" i="2"/>
   <c r="E85" i="2" s="1"/>
   <c r="F85" i="2" s="1"/>
   <c r="G85" i="2" s="1"/>
   <c r="H85" i="2" s="1"/>
   <c r="I85" i="2" s="1"/>
   <c r="J85" i="2" s="1"/>
   <c r="K85" i="2" s="1"/>
   <c r="L85" i="2" s="1"/>
   <c r="M85" i="2" s="1"/>
   <c r="N85" i="2" s="1"/>
   <c r="O85" i="2" s="1"/>
   <c r="C85" i="2"/>
   <c r="C32" i="2"/>
   <c r="D32" i="2" s="1"/>
   <c r="E32" i="2" s="1"/>
   <c r="F32" i="2" s="1"/>
   <c r="G32" i="2" s="1"/>
   <c r="H32" i="2" s="1"/>
   <c r="I32" i="2" s="1"/>
   <c r="J32" i="2" s="1"/>
   <c r="K32" i="2" s="1"/>
   <c r="L32" i="2" s="1"/>
   <c r="M32" i="2" s="1"/>
   <c r="N32" i="2" s="1"/>
@@ -519,96 +927,79 @@
   <c r="AH9" i="1"/>
   <c r="AI9" i="1"/>
   <c r="AJ9" i="1"/>
   <c r="AK9" i="1"/>
   <c r="AL9" i="1"/>
   <c r="AM9" i="1"/>
   <c r="AN9" i="1"/>
   <c r="AO9" i="1"/>
   <c r="AP9" i="1"/>
   <c r="AQ9" i="1"/>
   <c r="AR9" i="1"/>
   <c r="AS9" i="1"/>
   <c r="AT9" i="1"/>
   <c r="AU9" i="1"/>
   <c r="AV9" i="1"/>
   <c r="AW9" i="1"/>
   <c r="AX9" i="1"/>
   <c r="AY9" i="1"/>
   <c r="AZ9" i="1"/>
   <c r="BA9" i="1"/>
   <c r="BB9" i="1"/>
   <c r="BC9" i="1"/>
   <c r="BD9" i="1"/>
   <c r="BE9" i="1"/>
   <c r="BF9" i="1"/>
-  <c r="BF87" i="1" s="1"/>
   <c r="B9" i="1"/>
   <c r="BF111" i="1"/>
   <c r="B63" i="1"/>
   <c r="BF40" i="1"/>
   <c r="BF89" i="1"/>
   <c r="BF36" i="1"/>
-  <c r="BF34" i="1" l="1"/>
-[...5 lines deleted...]
-  <c r="BD87" i="1"/>
+  <c r="BE36" i="1" l="1"/>
+  <c r="BD36" i="1" l="1"/>
   <c r="BC36" i="1"/>
-  <c r="BC87" i="1"/>
   <c r="BB36" i="1"/>
-  <c r="BB87" i="1"/>
   <c r="BA36" i="1"/>
-  <c r="BA87" i="1"/>
   <c r="AZ36" i="1"/>
   <c r="C8" i="2"/>
   <c r="D8" i="2" s="1"/>
   <c r="E8" i="2" s="1"/>
   <c r="F8" i="2" s="1"/>
   <c r="G8" i="2" s="1"/>
   <c r="H8" i="2" s="1"/>
   <c r="I8" i="2" s="1"/>
   <c r="J8" i="2" s="1"/>
   <c r="K8" i="2" s="1"/>
   <c r="L8" i="2" s="1"/>
   <c r="M8" i="2" s="1"/>
   <c r="N8" i="2" s="1"/>
   <c r="O8" i="2" s="1"/>
-  <c r="BD34" i="1" l="1"/>
-[...3 lines deleted...]
-  <c r="BB34" i="1"/>
+  <c r="AZ33" i="1" l="1"/>
   <c r="BA33" i="1"/>
-  <c r="BA34" i="1" s="1"/>
-[...1 lines deleted...]
-  <c r="AY87" i="1"/>
   <c r="AY36" i="1" l="1"/>
   <c r="AY33" i="1" l="1"/>
-  <c r="AY34" i="1" s="1"/>
   <c r="B36" i="1"/>
   <c r="C36" i="1"/>
   <c r="D36" i="1"/>
   <c r="E36" i="1"/>
   <c r="F36" i="1"/>
   <c r="G36" i="1"/>
   <c r="H36" i="1"/>
   <c r="I36" i="1"/>
   <c r="J36" i="1"/>
   <c r="K36" i="1"/>
   <c r="L36" i="1"/>
   <c r="M36" i="1"/>
   <c r="N36" i="1"/>
   <c r="O36" i="1"/>
   <c r="P36" i="1"/>
   <c r="Q36" i="1"/>
   <c r="R36" i="1"/>
   <c r="S36" i="1"/>
   <c r="T36" i="1"/>
   <c r="U36" i="1"/>
   <c r="V36" i="1"/>
   <c r="W36" i="1"/>
   <c r="X36" i="1"/>
   <c r="Y36" i="1"/>
   <c r="Z36" i="1"/>
@@ -664,170 +1055,72 @@
   <c r="O33" i="1"/>
   <c r="AW33" i="1"/>
   <c r="AQ33" i="1"/>
   <c r="AK33" i="1"/>
   <c r="AE33" i="1"/>
   <c r="Y33" i="1"/>
   <c r="S33" i="1"/>
   <c r="M33" i="1"/>
   <c r="G33" i="1"/>
   <c r="AO33" i="1"/>
   <c r="W33" i="1"/>
   <c r="Q33" i="1"/>
   <c r="AH33" i="1"/>
   <c r="P33" i="1"/>
   <c r="AG33" i="1"/>
   <c r="I33" i="1"/>
   <c r="AV33" i="1"/>
   <c r="AP33" i="1"/>
   <c r="AJ33" i="1"/>
   <c r="AD33" i="1"/>
   <c r="X33" i="1"/>
   <c r="R33" i="1"/>
   <c r="L33" i="1"/>
   <c r="F33" i="1"/>
   <c r="B86" i="1" l="1"/>
-  <c r="B87" i="1" s="1"/>
-[...87 lines deleted...]
-  <c r="AX34" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="421" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="451" uniqueCount="128">
   <si>
     <t>Source : Isee/Ridet</t>
   </si>
   <si>
     <t>Unités : nombre, %</t>
-  </si>
-[...1 lines deleted...]
-    <t>Stock d'entreprises au début du trimestre</t>
   </si>
   <si>
     <t>Stock total</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Les créations d'entreprises</t>
-[...1 lines deleted...]
-  <si>
     <t>Créations par type</t>
   </si>
   <si>
     <t>Créations par secteur d'activité</t>
-  </si>
-[...1 lines deleted...]
-    <t>Les cessations d'entreprises</t>
   </si>
   <si>
     <t>Cessations par secteur d'activité</t>
   </si>
   <si>
     <t>2011_T1</t>
   </si>
   <si>
     <t>2011_T2</t>
   </si>
   <si>
     <t>2011_T3</t>
   </si>
   <si>
     <t>2011_T4</t>
   </si>
   <si>
     <t>2012_T1</t>
   </si>
   <si>
     <t>2012_T2</t>
   </si>
   <si>
     <t>2012_T3</t>
   </si>
@@ -972,53 +1265,50 @@
   <si>
     <t>2023_T2</t>
   </si>
   <si>
     <t>2023_T3</t>
   </si>
   <si>
     <t>2023_T4</t>
   </si>
   <si>
     <t>2024_T1</t>
   </si>
   <si>
     <t>2024_T2</t>
   </si>
   <si>
     <t>2024_T3</t>
   </si>
   <si>
     <t>2024_T4</t>
   </si>
   <si>
     <t>2025_T1</t>
   </si>
   <si>
-    <t>Données mises à jour le : 08/04/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Réouvertures</t>
   </si>
   <si>
     <t>A - Agriculture, sylviculture et pêche</t>
   </si>
   <si>
     <t>B - Industries extractives</t>
   </si>
   <si>
     <t>C - Industrie manufacturière</t>
   </si>
   <si>
     <t>D - Production et distribution d'électricité, de gaz, de vapeur et d'air conditionné</t>
   </si>
   <si>
     <t>E - Production et distribution d'eau ; assainissement, gestion des déchets et dépollution</t>
   </si>
   <si>
     <t>F - Construction</t>
   </si>
   <si>
     <t>G - Commerce ; réparation d'automobiles et de motocycles</t>
   </si>
   <si>
     <t>H - Transports et entreposage</t>
@@ -1128,66 +1418,97 @@
   <si>
     <t>Démographie des entreprises du secteur privé (mouvements au Ridet)</t>
   </si>
   <si>
     <t>81 - Organisme gérant un régime de protection sociale à adhésion obligatoire</t>
   </si>
   <si>
     <t>Cessations par forme juridique</t>
   </si>
   <si>
     <t>NB: chaque trimestre, les données sont actualisées sur les 4 trimestres antérieurs</t>
   </si>
   <si>
     <t>NB: chaque trimestre, les données sont actualisées sur les 4 trimestres antérieurs. Les résultats concernant la dernière année sont donc susceptibles d'être actualisés</t>
   </si>
   <si>
     <t>2025_T2</t>
   </si>
   <si>
     <t>2025_T3</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>Données mises à jour le : 07/10/2025</t>
+    <t>2025_T4</t>
+  </si>
+  <si>
+    <t>Données mises à jour le : 19/02/2026</t>
+  </si>
+  <si>
+    <t>Stock d'entreprises au dernier jour du trimestre</t>
+  </si>
+  <si>
+    <t>Les créations d'entreprises au cours du trimestre</t>
+  </si>
+  <si>
+    <t>Les cessations d'entreprises au cours du trimestre</t>
+  </si>
+  <si>
+    <t>Stock d'entreprises au 1er janvier de chaque année</t>
+  </si>
+  <si>
+    <t>///</t>
+  </si>
+  <si>
+    <t>Les créations d'entreprises en moyenne</t>
+  </si>
+  <si>
+    <t>Les cessations d'entreprises en moyenne</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#\ ##0;\-#\ ##0;\-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0&quot;  &quot;;#,##0&quot;  &quot;.&quot;  &quot;"/>
   </numFmts>
-  <fonts count="28">
+  <fonts count="46">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1326,205 +1647,704 @@
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="22"/>
       <color rgb="FF2F4C88"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="18"/>
+      <color theme="3"/>
+      <name val="Cambria"/>
+      <family val="2"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF006100"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C0006"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C5700"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF3F3F76"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF3F3F3F"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF7F7F7F"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="5">
+  <fills count="36">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0A1728"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC6EFCE"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC7CE"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFEB9C"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFCC99"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFA5A5A5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="4">
+  <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color theme="4" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4" tint="0.39997558519241921"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color rgb="FFFF8001"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="double">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="double">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="double">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFB2B2B2"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFB2B2B2"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFB2B2B2"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFB2B2B2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="4"/>
+      </top>
+      <bottom style="double">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="13">
+  <cellStyleXfs count="55">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="33" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="34" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="36" fillId="8" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="37" fillId="9" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="38" fillId="9" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="40" fillId="10" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="12" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="44" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="44" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="44" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="44" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="44" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="44" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="11" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="35">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="3"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="11" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="11" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="12" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="12" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="22" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="23" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="22" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="23" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="6" applyFont="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="10" applyFont="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="4" applyFont="1"/>
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
-    <xf numFmtId="3" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="13">
+  <cellStyles count="55">
+    <cellStyle name="20 % - Accent1" xfId="30" builtinId="30" customBuiltin="1"/>
+    <cellStyle name="20 % - Accent2" xfId="34" builtinId="34" customBuiltin="1"/>
+    <cellStyle name="20 % - Accent3" xfId="38" builtinId="38" customBuiltin="1"/>
+    <cellStyle name="20 % - Accent4" xfId="42" builtinId="42" customBuiltin="1"/>
+    <cellStyle name="20 % - Accent5" xfId="46" builtinId="46" customBuiltin="1"/>
+    <cellStyle name="20 % - Accent6" xfId="50" builtinId="50" customBuiltin="1"/>
+    <cellStyle name="40 % - Accent1" xfId="31" builtinId="31" customBuiltin="1"/>
+    <cellStyle name="40 % - Accent2" xfId="35" builtinId="35" customBuiltin="1"/>
+    <cellStyle name="40 % - Accent3" xfId="39" builtinId="39" customBuiltin="1"/>
+    <cellStyle name="40 % - Accent4" xfId="43" builtinId="43" customBuiltin="1"/>
+    <cellStyle name="40 % - Accent5" xfId="47" builtinId="47" customBuiltin="1"/>
+    <cellStyle name="40 % - Accent6" xfId="51" builtinId="51" customBuiltin="1"/>
+    <cellStyle name="60 % - Accent1" xfId="32" builtinId="32" customBuiltin="1"/>
+    <cellStyle name="60 % - Accent2" xfId="36" builtinId="36" customBuiltin="1"/>
+    <cellStyle name="60 % - Accent3" xfId="40" builtinId="40" customBuiltin="1"/>
+    <cellStyle name="60 % - Accent4" xfId="44" builtinId="44" customBuiltin="1"/>
+    <cellStyle name="60 % - Accent5" xfId="48" builtinId="48" customBuiltin="1"/>
+    <cellStyle name="60 % - Accent6" xfId="52" builtinId="52" customBuiltin="1"/>
+    <cellStyle name="Accent1" xfId="29" builtinId="29" customBuiltin="1"/>
+    <cellStyle name="Accent2" xfId="33" builtinId="33" customBuiltin="1"/>
+    <cellStyle name="Accent3" xfId="37" builtinId="37" customBuiltin="1"/>
+    <cellStyle name="Accent4" xfId="41" builtinId="41" customBuiltin="1"/>
+    <cellStyle name="Accent5" xfId="45" builtinId="45" customBuiltin="1"/>
+    <cellStyle name="Accent6" xfId="49" builtinId="49" customBuiltin="1"/>
+    <cellStyle name="Avertissement" xfId="26" builtinId="11" customBuiltin="1"/>
+    <cellStyle name="Calcul" xfId="23" builtinId="22" customBuiltin="1"/>
+    <cellStyle name="Cellule liée" xfId="24" builtinId="24" customBuiltin="1"/>
+    <cellStyle name="Entrée" xfId="21" builtinId="20" customBuiltin="1"/>
+    <cellStyle name="Insatisfaisant" xfId="19" builtinId="27" customBuiltin="1"/>
+    <cellStyle name="Neutre" xfId="20" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="9" xr:uid="{F3AC49DB-17C3-4056-86F3-56E594316FEE}"/>
     <cellStyle name="Normal 11" xfId="10" xr:uid="{A39A9917-A0CE-4C58-B1BD-A8698EE6B34D}"/>
+    <cellStyle name="Normal 12" xfId="53" xr:uid="{25279C40-9078-44D1-B991-9669A7641702}"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 2 2" xfId="11" xr:uid="{5E81911D-AE22-4A6F-935B-CAD234957434}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3 2" xfId="12" xr:uid="{E18CC5A6-6ED4-4176-A4BA-7A5390330116}"/>
     <cellStyle name="Normal 4" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 5" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 6" xfId="5" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 7" xfId="6" xr:uid="{1FD91829-7594-4045-B6E5-D2F3512A30A0}"/>
     <cellStyle name="Normal 8" xfId="7" xr:uid="{2B7554DA-9CCC-42C8-BDE2-AAF00B684D6C}"/>
     <cellStyle name="Normal 9" xfId="8" xr:uid="{F0BA0D63-4EB8-4FD1-99F5-F0CEA0006751}"/>
+    <cellStyle name="Note 2" xfId="54" xr:uid="{B2A57C44-A086-4D93-985E-DA73D8DA0B4D}"/>
+    <cellStyle name="Satisfaisant" xfId="18" builtinId="26" customBuiltin="1"/>
+    <cellStyle name="Sortie" xfId="22" builtinId="21" customBuiltin="1"/>
+    <cellStyle name="Texte explicatif" xfId="27" builtinId="53" customBuiltin="1"/>
+    <cellStyle name="Titre" xfId="13" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Titre 1" xfId="14" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Titre 2" xfId="15" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Titre 3" xfId="16" builtinId="18" customBuiltin="1"/>
+    <cellStyle name="Titre 4" xfId="17" builtinId="19" customBuiltin="1"/>
+    <cellStyle name="Total" xfId="28" builtinId="25" customBuiltin="1"/>
+    <cellStyle name="Vérification" xfId="25" builtinId="23" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -1786,65 +2606,66 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:BH132"/>
+  <dimension ref="A1:BI132"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="8" topLeftCell="BF9" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="BH8" sqref="BH8"/>
+      <selection pane="bottomRight" activeCell="BI9" sqref="BI9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="108.5703125" customWidth="1"/>
+    <col min="1" max="1" width="108.5546875" customWidth="1"/>
+    <col min="60" max="60" width="11.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:60" ht="30" customHeight="1">
+    <row r="1" spans="1:61" ht="30" customHeight="1">
       <c r="A1" s="6"/>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
       <c r="I1" s="6"/>
       <c r="J1" s="6"/>
       <c r="K1" s="6"/>
       <c r="L1" s="6"/>
       <c r="M1" s="6"/>
       <c r="N1" s="6"/>
       <c r="O1" s="6"/>
       <c r="P1" s="6"/>
       <c r="Q1" s="6"/>
       <c r="R1" s="6"/>
       <c r="S1" s="6"/>
       <c r="T1" s="6"/>
       <c r="U1" s="6"/>
       <c r="V1" s="6"/>
       <c r="W1" s="6"/>
       <c r="X1" s="6"/>
       <c r="Y1" s="6"/>
@@ -1860,267 +2681,272 @@
       <c r="AI1" s="6"/>
       <c r="AJ1" s="6"/>
       <c r="AK1" s="6"/>
       <c r="AL1" s="6"/>
       <c r="AM1" s="6"/>
       <c r="AN1" s="6"/>
       <c r="AO1" s="6"/>
       <c r="AP1" s="6"/>
       <c r="AQ1" s="6"/>
       <c r="AR1" s="6"/>
       <c r="AS1" s="6"/>
       <c r="AT1" s="6"/>
       <c r="AU1" s="6"/>
       <c r="AV1" s="6"/>
       <c r="AW1" s="6"/>
       <c r="AX1" s="6"/>
       <c r="AY1" s="6"/>
       <c r="AZ1" s="6"/>
       <c r="BA1" s="6"/>
       <c r="BB1" s="6"/>
       <c r="BC1" s="6"/>
       <c r="BD1" s="6"/>
       <c r="BE1" s="6"/>
       <c r="BF1" s="6"/>
       <c r="BG1" s="6"/>
+      <c r="BH1" s="6"/>
+      <c r="BI1" s="6"/>
     </row>
-    <row r="2" spans="1:60" ht="28.5">
-[...1 lines deleted...]
-        <v>115</v>
+    <row r="2" spans="1:61" ht="28.8">
+      <c r="A2" s="30" t="s">
+        <v>111</v>
       </c>
     </row>
-    <row r="3" spans="1:60" ht="18.75" customHeight="1">
+    <row r="3" spans="1:61" ht="18.75" customHeight="1">
       <c r="A3" s="7"/>
     </row>
-    <row r="4" spans="1:60">
+    <row r="4" spans="1:61">
       <c r="A4" s="8" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:60">
+    <row r="5" spans="1:61">
       <c r="A5" s="9" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="AI5" s="5"/>
       <c r="AQ5" s="5"/>
     </row>
-    <row r="6" spans="1:60">
+    <row r="6" spans="1:61">
       <c r="A6" s="4" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="BB6" s="5"/>
       <c r="BC6" s="5"/>
       <c r="BD6" s="5"/>
     </row>
-    <row r="7" spans="1:60">
+    <row r="7" spans="1:61">
       <c r="BB7" s="5"/>
     </row>
-    <row r="8" spans="1:60" s="2" customFormat="1" ht="15.75">
+    <row r="8" spans="1:61" s="2" customFormat="1" ht="15.6">
       <c r="A8" s="10" t="s">
+        <v>121</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="F8" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="H8" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="J8" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="K8" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="L8" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="M8" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="N8" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="O8" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="Q8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="R8" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="S8" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="T8" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="U8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="V8" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="W8" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="X8" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y8" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="Z8" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="AA8" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AB8" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="AC8" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="AD8" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="AE8" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="AF8" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG8" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AH8" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="AI8" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="AJ8" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AK8" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="AL8" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AM8" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AN8" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="AO8" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="AP8" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="AQ8" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="AR8" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AS8" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="AT8" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="AU8" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="AV8" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="AW8" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="AX8" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="AY8" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="AZ8" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="BA8" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="BB8" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="BC8" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="BD8" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="BE8" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="BF8" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="BG8" s="10" t="s">
+        <v>116</v>
+      </c>
+      <c r="BH8" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="BI8" s="10" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="9" spans="1:61">
+      <c r="A9" s="12" t="s">
         <v>2</v>
-      </c>
-[...180 lines deleted...]
-        <v>3</v>
       </c>
       <c r="B9" s="13">
         <f>SUM(B10:B29)</f>
         <v>48128</v>
       </c>
       <c r="C9" s="13">
         <f t="shared" ref="C9:BH9" si="0">SUM(C10:C29)</f>
         <v>48889</v>
       </c>
       <c r="D9" s="13">
         <f t="shared" si="0"/>
         <v>49564</v>
       </c>
       <c r="E9" s="13">
         <f t="shared" si="0"/>
         <v>49989</v>
       </c>
       <c r="F9" s="13">
         <f t="shared" si="0"/>
         <v>50369</v>
       </c>
       <c r="G9" s="13">
         <f t="shared" si="0"/>
         <v>50903</v>
       </c>
@@ -2304,64 +3130,68 @@
         <f t="shared" si="0"/>
         <v>62926</v>
       </c>
       <c r="BA9" s="13">
         <f t="shared" si="0"/>
         <v>62723</v>
       </c>
       <c r="BB9" s="13">
         <f t="shared" si="0"/>
         <v>62697</v>
       </c>
       <c r="BC9" s="13">
         <f t="shared" si="0"/>
         <v>61930</v>
       </c>
       <c r="BD9" s="13">
         <f t="shared" si="0"/>
         <v>61602</v>
       </c>
       <c r="BE9" s="13">
         <f t="shared" si="0"/>
         <v>61367</v>
       </c>
       <c r="BF9" s="13">
         <f t="shared" si="0"/>
-        <v>61580</v>
+        <v>61144</v>
       </c>
       <c r="BG9" s="13">
         <f t="shared" si="0"/>
-        <v>61939</v>
+        <v>61464</v>
       </c>
       <c r="BH9" s="13">
         <f t="shared" si="0"/>
-        <v>62381</v>
+        <v>61817</v>
+      </c>
+      <c r="BI9" s="13">
+        <f t="shared" ref="BI9" si="1">SUM(BI10:BI29)</f>
+        <v>61965</v>
       </c>
     </row>
-    <row r="10" spans="1:60" s="19" customFormat="1">
+    <row r="10" spans="1:61" s="19" customFormat="1">
       <c r="A10" s="16" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B10" s="16">
         <v>5891</v>
       </c>
       <c r="C10" s="16">
         <v>5917</v>
       </c>
       <c r="D10" s="16">
         <v>5927</v>
       </c>
       <c r="E10" s="16">
         <v>5946</v>
       </c>
       <c r="F10" s="16">
         <v>5953</v>
       </c>
       <c r="G10" s="16">
         <v>5970</v>
       </c>
       <c r="H10" s="16">
         <v>5975</v>
       </c>
       <c r="I10" s="16">
         <v>5970</v>
       </c>
@@ -2487,63 +3317,66 @@
       </c>
       <c r="AX10" s="17">
         <v>7079</v>
       </c>
       <c r="AY10" s="17">
         <v>7082</v>
       </c>
       <c r="AZ10" s="17">
         <v>7101</v>
       </c>
       <c r="BA10" s="17">
         <v>7142</v>
       </c>
       <c r="BB10" s="17">
         <v>7121</v>
       </c>
       <c r="BC10" s="17">
         <v>7090</v>
       </c>
       <c r="BD10" s="17">
         <v>7084</v>
       </c>
       <c r="BE10" s="16">
         <v>7084</v>
       </c>
-      <c r="BF10" s="19">
-[...6 lines deleted...]
-        <v>7136</v>
+      <c r="BF10" s="34">
+        <v>7072</v>
+      </c>
+      <c r="BG10" s="34">
+        <v>7091</v>
+      </c>
+      <c r="BH10" s="34">
+        <v>7100</v>
+      </c>
+      <c r="BI10" s="34">
+        <v>7078</v>
       </c>
     </row>
-    <row r="11" spans="1:60" s="19" customFormat="1">
+    <row r="11" spans="1:61" s="19" customFormat="1">
       <c r="A11" s="16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B11" s="16">
         <v>86</v>
       </c>
       <c r="C11" s="16">
         <v>86</v>
       </c>
       <c r="D11" s="16">
         <v>88</v>
       </c>
       <c r="E11" s="16">
         <v>88</v>
       </c>
       <c r="F11" s="16">
         <v>87</v>
       </c>
       <c r="G11" s="16">
         <v>86</v>
       </c>
       <c r="H11" s="16">
         <v>87</v>
       </c>
       <c r="I11" s="16">
         <v>87</v>
       </c>
@@ -2678,54 +3511,57 @@
       </c>
       <c r="BA11" s="20">
         <v>74</v>
       </c>
       <c r="BB11" s="20">
         <v>73</v>
       </c>
       <c r="BC11" s="21">
         <v>74</v>
       </c>
       <c r="BD11" s="21">
         <v>73</v>
       </c>
       <c r="BE11" s="16">
         <v>71</v>
       </c>
       <c r="BF11" s="19">
         <v>71</v>
       </c>
       <c r="BG11" s="19">
         <v>71</v>
       </c>
       <c r="BH11" s="19">
         <v>71</v>
       </c>
+      <c r="BI11" s="19">
+        <v>72</v>
+      </c>
     </row>
-    <row r="12" spans="1:60" s="19" customFormat="1">
+    <row r="12" spans="1:61" s="19" customFormat="1">
       <c r="A12" s="16" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B12" s="16">
         <v>2242</v>
       </c>
       <c r="C12" s="16">
         <v>2287</v>
       </c>
       <c r="D12" s="16">
         <v>2311</v>
       </c>
       <c r="E12" s="16">
         <v>2310</v>
       </c>
       <c r="F12" s="16">
         <v>2311</v>
       </c>
       <c r="G12" s="16">
         <v>2336</v>
       </c>
       <c r="H12" s="16">
         <v>2331</v>
       </c>
       <c r="I12" s="16">
         <v>2374</v>
       </c>
@@ -2851,63 +3687,66 @@
       </c>
       <c r="AX12" s="19">
         <v>2896</v>
       </c>
       <c r="AY12" s="20">
         <v>2864</v>
       </c>
       <c r="AZ12" s="20">
         <v>2897</v>
       </c>
       <c r="BA12" s="20">
         <v>2883</v>
       </c>
       <c r="BB12" s="20">
         <v>2858</v>
       </c>
       <c r="BC12" s="21">
         <v>2764</v>
       </c>
       <c r="BD12" s="21">
         <v>2737</v>
       </c>
       <c r="BE12" s="19">
         <v>2742</v>
       </c>
-      <c r="BF12" s="19">
-[...6 lines deleted...]
-        <v>2836</v>
+      <c r="BF12" s="34">
+        <v>2717</v>
+      </c>
+      <c r="BG12" s="34">
+        <v>2751</v>
+      </c>
+      <c r="BH12" s="34">
+        <v>2806</v>
+      </c>
+      <c r="BI12" s="34">
+        <v>2829</v>
       </c>
     </row>
-    <row r="13" spans="1:60" s="19" customFormat="1">
+    <row r="13" spans="1:61" s="19" customFormat="1">
       <c r="A13" s="16" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B13" s="16">
         <v>28</v>
       </c>
       <c r="C13" s="16">
         <v>28</v>
       </c>
       <c r="D13" s="16">
         <v>31</v>
       </c>
       <c r="E13" s="16">
         <v>31</v>
       </c>
       <c r="F13" s="16">
         <v>31</v>
       </c>
       <c r="G13" s="16">
         <v>31</v>
       </c>
       <c r="H13" s="16">
         <v>31</v>
       </c>
       <c r="I13" s="16">
         <v>30</v>
       </c>
@@ -3034,62 +3873,65 @@
       <c r="AX13" s="19">
         <v>79</v>
       </c>
       <c r="AY13" s="20">
         <v>79</v>
       </c>
       <c r="AZ13" s="20">
         <v>80</v>
       </c>
       <c r="BA13" s="20">
         <v>80</v>
       </c>
       <c r="BB13" s="20">
         <v>82</v>
       </c>
       <c r="BC13" s="21">
         <v>82</v>
       </c>
       <c r="BD13" s="21">
         <v>82</v>
       </c>
       <c r="BE13" s="19">
         <v>81</v>
       </c>
       <c r="BF13" s="19">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="BG13" s="19">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="BH13" s="19">
-        <v>80</v>
+        <v>79</v>
+      </c>
+      <c r="BI13" s="19">
+        <v>78</v>
       </c>
     </row>
-    <row r="14" spans="1:60" s="19" customFormat="1">
+    <row r="14" spans="1:61" s="19" customFormat="1">
       <c r="A14" s="16" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B14" s="16">
         <v>91</v>
       </c>
       <c r="C14" s="16">
         <v>93</v>
       </c>
       <c r="D14" s="16">
         <v>97</v>
       </c>
       <c r="E14" s="16">
         <v>104</v>
       </c>
       <c r="F14" s="16">
         <v>107</v>
       </c>
       <c r="G14" s="16">
         <v>109</v>
       </c>
       <c r="H14" s="16">
         <v>107</v>
       </c>
       <c r="I14" s="16">
         <v>108</v>
       </c>
@@ -3216,62 +4058,65 @@
       <c r="AX14" s="19">
         <v>145</v>
       </c>
       <c r="AY14" s="20">
         <v>149</v>
       </c>
       <c r="AZ14" s="20">
         <v>148</v>
       </c>
       <c r="BA14" s="20">
         <v>149</v>
       </c>
       <c r="BB14" s="20">
         <v>149</v>
       </c>
       <c r="BC14" s="21">
         <v>147</v>
       </c>
       <c r="BD14" s="21">
         <v>148</v>
       </c>
       <c r="BE14" s="19">
         <v>146</v>
       </c>
       <c r="BF14" s="19">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="BG14" s="19">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="BH14" s="19">
-        <v>143</v>
+        <v>136</v>
+      </c>
+      <c r="BI14" s="19">
+        <v>138</v>
       </c>
     </row>
-    <row r="15" spans="1:60" s="19" customFormat="1">
+    <row r="15" spans="1:61" s="19" customFormat="1">
       <c r="A15" s="16" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B15" s="16">
         <v>7064</v>
       </c>
       <c r="C15" s="16">
         <v>7207</v>
       </c>
       <c r="D15" s="16">
         <v>7308</v>
       </c>
       <c r="E15" s="16">
         <v>7372</v>
       </c>
       <c r="F15" s="16">
         <v>7324</v>
       </c>
       <c r="G15" s="16">
         <v>7415</v>
       </c>
       <c r="H15" s="16">
         <v>7487</v>
       </c>
       <c r="I15" s="16">
         <v>7505</v>
       </c>
@@ -3397,63 +4242,66 @@
       </c>
       <c r="AX15" s="19">
         <v>6631</v>
       </c>
       <c r="AY15" s="20">
         <v>6561</v>
       </c>
       <c r="AZ15" s="20">
         <v>6478</v>
       </c>
       <c r="BA15" s="20">
         <v>6384</v>
       </c>
       <c r="BB15" s="20">
         <v>6262</v>
       </c>
       <c r="BC15" s="21">
         <v>6153</v>
       </c>
       <c r="BD15" s="21">
         <v>6102</v>
       </c>
       <c r="BE15" s="19">
         <v>6034</v>
       </c>
-      <c r="BF15" s="19">
-[...6 lines deleted...]
-        <v>5986</v>
+      <c r="BF15" s="34">
+        <v>5913</v>
+      </c>
+      <c r="BG15" s="34">
+        <v>5891</v>
+      </c>
+      <c r="BH15" s="34">
+        <v>5921</v>
+      </c>
+      <c r="BI15" s="34">
+        <v>5910</v>
       </c>
     </row>
-    <row r="16" spans="1:60" s="19" customFormat="1">
+    <row r="16" spans="1:61" s="19" customFormat="1">
       <c r="A16" s="16" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B16" s="16">
         <v>3564</v>
       </c>
       <c r="C16" s="16">
         <v>3614</v>
       </c>
       <c r="D16" s="16">
         <v>3662</v>
       </c>
       <c r="E16" s="16">
         <v>3692</v>
       </c>
       <c r="F16" s="16">
         <v>3662</v>
       </c>
       <c r="G16" s="16">
         <v>3682</v>
       </c>
       <c r="H16" s="16">
         <v>3725</v>
       </c>
       <c r="I16" s="16">
         <v>3734</v>
       </c>
@@ -3579,63 +4427,66 @@
       </c>
       <c r="AX16" s="19">
         <v>3827</v>
       </c>
       <c r="AY16" s="20">
         <v>3826</v>
       </c>
       <c r="AZ16" s="20">
         <v>3820</v>
       </c>
       <c r="BA16" s="20">
         <v>3776</v>
       </c>
       <c r="BB16" s="20">
         <v>3763</v>
       </c>
       <c r="BC16" s="21">
         <v>3718</v>
       </c>
       <c r="BD16" s="21">
         <v>3700</v>
       </c>
       <c r="BE16" s="19">
         <v>3676</v>
       </c>
-      <c r="BF16" s="19">
-[...6 lines deleted...]
-        <v>3766</v>
+      <c r="BF16" s="34">
+        <v>3637</v>
+      </c>
+      <c r="BG16" s="34">
+        <v>3668</v>
+      </c>
+      <c r="BH16" s="34">
+        <v>3723</v>
+      </c>
+      <c r="BI16" s="34">
+        <v>3734</v>
       </c>
     </row>
-    <row r="17" spans="1:60" s="19" customFormat="1">
+    <row r="17" spans="1:61" s="19" customFormat="1">
       <c r="A17" s="16" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B17" s="16">
         <v>1654</v>
       </c>
       <c r="C17" s="16">
         <v>1669</v>
       </c>
       <c r="D17" s="16">
         <v>1684</v>
       </c>
       <c r="E17" s="16">
         <v>1682</v>
       </c>
       <c r="F17" s="16">
         <v>1698</v>
       </c>
       <c r="G17" s="16">
         <v>1705</v>
       </c>
       <c r="H17" s="16">
         <v>1710</v>
       </c>
       <c r="I17" s="16">
         <v>1725</v>
       </c>
@@ -3761,63 +4612,66 @@
       </c>
       <c r="AX17" s="19">
         <v>1761</v>
       </c>
       <c r="AY17" s="20">
         <v>1762</v>
       </c>
       <c r="AZ17" s="20">
         <v>1748</v>
       </c>
       <c r="BA17" s="20">
         <v>1724</v>
       </c>
       <c r="BB17" s="20">
         <v>1725</v>
       </c>
       <c r="BC17" s="21">
         <v>1692</v>
       </c>
       <c r="BD17" s="21">
         <v>1687</v>
       </c>
       <c r="BE17" s="19">
         <v>1682</v>
       </c>
-      <c r="BF17" s="19">
-[...2 lines deleted...]
-      <c r="BG17" s="19">
+      <c r="BF17" s="34">
+        <v>1658</v>
+      </c>
+      <c r="BG17" s="34">
+        <v>1677</v>
+      </c>
+      <c r="BH17" s="34">
         <v>1694</v>
       </c>
-      <c r="BH17" s="19">
-        <v>1713</v>
+      <c r="BI17" s="34">
+        <v>1700</v>
       </c>
     </row>
-    <row r="18" spans="1:60" s="19" customFormat="1">
+    <row r="18" spans="1:61" s="19" customFormat="1">
       <c r="A18" s="16" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B18" s="16">
         <v>988</v>
       </c>
       <c r="C18" s="16">
         <v>1007</v>
       </c>
       <c r="D18" s="16">
         <v>1020</v>
       </c>
       <c r="E18" s="16">
         <v>1028</v>
       </c>
       <c r="F18" s="16">
         <v>1034</v>
       </c>
       <c r="G18" s="16">
         <v>1058</v>
       </c>
       <c r="H18" s="16">
         <v>1073</v>
       </c>
       <c r="I18" s="16">
         <v>1084</v>
       </c>
@@ -3943,63 +4797,66 @@
       </c>
       <c r="AX18" s="17">
         <v>1245</v>
       </c>
       <c r="AY18" s="17">
         <v>1257</v>
       </c>
       <c r="AZ18" s="17">
         <v>1248</v>
       </c>
       <c r="BA18" s="17">
         <v>1253</v>
       </c>
       <c r="BB18" s="17">
         <v>1249</v>
       </c>
       <c r="BC18" s="17">
         <v>1230</v>
       </c>
       <c r="BD18" s="17">
         <v>1239</v>
       </c>
       <c r="BE18" s="16">
         <v>1239</v>
       </c>
-      <c r="BF18" s="19">
-[...5 lines deleted...]
-      <c r="BH18" s="19">
+      <c r="BF18" s="34">
+        <v>1242</v>
+      </c>
+      <c r="BG18" s="34">
+        <v>1252</v>
+      </c>
+      <c r="BH18" s="34">
+        <v>1258</v>
+      </c>
+      <c r="BI18" s="34">
         <v>1274</v>
       </c>
     </row>
-    <row r="19" spans="1:60" s="19" customFormat="1">
+    <row r="19" spans="1:61" s="19" customFormat="1">
       <c r="A19" s="16" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B19" s="16">
         <v>448</v>
       </c>
       <c r="C19" s="16">
         <v>465</v>
       </c>
       <c r="D19" s="16">
         <v>472</v>
       </c>
       <c r="E19" s="16">
         <v>474</v>
       </c>
       <c r="F19" s="16">
         <v>469</v>
       </c>
       <c r="G19" s="16">
         <v>473</v>
       </c>
       <c r="H19" s="16">
         <v>474</v>
       </c>
       <c r="I19" s="16">
         <v>470</v>
       </c>
@@ -4126,62 +4983,65 @@
       <c r="AX19" s="19">
         <v>641</v>
       </c>
       <c r="AY19" s="20">
         <v>648</v>
       </c>
       <c r="AZ19" s="20">
         <v>650</v>
       </c>
       <c r="BA19" s="20">
         <v>649</v>
       </c>
       <c r="BB19" s="20">
         <v>659</v>
       </c>
       <c r="BC19" s="21">
         <v>651</v>
       </c>
       <c r="BD19" s="21">
         <v>641</v>
       </c>
       <c r="BE19" s="16">
         <v>629</v>
       </c>
       <c r="BF19" s="19">
-        <v>622</v>
+        <v>613</v>
       </c>
       <c r="BG19" s="19">
-        <v>633</v>
+        <v>623</v>
       </c>
       <c r="BH19" s="19">
-        <v>645</v>
+        <v>632</v>
+      </c>
+      <c r="BI19" s="19">
+        <v>636</v>
       </c>
     </row>
-    <row r="20" spans="1:60" s="19" customFormat="1">
+    <row r="20" spans="1:61" s="19" customFormat="1">
       <c r="A20" s="16" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B20" s="16">
         <v>712</v>
       </c>
       <c r="C20" s="16">
         <v>730</v>
       </c>
       <c r="D20" s="16">
         <v>737</v>
       </c>
       <c r="E20" s="16">
         <v>742</v>
       </c>
       <c r="F20" s="16">
         <v>752</v>
       </c>
       <c r="G20" s="16">
         <v>753</v>
       </c>
       <c r="H20" s="16">
         <v>778</v>
       </c>
       <c r="I20" s="16">
         <v>788</v>
       </c>
@@ -4307,63 +5167,66 @@
       </c>
       <c r="AX20" s="19">
         <v>1166</v>
       </c>
       <c r="AY20" s="20">
         <v>1191</v>
       </c>
       <c r="AZ20" s="20">
         <v>1210</v>
       </c>
       <c r="BA20" s="20">
         <v>1240</v>
       </c>
       <c r="BB20" s="20">
         <v>1265</v>
       </c>
       <c r="BC20" s="21">
         <v>1271</v>
       </c>
       <c r="BD20" s="21">
         <v>1255</v>
       </c>
       <c r="BE20" s="19">
         <v>1255</v>
       </c>
-      <c r="BF20" s="19">
-[...6 lines deleted...]
-        <v>1280</v>
+      <c r="BF20" s="34">
+        <v>1249</v>
+      </c>
+      <c r="BG20" s="34">
+        <v>1252</v>
+      </c>
+      <c r="BH20" s="34">
+        <v>1270</v>
+      </c>
+      <c r="BI20" s="34">
+        <v>1277</v>
       </c>
     </row>
-    <row r="21" spans="1:60" s="19" customFormat="1">
+    <row r="21" spans="1:61" s="19" customFormat="1">
       <c r="A21" s="16" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B21" s="16">
         <v>6840</v>
       </c>
       <c r="C21" s="16">
         <v>6950</v>
       </c>
       <c r="D21" s="16">
         <v>7113</v>
       </c>
       <c r="E21" s="16">
         <v>7254</v>
       </c>
       <c r="F21" s="16">
         <v>7388</v>
       </c>
       <c r="G21" s="16">
         <v>7488</v>
       </c>
       <c r="H21" s="16">
         <v>7568</v>
       </c>
       <c r="I21" s="16">
         <v>7682</v>
       </c>
@@ -4489,63 +5352,66 @@
       </c>
       <c r="AX21" s="19">
         <v>11110</v>
       </c>
       <c r="AY21" s="20">
         <v>11186</v>
       </c>
       <c r="AZ21" s="20">
         <v>11249</v>
       </c>
       <c r="BA21" s="20">
         <v>11284</v>
       </c>
       <c r="BB21" s="20">
         <v>11348</v>
       </c>
       <c r="BC21" s="21">
         <v>11359</v>
       </c>
       <c r="BD21" s="21">
         <v>11352</v>
       </c>
       <c r="BE21" s="19">
         <v>11325</v>
       </c>
-      <c r="BF21" s="19">
-[...5 lines deleted...]
-      <c r="BH21" s="19">
+      <c r="BF21" s="34">
+        <v>11339</v>
+      </c>
+      <c r="BG21" s="34">
+        <v>11349</v>
+      </c>
+      <c r="BH21" s="34">
+        <v>11379</v>
+      </c>
+      <c r="BI21" s="34">
         <v>11377</v>
       </c>
     </row>
-    <row r="22" spans="1:60" s="19" customFormat="1">
+    <row r="22" spans="1:61" s="19" customFormat="1">
       <c r="A22" s="16" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B22" s="16">
         <v>1723</v>
       </c>
       <c r="C22" s="16">
         <v>1768</v>
       </c>
       <c r="D22" s="16">
         <v>1788</v>
       </c>
       <c r="E22" s="16">
         <v>1777</v>
       </c>
       <c r="F22" s="16">
         <v>1805</v>
       </c>
       <c r="G22" s="16">
         <v>1835</v>
       </c>
       <c r="H22" s="16">
         <v>1872</v>
       </c>
       <c r="I22" s="16">
         <v>1847</v>
       </c>
@@ -4671,63 +5537,66 @@
       </c>
       <c r="AX22" s="19">
         <v>2040</v>
       </c>
       <c r="AY22" s="20">
         <v>2051</v>
       </c>
       <c r="AZ22" s="20">
         <v>2051</v>
       </c>
       <c r="BA22" s="20">
         <v>2011</v>
       </c>
       <c r="BB22" s="20">
         <v>2002</v>
       </c>
       <c r="BC22" s="21">
         <v>1952</v>
       </c>
       <c r="BD22" s="21">
         <v>1924</v>
       </c>
       <c r="BE22" s="19">
         <v>1871</v>
       </c>
-      <c r="BF22" s="19">
+      <c r="BF22" s="34">
+        <v>1856</v>
+      </c>
+      <c r="BG22" s="34">
+        <v>1874</v>
+      </c>
+      <c r="BH22" s="34">
         <v>1880</v>
       </c>
-      <c r="BG22" s="19">
-[...3 lines deleted...]
-        <v>1911</v>
+      <c r="BI22" s="34">
+        <v>1862</v>
       </c>
     </row>
-    <row r="23" spans="1:60" s="19" customFormat="1">
+    <row r="23" spans="1:61" s="19" customFormat="1">
       <c r="A23" s="16" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B23" s="16">
         <v>2727</v>
       </c>
       <c r="C23" s="16">
         <v>2790</v>
       </c>
       <c r="D23" s="16">
         <v>2912</v>
       </c>
       <c r="E23" s="16">
         <v>2979</v>
       </c>
       <c r="F23" s="16">
         <v>3012</v>
       </c>
       <c r="G23" s="16">
         <v>3054</v>
       </c>
       <c r="H23" s="16">
         <v>3088</v>
       </c>
       <c r="I23" s="16">
         <v>3110</v>
       </c>
@@ -4853,63 +5722,66 @@
       </c>
       <c r="AX23" s="17">
         <v>4378</v>
       </c>
       <c r="AY23" s="17">
         <v>4409</v>
       </c>
       <c r="AZ23" s="17">
         <v>4396</v>
       </c>
       <c r="BA23" s="17">
         <v>4351</v>
       </c>
       <c r="BB23" s="17">
         <v>4275</v>
       </c>
       <c r="BC23" s="17">
         <v>4112</v>
       </c>
       <c r="BD23" s="17">
         <v>4095</v>
       </c>
       <c r="BE23" s="16">
         <v>4088</v>
       </c>
-      <c r="BF23" s="19">
-[...6 lines deleted...]
-        <v>4231</v>
+      <c r="BF23" s="34">
+        <v>4040</v>
+      </c>
+      <c r="BG23" s="34">
+        <v>4114</v>
+      </c>
+      <c r="BH23" s="34">
+        <v>4145</v>
+      </c>
+      <c r="BI23" s="34">
+        <v>4207</v>
       </c>
     </row>
-    <row r="24" spans="1:60" s="19" customFormat="1">
+    <row r="24" spans="1:61" s="19" customFormat="1">
       <c r="A24" s="16" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="B24" s="16">
         <v>9</v>
       </c>
       <c r="C24" s="16">
         <v>9</v>
       </c>
       <c r="D24" s="16">
         <v>9</v>
       </c>
       <c r="E24" s="16">
         <v>9</v>
       </c>
       <c r="F24" s="16">
         <v>9</v>
       </c>
       <c r="G24" s="16">
         <v>9</v>
       </c>
       <c r="H24" s="16">
         <v>9</v>
       </c>
       <c r="I24" s="16">
         <v>9</v>
       </c>
@@ -5036,62 +5908,65 @@
       <c r="AX24" s="19">
         <v>9</v>
       </c>
       <c r="AY24" s="20">
         <v>9</v>
       </c>
       <c r="AZ24" s="20">
         <v>9</v>
       </c>
       <c r="BA24" s="20">
         <v>9</v>
       </c>
       <c r="BB24" s="20">
         <v>9</v>
       </c>
       <c r="BC24" s="21">
         <v>9</v>
       </c>
       <c r="BD24" s="21">
         <v>9</v>
       </c>
       <c r="BE24" s="16">
         <v>9</v>
       </c>
       <c r="BF24" s="19">
-        <v>111</v>
+        <v>9</v>
       </c>
       <c r="BG24" s="19">
-        <v>111</v>
+        <v>9</v>
       </c>
       <c r="BH24" s="19">
-        <v>111</v>
+        <v>9</v>
+      </c>
+      <c r="BI24" s="19">
+        <v>9</v>
       </c>
     </row>
-    <row r="25" spans="1:60" s="19" customFormat="1">
+    <row r="25" spans="1:61" s="19" customFormat="1">
       <c r="A25" s="16" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B25" s="16">
         <v>1018</v>
       </c>
       <c r="C25" s="16">
         <v>1044</v>
       </c>
       <c r="D25" s="16">
         <v>1056</v>
       </c>
       <c r="E25" s="16">
         <v>1049</v>
       </c>
       <c r="F25" s="16">
         <v>1080</v>
       </c>
       <c r="G25" s="16">
         <v>1118</v>
       </c>
       <c r="H25" s="16">
         <v>1118</v>
       </c>
       <c r="I25" s="16">
         <v>1089</v>
       </c>
@@ -5217,63 +6092,66 @@
       </c>
       <c r="AX25" s="19">
         <v>1333</v>
       </c>
       <c r="AY25" s="20">
         <v>1334</v>
       </c>
       <c r="AZ25" s="20">
         <v>1331</v>
       </c>
       <c r="BA25" s="20">
         <v>1284</v>
       </c>
       <c r="BB25" s="20">
         <v>1296</v>
       </c>
       <c r="BC25" s="21">
         <v>1254</v>
       </c>
       <c r="BD25" s="21">
         <v>1235</v>
       </c>
       <c r="BE25" s="19">
         <v>1206</v>
       </c>
-      <c r="BF25" s="19">
-[...6 lines deleted...]
-        <v>1270</v>
+      <c r="BF25" s="34">
+        <v>1191</v>
+      </c>
+      <c r="BG25" s="34">
+        <v>1199</v>
+      </c>
+      <c r="BH25" s="34">
+        <v>1209</v>
+      </c>
+      <c r="BI25" s="34">
+        <v>1199</v>
       </c>
     </row>
-    <row r="26" spans="1:60" s="19" customFormat="1">
+    <row r="26" spans="1:61" s="19" customFormat="1">
       <c r="A26" s="16" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B26" s="16">
         <v>1948</v>
       </c>
       <c r="C26" s="16">
         <v>1962</v>
       </c>
       <c r="D26" s="16">
         <v>1956</v>
       </c>
       <c r="E26" s="16">
         <v>1979</v>
       </c>
       <c r="F26" s="16">
         <v>2006</v>
       </c>
       <c r="G26" s="16">
         <v>1998</v>
       </c>
       <c r="H26" s="16">
         <v>2000</v>
       </c>
       <c r="I26" s="16">
         <v>2023</v>
       </c>
@@ -5399,63 +6277,66 @@
       </c>
       <c r="AX26" s="19">
         <v>2676</v>
       </c>
       <c r="AY26" s="20">
         <v>2672</v>
       </c>
       <c r="AZ26" s="20">
         <v>2676</v>
       </c>
       <c r="BA26" s="20">
         <v>2649</v>
       </c>
       <c r="BB26" s="20">
         <v>2704</v>
       </c>
       <c r="BC26" s="21">
         <v>2576</v>
       </c>
       <c r="BD26" s="21">
         <v>2462</v>
       </c>
       <c r="BE26" s="19">
         <v>2424</v>
       </c>
-      <c r="BF26" s="19">
-[...2 lines deleted...]
-      <c r="BG26" s="19">
+      <c r="BF26" s="34">
+        <v>2430</v>
+      </c>
+      <c r="BG26" s="34">
+        <v>2451</v>
+      </c>
+      <c r="BH26" s="34">
+        <v>2460</v>
+      </c>
+      <c r="BI26" s="34">
         <v>2489</v>
       </c>
-      <c r="BH26" s="19">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="27" spans="1:60" s="19" customFormat="1">
+    <row r="27" spans="1:61" s="19" customFormat="1">
       <c r="A27" s="16" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B27" s="16">
         <v>2858</v>
       </c>
       <c r="C27" s="16">
         <v>2896</v>
       </c>
       <c r="D27" s="16">
         <v>2921</v>
       </c>
       <c r="E27" s="16">
         <v>2923</v>
       </c>
       <c r="F27" s="16">
         <v>2966</v>
       </c>
       <c r="G27" s="16">
         <v>2999</v>
       </c>
       <c r="H27" s="16">
         <v>3006</v>
       </c>
       <c r="I27" s="16">
         <v>3022</v>
       </c>
@@ -5581,63 +6462,66 @@
       </c>
       <c r="AX27" s="19">
         <v>3675</v>
       </c>
       <c r="AY27" s="20">
         <v>3682</v>
       </c>
       <c r="AZ27" s="20">
         <v>3691</v>
       </c>
       <c r="BA27" s="20">
         <v>3688</v>
       </c>
       <c r="BB27" s="20">
         <v>3696</v>
       </c>
       <c r="BC27" s="21">
         <v>3653</v>
       </c>
       <c r="BD27" s="21">
         <v>3621</v>
       </c>
       <c r="BE27" s="19">
         <v>3620</v>
       </c>
-      <c r="BF27" s="19">
-[...6 lines deleted...]
-        <v>3676</v>
+      <c r="BF27" s="34">
+        <v>3613</v>
+      </c>
+      <c r="BG27" s="34">
+        <v>3642</v>
+      </c>
+      <c r="BH27" s="34">
+        <v>3656</v>
+      </c>
+      <c r="BI27" s="34">
+        <v>3672</v>
       </c>
     </row>
-    <row r="28" spans="1:60" s="19" customFormat="1">
+    <row r="28" spans="1:61" s="19" customFormat="1">
       <c r="A28" s="16" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B28" s="16">
         <v>8222</v>
       </c>
       <c r="C28" s="16">
         <v>8352</v>
       </c>
       <c r="D28" s="16">
         <v>8457</v>
       </c>
       <c r="E28" s="16">
         <v>8534</v>
       </c>
       <c r="F28" s="16">
         <v>8659</v>
       </c>
       <c r="G28" s="16">
         <v>8768</v>
       </c>
       <c r="H28" s="16">
         <v>8855</v>
       </c>
       <c r="I28" s="16">
         <v>8942</v>
       </c>
@@ -5763,63 +6647,66 @@
       </c>
       <c r="AX28" s="19">
         <v>11940</v>
       </c>
       <c r="AY28" s="20">
         <v>11982</v>
       </c>
       <c r="AZ28" s="20">
         <v>12048</v>
       </c>
       <c r="BA28" s="20">
         <v>12076</v>
       </c>
       <c r="BB28" s="20">
         <v>12144</v>
       </c>
       <c r="BC28" s="21">
         <v>12126</v>
       </c>
       <c r="BD28" s="21">
         <v>12139</v>
       </c>
       <c r="BE28" s="19">
         <v>12168</v>
       </c>
-      <c r="BF28" s="19">
-[...6 lines deleted...]
-        <v>12346</v>
+      <c r="BF28" s="34">
+        <v>12257</v>
+      </c>
+      <c r="BG28" s="34">
+        <v>12315</v>
+      </c>
+      <c r="BH28" s="34">
+        <v>12372</v>
+      </c>
+      <c r="BI28" s="34">
+        <v>12407</v>
       </c>
     </row>
-    <row r="29" spans="1:60" s="19" customFormat="1">
+    <row r="29" spans="1:61" s="19" customFormat="1">
       <c r="A29" s="16" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B29" s="16">
         <v>15</v>
       </c>
       <c r="C29" s="16">
         <v>15</v>
       </c>
       <c r="D29" s="16">
         <v>15</v>
       </c>
       <c r="E29" s="16">
         <v>16</v>
       </c>
       <c r="F29" s="16">
         <v>16</v>
       </c>
       <c r="G29" s="16">
         <v>16</v>
       </c>
       <c r="H29" s="16">
         <v>16</v>
       </c>
       <c r="I29" s="16">
         <v>16</v>
       </c>
@@ -5951,57 +6838,60 @@
       </c>
       <c r="AZ29" s="20">
         <v>17</v>
       </c>
       <c r="BA29" s="20">
         <v>17</v>
       </c>
       <c r="BB29" s="20">
         <v>17</v>
       </c>
       <c r="BC29" s="21">
         <v>17</v>
       </c>
       <c r="BD29" s="21">
         <v>17</v>
       </c>
       <c r="BE29" s="19">
         <v>17</v>
       </c>
       <c r="BF29" s="24">
         <v>17</v>
       </c>
       <c r="BG29" s="24">
         <v>17</v>
       </c>
-      <c r="BH29" s="19">
+      <c r="BH29" s="24">
         <v>17</v>
       </c>
+      <c r="BI29" s="24">
+        <v>17</v>
+      </c>
     </row>
-    <row r="30" spans="1:60">
+    <row r="30" spans="1:61">
       <c r="A30" s="1" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B30" s="1"/>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
       <c r="X30" s="1"/>
       <c r="Y30" s="1"/>
@@ -6016,951 +6906,964 @@
       <c r="AH30" s="1"/>
       <c r="AI30" s="1"/>
       <c r="AJ30" s="1"/>
       <c r="AK30" s="1"/>
       <c r="AL30" s="1"/>
       <c r="AM30" s="1"/>
       <c r="AN30" s="1"/>
       <c r="AO30" s="1"/>
       <c r="AP30" s="1"/>
       <c r="AQ30" s="1"/>
       <c r="AR30" s="1"/>
       <c r="AS30" s="1"/>
       <c r="AT30" s="1"/>
       <c r="AU30" s="1"/>
       <c r="AV30" s="1"/>
       <c r="AW30" s="1"/>
       <c r="AX30" s="1"/>
       <c r="AY30" s="1"/>
       <c r="AZ30" s="1"/>
       <c r="BA30" s="1"/>
       <c r="BB30" s="1"/>
       <c r="BC30" s="1"/>
       <c r="BD30" s="1"/>
       <c r="BE30" s="1"/>
     </row>
-    <row r="32" spans="1:60" s="2" customFormat="1" ht="15.75">
+    <row r="32" spans="1:61" s="2" customFormat="1" ht="15.6">
       <c r="A32" s="10" t="s">
-        <v>5</v>
+        <v>122</v>
       </c>
       <c r="B32" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="E32" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="C32" s="10" t="s">
+      <c r="F32" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="D32" s="10" t="s">
+      <c r="G32" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="E32" s="10" t="s">
+      <c r="H32" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="F32" s="10" t="s">
+      <c r="I32" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="G32" s="10" t="s">
+      <c r="J32" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="H32" s="10" t="s">
+      <c r="K32" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="I32" s="10" t="s">
+      <c r="L32" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="J32" s="10" t="s">
+      <c r="M32" s="10" t="s">
         <v>18</v>
       </c>
-      <c r="K32" s="10" t="s">
+      <c r="N32" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="L32" s="10" t="s">
+      <c r="O32" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="M32" s="10" t="s">
+      <c r="P32" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="N32" s="10" t="s">
+      <c r="Q32" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="O32" s="10" t="s">
+      <c r="R32" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="P32" s="10" t="s">
+      <c r="S32" s="10" t="s">
         <v>24</v>
       </c>
-      <c r="Q32" s="10" t="s">
+      <c r="T32" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="R32" s="10" t="s">
+      <c r="U32" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="S32" s="10" t="s">
+      <c r="V32" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="T32" s="10" t="s">
+      <c r="W32" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="U32" s="10" t="s">
+      <c r="X32" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="V32" s="10" t="s">
+      <c r="Y32" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="W32" s="10" t="s">
+      <c r="Z32" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="X32" s="10" t="s">
+      <c r="AA32" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="Y32" s="10" t="s">
+      <c r="AB32" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="Z32" s="10" t="s">
+      <c r="AC32" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="AA32" s="10" t="s">
+      <c r="AD32" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="AB32" s="10" t="s">
+      <c r="AE32" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="AC32" s="10" t="s">
+      <c r="AF32" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="AD32" s="10" t="s">
+      <c r="AG32" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="AE32" s="10" t="s">
+      <c r="AH32" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="AF32" s="10" t="s">
+      <c r="AI32" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="AG32" s="10" t="s">
+      <c r="AJ32" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="AH32" s="10" t="s">
+      <c r="AK32" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="AI32" s="10" t="s">
+      <c r="AL32" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="AJ32" s="10" t="s">
+      <c r="AM32" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="AK32" s="10" t="s">
+      <c r="AN32" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="AL32" s="10" t="s">
+      <c r="AO32" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="AM32" s="10" t="s">
+      <c r="AP32" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="AN32" s="10" t="s">
+      <c r="AQ32" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="AO32" s="10" t="s">
+      <c r="AR32" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="AP32" s="10" t="s">
+      <c r="AS32" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="AQ32" s="10" t="s">
+      <c r="AT32" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="AR32" s="10" t="s">
+      <c r="AU32" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="AV32" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="AW32" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="AX32" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="AY32" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="AZ32" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="BA32" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="BB32" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="BC32" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="BD32" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="BE32" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="BF32" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="BG32" s="10" t="s">
+        <v>116</v>
+      </c>
+      <c r="BH32" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="BI32" s="10" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="33" spans="1:61">
+      <c r="A33" s="12" t="s">
         <v>52</v>
-      </c>
-[...51 lines deleted...]
-        <v>55</v>
       </c>
       <c r="B33" s="13">
         <f>B36</f>
         <v>1968</v>
       </c>
       <c r="C33" s="13">
-        <f t="shared" ref="C33:BA33" si="1">C36</f>
+        <f t="shared" ref="C33:BA33" si="2">C36</f>
         <v>1865</v>
       </c>
       <c r="D33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1783</v>
       </c>
       <c r="E33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1764</v>
       </c>
       <c r="F33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>2020</v>
       </c>
       <c r="G33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1727</v>
       </c>
       <c r="H33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1725</v>
       </c>
       <c r="I33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1754</v>
       </c>
       <c r="J33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>2029</v>
       </c>
       <c r="K33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1785</v>
       </c>
       <c r="L33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1678</v>
       </c>
       <c r="M33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1735</v>
       </c>
       <c r="N33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1773</v>
       </c>
       <c r="O33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1760</v>
       </c>
       <c r="P33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1645</v>
       </c>
       <c r="Q33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1808</v>
       </c>
       <c r="R33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1785</v>
       </c>
       <c r="S33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1684</v>
       </c>
       <c r="T33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1650</v>
       </c>
       <c r="U33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1715</v>
       </c>
       <c r="V33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1716</v>
       </c>
       <c r="W33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1739</v>
       </c>
       <c r="X33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1558</v>
       </c>
       <c r="Y33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1584</v>
       </c>
       <c r="Z33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1838</v>
       </c>
       <c r="AA33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1322</v>
       </c>
       <c r="AB33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1442</v>
       </c>
       <c r="AC33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1318</v>
       </c>
       <c r="AD33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1551</v>
       </c>
       <c r="AE33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1407</v>
       </c>
       <c r="AF33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1401</v>
       </c>
       <c r="AG33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1269</v>
       </c>
       <c r="AH33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1582</v>
       </c>
       <c r="AI33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1459</v>
       </c>
       <c r="AJ33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1364</v>
       </c>
       <c r="AK33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1339</v>
       </c>
       <c r="AL33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1418</v>
       </c>
       <c r="AM33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1189</v>
       </c>
       <c r="AN33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1638</v>
       </c>
       <c r="AO33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1414</v>
       </c>
       <c r="AP33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1197</v>
       </c>
       <c r="AQ33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1442</v>
       </c>
       <c r="AR33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1259</v>
       </c>
       <c r="AS33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1126</v>
       </c>
       <c r="AT33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1535</v>
       </c>
       <c r="AU33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1517</v>
       </c>
       <c r="AV33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1540</v>
       </c>
       <c r="AW33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1359</v>
       </c>
       <c r="AX33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1394</v>
       </c>
       <c r="AY33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1371</v>
       </c>
       <c r="AZ33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1254</v>
       </c>
       <c r="BA33" s="13">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>1231</v>
       </c>
       <c r="BB33" s="13">
         <v>1447</v>
       </c>
       <c r="BC33" s="13">
         <v>681</v>
       </c>
       <c r="BD33" s="13">
         <v>830</v>
       </c>
       <c r="BE33" s="13">
         <v>962</v>
       </c>
       <c r="BF33" s="13">
         <v>1194</v>
       </c>
       <c r="BG33" s="13">
         <v>1190</v>
       </c>
       <c r="BH33" s="13">
         <v>1250</v>
       </c>
+      <c r="BI33" s="13">
+        <v>1251</v>
+      </c>
     </row>
-    <row r="34" spans="1:60">
+    <row r="34" spans="1:61">
       <c r="A34" s="12" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-        <v>4.0890957446808516</v>
+        <v>53</v>
+      </c>
+      <c r="B34" s="14" t="s">
+        <v>125</v>
       </c>
       <c r="C34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.8147640573544153</v>
+        <f t="shared" ref="C34" si="3">C33/B9*100</f>
+        <v>3.8750831117021276</v>
       </c>
       <c r="D34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.5973690581873941</v>
+        <f t="shared" ref="D34" si="4">D33/C9*100</f>
+        <v>3.647037165824623</v>
       </c>
       <c r="E34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.5287763307927746</v>
+        <f t="shared" ref="E34" si="5">E33/D9*100</f>
+        <v>3.5590347833104672</v>
       </c>
       <c r="F34" s="14">
-        <f t="shared" si="2"/>
-        <v>4.0104032242053647</v>
+        <f t="shared" ref="F34" si="6">F33/E9*100</f>
+        <v>4.0408889955790279</v>
       </c>
       <c r="G34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.392727344164391</v>
+        <f t="shared" ref="G34" si="7">G33/F9*100</f>
+        <v>3.4286962218825074</v>
       </c>
       <c r="H34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.3619177548236214</v>
+        <f t="shared" ref="H34" si="8">H33/G9*100</f>
+        <v>3.3887983026540676</v>
       </c>
       <c r="I34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.3982369466240434</v>
+        <f t="shared" ref="I34" si="9">I33/H9*100</f>
+        <v>3.4184369518612354</v>
       </c>
       <c r="J34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.9028237285527427</v>
+        <f t="shared" ref="J34" si="10">J33/I9*100</f>
+        <v>3.9310278019955436</v>
       </c>
       <c r="K34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.4014253591981403</v>
+        <f t="shared" ref="K34" si="11">K33/J9*100</f>
+        <v>3.433484650303916</v>
       </c>
       <c r="L34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.1693865216077368</v>
+        <f t="shared" ref="L34" si="12">L33/K9*100</f>
+        <v>3.1975303936887842</v>
       </c>
       <c r="M34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.2674199623352163</v>
+        <f t="shared" ref="M34" si="13">M33/L9*100</f>
+        <v>3.2770474463584165</v>
       </c>
       <c r="N34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.3262668142506051</v>
+        <f t="shared" ref="N34" si="14">N33/M9*100</f>
+        <v>3.3389830508474576</v>
       </c>
       <c r="O34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.272409497424837</v>
+        <f t="shared" ref="O34" si="15">O33/N9*100</f>
+        <v>3.3018779430801266</v>
       </c>
       <c r="P34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.0360636373703445</v>
+        <f t="shared" ref="P34" si="16">P33/O9*100</f>
+        <v>3.0585872859453729</v>
       </c>
       <c r="Q34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.3167617545082644</v>
+        <f t="shared" ref="Q34" si="17">Q33/P9*100</f>
+        <v>3.3369015540216309</v>
       </c>
       <c r="R34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.2567644000072984</v>
+        <f t="shared" ref="R34" si="18">R33/Q9*100</f>
+        <v>3.2745684357285683</v>
       </c>
       <c r="S34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.0487363313780866</v>
+        <f t="shared" ref="S34" si="19">S33/R9*100</f>
+        <v>3.0724880950208906</v>
       </c>
       <c r="T34" s="14">
-        <f t="shared" si="2"/>
-        <v>2.958739039216741</v>
+        <f t="shared" ref="T34" si="20">T33/S9*100</f>
+        <v>2.9871822724310233</v>
       </c>
       <c r="U34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.0605325148119067</v>
+        <f t="shared" ref="U34" si="21">U33/T9*100</f>
+        <v>3.0752954256101277</v>
       </c>
       <c r="V34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.0443344510085688</v>
+        <f t="shared" ref="V34" si="22">V33/U9*100</f>
+        <v>3.0623170818759369</v>
       </c>
       <c r="W34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.0552188197262775</v>
+        <f t="shared" ref="W34" si="23">W33/V9*100</f>
+        <v>3.0851384675430658</v>
       </c>
       <c r="X34" s="14">
-        <f t="shared" si="2"/>
-        <v>2.7188328912466844</v>
+        <f t="shared" ref="X34" si="24">X33/W9*100</f>
+        <v>2.7372230713821395</v>
       </c>
       <c r="Y34" s="14">
-        <f t="shared" si="2"/>
-        <v>2.757132164801309</v>
+        <f t="shared" ref="Y34" si="25">Y33/X9*100</f>
+        <v>2.7642049420633814</v>
       </c>
       <c r="Z34" s="14">
-        <f t="shared" si="2"/>
-        <v>3.1664541915032909</v>
+        <f t="shared" ref="Z34" si="26">Z33/Y9*100</f>
+        <v>3.1992480548641447</v>
       </c>
       <c r="AA34" s="14">
-        <f t="shared" si="2"/>
-        <v>2.2587093577542756</v>
+        <f t="shared" ref="AA34" si="27">AA33/Z9*100</f>
+        <v>2.2775040485132481</v>
       </c>
       <c r="AB34" s="14">
-        <f t="shared" si="2"/>
-        <v>2.4452697088399384</v>
+        <f t="shared" ref="AB34" si="28">AB33/AA9*100</f>
+        <v>2.4637359257803824</v>
       </c>
       <c r="AC34" s="14">
-        <f t="shared" si="2"/>
-        <v>2.2364000407235212</v>
+        <f t="shared" ref="AC34" si="29">AC33/AB9*100</f>
+        <v>2.234996862864798</v>
       </c>
       <c r="AD34" s="14">
-        <f t="shared" si="2"/>
-        <v>2.6234332978129595</v>
+        <f t="shared" ref="AD34" si="30">AD33/AC9*100</f>
+        <v>2.6317575593036278</v>
       </c>
       <c r="AE34" s="14">
-        <f t="shared" si="2"/>
-        <v>2.3711618187333579</v>
+        <f t="shared" ref="AE34" si="31">AE33/AD9*100</f>
+        <v>2.3798650225808089</v>
       </c>
       <c r="AF34" s="14">
-        <f t="shared" si="2"/>
-        <v>2.3539492917989819</v>
+        <f t="shared" ref="AF34" si="32">AF33/AE9*100</f>
+        <v>2.3610502544743674</v>
       </c>
       <c r="AG34" s="14">
-        <f t="shared" si="2"/>
-        <v>2.1342437646109085</v>
+        <f t="shared" ref="AG34" si="33">AG33/AF9*100</f>
+        <v>2.1321639195523967</v>
       </c>
       <c r="AH34" s="14">
-        <f t="shared" ref="AH34:BF34" si="3">AH33/AH9*100</f>
-        <v>2.6469013518939901</v>
+        <f t="shared" ref="AH34" si="34">AH33/AG9*100</f>
+        <v>2.6606569232580433</v>
       </c>
       <c r="AI34" s="14">
-        <f t="shared" si="3"/>
-        <v>2.4306134008596278</v>
+        <f t="shared" ref="AI34" si="35">AI33/AH9*100</f>
+        <v>2.4411056083522955</v>
       </c>
       <c r="AJ34" s="14">
-        <f t="shared" si="3"/>
-        <v>2.2619481940897481</v>
+        <f t="shared" ref="AJ34" si="36">AJ33/AI9*100</f>
+        <v>2.2723486489188018</v>
       </c>
       <c r="AK34" s="14">
-        <f t="shared" si="3"/>
-        <v>2.2230707929339886</v>
+        <f t="shared" ref="AK34" si="37">AK33/AJ9*100</f>
+        <v>2.220490199330039</v>
       </c>
       <c r="AL34" s="14">
-        <f t="shared" si="3"/>
-        <v>2.3393935394463323</v>
+        <f t="shared" ref="AL34" si="38">AL33/AK9*100</f>
+        <v>2.354230309470049</v>
       </c>
       <c r="AM34" s="14">
-        <f t="shared" si="3"/>
-        <v>1.9554634563515558</v>
+        <f t="shared" ref="AM34" si="39">AM33/AL9*100</f>
+        <v>1.9615930313128982</v>
       </c>
       <c r="AN34" s="14">
-        <f t="shared" si="3"/>
-        <v>2.6736309475230557</v>
+        <f t="shared" ref="AN34" si="40">AN33/AM9*100</f>
+        <v>2.6939017169923032</v>
       </c>
       <c r="AO34" s="14">
-        <f t="shared" si="3"/>
-        <v>2.3033067274800456</v>
+        <f t="shared" ref="AO34" si="41">AO33/AN9*100</f>
+        <v>2.308006202562638</v>
       </c>
       <c r="AP34" s="14">
-        <f t="shared" si="3"/>
-        <v>1.9405356332274173</v>
+        <f t="shared" ref="AP34" si="42">AP33/AO9*100</f>
+        <v>1.949828962371722</v>
       </c>
       <c r="AQ34" s="14">
-        <f t="shared" si="3"/>
-        <v>2.327570900521363</v>
+        <f t="shared" ref="AQ34" si="43">AQ33/AP9*100</f>
+        <v>2.3377212891511574</v>
       </c>
       <c r="AR34" s="14">
-        <f t="shared" si="3"/>
-        <v>2.0254182754182755</v>
+        <f t="shared" ref="AR34" si="44">AR33/AQ9*100</f>
+        <v>2.0321856891514534</v>
       </c>
       <c r="AS34" s="14">
-        <f t="shared" si="3"/>
-        <v>1.8206218571636457</v>
+        <f t="shared" ref="AS34" si="45">AS33/AR9*100</f>
+        <v>1.8114543114543116</v>
       </c>
       <c r="AT34" s="14">
-        <f t="shared" si="3"/>
-        <v>2.4726159793814433</v>
+        <f t="shared" ref="AT34" si="46">AT33/AS9*100</f>
+        <v>2.4819312173589663</v>
       </c>
       <c r="AU34" s="14">
-        <f t="shared" si="3"/>
-        <v>2.4316742806764444</v>
+        <f t="shared" ref="AU34" si="47">AU33/AT9*100</f>
+        <v>2.4436211340206184</v>
       </c>
       <c r="AV34" s="14">
-        <f t="shared" si="3"/>
-        <v>2.4586499776486366</v>
+        <f t="shared" ref="AV34" si="48">AV33/AU9*100</f>
+        <v>2.468542117496193</v>
       </c>
       <c r="AW34" s="14">
-        <f t="shared" si="3"/>
-        <v>2.1706144484019871</v>
+        <f t="shared" ref="AW34" si="49">AW33/AV9*100</f>
+        <v>2.1696787789769458</v>
       </c>
       <c r="AX34" s="14">
-        <f t="shared" si="3"/>
-        <v>2.2223285028775486</v>
+        <f t="shared" ref="AX34" si="50">AX33/AW9*100</f>
+        <v>2.2265169544314718</v>
       </c>
       <c r="AY34" s="14">
-        <f t="shared" si="3"/>
-        <v>2.1817661006699662</v>
+        <f t="shared" ref="AY34" si="51">AY33/AX9*100</f>
+        <v>2.1856616767898989</v>
       </c>
       <c r="AZ34" s="14">
-        <f t="shared" si="3"/>
-        <v>1.9928169596033436</v>
+        <f t="shared" ref="AZ34" si="52">AZ33/AY9*100</f>
+        <v>1.9955759957987873</v>
       </c>
       <c r="BA34" s="14">
-        <f t="shared" si="3"/>
-        <v>1.9625974522902285</v>
+        <f t="shared" ref="BA34" si="53">BA33/AZ9*100</f>
+        <v>1.9562660903283222</v>
       </c>
       <c r="BB34" s="14">
-        <f t="shared" si="3"/>
-        <v>2.3079254190790626</v>
+        <f t="shared" ref="BB34" si="54">BB33/BA9*100</f>
+        <v>2.306968735551552</v>
       </c>
       <c r="BC34" s="14">
-        <f t="shared" si="3"/>
-        <v>1.0996286129501049</v>
+        <f t="shared" ref="BC34" si="55">BC33/BB9*100</f>
+        <v>1.0861763720752189</v>
       </c>
       <c r="BD34" s="14">
-        <f t="shared" si="3"/>
-        <v>1.3473588519853252</v>
+        <f t="shared" ref="BD34" si="56">BD33/BC9*100</f>
+        <v>1.340222832229937</v>
       </c>
       <c r="BE34" s="14">
-        <f t="shared" si="3"/>
-        <v>1.5676177750256652</v>
+        <f t="shared" ref="BE34" si="57">BE33/BD9*100</f>
+        <v>1.5616376091685333</v>
       </c>
       <c r="BF34" s="14">
-        <f t="shared" si="3"/>
-        <v>1.9389412146800911</v>
+        <f t="shared" ref="BF34:BH34" si="58">BF33/BE9*100</f>
+        <v>1.9456711261753059</v>
       </c>
       <c r="BG34" s="14">
-        <f t="shared" ref="BG34:BH34" si="4">BG33/BG9*100</f>
-        <v>1.9212450959815301</v>
+        <f t="shared" si="58"/>
+        <v>1.9462253041999216</v>
       </c>
       <c r="BH34" s="14">
-        <f t="shared" si="4"/>
-        <v>2.003815264263157</v>
+        <f t="shared" si="58"/>
+        <v>2.0337107900559674</v>
+      </c>
+      <c r="BI34" s="14">
+        <f>BI33/BH9*100</f>
+        <v>2.0237151592603975</v>
       </c>
     </row>
-    <row r="36" spans="1:60" s="28" customFormat="1" ht="15.75">
+    <row r="36" spans="1:61" s="28" customFormat="1" ht="15.6">
       <c r="A36" s="11" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B36" s="27">
-        <f t="shared" ref="B36:AG36" si="5">SUM(B37:B38)</f>
+        <f t="shared" ref="B36:AG36" si="59">SUM(B37:B38)</f>
         <v>1968</v>
       </c>
       <c r="C36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1865</v>
       </c>
       <c r="D36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1783</v>
       </c>
       <c r="E36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1764</v>
       </c>
       <c r="F36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>2020</v>
       </c>
       <c r="G36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1727</v>
       </c>
       <c r="H36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1725</v>
       </c>
       <c r="I36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1754</v>
       </c>
       <c r="J36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>2029</v>
       </c>
       <c r="K36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1785</v>
       </c>
       <c r="L36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1678</v>
       </c>
       <c r="M36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1735</v>
       </c>
       <c r="N36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1773</v>
       </c>
       <c r="O36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1760</v>
       </c>
       <c r="P36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1645</v>
       </c>
       <c r="Q36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1808</v>
       </c>
       <c r="R36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1785</v>
       </c>
       <c r="S36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1684</v>
       </c>
       <c r="T36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1650</v>
       </c>
       <c r="U36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1715</v>
       </c>
       <c r="V36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1716</v>
       </c>
       <c r="W36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1739</v>
       </c>
       <c r="X36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1558</v>
       </c>
       <c r="Y36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1584</v>
       </c>
       <c r="Z36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1838</v>
       </c>
       <c r="AA36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1322</v>
       </c>
       <c r="AB36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1442</v>
       </c>
       <c r="AC36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1318</v>
       </c>
       <c r="AD36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1551</v>
       </c>
       <c r="AE36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1407</v>
       </c>
       <c r="AF36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1401</v>
       </c>
       <c r="AG36" s="27">
-        <f t="shared" si="5"/>
+        <f t="shared" si="59"/>
         <v>1269</v>
       </c>
       <c r="AH36" s="27">
-        <f t="shared" ref="AH36:BH36" si="6">SUM(AH37:AH38)</f>
+        <f t="shared" ref="AH36:BH36" si="60">SUM(AH37:AH38)</f>
         <v>1582</v>
       </c>
       <c r="AI36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1459</v>
       </c>
       <c r="AJ36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1364</v>
       </c>
       <c r="AK36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1339</v>
       </c>
       <c r="AL36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1418</v>
       </c>
       <c r="AM36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1189</v>
       </c>
       <c r="AN36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1638</v>
       </c>
       <c r="AO36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1414</v>
       </c>
       <c r="AP36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1197</v>
       </c>
       <c r="AQ36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1442</v>
       </c>
       <c r="AR36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1259</v>
       </c>
       <c r="AS36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1126</v>
       </c>
       <c r="AT36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1535</v>
       </c>
       <c r="AU36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1517</v>
       </c>
       <c r="AV36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1540</v>
       </c>
       <c r="AW36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1359</v>
       </c>
       <c r="AX36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1394</v>
       </c>
       <c r="AY36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1371</v>
       </c>
       <c r="AZ36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1254</v>
       </c>
       <c r="BA36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1231</v>
       </c>
       <c r="BB36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1447</v>
       </c>
       <c r="BC36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>681</v>
       </c>
       <c r="BD36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>830</v>
       </c>
       <c r="BE36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>962</v>
       </c>
       <c r="BF36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1194</v>
       </c>
       <c r="BG36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1190</v>
       </c>
       <c r="BH36" s="27">
-        <f t="shared" si="6"/>
+        <f t="shared" si="60"/>
         <v>1250</v>
       </c>
+      <c r="BI36" s="27">
+        <f t="shared" ref="BI36" si="61">SUM(BI37:BI38)</f>
+        <v>1120</v>
+      </c>
     </row>
-    <row r="37" spans="1:60" s="19" customFormat="1">
+    <row r="37" spans="1:61" s="19" customFormat="1">
       <c r="A37" s="16" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B37" s="16">
         <v>1440</v>
       </c>
       <c r="C37" s="16">
         <v>1385</v>
       </c>
       <c r="D37" s="16">
         <v>1333</v>
       </c>
       <c r="E37" s="16">
         <v>1314</v>
       </c>
       <c r="F37" s="16">
         <v>1507</v>
       </c>
       <c r="G37" s="16">
         <v>1271</v>
       </c>
       <c r="H37" s="16">
         <v>1262</v>
       </c>
       <c r="I37" s="16">
         <v>1271</v>
       </c>
@@ -7095,54 +7998,57 @@
       </c>
       <c r="BA37" s="16">
         <v>852</v>
       </c>
       <c r="BB37" s="19">
         <v>983</v>
       </c>
       <c r="BC37" s="16">
         <v>433</v>
       </c>
       <c r="BD37" s="16">
         <v>505</v>
       </c>
       <c r="BE37" s="19">
         <v>551</v>
       </c>
       <c r="BF37" s="19">
         <v>714</v>
       </c>
       <c r="BG37" s="19">
         <v>715</v>
       </c>
       <c r="BH37" s="19">
         <v>740</v>
       </c>
+      <c r="BI37" s="19">
+        <v>723</v>
+      </c>
     </row>
-    <row r="38" spans="1:60" s="19" customFormat="1">
+    <row r="38" spans="1:61" s="19" customFormat="1">
       <c r="A38" s="16" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B38" s="16">
         <v>528</v>
       </c>
       <c r="C38" s="16">
         <v>480</v>
       </c>
       <c r="D38" s="16">
         <v>450</v>
       </c>
       <c r="E38" s="16">
         <v>450</v>
       </c>
       <c r="F38" s="16">
         <v>513</v>
       </c>
       <c r="G38" s="16">
         <v>456</v>
       </c>
       <c r="H38" s="16">
         <v>463</v>
       </c>
       <c r="I38" s="16">
         <v>483</v>
       </c>
@@ -7277,295 +8183,302 @@
       </c>
       <c r="BA38" s="16">
         <v>379</v>
       </c>
       <c r="BB38" s="19">
         <v>464</v>
       </c>
       <c r="BC38" s="16">
         <v>248</v>
       </c>
       <c r="BD38" s="16">
         <v>325</v>
       </c>
       <c r="BE38" s="19">
         <v>411</v>
       </c>
       <c r="BF38" s="19">
         <v>480</v>
       </c>
       <c r="BG38" s="19">
         <v>475</v>
       </c>
       <c r="BH38" s="19">
         <v>510</v>
       </c>
+      <c r="BI38" s="19">
+        <v>397</v>
+      </c>
     </row>
-    <row r="40" spans="1:60" s="28" customFormat="1" ht="15.75">
+    <row r="40" spans="1:61" s="28" customFormat="1" ht="15.6">
       <c r="A40" s="11" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B40" s="27">
-        <f t="shared" ref="B40:BH40" si="7">SUM(B41:B61)</f>
+        <f t="shared" ref="B40:BH40" si="62">SUM(B41:B61)</f>
         <v>1968</v>
       </c>
       <c r="C40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1865</v>
       </c>
       <c r="D40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1783</v>
       </c>
       <c r="E40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1764</v>
       </c>
       <c r="F40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>2020</v>
       </c>
       <c r="G40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1727</v>
       </c>
       <c r="H40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1725</v>
       </c>
       <c r="I40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1754</v>
       </c>
       <c r="J40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>2029</v>
       </c>
       <c r="K40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1785</v>
       </c>
       <c r="L40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1678</v>
       </c>
       <c r="M40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1735</v>
       </c>
       <c r="N40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1773</v>
       </c>
       <c r="O40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1760</v>
       </c>
       <c r="P40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1645</v>
       </c>
       <c r="Q40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1808</v>
       </c>
       <c r="R40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1785</v>
       </c>
       <c r="S40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1684</v>
       </c>
       <c r="T40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1650</v>
       </c>
       <c r="U40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1715</v>
       </c>
       <c r="V40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1716</v>
       </c>
       <c r="W40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1739</v>
       </c>
       <c r="X40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1558</v>
       </c>
       <c r="Y40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1584</v>
       </c>
       <c r="Z40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1838</v>
       </c>
       <c r="AA40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1322</v>
       </c>
       <c r="AB40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1442</v>
       </c>
       <c r="AC40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1318</v>
       </c>
       <c r="AD40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1551</v>
       </c>
       <c r="AE40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1407</v>
       </c>
       <c r="AF40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1401</v>
       </c>
       <c r="AG40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1269</v>
       </c>
       <c r="AH40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1582</v>
       </c>
       <c r="AI40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1459</v>
       </c>
       <c r="AJ40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1364</v>
       </c>
       <c r="AK40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1339</v>
       </c>
       <c r="AL40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1418</v>
       </c>
       <c r="AM40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1189</v>
       </c>
       <c r="AN40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1638</v>
       </c>
       <c r="AO40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1414</v>
       </c>
       <c r="AP40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1197</v>
       </c>
       <c r="AQ40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1442</v>
       </c>
       <c r="AR40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1259</v>
       </c>
       <c r="AS40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1126</v>
       </c>
       <c r="AT40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1535</v>
       </c>
       <c r="AU40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1517</v>
       </c>
       <c r="AV40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1540</v>
       </c>
       <c r="AW40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1359</v>
       </c>
       <c r="AX40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1394</v>
       </c>
       <c r="AY40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1371</v>
       </c>
       <c r="AZ40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1254</v>
       </c>
       <c r="BA40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1231</v>
       </c>
       <c r="BB40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1447</v>
       </c>
       <c r="BC40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>681</v>
       </c>
       <c r="BD40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>830</v>
       </c>
       <c r="BE40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>962</v>
       </c>
       <c r="BF40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1194</v>
       </c>
       <c r="BG40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1190</v>
       </c>
       <c r="BH40" s="27">
-        <f t="shared" si="7"/>
+        <f t="shared" si="62"/>
         <v>1250</v>
       </c>
+      <c r="BI40" s="27">
+        <f t="shared" ref="BI40" si="63">SUM(BI41:BI61)</f>
+        <v>1120</v>
+      </c>
     </row>
-    <row r="41" spans="1:60" s="19" customFormat="1">
+    <row r="41" spans="1:61" s="19" customFormat="1">
       <c r="A41" s="16" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B41" s="16">
         <v>92</v>
       </c>
       <c r="C41" s="16">
         <v>101</v>
       </c>
       <c r="D41" s="16">
         <v>75</v>
       </c>
       <c r="E41" s="16">
         <v>91</v>
       </c>
       <c r="F41" s="16">
         <v>107</v>
       </c>
       <c r="G41" s="16">
         <v>90</v>
       </c>
       <c r="H41" s="16">
         <v>99</v>
       </c>
       <c r="I41" s="16">
         <v>94</v>
       </c>
@@ -7700,54 +8613,57 @@
       </c>
       <c r="BA41" s="17">
         <v>85</v>
       </c>
       <c r="BB41" s="17">
         <v>115</v>
       </c>
       <c r="BC41" s="17">
         <v>62</v>
       </c>
       <c r="BD41" s="17">
         <v>75</v>
       </c>
       <c r="BE41" s="16">
         <v>96</v>
       </c>
       <c r="BF41" s="19">
         <v>120</v>
       </c>
       <c r="BG41" s="19">
         <v>130</v>
       </c>
       <c r="BH41" s="19">
         <v>73</v>
       </c>
+      <c r="BI41" s="19">
+        <v>68</v>
+      </c>
     </row>
-    <row r="42" spans="1:60" s="19" customFormat="1">
+    <row r="42" spans="1:61" s="19" customFormat="1">
       <c r="A42" s="16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B42" s="16">
         <v>4</v>
       </c>
       <c r="C42" s="16">
         <v>0</v>
       </c>
       <c r="D42" s="16">
         <v>1</v>
       </c>
       <c r="E42" s="16">
         <v>5</v>
       </c>
       <c r="F42" s="16">
         <v>2</v>
       </c>
       <c r="G42" s="16">
         <v>3</v>
       </c>
       <c r="H42" s="16">
         <v>0</v>
       </c>
       <c r="I42" s="16">
         <v>1</v>
       </c>
@@ -7882,54 +8798,57 @@
       </c>
       <c r="BA42" s="16">
         <v>0</v>
       </c>
       <c r="BB42" s="16">
         <v>0</v>
       </c>
       <c r="BC42" s="17">
         <v>1</v>
       </c>
       <c r="BD42" s="16">
         <v>0</v>
       </c>
       <c r="BE42" s="16">
         <v>0</v>
       </c>
       <c r="BF42" s="16">
         <v>0</v>
       </c>
       <c r="BG42" s="16">
         <v>0</v>
       </c>
       <c r="BH42" s="16">
         <v>0</v>
       </c>
+      <c r="BI42" s="16">
+        <v>2</v>
+      </c>
     </row>
-    <row r="43" spans="1:60" s="19" customFormat="1">
+    <row r="43" spans="1:61" s="19" customFormat="1">
       <c r="A43" s="16" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B43" s="16">
         <v>103</v>
       </c>
       <c r="C43" s="16">
         <v>101</v>
       </c>
       <c r="D43" s="16">
         <v>90</v>
       </c>
       <c r="E43" s="16">
         <v>86</v>
       </c>
       <c r="F43" s="16">
         <v>110</v>
       </c>
       <c r="G43" s="16">
         <v>94</v>
       </c>
       <c r="H43" s="16">
         <v>77</v>
       </c>
       <c r="I43" s="16">
         <v>91</v>
       </c>
@@ -8064,54 +8983,57 @@
       </c>
       <c r="BA43" s="17">
         <v>105</v>
       </c>
       <c r="BB43" s="17">
         <v>115</v>
       </c>
       <c r="BC43" s="17">
         <v>52</v>
       </c>
       <c r="BD43" s="17">
         <v>77</v>
       </c>
       <c r="BE43" s="16">
         <v>104</v>
       </c>
       <c r="BF43" s="19">
         <v>91</v>
       </c>
       <c r="BG43" s="19">
         <v>88</v>
       </c>
       <c r="BH43" s="19">
         <v>122</v>
       </c>
+      <c r="BI43" s="19">
+        <v>89</v>
+      </c>
     </row>
-    <row r="44" spans="1:60" s="19" customFormat="1">
+    <row r="44" spans="1:61" s="19" customFormat="1">
       <c r="A44" s="16" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B44" s="16">
         <v>0</v>
       </c>
       <c r="C44" s="16">
         <v>0</v>
       </c>
       <c r="D44" s="16">
         <v>0</v>
       </c>
       <c r="E44" s="16">
         <v>0</v>
       </c>
       <c r="F44" s="16">
         <v>0</v>
       </c>
       <c r="G44" s="16">
         <v>0</v>
       </c>
       <c r="H44" s="16">
         <v>0</v>
       </c>
       <c r="I44" s="16">
         <v>2</v>
       </c>
@@ -8246,54 +9168,57 @@
       </c>
       <c r="BA44" s="17">
         <v>3</v>
       </c>
       <c r="BB44" s="17">
         <v>1</v>
       </c>
       <c r="BC44" s="16">
         <v>0</v>
       </c>
       <c r="BD44" s="16">
         <v>0</v>
       </c>
       <c r="BE44" s="16">
         <v>4</v>
       </c>
       <c r="BF44" s="16">
         <v>0</v>
       </c>
       <c r="BG44" s="16">
         <v>0</v>
       </c>
       <c r="BH44" s="16">
         <v>0</v>
       </c>
+      <c r="BI44" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="45" spans="1:60" s="19" customFormat="1">
+    <row r="45" spans="1:61" s="19" customFormat="1">
       <c r="A45" s="16" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B45" s="16">
         <v>4</v>
       </c>
       <c r="C45" s="16">
         <v>5</v>
       </c>
       <c r="D45" s="16">
         <v>3</v>
       </c>
       <c r="E45" s="16">
         <v>5</v>
       </c>
       <c r="F45" s="16">
         <v>8</v>
       </c>
       <c r="G45" s="16">
         <v>3</v>
       </c>
       <c r="H45" s="16">
         <v>4</v>
       </c>
       <c r="I45" s="16">
         <v>4</v>
       </c>
@@ -8428,54 +9353,57 @@
       </c>
       <c r="BA45" s="17">
         <v>2</v>
       </c>
       <c r="BB45" s="17">
         <v>2</v>
       </c>
       <c r="BC45" s="16">
         <v>0</v>
       </c>
       <c r="BD45" s="17">
         <v>1</v>
       </c>
       <c r="BE45" s="16">
         <v>3</v>
       </c>
       <c r="BF45" s="19">
         <v>4</v>
       </c>
       <c r="BG45" s="19">
         <v>2</v>
       </c>
       <c r="BH45" s="19">
         <v>4</v>
       </c>
+      <c r="BI45" s="19">
+        <v>1</v>
+      </c>
     </row>
-    <row r="46" spans="1:60" s="19" customFormat="1">
+    <row r="46" spans="1:61" s="19" customFormat="1">
       <c r="A46" s="16" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B46" s="16">
         <v>452</v>
       </c>
       <c r="C46" s="16">
         <v>417</v>
       </c>
       <c r="D46" s="16">
         <v>379</v>
       </c>
       <c r="E46" s="16">
         <v>382</v>
       </c>
       <c r="F46" s="16">
         <v>419</v>
       </c>
       <c r="G46" s="16">
         <v>347</v>
       </c>
       <c r="H46" s="16">
         <v>377</v>
       </c>
       <c r="I46" s="16">
         <v>349</v>
       </c>
@@ -8610,54 +9538,57 @@
       </c>
       <c r="BA46" s="17">
         <v>81</v>
       </c>
       <c r="BB46" s="17">
         <v>79</v>
       </c>
       <c r="BC46" s="17">
         <v>55</v>
       </c>
       <c r="BD46" s="17">
         <v>65</v>
       </c>
       <c r="BE46" s="16">
         <v>77</v>
       </c>
       <c r="BF46" s="19">
         <v>86</v>
       </c>
       <c r="BG46" s="19">
         <v>90</v>
       </c>
       <c r="BH46" s="19">
         <v>140</v>
       </c>
+      <c r="BI46" s="19">
+        <v>87</v>
+      </c>
     </row>
-    <row r="47" spans="1:60" s="19" customFormat="1">
+    <row r="47" spans="1:61" s="19" customFormat="1">
       <c r="A47" s="16" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B47" s="16">
         <v>179</v>
       </c>
       <c r="C47" s="16">
         <v>176</v>
       </c>
       <c r="D47" s="16">
         <v>165</v>
       </c>
       <c r="E47" s="16">
         <v>148</v>
       </c>
       <c r="F47" s="16">
         <v>167</v>
       </c>
       <c r="G47" s="16">
         <v>169</v>
       </c>
       <c r="H47" s="16">
         <v>156</v>
       </c>
       <c r="I47" s="16">
         <v>147</v>
       </c>
@@ -8792,54 +9723,57 @@
       </c>
       <c r="BA47" s="17">
         <v>98</v>
       </c>
       <c r="BB47" s="17">
         <v>134</v>
       </c>
       <c r="BC47" s="17">
         <v>58</v>
       </c>
       <c r="BD47" s="17">
         <v>96</v>
       </c>
       <c r="BE47" s="16">
         <v>96</v>
       </c>
       <c r="BF47" s="19">
         <v>97</v>
       </c>
       <c r="BG47" s="19">
         <v>115</v>
       </c>
       <c r="BH47" s="19">
         <v>124</v>
       </c>
+      <c r="BI47" s="19">
+        <v>112</v>
+      </c>
     </row>
-    <row r="48" spans="1:60" s="19" customFormat="1">
+    <row r="48" spans="1:61" s="19" customFormat="1">
       <c r="A48" s="16" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B48" s="16">
         <v>90</v>
       </c>
       <c r="C48" s="16">
         <v>79</v>
       </c>
       <c r="D48" s="16">
         <v>75</v>
       </c>
       <c r="E48" s="16">
         <v>68</v>
       </c>
       <c r="F48" s="16">
         <v>74</v>
       </c>
       <c r="G48" s="16">
         <v>58</v>
       </c>
       <c r="H48" s="16">
         <v>62</v>
       </c>
       <c r="I48" s="16">
         <v>74</v>
       </c>
@@ -8974,54 +9908,57 @@
       </c>
       <c r="BA48" s="17">
         <v>48</v>
       </c>
       <c r="BB48" s="17">
         <v>41</v>
       </c>
       <c r="BC48" s="17">
         <v>22</v>
       </c>
       <c r="BD48" s="17">
         <v>28</v>
       </c>
       <c r="BE48" s="16">
         <v>46</v>
       </c>
       <c r="BF48" s="19">
         <v>52</v>
       </c>
       <c r="BG48" s="19">
         <v>62</v>
       </c>
       <c r="BH48" s="19">
         <v>71</v>
       </c>
+      <c r="BI48" s="19">
+        <v>70</v>
+      </c>
     </row>
-    <row r="49" spans="1:60" s="19" customFormat="1">
+    <row r="49" spans="1:61" s="19" customFormat="1">
       <c r="A49" s="16" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B49" s="16">
         <v>51</v>
       </c>
       <c r="C49" s="16">
         <v>50</v>
       </c>
       <c r="D49" s="16">
         <v>47</v>
       </c>
       <c r="E49" s="16">
         <v>38</v>
       </c>
       <c r="F49" s="16">
         <v>59</v>
       </c>
       <c r="G49" s="16">
         <v>50</v>
       </c>
       <c r="H49" s="16">
         <v>54</v>
       </c>
       <c r="I49" s="16">
         <v>44</v>
       </c>
@@ -9156,54 +10093,57 @@
       </c>
       <c r="BA49" s="17">
         <v>58</v>
       </c>
       <c r="BB49" s="17">
         <v>48</v>
       </c>
       <c r="BC49" s="17">
         <v>25</v>
       </c>
       <c r="BD49" s="17">
         <v>41</v>
       </c>
       <c r="BE49" s="16">
         <v>37</v>
       </c>
       <c r="BF49" s="19">
         <v>59</v>
       </c>
       <c r="BG49" s="19">
         <v>38</v>
       </c>
       <c r="BH49" s="19">
         <v>57</v>
       </c>
+      <c r="BI49" s="19">
+        <v>48</v>
+      </c>
     </row>
-    <row r="50" spans="1:60" s="19" customFormat="1">
+    <row r="50" spans="1:61" s="19" customFormat="1">
       <c r="A50" s="16" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B50" s="16">
         <v>33</v>
       </c>
       <c r="C50" s="16">
         <v>36</v>
       </c>
       <c r="D50" s="16">
         <v>33</v>
       </c>
       <c r="E50" s="16">
         <v>22</v>
       </c>
       <c r="F50" s="16">
         <v>25</v>
       </c>
       <c r="G50" s="16">
         <v>25</v>
       </c>
       <c r="H50" s="16">
         <v>16</v>
       </c>
       <c r="I50" s="16">
         <v>30</v>
       </c>
@@ -9338,54 +10278,57 @@
       </c>
       <c r="BA50" s="17">
         <v>23</v>
       </c>
       <c r="BB50" s="17">
         <v>32</v>
       </c>
       <c r="BC50" s="17">
         <v>10</v>
       </c>
       <c r="BD50" s="17">
         <v>17</v>
       </c>
       <c r="BE50" s="16">
         <v>14</v>
       </c>
       <c r="BF50" s="19">
         <v>20</v>
       </c>
       <c r="BG50" s="19">
         <v>24</v>
       </c>
       <c r="BH50" s="19">
         <v>16</v>
       </c>
+      <c r="BI50" s="19">
+        <v>21</v>
+      </c>
     </row>
-    <row r="51" spans="1:60" s="19" customFormat="1">
+    <row r="51" spans="1:61" s="19" customFormat="1">
       <c r="A51" s="16" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B51" s="16">
         <v>20</v>
       </c>
       <c r="C51" s="16">
         <v>19</v>
       </c>
       <c r="D51" s="16">
         <v>16</v>
       </c>
       <c r="E51" s="16">
         <v>22</v>
       </c>
       <c r="F51" s="16">
         <v>11</v>
       </c>
       <c r="G51" s="16">
         <v>15</v>
       </c>
       <c r="H51" s="16">
         <v>31</v>
       </c>
       <c r="I51" s="16">
         <v>28</v>
       </c>
@@ -9520,54 +10463,57 @@
       </c>
       <c r="BA51" s="17">
         <v>40</v>
       </c>
       <c r="BB51" s="17">
         <v>32</v>
       </c>
       <c r="BC51" s="17">
         <v>18</v>
       </c>
       <c r="BD51" s="17">
         <v>8</v>
       </c>
       <c r="BE51" s="16">
         <v>19</v>
       </c>
       <c r="BF51" s="19">
         <v>10</v>
       </c>
       <c r="BG51" s="19">
         <v>29</v>
       </c>
       <c r="BH51" s="19">
         <v>36</v>
       </c>
+      <c r="BI51" s="19">
+        <v>25</v>
+      </c>
     </row>
-    <row r="52" spans="1:60" s="19" customFormat="1">
+    <row r="52" spans="1:61" s="19" customFormat="1">
       <c r="A52" s="16" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B52" s="16">
         <v>104</v>
       </c>
       <c r="C52" s="16">
         <v>134</v>
       </c>
       <c r="D52" s="16">
         <v>171</v>
       </c>
       <c r="E52" s="16">
         <v>174</v>
       </c>
       <c r="F52" s="16">
         <v>131</v>
       </c>
       <c r="G52" s="16">
         <v>130</v>
       </c>
       <c r="H52" s="16">
         <v>92</v>
       </c>
       <c r="I52" s="16">
         <v>142</v>
       </c>
@@ -9702,54 +10648,57 @@
       </c>
       <c r="BA52" s="17">
         <v>102</v>
       </c>
       <c r="BB52" s="17">
         <v>86</v>
       </c>
       <c r="BC52" s="17">
         <v>43</v>
       </c>
       <c r="BD52" s="17">
         <v>36</v>
       </c>
       <c r="BE52" s="16">
         <v>36</v>
       </c>
       <c r="BF52" s="19">
         <v>51</v>
       </c>
       <c r="BG52" s="19">
         <v>51</v>
       </c>
       <c r="BH52" s="19">
         <v>68</v>
       </c>
+      <c r="BI52" s="19">
+        <v>62</v>
+      </c>
     </row>
-    <row r="53" spans="1:60" s="19" customFormat="1">
+    <row r="53" spans="1:61" s="19" customFormat="1">
       <c r="A53" s="16" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B53" s="16">
         <v>106</v>
       </c>
       <c r="C53" s="16">
         <v>111</v>
       </c>
       <c r="D53" s="16">
         <v>93</v>
       </c>
       <c r="E53" s="16">
         <v>96</v>
       </c>
       <c r="F53" s="16">
         <v>122</v>
       </c>
       <c r="G53" s="16">
         <v>92</v>
       </c>
       <c r="H53" s="16">
         <v>106</v>
       </c>
       <c r="I53" s="16">
         <v>101</v>
       </c>
@@ -9884,54 +10833,57 @@
       </c>
       <c r="BA53" s="17">
         <v>66</v>
       </c>
       <c r="BB53" s="17">
         <v>70</v>
       </c>
       <c r="BC53" s="17">
         <v>31</v>
       </c>
       <c r="BD53" s="17">
         <v>40</v>
       </c>
       <c r="BE53" s="16">
         <v>43</v>
       </c>
       <c r="BF53" s="19">
         <v>60</v>
       </c>
       <c r="BG53" s="19">
         <v>56</v>
       </c>
       <c r="BH53" s="19">
         <v>58</v>
       </c>
+      <c r="BI53" s="19">
+        <v>59</v>
+      </c>
     </row>
-    <row r="54" spans="1:60" s="19" customFormat="1">
+    <row r="54" spans="1:61" s="19" customFormat="1">
       <c r="A54" s="16" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B54" s="16">
         <v>278</v>
       </c>
       <c r="C54" s="16">
         <v>242</v>
       </c>
       <c r="D54" s="16">
         <v>292</v>
       </c>
       <c r="E54" s="16">
         <v>255</v>
       </c>
       <c r="F54" s="16">
         <v>342</v>
       </c>
       <c r="G54" s="16">
         <v>273</v>
       </c>
       <c r="H54" s="16">
         <v>269</v>
       </c>
       <c r="I54" s="16">
         <v>228</v>
       </c>
@@ -10066,54 +11018,57 @@
       </c>
       <c r="BA54" s="17">
         <v>206</v>
       </c>
       <c r="BB54" s="17">
         <v>255</v>
       </c>
       <c r="BC54" s="17">
         <v>107</v>
       </c>
       <c r="BD54" s="17">
         <v>178</v>
       </c>
       <c r="BE54" s="16">
         <v>170</v>
       </c>
       <c r="BF54" s="19">
         <v>235</v>
       </c>
       <c r="BG54" s="19">
         <v>218</v>
       </c>
       <c r="BH54" s="19">
         <v>194</v>
       </c>
+      <c r="BI54" s="19">
+        <v>185</v>
+      </c>
     </row>
-    <row r="55" spans="1:60" s="19" customFormat="1">
+    <row r="55" spans="1:61" s="19" customFormat="1">
       <c r="A55" s="16" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="B55" s="16">
         <v>0</v>
       </c>
       <c r="C55" s="16">
         <v>0</v>
       </c>
       <c r="D55" s="16">
         <v>0</v>
       </c>
       <c r="E55" s="16">
         <v>0</v>
       </c>
       <c r="F55" s="16">
         <v>0</v>
       </c>
       <c r="G55" s="16">
         <v>0</v>
       </c>
       <c r="H55" s="16">
         <v>0</v>
       </c>
       <c r="I55" s="16">
         <v>0</v>
       </c>
@@ -10248,54 +11203,57 @@
       </c>
       <c r="BA55" s="16">
         <v>0</v>
       </c>
       <c r="BB55" s="16">
         <v>0</v>
       </c>
       <c r="BC55" s="16">
         <v>0</v>
       </c>
       <c r="BD55" s="16">
         <v>0</v>
       </c>
       <c r="BE55" s="16">
         <v>0</v>
       </c>
       <c r="BF55" s="16">
         <v>0</v>
       </c>
       <c r="BG55" s="16">
         <v>0</v>
       </c>
       <c r="BH55" s="16">
         <v>0</v>
       </c>
+      <c r="BI55" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="56" spans="1:60" s="19" customFormat="1">
+    <row r="56" spans="1:61" s="19" customFormat="1">
       <c r="A56" s="16" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B56" s="16">
         <v>81</v>
       </c>
       <c r="C56" s="16">
         <v>62</v>
       </c>
       <c r="D56" s="16">
         <v>63</v>
       </c>
       <c r="E56" s="16">
         <v>54</v>
       </c>
       <c r="F56" s="16">
         <v>105</v>
       </c>
       <c r="G56" s="16">
         <v>85</v>
       </c>
       <c r="H56" s="16">
         <v>76</v>
       </c>
       <c r="I56" s="16">
         <v>66</v>
       </c>
@@ -10430,54 +11388,57 @@
       </c>
       <c r="BA56" s="17">
         <v>26</v>
       </c>
       <c r="BB56" s="17">
         <v>68</v>
       </c>
       <c r="BC56" s="17">
         <v>27</v>
       </c>
       <c r="BD56" s="17">
         <v>29</v>
       </c>
       <c r="BE56" s="16">
         <v>30</v>
       </c>
       <c r="BF56" s="19">
         <v>45</v>
       </c>
       <c r="BG56" s="19">
         <v>43</v>
       </c>
       <c r="BH56" s="19">
         <v>32</v>
       </c>
+      <c r="BI56" s="19">
+        <v>38</v>
+      </c>
     </row>
-    <row r="57" spans="1:60" s="19" customFormat="1">
+    <row r="57" spans="1:61" s="19" customFormat="1">
       <c r="A57" s="16" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B57" s="16">
         <v>125</v>
       </c>
       <c r="C57" s="16">
         <v>90</v>
       </c>
       <c r="D57" s="16">
         <v>79</v>
       </c>
       <c r="E57" s="16">
         <v>104</v>
       </c>
       <c r="F57" s="16">
         <v>118</v>
       </c>
       <c r="G57" s="16">
         <v>75</v>
       </c>
       <c r="H57" s="16">
         <v>88</v>
       </c>
       <c r="I57" s="16">
         <v>113</v>
       </c>
@@ -10612,54 +11573,57 @@
       </c>
       <c r="BA57" s="20">
         <v>131</v>
       </c>
       <c r="BB57" s="20">
         <v>206</v>
       </c>
       <c r="BC57" s="21">
         <v>76</v>
       </c>
       <c r="BD57" s="21">
         <v>58</v>
       </c>
       <c r="BE57" s="16">
         <v>92</v>
       </c>
       <c r="BF57" s="19">
         <v>119</v>
       </c>
       <c r="BG57" s="19">
         <v>103</v>
       </c>
       <c r="BH57" s="19">
         <v>103</v>
       </c>
+      <c r="BI57" s="19">
+        <v>129</v>
+      </c>
     </row>
-    <row r="58" spans="1:60" s="19" customFormat="1">
+    <row r="58" spans="1:61" s="19" customFormat="1">
       <c r="A58" s="16" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B58" s="16">
         <v>84</v>
       </c>
       <c r="C58" s="16">
         <v>62</v>
       </c>
       <c r="D58" s="16">
         <v>55</v>
       </c>
       <c r="E58" s="16">
         <v>70</v>
       </c>
       <c r="F58" s="16">
         <v>72</v>
       </c>
       <c r="G58" s="16">
         <v>61</v>
       </c>
       <c r="H58" s="16">
         <v>73</v>
       </c>
       <c r="I58" s="16">
         <v>98</v>
       </c>
@@ -10794,54 +11758,57 @@
       </c>
       <c r="BA58" s="20">
         <v>63</v>
       </c>
       <c r="BB58" s="20">
         <v>56</v>
       </c>
       <c r="BC58" s="21">
         <v>35</v>
       </c>
       <c r="BD58" s="21">
         <v>15</v>
       </c>
       <c r="BE58" s="19">
         <v>28</v>
       </c>
       <c r="BF58" s="19">
         <v>36</v>
       </c>
       <c r="BG58" s="19">
         <v>43</v>
       </c>
       <c r="BH58" s="19">
         <v>38</v>
       </c>
+      <c r="BI58" s="19">
+        <v>37</v>
+      </c>
     </row>
-    <row r="59" spans="1:60" s="19" customFormat="1">
+    <row r="59" spans="1:61" s="19" customFormat="1">
       <c r="A59" s="16" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B59" s="16">
         <v>160</v>
       </c>
       <c r="C59" s="16">
         <v>180</v>
       </c>
       <c r="D59" s="16">
         <v>146</v>
       </c>
       <c r="E59" s="16">
         <v>144</v>
       </c>
       <c r="F59" s="16">
         <v>148</v>
       </c>
       <c r="G59" s="16">
         <v>157</v>
       </c>
       <c r="H59" s="16">
         <v>145</v>
       </c>
       <c r="I59" s="16">
         <v>141</v>
       </c>
@@ -10976,54 +11943,57 @@
       </c>
       <c r="BA59" s="20">
         <v>94</v>
       </c>
       <c r="BB59" s="20">
         <v>107</v>
       </c>
       <c r="BC59" s="21">
         <v>59</v>
       </c>
       <c r="BD59" s="21">
         <v>66</v>
       </c>
       <c r="BE59" s="19">
         <v>67</v>
       </c>
       <c r="BF59" s="19">
         <v>108</v>
       </c>
       <c r="BG59" s="19">
         <v>98</v>
       </c>
       <c r="BH59" s="19">
         <v>113</v>
       </c>
+      <c r="BI59" s="19">
+        <v>87</v>
+      </c>
     </row>
-    <row r="60" spans="1:60" s="19" customFormat="1">
+    <row r="60" spans="1:61" s="19" customFormat="1">
       <c r="A60" s="16" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B60" s="16">
         <v>0</v>
       </c>
       <c r="C60" s="16">
         <v>0</v>
       </c>
       <c r="D60" s="16">
         <v>0</v>
       </c>
       <c r="E60" s="16">
         <v>0</v>
       </c>
       <c r="F60" s="16">
         <v>0</v>
       </c>
       <c r="G60" s="16">
         <v>0</v>
       </c>
       <c r="H60" s="16">
         <v>0</v>
       </c>
       <c r="I60" s="16">
         <v>0</v>
       </c>
@@ -11158,54 +12128,57 @@
       </c>
       <c r="BA60" s="16">
         <v>0</v>
       </c>
       <c r="BB60" s="16">
         <v>0</v>
       </c>
       <c r="BC60" s="16">
         <v>0</v>
       </c>
       <c r="BD60" s="16">
         <v>0</v>
       </c>
       <c r="BE60" s="16">
         <v>0</v>
       </c>
       <c r="BF60" s="19">
         <v>1</v>
       </c>
       <c r="BG60" s="16">
         <v>0</v>
       </c>
       <c r="BH60" s="19">
         <v>1</v>
       </c>
+      <c r="BI60" s="19">
+        <v>0</v>
+      </c>
     </row>
-    <row r="61" spans="1:60" s="19" customFormat="1">
+    <row r="61" spans="1:61" s="19" customFormat="1">
       <c r="A61" s="16" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B61" s="16">
         <v>2</v>
       </c>
       <c r="C61" s="16">
         <v>0</v>
       </c>
       <c r="D61" s="16">
         <v>0</v>
       </c>
       <c r="E61" s="16">
         <v>0</v>
       </c>
       <c r="F61" s="16">
         <v>0</v>
       </c>
       <c r="G61" s="16">
         <v>0</v>
       </c>
       <c r="H61" s="16">
         <v>0</v>
       </c>
       <c r="I61" s="16">
         <v>1</v>
       </c>
@@ -11340,295 +12313,302 @@
       </c>
       <c r="BA61" s="16">
         <v>0</v>
       </c>
       <c r="BB61" s="16">
         <v>0</v>
       </c>
       <c r="BC61" s="16">
         <v>0</v>
       </c>
       <c r="BD61" s="16">
         <v>0</v>
       </c>
       <c r="BE61" s="16">
         <v>0</v>
       </c>
       <c r="BF61" s="16">
         <v>0</v>
       </c>
       <c r="BG61" s="16">
         <v>0</v>
       </c>
       <c r="BH61" s="16">
         <v>0</v>
       </c>
+      <c r="BI61" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="63" spans="1:60" s="28" customFormat="1" ht="15.75">
+    <row r="63" spans="1:61" s="28" customFormat="1" ht="15.6">
       <c r="A63" s="11" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B63" s="27">
         <f>SUM(B64:B82)</f>
         <v>1968</v>
       </c>
       <c r="C63" s="27">
-        <f t="shared" ref="C63:BH63" si="8">SUM(C64:C82)</f>
+        <f t="shared" ref="C63:BH63" si="64">SUM(C64:C82)</f>
         <v>1865</v>
       </c>
       <c r="D63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1783</v>
       </c>
       <c r="E63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1764</v>
       </c>
       <c r="F63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>2020</v>
       </c>
       <c r="G63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1727</v>
       </c>
       <c r="H63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1725</v>
       </c>
       <c r="I63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1754</v>
       </c>
       <c r="J63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>2029</v>
       </c>
       <c r="K63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1785</v>
       </c>
       <c r="L63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1678</v>
       </c>
       <c r="M63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1735</v>
       </c>
       <c r="N63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1773</v>
       </c>
       <c r="O63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1760</v>
       </c>
       <c r="P63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1645</v>
       </c>
       <c r="Q63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1808</v>
       </c>
       <c r="R63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1785</v>
       </c>
       <c r="S63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1684</v>
       </c>
       <c r="T63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1650</v>
       </c>
       <c r="U63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1715</v>
       </c>
       <c r="V63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1716</v>
       </c>
       <c r="W63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1739</v>
       </c>
       <c r="X63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1558</v>
       </c>
       <c r="Y63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1584</v>
       </c>
       <c r="Z63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1838</v>
       </c>
       <c r="AA63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1322</v>
       </c>
       <c r="AB63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1442</v>
       </c>
       <c r="AC63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1318</v>
       </c>
       <c r="AD63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1551</v>
       </c>
       <c r="AE63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1407</v>
       </c>
       <c r="AF63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1401</v>
       </c>
       <c r="AG63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1269</v>
       </c>
       <c r="AH63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1582</v>
       </c>
       <c r="AI63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1459</v>
       </c>
       <c r="AJ63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1364</v>
       </c>
       <c r="AK63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1339</v>
       </c>
       <c r="AL63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1418</v>
       </c>
       <c r="AM63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1189</v>
       </c>
       <c r="AN63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1638</v>
       </c>
       <c r="AO63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1414</v>
       </c>
       <c r="AP63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1197</v>
       </c>
       <c r="AQ63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1442</v>
       </c>
       <c r="AR63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1259</v>
       </c>
       <c r="AS63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1126</v>
       </c>
       <c r="AT63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1535</v>
       </c>
       <c r="AU63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1517</v>
       </c>
       <c r="AV63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1540</v>
       </c>
       <c r="AW63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1359</v>
       </c>
       <c r="AX63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1394</v>
       </c>
       <c r="AY63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1371</v>
       </c>
       <c r="AZ63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1254</v>
       </c>
       <c r="BA63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1231</v>
       </c>
       <c r="BB63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1447</v>
       </c>
       <c r="BC63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>681</v>
       </c>
       <c r="BD63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>830</v>
       </c>
       <c r="BE63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>962</v>
       </c>
       <c r="BF63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1194</v>
       </c>
       <c r="BG63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1190</v>
       </c>
       <c r="BH63" s="27">
-        <f t="shared" si="8"/>
+        <f t="shared" si="64"/>
         <v>1250</v>
       </c>
+      <c r="BI63" s="27">
+        <f t="shared" ref="BI63" si="65">SUM(BI64:BI82)</f>
+        <v>1120</v>
+      </c>
     </row>
-    <row r="64" spans="1:60" s="19" customFormat="1">
+    <row r="64" spans="1:61" s="19" customFormat="1">
       <c r="A64" s="16" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B64" s="19">
         <v>1516</v>
       </c>
       <c r="C64" s="19">
         <v>1303</v>
       </c>
       <c r="D64" s="19">
         <v>1254</v>
       </c>
       <c r="E64" s="19">
         <v>1197</v>
       </c>
       <c r="F64" s="19">
         <v>1546</v>
       </c>
       <c r="G64" s="19">
         <v>1223</v>
       </c>
       <c r="H64" s="19">
         <v>1275</v>
       </c>
       <c r="I64" s="19">
         <v>1244</v>
       </c>
@@ -11763,54 +12743,57 @@
       </c>
       <c r="BA64" s="19">
         <v>814</v>
       </c>
       <c r="BB64" s="19">
         <v>1106</v>
       </c>
       <c r="BC64" s="19">
         <v>490</v>
       </c>
       <c r="BD64" s="19">
         <v>662</v>
       </c>
       <c r="BE64" s="19">
         <v>766</v>
       </c>
       <c r="BF64" s="19">
         <v>972</v>
       </c>
       <c r="BG64" s="19">
         <v>937</v>
       </c>
       <c r="BH64" s="19">
         <v>936</v>
       </c>
+      <c r="BI64" s="19">
+        <v>839</v>
+      </c>
     </row>
-    <row r="65" spans="1:60" s="19" customFormat="1">
+    <row r="65" spans="1:61" s="19" customFormat="1">
       <c r="A65" s="16" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="B65" s="16">
         <v>0</v>
       </c>
       <c r="C65" s="16">
         <v>0</v>
       </c>
       <c r="D65" s="16">
         <v>0</v>
       </c>
       <c r="E65" s="16">
         <v>0</v>
       </c>
       <c r="F65" s="16">
         <v>0</v>
       </c>
       <c r="G65" s="16">
         <v>0</v>
       </c>
       <c r="H65" s="16">
         <v>0</v>
       </c>
       <c r="I65" s="16">
         <v>0</v>
       </c>
@@ -11945,54 +12928,57 @@
       </c>
       <c r="BA65" s="16">
         <v>0</v>
       </c>
       <c r="BB65" s="16">
         <v>0</v>
       </c>
       <c r="BC65" s="16">
         <v>0</v>
       </c>
       <c r="BD65" s="16">
         <v>0</v>
       </c>
       <c r="BE65" s="16">
         <v>0</v>
       </c>
       <c r="BF65" s="16">
         <v>0</v>
       </c>
       <c r="BG65" s="16">
         <v>0</v>
       </c>
       <c r="BH65" s="16">
         <v>0</v>
       </c>
+      <c r="BI65" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="66" spans="1:60" s="19" customFormat="1">
+    <row r="66" spans="1:61" s="19" customFormat="1">
       <c r="A66" s="16" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B66" s="16">
         <v>1</v>
       </c>
       <c r="C66" s="16">
         <v>1</v>
       </c>
       <c r="D66" s="16">
         <v>1</v>
       </c>
       <c r="E66" s="16">
         <v>1</v>
       </c>
       <c r="F66" s="16">
         <v>0</v>
       </c>
       <c r="G66" s="16">
         <v>0</v>
       </c>
       <c r="H66" s="16">
         <v>0</v>
       </c>
       <c r="I66" s="16">
         <v>0</v>
       </c>
@@ -12127,54 +13113,57 @@
       </c>
       <c r="BA66" s="16">
         <v>0</v>
       </c>
       <c r="BB66" s="16">
         <v>0</v>
       </c>
       <c r="BC66" s="16">
         <v>0</v>
       </c>
       <c r="BD66" s="16">
         <v>0</v>
       </c>
       <c r="BE66" s="16">
         <v>0</v>
       </c>
       <c r="BF66" s="16">
         <v>0</v>
       </c>
       <c r="BG66" s="16">
         <v>0</v>
       </c>
       <c r="BH66" s="16">
         <v>0</v>
       </c>
+      <c r="BI66" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="67" spans="1:60" s="19" customFormat="1">
+    <row r="67" spans="1:61" s="19" customFormat="1">
       <c r="A67" s="16" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B67" s="16">
         <v>1</v>
       </c>
       <c r="C67" s="16">
         <v>0</v>
       </c>
       <c r="D67" s="16">
         <v>0</v>
       </c>
       <c r="E67" s="16">
         <v>0</v>
       </c>
       <c r="F67" s="16">
         <v>0</v>
       </c>
       <c r="G67" s="16">
         <v>0</v>
       </c>
       <c r="H67" s="16">
         <v>0</v>
       </c>
       <c r="I67" s="16">
         <v>1</v>
       </c>
@@ -12309,54 +13298,57 @@
       </c>
       <c r="BA67" s="16">
         <v>0</v>
       </c>
       <c r="BB67" s="16">
         <v>0</v>
       </c>
       <c r="BC67" s="16">
         <v>0</v>
       </c>
       <c r="BD67" s="16">
         <v>0</v>
       </c>
       <c r="BE67" s="16">
         <v>1</v>
       </c>
       <c r="BF67" s="16">
         <v>0</v>
       </c>
       <c r="BG67" s="16">
         <v>0</v>
       </c>
       <c r="BH67" s="16">
         <v>0</v>
       </c>
+      <c r="BI67" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="68" spans="1:60" s="19" customFormat="1">
+    <row r="68" spans="1:61" s="19" customFormat="1">
       <c r="A68" s="16" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B68" s="16">
         <v>5</v>
       </c>
       <c r="C68" s="16">
         <v>1</v>
       </c>
       <c r="D68" s="16">
         <v>1</v>
       </c>
       <c r="E68" s="16">
         <v>2</v>
       </c>
       <c r="F68" s="16">
         <v>5</v>
       </c>
       <c r="G68" s="16">
         <v>0</v>
       </c>
       <c r="H68" s="16">
         <v>4</v>
       </c>
       <c r="I68" s="16">
         <v>4</v>
       </c>
@@ -12491,236 +13483,242 @@
       </c>
       <c r="BA68" s="16">
         <v>0</v>
       </c>
       <c r="BB68" s="16">
         <v>0</v>
       </c>
       <c r="BC68" s="16">
         <v>0</v>
       </c>
       <c r="BD68" s="16">
         <v>0</v>
       </c>
       <c r="BE68" s="16">
         <v>0</v>
       </c>
       <c r="BF68" s="16">
         <v>0</v>
       </c>
       <c r="BG68" s="16">
         <v>0</v>
       </c>
       <c r="BH68" s="16">
         <v>0</v>
       </c>
+      <c r="BI68" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="69" spans="1:60" s="19" customFormat="1">
+    <row r="69" spans="1:61" s="19" customFormat="1">
       <c r="A69" s="16" t="s">
+        <v>95</v>
+      </c>
+      <c r="B69" s="16">
+        <v>0</v>
+      </c>
+      <c r="C69" s="16">
+        <v>0</v>
+      </c>
+      <c r="D69" s="16">
+        <v>0</v>
+      </c>
+      <c r="E69" s="16">
+        <v>0</v>
+      </c>
+      <c r="F69" s="16">
+        <v>0</v>
+      </c>
+      <c r="G69" s="16">
+        <v>0</v>
+      </c>
+      <c r="H69" s="16">
+        <v>0</v>
+      </c>
+      <c r="I69" s="16">
+        <v>0</v>
+      </c>
+      <c r="J69" s="16">
+        <v>0</v>
+      </c>
+      <c r="K69" s="16">
+        <v>0</v>
+      </c>
+      <c r="L69" s="16">
+        <v>0</v>
+      </c>
+      <c r="M69" s="16">
+        <v>1</v>
+      </c>
+      <c r="N69" s="16">
+        <v>0</v>
+      </c>
+      <c r="O69" s="16">
+        <v>0</v>
+      </c>
+      <c r="P69" s="16">
+        <v>0</v>
+      </c>
+      <c r="Q69" s="16">
+        <v>0</v>
+      </c>
+      <c r="R69" s="16">
+        <v>0</v>
+      </c>
+      <c r="S69" s="16">
+        <v>0</v>
+      </c>
+      <c r="T69" s="16">
+        <v>0</v>
+      </c>
+      <c r="U69" s="16">
+        <v>0</v>
+      </c>
+      <c r="V69" s="16">
+        <v>0</v>
+      </c>
+      <c r="W69" s="16">
+        <v>0</v>
+      </c>
+      <c r="X69" s="16">
+        <v>0</v>
+      </c>
+      <c r="Y69" s="16">
+        <v>0</v>
+      </c>
+      <c r="Z69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AA69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AB69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AC69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AD69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AE69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AF69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AG69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AH69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AI69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AJ69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AK69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AL69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AM69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AN69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AO69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AP69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AQ69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AR69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AS69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AT69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AU69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AV69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AW69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AX69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AY69" s="16">
+        <v>0</v>
+      </c>
+      <c r="AZ69" s="16">
+        <v>0</v>
+      </c>
+      <c r="BA69" s="16">
+        <v>0</v>
+      </c>
+      <c r="BB69" s="16">
+        <v>0</v>
+      </c>
+      <c r="BC69" s="16">
+        <v>0</v>
+      </c>
+      <c r="BD69" s="16">
+        <v>0</v>
+      </c>
+      <c r="BE69" s="16">
+        <v>0</v>
+      </c>
+      <c r="BF69" s="16">
+        <v>0</v>
+      </c>
+      <c r="BG69" s="16">
+        <v>0</v>
+      </c>
+      <c r="BH69" s="16">
+        <v>0</v>
+      </c>
+      <c r="BI69" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:61" s="19" customFormat="1">
+      <c r="A70" s="16" t="s">
         <v>99</v>
-      </c>
-[...180 lines deleted...]
-        <v>103</v>
       </c>
       <c r="B70" s="16">
         <v>213</v>
       </c>
       <c r="C70" s="16">
         <v>260</v>
       </c>
       <c r="D70" s="16">
         <v>200</v>
       </c>
       <c r="E70" s="16">
         <v>200</v>
       </c>
       <c r="F70" s="16">
         <v>207</v>
       </c>
       <c r="G70" s="16">
         <v>236</v>
       </c>
       <c r="H70" s="16">
         <v>201</v>
       </c>
       <c r="I70" s="16">
         <v>195</v>
       </c>
@@ -12855,54 +13853,57 @@
       </c>
       <c r="BA70" s="16">
         <v>198</v>
       </c>
       <c r="BB70" s="16">
         <v>187</v>
       </c>
       <c r="BC70" s="16">
         <v>106</v>
       </c>
       <c r="BD70" s="16">
         <v>85</v>
       </c>
       <c r="BE70" s="16">
         <v>108</v>
       </c>
       <c r="BF70" s="16">
         <v>100</v>
       </c>
       <c r="BG70" s="19">
         <v>125</v>
       </c>
       <c r="BH70" s="19">
         <v>154</v>
       </c>
+      <c r="BI70" s="19">
+        <v>147</v>
+      </c>
     </row>
-    <row r="71" spans="1:60" s="19" customFormat="1">
+    <row r="71" spans="1:61" s="19" customFormat="1">
       <c r="A71" s="16" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B71" s="16">
         <v>3</v>
       </c>
       <c r="C71" s="16">
         <v>2</v>
       </c>
       <c r="D71" s="16">
         <v>1</v>
       </c>
       <c r="E71" s="16">
         <v>2</v>
       </c>
       <c r="F71" s="16">
         <v>1</v>
       </c>
       <c r="G71" s="16">
         <v>0</v>
       </c>
       <c r="H71" s="16">
         <v>2</v>
       </c>
       <c r="I71" s="16">
         <v>1</v>
       </c>
@@ -13037,54 +14038,57 @@
       </c>
       <c r="BA71" s="16">
         <v>0</v>
       </c>
       <c r="BB71" s="16">
         <v>0</v>
       </c>
       <c r="BC71" s="16">
         <v>0</v>
       </c>
       <c r="BD71" s="16">
         <v>2</v>
       </c>
       <c r="BE71" s="16">
         <v>0</v>
       </c>
       <c r="BF71" s="16">
         <v>0</v>
       </c>
       <c r="BG71" s="16">
         <v>0</v>
       </c>
       <c r="BH71" s="16">
         <v>0</v>
       </c>
+      <c r="BI71" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="72" spans="1:60" s="19" customFormat="1">
+    <row r="72" spans="1:61" s="19" customFormat="1">
       <c r="A72" s="16" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B72" s="16">
         <v>9</v>
       </c>
       <c r="C72" s="16">
         <v>13</v>
       </c>
       <c r="D72" s="16">
         <v>10</v>
       </c>
       <c r="E72" s="16">
         <v>11</v>
       </c>
       <c r="F72" s="16">
         <v>11</v>
       </c>
       <c r="G72" s="16">
         <v>9</v>
       </c>
       <c r="H72" s="16">
         <v>18</v>
       </c>
       <c r="I72" s="16">
         <v>20</v>
       </c>
@@ -13219,54 +14223,57 @@
       </c>
       <c r="BA72" s="16">
         <v>22</v>
       </c>
       <c r="BB72" s="16">
         <v>15</v>
       </c>
       <c r="BC72" s="16">
         <v>5</v>
       </c>
       <c r="BD72" s="16">
         <v>4</v>
       </c>
       <c r="BE72" s="16">
         <v>12</v>
       </c>
       <c r="BF72" s="16">
         <v>6</v>
       </c>
       <c r="BG72" s="19">
         <v>10</v>
       </c>
       <c r="BH72" s="19">
         <v>8</v>
       </c>
+      <c r="BI72" s="19">
+        <v>12</v>
+      </c>
     </row>
-    <row r="73" spans="1:60" s="19" customFormat="1">
+    <row r="73" spans="1:61" s="19" customFormat="1">
       <c r="A73" s="16" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="B73" s="16">
         <v>2</v>
       </c>
       <c r="C73" s="16">
         <v>3</v>
       </c>
       <c r="D73" s="16">
         <v>1</v>
       </c>
       <c r="E73" s="16">
         <v>4</v>
       </c>
       <c r="F73" s="16">
         <v>2</v>
       </c>
       <c r="G73" s="16">
         <v>0</v>
       </c>
       <c r="H73" s="16">
         <v>2</v>
       </c>
       <c r="I73" s="16">
         <v>2</v>
       </c>
@@ -13401,54 +14408,57 @@
       </c>
       <c r="BA73" s="16">
         <v>0</v>
       </c>
       <c r="BB73" s="16">
         <v>0</v>
       </c>
       <c r="BC73" s="16">
         <v>0</v>
       </c>
       <c r="BD73" s="16">
         <v>0</v>
       </c>
       <c r="BE73" s="16">
         <v>0</v>
       </c>
       <c r="BF73" s="16">
         <v>0</v>
       </c>
       <c r="BG73" s="16">
         <v>0</v>
       </c>
       <c r="BH73" s="16">
         <v>0</v>
       </c>
+      <c r="BI73" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="74" spans="1:60" s="19" customFormat="1">
+    <row r="74" spans="1:61" s="19" customFormat="1">
       <c r="A74" s="16" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B74" s="16">
         <v>0</v>
       </c>
       <c r="C74" s="16">
         <v>0</v>
       </c>
       <c r="D74" s="16">
         <v>1</v>
       </c>
       <c r="E74" s="16">
         <v>0</v>
       </c>
       <c r="F74" s="16">
         <v>0</v>
       </c>
       <c r="G74" s="16">
         <v>0</v>
       </c>
       <c r="H74" s="16">
         <v>0</v>
       </c>
       <c r="I74" s="16">
         <v>0</v>
       </c>
@@ -13583,54 +14593,57 @@
       </c>
       <c r="BA74" s="16">
         <v>0</v>
       </c>
       <c r="BB74" s="16">
         <v>0</v>
       </c>
       <c r="BC74" s="16">
         <v>0</v>
       </c>
       <c r="BD74" s="16">
         <v>0</v>
       </c>
       <c r="BE74" s="16">
         <v>0</v>
       </c>
       <c r="BF74" s="16">
         <v>0</v>
       </c>
       <c r="BG74" s="16">
         <v>0</v>
       </c>
       <c r="BH74" s="16">
         <v>0</v>
       </c>
+      <c r="BI74" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="75" spans="1:60" s="19" customFormat="1">
+    <row r="75" spans="1:61" s="19" customFormat="1">
       <c r="A75" s="16" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="B75" s="16">
         <v>98</v>
       </c>
       <c r="C75" s="16">
         <v>126</v>
       </c>
       <c r="D75" s="16">
         <v>181</v>
       </c>
       <c r="E75" s="16">
         <v>225</v>
       </c>
       <c r="F75" s="16">
         <v>123</v>
       </c>
       <c r="G75" s="16">
         <v>123</v>
       </c>
       <c r="H75" s="16">
         <v>103</v>
       </c>
       <c r="I75" s="16">
         <v>148</v>
       </c>
@@ -13765,54 +14778,57 @@
       </c>
       <c r="BA75" s="16">
         <v>90</v>
       </c>
       <c r="BB75" s="16">
         <v>62</v>
       </c>
       <c r="BC75" s="16">
         <v>36</v>
       </c>
       <c r="BD75" s="16">
         <v>28</v>
       </c>
       <c r="BE75" s="16">
         <v>29</v>
       </c>
       <c r="BF75" s="16">
         <v>34</v>
       </c>
       <c r="BG75" s="19">
         <v>45</v>
       </c>
       <c r="BH75" s="19">
         <v>68</v>
       </c>
+      <c r="BI75" s="19">
+        <v>55</v>
+      </c>
     </row>
-    <row r="76" spans="1:60" s="19" customFormat="1">
+    <row r="76" spans="1:61" s="19" customFormat="1">
       <c r="A76" s="16" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B76" s="16">
         <v>6</v>
       </c>
       <c r="C76" s="16">
         <v>11</v>
       </c>
       <c r="D76" s="16">
         <v>4</v>
       </c>
       <c r="E76" s="16">
         <v>0</v>
       </c>
       <c r="F76" s="16">
         <v>6</v>
       </c>
       <c r="G76" s="16">
         <v>3</v>
       </c>
       <c r="H76" s="16">
         <v>5</v>
       </c>
       <c r="I76" s="16">
         <v>11</v>
       </c>
@@ -13947,54 +14963,57 @@
       </c>
       <c r="BA76" s="16">
         <v>3</v>
       </c>
       <c r="BB76" s="16">
         <v>1</v>
       </c>
       <c r="BC76" s="16">
         <v>1</v>
       </c>
       <c r="BD76" s="16">
         <v>4</v>
       </c>
       <c r="BE76" s="16">
         <v>2</v>
       </c>
       <c r="BF76" s="16">
         <v>1</v>
       </c>
       <c r="BG76" s="19">
         <v>2</v>
       </c>
       <c r="BH76" s="19">
         <v>1</v>
       </c>
+      <c r="BI76" s="19">
+        <v>2</v>
+      </c>
     </row>
-    <row r="77" spans="1:60" s="19" customFormat="1">
+    <row r="77" spans="1:61" s="19" customFormat="1">
       <c r="A77" s="16" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B77" s="16">
         <v>0</v>
       </c>
       <c r="C77" s="16">
         <v>0</v>
       </c>
       <c r="D77" s="16">
         <v>0</v>
       </c>
       <c r="E77" s="16">
         <v>2</v>
       </c>
       <c r="F77" s="16">
         <v>0</v>
       </c>
       <c r="G77" s="16">
         <v>0</v>
       </c>
       <c r="H77" s="16">
         <v>0</v>
       </c>
       <c r="I77" s="16">
         <v>0</v>
       </c>
@@ -14129,54 +15148,57 @@
       </c>
       <c r="BA77" s="16">
         <v>1</v>
       </c>
       <c r="BB77" s="16">
         <v>0</v>
       </c>
       <c r="BC77" s="16">
         <v>0</v>
       </c>
       <c r="BD77" s="16">
         <v>0</v>
       </c>
       <c r="BE77" s="16">
         <v>0</v>
       </c>
       <c r="BF77" s="16">
         <v>0</v>
       </c>
       <c r="BG77" s="16">
         <v>0</v>
       </c>
       <c r="BH77" s="16">
         <v>0</v>
       </c>
+      <c r="BI77" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="78" spans="1:60" s="19" customFormat="1">
+    <row r="78" spans="1:61" s="19" customFormat="1">
       <c r="A78" s="16" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B78" s="16">
         <v>3</v>
       </c>
       <c r="C78" s="16">
         <v>3</v>
       </c>
       <c r="D78" s="16">
         <v>3</v>
       </c>
       <c r="E78" s="16">
         <v>2</v>
       </c>
       <c r="F78" s="16">
         <v>1</v>
       </c>
       <c r="G78" s="16">
         <v>1</v>
       </c>
       <c r="H78" s="16">
         <v>2</v>
       </c>
       <c r="I78" s="16">
         <v>1</v>
       </c>
@@ -14311,54 +15333,57 @@
       </c>
       <c r="BA78" s="16">
         <v>0</v>
       </c>
       <c r="BB78" s="16">
         <v>0</v>
       </c>
       <c r="BC78" s="16">
         <v>0</v>
       </c>
       <c r="BD78" s="16">
         <v>1</v>
       </c>
       <c r="BE78" s="16">
         <v>0</v>
       </c>
       <c r="BF78" s="16">
         <v>1</v>
       </c>
       <c r="BG78" s="19">
         <v>1</v>
       </c>
       <c r="BH78" s="19">
         <v>1</v>
       </c>
+      <c r="BI78" s="19">
+        <v>0</v>
+      </c>
     </row>
-    <row r="79" spans="1:60" s="19" customFormat="1">
+    <row r="79" spans="1:61" s="19" customFormat="1">
       <c r="A79" s="16" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B79" s="16">
         <v>0</v>
       </c>
       <c r="C79" s="16">
         <v>2</v>
       </c>
       <c r="D79" s="16">
         <v>0</v>
       </c>
       <c r="E79" s="16">
         <v>2</v>
       </c>
       <c r="F79" s="16">
         <v>2</v>
       </c>
       <c r="G79" s="16">
         <v>1</v>
       </c>
       <c r="H79" s="16">
         <v>2</v>
       </c>
       <c r="I79" s="16">
         <v>0</v>
       </c>
@@ -14493,54 +15518,57 @@
       </c>
       <c r="BA79" s="16">
         <v>0</v>
       </c>
       <c r="BB79" s="16">
         <v>0</v>
       </c>
       <c r="BC79" s="16">
         <v>1</v>
       </c>
       <c r="BD79" s="16">
         <v>0</v>
       </c>
       <c r="BE79" s="16">
         <v>0</v>
       </c>
       <c r="BF79" s="16">
         <v>2</v>
       </c>
       <c r="BG79" s="19">
         <v>2</v>
       </c>
       <c r="BH79" s="19">
         <v>1</v>
       </c>
+      <c r="BI79" s="19">
+        <v>0</v>
+      </c>
     </row>
-    <row r="80" spans="1:60" s="19" customFormat="1">
+    <row r="80" spans="1:61" s="19" customFormat="1">
       <c r="A80" s="16" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B80" s="16">
         <v>14</v>
       </c>
       <c r="C80" s="16">
         <v>7</v>
       </c>
       <c r="D80" s="16">
         <v>12</v>
       </c>
       <c r="E80" s="16">
         <v>9</v>
       </c>
       <c r="F80" s="16">
         <v>10</v>
       </c>
       <c r="G80" s="16">
         <v>13</v>
       </c>
       <c r="H80" s="16">
         <v>6</v>
       </c>
       <c r="I80" s="16">
         <v>12</v>
       </c>
@@ -14675,54 +15703,57 @@
       </c>
       <c r="BA80" s="16">
         <v>17</v>
       </c>
       <c r="BB80" s="16">
         <v>9</v>
       </c>
       <c r="BC80" s="16">
         <v>5</v>
       </c>
       <c r="BD80" s="16">
         <v>2</v>
       </c>
       <c r="BE80" s="16">
         <v>3</v>
       </c>
       <c r="BF80" s="16">
         <v>7</v>
       </c>
       <c r="BG80" s="19">
         <v>5</v>
       </c>
       <c r="BH80" s="19">
         <v>3</v>
       </c>
+      <c r="BI80" s="19">
+        <v>3</v>
+      </c>
     </row>
-    <row r="81" spans="1:60" s="19" customFormat="1">
+    <row r="81" spans="1:61" s="19" customFormat="1">
       <c r="A81" s="16" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B81" s="16">
         <v>97</v>
       </c>
       <c r="C81" s="16">
         <v>133</v>
       </c>
       <c r="D81" s="16">
         <v>113</v>
       </c>
       <c r="E81" s="16">
         <v>107</v>
       </c>
       <c r="F81" s="16">
         <v>106</v>
       </c>
       <c r="G81" s="16">
         <v>118</v>
       </c>
       <c r="H81" s="16">
         <v>105</v>
       </c>
       <c r="I81" s="16">
         <v>115</v>
       </c>
@@ -14857,54 +15888,57 @@
       </c>
       <c r="BA81" s="16">
         <v>86</v>
       </c>
       <c r="BB81" s="16">
         <v>67</v>
       </c>
       <c r="BC81" s="16">
         <v>37</v>
       </c>
       <c r="BD81" s="16">
         <v>42</v>
       </c>
       <c r="BE81" s="16">
         <v>41</v>
       </c>
       <c r="BF81" s="16">
         <v>71</v>
       </c>
       <c r="BG81" s="19">
         <v>63</v>
       </c>
       <c r="BH81" s="19">
         <v>78</v>
       </c>
+      <c r="BI81" s="19">
+        <v>62</v>
+      </c>
     </row>
-    <row r="82" spans="1:60" s="19" customFormat="1">
+    <row r="82" spans="1:61" s="19" customFormat="1">
       <c r="A82" s="16" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B82" s="16">
         <v>0</v>
       </c>
       <c r="C82" s="16">
         <v>0</v>
       </c>
       <c r="D82" s="16">
         <v>1</v>
       </c>
       <c r="E82" s="16">
         <v>0</v>
       </c>
       <c r="F82" s="16">
         <v>0</v>
       </c>
       <c r="G82" s="16">
         <v>0</v>
       </c>
       <c r="H82" s="16">
         <v>0</v>
       </c>
       <c r="I82" s="16">
         <v>0</v>
       </c>
@@ -15039,54 +16073,57 @@
       </c>
       <c r="BA82" s="16">
         <v>0</v>
       </c>
       <c r="BB82" s="23">
         <v>0</v>
       </c>
       <c r="BC82" s="23">
         <v>0</v>
       </c>
       <c r="BD82" s="23">
         <v>0</v>
       </c>
       <c r="BE82" s="23">
         <v>0</v>
       </c>
       <c r="BF82" s="23">
         <v>0</v>
       </c>
       <c r="BG82" s="23">
         <v>0</v>
       </c>
       <c r="BH82" s="23">
         <v>0</v>
       </c>
+      <c r="BI82" s="23">
+        <v>0</v>
+      </c>
     </row>
-    <row r="83" spans="1:60">
+    <row r="83" spans="1:61">
       <c r="A83" s="1" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B83" s="1"/>
       <c r="C83" s="1"/>
       <c r="D83" s="1"/>
       <c r="E83" s="1"/>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1"/>
       <c r="P83" s="1"/>
       <c r="Q83" s="1"/>
       <c r="R83" s="1"/>
       <c r="S83" s="1"/>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
       <c r="X83" s="1"/>
       <c r="Y83" s="1"/>
@@ -15098,943 +16135,964 @@
       <c r="AE83" s="1"/>
       <c r="AF83" s="1"/>
       <c r="AG83" s="1"/>
       <c r="AH83" s="1"/>
       <c r="AI83" s="1"/>
       <c r="AJ83" s="1"/>
       <c r="AK83" s="1"/>
       <c r="AL83" s="1"/>
       <c r="AM83" s="1"/>
       <c r="AN83" s="1"/>
       <c r="AO83" s="1"/>
       <c r="AP83" s="1"/>
       <c r="AQ83" s="1"/>
       <c r="AR83" s="1"/>
       <c r="AS83" s="1"/>
       <c r="AT83" s="1"/>
       <c r="AU83" s="1"/>
       <c r="AV83" s="1"/>
       <c r="AW83" s="1"/>
       <c r="AX83" s="1"/>
       <c r="AY83" s="1"/>
       <c r="AZ83" s="1"/>
       <c r="BA83" s="1"/>
       <c r="BB83" s="25"/>
     </row>
-    <row r="85" spans="1:60" s="2" customFormat="1" ht="15.75">
+    <row r="85" spans="1:61" s="2" customFormat="1" ht="15.6">
       <c r="A85" s="10" t="s">
+        <v>123</v>
+      </c>
+      <c r="B85" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="C85" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="B85" s="10" t="s">
+      <c r="D85" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="E85" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="C85" s="10" t="s">
+      <c r="F85" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="D85" s="10" t="s">
+      <c r="G85" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="E85" s="10" t="s">
+      <c r="H85" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="F85" s="10" t="s">
+      <c r="I85" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="G85" s="10" t="s">
+      <c r="J85" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="H85" s="10" t="s">
+      <c r="K85" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="I85" s="10" t="s">
+      <c r="L85" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="J85" s="10" t="s">
+      <c r="M85" s="10" t="s">
         <v>18</v>
       </c>
-      <c r="K85" s="10" t="s">
+      <c r="N85" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="L85" s="10" t="s">
+      <c r="O85" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="M85" s="10" t="s">
+      <c r="P85" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="N85" s="10" t="s">
+      <c r="Q85" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="O85" s="10" t="s">
+      <c r="R85" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="P85" s="10" t="s">
+      <c r="S85" s="10" t="s">
         <v>24</v>
       </c>
-      <c r="Q85" s="10" t="s">
+      <c r="T85" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="R85" s="10" t="s">
+      <c r="U85" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="S85" s="10" t="s">
+      <c r="V85" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="T85" s="10" t="s">
+      <c r="W85" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="U85" s="10" t="s">
+      <c r="X85" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="V85" s="10" t="s">
+      <c r="Y85" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="W85" s="10" t="s">
+      <c r="Z85" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="X85" s="10" t="s">
+      <c r="AA85" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="Y85" s="10" t="s">
+      <c r="AB85" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="Z85" s="10" t="s">
+      <c r="AC85" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="AA85" s="10" t="s">
+      <c r="AD85" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="AB85" s="10" t="s">
+      <c r="AE85" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="AC85" s="10" t="s">
+      <c r="AF85" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="AD85" s="10" t="s">
+      <c r="AG85" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="AE85" s="10" t="s">
+      <c r="AH85" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="AF85" s="10" t="s">
+      <c r="AI85" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="AG85" s="10" t="s">
+      <c r="AJ85" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="AH85" s="10" t="s">
+      <c r="AK85" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="AI85" s="10" t="s">
+      <c r="AL85" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="AJ85" s="10" t="s">
+      <c r="AM85" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="AK85" s="10" t="s">
+      <c r="AN85" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="AL85" s="10" t="s">
+      <c r="AO85" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="AM85" s="10" t="s">
+      <c r="AP85" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="AN85" s="10" t="s">
+      <c r="AQ85" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="AO85" s="10" t="s">
+      <c r="AR85" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="AP85" s="10" t="s">
+      <c r="AS85" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="AQ85" s="10" t="s">
+      <c r="AT85" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="AR85" s="10" t="s">
-[...5 lines deleted...]
-      <c r="AT85" s="10" t="s">
+      <c r="AU85" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="AV85" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="AW85" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="AX85" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="AY85" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="AZ85" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="BA85" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="BB85" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="BC85" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="BD85" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="BE85" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="BF85" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="BG85" s="10" t="s">
+        <v>116</v>
+      </c>
+      <c r="BH85" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="BI85" s="10" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="86" spans="1:61">
+      <c r="A86" s="12" t="s">
         <v>54</v>
-      </c>
-[...45 lines deleted...]
-        <v>57</v>
       </c>
       <c r="B86" s="13">
         <f>SUM(B90:B109)</f>
         <v>1494</v>
       </c>
       <c r="C86" s="13">
-        <f t="shared" ref="C86:BA86" si="9">SUM(C90:C109)</f>
+        <f t="shared" ref="C86:BA86" si="66">SUM(C90:C109)</f>
         <v>1147</v>
       </c>
       <c r="D86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1329</v>
       </c>
       <c r="E86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1224</v>
       </c>
       <c r="F86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1546</v>
       </c>
       <c r="G86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1216</v>
       </c>
       <c r="H86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1250</v>
       </c>
       <c r="I86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1324</v>
       </c>
       <c r="J86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1623</v>
       </c>
       <c r="K86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1288</v>
       </c>
       <c r="L86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1245</v>
       </c>
       <c r="M86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1585</v>
       </c>
       <c r="N86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1467</v>
       </c>
       <c r="O86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1453</v>
       </c>
       <c r="P86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1366</v>
       </c>
       <c r="Q86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1453</v>
       </c>
       <c r="R86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1456</v>
       </c>
       <c r="S86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>2878</v>
       </c>
       <c r="T86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1305</v>
       </c>
       <c r="U86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1467</v>
       </c>
       <c r="V86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1290</v>
       </c>
       <c r="W86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1280</v>
       </c>
       <c r="X86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1332</v>
       </c>
       <c r="Y86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>2302</v>
       </c>
       <c r="Z86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>2553</v>
       </c>
       <c r="AA86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1033</v>
       </c>
       <c r="AB86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1220</v>
       </c>
       <c r="AC86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1229</v>
       </c>
       <c r="AD86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1507</v>
       </c>
       <c r="AE86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1083</v>
       </c>
       <c r="AF86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1075</v>
       </c>
       <c r="AG86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1320</v>
       </c>
       <c r="AH86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1107</v>
       </c>
       <c r="AI86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1639</v>
       </c>
       <c r="AJ86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1383</v>
       </c>
       <c r="AK86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1572</v>
       </c>
       <c r="AL86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1122</v>
       </c>
       <c r="AM86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>952</v>
       </c>
       <c r="AN86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1221</v>
       </c>
       <c r="AO86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1335</v>
       </c>
       <c r="AP86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>812</v>
       </c>
       <c r="AQ86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1048</v>
       </c>
       <c r="AR86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1017</v>
       </c>
       <c r="AS86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1300</v>
       </c>
       <c r="AT86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1104</v>
       </c>
       <c r="AU86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1419</v>
       </c>
       <c r="AV86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1406</v>
       </c>
       <c r="AW86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1375</v>
       </c>
       <c r="AX86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1365</v>
       </c>
       <c r="AY86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1381</v>
       </c>
       <c r="AZ86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1149</v>
       </c>
       <c r="BA86" s="13">
-        <f t="shared" si="9"/>
+        <f t="shared" si="66"/>
         <v>1373</v>
       </c>
       <c r="BB86" s="13">
         <v>1193</v>
       </c>
       <c r="BC86" s="13">
         <v>1164</v>
       </c>
       <c r="BD86" s="13">
         <v>1487</v>
       </c>
       <c r="BE86" s="13">
         <v>1829</v>
       </c>
       <c r="BF86" s="13">
         <v>1158</v>
       </c>
       <c r="BG86" s="13">
         <v>1014</v>
       </c>
       <c r="BH86" s="13">
         <v>1043</v>
       </c>
+      <c r="BI86" s="13">
+        <v>1114</v>
+      </c>
     </row>
-    <row r="87" spans="1:60">
+    <row r="87" spans="1:61">
       <c r="A87" s="12" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-        <v>3.1042220744680851</v>
+        <v>55</v>
+      </c>
+      <c r="B87" s="14" t="s">
+        <v>125</v>
       </c>
       <c r="C87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.3461310315203829</v>
+        <f>C86/B9*100</f>
+        <v>2.3832280585106385</v>
       </c>
       <c r="D87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.681381647970301</v>
+        <f t="shared" ref="D87:BI87" si="67">D86/C9*100</f>
+        <v>2.718402912720653</v>
       </c>
       <c r="E87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.448538678509272</v>
+        <f t="shared" si="67"/>
+        <v>2.4695343394399161</v>
       </c>
       <c r="F87" s="14">
-        <f t="shared" si="10"/>
-        <v>3.06934821020866</v>
+        <f t="shared" si="67"/>
+        <v>3.0926803896857309</v>
       </c>
       <c r="G87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.3888572382767226</v>
+        <f t="shared" si="67"/>
+        <v>2.4141833270463975</v>
       </c>
       <c r="H87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.4361722861040733</v>
+        <f t="shared" si="67"/>
+        <v>2.4556509439522229</v>
       </c>
       <c r="I87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.5651457909522426</v>
+        <f t="shared" si="67"/>
+        <v>2.5803936854414342</v>
       </c>
       <c r="J87" s="14">
-        <f t="shared" si="10"/>
-        <v>3.1218742786796954</v>
+        <f t="shared" si="67"/>
+        <v>3.1444347573379834</v>
       </c>
       <c r="K87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.4543618278135599</v>
+        <f t="shared" si="67"/>
+        <v>2.4774948064938065</v>
       </c>
       <c r="L87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.3515412511332729</v>
+        <f t="shared" si="67"/>
+        <v>2.3724227295247533</v>
       </c>
       <c r="M87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.9849340866290017</v>
+        <f t="shared" si="67"/>
+        <v>2.9937292233303112</v>
       </c>
       <c r="N87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.7521903082378101</v>
+        <f t="shared" si="67"/>
+        <v>2.7627118644067798</v>
       </c>
       <c r="O87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.7015971589535726</v>
+        <f t="shared" si="67"/>
+        <v>2.7259253700542185</v>
       </c>
       <c r="P87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.52113247942121</v>
+        <f t="shared" si="67"/>
+        <v>2.539836007660413</v>
       </c>
       <c r="Q87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.6655170516042634</v>
+        <f t="shared" si="67"/>
+        <v>2.6817024103945961</v>
       </c>
       <c r="R87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.6564980203981099</v>
+        <f t="shared" si="67"/>
+        <v>2.6710205279668324</v>
       </c>
       <c r="S87" s="14">
-        <f t="shared" si="10"/>
-        <v>5.2103700485190823</v>
+        <f t="shared" si="67"/>
+        <v>5.2509624331770333</v>
       </c>
       <c r="T87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.3400936037441498</v>
+        <f t="shared" si="67"/>
+        <v>2.3625896154681731</v>
       </c>
       <c r="U87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.6179598829324009</v>
+        <f t="shared" si="67"/>
+        <v>2.6305879821399749</v>
       </c>
       <c r="V87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.2885731012826653</v>
+        <f t="shared" si="67"/>
+        <v>2.3020915125990435</v>
       </c>
       <c r="W87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.2488097120469437</v>
+        <f t="shared" si="67"/>
+        <v>2.2708322245285362</v>
       </c>
       <c r="X87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.3244450649169344</v>
+        <f t="shared" si="67"/>
+        <v>2.3401676065988508</v>
       </c>
       <c r="Y87" s="14">
-        <f t="shared" si="10"/>
-        <v>4.0068928304120028</v>
+        <f t="shared" si="67"/>
+        <v>4.017171576155242</v>
       </c>
       <c r="Z87" s="14">
-        <f t="shared" si="10"/>
-        <v>4.3982358818867793</v>
+        <f t="shared" si="67"/>
+        <v>4.4437868792536248</v>
       </c>
       <c r="AA87" s="14">
-        <f t="shared" si="10"/>
-        <v>1.7649370397580688</v>
+        <f t="shared" si="67"/>
+        <v>1.7796230575750267</v>
       </c>
       <c r="AB87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.0688134845941222</v>
+        <f t="shared" si="67"/>
+        <v>2.0844367749320849</v>
       </c>
       <c r="AC87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.0853836495062272</v>
+        <f t="shared" si="67"/>
+        <v>2.0840752234148989</v>
       </c>
       <c r="AD87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.5490096581586914</v>
+        <f t="shared" si="67"/>
+        <v>2.5570977703872129</v>
       </c>
       <c r="AE87" s="14">
-        <f t="shared" si="10"/>
-        <v>1.8251373487478513</v>
+        <f t="shared" si="67"/>
+        <v>1.8318364033084691</v>
       </c>
       <c r="AF87" s="14">
-        <f t="shared" si="10"/>
-        <v>1.8062066300384765</v>
+        <f t="shared" si="67"/>
+        <v>1.8116552630691969</v>
       </c>
       <c r="AG87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.2200171546780134</v>
+        <f t="shared" si="67"/>
+        <v>2.2178537224658501</v>
       </c>
       <c r="AH87" s="14">
-        <f t="shared" si="10"/>
-        <v>1.852161691875251</v>
+        <f t="shared" si="67"/>
+        <v>1.8617871138095159</v>
       </c>
       <c r="AI87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.7304834571685603</v>
+        <f t="shared" si="67"/>
+        <v>2.7422701110962389</v>
       </c>
       <c r="AJ87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.2934562701071277</v>
+        <f t="shared" si="67"/>
+        <v>2.3040015993069667</v>
       </c>
       <c r="AK87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.609908354363129</v>
+        <f t="shared" si="67"/>
+        <v>2.6068787104905309</v>
       </c>
       <c r="AL87" s="14">
-        <f t="shared" si="10"/>
-        <v>1.8510575114659982</v>
+        <f t="shared" si="67"/>
+        <v>1.862797184221012</v>
       </c>
       <c r="AM87" s="14">
-        <f t="shared" si="10"/>
-        <v>1.5656864679955265</v>
+        <f t="shared" si="67"/>
+        <v>1.5705942521529681</v>
       </c>
       <c r="AN87" s="14">
-        <f t="shared" si="10"/>
-        <v>1.9929813106994205</v>
+        <f t="shared" si="67"/>
+        <v>2.0080915729228339</v>
       </c>
       <c r="AO87" s="14">
-        <f t="shared" si="10"/>
-        <v>2.1746212738230981</v>
+        <f t="shared" si="67"/>
+        <v>2.1790581898310615</v>
       </c>
       <c r="AP87" s="14">
-        <v>2.2063628996418583</v>
+        <f t="shared" si="67"/>
+        <v>1.3226909920182441</v>
       </c>
       <c r="AQ87" s="14">
-        <v>2.4648985959438376</v>
+        <f t="shared" si="67"/>
+        <v>1.6989819077880812</v>
       </c>
       <c r="AR87" s="14">
-        <v>2.0667150108774472</v>
+        <f t="shared" si="67"/>
+        <v>1.6415669943344147</v>
       </c>
       <c r="AS87" s="14">
-        <v>2.9727007412381519</v>
+        <f t="shared" si="67"/>
+        <v>2.0913770913770913</v>
       </c>
       <c r="AT87" s="14">
-        <v>3.0295081967213111</v>
+        <f t="shared" si="67"/>
+        <v>1.7850502045370025</v>
       </c>
       <c r="AU87" s="14">
-        <v>2.5821473419840939</v>
+        <f t="shared" si="67"/>
+        <v>2.2857603092783503</v>
       </c>
       <c r="AV87" s="14">
-        <v>2.5962515965904647</v>
+        <f t="shared" si="67"/>
+        <v>2.2537468942854852</v>
       </c>
       <c r="AW87" s="14">
-        <v>2.9885296642130728</v>
+        <f t="shared" si="67"/>
+        <v>2.1952231943291398</v>
       </c>
       <c r="AX87" s="14">
-        <f t="shared" ref="AX87:BF87" si="11">AX86/AX9*100</f>
-        <v>2.1760964178105122</v>
+        <f t="shared" si="67"/>
+        <v>2.1801977351498985</v>
       </c>
       <c r="AY87" s="14">
-        <f t="shared" si="11"/>
-        <v>2.19767978484699</v>
+        <f t="shared" si="67"/>
+        <v>2.2016037750888775</v>
       </c>
       <c r="AZ87" s="14">
-        <f t="shared" si="11"/>
-        <v>1.8259542955217238</v>
+        <f t="shared" si="67"/>
+        <v>1.8284823119400373</v>
       </c>
       <c r="BA87" s="14">
-        <f t="shared" si="11"/>
-        <v>2.1889896848046169</v>
+        <f t="shared" si="67"/>
+        <v>2.1819279788958457</v>
       </c>
       <c r="BB87" s="14">
-        <f t="shared" si="11"/>
-        <v>1.902802366939407</v>
+        <f t="shared" si="67"/>
+        <v>1.9020136154201808</v>
       </c>
       <c r="BC87" s="14">
-        <f t="shared" si="11"/>
-        <v>1.8795414177296947</v>
+        <f t="shared" si="67"/>
+        <v>1.8565481601990526</v>
       </c>
       <c r="BD87" s="14">
-        <f t="shared" si="11"/>
-        <v>2.4138826661472028</v>
+        <f t="shared" si="67"/>
+        <v>2.4010980138866462</v>
       </c>
       <c r="BE87" s="14">
-        <f t="shared" si="11"/>
-        <v>2.9804292209167795</v>
+        <f t="shared" si="67"/>
+        <v>2.9690594461218791</v>
       </c>
       <c r="BF87" s="14">
-        <f t="shared" si="11"/>
-        <v>1.8804806755440078</v>
+        <f t="shared" si="67"/>
+        <v>1.8870076751348446</v>
       </c>
       <c r="BG87" s="14">
-        <f t="shared" ref="BG87:BH87" si="12">BG86/BG9*100</f>
-        <v>1.6370945607775391</v>
+        <f t="shared" si="67"/>
+        <v>1.658380217192202</v>
       </c>
       <c r="BH87" s="14">
-        <f t="shared" si="12"/>
-        <v>1.6719834565011784</v>
+        <f t="shared" si="67"/>
+        <v>1.6969282832226995</v>
+      </c>
+      <c r="BI87" s="14">
+        <f t="shared" si="67"/>
+        <v>1.8020932753126162</v>
       </c>
     </row>
-    <row r="89" spans="1:60" s="28" customFormat="1" ht="15.75">
+    <row r="89" spans="1:61" s="28" customFormat="1" ht="15.6">
       <c r="A89" s="11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="B89" s="27">
-        <f t="shared" ref="B89:BE89" si="13">SUM(B90:B109)</f>
+        <f t="shared" ref="B89:BE89" si="68">SUM(B90:B109)</f>
         <v>1494</v>
       </c>
       <c r="C89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1147</v>
       </c>
       <c r="D89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1329</v>
       </c>
       <c r="E89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1224</v>
       </c>
       <c r="F89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1546</v>
       </c>
       <c r="G89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1216</v>
       </c>
       <c r="H89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1250</v>
       </c>
       <c r="I89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1324</v>
       </c>
       <c r="J89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1623</v>
       </c>
       <c r="K89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1288</v>
       </c>
       <c r="L89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1245</v>
       </c>
       <c r="M89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1585</v>
       </c>
       <c r="N89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1467</v>
       </c>
       <c r="O89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1453</v>
       </c>
       <c r="P89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1366</v>
       </c>
       <c r="Q89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1453</v>
       </c>
       <c r="R89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1456</v>
       </c>
       <c r="S89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>2878</v>
       </c>
       <c r="T89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1305</v>
       </c>
       <c r="U89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1467</v>
       </c>
       <c r="V89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1290</v>
       </c>
       <c r="W89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1280</v>
       </c>
       <c r="X89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1332</v>
       </c>
       <c r="Y89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>2302</v>
       </c>
       <c r="Z89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>2553</v>
       </c>
       <c r="AA89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1033</v>
       </c>
       <c r="AB89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1220</v>
       </c>
       <c r="AC89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1229</v>
       </c>
       <c r="AD89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1507</v>
       </c>
       <c r="AE89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1083</v>
       </c>
       <c r="AF89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1075</v>
       </c>
       <c r="AG89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1320</v>
       </c>
       <c r="AH89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1107</v>
       </c>
       <c r="AI89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1639</v>
       </c>
       <c r="AJ89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1383</v>
       </c>
       <c r="AK89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1572</v>
       </c>
       <c r="AL89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1122</v>
       </c>
       <c r="AM89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>952</v>
       </c>
       <c r="AN89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1221</v>
       </c>
       <c r="AO89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1335</v>
       </c>
       <c r="AP89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>812</v>
       </c>
       <c r="AQ89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1048</v>
       </c>
       <c r="AR89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1017</v>
       </c>
       <c r="AS89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1300</v>
       </c>
       <c r="AT89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1104</v>
       </c>
       <c r="AU89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1419</v>
       </c>
       <c r="AV89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1406</v>
       </c>
       <c r="AW89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1375</v>
       </c>
       <c r="AX89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1365</v>
       </c>
       <c r="AY89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1381</v>
       </c>
       <c r="AZ89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1149</v>
       </c>
       <c r="BA89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1373</v>
       </c>
       <c r="BB89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1193</v>
       </c>
       <c r="BC89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1164</v>
       </c>
       <c r="BD89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1487</v>
       </c>
       <c r="BE89" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="68"/>
         <v>1829</v>
       </c>
       <c r="BF89" s="27">
-        <f t="shared" ref="BF89:BH89" si="14">SUM(BF90:BF109)</f>
+        <f t="shared" ref="BF89:BH89" si="69">SUM(BF90:BF109)</f>
         <v>1158</v>
       </c>
       <c r="BG89" s="27">
-        <f t="shared" si="14"/>
+        <f t="shared" si="69"/>
         <v>1014</v>
       </c>
       <c r="BH89" s="27">
-        <f t="shared" si="14"/>
+        <f t="shared" si="69"/>
         <v>1043</v>
       </c>
+      <c r="BI89" s="27">
+        <f t="shared" ref="BI89" si="70">SUM(BI90:BI109)</f>
+        <v>1114</v>
+      </c>
     </row>
-    <row r="90" spans="1:60" s="19" customFormat="1">
+    <row r="90" spans="1:61" s="19" customFormat="1">
       <c r="A90" s="16" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B90" s="16">
         <v>96</v>
       </c>
       <c r="C90" s="16">
         <v>54</v>
       </c>
       <c r="D90" s="16">
         <v>103</v>
       </c>
       <c r="E90" s="16">
         <v>76</v>
       </c>
       <c r="F90" s="16">
         <v>122</v>
       </c>
       <c r="G90" s="16">
         <v>79</v>
       </c>
       <c r="H90" s="16">
         <v>94</v>
       </c>
       <c r="I90" s="16">
         <v>71</v>
       </c>
@@ -16169,54 +17227,57 @@
       </c>
       <c r="BA90" s="16">
         <v>91</v>
       </c>
       <c r="BB90" s="16">
         <v>78</v>
       </c>
       <c r="BC90" s="16">
         <v>103</v>
       </c>
       <c r="BD90" s="16">
         <v>83</v>
       </c>
       <c r="BE90" s="16">
         <v>81</v>
       </c>
       <c r="BF90" s="16">
         <v>115</v>
       </c>
       <c r="BG90" s="19">
         <v>95</v>
       </c>
       <c r="BH90" s="19">
         <v>80</v>
       </c>
+      <c r="BI90" s="19">
+        <v>89</v>
+      </c>
     </row>
-    <row r="91" spans="1:60" s="19" customFormat="1">
+    <row r="91" spans="1:61" s="19" customFormat="1">
       <c r="A91" s="16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B91" s="16">
         <v>1</v>
       </c>
       <c r="C91" s="16">
         <v>2</v>
       </c>
       <c r="D91" s="16">
         <v>0</v>
       </c>
       <c r="E91" s="16">
         <v>1</v>
       </c>
       <c r="F91" s="16">
         <v>0</v>
       </c>
       <c r="G91" s="16">
         <v>2</v>
       </c>
       <c r="H91" s="16">
         <v>2</v>
       </c>
       <c r="I91" s="16">
         <v>1</v>
       </c>
@@ -16348,57 +17409,60 @@
       </c>
       <c r="AZ91" s="16">
         <v>1</v>
       </c>
       <c r="BA91" s="16">
         <v>1</v>
       </c>
       <c r="BB91" s="16">
         <v>1</v>
       </c>
       <c r="BC91" s="16">
         <v>0</v>
       </c>
       <c r="BD91" s="16">
         <v>0</v>
       </c>
       <c r="BE91" s="16">
         <v>2</v>
       </c>
       <c r="BF91" s="16">
         <v>0</v>
       </c>
       <c r="BG91" s="19">
         <v>1</v>
       </c>
-      <c r="BH91" s="32" t="s">
-        <v>122</v>
+      <c r="BH91" s="31">
+        <v>0</v>
+      </c>
+      <c r="BI91" s="31">
+        <v>1</v>
       </c>
     </row>
-    <row r="92" spans="1:60" s="19" customFormat="1">
+    <row r="92" spans="1:61" s="19" customFormat="1">
       <c r="A92" s="16" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B92" s="16">
         <v>110</v>
       </c>
       <c r="C92" s="16">
         <v>75</v>
       </c>
       <c r="D92" s="16">
         <v>92</v>
       </c>
       <c r="E92" s="16">
         <v>73</v>
       </c>
       <c r="F92" s="16">
         <v>100</v>
       </c>
       <c r="G92" s="16">
         <v>70</v>
       </c>
       <c r="H92" s="16">
         <v>85</v>
       </c>
       <c r="I92" s="16">
         <v>79</v>
       </c>
@@ -16533,54 +17597,57 @@
       </c>
       <c r="BA92" s="16">
         <v>108</v>
       </c>
       <c r="BB92" s="16">
         <v>111</v>
       </c>
       <c r="BC92" s="16">
         <v>108</v>
       </c>
       <c r="BD92" s="16">
         <v>141</v>
       </c>
       <c r="BE92" s="16">
         <v>151</v>
       </c>
       <c r="BF92" s="16">
         <v>94</v>
       </c>
       <c r="BG92" s="19">
         <v>75</v>
       </c>
       <c r="BH92" s="19">
         <v>75</v>
       </c>
+      <c r="BI92" s="19">
+        <v>91</v>
+      </c>
     </row>
-    <row r="93" spans="1:60" s="19" customFormat="1">
+    <row r="93" spans="1:61" s="19" customFormat="1">
       <c r="A93" s="16" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B93" s="16">
         <v>2</v>
       </c>
       <c r="C93" s="16">
         <v>1</v>
       </c>
       <c r="D93" s="16">
         <v>0</v>
       </c>
       <c r="E93" s="16">
         <v>1</v>
       </c>
       <c r="F93" s="16">
         <v>0</v>
       </c>
       <c r="G93" s="16">
         <v>0</v>
       </c>
       <c r="H93" s="16">
         <v>0</v>
       </c>
       <c r="I93" s="16">
         <v>0</v>
       </c>
@@ -16715,54 +17782,57 @@
       </c>
       <c r="BA93" s="16">
         <v>0</v>
       </c>
       <c r="BB93" s="16">
         <v>0</v>
       </c>
       <c r="BC93" s="16">
         <v>0</v>
       </c>
       <c r="BD93" s="16">
         <v>0</v>
       </c>
       <c r="BE93" s="16">
         <v>4</v>
       </c>
       <c r="BF93" s="16">
         <v>0</v>
       </c>
       <c r="BG93" s="16">
         <v>0</v>
       </c>
       <c r="BH93" s="19">
         <v>2</v>
       </c>
+      <c r="BI93" s="19">
+        <v>0</v>
+      </c>
     </row>
-    <row r="94" spans="1:60" s="19" customFormat="1">
+    <row r="94" spans="1:61" s="19" customFormat="1">
       <c r="A94" s="16" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B94" s="16">
         <v>4</v>
       </c>
       <c r="C94" s="16">
         <v>6</v>
       </c>
       <c r="D94" s="16">
         <v>2</v>
       </c>
       <c r="E94" s="16">
         <v>0</v>
       </c>
       <c r="F94" s="16">
         <v>0</v>
       </c>
       <c r="G94" s="16">
         <v>4</v>
       </c>
       <c r="H94" s="16">
         <v>2</v>
       </c>
       <c r="I94" s="16">
         <v>3</v>
       </c>
@@ -16897,54 +17967,57 @@
       </c>
       <c r="BA94" s="16">
         <v>1</v>
       </c>
       <c r="BB94" s="16">
         <v>0</v>
       </c>
       <c r="BC94" s="16">
         <v>3</v>
       </c>
       <c r="BD94" s="16">
         <v>2</v>
       </c>
       <c r="BE94" s="16">
         <v>6</v>
       </c>
       <c r="BF94" s="16">
         <v>5</v>
       </c>
       <c r="BG94" s="19">
         <v>8</v>
       </c>
       <c r="BH94" s="19">
         <v>6</v>
       </c>
+      <c r="BI94" s="19">
+        <v>2</v>
+      </c>
     </row>
-    <row r="95" spans="1:60" s="19" customFormat="1">
+    <row r="95" spans="1:61" s="19" customFormat="1">
       <c r="A95" s="16" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B95" s="16">
         <v>355</v>
       </c>
       <c r="C95" s="16">
         <v>282</v>
       </c>
       <c r="D95" s="16">
         <v>308</v>
       </c>
       <c r="E95" s="16">
         <v>269</v>
       </c>
       <c r="F95" s="16">
         <v>380</v>
       </c>
       <c r="G95" s="16">
         <v>314</v>
       </c>
       <c r="H95" s="16">
         <v>325</v>
       </c>
       <c r="I95" s="16">
         <v>279</v>
       </c>
@@ -17079,54 +18152,57 @@
       </c>
       <c r="BA95" s="16">
         <v>173</v>
       </c>
       <c r="BB95" s="16">
         <v>140</v>
       </c>
       <c r="BC95" s="16">
         <v>123</v>
       </c>
       <c r="BD95" s="16">
         <v>176</v>
       </c>
       <c r="BE95" s="16">
         <v>184</v>
       </c>
       <c r="BF95" s="16">
         <v>161</v>
       </c>
       <c r="BG95" s="19">
         <v>127</v>
       </c>
       <c r="BH95" s="19">
         <v>125</v>
       </c>
+      <c r="BI95" s="19">
+        <v>151</v>
+      </c>
     </row>
-    <row r="96" spans="1:60" s="19" customFormat="1">
+    <row r="96" spans="1:61" s="19" customFormat="1">
       <c r="A96" s="16" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B96" s="16">
         <v>195</v>
       </c>
       <c r="C96" s="16">
         <v>126</v>
       </c>
       <c r="D96" s="16">
         <v>157</v>
       </c>
       <c r="E96" s="16">
         <v>137</v>
       </c>
       <c r="F96" s="16">
         <v>169</v>
       </c>
       <c r="G96" s="16">
         <v>121</v>
       </c>
       <c r="H96" s="16">
         <v>109</v>
       </c>
       <c r="I96" s="16">
         <v>139</v>
       </c>
@@ -17261,54 +18337,57 @@
       </c>
       <c r="BA96" s="16">
         <v>152</v>
       </c>
       <c r="BB96" s="16">
         <v>120</v>
       </c>
       <c r="BC96" s="16">
         <v>87</v>
       </c>
       <c r="BD96" s="16">
         <v>138</v>
       </c>
       <c r="BE96" s="16">
         <v>157</v>
       </c>
       <c r="BF96" s="16">
         <v>115</v>
       </c>
       <c r="BG96" s="19">
         <v>113</v>
       </c>
       <c r="BH96" s="19">
         <v>99</v>
       </c>
+      <c r="BI96" s="19">
+        <v>114</v>
+      </c>
     </row>
-    <row r="97" spans="1:60" s="19" customFormat="1">
+    <row r="97" spans="1:61" s="19" customFormat="1">
       <c r="A97" s="16" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B97" s="16">
         <v>65</v>
       </c>
       <c r="C97" s="16">
         <v>64</v>
       </c>
       <c r="D97" s="16">
         <v>81</v>
       </c>
       <c r="E97" s="16">
         <v>42</v>
       </c>
       <c r="F97" s="16">
         <v>73</v>
       </c>
       <c r="G97" s="16">
         <v>51</v>
       </c>
       <c r="H97" s="16">
         <v>43</v>
       </c>
       <c r="I97" s="16">
         <v>45</v>
       </c>
@@ -17443,54 +18522,57 @@
       </c>
       <c r="BA97" s="16">
         <v>59</v>
       </c>
       <c r="BB97" s="16">
         <v>43</v>
       </c>
       <c r="BC97" s="16">
         <v>32</v>
       </c>
       <c r="BD97" s="16">
         <v>50</v>
       </c>
       <c r="BE97" s="16">
         <v>69</v>
       </c>
       <c r="BF97" s="16">
         <v>56</v>
       </c>
       <c r="BG97" s="19">
         <v>54</v>
       </c>
       <c r="BH97" s="19">
         <v>58</v>
       </c>
+      <c r="BI97" s="19">
+        <v>55</v>
+      </c>
     </row>
-    <row r="98" spans="1:60" s="19" customFormat="1">
+    <row r="98" spans="1:61" s="19" customFormat="1">
       <c r="A98" s="16" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B98" s="16">
         <v>55</v>
       </c>
       <c r="C98" s="16">
         <v>33</v>
       </c>
       <c r="D98" s="16">
         <v>26</v>
       </c>
       <c r="E98" s="16">
         <v>36</v>
       </c>
       <c r="F98" s="16">
         <v>53</v>
       </c>
       <c r="G98" s="16">
         <v>29</v>
       </c>
       <c r="H98" s="16">
         <v>36</v>
       </c>
       <c r="I98" s="16">
         <v>28</v>
       </c>
@@ -17625,54 +18707,57 @@
       </c>
       <c r="BA98" s="16">
         <v>46</v>
       </c>
       <c r="BB98" s="16">
         <v>42</v>
       </c>
       <c r="BC98" s="16">
         <v>28</v>
       </c>
       <c r="BD98" s="16">
         <v>48</v>
       </c>
       <c r="BE98" s="16">
         <v>66</v>
       </c>
       <c r="BF98" s="16">
         <v>45</v>
       </c>
       <c r="BG98" s="19">
         <v>53</v>
       </c>
       <c r="BH98" s="19">
         <v>43</v>
       </c>
+      <c r="BI98" s="19">
+        <v>32</v>
+      </c>
     </row>
-    <row r="99" spans="1:60" s="19" customFormat="1">
+    <row r="99" spans="1:61" s="19" customFormat="1">
       <c r="A99" s="16" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B99" s="16">
         <v>31</v>
       </c>
       <c r="C99" s="16">
         <v>20</v>
       </c>
       <c r="D99" s="16">
         <v>28</v>
       </c>
       <c r="E99" s="16">
         <v>28</v>
       </c>
       <c r="F99" s="16">
         <v>34</v>
       </c>
       <c r="G99" s="16">
         <v>18</v>
       </c>
       <c r="H99" s="16">
         <v>19</v>
       </c>
       <c r="I99" s="16">
         <v>32</v>
       </c>
@@ -17807,54 +18892,57 @@
       </c>
       <c r="BA99" s="16">
         <v>31</v>
       </c>
       <c r="BB99" s="16">
         <v>16</v>
       </c>
       <c r="BC99" s="16">
         <v>17</v>
       </c>
       <c r="BD99" s="16">
         <v>33</v>
       </c>
       <c r="BE99" s="16">
         <v>35</v>
       </c>
       <c r="BF99" s="16">
         <v>21</v>
       </c>
       <c r="BG99" s="19">
         <v>20</v>
       </c>
       <c r="BH99" s="19">
         <v>16</v>
       </c>
+      <c r="BI99" s="19">
+        <v>32</v>
+      </c>
     </row>
-    <row r="100" spans="1:60" s="19" customFormat="1">
+    <row r="100" spans="1:61" s="19" customFormat="1">
       <c r="A100" s="16" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B100" s="16">
         <v>9</v>
       </c>
       <c r="C100" s="16">
         <v>5</v>
       </c>
       <c r="D100" s="16">
         <v>9</v>
       </c>
       <c r="E100" s="16">
         <v>13</v>
       </c>
       <c r="F100" s="16">
         <v>13</v>
       </c>
       <c r="G100" s="16">
         <v>1</v>
       </c>
       <c r="H100" s="16">
         <v>5</v>
       </c>
       <c r="I100" s="16">
         <v>11</v>
       </c>
@@ -17989,54 +19077,57 @@
       </c>
       <c r="BA100" s="16">
         <v>5</v>
       </c>
       <c r="BB100" s="16">
         <v>5</v>
       </c>
       <c r="BC100" s="16">
         <v>8</v>
       </c>
       <c r="BD100" s="16">
         <v>9</v>
       </c>
       <c r="BE100" s="16">
         <v>13</v>
       </c>
       <c r="BF100" s="16">
         <v>9</v>
       </c>
       <c r="BG100" s="19">
         <v>16</v>
       </c>
       <c r="BH100" s="19">
         <v>9</v>
       </c>
+      <c r="BI100" s="19">
+        <v>14</v>
+      </c>
     </row>
-    <row r="101" spans="1:60" s="19" customFormat="1">
+    <row r="101" spans="1:61" s="19" customFormat="1">
       <c r="A101" s="16" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B101" s="16">
         <v>24</v>
       </c>
       <c r="C101" s="16">
         <v>16</v>
       </c>
       <c r="D101" s="16">
         <v>29</v>
       </c>
       <c r="E101" s="16">
         <v>34</v>
       </c>
       <c r="F101" s="16">
         <v>26</v>
       </c>
       <c r="G101" s="16">
         <v>21</v>
       </c>
       <c r="H101" s="16">
         <v>23</v>
       </c>
       <c r="I101" s="16">
         <v>26</v>
       </c>
@@ -18171,54 +19262,57 @@
       </c>
       <c r="BA101" s="16">
         <v>71</v>
       </c>
       <c r="BB101" s="16">
         <v>40</v>
       </c>
       <c r="BC101" s="16">
         <v>26</v>
       </c>
       <c r="BD101" s="16">
         <v>36</v>
       </c>
       <c r="BE101" s="16">
         <v>80</v>
       </c>
       <c r="BF101" s="16">
         <v>36</v>
       </c>
       <c r="BG101" s="19">
         <v>48</v>
       </c>
       <c r="BH101" s="19">
         <v>61</v>
       </c>
+      <c r="BI101" s="19">
+        <v>44</v>
+      </c>
     </row>
-    <row r="102" spans="1:60" s="19" customFormat="1">
+    <row r="102" spans="1:61" s="19" customFormat="1">
       <c r="A102" s="16" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B102" s="16">
         <v>93</v>
       </c>
       <c r="C102" s="16">
         <v>69</v>
       </c>
       <c r="D102" s="16">
         <v>71</v>
       </c>
       <c r="E102" s="16">
         <v>106</v>
       </c>
       <c r="F102" s="16">
         <v>81</v>
       </c>
       <c r="G102" s="16">
         <v>62</v>
       </c>
       <c r="H102" s="16">
         <v>67</v>
       </c>
       <c r="I102" s="16">
         <v>112</v>
       </c>
@@ -18353,54 +19447,57 @@
       </c>
       <c r="BA102" s="16">
         <v>91</v>
       </c>
       <c r="BB102" s="16">
         <v>70</v>
       </c>
       <c r="BC102" s="16">
         <v>65</v>
       </c>
       <c r="BD102" s="16">
         <v>80</v>
       </c>
       <c r="BE102" s="16">
         <v>113</v>
       </c>
       <c r="BF102" s="16">
         <v>62</v>
       </c>
       <c r="BG102" s="19">
         <v>53</v>
       </c>
       <c r="BH102" s="19">
         <v>52</v>
       </c>
+      <c r="BI102" s="19">
+        <v>82</v>
+      </c>
     </row>
-    <row r="103" spans="1:60" s="19" customFormat="1">
+    <row r="103" spans="1:61" s="19" customFormat="1">
       <c r="A103" s="16" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B103" s="16">
         <v>200</v>
       </c>
       <c r="C103" s="16">
         <v>183</v>
       </c>
       <c r="D103" s="16">
         <v>196</v>
       </c>
       <c r="E103" s="16">
         <v>150</v>
       </c>
       <c r="F103" s="16">
         <v>245</v>
       </c>
       <c r="G103" s="16">
         <v>241</v>
       </c>
       <c r="H103" s="16">
         <v>217</v>
       </c>
       <c r="I103" s="16">
         <v>237</v>
       </c>
@@ -18535,54 +19632,57 @@
       </c>
       <c r="BA103" s="16">
         <v>232</v>
       </c>
       <c r="BB103" s="16">
         <v>257</v>
       </c>
       <c r="BC103" s="16">
         <v>216</v>
       </c>
       <c r="BD103" s="16">
         <v>282</v>
       </c>
       <c r="BE103" s="16">
         <v>250</v>
       </c>
       <c r="BF103" s="16">
         <v>222</v>
       </c>
       <c r="BG103" s="19">
         <v>169</v>
       </c>
       <c r="BH103" s="19">
         <v>219</v>
       </c>
+      <c r="BI103" s="19">
+        <v>169</v>
+      </c>
     </row>
-    <row r="104" spans="1:60" s="19" customFormat="1">
+    <row r="104" spans="1:61" s="19" customFormat="1">
       <c r="A104" s="16" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="B104" s="16">
         <v>0</v>
       </c>
       <c r="C104" s="16">
         <v>0</v>
       </c>
       <c r="D104" s="16">
         <v>0</v>
       </c>
       <c r="E104" s="16">
         <v>0</v>
       </c>
       <c r="F104" s="16">
         <v>0</v>
       </c>
       <c r="G104" s="16">
         <v>0</v>
       </c>
       <c r="H104" s="16">
         <v>0</v>
       </c>
       <c r="I104" s="16">
         <v>0</v>
       </c>
@@ -18717,54 +19817,57 @@
       </c>
       <c r="BA104" s="16">
         <v>0</v>
       </c>
       <c r="BB104" s="16">
         <v>0</v>
       </c>
       <c r="BC104" s="16">
         <v>0</v>
       </c>
       <c r="BD104" s="16">
         <v>0</v>
       </c>
       <c r="BE104" s="16">
         <v>0</v>
       </c>
       <c r="BF104" s="16">
         <v>0</v>
       </c>
       <c r="BG104" s="16">
         <v>0</v>
       </c>
       <c r="BH104" s="16">
         <v>0</v>
       </c>
+      <c r="BI104" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="105" spans="1:60" s="19" customFormat="1">
+    <row r="105" spans="1:61" s="19" customFormat="1">
       <c r="A105" s="16" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B105" s="16">
         <v>66</v>
       </c>
       <c r="C105" s="16">
         <v>47</v>
       </c>
       <c r="D105" s="16">
         <v>57</v>
       </c>
       <c r="E105" s="16">
         <v>65</v>
       </c>
       <c r="F105" s="16">
         <v>67</v>
       </c>
       <c r="G105" s="16">
         <v>46</v>
       </c>
       <c r="H105" s="16">
         <v>54</v>
       </c>
       <c r="I105" s="16">
         <v>98</v>
       </c>
@@ -18899,54 +20002,57 @@
       </c>
       <c r="BA105" s="16">
         <v>76</v>
       </c>
       <c r="BB105" s="16">
         <v>38</v>
       </c>
       <c r="BC105" s="16">
         <v>69</v>
       </c>
       <c r="BD105" s="16">
         <v>63</v>
       </c>
       <c r="BE105" s="16">
         <v>79</v>
       </c>
       <c r="BF105" s="16">
         <v>47</v>
       </c>
       <c r="BG105" s="19">
         <v>42</v>
       </c>
       <c r="BH105" s="19">
         <v>38</v>
       </c>
+      <c r="BI105" s="19">
+        <v>46</v>
+      </c>
     </row>
-    <row r="106" spans="1:60" s="19" customFormat="1">
+    <row r="106" spans="1:61" s="19" customFormat="1">
       <c r="A106" s="16" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B106" s="16">
         <v>82</v>
       </c>
       <c r="C106" s="16">
         <v>84</v>
       </c>
       <c r="D106" s="16">
         <v>95</v>
       </c>
       <c r="E106" s="16">
         <v>85</v>
       </c>
       <c r="F106" s="16">
         <v>86</v>
       </c>
       <c r="G106" s="16">
         <v>80</v>
       </c>
       <c r="H106" s="16">
         <v>78</v>
       </c>
       <c r="I106" s="16">
         <v>76</v>
       </c>
@@ -19081,54 +20187,57 @@
       </c>
       <c r="BA106" s="16">
         <v>147</v>
       </c>
       <c r="BB106" s="16">
         <v>136</v>
       </c>
       <c r="BC106" s="16">
         <v>181</v>
       </c>
       <c r="BD106" s="16">
         <v>188</v>
       </c>
       <c r="BE106" s="16">
         <v>166</v>
       </c>
       <c r="BF106" s="16">
         <v>104</v>
       </c>
       <c r="BG106" s="19">
         <v>89</v>
       </c>
       <c r="BH106" s="19">
         <v>99</v>
       </c>
+      <c r="BI106" s="19">
+        <v>122</v>
+      </c>
     </row>
-    <row r="107" spans="1:60" s="19" customFormat="1">
+    <row r="107" spans="1:61" s="19" customFormat="1">
       <c r="A107" s="16" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B107" s="16">
         <v>42</v>
       </c>
       <c r="C107" s="16">
         <v>32</v>
       </c>
       <c r="D107" s="16">
         <v>45</v>
       </c>
       <c r="E107" s="16">
         <v>51</v>
       </c>
       <c r="F107" s="16">
         <v>47</v>
       </c>
       <c r="G107" s="16">
         <v>34</v>
       </c>
       <c r="H107" s="16">
         <v>50</v>
       </c>
       <c r="I107" s="16">
         <v>48</v>
       </c>
@@ -19263,54 +20372,57 @@
       </c>
       <c r="BA107" s="16">
         <v>51</v>
       </c>
       <c r="BB107" s="16">
         <v>49</v>
       </c>
       <c r="BC107" s="16">
         <v>55</v>
       </c>
       <c r="BD107" s="16">
         <v>67</v>
       </c>
       <c r="BE107" s="16">
         <v>97</v>
       </c>
       <c r="BF107" s="16">
         <v>38</v>
       </c>
       <c r="BG107" s="19">
         <v>24</v>
       </c>
       <c r="BH107" s="19">
         <v>26</v>
       </c>
+      <c r="BI107" s="19">
+        <v>30</v>
+      </c>
     </row>
-    <row r="108" spans="1:60" s="19" customFormat="1">
+    <row r="108" spans="1:61" s="19" customFormat="1">
       <c r="A108" s="16" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B108" s="16">
         <v>64</v>
       </c>
       <c r="C108" s="16">
         <v>48</v>
       </c>
       <c r="D108" s="16">
         <v>30</v>
       </c>
       <c r="E108" s="16">
         <v>57</v>
       </c>
       <c r="F108" s="16">
         <v>50</v>
       </c>
       <c r="G108" s="16">
         <v>43</v>
       </c>
       <c r="H108" s="16">
         <v>41</v>
       </c>
       <c r="I108" s="16">
         <v>39</v>
       </c>
@@ -19445,54 +20557,57 @@
       </c>
       <c r="BA108" s="16">
         <v>38</v>
       </c>
       <c r="BB108" s="16">
         <v>47</v>
       </c>
       <c r="BC108" s="16">
         <v>43</v>
       </c>
       <c r="BD108" s="16">
         <v>91</v>
       </c>
       <c r="BE108" s="16">
         <v>276</v>
       </c>
       <c r="BF108" s="16">
         <v>28</v>
       </c>
       <c r="BG108" s="19">
         <v>27</v>
       </c>
       <c r="BH108" s="19">
         <v>35</v>
       </c>
+      <c r="BI108" s="19">
+        <v>40</v>
+      </c>
     </row>
-    <row r="109" spans="1:60" s="19" customFormat="1">
+    <row r="109" spans="1:61" s="19" customFormat="1">
       <c r="A109" s="16" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B109" s="16">
         <v>0</v>
       </c>
       <c r="C109" s="16">
         <v>0</v>
       </c>
       <c r="D109" s="16">
         <v>0</v>
       </c>
       <c r="E109" s="16">
         <v>0</v>
       </c>
       <c r="F109" s="16">
         <v>0</v>
       </c>
       <c r="G109" s="16">
         <v>0</v>
       </c>
       <c r="H109" s="16">
         <v>0</v>
       </c>
       <c r="I109" s="16">
         <v>0</v>
       </c>
@@ -19625,53 +20740,53 @@
       <c r="AZ109" s="16">
         <v>0</v>
       </c>
       <c r="BA109" s="16">
         <v>0</v>
       </c>
       <c r="BB109" s="16">
         <v>0</v>
       </c>
       <c r="BC109" s="16">
         <v>0</v>
       </c>
       <c r="BD109" s="16">
         <v>0</v>
       </c>
       <c r="BE109" s="16">
         <v>0</v>
       </c>
       <c r="BF109" s="16">
         <v>0</v>
       </c>
       <c r="BG109" s="16">
         <v>0</v>
       </c>
     </row>
-    <row r="110" spans="1:60">
+    <row r="110" spans="1:61">
       <c r="A110" s="25" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B110" s="25"/>
       <c r="C110" s="25"/>
       <c r="D110" s="25"/>
       <c r="E110" s="25"/>
       <c r="F110" s="25"/>
       <c r="G110" s="25"/>
       <c r="H110" s="25"/>
       <c r="I110" s="25"/>
       <c r="J110" s="25"/>
       <c r="K110" s="25"/>
       <c r="L110" s="25"/>
       <c r="M110" s="25"/>
       <c r="N110" s="25"/>
       <c r="O110" s="25"/>
       <c r="P110" s="25"/>
       <c r="Q110" s="25"/>
       <c r="R110" s="25"/>
       <c r="S110" s="25"/>
       <c r="T110" s="25"/>
       <c r="U110" s="25"/>
       <c r="V110" s="25"/>
       <c r="W110" s="25"/>
       <c r="X110" s="25"/>
       <c r="Y110" s="25"/>
@@ -19683,294 +20798,298 @@
       <c r="AE110" s="25"/>
       <c r="AF110" s="25"/>
       <c r="AG110" s="25"/>
       <c r="AH110" s="25"/>
       <c r="AI110" s="25"/>
       <c r="AJ110" s="25"/>
       <c r="AK110" s="25"/>
       <c r="AL110" s="25"/>
       <c r="AM110" s="25"/>
       <c r="AN110" s="25"/>
       <c r="AO110" s="25"/>
       <c r="AP110" s="25"/>
       <c r="AQ110" s="25"/>
       <c r="AR110" s="25"/>
       <c r="AS110" s="25"/>
       <c r="AT110" s="25"/>
       <c r="AU110" s="25"/>
       <c r="AV110" s="25"/>
       <c r="AW110" s="25"/>
       <c r="AX110" s="25"/>
       <c r="AY110" s="25"/>
       <c r="AZ110" s="25"/>
       <c r="BA110" s="25"/>
       <c r="BB110" s="25"/>
     </row>
-    <row r="111" spans="1:60" s="28" customFormat="1" ht="15.75">
+    <row r="111" spans="1:61" s="28" customFormat="1" ht="15.6">
       <c r="A111" s="11" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="B111" s="27">
-        <f t="shared" ref="B111:BH111" si="15">SUM(B112:B130)</f>
+        <f t="shared" ref="B111:BH111" si="71">SUM(B112:B130)</f>
         <v>1494</v>
       </c>
       <c r="C111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1147</v>
       </c>
       <c r="D111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1329</v>
       </c>
       <c r="E111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1224</v>
       </c>
       <c r="F111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1546</v>
       </c>
       <c r="G111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1216</v>
       </c>
       <c r="H111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1250</v>
       </c>
       <c r="I111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1324</v>
       </c>
       <c r="J111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1623</v>
       </c>
       <c r="K111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1288</v>
       </c>
       <c r="L111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1245</v>
       </c>
       <c r="M111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1585</v>
       </c>
       <c r="N111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1467</v>
       </c>
       <c r="O111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1453</v>
       </c>
       <c r="P111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1366</v>
       </c>
       <c r="Q111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1453</v>
       </c>
       <c r="R111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1456</v>
       </c>
       <c r="S111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>2878</v>
       </c>
       <c r="T111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1305</v>
       </c>
       <c r="U111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1467</v>
       </c>
       <c r="V111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1290</v>
       </c>
       <c r="W111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1280</v>
       </c>
       <c r="X111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1332</v>
       </c>
       <c r="Y111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>2302</v>
       </c>
       <c r="Z111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>2553</v>
       </c>
       <c r="AA111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1033</v>
       </c>
       <c r="AB111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1220</v>
       </c>
       <c r="AC111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1229</v>
       </c>
       <c r="AD111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1507</v>
       </c>
       <c r="AE111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1083</v>
       </c>
       <c r="AF111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1075</v>
       </c>
       <c r="AG111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1320</v>
       </c>
       <c r="AH111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1107</v>
       </c>
       <c r="AI111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1639</v>
       </c>
       <c r="AJ111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1383</v>
       </c>
       <c r="AK111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1572</v>
       </c>
       <c r="AL111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1122</v>
       </c>
       <c r="AM111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>953</v>
       </c>
       <c r="AN111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1221</v>
       </c>
       <c r="AO111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1335</v>
       </c>
       <c r="AP111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>812</v>
       </c>
       <c r="AQ111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1048</v>
       </c>
       <c r="AR111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1017</v>
       </c>
       <c r="AS111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1300</v>
       </c>
       <c r="AT111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1104</v>
       </c>
       <c r="AU111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1419</v>
       </c>
       <c r="AV111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1406</v>
       </c>
       <c r="AW111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1375</v>
       </c>
       <c r="AX111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1365</v>
       </c>
       <c r="AY111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1381</v>
       </c>
       <c r="AZ111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1149</v>
       </c>
       <c r="BA111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1373</v>
       </c>
       <c r="BB111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1193</v>
       </c>
       <c r="BC111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1164</v>
       </c>
       <c r="BD111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1487</v>
       </c>
       <c r="BE111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1829</v>
       </c>
       <c r="BF111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1158</v>
       </c>
       <c r="BG111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1014</v>
       </c>
       <c r="BH111" s="27">
-        <f t="shared" si="15"/>
+        <f t="shared" si="71"/>
         <v>1043</v>
       </c>
+      <c r="BI111" s="27">
+        <f t="shared" ref="BI111" si="72">SUM(BI112:BI130)</f>
+        <v>1114</v>
+      </c>
     </row>
-    <row r="112" spans="1:60">
+    <row r="112" spans="1:61">
       <c r="A112" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B112" s="16">
         <v>1327</v>
       </c>
       <c r="C112" s="16">
         <v>1021</v>
       </c>
       <c r="D112" s="16">
         <v>1195</v>
       </c>
       <c r="E112" s="16">
         <v>1070</v>
       </c>
       <c r="F112" s="16">
         <v>1406</v>
       </c>
       <c r="G112" s="16">
         <v>1091</v>
       </c>
       <c r="H112" s="16">
         <v>1151</v>
       </c>
       <c r="I112" s="16">
         <v>1194</v>
       </c>
@@ -20105,54 +21224,57 @@
       </c>
       <c r="BA112" s="16">
         <v>1104</v>
       </c>
       <c r="BB112" s="16">
         <v>1008</v>
       </c>
       <c r="BC112" s="16">
         <v>1038</v>
       </c>
       <c r="BD112" s="16">
         <v>1224</v>
       </c>
       <c r="BE112" s="16">
         <v>1224</v>
       </c>
       <c r="BF112" s="16">
         <v>922</v>
       </c>
       <c r="BG112">
         <v>794</v>
       </c>
       <c r="BH112">
         <v>832</v>
       </c>
+      <c r="BI112">
+        <v>837</v>
+      </c>
     </row>
-    <row r="113" spans="1:60">
+    <row r="113" spans="1:61">
       <c r="A113" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B113" s="16">
         <v>0</v>
       </c>
       <c r="C113" s="16">
         <v>0</v>
       </c>
       <c r="D113" s="16">
         <v>0</v>
       </c>
       <c r="E113" s="16">
         <v>1</v>
       </c>
       <c r="F113" s="16">
         <v>2</v>
       </c>
       <c r="G113" s="16">
         <v>0</v>
       </c>
       <c r="H113" s="16">
         <v>0</v>
       </c>
       <c r="I113" s="16">
         <v>1</v>
       </c>
@@ -20287,54 +21409,57 @@
       </c>
       <c r="BA113" s="16">
         <v>0</v>
       </c>
       <c r="BB113" s="16">
         <v>0</v>
       </c>
       <c r="BC113" s="16">
         <v>0</v>
       </c>
       <c r="BD113" s="16">
         <v>0</v>
       </c>
       <c r="BE113" s="16">
         <v>0</v>
       </c>
       <c r="BF113" s="16">
         <v>0</v>
       </c>
       <c r="BG113" s="16">
         <v>0</v>
       </c>
       <c r="BH113" s="16">
         <v>0</v>
       </c>
+      <c r="BI113" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="114" spans="1:60">
+    <row r="114" spans="1:61">
       <c r="A114" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B114" s="16">
         <v>0</v>
       </c>
       <c r="C114" s="16">
         <v>0</v>
       </c>
       <c r="D114" s="16">
         <v>0</v>
       </c>
       <c r="E114" s="16">
         <v>0</v>
       </c>
       <c r="F114" s="16">
         <v>0</v>
       </c>
       <c r="G114" s="16">
         <v>0</v>
       </c>
       <c r="H114" s="16">
         <v>0</v>
       </c>
       <c r="I114" s="16">
         <v>0</v>
       </c>
@@ -20469,54 +21594,57 @@
       </c>
       <c r="BA114" s="16">
         <v>0</v>
       </c>
       <c r="BB114" s="16">
         <v>0</v>
       </c>
       <c r="BC114" s="16">
         <v>0</v>
       </c>
       <c r="BD114" s="16">
         <v>0</v>
       </c>
       <c r="BE114" s="16">
         <v>0</v>
       </c>
       <c r="BF114" s="16">
         <v>0</v>
       </c>
       <c r="BG114" s="16">
         <v>0</v>
       </c>
       <c r="BH114" s="16">
         <v>0</v>
       </c>
+      <c r="BI114" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="115" spans="1:60">
+    <row r="115" spans="1:61">
       <c r="A115" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B115" s="16">
         <v>5</v>
       </c>
       <c r="C115" s="16">
         <v>3</v>
       </c>
       <c r="D115" s="16">
         <v>5</v>
       </c>
       <c r="E115" s="16">
         <v>4</v>
       </c>
       <c r="F115" s="16">
         <v>5</v>
       </c>
       <c r="G115" s="16">
         <v>2</v>
       </c>
       <c r="H115" s="16">
         <v>5</v>
       </c>
       <c r="I115" s="16">
         <v>3</v>
       </c>
@@ -20651,236 +21779,242 @@
       </c>
       <c r="BA115" s="16">
         <v>0</v>
       </c>
       <c r="BB115" s="16">
         <v>0</v>
       </c>
       <c r="BC115" s="16">
         <v>0</v>
       </c>
       <c r="BD115" s="16">
         <v>0</v>
       </c>
       <c r="BE115" s="16">
         <v>0</v>
       </c>
       <c r="BF115" s="16">
         <v>0</v>
       </c>
       <c r="BG115" s="16">
         <v>0</v>
       </c>
       <c r="BH115" s="16">
         <v>0</v>
       </c>
+      <c r="BI115" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="116" spans="1:60">
+    <row r="116" spans="1:61">
       <c r="A116" t="s">
+        <v>95</v>
+      </c>
+      <c r="B116" s="16">
+        <v>0</v>
+      </c>
+      <c r="C116" s="16">
+        <v>0</v>
+      </c>
+      <c r="D116" s="16">
+        <v>0</v>
+      </c>
+      <c r="E116" s="16">
+        <v>0</v>
+      </c>
+      <c r="F116" s="16">
+        <v>0</v>
+      </c>
+      <c r="G116" s="16">
+        <v>0</v>
+      </c>
+      <c r="H116" s="16">
+        <v>0</v>
+      </c>
+      <c r="I116" s="16">
+        <v>0</v>
+      </c>
+      <c r="J116" s="16">
+        <v>0</v>
+      </c>
+      <c r="K116" s="16">
+        <v>0</v>
+      </c>
+      <c r="L116" s="16">
+        <v>0</v>
+      </c>
+      <c r="M116" s="16">
+        <v>0</v>
+      </c>
+      <c r="N116" s="16">
+        <v>0</v>
+      </c>
+      <c r="O116" s="16">
+        <v>0</v>
+      </c>
+      <c r="P116" s="16">
+        <v>0</v>
+      </c>
+      <c r="Q116" s="16">
+        <v>0</v>
+      </c>
+      <c r="R116" s="16">
+        <v>0</v>
+      </c>
+      <c r="S116" s="16">
+        <v>0</v>
+      </c>
+      <c r="T116" s="16">
+        <v>0</v>
+      </c>
+      <c r="U116" s="16">
+        <v>0</v>
+      </c>
+      <c r="V116" s="16">
+        <v>0</v>
+      </c>
+      <c r="W116" s="16">
+        <v>0</v>
+      </c>
+      <c r="X116" s="16">
+        <v>0</v>
+      </c>
+      <c r="Y116" s="16">
+        <v>1</v>
+      </c>
+      <c r="Z116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AA116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AB116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AC116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AD116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AE116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AF116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AG116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AH116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AI116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AJ116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AK116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AL116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AM116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AN116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AO116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AP116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AQ116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AR116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AS116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AT116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AU116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AV116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AW116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AX116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AY116" s="16">
+        <v>0</v>
+      </c>
+      <c r="AZ116" s="16">
+        <v>0</v>
+      </c>
+      <c r="BA116" s="16">
+        <v>0</v>
+      </c>
+      <c r="BB116" s="16">
+        <v>0</v>
+      </c>
+      <c r="BC116" s="16">
+        <v>0</v>
+      </c>
+      <c r="BD116" s="16">
+        <v>0</v>
+      </c>
+      <c r="BE116" s="16">
+        <v>0</v>
+      </c>
+      <c r="BF116" s="16">
+        <v>0</v>
+      </c>
+      <c r="BG116" s="16">
+        <v>0</v>
+      </c>
+      <c r="BH116" s="16">
+        <v>0</v>
+      </c>
+      <c r="BI116" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:61">
+      <c r="A117" t="s">
         <v>99</v>
-      </c>
-[...180 lines deleted...]
-        <v>103</v>
       </c>
       <c r="B117" s="16">
         <v>123</v>
       </c>
       <c r="C117" s="16">
         <v>101</v>
       </c>
       <c r="D117" s="16">
         <v>97</v>
       </c>
       <c r="E117" s="16">
         <v>111</v>
       </c>
       <c r="F117" s="16">
         <v>98</v>
       </c>
       <c r="G117" s="16">
         <v>93</v>
       </c>
       <c r="H117" s="16">
         <v>66</v>
       </c>
       <c r="I117" s="16">
         <v>94</v>
       </c>
@@ -21015,54 +22149,57 @@
       </c>
       <c r="BA117" s="16">
         <v>204</v>
       </c>
       <c r="BB117" s="16">
         <v>138</v>
       </c>
       <c r="BC117" s="16">
         <v>94</v>
       </c>
       <c r="BD117" s="16">
         <v>174</v>
       </c>
       <c r="BE117" s="16">
         <v>239</v>
       </c>
       <c r="BF117" s="16">
         <v>196</v>
       </c>
       <c r="BG117" s="16">
         <v>167</v>
       </c>
       <c r="BH117">
         <v>139</v>
       </c>
+      <c r="BI117">
+        <v>216</v>
+      </c>
     </row>
-    <row r="118" spans="1:60">
+    <row r="118" spans="1:61">
       <c r="A118" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B118" s="16">
         <v>4</v>
       </c>
       <c r="C118" s="16">
         <v>0</v>
       </c>
       <c r="D118" s="16">
         <v>0</v>
       </c>
       <c r="E118" s="16">
         <v>3</v>
       </c>
       <c r="F118" s="16">
         <v>5</v>
       </c>
       <c r="G118" s="16">
         <v>1</v>
       </c>
       <c r="H118" s="16">
         <v>1</v>
       </c>
       <c r="I118" s="16">
         <v>3</v>
       </c>
@@ -21194,57 +22331,60 @@
       </c>
       <c r="AZ118" s="16">
         <v>1</v>
       </c>
       <c r="BA118" s="16">
         <v>0</v>
       </c>
       <c r="BB118" s="16">
         <v>0</v>
       </c>
       <c r="BC118" s="16">
         <v>1</v>
       </c>
       <c r="BD118" s="16">
         <v>0</v>
       </c>
       <c r="BE118" s="16">
         <v>2</v>
       </c>
       <c r="BF118" s="16">
         <v>0</v>
       </c>
       <c r="BG118" s="16">
         <v>1</v>
       </c>
-      <c r="BH118">
-        <v>0</v>
+      <c r="BH118" s="32" t="s">
+        <v>118</v>
+      </c>
+      <c r="BI118" s="32" t="s">
+        <v>118</v>
       </c>
     </row>
-    <row r="119" spans="1:60">
+    <row r="119" spans="1:61">
       <c r="A119" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B119" s="16">
         <v>5</v>
       </c>
       <c r="C119" s="16">
         <v>6</v>
       </c>
       <c r="D119" s="16">
         <v>1</v>
       </c>
       <c r="E119" s="16">
         <v>2</v>
       </c>
       <c r="F119" s="16">
         <v>3</v>
       </c>
       <c r="G119" s="16">
         <v>4</v>
       </c>
       <c r="H119" s="16">
         <v>4</v>
       </c>
       <c r="I119" s="16">
         <v>4</v>
       </c>
@@ -21379,54 +22519,57 @@
       </c>
       <c r="BA119" s="16">
         <v>9</v>
       </c>
       <c r="BB119" s="16">
         <v>3</v>
       </c>
       <c r="BC119" s="16">
         <v>7</v>
       </c>
       <c r="BD119" s="16">
         <v>6</v>
       </c>
       <c r="BE119" s="16">
         <v>16</v>
       </c>
       <c r="BF119" s="16">
         <v>7</v>
       </c>
       <c r="BG119" s="16">
         <v>7</v>
       </c>
       <c r="BH119">
         <v>14</v>
       </c>
+      <c r="BI119">
+        <v>8</v>
+      </c>
     </row>
-    <row r="120" spans="1:60">
+    <row r="120" spans="1:61">
       <c r="A120" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="B120" s="16">
         <v>2</v>
       </c>
       <c r="C120" s="16">
         <v>3</v>
       </c>
       <c r="D120" s="16">
         <v>1</v>
       </c>
       <c r="E120" s="16">
         <v>3</v>
       </c>
       <c r="F120" s="16">
         <v>1</v>
       </c>
       <c r="G120" s="16">
         <v>0</v>
       </c>
       <c r="H120" s="16">
         <v>2</v>
       </c>
       <c r="I120" s="16">
         <v>0</v>
       </c>
@@ -21561,54 +22704,57 @@
       </c>
       <c r="BA120" s="16">
         <v>0</v>
       </c>
       <c r="BB120" s="16">
         <v>0</v>
       </c>
       <c r="BC120" s="16">
         <v>0</v>
       </c>
       <c r="BD120" s="16">
         <v>0</v>
       </c>
       <c r="BE120" s="16">
         <v>0</v>
       </c>
       <c r="BF120" s="16">
         <v>0</v>
       </c>
       <c r="BG120" s="16">
         <v>0</v>
       </c>
       <c r="BH120" s="16">
         <v>0</v>
       </c>
+      <c r="BI120" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="121" spans="1:60">
+    <row r="121" spans="1:61">
       <c r="A121" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B121" s="16">
         <v>0</v>
       </c>
       <c r="C121" s="16">
         <v>0</v>
       </c>
       <c r="D121" s="16">
         <v>0</v>
       </c>
       <c r="E121" s="16">
         <v>0</v>
       </c>
       <c r="F121" s="16">
         <v>0</v>
       </c>
       <c r="G121" s="16">
         <v>0</v>
       </c>
       <c r="H121" s="16">
         <v>0</v>
       </c>
       <c r="I121" s="16">
         <v>0</v>
       </c>
@@ -21743,54 +22889,57 @@
       </c>
       <c r="BA121" s="16">
         <v>0</v>
       </c>
       <c r="BB121" s="16">
         <v>0</v>
       </c>
       <c r="BC121" s="16">
         <v>0</v>
       </c>
       <c r="BD121" s="16">
         <v>0</v>
       </c>
       <c r="BE121" s="16">
         <v>0</v>
       </c>
       <c r="BF121" s="16">
         <v>0</v>
       </c>
       <c r="BG121" s="16">
         <v>0</v>
       </c>
       <c r="BH121" s="16">
         <v>0</v>
       </c>
+      <c r="BI121" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="122" spans="1:60">
+    <row r="122" spans="1:61">
       <c r="A122" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="B122" s="16">
         <v>22</v>
       </c>
       <c r="C122" s="16">
         <v>12</v>
       </c>
       <c r="D122" s="16">
         <v>28</v>
       </c>
       <c r="E122" s="16">
         <v>25</v>
       </c>
       <c r="F122" s="16">
         <v>21</v>
       </c>
       <c r="G122" s="16">
         <v>19</v>
       </c>
       <c r="H122" s="16">
         <v>16</v>
       </c>
       <c r="I122" s="16">
         <v>22</v>
       </c>
@@ -21925,54 +23074,57 @@
       </c>
       <c r="BA122" s="16">
         <v>50</v>
       </c>
       <c r="BB122" s="16">
         <v>35</v>
       </c>
       <c r="BC122" s="16">
         <v>23</v>
       </c>
       <c r="BD122" s="16">
         <v>33</v>
       </c>
       <c r="BE122" s="16">
         <v>69</v>
       </c>
       <c r="BF122" s="16">
         <v>30</v>
       </c>
       <c r="BG122" s="16">
         <v>39</v>
       </c>
       <c r="BH122">
         <v>53</v>
       </c>
+      <c r="BI122">
+        <v>47</v>
+      </c>
     </row>
-    <row r="123" spans="1:60">
+    <row r="123" spans="1:61">
       <c r="A123" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B123" s="16">
         <v>1</v>
       </c>
       <c r="C123" s="16">
         <v>0</v>
       </c>
       <c r="D123" s="16">
         <v>0</v>
       </c>
       <c r="E123" s="16">
         <v>0</v>
       </c>
       <c r="F123" s="16">
         <v>1</v>
       </c>
       <c r="G123" s="16">
         <v>2</v>
       </c>
       <c r="H123" s="16">
         <v>0</v>
       </c>
       <c r="I123" s="16">
         <v>0</v>
       </c>
@@ -22107,54 +23259,57 @@
       </c>
       <c r="BA123" s="16">
         <v>0</v>
       </c>
       <c r="BB123" s="16">
         <v>0</v>
       </c>
       <c r="BC123" s="16">
         <v>0</v>
       </c>
       <c r="BD123" s="16">
         <v>0</v>
       </c>
       <c r="BE123" s="16">
         <v>2</v>
       </c>
       <c r="BF123" s="16">
         <v>0</v>
       </c>
       <c r="BG123" s="16">
         <v>0</v>
       </c>
       <c r="BH123">
         <v>3</v>
       </c>
+      <c r="BI123" s="32" t="s">
+        <v>118</v>
+      </c>
     </row>
-    <row r="124" spans="1:60">
+    <row r="124" spans="1:61">
       <c r="A124" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="B124" s="16">
         <v>0</v>
       </c>
       <c r="C124" s="16">
         <v>0</v>
       </c>
       <c r="D124" s="16">
         <v>0</v>
       </c>
       <c r="E124" s="16">
         <v>1</v>
       </c>
       <c r="F124" s="16">
         <v>0</v>
       </c>
       <c r="G124" s="16">
         <v>0</v>
       </c>
       <c r="H124" s="16">
         <v>0</v>
       </c>
       <c r="I124" s="16">
         <v>0</v>
       </c>
@@ -22289,54 +23444,57 @@
       </c>
       <c r="BA124" s="16">
         <v>0</v>
       </c>
       <c r="BB124" s="16">
         <v>0</v>
       </c>
       <c r="BC124" s="16">
         <v>0</v>
       </c>
       <c r="BD124" s="16">
         <v>0</v>
       </c>
       <c r="BE124" s="16">
         <v>0</v>
       </c>
       <c r="BF124" s="16">
         <v>0</v>
       </c>
       <c r="BG124" s="16">
         <v>0</v>
       </c>
       <c r="BH124" s="16">
         <v>0</v>
       </c>
+      <c r="BI124" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="125" spans="1:60">
+    <row r="125" spans="1:61">
       <c r="A125" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B125" s="16">
         <v>0</v>
       </c>
       <c r="C125" s="16">
         <v>0</v>
       </c>
       <c r="D125" s="16">
         <v>0</v>
       </c>
       <c r="E125" s="16">
         <v>0</v>
       </c>
       <c r="F125" s="16">
         <v>0</v>
       </c>
       <c r="G125" s="16">
         <v>0</v>
       </c>
       <c r="H125" s="16">
         <v>0</v>
       </c>
       <c r="I125" s="16">
         <v>0</v>
       </c>
@@ -22471,54 +23629,57 @@
       </c>
       <c r="BA125" s="16">
         <v>0</v>
       </c>
       <c r="BB125" s="16">
         <v>0</v>
       </c>
       <c r="BC125" s="16">
         <v>0</v>
       </c>
       <c r="BD125" s="16">
         <v>0</v>
       </c>
       <c r="BE125" s="16">
         <v>0</v>
       </c>
       <c r="BF125" s="16">
         <v>0</v>
       </c>
       <c r="BG125" s="16">
         <v>0</v>
       </c>
       <c r="BH125" s="16">
         <v>0</v>
       </c>
+      <c r="BI125" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="126" spans="1:60">
+    <row r="126" spans="1:61">
       <c r="A126" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B126" s="16">
         <v>1</v>
       </c>
       <c r="C126" s="16">
         <v>0</v>
       </c>
       <c r="D126" s="16">
         <v>0</v>
       </c>
       <c r="E126" s="16">
         <v>0</v>
       </c>
       <c r="F126" s="16">
         <v>0</v>
       </c>
       <c r="G126" s="16">
         <v>0</v>
       </c>
       <c r="H126" s="16">
         <v>0</v>
       </c>
       <c r="I126" s="16">
         <v>0</v>
       </c>
@@ -22653,54 +23814,57 @@
       </c>
       <c r="BA126" s="16">
         <v>0</v>
       </c>
       <c r="BB126" s="16">
         <v>0</v>
       </c>
       <c r="BC126" s="16">
         <v>0</v>
       </c>
       <c r="BD126" s="16">
         <v>2</v>
       </c>
       <c r="BE126" s="16">
         <v>1</v>
       </c>
       <c r="BF126" s="16">
         <v>0</v>
       </c>
       <c r="BG126" s="16">
         <v>0</v>
       </c>
       <c r="BH126" s="16">
         <v>0</v>
       </c>
+      <c r="BI126" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="127" spans="1:60">
+    <row r="127" spans="1:61">
       <c r="A127" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B127" s="16">
         <v>1</v>
       </c>
       <c r="C127" s="16">
         <v>0</v>
       </c>
       <c r="D127" s="16">
         <v>0</v>
       </c>
       <c r="E127" s="16">
         <v>0</v>
       </c>
       <c r="F127" s="16">
         <v>0</v>
       </c>
       <c r="G127" s="16">
         <v>0</v>
       </c>
       <c r="H127" s="16">
         <v>0</v>
       </c>
       <c r="I127" s="16">
         <v>0</v>
       </c>
@@ -22835,54 +23999,57 @@
       </c>
       <c r="BA127" s="16">
         <v>0</v>
       </c>
       <c r="BB127" s="16">
         <v>0</v>
       </c>
       <c r="BC127" s="16">
         <v>0</v>
       </c>
       <c r="BD127" s="16">
         <v>0</v>
       </c>
       <c r="BE127" s="16">
         <v>0</v>
       </c>
       <c r="BF127" s="16">
         <v>0</v>
       </c>
       <c r="BG127" s="16">
         <v>2</v>
       </c>
       <c r="BH127" s="16">
         <v>0</v>
       </c>
+      <c r="BI127" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="128" spans="1:60">
+    <row r="128" spans="1:61">
       <c r="A128" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B128" s="16">
         <v>0</v>
       </c>
       <c r="C128" s="16">
         <v>0</v>
       </c>
       <c r="D128" s="16">
         <v>1</v>
       </c>
       <c r="E128" s="16">
         <v>0</v>
       </c>
       <c r="F128" s="16">
         <v>0</v>
       </c>
       <c r="G128" s="16">
         <v>1</v>
       </c>
       <c r="H128" s="16">
         <v>1</v>
       </c>
       <c r="I128" s="16">
         <v>1</v>
       </c>
@@ -23017,54 +24184,57 @@
       </c>
       <c r="BA128" s="16">
         <v>1</v>
       </c>
       <c r="BB128" s="16">
         <v>0</v>
       </c>
       <c r="BC128" s="16">
         <v>0</v>
       </c>
       <c r="BD128" s="16">
         <v>0</v>
       </c>
       <c r="BE128" s="16">
         <v>1</v>
       </c>
       <c r="BF128" s="16">
         <v>0</v>
       </c>
       <c r="BG128" s="16">
         <v>0</v>
       </c>
       <c r="BH128" s="16">
         <v>0</v>
       </c>
+      <c r="BI128" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="129" spans="1:60">
+    <row r="129" spans="1:61">
       <c r="A129" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B129" s="16">
         <v>3</v>
       </c>
       <c r="C129" s="16">
         <v>1</v>
       </c>
       <c r="D129" s="16">
         <v>1</v>
       </c>
       <c r="E129" s="16">
         <v>4</v>
       </c>
       <c r="F129" s="16">
         <v>4</v>
       </c>
       <c r="G129" s="16">
         <v>3</v>
       </c>
       <c r="H129" s="16">
         <v>4</v>
       </c>
       <c r="I129" s="16">
         <v>2</v>
       </c>
@@ -23199,54 +24369,57 @@
       </c>
       <c r="BA129" s="16">
         <v>5</v>
       </c>
       <c r="BB129" s="16">
         <v>9</v>
       </c>
       <c r="BC129" s="16">
         <v>1</v>
       </c>
       <c r="BD129" s="16">
         <v>48</v>
       </c>
       <c r="BE129" s="16">
         <v>275</v>
       </c>
       <c r="BF129" s="16">
         <v>3</v>
       </c>
       <c r="BG129" s="16">
         <v>4</v>
       </c>
       <c r="BH129">
         <v>2</v>
       </c>
+      <c r="BI129">
+        <v>6</v>
+      </c>
     </row>
-    <row r="130" spans="1:60">
+    <row r="130" spans="1:61">
       <c r="A130" s="26" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B130" s="23">
         <v>0</v>
       </c>
       <c r="C130" s="23">
         <v>0</v>
       </c>
       <c r="D130" s="23">
         <v>0</v>
       </c>
       <c r="E130" s="23">
         <v>0</v>
       </c>
       <c r="F130" s="23">
         <v>0</v>
       </c>
       <c r="G130" s="23">
         <v>0</v>
       </c>
       <c r="H130" s="23">
         <v>0</v>
       </c>
       <c r="I130" s="23">
         <v>0</v>
       </c>
@@ -23381,1224 +24554,1575 @@
       </c>
       <c r="BA130" s="23">
         <v>0</v>
       </c>
       <c r="BB130" s="23">
         <v>0</v>
       </c>
       <c r="BC130" s="23">
         <v>0</v>
       </c>
       <c r="BD130" s="23">
         <v>0</v>
       </c>
       <c r="BE130" s="23">
         <v>0</v>
       </c>
       <c r="BF130" s="23">
         <v>0</v>
       </c>
       <c r="BG130" s="23">
         <v>0</v>
       </c>
       <c r="BH130" s="23">
         <v>0</v>
       </c>
+      <c r="BI130" s="23">
+        <v>0</v>
+      </c>
     </row>
-    <row r="132" spans="1:60">
+    <row r="132" spans="1:61">
       <c r="A132" s="15" t="s">
         <v>1</v>
       </c>
     </row>
   </sheetData>
-  <phoneticPr fontId="13" type="noConversion"/>
+  <phoneticPr fontId="14" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:Q132"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <pane xSplit="1" topLeftCell="G1" activePane="topRight" state="frozenSplit"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane xSplit="1" topLeftCell="N1" activePane="topRight" state="frozenSplit"/>
       <selection activeCell="A31" sqref="A31"/>
-      <selection pane="topRight" activeCell="O10" sqref="O10"/>
+      <selection pane="topRight" activeCell="P8" sqref="P8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="140" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="30" customHeight="1">
       <c r="A1" s="6"/>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
       <c r="I1" s="6"/>
       <c r="J1" s="6"/>
       <c r="K1" s="6"/>
       <c r="L1" s="6"/>
       <c r="M1" s="6"/>
       <c r="N1" s="6"/>
       <c r="O1" s="6"/>
+      <c r="P1" s="6"/>
     </row>
-    <row r="2" spans="1:17" ht="28.5">
-[...1 lines deleted...]
-        <v>115</v>
+    <row r="2" spans="1:17" ht="28.8">
+      <c r="A2" s="30" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="3" spans="1:17" ht="18.75" customHeight="1">
       <c r="A3" s="7"/>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="9" t="s">
-        <v>71</v>
+        <v>120</v>
       </c>
       <c r="L5" s="5"/>
       <c r="M5" s="5"/>
       <c r="N5" s="5"/>
       <c r="O5" s="5"/>
       <c r="P5" s="5"/>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
     </row>
-    <row r="8" spans="1:17" ht="15.75">
+    <row r="8" spans="1:17" ht="15.6">
       <c r="A8" s="10" t="s">
-        <v>2</v>
+        <v>124</v>
       </c>
       <c r="B8" s="10">
         <v>2011</v>
       </c>
       <c r="C8" s="10">
         <f>B8+1</f>
         <v>2012</v>
       </c>
       <c r="D8" s="10">
         <f t="shared" ref="D8" si="0">C8+1</f>
         <v>2013</v>
       </c>
       <c r="E8" s="10">
         <f t="shared" ref="E8" si="1">D8+1</f>
         <v>2014</v>
       </c>
       <c r="F8" s="10">
         <f t="shared" ref="F8" si="2">E8+1</f>
         <v>2015</v>
       </c>
       <c r="G8" s="10">
         <f t="shared" ref="G8" si="3">F8+1</f>
         <v>2016</v>
       </c>
       <c r="H8" s="10">
         <f t="shared" ref="H8" si="4">G8+1</f>
         <v>2017</v>
       </c>
       <c r="I8" s="10">
         <f t="shared" ref="I8" si="5">H8+1</f>
         <v>2018</v>
       </c>
       <c r="J8" s="10">
         <f t="shared" ref="J8" si="6">I8+1</f>
         <v>2019</v>
       </c>
       <c r="K8" s="10">
         <f t="shared" ref="K8" si="7">J8+1</f>
         <v>2020</v>
       </c>
       <c r="L8" s="10">
         <f t="shared" ref="L8" si="8">K8+1</f>
         <v>2021</v>
       </c>
       <c r="M8" s="10">
         <f t="shared" ref="M8" si="9">L8+1</f>
         <v>2022</v>
       </c>
       <c r="N8" s="10">
-        <f t="shared" ref="N8" si="10">M8+1</f>
+        <f t="shared" ref="N8:P8" si="10">M8+1</f>
         <v>2023</v>
       </c>
       <c r="O8" s="10">
         <f t="shared" ref="O8" si="11">N8+1</f>
         <v>2024</v>
       </c>
+      <c r="P8" s="10">
+        <f t="shared" si="10"/>
+        <v>2025</v>
+      </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="12" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <f>SUM(B10:B29)</f>
+        <v>2</v>
+      </c>
+      <c r="B9" s="13" t="s">
+        <v>125</v>
+      </c>
+      <c r="C9" s="13">
+        <f t="shared" ref="C9:P9" si="12">SUM(C10:C29)</f>
         <v>49989</v>
-      </c>
-[...2 lines deleted...]
-        <v>51615</v>
       </c>
       <c r="D9" s="13">
         <f t="shared" si="12"/>
-        <v>53100</v>
+        <v>51615</v>
       </c>
       <c r="E9" s="13">
         <f t="shared" si="12"/>
-        <v>54511</v>
+        <v>53100</v>
       </c>
       <c r="F9" s="13">
         <f t="shared" si="12"/>
-        <v>56036</v>
+        <v>54511</v>
       </c>
       <c r="G9" s="13">
         <f t="shared" si="12"/>
-        <v>57451</v>
+        <v>56036</v>
       </c>
       <c r="H9" s="13">
         <f t="shared" si="12"/>
-        <v>58934</v>
+        <v>57451</v>
       </c>
       <c r="I9" s="13">
         <f t="shared" si="12"/>
-        <v>59459</v>
+        <v>58934</v>
       </c>
       <c r="J9" s="13">
         <f t="shared" si="12"/>
-        <v>60232</v>
+        <v>59459</v>
       </c>
       <c r="K9" s="13">
         <f t="shared" si="12"/>
-        <v>61390</v>
+        <v>60232</v>
       </c>
       <c r="L9" s="13">
         <f t="shared" si="12"/>
-        <v>61847</v>
+        <v>61390</v>
       </c>
       <c r="M9" s="13">
         <f t="shared" si="12"/>
-        <v>62609</v>
+        <v>61847</v>
       </c>
       <c r="N9" s="13">
         <f t="shared" si="12"/>
-        <v>62723</v>
+        <v>62609</v>
       </c>
       <c r="O9" s="13">
         <f t="shared" si="12"/>
-        <v>61486</v>
-[...1 lines deleted...]
-      <c r="P9" s="29"/>
+        <v>62723</v>
+      </c>
+      <c r="P9" s="13">
+        <f t="shared" si="12"/>
+        <v>61367</v>
+      </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="16" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="B10" s="16">
+        <v>69</v>
+      </c>
+      <c r="B10" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C10" s="16">
+        <f>Trimestriel!E10</f>
         <v>5946</v>
       </c>
-      <c r="C10" s="16">
+      <c r="D10" s="16">
+        <f>Trimestriel!I10</f>
         <v>5970</v>
       </c>
-      <c r="D10" s="16">
+      <c r="E10" s="16">
+        <f>Trimestriel!M10</f>
         <v>5969</v>
       </c>
-      <c r="E10" s="16">
+      <c r="F10" s="16">
+        <f>Trimestriel!Q10</f>
         <v>6066</v>
       </c>
-      <c r="F10" s="16">
+      <c r="G10" s="16">
+        <f>Trimestriel!U10</f>
         <v>6155</v>
       </c>
-      <c r="G10" s="16">
+      <c r="H10" s="16">
+        <f>Trimestriel!Y10</f>
         <v>6277</v>
       </c>
-      <c r="H10" s="16">
+      <c r="I10" s="16">
+        <f>Trimestriel!AC10</f>
         <v>6449</v>
       </c>
-      <c r="I10" s="16">
+      <c r="J10" s="16">
+        <f>Trimestriel!AG10</f>
         <v>6527</v>
       </c>
-      <c r="J10" s="16">
+      <c r="K10" s="16">
+        <f>Trimestriel!AK10</f>
         <v>6745</v>
       </c>
-      <c r="K10" s="16">
+      <c r="L10" s="16">
+        <f>Trimestriel!AO10</f>
         <v>7003</v>
       </c>
-      <c r="L10" s="16">
+      <c r="M10" s="16">
+        <f>Trimestriel!AS10</f>
         <v>7076</v>
       </c>
-      <c r="M10" s="16">
+      <c r="N10" s="16">
+        <f>Trimestriel!AW10</f>
         <v>7075</v>
       </c>
-      <c r="N10" s="16">
+      <c r="O10" s="16">
+        <f>Trimestriel!BA10</f>
         <v>7142</v>
       </c>
-      <c r="O10" s="16">
-        <v>7101</v>
+      <c r="P10" s="16">
+        <f>Trimestriel!BE10</f>
+        <v>7084</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C11" s="16">
+        <f>Trimestriel!E11</f>
+        <v>88</v>
+      </c>
+      <c r="D11" s="16">
+        <f>Trimestriel!I11</f>
+        <v>87</v>
+      </c>
+      <c r="E11" s="16">
+        <f>Trimestriel!M11</f>
+        <v>87</v>
+      </c>
+      <c r="F11" s="16">
+        <f>Trimestriel!Q11</f>
+        <v>90</v>
+      </c>
+      <c r="G11" s="16">
+        <f>Trimestriel!U11</f>
+        <v>80</v>
+      </c>
+      <c r="H11" s="16">
+        <f>Trimestriel!Y11</f>
+        <v>77</v>
+      </c>
+      <c r="I11" s="16">
+        <f>Trimestriel!AC11</f>
+        <v>75</v>
+      </c>
+      <c r="J11" s="16">
+        <f>Trimestriel!AG11</f>
+        <v>75</v>
+      </c>
+      <c r="K11" s="16">
+        <f>Trimestriel!AK11</f>
+        <v>76</v>
+      </c>
+      <c r="L11" s="16">
+        <f>Trimestriel!AO11</f>
+        <v>73</v>
+      </c>
+      <c r="M11" s="16">
+        <f>Trimestriel!AS11</f>
+        <v>72</v>
+      </c>
+      <c r="N11" s="16">
+        <f>Trimestriel!AW11</f>
+        <v>77</v>
+      </c>
+      <c r="O11" s="16">
+        <f>Trimestriel!BA11</f>
         <v>74</v>
       </c>
-      <c r="B11" s="16">
-[...38 lines deleted...]
-      <c r="O11" s="16">
+      <c r="P11" s="16">
+        <f>Trimestriel!BE11</f>
         <v>71</v>
       </c>
       <c r="Q11" s="3"/>
     </row>
     <row r="12" spans="1:17">
       <c r="A12" s="16" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="B12" s="16">
+        <v>71</v>
+      </c>
+      <c r="B12" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C12" s="16">
+        <f>Trimestriel!E12</f>
         <v>2310</v>
       </c>
-      <c r="C12" s="16">
+      <c r="D12" s="16">
+        <f>Trimestriel!I12</f>
         <v>2374</v>
       </c>
-      <c r="D12" s="16">
+      <c r="E12" s="16">
+        <f>Trimestriel!M12</f>
         <v>2421</v>
       </c>
-      <c r="E12" s="16">
+      <c r="F12" s="16">
+        <f>Trimestriel!Q12</f>
         <v>2443</v>
       </c>
-      <c r="F12" s="16">
+      <c r="G12" s="16">
+        <f>Trimestriel!U12</f>
         <v>2515</v>
       </c>
-      <c r="G12" s="16">
+      <c r="H12" s="16">
+        <f>Trimestriel!Y12</f>
         <v>2538</v>
       </c>
-      <c r="H12" s="16">
+      <c r="I12" s="16">
+        <f>Trimestriel!AC12</f>
         <v>2611</v>
       </c>
-      <c r="I12" s="16">
+      <c r="J12" s="16">
+        <f>Trimestriel!AG12</f>
         <v>2617</v>
       </c>
-      <c r="J12" s="16">
+      <c r="K12" s="16">
+        <f>Trimestriel!AK12</f>
         <v>2689</v>
       </c>
-      <c r="K12" s="16">
+      <c r="L12" s="16">
+        <f>Trimestriel!AO12</f>
         <v>2789</v>
       </c>
-      <c r="L12" s="16">
+      <c r="M12" s="16">
+        <f>Trimestriel!AS12</f>
         <v>2841</v>
       </c>
-      <c r="M12" s="16">
+      <c r="N12" s="16">
+        <f>Trimestriel!AW12</f>
         <v>2904</v>
       </c>
-      <c r="N12" s="16">
+      <c r="O12" s="16">
+        <f>Trimestriel!BA12</f>
         <v>2883</v>
       </c>
-      <c r="O12" s="16">
-        <v>2756</v>
+      <c r="P12" s="16">
+        <f>Trimestriel!BE12</f>
+        <v>2742</v>
       </c>
       <c r="Q12" s="3"/>
     </row>
     <row r="13" spans="1:17">
       <c r="A13" s="16" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="B13" s="16">
+        <v>72</v>
+      </c>
+      <c r="B13" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C13" s="16">
+        <f>Trimestriel!E13</f>
         <v>31</v>
       </c>
-      <c r="C13" s="16">
+      <c r="D13" s="16">
+        <f>Trimestriel!I13</f>
         <v>30</v>
       </c>
-      <c r="D13" s="16">
+      <c r="E13" s="16">
+        <f>Trimestriel!M13</f>
         <v>32</v>
       </c>
-      <c r="E13" s="16">
+      <c r="F13" s="16">
+        <f>Trimestriel!Q13</f>
         <v>31</v>
       </c>
-      <c r="F13" s="16">
+      <c r="G13" s="16">
+        <f>Trimestriel!U13</f>
         <v>31</v>
       </c>
-      <c r="G13" s="16">
+      <c r="H13" s="16">
+        <f>Trimestriel!Y13</f>
         <v>32</v>
       </c>
-      <c r="H13" s="16">
+      <c r="I13" s="16">
+        <f>Trimestriel!AC13</f>
         <v>40</v>
       </c>
-      <c r="I13" s="16">
+      <c r="J13" s="16">
+        <f>Trimestriel!AG13</f>
         <v>47</v>
       </c>
-      <c r="J13" s="16">
+      <c r="K13" s="16">
+        <f>Trimestriel!AK13</f>
         <v>59</v>
       </c>
-      <c r="K13" s="16">
+      <c r="L13" s="16">
+        <f>Trimestriel!AO13</f>
         <v>67</v>
       </c>
-      <c r="L13" s="16">
+      <c r="M13" s="16">
+        <f>Trimestriel!AS13</f>
         <v>72</v>
       </c>
-      <c r="M13" s="16">
+      <c r="N13" s="16">
+        <f>Trimestriel!AW13</f>
         <v>77</v>
       </c>
-      <c r="N13" s="16">
+      <c r="O13" s="16">
+        <f>Trimestriel!BA13</f>
         <v>80</v>
       </c>
-      <c r="O13" s="16">
+      <c r="P13" s="16">
+        <f>Trimestriel!BE13</f>
         <v>81</v>
       </c>
       <c r="Q13" s="3"/>
     </row>
     <row r="14" spans="1:17">
       <c r="A14" s="16" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="B14" s="16">
+        <v>73</v>
+      </c>
+      <c r="B14" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C14" s="16">
+        <f>Trimestriel!E14</f>
         <v>104</v>
       </c>
-      <c r="C14" s="16">
+      <c r="D14" s="16">
+        <f>Trimestriel!I14</f>
         <v>108</v>
       </c>
-      <c r="D14" s="16">
+      <c r="E14" s="16">
+        <f>Trimestriel!M14</f>
         <v>116</v>
       </c>
-      <c r="E14" s="16">
+      <c r="F14" s="16">
+        <f>Trimestriel!Q14</f>
         <v>117</v>
       </c>
-      <c r="F14" s="16">
+      <c r="G14" s="16">
+        <f>Trimestriel!U14</f>
         <v>123</v>
       </c>
-      <c r="G14" s="16">
+      <c r="H14" s="16">
+        <f>Trimestriel!Y14</f>
         <v>124</v>
       </c>
-      <c r="H14" s="16">
+      <c r="I14" s="16">
+        <f>Trimestriel!AC14</f>
         <v>137</v>
       </c>
-      <c r="I14" s="16">
+      <c r="J14" s="16">
+        <f>Trimestriel!AG14</f>
         <v>138</v>
       </c>
-      <c r="J14" s="16">
+      <c r="K14" s="16">
+        <f>Trimestriel!AK14</f>
         <v>136</v>
       </c>
-      <c r="K14" s="16">
+      <c r="L14" s="16">
+        <f>Trimestriel!AO14</f>
         <v>144</v>
       </c>
-      <c r="L14" s="16">
+      <c r="M14" s="16">
+        <f>Trimestriel!AS14</f>
         <v>144</v>
       </c>
-      <c r="M14" s="16">
+      <c r="N14" s="16">
+        <f>Trimestriel!AW14</f>
         <v>143</v>
       </c>
-      <c r="N14" s="16">
+      <c r="O14" s="16">
+        <f>Trimestriel!BA14</f>
         <v>149</v>
       </c>
-      <c r="O14" s="16">
-        <v>147</v>
+      <c r="P14" s="16">
+        <f>Trimestriel!BE14</f>
+        <v>146</v>
       </c>
       <c r="Q14" s="3"/>
     </row>
     <row r="15" spans="1:17">
       <c r="A15" s="16" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="B15" s="16">
+        <v>74</v>
+      </c>
+      <c r="B15" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C15" s="16">
+        <f>Trimestriel!E15</f>
         <v>7372</v>
       </c>
-      <c r="C15" s="16">
+      <c r="D15" s="16">
+        <f>Trimestriel!I15</f>
         <v>7505</v>
       </c>
-      <c r="D15" s="16">
+      <c r="E15" s="16">
+        <f>Trimestriel!M15</f>
         <v>7591</v>
       </c>
-      <c r="E15" s="16">
+      <c r="F15" s="16">
+        <f>Trimestriel!Q15</f>
         <v>7530</v>
       </c>
-      <c r="F15" s="16">
+      <c r="G15" s="16">
+        <f>Trimestriel!U15</f>
         <v>7614</v>
       </c>
-      <c r="G15" s="16">
+      <c r="H15" s="16">
+        <f>Trimestriel!Y15</f>
         <v>7681</v>
       </c>
-      <c r="H15" s="16">
+      <c r="I15" s="16">
+        <f>Trimestriel!AC15</f>
         <v>7800</v>
       </c>
-      <c r="I15" s="16">
+      <c r="J15" s="16">
+        <f>Trimestriel!AG15</f>
         <v>7611</v>
       </c>
-      <c r="J15" s="16">
+      <c r="K15" s="16">
+        <f>Trimestriel!AK15</f>
         <v>7421</v>
       </c>
-      <c r="K15" s="16">
+      <c r="L15" s="16">
+        <f>Trimestriel!AO15</f>
         <v>7302</v>
       </c>
-      <c r="L15" s="16">
+      <c r="M15" s="16">
+        <f>Trimestriel!AS15</f>
         <v>6952</v>
       </c>
-      <c r="M15" s="16">
+      <c r="N15" s="16">
+        <f>Trimestriel!AW15</f>
         <v>6700</v>
       </c>
-      <c r="N15" s="16">
+      <c r="O15" s="16">
+        <f>Trimestriel!BA15</f>
         <v>6384</v>
       </c>
-      <c r="O15" s="16">
-        <v>6054</v>
+      <c r="P15" s="16">
+        <f>Trimestriel!BE15</f>
+        <v>6034</v>
       </c>
       <c r="Q15" s="3"/>
     </row>
     <row r="16" spans="1:17">
       <c r="A16" s="16" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="B16" s="16">
+        <v>75</v>
+      </c>
+      <c r="B16" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" s="16">
+        <f>Trimestriel!E16</f>
         <v>3692</v>
       </c>
-      <c r="C16" s="16">
+      <c r="D16" s="16">
+        <f>Trimestriel!I16</f>
         <v>3734</v>
       </c>
-      <c r="D16" s="16">
+      <c r="E16" s="16">
+        <f>Trimestriel!M16</f>
         <v>3832</v>
       </c>
-      <c r="E16" s="16">
+      <c r="F16" s="16">
+        <f>Trimestriel!Q16</f>
         <v>3886</v>
       </c>
-      <c r="F16" s="16">
+      <c r="G16" s="16">
+        <f>Trimestriel!U16</f>
         <v>3884</v>
       </c>
-      <c r="G16" s="16">
+      <c r="H16" s="16">
+        <f>Trimestriel!Y16</f>
         <v>3882</v>
       </c>
-      <c r="H16" s="16">
+      <c r="I16" s="16">
+        <f>Trimestriel!AC16</f>
         <v>3935</v>
       </c>
-      <c r="I16" s="16">
+      <c r="J16" s="16">
+        <f>Trimestriel!AG16</f>
         <v>3868</v>
       </c>
-      <c r="J16" s="16">
+      <c r="K16" s="16">
+        <f>Trimestriel!AK16</f>
         <v>3817</v>
       </c>
-      <c r="K16" s="16">
+      <c r="L16" s="16">
+        <f>Trimestriel!AO16</f>
         <v>3866</v>
       </c>
-      <c r="L16" s="16">
+      <c r="M16" s="16">
+        <f>Trimestriel!AS16</f>
         <v>3872</v>
       </c>
-      <c r="M16" s="16">
+      <c r="N16" s="16">
+        <f>Trimestriel!AW16</f>
         <v>3857</v>
       </c>
-      <c r="N16" s="16">
+      <c r="O16" s="16">
+        <f>Trimestriel!BA16</f>
         <v>3776</v>
       </c>
-      <c r="O16" s="16">
-        <v>3688</v>
+      <c r="P16" s="16">
+        <f>Trimestriel!BE16</f>
+        <v>3676</v>
       </c>
       <c r="Q16" s="3"/>
     </row>
     <row r="17" spans="1:17">
       <c r="A17" s="16" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="B17" s="16">
+        <v>76</v>
+      </c>
+      <c r="B17" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" s="16">
+        <f>Trimestriel!E17</f>
         <v>1682</v>
       </c>
-      <c r="C17" s="16">
+      <c r="D17" s="16">
+        <f>Trimestriel!I17</f>
         <v>1725</v>
       </c>
-      <c r="D17" s="16">
+      <c r="E17" s="16">
+        <f>Trimestriel!M17</f>
         <v>1764</v>
       </c>
-      <c r="E17" s="16">
+      <c r="F17" s="16">
+        <f>Trimestriel!Q17</f>
         <v>1784</v>
       </c>
-      <c r="F17" s="16">
+      <c r="G17" s="16">
+        <f>Trimestriel!U17</f>
         <v>1776</v>
       </c>
-      <c r="G17" s="16">
+      <c r="H17" s="16">
+        <f>Trimestriel!Y17</f>
         <v>1796</v>
       </c>
-      <c r="H17" s="16">
+      <c r="I17" s="16">
+        <f>Trimestriel!AC17</f>
         <v>1784</v>
       </c>
-      <c r="I17" s="16">
+      <c r="J17" s="16">
+        <f>Trimestriel!AG17</f>
         <v>1796</v>
       </c>
-      <c r="J17" s="16">
+      <c r="K17" s="16">
+        <f>Trimestriel!AK17</f>
         <v>1798</v>
       </c>
-      <c r="K17" s="16">
+      <c r="L17" s="16">
+        <f>Trimestriel!AO17</f>
         <v>1801</v>
       </c>
-      <c r="L17" s="16">
+      <c r="M17" s="16">
+        <f>Trimestriel!AS17</f>
         <v>1787</v>
       </c>
-      <c r="M17" s="16">
+      <c r="N17" s="16">
+        <f>Trimestriel!AW17</f>
         <v>1754</v>
       </c>
-      <c r="N17" s="16">
+      <c r="O17" s="16">
+        <f>Trimestriel!BA17</f>
         <v>1724</v>
       </c>
-      <c r="O17" s="16">
-        <v>1692</v>
+      <c r="P17" s="16">
+        <f>Trimestriel!BE17</f>
+        <v>1682</v>
       </c>
       <c r="Q17" s="3"/>
     </row>
     <row r="18" spans="1:17">
       <c r="A18" s="16" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="B18" s="16">
+        <v>77</v>
+      </c>
+      <c r="B18" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" s="16">
+        <f>Trimestriel!E18</f>
         <v>1028</v>
       </c>
-      <c r="C18" s="16">
+      <c r="D18" s="16">
+        <f>Trimestriel!I18</f>
         <v>1084</v>
       </c>
-      <c r="D18" s="16">
+      <c r="E18" s="16">
+        <f>Trimestriel!M18</f>
         <v>1108</v>
       </c>
-      <c r="E18" s="16">
+      <c r="F18" s="16">
+        <f>Trimestriel!Q18</f>
         <v>1139</v>
       </c>
-      <c r="F18" s="16">
+      <c r="G18" s="16">
+        <f>Trimestriel!U18</f>
         <v>1138</v>
       </c>
-      <c r="G18" s="16">
+      <c r="H18" s="16">
+        <f>Trimestriel!Y18</f>
         <v>1152</v>
       </c>
-      <c r="H18" s="16">
+      <c r="I18" s="16">
+        <f>Trimestriel!AC18</f>
         <v>1160</v>
       </c>
-      <c r="I18" s="16">
+      <c r="J18" s="16">
+        <f>Trimestriel!AG18</f>
         <v>1159</v>
       </c>
-      <c r="J18" s="16">
+      <c r="K18" s="16">
+        <f>Trimestriel!AK18</f>
         <v>1179</v>
       </c>
-      <c r="K18" s="16">
+      <c r="L18" s="16">
+        <f>Trimestriel!AO18</f>
         <v>1206</v>
       </c>
-      <c r="L18" s="16">
+      <c r="M18" s="16">
+        <f>Trimestriel!AS18</f>
         <v>1228</v>
       </c>
-      <c r="M18" s="16">
+      <c r="N18" s="16">
+        <f>Trimestriel!AW18</f>
         <v>1234</v>
       </c>
-      <c r="N18" s="16">
+      <c r="O18" s="16">
+        <f>Trimestriel!BA18</f>
         <v>1253</v>
       </c>
-      <c r="O18" s="16">
-        <v>1248</v>
+      <c r="P18" s="16">
+        <f>Trimestriel!BE18</f>
+        <v>1239</v>
       </c>
       <c r="Q18" s="3"/>
     </row>
     <row r="19" spans="1:17">
       <c r="A19" s="16" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="B19" s="16">
+        <v>78</v>
+      </c>
+      <c r="B19" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" s="16">
+        <f>Trimestriel!E19</f>
         <v>474</v>
       </c>
-      <c r="C19" s="16">
+      <c r="D19" s="16">
+        <f>Trimestriel!I19</f>
         <v>470</v>
       </c>
-      <c r="D19" s="16">
+      <c r="E19" s="16">
+        <f>Trimestriel!M19</f>
         <v>485</v>
       </c>
-      <c r="E19" s="16">
+      <c r="F19" s="16">
+        <f>Trimestriel!Q19</f>
         <v>503</v>
       </c>
-      <c r="F19" s="16">
+      <c r="G19" s="16">
+        <f>Trimestriel!U19</f>
         <v>526</v>
       </c>
-      <c r="G19" s="16">
+      <c r="H19" s="16">
+        <f>Trimestriel!Y19</f>
         <v>550</v>
       </c>
-      <c r="H19" s="16">
+      <c r="I19" s="16">
+        <f>Trimestriel!AC19</f>
         <v>578</v>
       </c>
-      <c r="I19" s="16">
+      <c r="J19" s="16">
+        <f>Trimestriel!AG19</f>
         <v>580</v>
       </c>
-      <c r="J19" s="16">
+      <c r="K19" s="16">
+        <f>Trimestriel!AK19</f>
         <v>601</v>
       </c>
-      <c r="K19" s="16">
+      <c r="L19" s="16">
+        <f>Trimestriel!AO19</f>
         <v>626</v>
       </c>
-      <c r="L19" s="16">
+      <c r="M19" s="16">
+        <f>Trimestriel!AS19</f>
         <v>630</v>
       </c>
-      <c r="M19" s="16">
+      <c r="N19" s="16">
+        <f>Trimestriel!AW19</f>
         <v>625</v>
       </c>
-      <c r="N19" s="16">
+      <c r="O19" s="16">
+        <f>Trimestriel!BA19</f>
         <v>649</v>
       </c>
-      <c r="O19" s="16">
-        <v>627</v>
+      <c r="P19" s="16">
+        <f>Trimestriel!BE19</f>
+        <v>629</v>
       </c>
       <c r="Q19" s="3"/>
     </row>
     <row r="20" spans="1:17">
       <c r="A20" s="16" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="B20" s="16">
+        <v>79</v>
+      </c>
+      <c r="B20" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" s="16">
+        <f>Trimestriel!E20</f>
         <v>742</v>
       </c>
-      <c r="C20" s="16">
+      <c r="D20" s="16">
+        <f>Trimestriel!I20</f>
         <v>788</v>
       </c>
-      <c r="D20" s="16">
+      <c r="E20" s="16">
+        <f>Trimestriel!M20</f>
         <v>819</v>
       </c>
-      <c r="E20" s="16">
+      <c r="F20" s="16">
+        <f>Trimestriel!Q20</f>
         <v>867</v>
       </c>
-      <c r="F20" s="16">
+      <c r="G20" s="16">
+        <f>Trimestriel!U20</f>
         <v>914</v>
       </c>
-      <c r="G20" s="16">
+      <c r="H20" s="16">
+        <f>Trimestriel!Y20</f>
         <v>940</v>
       </c>
-      <c r="H20" s="16">
+      <c r="I20" s="16">
+        <f>Trimestriel!AC20</f>
         <v>957</v>
       </c>
-      <c r="I20" s="16">
+      <c r="J20" s="16">
+        <f>Trimestriel!AG20</f>
         <v>993</v>
       </c>
-      <c r="J20" s="16">
+      <c r="K20" s="16">
+        <f>Trimestriel!AK20</f>
         <v>999</v>
       </c>
-      <c r="K20" s="16">
+      <c r="L20" s="16">
+        <f>Trimestriel!AO20</f>
         <v>1030</v>
       </c>
-      <c r="L20" s="16">
+      <c r="M20" s="16">
+        <f>Trimestriel!AS20</f>
         <v>1060</v>
       </c>
-      <c r="M20" s="16">
+      <c r="N20" s="16">
+        <f>Trimestriel!AW20</f>
         <v>1161</v>
       </c>
-      <c r="N20" s="16">
+      <c r="O20" s="16">
+        <f>Trimestriel!BA20</f>
         <v>1240</v>
       </c>
-      <c r="O20" s="16">
+      <c r="P20" s="16">
+        <f>Trimestriel!BE20</f>
         <v>1255</v>
       </c>
       <c r="Q20" s="3"/>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" s="16" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="B21" s="16">
+        <v>80</v>
+      </c>
+      <c r="B21" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C21" s="16">
+        <f>Trimestriel!E21</f>
         <v>7254</v>
       </c>
-      <c r="C21" s="16">
+      <c r="D21" s="16">
+        <f>Trimestriel!I21</f>
         <v>7682</v>
       </c>
-      <c r="D21" s="16">
+      <c r="E21" s="16">
+        <f>Trimestriel!M21</f>
         <v>8047</v>
       </c>
-      <c r="E21" s="16">
+      <c r="F21" s="16">
+        <f>Trimestriel!Q21</f>
         <v>8503</v>
       </c>
-      <c r="F21" s="16">
+      <c r="G21" s="16">
+        <f>Trimestriel!U21</f>
         <v>8957</v>
       </c>
-      <c r="G21" s="16">
+      <c r="H21" s="16">
+        <f>Trimestriel!Y21</f>
         <v>9279</v>
       </c>
-      <c r="H21" s="16">
+      <c r="I21" s="16">
+        <f>Trimestriel!AC21</f>
         <v>9612</v>
       </c>
-      <c r="I21" s="16">
+      <c r="J21" s="16">
+        <f>Trimestriel!AG21</f>
         <v>9903</v>
       </c>
-      <c r="J21" s="16">
+      <c r="K21" s="16">
+        <f>Trimestriel!AK21</f>
         <v>10117</v>
       </c>
-      <c r="K21" s="16">
+      <c r="L21" s="16">
+        <f>Trimestriel!AO21</f>
         <v>10351</v>
       </c>
-      <c r="L21" s="16">
+      <c r="M21" s="16">
+        <f>Trimestriel!AS21</f>
         <v>10613</v>
       </c>
-      <c r="M21" s="16">
+      <c r="N21" s="16">
+        <f>Trimestriel!AW21</f>
         <v>11028</v>
       </c>
-      <c r="N21" s="16">
+      <c r="O21" s="16">
+        <f>Trimestriel!BA21</f>
         <v>11284</v>
       </c>
-      <c r="O21" s="16">
-        <v>11322</v>
+      <c r="P21" s="16">
+        <f>Trimestriel!BE21</f>
+        <v>11325</v>
       </c>
       <c r="Q21" s="3"/>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="16" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="B22" s="16">
+        <v>81</v>
+      </c>
+      <c r="B22" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C22" s="16">
+        <f>Trimestriel!E22</f>
         <v>1777</v>
       </c>
-      <c r="C22" s="16">
+      <c r="D22" s="16">
+        <f>Trimestriel!I22</f>
         <v>1847</v>
       </c>
-      <c r="D22" s="16">
+      <c r="E22" s="16">
+        <f>Trimestriel!M22</f>
         <v>1907</v>
       </c>
-      <c r="E22" s="16">
+      <c r="F22" s="16">
+        <f>Trimestriel!Q22</f>
         <v>1952</v>
       </c>
-      <c r="F22" s="16">
+      <c r="G22" s="16">
+        <f>Trimestriel!U22</f>
         <v>1932</v>
       </c>
-      <c r="G22" s="16">
+      <c r="H22" s="16">
+        <f>Trimestriel!Y22</f>
         <v>1965</v>
       </c>
-      <c r="H22" s="16">
+      <c r="I22" s="16">
+        <f>Trimestriel!AC22</f>
         <v>2001</v>
       </c>
-      <c r="I22" s="16">
+      <c r="J22" s="16">
+        <f>Trimestriel!AG22</f>
         <v>1956</v>
       </c>
-      <c r="J22" s="16">
+      <c r="K22" s="16">
+        <f>Trimestriel!AK22</f>
         <v>1971</v>
       </c>
-      <c r="K22" s="16">
+      <c r="L22" s="16">
+        <f>Trimestriel!AO22</f>
         <v>2012</v>
       </c>
-      <c r="L22" s="16">
+      <c r="M22" s="16">
+        <f>Trimestriel!AS22</f>
         <v>1989</v>
       </c>
-      <c r="M22" s="16">
+      <c r="N22" s="16">
+        <f>Trimestriel!AW22</f>
         <v>2024</v>
       </c>
-      <c r="N22" s="16">
+      <c r="O22" s="16">
+        <f>Trimestriel!BA22</f>
         <v>2011</v>
       </c>
-      <c r="O22" s="16">
-        <v>1879</v>
+      <c r="P22" s="16">
+        <f>Trimestriel!BE22</f>
+        <v>1871</v>
       </c>
       <c r="Q22" s="3"/>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="16" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="B23" s="16">
+        <v>82</v>
+      </c>
+      <c r="B23" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C23" s="16">
+        <f>Trimestriel!E23</f>
         <v>2979</v>
       </c>
-      <c r="C23" s="16">
+      <c r="D23" s="16">
+        <f>Trimestriel!I23</f>
         <v>3110</v>
       </c>
-      <c r="D23" s="16">
+      <c r="E23" s="16">
+        <f>Trimestriel!M23</f>
         <v>3241</v>
       </c>
-      <c r="E23" s="16">
+      <c r="F23" s="16">
+        <f>Trimestriel!Q23</f>
         <v>3333</v>
       </c>
-      <c r="F23" s="16">
+      <c r="G23" s="16">
+        <f>Trimestriel!U23</f>
         <v>3523</v>
       </c>
-      <c r="G23" s="16">
+      <c r="H23" s="16">
+        <f>Trimestriel!Y23</f>
         <v>3694</v>
       </c>
-      <c r="H23" s="16">
+      <c r="I23" s="16">
+        <f>Trimestriel!AC23</f>
         <v>3845</v>
       </c>
-      <c r="I23" s="16">
+      <c r="J23" s="16">
+        <f>Trimestriel!AG23</f>
         <v>3865</v>
       </c>
-      <c r="J23" s="16">
+      <c r="K23" s="16">
+        <f>Trimestriel!AK23</f>
         <v>3920</v>
       </c>
-      <c r="K23" s="16">
+      <c r="L23" s="16">
+        <f>Trimestriel!AO23</f>
         <v>4083</v>
       </c>
-      <c r="L23" s="16">
+      <c r="M23" s="16">
+        <f>Trimestriel!AS23</f>
         <v>4266</v>
       </c>
-      <c r="M23" s="16">
+      <c r="N23" s="16">
+        <f>Trimestriel!AW23</f>
         <v>4381</v>
       </c>
-      <c r="N23" s="16">
+      <c r="O23" s="16">
+        <f>Trimestriel!BA23</f>
         <v>4351</v>
       </c>
-      <c r="O23" s="16">
-        <v>4119</v>
+      <c r="P23" s="16">
+        <f>Trimestriel!BE23</f>
+        <v>4088</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="16" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="B24" s="16">
+        <v>83</v>
+      </c>
+      <c r="B24" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C24" s="16">
+        <f>Trimestriel!E24</f>
         <v>9</v>
       </c>
-      <c r="C24" s="16">
+      <c r="D24" s="16">
+        <f>Trimestriel!I24</f>
         <v>9</v>
       </c>
-      <c r="D24" s="16">
+      <c r="E24" s="16">
+        <f>Trimestriel!M24</f>
         <v>9</v>
       </c>
-      <c r="E24" s="16">
+      <c r="F24" s="16">
+        <f>Trimestriel!Q24</f>
         <v>9</v>
       </c>
-      <c r="F24" s="16">
+      <c r="G24" s="16">
+        <f>Trimestriel!U24</f>
         <v>9</v>
       </c>
-      <c r="G24" s="16">
+      <c r="H24" s="16">
+        <f>Trimestriel!Y24</f>
         <v>9</v>
       </c>
-      <c r="H24" s="16">
+      <c r="I24" s="16">
+        <f>Trimestriel!AC24</f>
         <v>9</v>
       </c>
-      <c r="I24" s="16">
+      <c r="J24" s="16">
+        <f>Trimestriel!AG24</f>
         <v>10</v>
       </c>
-      <c r="J24" s="16">
+      <c r="K24" s="16">
+        <f>Trimestriel!AK24</f>
         <v>9</v>
       </c>
-      <c r="K24" s="16">
+      <c r="L24" s="16">
+        <f>Trimestriel!AO24</f>
         <v>9</v>
       </c>
-      <c r="L24" s="16">
+      <c r="M24" s="16">
+        <f>Trimestriel!AS24</f>
         <v>9</v>
       </c>
-      <c r="M24" s="16">
+      <c r="N24" s="16">
+        <f>Trimestriel!AW24</f>
         <v>9</v>
       </c>
-      <c r="N24" s="16">
+      <c r="O24" s="16">
+        <f>Trimestriel!BA24</f>
         <v>9</v>
       </c>
-      <c r="O24" s="16">
+      <c r="P24" s="16">
+        <f>Trimestriel!BE24</f>
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25" s="16" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="B25" s="16">
+        <v>84</v>
+      </c>
+      <c r="B25" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C25" s="16">
+        <f>Trimestriel!E25</f>
         <v>1049</v>
       </c>
-      <c r="C25" s="16">
+      <c r="D25" s="16">
+        <f>Trimestriel!I25</f>
         <v>1089</v>
       </c>
-      <c r="D25" s="16">
+      <c r="E25" s="16">
+        <f>Trimestriel!M25</f>
         <v>1146</v>
       </c>
-      <c r="E25" s="16">
+      <c r="F25" s="16">
+        <f>Trimestriel!Q25</f>
         <v>1168</v>
       </c>
-      <c r="F25" s="16">
+      <c r="G25" s="16">
+        <f>Trimestriel!U25</f>
         <v>1183</v>
       </c>
-      <c r="G25" s="16">
+      <c r="H25" s="16">
+        <f>Trimestriel!Y25</f>
         <v>1228</v>
       </c>
-      <c r="H25" s="16">
+      <c r="I25" s="16">
+        <f>Trimestriel!AC25</f>
         <v>1282</v>
       </c>
-      <c r="I25" s="16">
+      <c r="J25" s="16">
+        <f>Trimestriel!AG25</f>
         <v>1298</v>
       </c>
-      <c r="J25" s="16">
+      <c r="K25" s="16">
+        <f>Trimestriel!AK25</f>
         <v>1306</v>
       </c>
-      <c r="K25" s="16">
+      <c r="L25" s="16">
+        <f>Trimestriel!AO25</f>
         <v>1325</v>
       </c>
-      <c r="L25" s="16">
+      <c r="M25" s="16">
+        <f>Trimestriel!AS25</f>
         <v>1323</v>
       </c>
-      <c r="M25" s="16">
+      <c r="N25" s="16">
+        <f>Trimestriel!AW25</f>
         <v>1333</v>
       </c>
-      <c r="N25" s="16">
+      <c r="O25" s="16">
+        <f>Trimestriel!BA25</f>
         <v>1284</v>
       </c>
-      <c r="O25" s="16">
-        <v>1214</v>
+      <c r="P25" s="16">
+        <f>Trimestriel!BE25</f>
+        <v>1206</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26" s="16" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="B26" s="16">
+        <v>85</v>
+      </c>
+      <c r="B26" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C26" s="16">
+        <f>Trimestriel!E26</f>
         <v>1979</v>
       </c>
-      <c r="C26" s="16">
+      <c r="D26" s="16">
+        <f>Trimestriel!I26</f>
         <v>2023</v>
       </c>
-      <c r="D26" s="16">
+      <c r="E26" s="16">
+        <f>Trimestriel!M26</f>
         <v>2083</v>
       </c>
-      <c r="E26" s="16">
+      <c r="F26" s="16">
+        <f>Trimestriel!Q26</f>
         <v>2157</v>
       </c>
-      <c r="F26" s="16">
+      <c r="G26" s="16">
+        <f>Trimestriel!U26</f>
         <v>2268</v>
       </c>
-      <c r="G26" s="16">
+      <c r="H26" s="16">
+        <f>Trimestriel!Y26</f>
         <v>2357</v>
       </c>
-      <c r="H26" s="16">
+      <c r="I26" s="16">
+        <f>Trimestriel!AC26</f>
         <v>2412</v>
       </c>
-      <c r="I26" s="16">
+      <c r="J26" s="16">
+        <f>Trimestriel!AG26</f>
         <v>2489</v>
       </c>
-      <c r="J26" s="16">
+      <c r="K26" s="16">
+        <f>Trimestriel!AK26</f>
         <v>2546</v>
       </c>
-      <c r="K26" s="16">
+      <c r="L26" s="16">
+        <f>Trimestriel!AO26</f>
         <v>2531</v>
       </c>
-      <c r="L26" s="16">
+      <c r="M26" s="16">
+        <f>Trimestriel!AS26</f>
         <v>2575</v>
       </c>
-      <c r="M26" s="16">
+      <c r="N26" s="16">
+        <f>Trimestriel!AW26</f>
         <v>2662</v>
       </c>
-      <c r="N26" s="16">
+      <c r="O26" s="16">
+        <f>Trimestriel!BA26</f>
         <v>2649</v>
       </c>
-      <c r="O26" s="16">
-        <v>2430</v>
+      <c r="P26" s="16">
+        <f>Trimestriel!BE26</f>
+        <v>2424</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27" s="16" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="B27" s="16">
+        <v>86</v>
+      </c>
+      <c r="B27" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C27" s="16">
+        <f>Trimestriel!E27</f>
         <v>2923</v>
       </c>
-      <c r="C27" s="16">
+      <c r="D27" s="16">
+        <f>Trimestriel!I27</f>
         <v>3022</v>
       </c>
-      <c r="D27" s="16">
+      <c r="E27" s="16">
+        <f>Trimestriel!M27</f>
         <v>3088</v>
       </c>
-      <c r="E27" s="16">
+      <c r="F27" s="16">
+        <f>Trimestriel!Q27</f>
         <v>3158</v>
       </c>
-      <c r="F27" s="16">
+      <c r="G27" s="16">
+        <f>Trimestriel!U27</f>
         <v>3266</v>
       </c>
-      <c r="G27" s="16">
+      <c r="H27" s="16">
+        <f>Trimestriel!Y27</f>
         <v>3393</v>
       </c>
-      <c r="H27" s="16">
+      <c r="I27" s="16">
+        <f>Trimestriel!AC27</f>
         <v>3478</v>
       </c>
-      <c r="I27" s="16">
+      <c r="J27" s="16">
+        <f>Trimestriel!AG27</f>
         <v>3574</v>
       </c>
-      <c r="J27" s="16">
+      <c r="K27" s="16">
+        <f>Trimestriel!AK27</f>
         <v>3644</v>
       </c>
-      <c r="K27" s="16">
+      <c r="L27" s="16">
+        <f>Trimestriel!AO27</f>
         <v>3671</v>
       </c>
-      <c r="L27" s="16">
+      <c r="M27" s="16">
+        <f>Trimestriel!AS27</f>
         <v>3668</v>
       </c>
-      <c r="M27" s="16">
+      <c r="N27" s="16">
+        <f>Trimestriel!AW27</f>
         <v>3681</v>
       </c>
-      <c r="N27" s="16">
+      <c r="O27" s="16">
+        <f>Trimestriel!BA27</f>
         <v>3688</v>
       </c>
-      <c r="O27" s="16">
-        <v>3623</v>
+      <c r="P27" s="16">
+        <f>Trimestriel!BE27</f>
+        <v>3620</v>
       </c>
       <c r="Q27" s="3"/>
     </row>
     <row r="28" spans="1:17">
       <c r="A28" s="16" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="B28" s="16">
+        <v>87</v>
+      </c>
+      <c r="B28" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C28" s="16">
+        <f>Trimestriel!E28</f>
         <v>8534</v>
       </c>
-      <c r="C28" s="16">
+      <c r="D28" s="16">
+        <f>Trimestriel!I28</f>
         <v>8942</v>
       </c>
-      <c r="D28" s="16">
+      <c r="E28" s="16">
+        <f>Trimestriel!M28</f>
         <v>9339</v>
       </c>
-      <c r="E28" s="16">
+      <c r="F28" s="16">
+        <f>Trimestriel!Q28</f>
         <v>9759</v>
       </c>
-      <c r="F28" s="16">
+      <c r="G28" s="16">
+        <f>Trimestriel!U28</f>
         <v>10126</v>
       </c>
-      <c r="G28" s="16">
+      <c r="H28" s="16">
+        <f>Trimestriel!Y28</f>
         <v>10460</v>
       </c>
-      <c r="H28" s="16">
+      <c r="I28" s="16">
+        <f>Trimestriel!AC28</f>
         <v>10752</v>
       </c>
-      <c r="I28" s="16">
+      <c r="J28" s="16">
+        <f>Trimestriel!AG28</f>
         <v>10936</v>
       </c>
-      <c r="J28" s="16">
+      <c r="K28" s="16">
+        <f>Trimestriel!AK28</f>
         <v>11182</v>
       </c>
-      <c r="K28" s="16">
+      <c r="L28" s="16">
+        <f>Trimestriel!AO28</f>
         <v>11484</v>
       </c>
-      <c r="L28" s="16">
+      <c r="M28" s="16">
+        <f>Trimestriel!AS28</f>
         <v>11654</v>
       </c>
-      <c r="M28" s="16">
+      <c r="N28" s="16">
+        <f>Trimestriel!AW28</f>
         <v>11868</v>
       </c>
-      <c r="N28" s="16">
+      <c r="O28" s="16">
+        <f>Trimestriel!BA28</f>
         <v>12076</v>
       </c>
-      <c r="O28" s="16">
-        <v>12153</v>
+      <c r="P28" s="16">
+        <f>Trimestriel!BE28</f>
+        <v>12168</v>
       </c>
       <c r="Q28" s="3"/>
     </row>
     <row r="29" spans="1:17">
       <c r="A29" s="16" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="B29" s="16">
+        <v>89</v>
+      </c>
+      <c r="B29" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C29" s="16">
+        <f>Trimestriel!E29</f>
         <v>16</v>
       </c>
-      <c r="C29" s="16">
+      <c r="D29" s="16">
+        <f>Trimestriel!I29</f>
         <v>16</v>
       </c>
-      <c r="D29" s="16">
+      <c r="E29" s="16">
+        <f>Trimestriel!M29</f>
         <v>16</v>
       </c>
-      <c r="E29" s="16">
+      <c r="F29" s="16">
+        <f>Trimestriel!Q29</f>
         <v>16</v>
       </c>
-      <c r="F29" s="16">
+      <c r="G29" s="16">
+        <f>Trimestriel!U29</f>
         <v>16</v>
       </c>
-      <c r="G29" s="16">
+      <c r="H29" s="16">
+        <f>Trimestriel!Y29</f>
         <v>17</v>
       </c>
-      <c r="H29" s="16">
+      <c r="I29" s="16">
+        <f>Trimestriel!AC29</f>
         <v>17</v>
       </c>
-      <c r="I29" s="16">
+      <c r="J29" s="16">
+        <f>Trimestriel!AG29</f>
         <v>17</v>
       </c>
-      <c r="J29" s="16">
+      <c r="K29" s="16">
+        <f>Trimestriel!AK29</f>
         <v>17</v>
       </c>
-      <c r="K29" s="16">
+      <c r="L29" s="16">
+        <f>Trimestriel!AO29</f>
         <v>17</v>
       </c>
-      <c r="L29" s="16">
+      <c r="M29" s="16">
+        <f>Trimestriel!AS29</f>
         <v>16</v>
       </c>
-      <c r="M29" s="16">
+      <c r="N29" s="16">
+        <f>Trimestriel!AW29</f>
         <v>16</v>
       </c>
-      <c r="N29" s="16">
+      <c r="O29" s="16">
+        <f>Trimestriel!BA29</f>
         <v>17</v>
       </c>
-      <c r="O29" s="16">
+      <c r="P29" s="16">
+        <f>Trimestriel!BE29</f>
         <v>17</v>
       </c>
       <c r="Q29" s="3"/>
     </row>
     <row r="30" spans="1:17">
       <c r="A30" s="1"/>
       <c r="B30" s="1"/>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
+      <c r="P30" s="1"/>
       <c r="Q30" s="3"/>
     </row>
     <row r="31" spans="1:17">
       <c r="Q31" s="3"/>
     </row>
-    <row r="32" spans="1:17" ht="15.75">
+    <row r="32" spans="1:17" ht="15.6">
       <c r="A32" s="10" t="s">
-        <v>5</v>
+        <v>126</v>
       </c>
       <c r="B32" s="10">
         <v>2011</v>
       </c>
       <c r="C32" s="10">
         <f>B32+1</f>
         <v>2012</v>
       </c>
       <c r="D32" s="10">
         <f t="shared" ref="D32" si="13">C32+1</f>
         <v>2013</v>
       </c>
       <c r="E32" s="10">
         <f t="shared" ref="E32" si="14">D32+1</f>
         <v>2014</v>
       </c>
       <c r="F32" s="10">
         <f t="shared" ref="F32" si="15">E32+1</f>
         <v>2015</v>
       </c>
       <c r="G32" s="10">
         <f t="shared" ref="G32" si="16">F32+1</f>
         <v>2016</v>
       </c>
       <c r="H32" s="10">
@@ -24608,4504 +26132,4792 @@
       <c r="I32" s="10">
         <f t="shared" ref="I32" si="18">H32+1</f>
         <v>2018</v>
       </c>
       <c r="J32" s="10">
         <f t="shared" ref="J32" si="19">I32+1</f>
         <v>2019</v>
       </c>
       <c r="K32" s="10">
         <f t="shared" ref="K32" si="20">J32+1</f>
         <v>2020</v>
       </c>
       <c r="L32" s="10">
         <f t="shared" ref="L32" si="21">K32+1</f>
         <v>2021</v>
       </c>
       <c r="M32" s="10">
         <f t="shared" ref="M32" si="22">L32+1</f>
         <v>2022</v>
       </c>
       <c r="N32" s="10">
         <f t="shared" ref="N32" si="23">M32+1</f>
         <v>2023</v>
       </c>
       <c r="O32" s="10">
-        <f t="shared" ref="O32" si="24">N32+1</f>
+        <f t="shared" ref="O32:P32" si="24">N32+1</f>
         <v>2024</v>
+      </c>
+      <c r="P32" s="10">
+        <f t="shared" si="24"/>
+        <v>2025</v>
       </c>
       <c r="Q32" s="3"/>
     </row>
     <row r="33" spans="1:17">
       <c r="A33" s="12" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B33" s="13">
-        <v>1764</v>
+        <v>1867</v>
       </c>
       <c r="C33" s="13">
-        <v>1754</v>
+        <v>1833</v>
       </c>
       <c r="D33" s="13">
-        <v>1735</v>
+        <v>1836</v>
       </c>
       <c r="E33" s="13">
-        <v>1808</v>
+        <v>1760</v>
       </c>
       <c r="F33" s="13">
-        <v>1715</v>
+        <v>1728</v>
       </c>
       <c r="G33" s="13">
-        <v>1584</v>
+        <v>1661</v>
       </c>
       <c r="H33" s="13">
-        <v>1318</v>
+        <v>1495</v>
       </c>
       <c r="I33" s="13">
-        <v>1269</v>
+        <v>1421</v>
       </c>
       <c r="J33" s="13">
-        <v>1339</v>
+        <v>1459</v>
       </c>
       <c r="K33" s="13">
-        <v>1414</v>
+        <v>1444</v>
       </c>
       <c r="L33" s="13">
-        <v>1126</v>
+        <v>1266</v>
       </c>
       <c r="M33" s="13">
-        <v>1359</v>
+        <v>1499</v>
       </c>
       <c r="N33" s="13">
-        <v>1231</v>
+        <v>1333</v>
       </c>
       <c r="O33" s="13">
-        <v>962</v>
+        <v>996</v>
+      </c>
+      <c r="P33" s="13">
+        <v>1196</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34" s="12" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-        <v>3.5287763307927746</v>
+        <v>53</v>
+      </c>
+      <c r="B34" s="14" t="s">
+        <v>125</v>
       </c>
       <c r="C34" s="14">
         <f t="shared" ref="C34:O34" si="25">C33/C9*100</f>
-        <v>3.3982369466240434</v>
+        <v>3.6668066974734437</v>
       </c>
       <c r="D34" s="14">
         <f t="shared" si="25"/>
-        <v>3.2674199623352163</v>
+        <v>3.5571054925893639</v>
       </c>
       <c r="E34" s="14">
         <f t="shared" si="25"/>
-        <v>3.3167617545082644</v>
+        <v>3.3145009416195856</v>
       </c>
       <c r="F34" s="14">
         <f t="shared" si="25"/>
-        <v>3.0605325148119067</v>
+        <v>3.1700023848397567</v>
       </c>
       <c r="G34" s="14">
         <f t="shared" si="25"/>
-        <v>2.757132164801309</v>
+        <v>2.9641658933542723</v>
       </c>
       <c r="H34" s="14">
         <f t="shared" si="25"/>
-        <v>2.2364000407235212</v>
+        <v>2.6022175419052758</v>
       </c>
       <c r="I34" s="14">
         <f t="shared" si="25"/>
-        <v>2.1342437646109085</v>
+        <v>2.4111718193233109</v>
       </c>
       <c r="J34" s="14">
         <f t="shared" si="25"/>
-        <v>2.2230707929339886</v>
+        <v>2.4537916883903192</v>
       </c>
       <c r="K34" s="14">
         <f t="shared" si="25"/>
-        <v>2.3033067274800456</v>
+        <v>2.3973967326338159</v>
       </c>
       <c r="L34" s="14">
         <f t="shared" si="25"/>
-        <v>1.8206218571636457</v>
+        <v>2.0622251180974103</v>
       </c>
       <c r="M34" s="14">
         <f t="shared" si="25"/>
-        <v>2.1706144484019871</v>
+        <v>2.4237230585153684</v>
       </c>
       <c r="N34" s="14">
         <f t="shared" si="25"/>
-        <v>1.9625974522902285</v>
+        <v>2.1290868724943701</v>
       </c>
       <c r="O34" s="14">
         <f t="shared" si="25"/>
-        <v>1.564583807696061</v>
+        <v>1.5879342505938809</v>
+      </c>
+      <c r="P34" s="14">
+        <f t="shared" ref="P34" si="26">P33/P9*100</f>
+        <v>1.9489302067886647</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="Q35" s="3"/>
     </row>
-    <row r="36" spans="1:17" ht="15.75">
+    <row r="36" spans="1:17" ht="15.6">
       <c r="A36" s="11" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="B36" s="30">
+        <v>4</v>
+      </c>
+      <c r="B36" s="29">
         <f>B37+B38</f>
-        <v>1764</v>
-[...51 lines deleted...]
-        <v>962</v>
+        <v>1867</v>
+      </c>
+      <c r="C36" s="29">
+        <f t="shared" ref="C36:P36" si="27">C37+C38</f>
+        <v>1833</v>
+      </c>
+      <c r="D36" s="29">
+        <f t="shared" si="27"/>
+        <v>1836</v>
+      </c>
+      <c r="E36" s="29">
+        <f t="shared" si="27"/>
+        <v>1760</v>
+      </c>
+      <c r="F36" s="29">
+        <f t="shared" si="27"/>
+        <v>1728</v>
+      </c>
+      <c r="G36" s="29">
+        <f t="shared" si="27"/>
+        <v>1661</v>
+      </c>
+      <c r="H36" s="29">
+        <f t="shared" si="27"/>
+        <v>1495</v>
+      </c>
+      <c r="I36" s="29">
+        <f t="shared" si="27"/>
+        <v>1421</v>
+      </c>
+      <c r="J36" s="29">
+        <f t="shared" si="27"/>
+        <v>1459</v>
+      </c>
+      <c r="K36" s="29">
+        <f t="shared" si="27"/>
+        <v>1444</v>
+      </c>
+      <c r="L36" s="29">
+        <f t="shared" si="27"/>
+        <v>1266</v>
+      </c>
+      <c r="M36" s="29">
+        <f t="shared" si="27"/>
+        <v>1499</v>
+      </c>
+      <c r="N36" s="29">
+        <f t="shared" si="27"/>
+        <v>1333</v>
+      </c>
+      <c r="O36" s="29">
+        <f t="shared" si="27"/>
+        <v>996</v>
+      </c>
+      <c r="P36" s="29">
+        <f t="shared" si="27"/>
+        <v>1196</v>
       </c>
       <c r="Q36" s="3"/>
     </row>
     <row r="37" spans="1:17">
       <c r="A37" s="16" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B37" s="16">
-        <v>1314</v>
+        <v>1388</v>
       </c>
       <c r="C37" s="16">
-        <v>1271</v>
+        <v>1350</v>
       </c>
       <c r="D37" s="16">
-        <v>1222</v>
+        <v>1297</v>
       </c>
       <c r="E37" s="16">
-        <v>1294</v>
+        <v>1218</v>
       </c>
       <c r="F37" s="16">
-        <v>1194</v>
+        <v>1177</v>
       </c>
       <c r="G37" s="16">
-        <v>1113</v>
+        <v>1121</v>
       </c>
       <c r="H37" s="16">
-        <v>899</v>
+        <v>978</v>
       </c>
       <c r="I37" s="16">
-        <v>859</v>
+        <v>938</v>
       </c>
       <c r="J37" s="16">
-        <v>868</v>
+        <v>961</v>
       </c>
       <c r="K37" s="16">
-        <v>952</v>
+        <v>936</v>
       </c>
       <c r="L37" s="16">
-        <v>797</v>
+        <v>861</v>
       </c>
       <c r="M37" s="16">
-        <v>957</v>
+        <v>1033</v>
       </c>
       <c r="N37" s="16">
-        <v>852</v>
+        <v>916</v>
       </c>
       <c r="O37" s="16">
-        <v>551</v>
+        <v>627</v>
+      </c>
+      <c r="P37" s="16">
+        <v>729</v>
       </c>
       <c r="Q37" s="3"/>
     </row>
     <row r="38" spans="1:17">
       <c r="A38" s="16" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B38" s="16">
-        <v>450</v>
+        <v>479</v>
       </c>
       <c r="C38" s="16">
         <v>483</v>
       </c>
       <c r="D38" s="16">
-        <v>513</v>
+        <v>539</v>
       </c>
       <c r="E38" s="16">
-        <v>514</v>
+        <v>542</v>
       </c>
       <c r="F38" s="16">
-        <v>521</v>
+        <v>551</v>
       </c>
       <c r="G38" s="16">
-        <v>471</v>
+        <v>540</v>
       </c>
       <c r="H38" s="16">
-        <v>419</v>
+        <v>517</v>
       </c>
       <c r="I38" s="16">
-        <v>410</v>
+        <v>483</v>
       </c>
       <c r="J38" s="16">
-        <v>471</v>
+        <v>498</v>
       </c>
       <c r="K38" s="16">
-        <v>462</v>
+        <v>508</v>
       </c>
       <c r="L38" s="16">
-        <v>329</v>
+        <v>405</v>
       </c>
       <c r="M38" s="16">
-        <v>402</v>
+        <v>466</v>
       </c>
       <c r="N38" s="16">
-        <v>379</v>
+        <v>417</v>
       </c>
       <c r="O38" s="16">
-        <v>411</v>
+        <v>369</v>
+      </c>
+      <c r="P38" s="16">
+        <v>467</v>
       </c>
       <c r="Q38" s="3"/>
     </row>
     <row r="39" spans="1:17">
+      <c r="P39">
+        <f>Trimestriel!BI39</f>
+        <v>0</v>
+      </c>
       <c r="Q39" s="3"/>
     </row>
-    <row r="40" spans="1:17" ht="15.75">
+    <row r="40" spans="1:17" ht="15.6">
       <c r="A40" s="11" t="s">
-        <v>7</v>
-[...55 lines deleted...]
-        <v>962</v>
+        <v>5</v>
+      </c>
+      <c r="B40" s="29">
+        <f t="shared" ref="B40:P40" si="28">SUM(B41:B61)</f>
+        <v>1866</v>
+      </c>
+      <c r="C40" s="29">
+        <f t="shared" si="28"/>
+        <v>1833</v>
+      </c>
+      <c r="D40" s="29">
+        <f t="shared" si="28"/>
+        <v>1836</v>
+      </c>
+      <c r="E40" s="29">
+        <f t="shared" si="28"/>
+        <v>1760</v>
+      </c>
+      <c r="F40" s="29">
+        <f t="shared" si="28"/>
+        <v>1728</v>
+      </c>
+      <c r="G40" s="29">
+        <f t="shared" si="28"/>
+        <v>1661</v>
+      </c>
+      <c r="H40" s="29">
+        <f t="shared" si="28"/>
+        <v>1495</v>
+      </c>
+      <c r="I40" s="29">
+        <f t="shared" si="28"/>
+        <v>1421</v>
+      </c>
+      <c r="J40" s="29">
+        <f t="shared" si="28"/>
+        <v>1459</v>
+      </c>
+      <c r="K40" s="29">
+        <f t="shared" si="28"/>
+        <v>1444</v>
+      </c>
+      <c r="L40" s="29">
+        <f t="shared" si="28"/>
+        <v>1266</v>
+      </c>
+      <c r="M40" s="29">
+        <f t="shared" si="28"/>
+        <v>1499</v>
+      </c>
+      <c r="N40" s="29">
+        <f t="shared" si="28"/>
+        <v>1333</v>
+      </c>
+      <c r="O40" s="29">
+        <f t="shared" si="28"/>
+        <v>996</v>
+      </c>
+      <c r="P40" s="29">
+        <f t="shared" si="28"/>
+        <v>1196</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41" s="16" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B41" s="16">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C41" s="16">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="D41" s="16">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="E41" s="16">
+        <v>113</v>
+      </c>
+      <c r="F41" s="16">
         <v>109</v>
       </c>
-      <c r="F41" s="16">
+      <c r="G41" s="16">
+        <v>118</v>
+      </c>
+      <c r="H41" s="16">
+        <v>117</v>
+      </c>
+      <c r="I41" s="16">
+        <v>103</v>
+      </c>
+      <c r="J41" s="16">
+        <v>133</v>
+      </c>
+      <c r="K41" s="16">
+        <v>126</v>
+      </c>
+      <c r="L41" s="16">
+        <v>105</v>
+      </c>
+      <c r="M41" s="16">
+        <v>117</v>
+      </c>
+      <c r="N41" s="16">
+        <v>106</v>
+      </c>
+      <c r="O41" s="16">
+        <v>88</v>
+      </c>
+      <c r="P41" s="16">
         <v>98</v>
-      </c>
-[...25 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42" s="16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B42" s="16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C42" s="16">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D42" s="16">
         <v>4</v>
       </c>
       <c r="E42" s="16">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F42" s="16">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G42" s="16">
         <v>2</v>
       </c>
       <c r="H42" s="16">
+        <v>5</v>
+      </c>
+      <c r="I42" s="16">
         <v>2</v>
       </c>
-      <c r="I42" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="J42" s="16">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K42" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L42" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M42" s="16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N42" s="16">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="O42" s="16">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="P42" s="16">
+        <v>2</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43" s="16" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B43" s="16">
+        <v>95</v>
+      </c>
+      <c r="C43" s="16">
+        <v>94</v>
+      </c>
+      <c r="D43" s="16">
+        <v>96</v>
+      </c>
+      <c r="E43" s="16">
         <v>86</v>
       </c>
-      <c r="C43" s="16">
-[...7 lines deleted...]
-      </c>
       <c r="F43" s="16">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="G43" s="16">
         <v>85</v>
       </c>
       <c r="H43" s="16">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="I43" s="16">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="J43" s="16">
         <v>106</v>
       </c>
       <c r="K43" s="16">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="L43" s="16">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="M43" s="16">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="N43" s="16">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="O43" s="16">
-        <v>104</v>
+        <v>87</v>
+      </c>
+      <c r="P43" s="16">
+        <v>98</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44" s="16" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B44" s="16">
         <v>0</v>
       </c>
       <c r="C44" s="16">
         <v>2</v>
       </c>
       <c r="D44" s="16">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E44" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F44" s="16">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G44" s="16">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H44" s="16">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I44" s="16">
         <v>3</v>
       </c>
       <c r="J44" s="16">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K44" s="16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L44" s="16">
         <v>3</v>
       </c>
       <c r="M44" s="16">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="N44" s="16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O44" s="16">
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="P44" s="16">
+        <v>0</v>
       </c>
       <c r="Q44" s="3"/>
     </row>
     <row r="45" spans="1:17">
       <c r="A45" s="16" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B45" s="16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C45" s="16">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D45" s="16">
         <v>9</v>
       </c>
       <c r="E45" s="16">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F45" s="16">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G45" s="16">
+        <v>3</v>
+      </c>
+      <c r="H45" s="16">
         <v>4</v>
       </c>
-      <c r="H45" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="I45" s="16">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J45" s="16">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K45" s="16">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L45" s="16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M45" s="16">
+        <v>5</v>
+      </c>
+      <c r="N45" s="16">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
       <c r="O45" s="16">
         <v>3</v>
+      </c>
+      <c r="P45" s="16">
+        <v>5</v>
       </c>
       <c r="Q45" s="3"/>
     </row>
     <row r="46" spans="1:17">
       <c r="A46" s="16" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B46" s="16">
-        <v>382</v>
+        <v>409</v>
       </c>
       <c r="C46" s="16">
-        <v>349</v>
+        <v>374</v>
       </c>
       <c r="D46" s="16">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="E46" s="16">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="F46" s="16">
-        <v>265</v>
+        <v>304</v>
       </c>
       <c r="G46" s="16">
-        <v>263</v>
+        <v>276</v>
       </c>
       <c r="H46" s="16">
-        <v>226</v>
+        <v>266</v>
       </c>
       <c r="I46" s="16">
-        <v>213</v>
+        <v>241</v>
       </c>
       <c r="J46" s="16">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="K46" s="16">
-        <v>109</v>
+        <v>197</v>
       </c>
       <c r="L46" s="16">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="M46" s="16">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="N46" s="16">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="O46" s="16">
-        <v>77</v>
+        <v>71</v>
+      </c>
+      <c r="P46" s="16">
+        <v>100</v>
       </c>
       <c r="Q46" s="3"/>
     </row>
     <row r="47" spans="1:17">
       <c r="A47" s="16" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B47" s="16">
-        <v>148</v>
+        <v>167</v>
       </c>
       <c r="C47" s="16">
+        <v>160</v>
+      </c>
+      <c r="D47" s="16">
+        <v>180</v>
+      </c>
+      <c r="E47" s="16">
+        <v>161</v>
+      </c>
+      <c r="F47" s="16">
         <v>147</v>
       </c>
-      <c r="D47" s="16">
-[...7 lines deleted...]
-      </c>
       <c r="G47" s="16">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="H47" s="16">
-        <v>109</v>
+        <v>125</v>
       </c>
       <c r="I47" s="16">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="J47" s="16">
+        <v>132</v>
+      </c>
+      <c r="K47" s="16">
+        <v>130</v>
+      </c>
+      <c r="L47" s="16">
+        <v>126</v>
+      </c>
+      <c r="M47" s="16">
         <v>114</v>
       </c>
-      <c r="K47" s="16">
-[...7 lines deleted...]
-      </c>
       <c r="N47" s="16">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="O47" s="16">
         <v>96</v>
+      </c>
+      <c r="P47" s="16">
+        <v>111</v>
       </c>
       <c r="Q47" s="3"/>
     </row>
     <row r="48" spans="1:17">
       <c r="A48" s="16" t="s">
+        <v>76</v>
+      </c>
+      <c r="B48" s="16">
         <v>80</v>
       </c>
-      <c r="B48" s="16">
+      <c r="C48" s="16">
         <v>68</v>
       </c>
-      <c r="C48" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="D48" s="16">
+        <v>70</v>
+      </c>
+      <c r="E48" s="16">
+        <v>68</v>
+      </c>
+      <c r="F48" s="16">
+        <v>63</v>
+      </c>
+      <c r="G48" s="16">
+        <v>69</v>
+      </c>
+      <c r="H48" s="16">
+        <v>46</v>
+      </c>
+      <c r="I48" s="16">
+        <v>52</v>
+      </c>
+      <c r="J48" s="16">
+        <v>59</v>
+      </c>
+      <c r="K48" s="16">
+        <v>50</v>
+      </c>
+      <c r="L48" s="16">
+        <v>54</v>
+      </c>
+      <c r="M48" s="16">
+        <v>49</v>
+      </c>
+      <c r="N48" s="16">
+        <v>41</v>
+      </c>
+      <c r="O48" s="16">
+        <v>35</v>
+      </c>
+      <c r="P48" s="16">
         <v>64</v>
-      </c>
-[...31 lines deleted...]
-        <v>46</v>
       </c>
       <c r="Q48" s="3"/>
     </row>
     <row r="49" spans="1:17">
       <c r="A49" s="16" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B49" s="16">
+        <v>46</v>
+      </c>
+      <c r="C49" s="16">
+        <v>52</v>
+      </c>
+      <c r="D49" s="16">
+        <v>50</v>
+      </c>
+      <c r="E49" s="16">
+        <v>42</v>
+      </c>
+      <c r="F49" s="16">
+        <v>51</v>
+      </c>
+      <c r="G49" s="16">
+        <v>42</v>
+      </c>
+      <c r="H49" s="16">
+        <v>42</v>
+      </c>
+      <c r="I49" s="16">
+        <v>35</v>
+      </c>
+      <c r="J49" s="16">
+        <v>41</v>
+      </c>
+      <c r="K49" s="16">
+        <v>48</v>
+      </c>
+      <c r="L49" s="16">
+        <v>41</v>
+      </c>
+      <c r="M49" s="16">
+        <v>50</v>
+      </c>
+      <c r="N49" s="16">
+        <v>53</v>
+      </c>
+      <c r="O49" s="16">
         <v>38</v>
       </c>
-      <c r="C49" s="16">
-[...36 lines deleted...]
-        <v>37</v>
+      <c r="P49" s="16">
+        <v>50</v>
       </c>
       <c r="Q49" s="3"/>
     </row>
     <row r="50" spans="1:17">
       <c r="A50" s="16" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B50" s="16">
+        <v>32</v>
+      </c>
+      <c r="C50" s="16">
+        <v>24</v>
+      </c>
+      <c r="D50" s="16">
+        <v>23</v>
+      </c>
+      <c r="E50" s="16">
+        <v>24</v>
+      </c>
+      <c r="F50" s="16">
+        <v>24</v>
+      </c>
+      <c r="G50" s="16">
+        <v>23</v>
+      </c>
+      <c r="H50" s="16">
+        <v>23</v>
+      </c>
+      <c r="I50" s="16">
+        <v>24</v>
+      </c>
+      <c r="J50" s="16">
+        <v>21</v>
+      </c>
+      <c r="K50" s="16">
+        <v>26</v>
+      </c>
+      <c r="L50" s="16">
         <v>22</v>
       </c>
-      <c r="C50" s="16">
-[...8 lines deleted...]
-      <c r="F50" s="16">
+      <c r="M50" s="16">
+        <v>21</v>
+      </c>
+      <c r="N50" s="16">
+        <v>25</v>
+      </c>
+      <c r="O50" s="16">
+        <v>18</v>
+      </c>
+      <c r="P50" s="16">
         <v>19</v>
-      </c>
-[...25 lines deleted...]
-        <v>14</v>
       </c>
       <c r="Q50" s="3"/>
     </row>
     <row r="51" spans="1:17">
       <c r="A51" s="16" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B51" s="16">
+        <v>23</v>
+      </c>
+      <c r="C51" s="16">
+        <v>24</v>
+      </c>
+      <c r="D51" s="16">
+        <v>29</v>
+      </c>
+      <c r="E51" s="16">
+        <v>27</v>
+      </c>
+      <c r="F51" s="16">
+        <v>28</v>
+      </c>
+      <c r="G51" s="16">
+        <v>25</v>
+      </c>
+      <c r="H51" s="16">
         <v>22</v>
       </c>
-      <c r="C51" s="16">
+      <c r="I51" s="16">
+        <v>27</v>
+      </c>
+      <c r="J51" s="16">
+        <v>26</v>
+      </c>
+      <c r="K51" s="16">
+        <v>23</v>
+      </c>
+      <c r="L51" s="16">
+        <v>26</v>
+      </c>
+      <c r="M51" s="16">
+        <v>43</v>
+      </c>
+      <c r="N51" s="16">
+        <v>44</v>
+      </c>
+      <c r="O51" s="16">
+        <v>22</v>
+      </c>
+      <c r="P51" s="16">
         <v>28</v>
-      </c>
-[...34 lines deleted...]
-        <v>19</v>
       </c>
       <c r="Q51" s="3"/>
     </row>
     <row r="52" spans="1:17">
       <c r="A52" s="16" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B52" s="16">
-        <v>174</v>
+        <v>149</v>
       </c>
       <c r="C52" s="16">
-        <v>142</v>
+        <v>126</v>
       </c>
       <c r="D52" s="16">
-        <v>135</v>
+        <v>116</v>
       </c>
       <c r="E52" s="16">
-        <v>209</v>
+        <v>138</v>
       </c>
       <c r="F52" s="16">
-        <v>159</v>
+        <v>137</v>
       </c>
       <c r="G52" s="16">
+        <v>113</v>
+      </c>
+      <c r="H52" s="16">
+        <v>120</v>
+      </c>
+      <c r="I52" s="16">
+        <v>111</v>
+      </c>
+      <c r="J52" s="16">
+        <v>95</v>
+      </c>
+      <c r="K52" s="16">
         <v>97</v>
       </c>
-      <c r="H52" s="16">
-[...10 lines deleted...]
-      </c>
       <c r="L52" s="16">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="M52" s="16">
-        <v>167</v>
+        <v>154</v>
       </c>
       <c r="N52" s="16">
-        <v>102</v>
+        <v>121</v>
       </c>
       <c r="O52" s="16">
-        <v>36</v>
+        <v>50</v>
+      </c>
+      <c r="P52" s="16">
+        <v>57</v>
       </c>
       <c r="Q52" s="3"/>
     </row>
     <row r="53" spans="1:17">
       <c r="A53" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="B53" s="16">
+        <v>104</v>
+      </c>
+      <c r="C53" s="16">
+        <v>107</v>
+      </c>
+      <c r="D53" s="16">
+        <v>104</v>
+      </c>
+      <c r="E53" s="16">
+        <v>95</v>
+      </c>
+      <c r="F53" s="16">
+        <v>87</v>
+      </c>
+      <c r="G53" s="16">
+        <v>89</v>
+      </c>
+      <c r="H53" s="16">
+        <v>80</v>
+      </c>
+      <c r="I53" s="16">
+        <v>77</v>
+      </c>
+      <c r="J53" s="16">
+        <v>78</v>
+      </c>
+      <c r="K53" s="16">
+        <v>87</v>
+      </c>
+      <c r="L53" s="16">
+        <v>68</v>
+      </c>
+      <c r="M53" s="16">
         <v>85</v>
       </c>
-      <c r="B53" s="16">
-[...17 lines deleted...]
-      <c r="H53" s="16">
+      <c r="N53" s="16">
+        <v>75</v>
+      </c>
+      <c r="O53" s="16">
+        <v>47</v>
+      </c>
+      <c r="P53" s="16">
         <v>59</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="Q53" s="3"/>
     </row>
     <row r="54" spans="1:17">
       <c r="A54" s="16" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B54" s="16">
-        <v>255</v>
+        <v>269</v>
       </c>
       <c r="C54" s="16">
-        <v>228</v>
+        <v>282</v>
       </c>
       <c r="D54" s="16">
-        <v>232</v>
+        <v>272</v>
       </c>
       <c r="E54" s="16">
-        <v>244</v>
+        <v>261</v>
       </c>
       <c r="F54" s="16">
-        <v>280</v>
+        <v>267</v>
       </c>
       <c r="G54" s="16">
-        <v>209</v>
+        <v>258</v>
       </c>
       <c r="H54" s="16">
-        <v>176</v>
+        <v>213</v>
       </c>
       <c r="I54" s="16">
-        <v>156</v>
+        <v>195</v>
       </c>
       <c r="J54" s="16">
-        <v>144</v>
+        <v>187</v>
       </c>
       <c r="K54" s="16">
         <v>225</v>
       </c>
       <c r="L54" s="16">
-        <v>215</v>
+        <v>236</v>
       </c>
       <c r="M54" s="16">
-        <v>215</v>
+        <v>270</v>
       </c>
       <c r="N54" s="16">
-        <v>206</v>
+        <v>228</v>
       </c>
       <c r="O54" s="16">
-        <v>170</v>
+        <v>178</v>
+      </c>
+      <c r="P54" s="16">
+        <v>208</v>
       </c>
       <c r="Q54" s="3"/>
     </row>
     <row r="55" spans="1:17">
       <c r="A55" s="16" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="B55" s="16">
         <v>0</v>
       </c>
       <c r="C55" s="16">
         <v>0</v>
       </c>
       <c r="D55" s="16">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E55" s="16">
         <v>0</v>
       </c>
       <c r="F55" s="16">
         <v>0</v>
       </c>
       <c r="G55" s="16">
         <v>0</v>
       </c>
       <c r="H55" s="16">
         <v>0</v>
       </c>
       <c r="I55" s="16">
         <v>1</v>
       </c>
       <c r="J55" s="16">
         <v>0</v>
       </c>
       <c r="K55" s="16">
         <v>0</v>
       </c>
       <c r="L55" s="16">
         <v>0</v>
       </c>
       <c r="M55" s="16">
         <v>0</v>
       </c>
       <c r="N55" s="16">
         <v>0</v>
       </c>
       <c r="O55" s="16">
+        <v>0</v>
+      </c>
+      <c r="P55" s="16">
         <v>0</v>
       </c>
       <c r="Q55" s="3"/>
     </row>
     <row r="56" spans="1:17">
       <c r="A56" s="16" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B56" s="16">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C56" s="16">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="D56" s="16">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="E56" s="16">
-        <v>64</v>
+        <v>87</v>
       </c>
       <c r="F56" s="16">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="G56" s="16">
-        <v>63</v>
+        <v>80</v>
       </c>
       <c r="H56" s="16">
+        <v>60</v>
+      </c>
+      <c r="I56" s="16">
+        <v>58</v>
+      </c>
+      <c r="J56" s="16">
+        <v>62</v>
+      </c>
+      <c r="K56" s="16">
         <v>56</v>
       </c>
-      <c r="I56" s="16">
-[...7 lines deleted...]
-      </c>
       <c r="L56" s="16">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="M56" s="16">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N56" s="16">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="O56" s="16">
-        <v>30</v>
+        <v>39</v>
+      </c>
+      <c r="P56" s="16">
+        <v>40</v>
       </c>
       <c r="Q56" s="3"/>
     </row>
     <row r="57" spans="1:17">
       <c r="A57" s="16" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B57" s="16">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="C57" s="16">
+        <v>98</v>
+      </c>
+      <c r="D57" s="16">
+        <v>110</v>
+      </c>
+      <c r="E57" s="16">
+        <v>116</v>
+      </c>
+      <c r="F57" s="16">
+        <v>117</v>
+      </c>
+      <c r="G57" s="16">
+        <v>118</v>
+      </c>
+      <c r="H57" s="16">
         <v>113</v>
       </c>
-      <c r="D57" s="16">
-[...13 lines deleted...]
-      </c>
       <c r="I57" s="16">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="J57" s="16">
-        <v>125</v>
+        <v>115</v>
       </c>
       <c r="K57" s="16">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="L57" s="16">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="M57" s="16">
         <v>145</v>
       </c>
       <c r="N57" s="16">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="O57" s="16">
-        <v>92</v>
+        <v>109</v>
+      </c>
+      <c r="P57" s="16">
+        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58" s="16" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B58" s="16">
+        <v>68</v>
+      </c>
+      <c r="C58" s="16">
+        <v>76</v>
+      </c>
+      <c r="D58" s="16">
+        <v>69</v>
+      </c>
+      <c r="E58" s="16">
         <v>70</v>
       </c>
-      <c r="C58" s="16">
-[...7 lines deleted...]
-      </c>
       <c r="F58" s="16">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="G58" s="16">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="H58" s="16">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="I58" s="16">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="J58" s="16">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="K58" s="16">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="L58" s="16">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="M58" s="16">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="N58" s="16">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="O58" s="16">
-        <v>28</v>
+        <v>33</v>
+      </c>
+      <c r="P58" s="16">
+        <v>38</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59" s="16" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B59" s="16">
-        <v>144</v>
+        <v>158</v>
       </c>
       <c r="C59" s="16">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D59" s="16">
-        <v>121</v>
+        <v>140</v>
       </c>
       <c r="E59" s="16">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="F59" s="16">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="G59" s="16">
-        <v>111</v>
+        <v>133</v>
       </c>
       <c r="H59" s="16">
+        <v>109</v>
+      </c>
+      <c r="I59" s="16">
+        <v>96</v>
+      </c>
+      <c r="J59" s="16">
+        <v>106</v>
+      </c>
+      <c r="K59" s="16">
+        <v>115</v>
+      </c>
+      <c r="L59" s="16">
+        <v>97</v>
+      </c>
+      <c r="M59" s="16">
+        <v>104</v>
+      </c>
+      <c r="N59" s="16">
+        <v>104</v>
+      </c>
+      <c r="O59" s="16">
+        <v>76</v>
+      </c>
+      <c r="P59" s="16">
         <v>102</v>
-      </c>
-[...19 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60" s="16" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B60" s="16">
         <v>0</v>
       </c>
       <c r="C60" s="16">
         <v>0</v>
       </c>
       <c r="D60" s="16">
         <v>0</v>
       </c>
       <c r="E60" s="16">
         <v>0</v>
       </c>
       <c r="F60" s="16">
         <v>0</v>
       </c>
       <c r="G60" s="16">
         <v>0</v>
       </c>
       <c r="H60" s="16">
         <v>0</v>
       </c>
       <c r="I60" s="16">
         <v>0</v>
       </c>
       <c r="J60" s="16">
         <v>0</v>
       </c>
       <c r="K60" s="16">
         <v>0</v>
       </c>
       <c r="L60" s="16">
         <v>0</v>
       </c>
       <c r="M60" s="16">
         <v>0</v>
       </c>
       <c r="N60" s="16">
         <v>0</v>
       </c>
       <c r="O60" s="16">
         <v>0</v>
+      </c>
+      <c r="P60" s="16">
+        <v>2</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61" s="16" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B61" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C61" s="16">
         <v>1</v>
       </c>
       <c r="D61" s="16">
         <v>0</v>
       </c>
       <c r="E61" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F61" s="16">
         <v>0</v>
       </c>
       <c r="G61" s="16">
         <v>0</v>
       </c>
       <c r="H61" s="16">
         <v>0</v>
       </c>
       <c r="I61" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J61" s="16">
         <v>0</v>
       </c>
       <c r="K61" s="16">
         <v>0</v>
       </c>
       <c r="L61" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M61" s="16">
         <v>0</v>
       </c>
       <c r="N61" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O61" s="16">
         <v>0</v>
       </c>
+      <c r="P61" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="63" spans="1:17" ht="15.75">
+    <row r="63" spans="1:17" ht="15.6">
       <c r="A63" s="11" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="B63" s="30">
+        <v>91</v>
+      </c>
+      <c r="B63" s="29">
         <f>SUM(B64:B82)</f>
-        <v>1764</v>
-[...51 lines deleted...]
-        <v>962</v>
+        <v>1867</v>
+      </c>
+      <c r="C63" s="29">
+        <f t="shared" ref="C63:P63" si="29">SUM(C64:C82)</f>
+        <v>1833</v>
+      </c>
+      <c r="D63" s="29">
+        <f t="shared" si="29"/>
+        <v>1836</v>
+      </c>
+      <c r="E63" s="29">
+        <f t="shared" si="29"/>
+        <v>1760</v>
+      </c>
+      <c r="F63" s="29">
+        <f t="shared" si="29"/>
+        <v>1728</v>
+      </c>
+      <c r="G63" s="29">
+        <f t="shared" si="29"/>
+        <v>1661</v>
+      </c>
+      <c r="H63" s="29">
+        <f t="shared" si="29"/>
+        <v>1495</v>
+      </c>
+      <c r="I63" s="29">
+        <f t="shared" si="29"/>
+        <v>1421</v>
+      </c>
+      <c r="J63" s="29">
+        <f t="shared" si="29"/>
+        <v>1459</v>
+      </c>
+      <c r="K63" s="29">
+        <f t="shared" si="29"/>
+        <v>1444</v>
+      </c>
+      <c r="L63" s="29">
+        <f t="shared" si="29"/>
+        <v>1266</v>
+      </c>
+      <c r="M63" s="29">
+        <f t="shared" si="29"/>
+        <v>1499</v>
+      </c>
+      <c r="N63" s="29">
+        <f t="shared" si="29"/>
+        <v>1333</v>
+      </c>
+      <c r="O63" s="29">
+        <f t="shared" si="29"/>
+        <v>996</v>
+      </c>
+      <c r="P63" s="29">
+        <f t="shared" si="29"/>
+        <v>1196</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64" s="16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B64" s="16">
+        <v>1308</v>
+      </c>
+      <c r="C64" s="16">
+        <v>1313</v>
+      </c>
+      <c r="D64" s="16">
+        <v>1312</v>
+      </c>
+      <c r="E64" s="16">
+        <v>1253</v>
+      </c>
+      <c r="F64" s="16">
+        <v>1230</v>
+      </c>
+      <c r="G64" s="16">
+        <v>1190</v>
+      </c>
+      <c r="H64" s="16">
+        <v>1071</v>
+      </c>
+      <c r="I64" s="16">
+        <v>1008</v>
+      </c>
+      <c r="J64" s="16">
+        <v>1070</v>
+      </c>
+      <c r="K64" s="16">
+        <v>1031</v>
+      </c>
+      <c r="L64" s="16">
+        <v>888</v>
+      </c>
+      <c r="M64" s="16">
+        <v>1035</v>
+      </c>
+      <c r="N64" s="16">
+        <v>890</v>
+      </c>
+      <c r="O64" s="16">
+        <v>750</v>
+      </c>
+      <c r="P64" s="16">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="B65" s="16">
+        <v>0</v>
+      </c>
+      <c r="C65" s="16">
+        <v>0</v>
+      </c>
+      <c r="D65" s="16">
+        <v>0</v>
+      </c>
+      <c r="E65" s="16">
+        <v>0</v>
+      </c>
+      <c r="F65" s="16">
+        <v>0</v>
+      </c>
+      <c r="G65" s="16">
+        <v>0</v>
+      </c>
+      <c r="H65" s="16">
+        <v>0</v>
+      </c>
+      <c r="I65" s="16">
+        <v>1</v>
+      </c>
+      <c r="J65" s="16">
+        <v>0</v>
+      </c>
+      <c r="K65" s="16">
+        <v>0</v>
+      </c>
+      <c r="L65" s="16">
+        <v>0</v>
+      </c>
+      <c r="M65" s="16">
+        <v>0</v>
+      </c>
+      <c r="N65" s="16">
+        <v>0</v>
+      </c>
+      <c r="O65" s="16">
+        <v>0</v>
+      </c>
+      <c r="P65" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="B66">
+        <v>2</v>
+      </c>
+      <c r="C66">
+        <v>0</v>
+      </c>
+      <c r="D66">
+        <v>6</v>
+      </c>
+      <c r="E66">
+        <v>1</v>
+      </c>
+      <c r="F66">
+        <v>3</v>
+      </c>
+      <c r="G66">
+        <v>2</v>
+      </c>
+      <c r="H66">
+        <v>0</v>
+      </c>
+      <c r="I66">
+        <v>0</v>
+      </c>
+      <c r="J66">
+        <v>1</v>
+      </c>
+      <c r="K66">
+        <v>1</v>
+      </c>
+      <c r="L66" s="16">
+        <v>0</v>
+      </c>
+      <c r="M66" s="16">
+        <v>0</v>
+      </c>
+      <c r="N66" s="16">
+        <v>0</v>
+      </c>
+      <c r="O66" s="16">
+        <v>0</v>
+      </c>
+      <c r="P66" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B67" s="16">
+        <v>1</v>
+      </c>
+      <c r="C67" s="16">
+        <v>1</v>
+      </c>
+      <c r="D67" s="16">
+        <v>0</v>
+      </c>
+      <c r="E67" s="16">
+        <v>1</v>
+      </c>
+      <c r="F67" s="16">
+        <v>0</v>
+      </c>
+      <c r="G67" s="16">
+        <v>0</v>
+      </c>
+      <c r="H67" s="16">
+        <v>0</v>
+      </c>
+      <c r="I67" s="16">
+        <v>1</v>
+      </c>
+      <c r="J67" s="16">
+        <v>0</v>
+      </c>
+      <c r="K67" s="16">
+        <v>0</v>
+      </c>
+      <c r="L67" s="16">
+        <v>1</v>
+      </c>
+      <c r="M67" s="16">
+        <v>0</v>
+      </c>
+      <c r="N67" s="16">
+        <v>1</v>
+      </c>
+      <c r="O67" s="16">
+        <v>1</v>
+      </c>
+      <c r="P67" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" s="16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B68" s="16">
+        <v>8</v>
+      </c>
+      <c r="C68" s="16">
+        <v>7</v>
+      </c>
+      <c r="D68" s="16">
+        <v>4</v>
+      </c>
+      <c r="E68" s="16">
+        <v>4</v>
+      </c>
+      <c r="F68" s="16">
+        <v>4</v>
+      </c>
+      <c r="G68" s="16">
+        <v>4</v>
+      </c>
+      <c r="H68" s="16">
+        <v>4</v>
+      </c>
+      <c r="I68" s="16">
+        <v>3</v>
+      </c>
+      <c r="J68" s="16">
+        <v>5</v>
+      </c>
+      <c r="K68" s="16">
+        <v>4</v>
+      </c>
+      <c r="L68" s="16">
+        <v>0</v>
+      </c>
+      <c r="M68" s="16">
+        <v>0</v>
+      </c>
+      <c r="N68" s="16">
+        <v>0</v>
+      </c>
+      <c r="O68" s="16">
+        <v>0</v>
+      </c>
+      <c r="P68" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" s="16" t="s">
+        <v>95</v>
+      </c>
+      <c r="B69" s="16">
+        <v>0</v>
+      </c>
+      <c r="C69" s="16">
+        <v>0</v>
+      </c>
+      <c r="D69" s="16">
+        <v>1</v>
+      </c>
+      <c r="E69" s="16">
+        <v>0</v>
+      </c>
+      <c r="F69" s="16">
+        <v>0</v>
+      </c>
+      <c r="G69" s="16">
+        <v>0</v>
+      </c>
+      <c r="H69" s="16">
+        <v>0</v>
+      </c>
+      <c r="I69" s="16">
+        <v>0</v>
+      </c>
+      <c r="J69" s="16">
+        <v>0</v>
+      </c>
+      <c r="K69" s="16">
+        <v>0</v>
+      </c>
+      <c r="L69" s="16">
+        <v>0</v>
+      </c>
+      <c r="M69" s="16">
+        <v>0</v>
+      </c>
+      <c r="N69" s="16">
+        <v>0</v>
+      </c>
+      <c r="O69" s="16">
+        <v>0</v>
+      </c>
+      <c r="P69" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B70" s="16">
+        <v>218</v>
+      </c>
+      <c r="C70" s="16">
+        <v>215</v>
+      </c>
+      <c r="D70" s="16">
+        <v>226</v>
+      </c>
+      <c r="E70" s="16">
+        <v>200</v>
+      </c>
+      <c r="F70" s="16">
+        <v>209</v>
+      </c>
+      <c r="G70" s="16">
+        <v>195</v>
+      </c>
+      <c r="H70" s="16">
+        <v>184</v>
+      </c>
+      <c r="I70" s="16">
+        <v>177</v>
+      </c>
+      <c r="J70" s="16">
+        <v>179</v>
+      </c>
+      <c r="K70" s="16">
+        <v>180</v>
+      </c>
+      <c r="L70" s="16">
+        <v>175</v>
+      </c>
+      <c r="M70" s="16">
+        <v>205</v>
+      </c>
+      <c r="N70" s="16">
+        <v>193</v>
+      </c>
+      <c r="O70" s="16">
+        <v>130</v>
+      </c>
+      <c r="P70" s="16">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B71" s="16">
+        <v>5</v>
+      </c>
+      <c r="C71" s="16">
+        <v>4</v>
+      </c>
+      <c r="D71" s="16">
+        <v>3</v>
+      </c>
+      <c r="E71" s="16">
+        <v>2</v>
+      </c>
+      <c r="F71" s="16">
+        <v>2</v>
+      </c>
+      <c r="G71" s="16">
+        <v>3</v>
+      </c>
+      <c r="H71" s="16">
+        <v>1</v>
+      </c>
+      <c r="I71" s="16">
+        <v>3</v>
+      </c>
+      <c r="J71" s="16">
+        <v>3</v>
+      </c>
+      <c r="K71" s="16">
+        <v>2</v>
+      </c>
+      <c r="L71" s="16">
+        <v>0</v>
+      </c>
+      <c r="M71" s="16">
+        <v>1</v>
+      </c>
+      <c r="N71" s="16">
+        <v>1</v>
+      </c>
+      <c r="O71" s="16">
+        <v>2</v>
+      </c>
+      <c r="P71" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B72" s="16">
+        <v>13</v>
+      </c>
+      <c r="C72" s="16">
+        <v>23</v>
+      </c>
+      <c r="D72" s="16">
+        <v>21</v>
+      </c>
+      <c r="E72" s="16">
+        <v>19</v>
+      </c>
+      <c r="F72" s="16">
+        <v>17</v>
+      </c>
+      <c r="G72" s="16">
+        <v>15</v>
+      </c>
+      <c r="H72" s="16">
+        <v>18</v>
+      </c>
+      <c r="I72" s="16">
+        <v>17</v>
+      </c>
+      <c r="J72" s="16">
+        <v>17</v>
+      </c>
+      <c r="K72" s="16">
+        <v>16</v>
+      </c>
+      <c r="L72" s="16">
+        <v>19</v>
+      </c>
+      <c r="M72" s="16">
+        <v>18</v>
+      </c>
+      <c r="N72" s="16">
+        <v>35</v>
+      </c>
+      <c r="O72" s="16">
+        <v>16</v>
+      </c>
+      <c r="P72" s="16">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B73" s="16">
+        <v>7</v>
+      </c>
+      <c r="C73" s="16">
+        <v>6</v>
+      </c>
+      <c r="D73" s="16">
+        <v>10</v>
+      </c>
+      <c r="E73" s="16">
+        <v>5</v>
+      </c>
+      <c r="F73" s="16">
+        <v>9</v>
+      </c>
+      <c r="G73" s="16">
+        <v>6</v>
+      </c>
+      <c r="H73" s="16">
+        <v>5</v>
+      </c>
+      <c r="I73" s="16">
+        <v>6</v>
+      </c>
+      <c r="J73" s="16">
+        <v>4</v>
+      </c>
+      <c r="K73" s="16">
+        <v>2</v>
+      </c>
+      <c r="L73" s="16">
+        <v>0</v>
+      </c>
+      <c r="M73" s="16">
+        <v>0</v>
+      </c>
+      <c r="N73" s="16">
+        <v>0</v>
+      </c>
+      <c r="O73" s="16">
+        <v>0</v>
+      </c>
+      <c r="P73" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" s="16" t="s">
         <v>96</v>
       </c>
-      <c r="B64" s="16">
-[...39 lines deleted...]
-        <v>766</v>
+      <c r="B74" s="16">
+        <v>1</v>
+      </c>
+      <c r="C74" s="16">
+        <v>0</v>
+      </c>
+      <c r="D74" s="16">
+        <v>0</v>
+      </c>
+      <c r="E74" s="16">
+        <v>0</v>
+      </c>
+      <c r="F74" s="16">
+        <v>0</v>
+      </c>
+      <c r="G74" s="16">
+        <v>0</v>
+      </c>
+      <c r="H74" s="16">
+        <v>1</v>
+      </c>
+      <c r="I74" s="16">
+        <v>0</v>
+      </c>
+      <c r="J74" s="16">
+        <v>0</v>
+      </c>
+      <c r="K74" s="16">
+        <v>0</v>
+      </c>
+      <c r="L74" s="16">
+        <v>0</v>
+      </c>
+      <c r="M74" s="16">
+        <v>0</v>
+      </c>
+      <c r="N74" s="16">
+        <v>0</v>
+      </c>
+      <c r="O74" s="16">
+        <v>0</v>
+      </c>
+      <c r="P74" s="16">
+        <v>0</v>
       </c>
     </row>
-    <row r="65" spans="1:15">
-      <c r="A65" s="16" t="s">
+    <row r="75" spans="1:16">
+      <c r="A75" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B75" s="16">
+        <v>159</v>
+      </c>
+      <c r="C75" s="16">
+        <v>126</v>
+      </c>
+      <c r="D75" s="16">
+        <v>118</v>
+      </c>
+      <c r="E75" s="16">
+        <v>132</v>
+      </c>
+      <c r="F75" s="16">
+        <v>127</v>
+      </c>
+      <c r="G75" s="16">
+        <v>105</v>
+      </c>
+      <c r="H75" s="16">
+        <v>102</v>
+      </c>
+      <c r="I75" s="16">
+        <v>96</v>
+      </c>
+      <c r="J75" s="16">
+        <v>81</v>
+      </c>
+      <c r="K75" s="16">
+        <v>93</v>
+      </c>
+      <c r="L75" s="16">
         <v>97</v>
       </c>
-      <c r="B65" s="16">
-[...39 lines deleted...]
-        <v>0</v>
+      <c r="M75" s="16">
+        <v>148</v>
+      </c>
+      <c r="N75" s="16">
+        <v>115</v>
+      </c>
+      <c r="O75" s="16">
+        <v>39</v>
+      </c>
+      <c r="P75" s="16">
+        <v>52</v>
       </c>
     </row>
-    <row r="66" spans="1:15">
-[...100 lines deleted...]
-      <c r="C68" s="16">
+    <row r="76" spans="1:16">
+      <c r="A76" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B76" s="16">
+        <v>9</v>
+      </c>
+      <c r="C76" s="16">
+        <v>12</v>
+      </c>
+      <c r="D76" s="16">
+        <v>12</v>
+      </c>
+      <c r="E76" s="16">
+        <v>10</v>
+      </c>
+      <c r="F76" s="16">
+        <v>6</v>
+      </c>
+      <c r="G76" s="16">
+        <v>6</v>
+      </c>
+      <c r="H76" s="16">
+        <v>7</v>
+      </c>
+      <c r="I76" s="16">
+        <v>7</v>
+      </c>
+      <c r="J76" s="16">
         <v>4</v>
       </c>
-      <c r="D68" s="16">
-[...11 lines deleted...]
-      <c r="H68" s="16">
+      <c r="K76" s="16">
+        <v>8</v>
+      </c>
+      <c r="L76" s="16">
         <v>3</v>
       </c>
-      <c r="I68" s="16">
-[...219 lines deleted...]
-      <c r="D73" s="16">
+      <c r="M76" s="16">
+        <v>8</v>
+      </c>
+      <c r="N76" s="16">
         <v>5</v>
-      </c>
-[...169 lines deleted...]
-        <v>3</v>
       </c>
       <c r="O76" s="16">
         <v>2</v>
       </c>
+      <c r="P76" s="16">
+        <v>2</v>
+      </c>
     </row>
-    <row r="77" spans="1:15">
+    <row r="77" spans="1:16">
       <c r="A77" s="16" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B77" s="16">
         <v>2</v>
       </c>
       <c r="C77" s="16">
         <v>0</v>
       </c>
       <c r="D77" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E77" s="16">
         <v>0</v>
       </c>
       <c r="F77" s="16">
         <v>0</v>
       </c>
       <c r="G77" s="16">
         <v>0</v>
       </c>
       <c r="H77" s="16">
         <v>0</v>
       </c>
       <c r="I77" s="16">
         <v>0</v>
       </c>
       <c r="J77" s="16">
         <v>0</v>
       </c>
       <c r="K77" s="16">
         <v>0</v>
       </c>
       <c r="L77" s="16">
         <v>0</v>
       </c>
       <c r="M77" s="16">
         <v>0</v>
       </c>
       <c r="N77" s="16">
         <v>1</v>
       </c>
       <c r="O77" s="16">
         <v>0</v>
       </c>
+      <c r="P77" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="78" spans="1:15">
+    <row r="78" spans="1:16">
       <c r="A78" s="16" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B78" s="16">
         <v>2</v>
       </c>
       <c r="C78" s="16">
         <v>1</v>
       </c>
       <c r="D78" s="16">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E78" s="16">
         <v>1</v>
       </c>
       <c r="F78" s="16">
         <v>2</v>
       </c>
       <c r="G78" s="16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H78" s="16">
         <v>1</v>
       </c>
       <c r="I78" s="16">
         <v>1</v>
       </c>
       <c r="J78" s="16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K78" s="16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L78" s="16">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="M78" s="16">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="N78" s="16">
         <v>0</v>
       </c>
       <c r="O78" s="16">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="P78" s="16">
+        <v>1</v>
       </c>
     </row>
-    <row r="79" spans="1:15">
+    <row r="79" spans="1:16">
       <c r="A79" s="16" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B79" s="16">
         <v>2</v>
       </c>
       <c r="C79" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D79" s="16">
         <v>1</v>
       </c>
       <c r="E79" s="16">
         <v>1</v>
       </c>
       <c r="F79" s="16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G79" s="16">
         <v>2</v>
       </c>
       <c r="H79" s="16">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I79" s="16">
         <v>1</v>
       </c>
       <c r="J79" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K79" s="16">
+        <v>1</v>
+      </c>
+      <c r="L79" s="16">
         <v>2</v>
       </c>
-      <c r="L79" s="16">
+      <c r="M79" s="16">
+        <v>1</v>
+      </c>
+      <c r="N79" s="16">
+        <v>1</v>
+      </c>
+      <c r="O79" s="16">
+        <v>1</v>
+      </c>
+      <c r="P79" s="16">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B80" s="16">
+        <v>11</v>
+      </c>
+      <c r="C80" s="16">
+        <v>10</v>
+      </c>
+      <c r="D80" s="16">
+        <v>11</v>
+      </c>
+      <c r="E80" s="16">
+        <v>9</v>
+      </c>
+      <c r="F80" s="16">
+        <v>10</v>
+      </c>
+      <c r="G80" s="16">
+        <v>15</v>
+      </c>
+      <c r="H80" s="16">
+        <v>14</v>
+      </c>
+      <c r="I80" s="16">
+        <v>16</v>
+      </c>
+      <c r="J80" s="16">
+        <v>12</v>
+      </c>
+      <c r="K80" s="16">
+        <v>12</v>
+      </c>
+      <c r="L80" s="16">
+        <v>6</v>
+      </c>
+      <c r="M80" s="16">
+        <v>11</v>
+      </c>
+      <c r="N80" s="16">
+        <v>9</v>
+      </c>
+      <c r="O80" s="16">
         <v>4</v>
       </c>
-      <c r="M79" s="16">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="P80" s="16">
+        <v>4</v>
       </c>
     </row>
-    <row r="80" spans="1:15">
-      <c r="A80" s="16" t="s">
+    <row r="81" spans="1:16">
+      <c r="A81" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B81" s="16">
+        <v>118</v>
+      </c>
+      <c r="C81" s="16">
+        <v>114</v>
+      </c>
+      <c r="D81" s="16">
+        <v>109</v>
+      </c>
+      <c r="E81" s="16">
+        <v>121</v>
+      </c>
+      <c r="F81" s="16">
         <v>107</v>
       </c>
-      <c r="B80" s="16">
-[...38 lines deleted...]
-      <c r="O80" s="16">
+      <c r="G81" s="16">
+        <v>116</v>
+      </c>
+      <c r="H81" s="16">
+        <v>85</v>
+      </c>
+      <c r="I81" s="16">
+        <v>84</v>
+      </c>
+      <c r="J81" s="16">
+        <v>80</v>
+      </c>
+      <c r="K81" s="16">
+        <v>92</v>
+      </c>
+      <c r="L81" s="16">
+        <v>72</v>
+      </c>
+      <c r="M81" s="16">
+        <v>71</v>
+      </c>
+      <c r="N81" s="16">
+        <v>82</v>
+      </c>
+      <c r="O81" s="16">
+        <v>50</v>
+      </c>
+      <c r="P81" s="16">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B82" s="16">
+        <v>1</v>
+      </c>
+      <c r="C82" s="16">
+        <v>0</v>
+      </c>
+      <c r="D82" s="16">
+        <v>0</v>
+      </c>
+      <c r="E82" s="16">
+        <v>1</v>
+      </c>
+      <c r="F82" s="16">
+        <v>0</v>
+      </c>
+      <c r="G82" s="16">
+        <v>0</v>
+      </c>
+      <c r="H82" s="16">
+        <v>0</v>
+      </c>
+      <c r="I82" s="16">
+        <v>0</v>
+      </c>
+      <c r="J82" s="16">
+        <v>0</v>
+      </c>
+      <c r="K82" s="16">
+        <v>0</v>
+      </c>
+      <c r="L82" s="16">
+        <v>1</v>
+      </c>
+      <c r="M82" s="16">
+        <v>0</v>
+      </c>
+      <c r="N82" s="16">
+        <v>0</v>
+      </c>
+      <c r="O82" s="16">
+        <v>0</v>
+      </c>
+      <c r="P82" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" s="1" t="s">
         <v>3</v>
-      </c>
-[...97 lines deleted...]
-        <v>4</v>
       </c>
       <c r="B83" s="1"/>
       <c r="C83" s="1"/>
       <c r="D83" s="1"/>
       <c r="E83" s="1"/>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1"/>
+      <c r="P83" s="1"/>
     </row>
-    <row r="85" spans="1:15" ht="15.75">
+    <row r="85" spans="1:16" ht="15.6">
       <c r="A85" s="10" t="s">
-        <v>8</v>
+        <v>127</v>
       </c>
       <c r="B85" s="10">
         <v>2011</v>
       </c>
       <c r="C85" s="10">
         <f>B85+1</f>
         <v>2012</v>
       </c>
       <c r="D85" s="10">
-        <f t="shared" ref="D85" si="29">C85+1</f>
+        <f t="shared" ref="D85" si="30">C85+1</f>
         <v>2013</v>
       </c>
       <c r="E85" s="10">
-        <f t="shared" ref="E85" si="30">D85+1</f>
+        <f t="shared" ref="E85" si="31">D85+1</f>
         <v>2014</v>
       </c>
       <c r="F85" s="10">
-        <f t="shared" ref="F85" si="31">E85+1</f>
+        <f t="shared" ref="F85" si="32">E85+1</f>
         <v>2015</v>
       </c>
       <c r="G85" s="10">
-        <f t="shared" ref="G85" si="32">F85+1</f>
+        <f t="shared" ref="G85" si="33">F85+1</f>
         <v>2016</v>
       </c>
       <c r="H85" s="10">
-        <f t="shared" ref="H85" si="33">G85+1</f>
+        <f t="shared" ref="H85" si="34">G85+1</f>
         <v>2017</v>
       </c>
       <c r="I85" s="10">
-        <f t="shared" ref="I85" si="34">H85+1</f>
+        <f t="shared" ref="I85" si="35">H85+1</f>
         <v>2018</v>
       </c>
       <c r="J85" s="10">
-        <f t="shared" ref="J85" si="35">I85+1</f>
+        <f t="shared" ref="J85" si="36">I85+1</f>
         <v>2019</v>
       </c>
       <c r="K85" s="10">
-        <f t="shared" ref="K85" si="36">J85+1</f>
+        <f t="shared" ref="K85" si="37">J85+1</f>
         <v>2020</v>
       </c>
       <c r="L85" s="10">
-        <f t="shared" ref="L85" si="37">K85+1</f>
+        <f t="shared" ref="L85" si="38">K85+1</f>
         <v>2021</v>
       </c>
       <c r="M85" s="10">
-        <f t="shared" ref="M85" si="38">L85+1</f>
+        <f t="shared" ref="M85" si="39">L85+1</f>
         <v>2022</v>
       </c>
       <c r="N85" s="10">
-        <f t="shared" ref="N85" si="39">M85+1</f>
+        <f t="shared" ref="N85" si="40">M85+1</f>
         <v>2023</v>
       </c>
       <c r="O85" s="10">
-        <f t="shared" ref="O85" si="40">N85+1</f>
+        <f t="shared" ref="O85" si="41">N85+1</f>
         <v>2024</v>
       </c>
+      <c r="P85" s="10">
+        <v>2025</v>
+      </c>
     </row>
-    <row r="86" spans="1:15">
+    <row r="86" spans="1:16">
       <c r="A86" s="12" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B86" s="13">
-        <v>1224</v>
+        <v>1318</v>
       </c>
       <c r="C86" s="13">
+        <v>1357</v>
+      </c>
+      <c r="D86" s="13">
+        <v>1442</v>
+      </c>
+      <c r="E86" s="13">
+        <v>1451</v>
+      </c>
+      <c r="F86" s="13">
+        <v>1804</v>
+      </c>
+      <c r="G86" s="13">
+        <v>1583</v>
+      </c>
+      <c r="H86" s="13">
+        <v>1526</v>
+      </c>
+      <c r="I86" s="13">
+        <v>1259</v>
+      </c>
+      <c r="J86" s="13">
+        <v>1448</v>
+      </c>
+      <c r="K86" s="13">
+        <v>1173</v>
+      </c>
+      <c r="L86" s="13">
+        <v>1051</v>
+      </c>
+      <c r="M86" s="13">
+        <v>1332</v>
+      </c>
+      <c r="N86" s="13">
         <v>1324</v>
       </c>
-      <c r="D86" s="13">
-[...31 lines deleted...]
-      </c>
       <c r="O86" s="13">
-        <v>1829</v>
+        <v>1463</v>
+      </c>
+      <c r="P86" s="13">
+        <v>1092</v>
       </c>
     </row>
-    <row r="87" spans="1:15">
+    <row r="87" spans="1:16">
       <c r="A87" s="12" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-        <v>2.448538678509272</v>
+        <v>55</v>
+      </c>
+      <c r="B87" s="14" t="s">
+        <v>125</v>
       </c>
       <c r="C87" s="14">
-        <f t="shared" ref="C87:O87" si="41">C86/C9*100</f>
-        <v>2.5651457909522426</v>
+        <f t="shared" ref="C87:P87" si="42">C86/C9*100</f>
+        <v>2.7145972113865051</v>
       </c>
       <c r="D87" s="14">
-        <f t="shared" si="41"/>
-        <v>2.9849340866290017</v>
+        <f t="shared" si="42"/>
+        <v>2.7937615034389225</v>
       </c>
       <c r="E87" s="14">
-        <f t="shared" si="41"/>
-        <v>2.6655170516042634</v>
+        <f t="shared" si="42"/>
+        <v>2.7325800376647837</v>
       </c>
       <c r="F87" s="14">
-        <f t="shared" si="41"/>
-        <v>2.6179598829324009</v>
+        <f t="shared" si="42"/>
+        <v>3.3094237860248392</v>
       </c>
       <c r="G87" s="14">
-        <f t="shared" si="41"/>
-        <v>4.0068928304120028</v>
+        <f t="shared" si="42"/>
+        <v>2.8249696623599116</v>
       </c>
       <c r="H87" s="14">
-        <f t="shared" si="41"/>
-        <v>2.0853836495062272</v>
+        <f t="shared" si="42"/>
+        <v>2.6561765678578269</v>
       </c>
       <c r="I87" s="14">
-        <f t="shared" si="41"/>
-        <v>2.2200171546780134</v>
+        <f t="shared" si="42"/>
+        <v>2.1362880510401463</v>
       </c>
       <c r="J87" s="14">
-        <f t="shared" si="41"/>
-        <v>2.609908354363129</v>
+        <f t="shared" si="42"/>
+        <v>2.4352915454346693</v>
       </c>
       <c r="K87" s="14">
-        <f t="shared" si="41"/>
-        <v>2.1746212738230981</v>
+        <f t="shared" si="42"/>
+        <v>1.9474697835037853</v>
       </c>
       <c r="L87" s="14">
-        <f t="shared" si="41"/>
-        <v>2.1019612915743688</v>
+        <f t="shared" si="42"/>
+        <v>1.712005212575338</v>
       </c>
       <c r="M87" s="14">
-        <f t="shared" si="41"/>
-        <v>2.1961698797297515</v>
+        <f t="shared" si="42"/>
+        <v>2.1537018772131229</v>
       </c>
       <c r="N87" s="14">
-        <f t="shared" si="41"/>
-        <v>2.1889896848046169</v>
+        <f t="shared" si="42"/>
+        <v>2.1147119423725025</v>
       </c>
       <c r="O87" s="14">
-        <f t="shared" si="41"/>
-        <v>2.9746608984158995</v>
+        <f t="shared" si="42"/>
+        <v>2.3324777194968354</v>
+      </c>
+      <c r="P87" s="14">
+        <f t="shared" si="42"/>
+        <v>1.7794580148939982</v>
       </c>
     </row>
-    <row r="89" spans="1:15" ht="15.75">
+    <row r="89" spans="1:16" ht="15.6">
       <c r="A89" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="B89" s="29">
+        <f>SUM(B90:B109)</f>
+        <v>1318</v>
+      </c>
+      <c r="C89" s="29">
+        <f t="shared" ref="C89:P89" si="43">SUM(C90:C109)</f>
+        <v>1357</v>
+      </c>
+      <c r="D89" s="29">
+        <f t="shared" si="43"/>
+        <v>1442</v>
+      </c>
+      <c r="E89" s="29">
+        <f t="shared" si="43"/>
+        <v>1451</v>
+      </c>
+      <c r="F89" s="29">
+        <f t="shared" si="43"/>
+        <v>1804</v>
+      </c>
+      <c r="G89" s="29">
+        <f t="shared" si="43"/>
+        <v>1583</v>
+      </c>
+      <c r="H89" s="29">
+        <f t="shared" si="43"/>
+        <v>1526</v>
+      </c>
+      <c r="I89" s="29">
+        <f t="shared" si="43"/>
+        <v>1259</v>
+      </c>
+      <c r="J89" s="29">
+        <f t="shared" si="43"/>
+        <v>1448</v>
+      </c>
+      <c r="K89" s="29">
+        <f t="shared" si="43"/>
+        <v>1172</v>
+      </c>
+      <c r="L89" s="29">
+        <f t="shared" si="43"/>
+        <v>1051</v>
+      </c>
+      <c r="M89" s="29">
+        <f t="shared" si="43"/>
+        <v>1332</v>
+      </c>
+      <c r="N89" s="29">
+        <f t="shared" si="43"/>
+        <v>1324</v>
+      </c>
+      <c r="O89" s="29">
+        <f t="shared" si="43"/>
+        <v>1463</v>
+      </c>
+      <c r="P89" s="29">
+        <f t="shared" si="43"/>
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" s="16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B90" s="16">
+        <v>85</v>
+      </c>
+      <c r="C90" s="16">
+        <v>96</v>
+      </c>
+      <c r="D90" s="16">
+        <v>97</v>
+      </c>
+      <c r="E90" s="16">
+        <v>73</v>
+      </c>
+      <c r="F90" s="16">
+        <v>140</v>
+      </c>
+      <c r="G90" s="16">
+        <v>86</v>
+      </c>
+      <c r="H90" s="16">
+        <v>130</v>
+      </c>
+      <c r="I90" s="16">
+        <v>67</v>
+      </c>
+      <c r="J90" s="16">
+        <v>103</v>
+      </c>
+      <c r="K90" s="16">
+        <v>95</v>
+      </c>
+      <c r="L90" s="16">
+        <v>63</v>
+      </c>
+      <c r="M90" s="16">
+        <v>121</v>
+      </c>
+      <c r="N90" s="16">
+        <v>128</v>
+      </c>
+      <c r="O90" s="16">
+        <v>87</v>
+      </c>
+      <c r="P90" s="16">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B91" s="16">
+        <v>3</v>
+      </c>
+      <c r="C91" s="16">
+        <v>5</v>
+      </c>
+      <c r="D91" s="16">
+        <v>2</v>
+      </c>
+      <c r="E91" s="16">
+        <v>3</v>
+      </c>
+      <c r="F91" s="16">
         <v>9</v>
       </c>
-      <c r="B89" s="30">
-[...121 lines deleted...]
-      </c>
       <c r="G91" s="16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H91" s="16">
         <v>3</v>
       </c>
       <c r="I91" s="16">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J91" s="16">
         <v>1</v>
       </c>
       <c r="K91" s="16">
         <v>4</v>
       </c>
       <c r="L91" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M91" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N91" s="16">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O91" s="16">
+        <v>3</v>
+      </c>
+      <c r="P91" s="16">
         <v>2</v>
       </c>
     </row>
-    <row r="92" spans="1:15">
+    <row r="92" spans="1:16">
       <c r="A92" s="16" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B92" s="16">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="C92" s="16">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="D92" s="16">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="E92" s="16">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F92" s="16">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="G92" s="16">
-        <v>160</v>
+        <v>109</v>
       </c>
       <c r="H92" s="16">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="I92" s="16">
         <v>94</v>
       </c>
       <c r="J92" s="16">
-        <v>120</v>
+        <v>99</v>
       </c>
       <c r="K92" s="16">
-        <v>109</v>
+        <v>93</v>
       </c>
       <c r="L92" s="16">
-        <v>108</v>
+        <v>82</v>
       </c>
       <c r="M92" s="16">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="N92" s="16">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="O92" s="16">
-        <v>151</v>
+        <v>128</v>
+      </c>
+      <c r="P92" s="16">
+        <v>83</v>
       </c>
     </row>
-    <row r="93" spans="1:15">
+    <row r="93" spans="1:16">
       <c r="A93" s="16" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B93" s="16">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C93" s="16">
         <v>0</v>
       </c>
       <c r="D93" s="16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E93" s="16">
         <v>1</v>
       </c>
       <c r="F93" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G93" s="16">
         <v>4</v>
       </c>
       <c r="H93" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I93" s="16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J93" s="16">
         <v>2</v>
       </c>
       <c r="K93" s="16">
         <v>3</v>
       </c>
       <c r="L93" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M93" s="16">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="N93" s="16">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="O93" s="16">
         <v>4</v>
       </c>
+      <c r="P93" s="16">
+        <v>2</v>
+      </c>
     </row>
-    <row r="94" spans="1:15">
+    <row r="94" spans="1:16">
       <c r="A94" s="16" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B94" s="16">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C94" s="16">
         <v>3</v>
       </c>
       <c r="D94" s="16">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="E94" s="16">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F94" s="16">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="G94" s="16">
         <v>2</v>
       </c>
       <c r="H94" s="16">
+        <v>5</v>
+      </c>
+      <c r="I94" s="16">
         <v>3</v>
       </c>
-      <c r="I94" s="16">
+      <c r="J94" s="16">
+        <v>5</v>
+      </c>
+      <c r="K94" s="16">
+        <v>1</v>
+      </c>
+      <c r="L94" s="16">
+        <v>5</v>
+      </c>
+      <c r="M94" s="16">
         <v>4</v>
       </c>
-      <c r="J94" s="16">
-[...8 lines deleted...]
-      <c r="M94" s="16">
+      <c r="N94" s="16">
         <v>3</v>
       </c>
-      <c r="N94" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="O94" s="16">
+        <v>3</v>
+      </c>
+      <c r="P94" s="16">
         <v>6</v>
       </c>
     </row>
-    <row r="95" spans="1:15">
+    <row r="95" spans="1:16">
       <c r="A95" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="B95" s="16">
+        <v>304</v>
+      </c>
+      <c r="C95" s="16">
+        <v>327</v>
+      </c>
+      <c r="D95" s="16">
+        <v>396</v>
+      </c>
+      <c r="E95" s="16">
+        <v>350</v>
+      </c>
+      <c r="F95" s="16">
+        <v>396</v>
+      </c>
+      <c r="G95" s="16">
+        <v>372</v>
+      </c>
+      <c r="H95" s="16">
+        <v>299</v>
+      </c>
+      <c r="I95" s="16">
+        <v>289</v>
+      </c>
+      <c r="J95" s="16">
+        <v>289</v>
+      </c>
+      <c r="K95" s="16">
+        <v>228</v>
+      </c>
+      <c r="L95" s="16">
+        <v>162</v>
+      </c>
+      <c r="M95" s="16">
+        <v>181</v>
+      </c>
+      <c r="N95" s="16">
+        <v>165</v>
+      </c>
+      <c r="O95" s="16">
+        <v>156</v>
+      </c>
+      <c r="P95" s="16">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" s="16" t="s">
+        <v>75</v>
+      </c>
+      <c r="B96" s="16">
+        <v>155</v>
+      </c>
+      <c r="C96" s="16">
+        <v>136</v>
+      </c>
+      <c r="D96" s="16">
+        <v>142</v>
+      </c>
+      <c r="E96" s="16">
+        <v>149</v>
+      </c>
+      <c r="F96" s="16">
+        <v>189</v>
+      </c>
+      <c r="G96" s="16">
+        <v>167</v>
+      </c>
+      <c r="H96" s="16">
+        <v>146</v>
+      </c>
+      <c r="I96" s="16">
+        <v>128</v>
+      </c>
+      <c r="J96" s="16">
+        <v>171</v>
+      </c>
+      <c r="K96" s="16">
+        <v>112</v>
+      </c>
+      <c r="L96" s="16">
+        <v>107</v>
+      </c>
+      <c r="M96" s="16">
+        <v>117</v>
+      </c>
+      <c r="N96" s="16">
+        <v>132</v>
+      </c>
+      <c r="O96" s="16">
+        <v>126</v>
+      </c>
+      <c r="P96" s="16">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" s="16" t="s">
+        <v>76</v>
+      </c>
+      <c r="B97" s="16">
+        <v>64</v>
+      </c>
+      <c r="C97" s="16">
+        <v>53</v>
+      </c>
+      <c r="D97" s="16">
+        <v>46</v>
+      </c>
+      <c r="E97" s="16">
+        <v>59</v>
+      </c>
+      <c r="F97" s="16">
+        <v>103</v>
+      </c>
+      <c r="G97" s="16">
+        <v>68</v>
+      </c>
+      <c r="H97" s="16">
+        <v>91</v>
+      </c>
+      <c r="I97" s="16">
+        <v>46</v>
+      </c>
+      <c r="J97" s="16">
+        <v>76</v>
+      </c>
+      <c r="K97" s="16">
+        <v>48</v>
+      </c>
+      <c r="L97" s="16">
+        <v>42</v>
+      </c>
+      <c r="M97" s="16">
+        <v>50</v>
+      </c>
+      <c r="N97" s="16">
+        <v>52</v>
+      </c>
+      <c r="O97" s="16">
+        <v>49</v>
+      </c>
+      <c r="P97" s="16">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" s="16" t="s">
+        <v>77</v>
+      </c>
+      <c r="B98" s="16">
+        <v>38</v>
+      </c>
+      <c r="C98" s="16">
+        <v>36</v>
+      </c>
+      <c r="D98" s="16">
+        <v>39</v>
+      </c>
+      <c r="E98" s="16">
+        <v>41</v>
+      </c>
+      <c r="F98" s="16">
+        <v>69</v>
+      </c>
+      <c r="G98" s="16">
+        <v>44</v>
+      </c>
+      <c r="H98" s="16">
+        <v>56</v>
+      </c>
+      <c r="I98" s="16">
+        <v>37</v>
+      </c>
+      <c r="J98" s="16">
+        <v>56</v>
+      </c>
+      <c r="K98" s="16">
+        <v>35</v>
+      </c>
+      <c r="L98" s="16">
+        <v>35</v>
+      </c>
+      <c r="M98" s="16">
+        <v>49</v>
+      </c>
+      <c r="N98" s="16">
+        <v>43</v>
+      </c>
+      <c r="O98" s="16">
+        <v>47</v>
+      </c>
+      <c r="P98" s="16">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" s="16" t="s">
         <v>78</v>
       </c>
-      <c r="B95" s="16">
-[...39 lines deleted...]
-        <v>184</v>
+      <c r="B99" s="16">
+        <v>26</v>
+      </c>
+      <c r="C99" s="16">
+        <v>25</v>
+      </c>
+      <c r="D99" s="16">
+        <v>21</v>
+      </c>
+      <c r="E99" s="16">
+        <v>22</v>
+      </c>
+      <c r="F99" s="16">
+        <v>29</v>
+      </c>
+      <c r="G99" s="16">
+        <v>28</v>
+      </c>
+      <c r="H99" s="16">
+        <v>21</v>
+      </c>
+      <c r="I99" s="16">
+        <v>24</v>
+      </c>
+      <c r="J99" s="16">
+        <v>24</v>
+      </c>
+      <c r="K99" s="16">
+        <v>20</v>
+      </c>
+      <c r="L99" s="16">
+        <v>20</v>
+      </c>
+      <c r="M99" s="16">
+        <v>23</v>
+      </c>
+      <c r="N99" s="16">
+        <v>23</v>
+      </c>
+      <c r="O99" s="16">
+        <v>28</v>
+      </c>
+      <c r="P99" s="16">
+        <v>22</v>
       </c>
     </row>
-    <row r="96" spans="1:15">
-      <c r="A96" s="16" t="s">
+    <row r="100" spans="1:16">
+      <c r="A100" s="16" t="s">
         <v>79</v>
       </c>
-      <c r="B96" s="16">
-[...186 lines deleted...]
-      </c>
       <c r="B100" s="16">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C100" s="16">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D100" s="16">
         <v>10</v>
       </c>
       <c r="E100" s="16">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F100" s="16">
+        <v>13</v>
+      </c>
+      <c r="G100" s="16">
+        <v>12</v>
+      </c>
+      <c r="H100" s="16">
+        <v>14</v>
+      </c>
+      <c r="I100" s="16">
+        <v>12</v>
+      </c>
+      <c r="J100" s="16">
+        <v>19</v>
+      </c>
+      <c r="K100" s="16">
+        <v>11</v>
+      </c>
+      <c r="L100" s="16">
+        <v>14</v>
+      </c>
+      <c r="M100" s="16">
+        <v>12</v>
+      </c>
+      <c r="N100" s="16">
+        <v>12</v>
+      </c>
+      <c r="O100" s="16">
         <v>9</v>
       </c>
-      <c r="G100" s="16">
+      <c r="P100" s="16">
         <v>13</v>
       </c>
-      <c r="H100" s="16">
-[...22 lines deleted...]
-      </c>
     </row>
-    <row r="101" spans="1:15">
+    <row r="101" spans="1:16">
       <c r="A101" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="B101" s="16">
+        <v>27</v>
+      </c>
+      <c r="C101" s="16">
+        <v>24</v>
+      </c>
+      <c r="D101" s="16">
+        <v>26</v>
+      </c>
+      <c r="E101" s="16">
+        <v>24</v>
+      </c>
+      <c r="F101" s="16">
+        <v>50</v>
+      </c>
+      <c r="G101" s="16">
+        <v>44</v>
+      </c>
+      <c r="H101" s="16">
+        <v>50</v>
+      </c>
+      <c r="I101" s="16">
+        <v>41</v>
+      </c>
+      <c r="J101" s="16">
+        <v>48</v>
+      </c>
+      <c r="K101" s="16">
+        <v>46</v>
+      </c>
+      <c r="L101" s="16">
+        <v>34</v>
+      </c>
+      <c r="M101" s="16">
+        <v>51</v>
+      </c>
+      <c r="N101" s="16">
+        <v>52</v>
+      </c>
+      <c r="O101" s="16">
+        <v>49</v>
+      </c>
+      <c r="P101" s="16">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="B102" s="16">
+        <v>85</v>
+      </c>
+      <c r="C102" s="16">
+        <v>82</v>
+      </c>
+      <c r="D102" s="16">
+        <v>82</v>
+      </c>
+      <c r="E102" s="16">
+        <v>90</v>
+      </c>
+      <c r="F102" s="16">
+        <v>97</v>
+      </c>
+      <c r="G102" s="16">
+        <v>100</v>
+      </c>
+      <c r="H102" s="16">
         <v>84</v>
       </c>
-      <c r="B101" s="16">
-[...20 lines deleted...]
-      <c r="I101" s="16">
+      <c r="I102" s="16">
+        <v>78</v>
+      </c>
+      <c r="J102" s="16">
+        <v>82</v>
+      </c>
+      <c r="K102" s="16">
+        <v>65</v>
+      </c>
+      <c r="L102" s="16">
+        <v>67</v>
+      </c>
+      <c r="M102" s="16">
+        <v>77</v>
+      </c>
+      <c r="N102" s="16">
+        <v>74</v>
+      </c>
+      <c r="O102" s="16">
+        <v>82</v>
+      </c>
+      <c r="P102" s="16">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" s="16" t="s">
+        <v>82</v>
+      </c>
+      <c r="B103" s="16">
+        <v>182</v>
+      </c>
+      <c r="C103" s="16">
+        <v>238</v>
+      </c>
+      <c r="D103" s="16">
+        <v>225</v>
+      </c>
+      <c r="E103" s="16">
+        <v>243</v>
+      </c>
+      <c r="F103" s="16">
+        <v>291</v>
+      </c>
+      <c r="G103" s="16">
+        <v>257</v>
+      </c>
+      <c r="H103" s="16">
+        <v>263</v>
+      </c>
+      <c r="I103" s="16">
+        <v>193</v>
+      </c>
+      <c r="J103" s="16">
+        <v>202</v>
+      </c>
+      <c r="K103" s="16">
+        <v>182</v>
+      </c>
+      <c r="L103" s="16">
+        <v>185</v>
+      </c>
+      <c r="M103" s="16">
+        <v>249</v>
+      </c>
+      <c r="N103" s="16">
+        <v>239</v>
+      </c>
+      <c r="O103" s="16">
+        <v>256</v>
+      </c>
+      <c r="P103" s="16">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" s="16" t="s">
+        <v>83</v>
+      </c>
+      <c r="B104" s="16">
+        <v>0</v>
+      </c>
+      <c r="C104" s="16">
+        <v>0</v>
+      </c>
+      <c r="D104" s="16">
+        <v>0</v>
+      </c>
+      <c r="E104" s="16">
+        <v>1</v>
+      </c>
+      <c r="F104" s="16">
+        <v>0</v>
+      </c>
+      <c r="G104" s="16">
+        <v>0</v>
+      </c>
+      <c r="H104" s="16">
+        <v>0</v>
+      </c>
+      <c r="I104" s="16">
+        <v>0</v>
+      </c>
+      <c r="J104" s="16">
+        <v>0</v>
+      </c>
+      <c r="K104" s="16">
+        <v>0</v>
+      </c>
+      <c r="L104" s="16">
+        <v>0</v>
+      </c>
+      <c r="M104" s="16">
+        <v>0</v>
+      </c>
+      <c r="N104" s="16">
+        <v>0</v>
+      </c>
+      <c r="O104" s="16">
+        <v>0</v>
+      </c>
+      <c r="P104" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" s="16" t="s">
+        <v>84</v>
+      </c>
+      <c r="B105" s="16">
+        <v>58</v>
+      </c>
+      <c r="C105" s="16">
+        <v>68</v>
+      </c>
+      <c r="D105" s="16">
+        <v>66</v>
+      </c>
+      <c r="E105" s="16">
+        <v>81</v>
+      </c>
+      <c r="F105" s="16">
+        <v>90</v>
+      </c>
+      <c r="G105" s="16">
+        <v>77</v>
+      </c>
+      <c r="H105" s="16">
+        <v>63</v>
+      </c>
+      <c r="I105" s="16">
+        <v>55</v>
+      </c>
+      <c r="J105" s="16">
+        <v>66</v>
+      </c>
+      <c r="K105" s="16">
+        <v>51</v>
+      </c>
+      <c r="L105" s="16">
+        <v>51</v>
+      </c>
+      <c r="M105" s="16">
+        <v>51</v>
+      </c>
+      <c r="N105" s="16">
+        <v>55</v>
+      </c>
+      <c r="O105" s="16">
+        <v>62</v>
+      </c>
+      <c r="P105" s="16">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="B106" s="16">
+        <v>87</v>
+      </c>
+      <c r="C106" s="16">
+        <v>80</v>
+      </c>
+      <c r="D106" s="16">
+        <v>93</v>
+      </c>
+      <c r="E106" s="16">
+        <v>95</v>
+      </c>
+      <c r="F106" s="16">
+        <v>104</v>
+      </c>
+      <c r="G106" s="16">
+        <v>102</v>
+      </c>
+      <c r="H106" s="16">
+        <v>117</v>
+      </c>
+      <c r="I106" s="16">
+        <v>99</v>
+      </c>
+      <c r="J106" s="16">
+        <v>110</v>
+      </c>
+      <c r="K106" s="16">
+        <v>101</v>
+      </c>
+      <c r="L106" s="16">
+        <v>97</v>
+      </c>
+      <c r="M106" s="16">
+        <v>131</v>
+      </c>
+      <c r="N106" s="16">
+        <v>136</v>
+      </c>
+      <c r="O106" s="16">
+        <v>169</v>
+      </c>
+      <c r="P106" s="16">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="B107" s="16">
+        <v>44</v>
+      </c>
+      <c r="C107" s="16">
+        <v>45</v>
+      </c>
+      <c r="D107" s="16">
+        <v>54</v>
+      </c>
+      <c r="E107" s="16">
+        <v>60</v>
+      </c>
+      <c r="F107" s="16">
+        <v>66</v>
+      </c>
+      <c r="G107" s="16">
+        <v>61</v>
+      </c>
+      <c r="H107" s="16">
         <v>50</v>
       </c>
-      <c r="J101" s="16">
-[...257 lines deleted...]
-      <c r="B107" s="16">
+      <c r="I107" s="16">
+        <v>48</v>
+      </c>
+      <c r="J107" s="16">
         <v>51</v>
       </c>
-      <c r="C107" s="16">
-[...17 lines deleted...]
-      <c r="I107" s="16">
+      <c r="K107" s="16">
+        <v>39</v>
+      </c>
+      <c r="L107" s="16">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>69</v>
       </c>
       <c r="M107" s="16">
         <v>45</v>
       </c>
       <c r="N107" s="16">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O107" s="16">
-        <v>97</v>
+        <v>71</v>
+      </c>
+      <c r="P107" s="16">
+        <v>32</v>
       </c>
     </row>
-    <row r="108" spans="1:15">
+    <row r="108" spans="1:16">
       <c r="A108" s="16" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B108" s="16">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="C108" s="16">
+        <v>44</v>
+      </c>
+      <c r="D108" s="16">
+        <v>43</v>
+      </c>
+      <c r="E108" s="16">
+        <v>44</v>
+      </c>
+      <c r="F108" s="16">
+        <v>49</v>
+      </c>
+      <c r="G108" s="16">
+        <v>46</v>
+      </c>
+      <c r="H108" s="16">
+        <v>43</v>
+      </c>
+      <c r="I108" s="16">
         <v>39</v>
       </c>
-      <c r="D108" s="16">
-[...16 lines deleted...]
-      </c>
       <c r="J108" s="16">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K108" s="16">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L108" s="16">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="M108" s="16">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="N108" s="16">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="O108" s="16">
-        <v>276</v>
+        <v>134</v>
+      </c>
+      <c r="P108" s="16">
+        <v>33</v>
       </c>
     </row>
-    <row r="109" spans="1:15">
+    <row r="109" spans="1:16">
       <c r="A109" s="16" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B109" s="16">
         <v>0</v>
       </c>
       <c r="C109" s="16">
         <v>0</v>
       </c>
       <c r="D109" s="16">
         <v>0</v>
       </c>
       <c r="E109" s="16">
         <v>0</v>
       </c>
       <c r="F109" s="16">
         <v>0</v>
       </c>
       <c r="G109" s="16">
         <v>0</v>
       </c>
       <c r="H109" s="16">
         <v>0</v>
       </c>
       <c r="I109" s="16">
         <v>0</v>
       </c>
       <c r="J109" s="16">
         <v>0</v>
       </c>
       <c r="K109" s="16">
         <v>0</v>
       </c>
       <c r="L109" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M109" s="16">
         <v>0</v>
       </c>
       <c r="N109" s="16">
         <v>0</v>
       </c>
       <c r="O109" s="16">
         <v>0</v>
       </c>
+      <c r="P109" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="110" spans="1:15">
+    <row r="110" spans="1:16">
       <c r="A110" s="25" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B110" s="25"/>
       <c r="C110" s="25"/>
       <c r="D110" s="25"/>
       <c r="E110" s="25"/>
       <c r="F110" s="25"/>
       <c r="G110" s="25"/>
       <c r="H110" s="25"/>
       <c r="I110" s="25"/>
       <c r="J110" s="25"/>
       <c r="K110" s="25"/>
       <c r="L110" s="25"/>
       <c r="M110" s="25"/>
       <c r="N110" s="25"/>
       <c r="O110" s="25"/>
+      <c r="P110" s="25"/>
     </row>
-    <row r="111" spans="1:15" ht="15.75">
+    <row r="111" spans="1:16" ht="15.6">
       <c r="A111" s="11" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="B111" s="30">
+        <v>113</v>
+      </c>
+      <c r="B111" s="29">
         <f>SUM(B112:B131)</f>
-        <v>1224</v>
-[...2 lines deleted...]
-        <f t="shared" ref="C111" si="43">SUM(C112:C131)</f>
+        <v>1318</v>
+      </c>
+      <c r="C111" s="29">
+        <f t="shared" ref="C111" si="44">SUM(C112:C131)</f>
+        <v>1357</v>
+      </c>
+      <c r="D111" s="29">
+        <f t="shared" ref="D111" si="45">SUM(D112:D131)</f>
+        <v>1442</v>
+      </c>
+      <c r="E111" s="29">
+        <f t="shared" ref="E111" si="46">SUM(E112:E131)</f>
+        <v>1451</v>
+      </c>
+      <c r="F111" s="29">
+        <f t="shared" ref="F111" si="47">SUM(F112:F131)</f>
+        <v>1804</v>
+      </c>
+      <c r="G111" s="29">
+        <f t="shared" ref="G111" si="48">SUM(G112:G131)</f>
+        <v>1583</v>
+      </c>
+      <c r="H111" s="29">
+        <f t="shared" ref="H111" si="49">SUM(H112:H131)</f>
+        <v>1526</v>
+      </c>
+      <c r="I111" s="29">
+        <f t="shared" ref="I111" si="50">SUM(I112:I131)</f>
+        <v>1259</v>
+      </c>
+      <c r="J111" s="29">
+        <f t="shared" ref="J111" si="51">SUM(J112:J131)</f>
+        <v>1448</v>
+      </c>
+      <c r="K111" s="29">
+        <f t="shared" ref="K111" si="52">SUM(K112:K131)</f>
+        <v>1173</v>
+      </c>
+      <c r="L111" s="29">
+        <f t="shared" ref="L111" si="53">SUM(L112:L131)</f>
+        <v>1051</v>
+      </c>
+      <c r="M111" s="29">
+        <f t="shared" ref="M111" si="54">SUM(M112:M131)</f>
+        <v>1332</v>
+      </c>
+      <c r="N111" s="29">
+        <f t="shared" ref="N111" si="55">SUM(N112:N131)</f>
         <v>1324</v>
       </c>
-      <c r="D111" s="30">
-[...45 lines deleted...]
-        <v>1829</v>
+      <c r="O111" s="29">
+        <f t="shared" ref="O111:P111" si="56">SUM(O112:O131)</f>
+        <v>1463</v>
+      </c>
+      <c r="P111" s="29">
+        <f t="shared" si="56"/>
+        <v>1092</v>
       </c>
     </row>
-    <row r="112" spans="1:15">
+    <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B112" s="16">
-        <v>1070</v>
+        <v>1152</v>
       </c>
       <c r="C112" s="16">
-        <v>1194</v>
+        <v>1208</v>
       </c>
       <c r="D112" s="16">
-        <v>1394</v>
+        <v>1285</v>
       </c>
       <c r="E112" s="16">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="F112" s="16">
-        <v>1195</v>
+        <v>1537</v>
       </c>
       <c r="G112" s="16">
-        <v>1946</v>
+        <v>1334</v>
       </c>
       <c r="H112" s="16">
-        <v>997</v>
+        <v>1295</v>
       </c>
       <c r="I112" s="16">
-        <v>1055</v>
+        <v>1035</v>
       </c>
       <c r="J112" s="16">
-        <v>1245</v>
+        <v>1108</v>
       </c>
       <c r="K112" s="16">
-        <v>990</v>
+        <v>946</v>
       </c>
       <c r="L112" s="16">
-        <v>1069</v>
+        <v>877</v>
       </c>
       <c r="M112" s="16">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="N112" s="16">
-        <v>1104</v>
+        <v>1100</v>
       </c>
       <c r="O112" s="16">
-        <v>1224</v>
+        <v>1118</v>
+      </c>
+      <c r="P112" s="16">
+        <v>843</v>
       </c>
     </row>
-    <row r="113" spans="1:15">
+    <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B113" s="16">
         <v>1</v>
       </c>
       <c r="C113" s="16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D113" s="16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E113" s="16">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F113" s="16">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G113" s="16">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H113" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I113" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J113" s="16">
         <v>0</v>
       </c>
       <c r="K113" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L113" s="16">
         <v>1</v>
       </c>
       <c r="M113" s="16">
         <v>0</v>
       </c>
       <c r="N113" s="16">
         <v>0</v>
       </c>
       <c r="O113" s="16">
         <v>0</v>
       </c>
+      <c r="P113" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="114" spans="1:15">
+    <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B114" s="16">
         <v>0</v>
       </c>
       <c r="C114" s="16">
         <v>0</v>
       </c>
       <c r="D114" s="16">
         <v>0</v>
       </c>
       <c r="E114" s="16">
         <v>0</v>
       </c>
       <c r="F114" s="16">
         <v>0</v>
       </c>
       <c r="G114" s="16">
         <v>0</v>
       </c>
       <c r="H114" s="16">
         <v>0</v>
       </c>
       <c r="I114" s="16">
         <v>0</v>
       </c>
       <c r="J114" s="16">
         <v>0</v>
       </c>
       <c r="K114" s="16">
         <v>0</v>
       </c>
       <c r="L114" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M114" s="16">
         <v>0</v>
       </c>
       <c r="N114" s="16">
         <v>0</v>
       </c>
       <c r="O114" s="16">
         <v>0</v>
       </c>
+      <c r="P114" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="115" spans="1:15">
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B115" s="16">
+        <v>7</v>
+      </c>
+      <c r="C115" s="16">
+        <v>7</v>
+      </c>
+      <c r="D115" s="16">
+        <v>6</v>
+      </c>
+      <c r="E115" s="16">
         <v>4</v>
       </c>
-      <c r="C115" s="16">
-[...7 lines deleted...]
-      </c>
       <c r="F115" s="16">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G115" s="16">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="H115" s="16">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I115" s="16">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="J115" s="16">
         <v>3</v>
       </c>
       <c r="K115" s="16">
+        <v>6</v>
+      </c>
+      <c r="L115" s="16">
+        <v>1</v>
+      </c>
+      <c r="M115" s="16">
+        <v>1</v>
+      </c>
+      <c r="N115" s="16">
+        <v>0</v>
+      </c>
+      <c r="O115" s="16">
+        <v>0</v>
+      </c>
+      <c r="P115" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>95</v>
+      </c>
+      <c r="B116" s="16">
+        <v>0</v>
+      </c>
+      <c r="C116" s="16">
+        <v>0</v>
+      </c>
+      <c r="D116" s="16">
+        <v>0</v>
+      </c>
+      <c r="E116" s="16">
+        <v>0</v>
+      </c>
+      <c r="F116" s="16">
+        <v>0</v>
+      </c>
+      <c r="G116" s="16">
+        <v>1</v>
+      </c>
+      <c r="H116" s="16">
+        <v>0</v>
+      </c>
+      <c r="I116" s="16">
+        <v>0</v>
+      </c>
+      <c r="J116" s="16">
+        <v>0</v>
+      </c>
+      <c r="K116" s="16">
+        <v>0</v>
+      </c>
+      <c r="L116" s="16">
+        <v>0</v>
+      </c>
+      <c r="M116" s="16">
+        <v>0</v>
+      </c>
+      <c r="N116" s="16">
+        <v>0</v>
+      </c>
+      <c r="O116" s="16">
+        <v>0</v>
+      </c>
+      <c r="P116" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>99</v>
+      </c>
+      <c r="B117" s="16">
+        <v>109</v>
+      </c>
+      <c r="C117" s="16">
+        <v>88</v>
+      </c>
+      <c r="D117" s="16">
+        <v>106</v>
+      </c>
+      <c r="E117" s="16">
+        <v>133</v>
+      </c>
+      <c r="F117" s="16">
+        <v>175</v>
+      </c>
+      <c r="G117" s="16">
+        <v>153</v>
+      </c>
+      <c r="H117" s="16">
+        <v>150</v>
+      </c>
+      <c r="I117" s="16">
+        <v>154</v>
+      </c>
+      <c r="J117" s="16">
+        <v>242</v>
+      </c>
+      <c r="K117" s="16">
+        <v>143</v>
+      </c>
+      <c r="L117" s="16">
+        <v>116</v>
+      </c>
+      <c r="M117" s="16">
+        <v>152</v>
+      </c>
+      <c r="N117" s="16">
+        <v>149</v>
+      </c>
+      <c r="O117" s="16">
+        <v>164</v>
+      </c>
+      <c r="P117" s="16">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>106</v>
+      </c>
+      <c r="B118" s="16">
+        <v>6</v>
+      </c>
+      <c r="C118" s="16">
+        <v>8</v>
+      </c>
+      <c r="D118" s="16">
         <v>3</v>
       </c>
-      <c r="L115" s="16">
-[...118 lines deleted...]
-      </c>
       <c r="E118" s="16">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F118" s="16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G118" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H118" s="16">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I118" s="16">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J118" s="16">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="K118" s="16">
         <v>3</v>
       </c>
       <c r="L118" s="16">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M118" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N118" s="16">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="O118" s="16">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="P118" s="33">
+        <v>1</v>
       </c>
     </row>
-    <row r="119" spans="1:15">
+    <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B119" s="16">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="C119" s="16">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="D119" s="16">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="E119" s="16">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="F119" s="16">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G119" s="16">
         <v>16</v>
       </c>
       <c r="H119" s="16">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I119" s="16">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="J119" s="16">
+        <v>15</v>
+      </c>
+      <c r="K119" s="16">
+        <v>15</v>
+      </c>
+      <c r="L119" s="16">
+        <v>11</v>
+      </c>
+      <c r="M119" s="16">
+        <v>13</v>
+      </c>
+      <c r="N119" s="16">
+        <v>13</v>
+      </c>
+      <c r="O119" s="16">
+        <v>15</v>
+      </c>
+      <c r="P119" s="16">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>110</v>
+      </c>
+      <c r="B120" s="16">
+        <v>5</v>
+      </c>
+      <c r="C120" s="16">
+        <v>2</v>
+      </c>
+      <c r="D120" s="16">
+        <v>6</v>
+      </c>
+      <c r="E120" s="16">
+        <v>7</v>
+      </c>
+      <c r="F120" s="16">
+        <v>7</v>
+      </c>
+      <c r="G120" s="16">
         <v>12</v>
       </c>
-      <c r="K119" s="16">
-[...12 lines deleted...]
-        <v>16</v>
+      <c r="H120" s="16">
+        <v>3</v>
+      </c>
+      <c r="I120" s="16">
+        <v>4</v>
+      </c>
+      <c r="J120" s="16">
+        <v>12</v>
+      </c>
+      <c r="K120" s="16">
+        <v>3</v>
+      </c>
+      <c r="L120" s="16">
+        <v>0</v>
+      </c>
+      <c r="M120" s="16">
+        <v>0</v>
+      </c>
+      <c r="N120" s="16">
+        <v>0</v>
+      </c>
+      <c r="O120" s="16">
+        <v>0</v>
+      </c>
+      <c r="P120" s="16">
+        <v>0</v>
       </c>
     </row>
-    <row r="120" spans="1:15">
-[...3 lines deleted...]
-      <c r="B120" s="16">
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>96</v>
+      </c>
+      <c r="B121" s="16">
+        <v>0</v>
+      </c>
+      <c r="C121" s="16">
+        <v>0</v>
+      </c>
+      <c r="D121" s="16">
+        <v>0</v>
+      </c>
+      <c r="E121" s="16">
+        <v>1</v>
+      </c>
+      <c r="F121" s="16">
+        <v>1</v>
+      </c>
+      <c r="G121" s="16">
+        <v>0</v>
+      </c>
+      <c r="H121" s="16">
+        <v>0</v>
+      </c>
+      <c r="I121" s="16">
+        <v>0</v>
+      </c>
+      <c r="J121" s="16">
+        <v>1</v>
+      </c>
+      <c r="K121" s="16">
+        <v>0</v>
+      </c>
+      <c r="L121" s="16">
+        <v>0</v>
+      </c>
+      <c r="M121" s="16">
+        <v>0</v>
+      </c>
+      <c r="N121" s="16">
+        <v>0</v>
+      </c>
+      <c r="O121" s="16">
+        <v>0</v>
+      </c>
+      <c r="P121" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>101</v>
+      </c>
+      <c r="B122" s="16">
+        <v>24</v>
+      </c>
+      <c r="C122" s="16">
+        <v>23</v>
+      </c>
+      <c r="D122" s="16">
+        <v>21</v>
+      </c>
+      <c r="E122" s="16">
+        <v>28</v>
+      </c>
+      <c r="F122" s="16">
+        <v>42</v>
+      </c>
+      <c r="G122" s="16">
+        <v>40</v>
+      </c>
+      <c r="H122" s="16">
+        <v>47</v>
+      </c>
+      <c r="I122" s="16">
+        <v>30</v>
+      </c>
+      <c r="J122" s="16">
+        <v>49</v>
+      </c>
+      <c r="K122" s="16">
+        <v>46</v>
+      </c>
+      <c r="L122" s="16">
+        <v>33</v>
+      </c>
+      <c r="M122" s="16">
+        <v>53</v>
+      </c>
+      <c r="N122" s="16">
+        <v>45</v>
+      </c>
+      <c r="O122" s="16">
+        <v>43</v>
+      </c>
+      <c r="P122" s="16">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>102</v>
+      </c>
+      <c r="B123" s="16">
+        <v>1</v>
+      </c>
+      <c r="C123" s="16">
         <v>3</v>
       </c>
-      <c r="C120" s="16">
-[...5 lines deleted...]
-      <c r="E120" s="16">
+      <c r="D123" s="16">
+        <v>0</v>
+      </c>
+      <c r="E123" s="16">
+        <v>1</v>
+      </c>
+      <c r="F123" s="16">
+        <v>8</v>
+      </c>
+      <c r="G123" s="16">
+        <v>8</v>
+      </c>
+      <c r="H123" s="16">
+        <v>3</v>
+      </c>
+      <c r="I123" s="16">
+        <v>3</v>
+      </c>
+      <c r="J123" s="16">
+        <v>3</v>
+      </c>
+      <c r="K123" s="16">
+        <v>1</v>
+      </c>
+      <c r="L123" s="16">
+        <v>0</v>
+      </c>
+      <c r="M123" s="16">
+        <v>0</v>
+      </c>
+      <c r="N123" s="16">
         <v>2</v>
-      </c>
-[...166 lines deleted...]
-        <v>0</v>
       </c>
       <c r="O123" s="16">
         <v>2</v>
       </c>
+      <c r="P123" s="16">
+        <v>3</v>
+      </c>
     </row>
-    <row r="124" spans="1:15">
+    <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="B124" s="16">
         <v>1</v>
       </c>
       <c r="C124" s="16">
         <v>0</v>
       </c>
       <c r="D124" s="16">
         <v>0</v>
       </c>
       <c r="E124" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F124" s="16">
         <v>0</v>
       </c>
       <c r="G124" s="16">
         <v>0</v>
       </c>
       <c r="H124" s="16">
         <v>0</v>
       </c>
       <c r="I124" s="16">
         <v>0</v>
       </c>
       <c r="J124" s="16">
         <v>0</v>
       </c>
       <c r="K124" s="16">
         <v>0</v>
       </c>
       <c r="L124" s="16">
         <v>0</v>
       </c>
       <c r="M124" s="16">
         <v>0</v>
       </c>
       <c r="N124" s="16">
         <v>0</v>
       </c>
       <c r="O124" s="16">
         <v>0</v>
       </c>
+      <c r="P124" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="125" spans="1:15">
+    <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B125" s="16">
         <v>0</v>
       </c>
       <c r="C125" s="16">
         <v>0</v>
       </c>
       <c r="D125" s="16">
         <v>0</v>
       </c>
       <c r="E125" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F125" s="16">
         <v>0</v>
       </c>
       <c r="G125" s="16">
         <v>0</v>
       </c>
       <c r="H125" s="16">
         <v>0</v>
       </c>
       <c r="I125" s="16">
         <v>0</v>
       </c>
       <c r="J125" s="16">
         <v>0</v>
       </c>
       <c r="K125" s="16">
         <v>0</v>
       </c>
       <c r="L125" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M125" s="16">
         <v>0</v>
       </c>
       <c r="N125" s="16">
         <v>0</v>
       </c>
       <c r="O125" s="16">
         <v>0</v>
       </c>
+      <c r="P125" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="126" spans="1:15">
+    <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B126" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C126" s="16">
         <v>0</v>
       </c>
       <c r="D126" s="16">
         <v>0</v>
       </c>
       <c r="E126" s="16">
         <v>0</v>
       </c>
       <c r="F126" s="16">
         <v>0</v>
       </c>
       <c r="G126" s="16">
         <v>0</v>
       </c>
       <c r="H126" s="16">
         <v>0</v>
       </c>
       <c r="I126" s="16">
         <v>0</v>
       </c>
       <c r="J126" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K126" s="16">
         <v>0</v>
       </c>
       <c r="L126" s="16">
         <v>0</v>
       </c>
       <c r="M126" s="16">
         <v>0</v>
       </c>
       <c r="N126" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O126" s="16">
         <v>1</v>
       </c>
+      <c r="P126" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="127" spans="1:15">
+    <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B127" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C127" s="16">
         <v>0</v>
       </c>
       <c r="D127" s="16">
         <v>0</v>
       </c>
       <c r="E127" s="16">
         <v>1</v>
       </c>
       <c r="F127" s="16">
         <v>0</v>
       </c>
       <c r="G127" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H127" s="16">
         <v>0</v>
       </c>
       <c r="I127" s="16">
         <v>0</v>
       </c>
       <c r="J127" s="16">
         <v>0</v>
       </c>
       <c r="K127" s="16">
         <v>0</v>
       </c>
       <c r="L127" s="16">
         <v>0</v>
       </c>
       <c r="M127" s="16">
         <v>0</v>
       </c>
       <c r="N127" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O127" s="16">
         <v>0</v>
       </c>
+      <c r="P127" s="16">
+        <v>2</v>
+      </c>
     </row>
-    <row r="128" spans="1:15">
+    <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B128" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C128" s="16">
         <v>1</v>
       </c>
       <c r="D128" s="16">
         <v>0</v>
       </c>
       <c r="E128" s="16">
         <v>1</v>
       </c>
       <c r="F128" s="16">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G128" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H128" s="16">
         <v>1</v>
       </c>
       <c r="I128" s="16">
         <v>0</v>
       </c>
       <c r="J128" s="16">
         <v>0</v>
       </c>
       <c r="K128" s="16">
         <v>0</v>
       </c>
       <c r="L128" s="16">
         <v>0</v>
       </c>
       <c r="M128" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N128" s="16">
         <v>1</v>
       </c>
       <c r="O128" s="16">
         <v>1</v>
       </c>
+      <c r="P128" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="129" spans="1:15">
+    <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B129" s="16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C129" s="16">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D129" s="16">
         <v>6</v>
       </c>
       <c r="E129" s="16">
         <v>6</v>
       </c>
       <c r="F129" s="16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G129" s="16">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H129" s="16">
         <v>6</v>
       </c>
       <c r="I129" s="16">
+        <v>3</v>
+      </c>
+      <c r="J129" s="16">
         <v>5</v>
       </c>
-      <c r="J129" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="K129" s="16">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="L129" s="16">
+        <v>6</v>
+      </c>
+      <c r="M129" s="16">
+        <v>8</v>
+      </c>
+      <c r="N129" s="16">
+        <v>8</v>
+      </c>
+      <c r="O129" s="16">
+        <v>116</v>
+      </c>
+      <c r="P129" s="16">
         <v>5</v>
       </c>
-      <c r="M129" s="16">
-[...7 lines deleted...]
-      </c>
     </row>
-    <row r="130" spans="1:15">
+    <row r="130" spans="1:16">
       <c r="A130" s="26" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B130" s="23">
         <v>0</v>
       </c>
       <c r="C130" s="23">
         <v>0</v>
       </c>
       <c r="D130" s="23">
         <v>0</v>
       </c>
       <c r="E130" s="23">
         <v>0</v>
       </c>
       <c r="F130" s="23">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G130" s="23">
         <v>0</v>
       </c>
       <c r="H130" s="23">
         <v>0</v>
       </c>
       <c r="I130" s="23">
         <v>0</v>
       </c>
       <c r="J130" s="23">
         <v>0</v>
       </c>
       <c r="K130" s="23">
         <v>0</v>
       </c>
       <c r="L130" s="23">
         <v>0</v>
       </c>
       <c r="M130" s="23">
         <v>0</v>
       </c>
       <c r="N130" s="23">
         <v>0</v>
       </c>
       <c r="O130" s="23">
         <v>0</v>
       </c>
+      <c r="P130" s="23">
+        <v>0</v>
+      </c>
     </row>
-    <row r="132" spans="1:15">
+    <row r="132" spans="1:16">
       <c r="A132" s="15" t="s">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>