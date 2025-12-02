--- v0 (2025-10-15)
+++ v1 (2025-12-02)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\isee.local\public\DOCUMENTS\SCD\1_BDD\CommerceExterieur\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\isee.local\public\STATISTIQUES\COMEXT\STAT_COMEXT\2_Prod\9_Scripts\SCD_COMEXT_CTCISeriePost2020\03_exports\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{14AE1E45-2745-476E-9116-31691E03AE48}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A2213A09-5487-456F-AD9E-FE133A541215}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-25920" yWindow="555" windowWidth="21600" windowHeight="11235" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Importations_mens" sheetId="1" r:id="rId1"/>
     <sheet name="Importations_annuelles" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="213" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="98">
   <si>
     <t>Importations annuelles agrégées par sections de la classification type pour le commerce international (CTCI)</t>
   </si>
   <si>
     <t>Sources: Direction Régionale des Douanes_Isee</t>
   </si>
   <si>
     <t>Données mise à jour le:</t>
   </si>
   <si>
-    <t>2025-09-22</t>
+    <t>2025-11-12</t>
   </si>
   <si>
     <t>Légende</t>
   </si>
   <si>
     <t>Unités: tonne, million de F.CFP</t>
   </si>
   <si>
     <t>UE: Union Européenne dans sa configuration à partir du 1er janvier 2021</t>
   </si>
   <si>
     <t>* les données sont provisoires et rendues définitives en août de l'année N+1</t>
   </si>
   <si>
     <t>QUANTITE</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
@@ -309,50 +309,56 @@
     <t>2024-décembre</t>
   </si>
   <si>
     <t>2025-janvier</t>
   </si>
   <si>
     <t>2025-février</t>
   </si>
   <si>
     <t>2025-mars</t>
   </si>
   <si>
     <t>2025-avril</t>
   </si>
   <si>
     <t>2025-mai</t>
   </si>
   <si>
     <t>2025-juin</t>
   </si>
   <si>
     <t>2025-juillet</t>
   </si>
   <si>
     <t>2025-août</t>
+  </si>
+  <si>
+    <t>2025-septembre</t>
+  </si>
+  <si>
+    <t>2025-octobre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#\ ###\ ##0;\-#\ ###\ ##0;\-"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
@@ -814,102 +820,102 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:BQ39"/>
+  <dimension ref="A1:BS39"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="A2" sqref="A2"/>
+      <selection pane="topRight" activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
-    <col min="2" max="69" width="11.7109375" customWidth="1"/>
-    <col min="70" max="16384" width="3.7109375" customWidth="1"/>
+    <col min="2" max="71" width="12" customWidth="1"/>
+    <col min="72" max="16384" width="3.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:69" s="1" customFormat="1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="2" spans="1:69" ht="19.5" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:71" s="1" customFormat="1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:71" ht="19.5" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="4" spans="1:69" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:71" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="5" spans="1:69" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:71" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:69" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:71" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="8" spans="1:69" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:71" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="9" spans="1:69" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:71" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="10" spans="1:69" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:71" x14ac:dyDescent="0.25">
       <c r="A10" s="3"/>
     </row>
-    <row r="12" spans="1:69" s="5" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:71" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>31</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>32</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>34</v>
       </c>
       <c r="I12" s="5" t="s">
@@ -1073,52 +1079,58 @@
       </c>
       <c r="BJ12" s="5" t="s">
         <v>88</v>
       </c>
       <c r="BK12" s="5" t="s">
         <v>89</v>
       </c>
       <c r="BL12" s="5" t="s">
         <v>90</v>
       </c>
       <c r="BM12" s="5" t="s">
         <v>91</v>
       </c>
       <c r="BN12" s="5" t="s">
         <v>92</v>
       </c>
       <c r="BO12" s="5" t="s">
         <v>93</v>
       </c>
       <c r="BP12" s="5" t="s">
         <v>94</v>
       </c>
       <c r="BQ12" s="5" t="s">
         <v>95</v>
       </c>
+      <c r="BR12" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BS12" s="5" t="s">
+        <v>97</v>
+      </c>
     </row>
-    <row r="13" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="6">
         <v>12470.648999999999</v>
       </c>
       <c r="C13" s="6">
         <v>11304.973</v>
       </c>
       <c r="D13" s="6">
         <v>12569.821</v>
       </c>
       <c r="E13" s="6">
         <v>13153.538</v>
       </c>
       <c r="F13" s="6">
         <v>11830.739</v>
       </c>
       <c r="G13" s="6">
         <v>13963.411</v>
       </c>
       <c r="H13" s="6">
         <v>12831.505999999999</v>
       </c>
       <c r="I13" s="6">
@@ -1265,69 +1277,75 @@
       <c r="BD13" s="6">
         <v>12611.74705</v>
       </c>
       <c r="BE13" s="6">
         <v>8694.0723500000004</v>
       </c>
       <c r="BF13" s="6">
         <v>13032.199269999999</v>
       </c>
       <c r="BG13" s="6">
         <v>11564.44025</v>
       </c>
       <c r="BH13" s="6">
         <v>11893.557479999999</v>
       </c>
       <c r="BI13" s="6">
         <v>13364.45622</v>
       </c>
       <c r="BJ13" s="6">
         <v>11873.512419999999</v>
       </c>
       <c r="BK13" s="6">
         <v>11155.12233</v>
       </c>
       <c r="BL13" s="6">
-        <v>10818.806189999999</v>
+        <v>10818.806210000001</v>
       </c>
       <c r="BM13" s="6">
         <v>10058.36958</v>
       </c>
       <c r="BN13" s="6">
         <v>10559.94111</v>
       </c>
       <c r="BO13" s="6">
         <v>9874.6312600000001</v>
       </c>
       <c r="BP13" s="6">
-        <v>10664.3236</v>
+        <v>10664.32367</v>
       </c>
       <c r="BQ13" s="6">
-        <v>11360.519480000001</v>
+        <v>11360.52701</v>
+      </c>
+      <c r="BR13" s="6">
+        <v>9557.44</v>
+      </c>
+      <c r="BS13" s="6">
+        <v>9803.4692099999993</v>
       </c>
     </row>
-    <row r="14" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="6">
         <v>1395.2539999999999</v>
       </c>
       <c r="C14" s="6">
         <v>1635.954</v>
       </c>
       <c r="D14" s="6">
         <v>1592.866</v>
       </c>
       <c r="E14" s="6">
         <v>1733.6659999999999</v>
       </c>
       <c r="F14" s="6">
         <v>1644.232</v>
       </c>
       <c r="G14" s="6">
         <v>1995.5029999999999</v>
       </c>
       <c r="H14" s="6">
         <v>1928.229</v>
       </c>
       <c r="I14" s="6">
@@ -1486,57 +1504,63 @@
       <c r="BH14" s="6">
         <v>2589.8223499999999</v>
       </c>
       <c r="BI14" s="6">
         <v>3881.3413999999998</v>
       </c>
       <c r="BJ14" s="6">
         <v>3822.9455899999998</v>
       </c>
       <c r="BK14" s="6">
         <v>2981.79162</v>
       </c>
       <c r="BL14" s="6">
         <v>4735.6657699999996</v>
       </c>
       <c r="BM14" s="6">
         <v>2156.1911799999998</v>
       </c>
       <c r="BN14" s="6">
         <v>2189.0872599999998</v>
       </c>
       <c r="BO14" s="6">
         <v>2066.8254999999999</v>
       </c>
       <c r="BP14" s="6">
-        <v>2110.1437999999998</v>
+        <v>2110.1438199999998</v>
       </c>
       <c r="BQ14" s="6">
-        <v>1545.26692</v>
+        <v>1545.2683999999999</v>
+      </c>
+      <c r="BR14" s="6">
+        <v>3124.4265</v>
+      </c>
+      <c r="BS14" s="6">
+        <v>2081.0940999999998</v>
       </c>
     </row>
-    <row r="15" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="6">
         <v>2960.9470000000001</v>
       </c>
       <c r="C15" s="6">
         <v>133556.53599999999</v>
       </c>
       <c r="D15" s="6">
         <v>4937.567</v>
       </c>
       <c r="E15" s="6">
         <v>57296.514000000003</v>
       </c>
       <c r="F15" s="6">
         <v>107314.23</v>
       </c>
       <c r="G15" s="6">
         <v>112664.16099999999</v>
       </c>
       <c r="H15" s="6">
         <v>126793.952</v>
       </c>
       <c r="I15" s="6">
@@ -1683,69 +1707,75 @@
       <c r="BD15" s="6">
         <v>1845.6605199999999</v>
       </c>
       <c r="BE15" s="6">
         <v>10761.806280000001</v>
       </c>
       <c r="BF15" s="6">
         <v>36006.811710000002</v>
       </c>
       <c r="BG15" s="6">
         <v>18584.04854</v>
       </c>
       <c r="BH15" s="6">
         <v>721.43407000000002</v>
       </c>
       <c r="BI15" s="6">
         <v>829.15350999999998</v>
       </c>
       <c r="BJ15" s="6">
         <v>997.01670000000001</v>
       </c>
       <c r="BK15" s="6">
         <v>672.14164000000005</v>
       </c>
       <c r="BL15" s="6">
-        <v>1216.8577299999999</v>
+        <v>1216.8577499999999</v>
       </c>
       <c r="BM15" s="6">
         <v>56338.166799999999</v>
       </c>
       <c r="BN15" s="6">
         <v>55710.387419999999</v>
       </c>
       <c r="BO15" s="6">
         <v>107687.13626</v>
       </c>
       <c r="BP15" s="6">
         <v>53389.930930000002</v>
       </c>
       <c r="BQ15" s="6">
-        <v>110108.97649</v>
+        <v>110108.9768</v>
+      </c>
+      <c r="BR15" s="6">
+        <v>982.69929999999999</v>
+      </c>
+      <c r="BS15" s="6">
+        <v>278902.96309999999</v>
       </c>
     </row>
-    <row r="16" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="6">
         <v>119680.833</v>
       </c>
       <c r="C16" s="6">
         <v>237802.614</v>
       </c>
       <c r="D16" s="6">
         <v>145896.34299999999</v>
       </c>
       <c r="E16" s="6">
         <v>172516.70600000001</v>
       </c>
       <c r="F16" s="6">
         <v>40296.656999999999</v>
       </c>
       <c r="G16" s="6">
         <v>228700.98499999999</v>
       </c>
       <c r="H16" s="6">
         <v>156407.63399999999</v>
       </c>
       <c r="I16" s="6">
@@ -1892,69 +1922,75 @@
       <c r="BD16" s="6">
         <v>70046.915529999998</v>
       </c>
       <c r="BE16" s="6">
         <v>110843.23727</v>
       </c>
       <c r="BF16" s="6">
         <v>25188.591349999999</v>
       </c>
       <c r="BG16" s="6">
         <v>63849.165159999997</v>
       </c>
       <c r="BH16" s="6">
         <v>71055.256640000007</v>
       </c>
       <c r="BI16" s="6">
         <v>63907.347670000003</v>
       </c>
       <c r="BJ16" s="6">
         <v>22322.1299</v>
       </c>
       <c r="BK16" s="6">
         <v>107979.3564</v>
       </c>
       <c r="BL16" s="6">
-        <v>14054.440199999999</v>
+        <v>14054.225200000001</v>
       </c>
       <c r="BM16" s="6">
         <v>26813.611150000001</v>
       </c>
       <c r="BN16" s="6">
         <v>81705.023499999996</v>
       </c>
       <c r="BO16" s="6">
         <v>60612.808570000001</v>
       </c>
       <c r="BP16" s="6">
         <v>20881.924940000001</v>
       </c>
       <c r="BQ16" s="6">
-        <v>101742.10676</v>
+        <v>103241.69499</v>
+      </c>
+      <c r="BR16" s="6">
+        <v>55787.967199999999</v>
+      </c>
+      <c r="BS16" s="6">
+        <v>27300.767339999999</v>
       </c>
     </row>
-    <row r="17" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="6">
         <v>460.75599999999997</v>
       </c>
       <c r="C17" s="6">
         <v>381.48899999999998</v>
       </c>
       <c r="D17" s="6">
         <v>411.02699999999999</v>
       </c>
       <c r="E17" s="6">
         <v>294.82100000000003</v>
       </c>
       <c r="F17" s="6">
         <v>464.41300000000001</v>
       </c>
       <c r="G17" s="6">
         <v>212.22300000000001</v>
       </c>
       <c r="H17" s="6">
         <v>355.041</v>
       </c>
       <c r="I17" s="6">
@@ -2116,54 +2152,60 @@
       <c r="BI17" s="6">
         <v>390.07925</v>
       </c>
       <c r="BJ17" s="6">
         <v>473.30394000000001</v>
       </c>
       <c r="BK17" s="6">
         <v>491.70762000000002</v>
       </c>
       <c r="BL17" s="6">
         <v>346.55995000000001</v>
       </c>
       <c r="BM17" s="6">
         <v>271.36687999999998</v>
       </c>
       <c r="BN17" s="6">
         <v>206.49713</v>
       </c>
       <c r="BO17" s="6">
         <v>116.39476999999999</v>
       </c>
       <c r="BP17" s="6">
         <v>388.26022999999998</v>
       </c>
       <c r="BQ17" s="6">
-        <v>223.31120000000001</v>
+        <v>223.31126</v>
+      </c>
+      <c r="BR17" s="6">
+        <v>174.7312</v>
+      </c>
+      <c r="BS17" s="6">
+        <v>267.89260000000002</v>
       </c>
     </row>
-    <row r="18" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="6">
         <v>7346.1580000000004</v>
       </c>
       <c r="C18" s="6">
         <v>17337.507000000001</v>
       </c>
       <c r="D18" s="6">
         <v>7002.5010000000002</v>
       </c>
       <c r="E18" s="6">
         <v>4644.723</v>
       </c>
       <c r="F18" s="6">
         <v>6272.9830000000002</v>
       </c>
       <c r="G18" s="6">
         <v>4898.4960000000001</v>
       </c>
       <c r="H18" s="6">
         <v>4559.9650000000001</v>
       </c>
       <c r="I18" s="6">
@@ -2310,69 +2352,75 @@
       <c r="BD18" s="6">
         <v>5645.3454499999998</v>
       </c>
       <c r="BE18" s="6">
         <v>2585.34202</v>
       </c>
       <c r="BF18" s="6">
         <v>3444.1023300000002</v>
       </c>
       <c r="BG18" s="6">
         <v>2830.9599800000001</v>
       </c>
       <c r="BH18" s="6">
         <v>1736.94049</v>
       </c>
       <c r="BI18" s="6">
         <v>4364.2496499999997</v>
       </c>
       <c r="BJ18" s="6">
         <v>3443.3293600000002</v>
       </c>
       <c r="BK18" s="6">
         <v>3708.9347499999999</v>
       </c>
       <c r="BL18" s="6">
-        <v>3900.6297800000002</v>
+        <v>3900.62979</v>
       </c>
       <c r="BM18" s="6">
         <v>3278.1114299999999</v>
       </c>
       <c r="BN18" s="6">
         <v>4791.2800399999996</v>
       </c>
       <c r="BO18" s="6">
         <v>5283.3751700000003</v>
       </c>
       <c r="BP18" s="6">
-        <v>7580.5406700000003</v>
+        <v>7580.5406800000001</v>
       </c>
       <c r="BQ18" s="6">
-        <v>3293.2946200000001</v>
+        <v>3293.3019300000001</v>
+      </c>
+      <c r="BR18" s="6">
+        <v>14361.15598</v>
+      </c>
+      <c r="BS18" s="6">
+        <v>5596.0302000000001</v>
       </c>
     </row>
-    <row r="19" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="6">
         <v>12185.894</v>
       </c>
       <c r="C19" s="6">
         <v>9232.7540000000008</v>
       </c>
       <c r="D19" s="6">
         <v>7514.0460000000003</v>
       </c>
       <c r="E19" s="6">
         <v>28163.357</v>
       </c>
       <c r="F19" s="6">
         <v>11663.606</v>
       </c>
       <c r="G19" s="6">
         <v>8750.8250000000007</v>
       </c>
       <c r="H19" s="6">
         <v>10149.351000000001</v>
       </c>
       <c r="I19" s="6">
@@ -2468,120 +2516,126 @@
       <c r="AM19" s="6">
         <v>9838.5851199999997</v>
       </c>
       <c r="AN19" s="6">
         <v>7164.89156</v>
       </c>
       <c r="AO19" s="6">
         <v>8203.7601400000003</v>
       </c>
       <c r="AP19" s="6">
         <v>8970.7553800000005</v>
       </c>
       <c r="AQ19" s="6">
         <v>9450.7580799999996</v>
       </c>
       <c r="AR19" s="6">
         <v>25386.1708</v>
       </c>
       <c r="AS19" s="6">
         <v>9438.0462299999999</v>
       </c>
       <c r="AT19" s="6">
         <v>9695.0078699999995</v>
       </c>
       <c r="AU19" s="6">
-        <v>9965.4235700000008</v>
+        <v>9965.5105700000004</v>
       </c>
       <c r="AV19" s="6">
         <v>11895.38249</v>
       </c>
       <c r="AW19" s="6">
         <v>56110.172250000003</v>
       </c>
       <c r="AX19" s="6">
         <v>8541.4918600000001</v>
       </c>
       <c r="AY19" s="6">
         <v>6709.4873100000004</v>
       </c>
       <c r="AZ19" s="6">
         <v>9375.1101299999991</v>
       </c>
       <c r="BA19" s="6">
         <v>6812.3566899999996</v>
       </c>
       <c r="BB19" s="6">
         <v>4616.2617600000003</v>
       </c>
       <c r="BC19" s="6">
         <v>7830.1298800000004</v>
       </c>
       <c r="BD19" s="6">
         <v>6892.9907199999998</v>
       </c>
       <c r="BE19" s="6">
         <v>4015.0057400000001</v>
       </c>
       <c r="BF19" s="6">
         <v>4472.6695600000003</v>
       </c>
       <c r="BG19" s="6">
         <v>5894.4330499999996</v>
       </c>
       <c r="BH19" s="6">
         <v>4442.8889900000004</v>
       </c>
       <c r="BI19" s="6">
         <v>5326.6905399999996</v>
       </c>
       <c r="BJ19" s="6">
-        <v>5610.5792700000002</v>
+        <v>5610.5793599999997</v>
       </c>
       <c r="BK19" s="6">
         <v>5812.8038900000001</v>
       </c>
       <c r="BL19" s="6">
         <v>6308.7043199999998</v>
       </c>
       <c r="BM19" s="6">
         <v>3954.7130900000002</v>
       </c>
       <c r="BN19" s="6">
         <v>8321.8217999999997</v>
       </c>
       <c r="BO19" s="6">
         <v>4704.5358399999996</v>
       </c>
       <c r="BP19" s="6">
-        <v>5593.5493200000001</v>
+        <v>5586.1033699999998</v>
       </c>
       <c r="BQ19" s="6">
-        <v>4878.7340400000003</v>
+        <v>4878.7459500000004</v>
+      </c>
+      <c r="BR19" s="6">
+        <v>6263.3326900000002</v>
+      </c>
+      <c r="BS19" s="6">
+        <v>6211.5742</v>
       </c>
     </row>
-    <row r="20" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="6">
         <v>6809.6760000000004</v>
       </c>
       <c r="C20" s="6">
         <v>4104.982</v>
       </c>
       <c r="D20" s="6">
         <v>3242.5430000000001</v>
       </c>
       <c r="E20" s="6">
         <v>4439.3100000000004</v>
       </c>
       <c r="F20" s="6">
         <v>7001.3450000000003</v>
       </c>
       <c r="G20" s="6">
         <v>4168.1760000000004</v>
       </c>
       <c r="H20" s="6">
         <v>4216.3159999999998</v>
       </c>
       <c r="I20" s="6">
@@ -2677,51 +2731,51 @@
       <c r="AM20" s="6">
         <v>4114.9155700000001</v>
       </c>
       <c r="AN20" s="6">
         <v>4438.9725099999996</v>
       </c>
       <c r="AO20" s="6">
         <v>3659.5409399999999</v>
       </c>
       <c r="AP20" s="6">
         <v>4876.5132299999996</v>
       </c>
       <c r="AQ20" s="6">
         <v>5329.04853</v>
       </c>
       <c r="AR20" s="6">
         <v>4514.42101</v>
       </c>
       <c r="AS20" s="6">
         <v>4609.9470099999999</v>
       </c>
       <c r="AT20" s="6">
         <v>4646.1257900000001</v>
       </c>
       <c r="AU20" s="6">
-        <v>6928.4731199999997</v>
+        <v>6929.2921200000001</v>
       </c>
       <c r="AV20" s="6">
         <v>4770.14347</v>
       </c>
       <c r="AW20" s="6">
         <v>3705.6009199999999</v>
       </c>
       <c r="AX20" s="6">
         <v>4997.8084500000004</v>
       </c>
       <c r="AY20" s="6">
         <v>3094.26701</v>
       </c>
       <c r="AZ20" s="6">
         <v>3919.9647300000001</v>
       </c>
       <c r="BA20" s="6">
         <v>3431.33662</v>
       </c>
       <c r="BB20" s="6">
         <v>2581.0481399999999</v>
       </c>
       <c r="BC20" s="6">
         <v>2619.2935600000001</v>
       </c>
@@ -2743,54 +2797,60 @@
       <c r="BI20" s="6">
         <v>1971.78801</v>
       </c>
       <c r="BJ20" s="6">
         <v>2069.38877</v>
       </c>
       <c r="BK20" s="6">
         <v>2479.16356</v>
       </c>
       <c r="BL20" s="6">
         <v>2013.4928199999999</v>
       </c>
       <c r="BM20" s="6">
         <v>1616.0225700000001</v>
       </c>
       <c r="BN20" s="6">
         <v>2615.85277</v>
       </c>
       <c r="BO20" s="6">
         <v>1750.45372</v>
       </c>
       <c r="BP20" s="6">
         <v>2618.7070199999998</v>
       </c>
       <c r="BQ20" s="6">
-        <v>2294.0658899999999</v>
+        <v>2294.0815299999999</v>
+      </c>
+      <c r="BR20" s="6">
+        <v>16919.50027</v>
+      </c>
+      <c r="BS20" s="6">
+        <v>2407.4009000000001</v>
       </c>
     </row>
-    <row r="21" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="6">
         <v>1837.6679999999999</v>
       </c>
       <c r="C21" s="6">
         <v>1952.3019999999999</v>
       </c>
       <c r="D21" s="6">
         <v>1427.181</v>
       </c>
       <c r="E21" s="6">
         <v>1925.2560000000001</v>
       </c>
       <c r="F21" s="6">
         <v>66605.702000000005</v>
       </c>
       <c r="G21" s="6">
         <v>1351.961</v>
       </c>
       <c r="H21" s="6">
         <v>1636.7760000000001</v>
       </c>
       <c r="I21" s="6">
@@ -2886,120 +2946,126 @@
       <c r="AM21" s="6">
         <v>1452.4355800000001</v>
       </c>
       <c r="AN21" s="6">
         <v>1427.96057</v>
       </c>
       <c r="AO21" s="6">
         <v>1467.8082999999999</v>
       </c>
       <c r="AP21" s="6">
         <v>1669.0761500000001</v>
       </c>
       <c r="AQ21" s="6">
         <v>2667.0101399999999</v>
       </c>
       <c r="AR21" s="6">
         <v>1556.67344</v>
       </c>
       <c r="AS21" s="6">
         <v>1590.46973</v>
       </c>
       <c r="AT21" s="6">
         <v>1865.9014099999999</v>
       </c>
       <c r="AU21" s="6">
-        <v>1947.9272699999999</v>
+        <v>1948.01127</v>
       </c>
       <c r="AV21" s="6">
         <v>1919.6737900000001</v>
       </c>
       <c r="AW21" s="6">
         <v>1579.0784699999999</v>
       </c>
       <c r="AX21" s="6">
         <v>1697.6371099999999</v>
       </c>
       <c r="AY21" s="6">
         <v>1375.91661</v>
       </c>
       <c r="AZ21" s="6">
         <v>1572.81926</v>
       </c>
       <c r="BA21" s="6">
         <v>1552.22154</v>
       </c>
       <c r="BB21" s="6">
         <v>674.44821000000002</v>
       </c>
       <c r="BC21" s="6">
         <v>1911.79511</v>
       </c>
       <c r="BD21" s="6">
         <v>1489.8690300000001</v>
       </c>
       <c r="BE21" s="6">
         <v>1146.0257200000001</v>
       </c>
       <c r="BF21" s="6">
         <v>968.56575999999995</v>
       </c>
       <c r="BG21" s="6">
         <v>1366.33276</v>
       </c>
       <c r="BH21" s="6">
         <v>13191.869930000001</v>
       </c>
       <c r="BI21" s="6">
         <v>1417.90122</v>
       </c>
       <c r="BJ21" s="6">
-        <v>1237.85924</v>
+        <v>1237.85925</v>
       </c>
       <c r="BK21" s="6">
         <v>1050.82736</v>
       </c>
       <c r="BL21" s="6">
         <v>1168.5441800000001</v>
       </c>
       <c r="BM21" s="6">
         <v>967.18403999999998</v>
       </c>
       <c r="BN21" s="6">
         <v>1580.67491</v>
       </c>
       <c r="BO21" s="6">
         <v>1130.5352</v>
       </c>
       <c r="BP21" s="6">
-        <v>1622.2182700000001</v>
+        <v>1622.21828</v>
       </c>
       <c r="BQ21" s="6">
-        <v>1387.4808700000001</v>
+        <v>1387.4322</v>
+      </c>
+      <c r="BR21" s="6">
+        <v>1508.38455</v>
+      </c>
+      <c r="BS21" s="6">
+        <v>1280.8030000000001</v>
       </c>
     </row>
-    <row r="22" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="6">
         <v>0.126</v>
       </c>
       <c r="C22" s="6">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="D22" s="6">
         <v>0.28799999999999998</v>
       </c>
       <c r="E22" s="6">
         <v>0</v>
       </c>
       <c r="F22" s="6">
         <v>2E-3</v>
       </c>
       <c r="G22" s="6">
         <v>6.0000000000000001E-3</v>
       </c>
       <c r="H22" s="6">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="I22" s="6">
@@ -3163,52 +3229,58 @@
       </c>
       <c r="BJ22" s="6">
         <v>1.2899999999999999E-3</v>
       </c>
       <c r="BK22" s="6">
         <v>3.3899999999999998E-3</v>
       </c>
       <c r="BL22" s="6">
         <v>1.354E-2</v>
       </c>
       <c r="BM22" s="6">
         <v>5.0000000000000001E-4</v>
       </c>
       <c r="BN22" s="6">
         <v>6.6E-3</v>
       </c>
       <c r="BO22" s="6">
         <v>3.2000000000000002E-3</v>
       </c>
       <c r="BP22" s="6">
         <v>2E-3</v>
       </c>
       <c r="BQ22" s="6">
         <v>2E-3</v>
       </c>
+      <c r="BR22" s="6">
+        <v>2E-3</v>
+      </c>
+      <c r="BS22" s="6">
+        <v>5.8999999999999999E-3</v>
+      </c>
     </row>
-    <row r="23" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>24</v>
       </c>
       <c r="B23" s="6">
         <v>0</v>
       </c>
       <c r="C23" s="6">
         <v>0</v>
       </c>
       <c r="D23" s="6">
         <v>0</v>
       </c>
       <c r="E23" s="6">
         <v>4.3999999999999997E-2</v>
       </c>
       <c r="F23" s="6">
         <v>0</v>
       </c>
       <c r="G23" s="6">
         <v>1E-3</v>
       </c>
       <c r="H23" s="6">
         <v>9.5000000000000001E-2</v>
       </c>
       <c r="I23" s="6">
@@ -3372,52 +3444,58 @@
       </c>
       <c r="BJ23" s="6">
         <v>0.16950000000000001</v>
       </c>
       <c r="BK23" s="6">
         <v>0.11799999999999999</v>
       </c>
       <c r="BL23" s="6">
         <v>0.17179</v>
       </c>
       <c r="BM23" s="6">
         <v>0.2412</v>
       </c>
       <c r="BN23" s="6">
         <v>0.11600000000000001</v>
       </c>
       <c r="BO23" s="6">
         <v>0.11600000000000001</v>
       </c>
       <c r="BP23" s="6">
         <v>0.115</v>
       </c>
       <c r="BQ23" s="6">
         <v>0.113</v>
       </c>
+      <c r="BR23" s="6">
+        <v>0.18959999999999999</v>
+      </c>
+      <c r="BS23" s="6">
+        <v>0.1736</v>
+      </c>
     </row>
-    <row r="24" spans="1:69" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:71" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B24" s="7">
         <v>165147.96100000001</v>
       </c>
       <c r="C24" s="7">
         <v>417309.11599999998</v>
       </c>
       <c r="D24" s="7">
         <v>184594.18299999999</v>
       </c>
       <c r="E24" s="7">
         <v>284167.935</v>
       </c>
       <c r="F24" s="7">
         <v>253093.90900000001</v>
       </c>
       <c r="G24" s="7">
         <v>376705.74800000002</v>
       </c>
       <c r="H24" s="7">
         <v>318878.86800000002</v>
       </c>
       <c r="I24" s="7">
@@ -3513,120 +3591,126 @@
       <c r="AM24" s="7">
         <v>248628.67861999999</v>
       </c>
       <c r="AN24" s="7">
         <v>258244.16446</v>
       </c>
       <c r="AO24" s="7">
         <v>210625.916</v>
       </c>
       <c r="AP24" s="7">
         <v>266974.74310000002</v>
       </c>
       <c r="AQ24" s="7">
         <v>440798.16937000002</v>
       </c>
       <c r="AR24" s="7">
         <v>282691.21185999998</v>
       </c>
       <c r="AS24" s="7">
         <v>433257.54353000002</v>
       </c>
       <c r="AT24" s="7">
         <v>282410.45882</v>
       </c>
       <c r="AU24" s="7">
-        <v>419704.80164999998</v>
+        <v>419705.79165000003</v>
       </c>
       <c r="AV24" s="7">
         <v>278366.19465000002</v>
       </c>
       <c r="AW24" s="7">
         <v>422466.12211</v>
       </c>
       <c r="AX24" s="7">
         <v>242552.69003999999</v>
       </c>
       <c r="AY24" s="7">
         <v>164851.44746</v>
       </c>
       <c r="AZ24" s="7">
         <v>145752.63305999999</v>
       </c>
       <c r="BA24" s="7">
         <v>197926.92413999999</v>
       </c>
       <c r="BB24" s="7">
         <v>86050.332710000002</v>
       </c>
       <c r="BC24" s="7">
         <v>175824.77995</v>
       </c>
       <c r="BD24" s="7">
         <v>103181.34703999999</v>
       </c>
       <c r="BE24" s="7">
         <v>141984.29172000001</v>
       </c>
       <c r="BF24" s="7">
         <v>88134.062399999995</v>
       </c>
       <c r="BG24" s="7">
         <v>109844.58271</v>
       </c>
       <c r="BH24" s="7">
         <v>108586.94551000001</v>
       </c>
       <c r="BI24" s="7">
         <v>95484.14847</v>
       </c>
       <c r="BJ24" s="7">
-        <v>51850.235979999998</v>
+        <v>51850.236080000002</v>
       </c>
       <c r="BK24" s="7">
         <v>136331.97055999999</v>
       </c>
       <c r="BL24" s="7">
-        <v>44563.886270000003</v>
+        <v>44563.671320000001</v>
       </c>
       <c r="BM24" s="7">
         <v>105453.97842</v>
       </c>
       <c r="BN24" s="7">
         <v>167680.68854</v>
       </c>
       <c r="BO24" s="7">
         <v>193226.81549000001</v>
       </c>
       <c r="BP24" s="7">
-        <v>104849.71578</v>
+        <v>104842.26994</v>
       </c>
       <c r="BQ24" s="7">
-        <v>236833.87127</v>
+        <v>238333.45507</v>
+      </c>
+      <c r="BR24" s="7">
+        <v>108679.82928999999</v>
+      </c>
+      <c r="BS24" s="7">
+        <v>333852.17414999998</v>
       </c>
     </row>
-    <row r="27" spans="1:69" s="5" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:71" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="G27" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>34</v>
       </c>
       <c r="I27" s="5" t="s">
@@ -3790,52 +3874,58 @@
       </c>
       <c r="BJ27" s="5" t="s">
         <v>88</v>
       </c>
       <c r="BK27" s="5" t="s">
         <v>89</v>
       </c>
       <c r="BL27" s="5" t="s">
         <v>90</v>
       </c>
       <c r="BM27" s="5" t="s">
         <v>91</v>
       </c>
       <c r="BN27" s="5" t="s">
         <v>92</v>
       </c>
       <c r="BO27" s="5" t="s">
         <v>93</v>
       </c>
       <c r="BP27" s="5" t="s">
         <v>94</v>
       </c>
       <c r="BQ27" s="5" t="s">
         <v>95</v>
       </c>
+      <c r="BR27" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BS27" s="5" t="s">
+        <v>97</v>
+      </c>
     </row>
-    <row r="28" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>14</v>
       </c>
       <c r="B28" s="6">
         <v>2749.0048999999999</v>
       </c>
       <c r="C28" s="6">
         <v>2634.5239000000001</v>
       </c>
       <c r="D28" s="6">
         <v>3121.2595999999999</v>
       </c>
       <c r="E28" s="6">
         <v>2969.5468000000001</v>
       </c>
       <c r="F28" s="6">
         <v>2782.9153999999999</v>
       </c>
       <c r="G28" s="6">
         <v>3044.3467000000001</v>
       </c>
       <c r="H28" s="6">
         <v>2925.4749999999999</v>
       </c>
       <c r="I28" s="6">
@@ -3999,52 +4089,58 @@
       </c>
       <c r="BJ28" s="6">
         <v>3926.2788999999998</v>
       </c>
       <c r="BK28" s="6">
         <v>2667.2573000000002</v>
       </c>
       <c r="BL28" s="6">
         <v>3515.3674000000001</v>
       </c>
       <c r="BM28" s="6">
         <v>2896.1821</v>
       </c>
       <c r="BN28" s="6">
         <v>3132.0484000000001</v>
       </c>
       <c r="BO28" s="6">
         <v>2887.9872</v>
       </c>
       <c r="BP28" s="6">
         <v>3070.5259000000001</v>
       </c>
       <c r="BQ28" s="6">
         <v>2911.598</v>
       </c>
+      <c r="BR28" s="6">
+        <v>3179.6410000000001</v>
+      </c>
+      <c r="BS28" s="6">
+        <v>2944.7264</v>
+      </c>
     </row>
-    <row r="29" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>15</v>
       </c>
       <c r="B29" s="6">
         <v>350.00229999999999</v>
       </c>
       <c r="C29" s="6">
         <v>310.19569999999999</v>
       </c>
       <c r="D29" s="6">
         <v>395.38920000000002</v>
       </c>
       <c r="E29" s="6">
         <v>304.01429999999999</v>
       </c>
       <c r="F29" s="6">
         <v>461.50170000000003</v>
       </c>
       <c r="G29" s="6">
         <v>448.81459999999998</v>
       </c>
       <c r="H29" s="6">
         <v>411.02850000000001</v>
       </c>
       <c r="I29" s="6">
@@ -4208,52 +4304,58 @@
       </c>
       <c r="BJ29" s="6">
         <v>642.01369999999997</v>
       </c>
       <c r="BK29" s="6">
         <v>522.74090000000001</v>
       </c>
       <c r="BL29" s="6">
         <v>755.88570000000004</v>
       </c>
       <c r="BM29" s="6">
         <v>382.2013</v>
       </c>
       <c r="BN29" s="6">
         <v>552.00660000000005</v>
       </c>
       <c r="BO29" s="6">
         <v>428.10789999999997</v>
       </c>
       <c r="BP29" s="6">
         <v>524.10299999999995</v>
       </c>
       <c r="BQ29" s="6">
         <v>447.27710000000002</v>
       </c>
+      <c r="BR29" s="6">
+        <v>596.5172</v>
+      </c>
+      <c r="BS29" s="6">
+        <v>576.81479999999999</v>
+      </c>
     </row>
-    <row r="30" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>16</v>
       </c>
       <c r="B30" s="6">
         <v>253.08090000000001</v>
       </c>
       <c r="C30" s="6">
         <v>505.08449999999999</v>
       </c>
       <c r="D30" s="6">
         <v>411.86110000000002</v>
       </c>
       <c r="E30" s="6">
         <v>345.529</v>
       </c>
       <c r="F30" s="6">
         <v>648.63599999999997</v>
       </c>
       <c r="G30" s="6">
         <v>1102.7933</v>
       </c>
       <c r="H30" s="6">
         <v>547.8972</v>
       </c>
       <c r="I30" s="6">
@@ -4417,52 +4519,58 @@
       </c>
       <c r="BJ30" s="6">
         <v>119.9376</v>
       </c>
       <c r="BK30" s="6">
         <v>121.4298</v>
       </c>
       <c r="BL30" s="6">
         <v>1345.4293</v>
       </c>
       <c r="BM30" s="6">
         <v>480.20710000000003</v>
       </c>
       <c r="BN30" s="6">
         <v>1927.1839</v>
       </c>
       <c r="BO30" s="6">
         <v>667.51549999999997</v>
       </c>
       <c r="BP30" s="6">
         <v>258.43310000000002</v>
       </c>
       <c r="BQ30" s="6">
         <v>2151.9785000000002</v>
       </c>
+      <c r="BR30" s="6">
+        <v>138.5849</v>
+      </c>
+      <c r="BS30" s="6">
+        <v>3846.6030000000001</v>
+      </c>
     </row>
-    <row r="31" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="6">
         <v>4123.9657999999999</v>
       </c>
       <c r="C31" s="6">
         <v>7053.1655000000001</v>
       </c>
       <c r="D31" s="6">
         <v>3593.5169999999998</v>
       </c>
       <c r="E31" s="6">
         <v>5471.7596999999996</v>
       </c>
       <c r="F31" s="6">
         <v>2343.0198999999998</v>
       </c>
       <c r="G31" s="6">
         <v>5351.1360999999997</v>
       </c>
       <c r="H31" s="6">
         <v>3176.0958999999998</v>
       </c>
       <c r="I31" s="6">
@@ -4626,52 +4734,58 @@
       </c>
       <c r="BJ31" s="6">
         <v>2213.9074000000001</v>
       </c>
       <c r="BK31" s="6">
         <v>5523.0025999999998</v>
       </c>
       <c r="BL31" s="6">
         <v>1837.655</v>
       </c>
       <c r="BM31" s="6">
         <v>2471.9884000000002</v>
       </c>
       <c r="BN31" s="6">
         <v>5292.3314</v>
       </c>
       <c r="BO31" s="6">
         <v>2715.2064</v>
       </c>
       <c r="BP31" s="6">
         <v>1935.3554999999999</v>
       </c>
       <c r="BQ31" s="6">
         <v>5416.5664999999999</v>
       </c>
+      <c r="BR31" s="6">
+        <v>2573.3357999999998</v>
+      </c>
+      <c r="BS31" s="6">
+        <v>2358.7557999999999</v>
+      </c>
     </row>
-    <row r="32" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" s="6">
         <v>69.891900000000007</v>
       </c>
       <c r="C32" s="6">
         <v>64.309600000000003</v>
       </c>
       <c r="D32" s="6">
         <v>83.156899999999993</v>
       </c>
       <c r="E32" s="6">
         <v>55.906999999999996</v>
       </c>
       <c r="F32" s="6">
         <v>74.659199999999998</v>
       </c>
       <c r="G32" s="6">
         <v>38.098399999999998</v>
       </c>
       <c r="H32" s="6">
         <v>65.051299999999998</v>
       </c>
       <c r="I32" s="6">
@@ -4835,52 +4949,58 @@
       </c>
       <c r="BJ32" s="6">
         <v>103.70569999999999</v>
       </c>
       <c r="BK32" s="6">
         <v>121.75490000000001</v>
       </c>
       <c r="BL32" s="6">
         <v>94.654499999999999</v>
       </c>
       <c r="BM32" s="6">
         <v>84.109800000000007</v>
       </c>
       <c r="BN32" s="6">
         <v>70.534099999999995</v>
       </c>
       <c r="BO32" s="6">
         <v>41.270699999999998</v>
       </c>
       <c r="BP32" s="6">
         <v>76.311800000000005</v>
       </c>
       <c r="BQ32" s="6">
         <v>58.072800000000001</v>
       </c>
+      <c r="BR32" s="6">
+        <v>49.275300000000001</v>
+      </c>
+      <c r="BS32" s="6">
+        <v>66.7363</v>
+      </c>
     </row>
-    <row r="33" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="6">
         <v>2062.7883000000002</v>
       </c>
       <c r="C33" s="6">
         <v>1934.7811999999999</v>
       </c>
       <c r="D33" s="6">
         <v>2049.9805000000001</v>
       </c>
       <c r="E33" s="6">
         <v>2373.5441000000001</v>
       </c>
       <c r="F33" s="6">
         <v>2270.7388000000001</v>
       </c>
       <c r="G33" s="6">
         <v>2122.0509999999999</v>
       </c>
       <c r="H33" s="6">
         <v>1905.9963</v>
       </c>
       <c r="I33" s="6">
@@ -5044,52 +5164,58 @@
       </c>
       <c r="BJ33" s="6">
         <v>2260.0075999999999</v>
       </c>
       <c r="BK33" s="6">
         <v>2034.8677</v>
       </c>
       <c r="BL33" s="6">
         <v>2156.0790999999999</v>
       </c>
       <c r="BM33" s="6">
         <v>2206.3157999999999</v>
       </c>
       <c r="BN33" s="6">
         <v>2342.4522000000002</v>
       </c>
       <c r="BO33" s="6">
         <v>2290.4937</v>
       </c>
       <c r="BP33" s="6">
         <v>2616.8096999999998</v>
       </c>
       <c r="BQ33" s="6">
         <v>2219.8164999999999</v>
       </c>
+      <c r="BR33" s="6">
+        <v>2667.4241999999999</v>
+      </c>
+      <c r="BS33" s="6">
+        <v>2195.3578000000002</v>
+      </c>
     </row>
-    <row r="34" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="6">
         <v>3157.9917</v>
       </c>
       <c r="C34" s="6">
         <v>2554.1797999999999</v>
       </c>
       <c r="D34" s="6">
         <v>2157.0767999999998</v>
       </c>
       <c r="E34" s="6">
         <v>3188.2269999999999</v>
       </c>
       <c r="F34" s="6">
         <v>2914.0425</v>
       </c>
       <c r="G34" s="6">
         <v>2572.5081</v>
       </c>
       <c r="H34" s="6">
         <v>2521.6637000000001</v>
       </c>
       <c r="I34" s="6">
@@ -5185,51 +5311,51 @@
       <c r="AM34" s="6">
         <v>2785.0250999999998</v>
       </c>
       <c r="AN34" s="6">
         <v>2683.605</v>
       </c>
       <c r="AO34" s="6">
         <v>3029.2919000000002</v>
       </c>
       <c r="AP34" s="6">
         <v>3131.6907999999999</v>
       </c>
       <c r="AQ34" s="6">
         <v>3385.7936</v>
       </c>
       <c r="AR34" s="6">
         <v>2569.0147999999999</v>
       </c>
       <c r="AS34" s="6">
         <v>3310.9043999999999</v>
       </c>
       <c r="AT34" s="6">
         <v>3268.1233999999999</v>
       </c>
       <c r="AU34" s="6">
-        <v>3414.8555000000001</v>
+        <v>3415.0030999999999</v>
       </c>
       <c r="AV34" s="6">
         <v>3347.6158999999998</v>
       </c>
       <c r="AW34" s="6">
         <v>2347.6185</v>
       </c>
       <c r="AX34" s="6">
         <v>2684.0093000000002</v>
       </c>
       <c r="AY34" s="6">
         <v>2370.8658999999998</v>
       </c>
       <c r="AZ34" s="6">
         <v>2635.1215999999999</v>
       </c>
       <c r="BA34" s="6">
         <v>2338.0093999999999</v>
       </c>
       <c r="BB34" s="6">
         <v>1190.4788000000001</v>
       </c>
       <c r="BC34" s="6">
         <v>2566.9699999999998</v>
       </c>
@@ -5248,57 +5374,63 @@
       <c r="BH34" s="6">
         <v>1767.4097999999999</v>
       </c>
       <c r="BI34" s="6">
         <v>1794.6186</v>
       </c>
       <c r="BJ34" s="6">
         <v>1735.3893</v>
       </c>
       <c r="BK34" s="6">
         <v>1523.2581</v>
       </c>
       <c r="BL34" s="6">
         <v>1755.9385</v>
       </c>
       <c r="BM34" s="6">
         <v>1381.3989999999999</v>
       </c>
       <c r="BN34" s="6">
         <v>2205.4308999999998</v>
       </c>
       <c r="BO34" s="6">
         <v>1440.2625</v>
       </c>
       <c r="BP34" s="6">
-        <v>1784.4604999999999</v>
+        <v>1783.0291</v>
       </c>
       <c r="BQ34" s="6">
-        <v>1628.1958999999999</v>
+        <v>1638.1731</v>
+      </c>
+      <c r="BR34" s="6">
+        <v>1929.2494999999999</v>
+      </c>
+      <c r="BS34" s="6">
+        <v>1752.6823999999999</v>
       </c>
     </row>
-    <row r="35" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>21</v>
       </c>
       <c r="B35" s="6">
         <v>9819.2860999999994</v>
       </c>
       <c r="C35" s="6">
         <v>6837.1117999999997</v>
       </c>
       <c r="D35" s="6">
         <v>5127.4023999999999</v>
       </c>
       <c r="E35" s="6">
         <v>5849.0832</v>
       </c>
       <c r="F35" s="6">
         <v>8310.4588000000003</v>
       </c>
       <c r="G35" s="6">
         <v>6097.7447000000002</v>
       </c>
       <c r="H35" s="6">
         <v>6529.5658000000003</v>
       </c>
       <c r="I35" s="6">
@@ -5394,51 +5526,51 @@
       <c r="AM35" s="6">
         <v>6970.8401000000003</v>
       </c>
       <c r="AN35" s="6">
         <v>8271.5298000000003</v>
       </c>
       <c r="AO35" s="6">
         <v>6634.8897999999999</v>
       </c>
       <c r="AP35" s="6">
         <v>7789.5609999999997</v>
       </c>
       <c r="AQ35" s="6">
         <v>9400.3786</v>
       </c>
       <c r="AR35" s="6">
         <v>7979.5598</v>
       </c>
       <c r="AS35" s="6">
         <v>8632.1470000000008</v>
       </c>
       <c r="AT35" s="6">
         <v>8327.6018000000004</v>
       </c>
       <c r="AU35" s="6">
-        <v>11278.635899999999</v>
+        <v>11280.0229</v>
       </c>
       <c r="AV35" s="6">
         <v>8326.4935999999998</v>
       </c>
       <c r="AW35" s="6">
         <v>7259.6831000000002</v>
       </c>
       <c r="AX35" s="6">
         <v>7849.3050000000003</v>
       </c>
       <c r="AY35" s="6">
         <v>14521.7359</v>
       </c>
       <c r="AZ35" s="6">
         <v>6059.3764000000001</v>
       </c>
       <c r="BA35" s="6">
         <v>6276.3557000000001</v>
       </c>
       <c r="BB35" s="6">
         <v>2857.0603999999998</v>
       </c>
       <c r="BC35" s="6">
         <v>4739.7650999999996</v>
       </c>
@@ -5462,52 +5594,58 @@
       </c>
       <c r="BJ35" s="6">
         <v>4137.2754999999997</v>
       </c>
       <c r="BK35" s="6">
         <v>3272.9762000000001</v>
       </c>
       <c r="BL35" s="6">
         <v>3833.5554000000002</v>
       </c>
       <c r="BM35" s="6">
         <v>3328.5774999999999</v>
       </c>
       <c r="BN35" s="6">
         <v>4652.6617999999999</v>
       </c>
       <c r="BO35" s="6">
         <v>3520.1853999999998</v>
       </c>
       <c r="BP35" s="6">
         <v>4700.0478999999996</v>
       </c>
       <c r="BQ35" s="6">
         <v>4188.0877</v>
       </c>
+      <c r="BR35" s="6">
+        <v>4537.5268999999998</v>
+      </c>
+      <c r="BS35" s="6">
+        <v>4690.7649000000001</v>
+      </c>
     </row>
-    <row r="36" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>22</v>
       </c>
       <c r="B36" s="6">
         <v>2124.2271999999998</v>
       </c>
       <c r="C36" s="6">
         <v>1898.8448000000001</v>
       </c>
       <c r="D36" s="6">
         <v>1767.8436999999999</v>
       </c>
       <c r="E36" s="6">
         <v>2275.2856999999999</v>
       </c>
       <c r="F36" s="6">
         <v>1834.4557</v>
       </c>
       <c r="G36" s="6">
         <v>1621.1129000000001</v>
       </c>
       <c r="H36" s="6">
         <v>2125.6149999999998</v>
       </c>
       <c r="I36" s="6">
@@ -5603,51 +5741,51 @@
       <c r="AM36" s="6">
         <v>2058.9220999999998</v>
       </c>
       <c r="AN36" s="6">
         <v>2619.6947</v>
       </c>
       <c r="AO36" s="6">
         <v>2201.5738000000001</v>
       </c>
       <c r="AP36" s="6">
         <v>2498.098</v>
       </c>
       <c r="AQ36" s="6">
         <v>2732.7937999999999</v>
       </c>
       <c r="AR36" s="6">
         <v>2366.0810000000001</v>
       </c>
       <c r="AS36" s="6">
         <v>2589.5637000000002</v>
       </c>
       <c r="AT36" s="6">
         <v>2462.5515999999998</v>
       </c>
       <c r="AU36" s="6">
-        <v>2979.2415000000001</v>
+        <v>2979.3836999999999</v>
       </c>
       <c r="AV36" s="6">
         <v>2753.1977000000002</v>
       </c>
       <c r="AW36" s="6">
         <v>2517.1433000000002</v>
       </c>
       <c r="AX36" s="6">
         <v>2121.1026999999999</v>
       </c>
       <c r="AY36" s="6">
         <v>2253.3960999999999</v>
       </c>
       <c r="AZ36" s="6">
         <v>2147.4214999999999</v>
       </c>
       <c r="BA36" s="6">
         <v>2414.6565000000001</v>
       </c>
       <c r="BB36" s="6">
         <v>1210.498</v>
       </c>
       <c r="BC36" s="6">
         <v>2156.0689000000002</v>
       </c>
@@ -5669,54 +5807,60 @@
       <c r="BI36" s="6">
         <v>1970.1311000000001</v>
       </c>
       <c r="BJ36" s="6">
         <v>1873.4214999999999</v>
       </c>
       <c r="BK36" s="6">
         <v>1458.2554</v>
       </c>
       <c r="BL36" s="6">
         <v>1644.7783999999999</v>
       </c>
       <c r="BM36" s="6">
         <v>1579.4402</v>
       </c>
       <c r="BN36" s="6">
         <v>2056.0515</v>
       </c>
       <c r="BO36" s="6">
         <v>1610.3340000000001</v>
       </c>
       <c r="BP36" s="6">
         <v>2162.3299000000002</v>
       </c>
       <c r="BQ36" s="6">
-        <v>1847.5048999999999</v>
+        <v>1847.2435</v>
+      </c>
+      <c r="BR36" s="6">
+        <v>2050.8582999999999</v>
+      </c>
+      <c r="BS36" s="6">
+        <v>2221.6815999999999</v>
       </c>
     </row>
-    <row r="37" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>23</v>
       </c>
       <c r="B37" s="6">
         <v>1.2294</v>
       </c>
       <c r="C37" s="6">
         <v>0.59609999999999996</v>
       </c>
       <c r="D37" s="6">
         <v>0.16120000000000001</v>
       </c>
       <c r="E37" s="6">
         <v>0</v>
       </c>
       <c r="F37" s="6">
         <v>0.55659999999999998</v>
       </c>
       <c r="G37" s="6">
         <v>1.9733000000000001</v>
       </c>
       <c r="H37" s="6">
         <v>1.3935</v>
       </c>
       <c r="I37" s="6">
@@ -5880,52 +6024,58 @@
       </c>
       <c r="BJ37" s="6">
         <v>0.19889999999999999</v>
       </c>
       <c r="BK37" s="6">
         <v>2.0230000000000001</v>
       </c>
       <c r="BL37" s="6">
         <v>5.2698999999999998</v>
       </c>
       <c r="BM37" s="6">
         <v>0.4748</v>
       </c>
       <c r="BN37" s="6">
         <v>0.89780000000000004</v>
       </c>
       <c r="BO37" s="6">
         <v>2.9693000000000001</v>
       </c>
       <c r="BP37" s="6">
         <v>0.4466</v>
       </c>
       <c r="BQ37" s="6">
         <v>0.1686</v>
       </c>
+      <c r="BR37" s="6">
+        <v>6.7523999999999997</v>
+      </c>
+      <c r="BS37" s="6">
+        <v>1.3393999999999999</v>
+      </c>
     </row>
-    <row r="38" spans="1:69" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:71" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>24</v>
       </c>
       <c r="B38" s="6">
         <v>0</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6">
         <v>0</v>
       </c>
       <c r="E38" s="6">
         <v>15.4655</v>
       </c>
       <c r="F38" s="6">
         <v>0</v>
       </c>
       <c r="G38" s="6">
         <v>4.5999999999999999E-3</v>
       </c>
       <c r="H38" s="6">
         <v>40.1404</v>
       </c>
       <c r="I38" s="6">
@@ -6089,52 +6239,58 @@
       </c>
       <c r="BJ38" s="6">
         <v>64.134299999999996</v>
       </c>
       <c r="BK38" s="6">
         <v>74.788399999999996</v>
       </c>
       <c r="BL38" s="6">
         <v>74.105199999999996</v>
       </c>
       <c r="BM38" s="6">
         <v>76.003</v>
       </c>
       <c r="BN38" s="6">
         <v>57.608600000000003</v>
       </c>
       <c r="BO38" s="6">
         <v>77.393699999999995</v>
       </c>
       <c r="BP38" s="6">
         <v>56.309399999999997</v>
       </c>
       <c r="BQ38" s="6">
         <v>60.558199999999999</v>
       </c>
+      <c r="BR38" s="6">
+        <v>67.418000000000006</v>
+      </c>
+      <c r="BS38" s="6">
+        <v>73.491500000000002</v>
+      </c>
     </row>
-    <row r="39" spans="1:69" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:71" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B39" s="7">
         <v>24711.468499999999</v>
       </c>
       <c r="C39" s="7">
         <v>23792.7929</v>
       </c>
       <c r="D39" s="7">
         <v>18707.648399999998</v>
       </c>
       <c r="E39" s="7">
         <v>22848.362300000001</v>
       </c>
       <c r="F39" s="7">
         <v>21640.9846</v>
       </c>
       <c r="G39" s="7">
         <v>22400.583699999999</v>
       </c>
       <c r="H39" s="7">
         <v>20249.922600000002</v>
       </c>
       <c r="I39" s="7">
@@ -6230,51 +6386,51 @@
       <c r="AM39" s="7">
         <v>27424.6535</v>
       </c>
       <c r="AN39" s="7">
         <v>30402.765500000001</v>
       </c>
       <c r="AO39" s="7">
         <v>22933.6158</v>
       </c>
       <c r="AP39" s="7">
         <v>25366.340899999999</v>
       </c>
       <c r="AQ39" s="7">
         <v>32935.932099999998</v>
       </c>
       <c r="AR39" s="7">
         <v>26056.144100000001</v>
       </c>
       <c r="AS39" s="7">
         <v>31475.254499999999</v>
       </c>
       <c r="AT39" s="7">
         <v>25454.6417</v>
       </c>
       <c r="AU39" s="7">
-        <v>37278.392999999996</v>
+        <v>37280.069799999997</v>
       </c>
       <c r="AV39" s="7">
         <v>27594.535599999999</v>
       </c>
       <c r="AW39" s="7">
         <v>27797.668099999999</v>
       </c>
       <c r="AX39" s="7">
         <v>26999.1077</v>
       </c>
       <c r="AY39" s="7">
         <v>29481.3452</v>
       </c>
       <c r="AZ39" s="7">
         <v>23624.291399999998</v>
       </c>
       <c r="BA39" s="7">
         <v>22895.933799999999</v>
       </c>
       <c r="BB39" s="7">
         <v>14307.0124</v>
       </c>
       <c r="BC39" s="7">
         <v>19600.0946</v>
       </c>
@@ -6293,76 +6449,82 @@
       <c r="BH39" s="7">
         <v>20982.920900000001</v>
       </c>
       <c r="BI39" s="7">
         <v>19689.944500000001</v>
       </c>
       <c r="BJ39" s="7">
         <v>17076.270400000001</v>
       </c>
       <c r="BK39" s="7">
         <v>17322.354299999999</v>
       </c>
       <c r="BL39" s="7">
         <v>17018.718400000002</v>
       </c>
       <c r="BM39" s="7">
         <v>14886.898999999999</v>
       </c>
       <c r="BN39" s="7">
         <v>22289.207200000001</v>
       </c>
       <c r="BO39" s="7">
         <v>15681.7263</v>
       </c>
       <c r="BP39" s="7">
-        <v>17185.133300000001</v>
+        <v>17183.7019</v>
       </c>
       <c r="BQ39" s="7">
-        <v>20929.824700000001</v>
+        <v>20939.540499999999</v>
+      </c>
+      <c r="BR39" s="7">
+        <v>17796.583500000001</v>
+      </c>
+      <c r="BS39" s="7">
+        <v>20728.9539</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:F39"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="B1" sqref="B1:F1048576"/>
+      <selection pane="topRight" activeCell="N14" sqref="N14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="51.7109375" customWidth="1"/>
-    <col min="2" max="6" width="12.5703125" customWidth="1"/>
+    <col min="2" max="6" width="12.28515625" customWidth="1"/>
     <col min="7" max="16384" width="3.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="1" customFormat="1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:6" ht="19.5" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>4</v>
@@ -6515,91 +6677,91 @@
       </c>
       <c r="D19" s="6">
         <v>52450.356460000003</v>
       </c>
       <c r="E19" s="6">
         <v>123513.88052000001</v>
       </c>
       <c r="F19" s="6">
         <v>56430.769039999999</v>
       </c>
     </row>
     <row r="20" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="6">
         <v>178622.66</v>
       </c>
       <c r="C20" s="6">
         <v>150167.484</v>
       </c>
       <c r="D20" s="6">
         <v>211379.15682</v>
       </c>
       <c r="E20" s="6">
-        <v>174901.56216</v>
+        <v>174901.64916</v>
       </c>
       <c r="F20" s="6">
         <v>74929.516229999994</v>
       </c>
     </row>
     <row r="21" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="6">
         <v>58301.866999999998</v>
       </c>
       <c r="C21" s="6">
         <v>95011.171999999904</v>
       </c>
       <c r="D21" s="6">
         <v>76468.841799999995</v>
       </c>
       <c r="E21" s="6">
-        <v>56202.399669999999</v>
+        <v>56203.218670000002</v>
       </c>
       <c r="F21" s="6">
         <v>34596.492259999999</v>
       </c>
     </row>
     <row r="22" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="6">
         <v>86625.792999999903</v>
       </c>
       <c r="C22" s="6">
         <v>24556.612000000001</v>
       </c>
       <c r="D22" s="6">
         <v>27995.03671</v>
       </c>
       <c r="E22" s="6">
-        <v>20916.01816</v>
+        <v>20916.102159999999</v>
       </c>
       <c r="F22" s="6">
         <v>28365.402259999999</v>
       </c>
     </row>
     <row r="23" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23" s="6">
         <v>0.86599999999999999</v>
       </c>
       <c r="C23" s="6">
         <v>9.6000000000000002E-2</v>
       </c>
       <c r="D23" s="6">
         <v>113.2842</v>
       </c>
       <c r="E23" s="6">
         <v>51.991019999999999</v>
       </c>
       <c r="F23" s="6">
         <v>31.078970000000002</v>
       </c>
     </row>
@@ -6615,51 +6777,51 @@
       </c>
       <c r="D24" s="6">
         <v>1.3120000000000001</v>
       </c>
       <c r="E24" s="6">
         <v>1.5187999999999999</v>
       </c>
       <c r="F24" s="6">
         <v>28.917000000000002</v>
       </c>
     </row>
     <row r="25" spans="1:6" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B25" s="7">
         <v>3584550.4009999898</v>
       </c>
       <c r="C25" s="7">
         <v>2707066.8549999902</v>
       </c>
       <c r="D25" s="7">
         <v>2997250.07919</v>
       </c>
       <c r="E25" s="7">
-        <v>3861874.3949500001</v>
+        <v>3861875.3849499999</v>
       </c>
       <c r="F25" s="7">
         <v>1660174.18521</v>
       </c>
     </row>
     <row r="27" spans="1:6" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>12</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>13</v>
       </c>
     </row>
@@ -6775,91 +6937,91 @@
       </c>
       <c r="D33" s="6">
         <v>28936.963599999999</v>
       </c>
       <c r="E33" s="6">
         <v>30646.361000000001</v>
       </c>
       <c r="F33" s="6">
         <v>26638.6561</v>
       </c>
     </row>
     <row r="34" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="6">
         <v>32870.674500000001</v>
       </c>
       <c r="C34" s="6">
         <v>33141.786</v>
       </c>
       <c r="D34" s="6">
         <v>41640.165200000003</v>
       </c>
       <c r="E34" s="6">
-        <v>36686.536099999998</v>
+        <v>36686.683700000001</v>
       </c>
       <c r="F34" s="6">
         <v>24046.423200000001</v>
       </c>
     </row>
     <row r="35" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>21</v>
       </c>
       <c r="B35" s="6">
         <v>86259.035499999998</v>
       </c>
       <c r="C35" s="6">
         <v>88314.101800000004</v>
       </c>
       <c r="D35" s="6">
         <v>99808.791200000007</v>
       </c>
       <c r="E35" s="6">
-        <v>98857.381599999993</v>
+        <v>98858.768599999996</v>
       </c>
       <c r="F35" s="6">
         <v>69248.638200000001</v>
       </c>
     </row>
     <row r="36" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>22</v>
       </c>
       <c r="B36" s="6">
         <v>26411.477699999999</v>
       </c>
       <c r="C36" s="6">
         <v>30493.882300000001</v>
       </c>
       <c r="D36" s="6">
         <v>32776.7886</v>
       </c>
       <c r="E36" s="6">
-        <v>30362.177899999999</v>
+        <v>30362.320100000001</v>
       </c>
       <c r="F36" s="6">
         <v>23182.894700000001</v>
       </c>
     </row>
     <row r="37" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>23</v>
       </c>
       <c r="B37" s="6">
         <v>21.697800000000001</v>
       </c>
       <c r="C37" s="6">
         <v>65.330299999999994</v>
       </c>
       <c r="D37" s="6">
         <v>332.51229999999998</v>
       </c>
       <c r="E37" s="6">
         <v>188.17850000000001</v>
       </c>
       <c r="F37" s="6">
         <v>98.774199999999993</v>
       </c>
     </row>
@@ -6875,74 +7037,74 @@
       </c>
       <c r="D38" s="6">
         <v>826.0598</v>
       </c>
       <c r="E38" s="6">
         <v>975.77030000000002</v>
       </c>
       <c r="F38" s="6">
         <v>846.19309999999996</v>
       </c>
     </row>
     <row r="39" spans="1:6" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B39" s="7">
         <v>270704.30790000001</v>
       </c>
       <c r="C39" s="7">
         <v>280758.5344</v>
       </c>
       <c r="D39" s="7">
         <v>386734.9031</v>
       </c>
       <c r="E39" s="7">
-        <v>352802.34989999997</v>
+        <v>352804.02669999999</v>
       </c>
       <c r="F39" s="7">
         <v>251140.9547</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Importations_mens</vt:lpstr>
       <vt:lpstr>Importations_annuelles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Mathilde.De-Scorrail</dc:creator>
+  <dc:creator>mathilde.de-scorrail</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>